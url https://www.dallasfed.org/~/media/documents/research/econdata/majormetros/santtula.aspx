--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{829C8AF4-7FA0-45C1-ABF3-C1E7ED43D8D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0DEB5C53-FAB5-45D3-A93E-C22CE0918127}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{CC73BCE5-BFBD-4405-9EDD-C71C5FB72574}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A58BD5C9-7183-47AA-9A1B-8D798B20584D}"/>
   </bookViews>
   <sheets>
     <sheet name="santtula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,52 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0BDD831-3C74-42C8-91E4-0BB8C76E02CF}">
-  <sheetPr codeName="Sheet1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{703F914B-08AC-4675-BA38-E08907E15EC5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7049,62 +7048,71 @@
         <v>1.3604927099999884</v>
       </c>
       <c r="D431" s="5">
         <v>7.9545713812403607</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>214.68754831999999</v>
       </c>
       <c r="C432" s="5">
         <v>0.70837077999999565</v>
       </c>
       <c r="D432" s="5">
         <v>4.045693889346258</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>215.01959826999999</v>
+        <v>215.08981169</v>
       </c>
       <c r="C433" s="5">
-        <v>0.33204994999999826</v>
+        <v>0.40226337000001422</v>
       </c>
       <c r="D433" s="5">
-        <v>1.8718693459736535</v>
+        <v>2.2717751814852472</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
+      </c>
+      <c r="B434" s="5">
+        <v>215.03185207000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-5.7959619999991219E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.32288166422380637</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>