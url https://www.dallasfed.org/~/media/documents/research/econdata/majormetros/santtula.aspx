--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0DEB5C53-FAB5-45D3-A93E-C22CE0918127}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D9EA0044-C2D9-4F9D-9DC4-77D7A936B00C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A58BD5C9-7183-47AA-9A1B-8D798B20584D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F5E087C1-072D-4FBA-8FF4-AE88131089A0}"/>
   </bookViews>
   <sheets>
     <sheet name="santtula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>San Antonio—New Braunfels Trade, Transportation and Utilities Payroll Employment</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -917,51 +917,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{703F914B-08AC-4675-BA38-E08907E15EC5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B9923F1-9F8E-4338-A16B-E37FD00F5A3B}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -974,2313 +974,2313 @@
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>108.14476096999999</v>
+        <v>108.1447515</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>108.03566115</v>
+        <v>108.03565426</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.10909981999999729</v>
+        <v>-0.10909723999999699</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.2039030111545168</v>
+        <v>-1.2038748037879632</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>108.12973129</v>
+        <v>108.12973024999999</v>
       </c>
       <c r="C8" s="5">
-        <v>9.4070139999999469E-2</v>
+        <v>9.4075989999993226E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>1.0498972686395769</v>
+        <v>1.0499629395710253</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>107.3026861</v>
+        <v>107.30268599999999</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.82704518999999266</v>
+        <v>-0.82704425000000015</v>
       </c>
       <c r="D9" s="5">
-        <v>-8.8019315302341425</v>
+        <v>-8.8019220243308993</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>106.96591777</v>
+        <v>106.96592164</v>
       </c>
       <c r="C10" s="5">
-        <v>-0.33676832999999817</v>
+        <v>-0.33676435999998944</v>
       </c>
       <c r="D10" s="5">
-        <v>-3.7018517166947817</v>
+        <v>-3.7018088312398056</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>106.87150045</v>
+        <v>106.87150161</v>
       </c>
       <c r="C11" s="5">
-        <v>-9.4417320000005134E-2</v>
+        <v>-9.4420030000009092E-2</v>
       </c>
       <c r="D11" s="5">
-        <v>-1.0540960330770455</v>
+        <v>-1.054126103434716</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>106.57732251</v>
+        <v>106.57732473</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.29417793999999731</v>
+        <v>-0.29417687999999487</v>
       </c>
       <c r="D12" s="5">
-        <v>-3.2536066342473524</v>
+        <v>-3.2535950527856849</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>106.82992756</v>
+        <v>106.82993799</v>
       </c>
       <c r="C13" s="5">
-        <v>0.25260504999999966</v>
+        <v>0.25261326000000395</v>
       </c>
       <c r="D13" s="5">
-        <v>2.881560071374123</v>
+        <v>2.8816548893670246</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>106.94849828</v>
+        <v>106.94853875</v>
       </c>
       <c r="C14" s="5">
-        <v>0.11857071999999391</v>
+        <v>0.11860075999999253</v>
       </c>
       <c r="D14" s="5">
-        <v>1.3400426352694117</v>
+        <v>1.3403840803041245</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>107.36689373</v>
+        <v>107.36687511</v>
       </c>
       <c r="C15" s="5">
-        <v>0.41839545000000555</v>
+        <v>0.41833635999999785</v>
       </c>
       <c r="D15" s="5">
-        <v>4.796884861985995</v>
+        <v>4.7961909029828664</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>107.37217126</v>
+        <v>107.37216033999999</v>
       </c>
       <c r="C16" s="5">
-        <v>5.2775300000007519E-3</v>
+        <v>5.2852299999983643E-3</v>
       </c>
       <c r="D16" s="5">
-        <v>5.9000946972753709E-2</v>
+        <v>5.9087063847984567E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>107.36022611999999</v>
+        <v>107.36021486</v>
       </c>
       <c r="C17" s="5">
-        <v>-1.1945140000008792E-2</v>
+        <v>-1.1945479999994291E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.1334181881099461</v>
+        <v>-0.13342199689053702</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>107.18899685</v>
+        <v>107.18898763999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.17122926999999777</v>
+        <v>-0.17122722000000579</v>
       </c>
       <c r="D18" s="5">
-        <v>-1.8971853652175574</v>
+        <v>-1.8971630477380708</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>106.44863115</v>
+        <v>106.44862471</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.74036569999999813</v>
+        <v>-0.74036292999998921</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.9807911157214644</v>
+        <v>-7.9807630413897375</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>106.68283814999999</v>
+        <v>106.6828374</v>
       </c>
       <c r="C20" s="5">
-        <v>0.23420699999999783</v>
+        <v>0.23421268999999256</v>
       </c>
       <c r="D20" s="5">
-        <v>2.6724105297924572</v>
+        <v>2.6724764066686113</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>106.7715152</v>
+        <v>106.77151576999999</v>
       </c>
       <c r="C21" s="5">
-        <v>8.8677050000001145E-2</v>
+        <v>8.8678369999996676E-2</v>
       </c>
       <c r="D21" s="5">
-        <v>1.0020383783409859</v>
+        <v>1.0020533694928835</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>106.76168142</v>
+        <v>106.76168575</v>
       </c>
       <c r="C22" s="5">
-        <v>-9.8337799999939079E-3</v>
+        <v>-9.830019999995443E-3</v>
       </c>
       <c r="D22" s="5">
-        <v>-0.11046541932204779</v>
+        <v>-0.11042320305575393</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>107.41320558</v>
+        <v>107.4132065</v>
       </c>
       <c r="C23" s="5">
-        <v>0.65152415999999391</v>
+        <v>0.65152075000000309</v>
       </c>
       <c r="D23" s="5">
-        <v>7.5739885769529502</v>
+        <v>7.5739472781444217</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>107.28169932</v>
+        <v>107.28170086999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.13150625999999477</v>
+        <v>-0.13150563000000659</v>
       </c>
       <c r="D24" s="5">
-        <v>-1.4593104548847546</v>
+        <v>-1.4593034984372144</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>107.6398051</v>
+        <v>107.63981556</v>
       </c>
       <c r="C25" s="5">
-        <v>0.35810578000000248</v>
+        <v>0.35811469000000784</v>
       </c>
       <c r="D25" s="5">
-        <v>4.0799570538849084</v>
+        <v>4.0800603778542666</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>108.30908697</v>
+        <v>108.30912366</v>
       </c>
       <c r="C26" s="5">
-        <v>0.66928186999999184</v>
+        <v>0.66930809999999497</v>
       </c>
       <c r="D26" s="5">
-        <v>7.7218752135064683</v>
+        <v>7.7221874911528099</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>107.81599261</v>
+        <v>107.81597583999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.49309436000000062</v>
+        <v>-0.49314782000000434</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.3284496136103758</v>
+        <v>-5.329011160580766</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>107.59529886999999</v>
+        <v>107.59528845</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.22069374000000153</v>
+        <v>-0.22068738999999482</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.4288715509692249</v>
+        <v>-2.428802823698184</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>107.50205568</v>
+        <v>107.50204515</v>
       </c>
       <c r="C29" s="5">
-        <v>-9.3243189999995479E-2</v>
+        <v>-9.3243299999997475E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.0349899152363395</v>
+        <v>-1.0349912301672037</v>
       </c>
       <c r="E29" s="5">
-        <v>0.13210624187907083</v>
+        <v>0.13210693568836973</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>107.26898657</v>
+        <v>107.26897805</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.23306911000000241</v>
+        <v>-0.23306709999999953</v>
       </c>
       <c r="D30" s="5">
-        <v>-2.570852330970308</v>
+        <v>-2.5708306723299157</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>107.45211079000001</v>
+        <v>107.45210512</v>
       </c>
       <c r="C31" s="5">
-        <v>0.1831242200000105</v>
+        <v>0.18312706999999762</v>
       </c>
       <c r="D31" s="5">
-        <v>2.0679243137400993</v>
+        <v>2.0679569658544006</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>107.57080594</v>
+        <v>107.57080564</v>
       </c>
       <c r="C32" s="5">
-        <v>0.11869514999999353</v>
+        <v>0.11870052000000442</v>
       </c>
       <c r="D32" s="5">
-        <v>1.333642768490706</v>
+        <v>1.3337035429564548</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>108.76593056999999</v>
+        <v>108.76593183</v>
       </c>
       <c r="C33" s="5">
-        <v>1.1951246299999951</v>
+        <v>1.1951261899999963</v>
       </c>
       <c r="D33" s="5">
-        <v>14.177752331293059</v>
+        <v>14.177772024724788</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>109.48127244</v>
+        <v>109.48127744</v>
       </c>
       <c r="C34" s="5">
-        <v>0.71534187000000315</v>
+        <v>0.71534560999999997</v>
       </c>
       <c r="D34" s="5">
-        <v>8.1841101469664714</v>
+        <v>8.1841543969599861</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>109.38961935</v>
+        <v>109.38961974999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-9.1653089999994108E-2</v>
+        <v>-9.1657690000005232E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.9999766229071505</v>
+        <v>-1.0000265346546855</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>109.79178573</v>
+        <v>109.79178597000001</v>
       </c>
       <c r="C36" s="5">
-        <v>0.40216637999999705</v>
+        <v>0.40216622000001223</v>
       </c>
       <c r="D36" s="5">
-        <v>4.5020602366203866</v>
+        <v>4.5020583923286672</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>109.65130574</v>
+        <v>109.65131558</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.14047999000000289</v>
+        <v>-0.14047039000000439</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.524656046657813</v>
+        <v>-1.5245525847987773</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>110.18492562</v>
+        <v>110.1849582</v>
       </c>
       <c r="C38" s="5">
-        <v>0.53361988000000338</v>
+        <v>0.53364261999999485</v>
       </c>
       <c r="D38" s="5">
-        <v>5.998690948091312</v>
+        <v>5.998952908080768</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>112.28762351</v>
+        <v>112.28760659</v>
       </c>
       <c r="C39" s="5">
-        <v>2.1026978900000017</v>
+        <v>2.1026483899999988</v>
       </c>
       <c r="D39" s="5">
-        <v>25.463237693707484</v>
+        <v>25.462565660469071</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>111.8520876</v>
+        <v>111.85207827000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.43553590999999869</v>
+        <v>-0.43552831999998887</v>
       </c>
       <c r="D40" s="5">
-        <v>-4.5564806095895865</v>
+        <v>-4.5564035628875565</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>113.31343511</v>
+        <v>113.31342598000001</v>
       </c>
       <c r="C41" s="5">
-        <v>1.461347509999996</v>
+        <v>1.4613477099999983</v>
       </c>
       <c r="D41" s="5">
-        <v>16.855117218078931</v>
+        <v>16.855121201569357</v>
       </c>
       <c r="E41" s="5">
-        <v>5.4058309799197346</v>
+        <v>5.4058328117304599</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>113.6685962</v>
+        <v>113.66858863</v>
       </c>
       <c r="C42" s="5">
-        <v>0.35516108999999574</v>
+        <v>0.35516264999999692</v>
       </c>
       <c r="D42" s="5">
-        <v>3.8267101055597497</v>
+        <v>3.8267275183730964</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>113.83466145</v>
+        <v>113.8346566</v>
       </c>
       <c r="C43" s="5">
-        <v>0.16606525000000261</v>
+        <v>0.16606797000000029</v>
       </c>
       <c r="D43" s="5">
-        <v>1.7673076560967838</v>
+        <v>1.7673369546553186</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>114.02032093</v>
+        <v>114.02032133</v>
       </c>
       <c r="C44" s="5">
-        <v>0.18565947999999821</v>
+        <v>0.18566472999999917</v>
       </c>
       <c r="D44" s="5">
-        <v>1.9748007838261028</v>
+        <v>1.9748572131881525</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>114.086592</v>
+        <v>114.08659376</v>
       </c>
       <c r="C45" s="5">
-        <v>6.6271069999999099E-2</v>
+        <v>6.6272429999997939E-2</v>
       </c>
       <c r="D45" s="5">
-        <v>0.69969981209119236</v>
+        <v>0.69971421464485317</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>114.09179924</v>
+        <v>114.09180424</v>
       </c>
       <c r="C46" s="5">
-        <v>5.2072400000042762E-3</v>
+        <v>5.2104800000023488E-3</v>
       </c>
       <c r="D46" s="5">
-        <v>5.4785201078910717E-2</v>
+        <v>5.4819296729746725E-2</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>113.87649132999999</v>
+        <v>113.8764913</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.21530791000000704</v>
+        <v>-0.21531294000000401</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.2412180005809579</v>
+        <v>-2.2412697202047194</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>115.43302027999999</v>
+        <v>115.43302002999999</v>
       </c>
       <c r="C48" s="5">
-        <v>1.5565289500000006</v>
+        <v>1.5565287299999966</v>
       </c>
       <c r="D48" s="5">
-        <v>17.693310169070941</v>
+        <v>17.693307482394083</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>115.48157869000001</v>
+        <v>115.48158828</v>
       </c>
       <c r="C49" s="5">
-        <v>4.8558410000012486E-2</v>
+        <v>4.8568250000002422E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>0.50596525585882013</v>
+        <v>0.5060680244293847</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>115.70340423</v>
+        <v>115.70343007</v>
       </c>
       <c r="C50" s="5">
-        <v>0.22182553999999755</v>
+        <v>0.22184178999999915</v>
       </c>
       <c r="D50" s="5">
-        <v>2.3295575646394839</v>
+        <v>2.3297298297270119</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>115.86231081</v>
+        <v>115.86229434000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.15890657999999291</v>
+        <v>0.15886427000000936</v>
       </c>
       <c r="D51" s="5">
-        <v>1.6605812651683927</v>
+        <v>1.6601354058720652</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>116.31200937</v>
+        <v>116.31200235</v>
       </c>
       <c r="C52" s="5">
-        <v>0.44969856000000163</v>
+        <v>0.44970800999999483</v>
       </c>
       <c r="D52" s="5">
-        <v>4.7583067575355464</v>
+        <v>4.7584095840590424</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>115.87165213</v>
+        <v>115.8716453</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.44035723999999732</v>
+        <v>-0.44035705000000291</v>
       </c>
       <c r="D53" s="5">
-        <v>-4.4497804562395826</v>
+        <v>-4.4497788391018034</v>
       </c>
       <c r="E53" s="5">
-        <v>2.2576466925714467</v>
+        <v>2.2576489042450465</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>117.00416047</v>
+        <v>117.00415477999999</v>
       </c>
       <c r="C54" s="5">
-        <v>1.1325083400000011</v>
+        <v>1.132509479999996</v>
       </c>
       <c r="D54" s="5">
-        <v>12.380061642962815</v>
+        <v>12.380075551723246</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>117.87189915</v>
+        <v>117.87189583</v>
       </c>
       <c r="C55" s="5">
-        <v>0.8677386800000022</v>
+        <v>0.86774105000000645</v>
       </c>
       <c r="D55" s="5">
-        <v>9.2717035062473983</v>
+        <v>9.2717303406445239</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>118.10461569</v>
+        <v>118.1046166</v>
       </c>
       <c r="C56" s="5">
-        <v>0.23271653999999842</v>
+        <v>0.23272077000000024</v>
       </c>
       <c r="D56" s="5">
-        <v>2.3950772584381941</v>
+        <v>2.3951213348641698</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>119.40148264</v>
+        <v>119.40148495</v>
       </c>
       <c r="C57" s="5">
-        <v>1.2968669499999947</v>
+        <v>1.2968683499999969</v>
       </c>
       <c r="D57" s="5">
-        <v>14.002450250024022</v>
+        <v>14.002466175884521</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>118.49916263999999</v>
+        <v>118.49916755</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.90232000000000312</v>
+        <v>-0.90231740000000116</v>
       </c>
       <c r="D58" s="5">
-        <v>-8.7008482261659914</v>
+        <v>-8.7008240263389158</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>118.55644194</v>
+        <v>118.55644133</v>
       </c>
       <c r="C59" s="5">
-        <v>5.7279300000004696E-2</v>
+        <v>5.7273780000002716E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>0.58159221713909304</v>
+        <v>0.58153599592352112</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>118.80736476</v>
+        <v>118.80736342</v>
       </c>
       <c r="C60" s="5">
-        <v>0.25092281999999955</v>
+        <v>0.2509220900000031</v>
       </c>
       <c r="D60" s="5">
-        <v>2.569555182159533</v>
+        <v>2.5695476327941114</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>118.91542891</v>
+        <v>118.91543693</v>
       </c>
       <c r="C61" s="5">
-        <v>0.10806415000000413</v>
+        <v>0.10807350999999699</v>
       </c>
       <c r="D61" s="5">
-        <v>1.0969663454795331</v>
+        <v>1.097061847762304</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>118.89528697</v>
+        <v>118.89530396000001</v>
       </c>
       <c r="C62" s="5">
-        <v>-2.0141940000002023E-2</v>
+        <v>-2.0132969999991701E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-0.20306720535576694</v>
+        <v>-0.20297684203968158</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>119.41235923000001</v>
+        <v>119.41234545</v>
       </c>
       <c r="C63" s="5">
-        <v>0.51707226000000617</v>
+        <v>0.51704148999999688</v>
       </c>
       <c r="D63" s="5">
-        <v>5.3454231621933745</v>
+        <v>5.3450966374533282</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>119.90361205000001</v>
+        <v>119.90360774</v>
       </c>
       <c r="C64" s="5">
-        <v>0.4912528199999997</v>
+        <v>0.49126228999999455</v>
       </c>
       <c r="D64" s="5">
-        <v>5.0499498933974873</v>
+        <v>5.0500500517320024</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>120.06576439</v>
+        <v>120.06576038999999</v>
       </c>
       <c r="C65" s="5">
-        <v>0.16215233999999157</v>
+        <v>0.1621526499999959</v>
       </c>
       <c r="D65" s="5">
-        <v>1.6349520022324704</v>
+        <v>1.6349552103973819</v>
       </c>
       <c r="E65" s="5">
-        <v>3.6196189343140617</v>
+        <v>3.6196215900284656</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>120.89953549000001</v>
+        <v>120.89953181</v>
       </c>
       <c r="C66" s="5">
-        <v>0.83377110000000698</v>
+        <v>0.83377142000000504</v>
       </c>
       <c r="D66" s="5">
-        <v>8.6589003702857603</v>
+        <v>8.6589041210775939</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>121.01502459</v>
+        <v>121.01502275</v>
       </c>
       <c r="C67" s="5">
-        <v>0.11548909999999069</v>
+        <v>0.11549094000000082</v>
       </c>
       <c r="D67" s="5">
-        <v>1.1523399166123216</v>
+        <v>1.1523584077950177</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>120.83761271</v>
+        <v>120.83761378</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.17741187999999397</v>
+        <v>-0.17740897000000189</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.7451222613529938</v>
+        <v>-1.7450938936928839</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>120.56340573999999</v>
+        <v>120.56340786</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.27420697000000871</v>
+        <v>-0.27420591999999999</v>
       </c>
       <c r="D69" s="5">
-        <v>-2.6893324651519279</v>
+        <v>-2.689322271762129</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>120.87249954000001</v>
+        <v>120.87250309</v>
       </c>
       <c r="C70" s="5">
-        <v>0.30909380000001363</v>
+        <v>0.30909522999999695</v>
       </c>
       <c r="D70" s="5">
-        <v>3.1202469785607478</v>
+        <v>3.120261562670823</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>121.31096874000001</v>
+        <v>121.31096823999999</v>
       </c>
       <c r="C71" s="5">
-        <v>0.43846920000000011</v>
+        <v>0.43846514999999897</v>
       </c>
       <c r="D71" s="5">
-        <v>4.4409500197799545</v>
+        <v>4.4409080452684213</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>121.91822931999999</v>
+        <v>121.91822843999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.60726057999998773</v>
+        <v>0.60726019999999892</v>
       </c>
       <c r="D72" s="5">
-        <v>6.1751562223319345</v>
+        <v>6.1751522773129564</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>122.46480529</v>
+        <v>122.46481092000001</v>
       </c>
       <c r="C73" s="5">
-        <v>0.54657597000000635</v>
+        <v>0.54658248000001208</v>
       </c>
       <c r="D73" s="5">
-        <v>5.5144154503655063</v>
+        <v>5.514482798562792</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>122.86495056</v>
+        <v>122.86495793</v>
       </c>
       <c r="C74" s="5">
-        <v>0.40014526999999589</v>
+        <v>0.40014700999999775</v>
       </c>
       <c r="D74" s="5">
-        <v>3.9921522854213132</v>
+        <v>3.9921697712883564</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>122.59816345</v>
+        <v>122.5981544</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.26678710999999566</v>
+        <v>-0.26680353000000423</v>
       </c>
       <c r="D75" s="5">
-        <v>-2.5747677060037777</v>
+        <v>-2.5749241352904351</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>123.27888588</v>
+        <v>123.27888412</v>
       </c>
       <c r="C76" s="5">
-        <v>0.68072243000000299</v>
+        <v>0.6807297200000022</v>
       </c>
       <c r="D76" s="5">
-        <v>6.8702529465440421</v>
+        <v>6.8703293055733861</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>123.98160016999999</v>
+        <v>123.98159836000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.70271428999998875</v>
+        <v>0.70271424000000593</v>
       </c>
       <c r="D77" s="5">
-        <v>7.0588163040260055</v>
+        <v>7.0588158898785336</v>
       </c>
       <c r="E77" s="5">
-        <v>3.2614091118268407</v>
+        <v>3.2614110444813882</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>124.14431173</v>
+        <v>124.14430991</v>
       </c>
       <c r="C78" s="5">
-        <v>0.16271156000000531</v>
+        <v>0.16271154999999737</v>
       </c>
       <c r="D78" s="5">
-        <v>1.5862790971845619</v>
+        <v>1.5862790223149625</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>123.77755105999999</v>
+        <v>123.77755057</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.36676067000000501</v>
+        <v>-0.36675934000000154</v>
       </c>
       <c r="D79" s="5">
-        <v>-3.4881300202969201</v>
+        <v>-3.4881176262692049</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>124.07847695</v>
+        <v>124.0784778</v>
       </c>
       <c r="C80" s="5">
-        <v>0.30092589000000203</v>
+        <v>0.30092722999999921</v>
       </c>
       <c r="D80" s="5">
-        <v>2.9567478887301935</v>
+        <v>2.9567612433138768</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>124.59854299</v>
+        <v>124.59854457</v>
       </c>
       <c r="C81" s="5">
-        <v>0.52006604000000323</v>
+        <v>0.52006676999999968</v>
       </c>
       <c r="D81" s="5">
-        <v>5.1472985901594992</v>
+        <v>5.1473059465459992</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>125.78001715000001</v>
+        <v>125.78001931</v>
       </c>
       <c r="C82" s="5">
-        <v>1.1814741600000076</v>
+        <v>1.1814747399999987</v>
       </c>
       <c r="D82" s="5">
-        <v>11.991285264911555</v>
+        <v>11.991291301841599</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>125.44262446</v>
+        <v>125.44262427</v>
       </c>
       <c r="C83" s="5">
-        <v>-0.33739269000000149</v>
+        <v>-0.33739504000000409</v>
       </c>
       <c r="D83" s="5">
-        <v>-3.1718167265519015</v>
+        <v>-3.171838440241237</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>125.2452624</v>
+        <v>125.24526174</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.19736206000000323</v>
+        <v>-0.19736252999999238</v>
       </c>
       <c r="D84" s="5">
-        <v>-1.8717384599769016</v>
+        <v>-1.8717428816641513</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>125.4904459</v>
+        <v>125.49044805</v>
       </c>
       <c r="C85" s="5">
-        <v>0.245183499999996</v>
+        <v>0.24518630999999402</v>
       </c>
       <c r="D85" s="5">
-        <v>2.374611309604524</v>
+        <v>2.3746388308997002</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>125.33563344</v>
+        <v>125.33563633999999</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.15481246000000226</v>
+        <v>-0.15481171000000415</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.4703877514257502</v>
+        <v>-1.4703806512696871</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>125.95889633</v>
+        <v>125.95889077</v>
       </c>
       <c r="C87" s="5">
-        <v>0.62326289000000656</v>
+        <v>0.62325443000000291</v>
       </c>
       <c r="D87" s="5">
-        <v>6.1332433951283072</v>
+        <v>6.1331577083727273</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>125.99485776</v>
+        <v>125.99485756</v>
       </c>
       <c r="C88" s="5">
-        <v>3.5961430000000405E-2</v>
+        <v>3.5966790000003357E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>0.34314005776454604</v>
+        <v>0.34319129782363067</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>125.75928586000001</v>
+        <v>125.75928564</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.2355718999999965</v>
+        <v>-0.23557191999999816</v>
       </c>
       <c r="D89" s="5">
-        <v>-2.2207046584248546</v>
+        <v>-2.2207048485165304</v>
       </c>
       <c r="E89" s="5">
-        <v>1.4338302518781099</v>
+        <v>1.4338315552588687</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>125.76664246</v>
+        <v>125.76664196999999</v>
       </c>
       <c r="C90" s="5">
-        <v>7.3565999999942733E-3</v>
+        <v>7.3563299999932497E-3</v>
       </c>
       <c r="D90" s="5">
-        <v>7.0219552805927954E-2</v>
+        <v>7.0216974919978803E-2</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>125.87849847</v>
+        <v>125.87849854</v>
       </c>
       <c r="C91" s="5">
-        <v>0.11185600999999679</v>
+        <v>0.11185657000000049</v>
       </c>
       <c r="D91" s="5">
-        <v>1.0725082115790485</v>
+        <v>1.0725136115150136</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>126.42955875</v>
+        <v>126.42955932</v>
       </c>
       <c r="C92" s="5">
-        <v>0.55106028000000151</v>
+        <v>0.55106078000000025</v>
       </c>
       <c r="D92" s="5">
-        <v>5.3816078809426404</v>
+        <v>5.3816128789995199</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>127.10246042999999</v>
+        <v>127.10246103999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.67290167999999539</v>
+        <v>0.6729017199999987</v>
       </c>
       <c r="D93" s="5">
-        <v>6.5771310061088162</v>
+        <v>6.5771313780691898</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>127.35620932</v>
+        <v>127.35621007</v>
       </c>
       <c r="C94" s="5">
-        <v>0.25374889000001133</v>
+        <v>0.2537490300000087</v>
       </c>
       <c r="D94" s="5">
-        <v>2.4221757283020562</v>
+        <v>2.4221770676358334</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>127.45039337</v>
+        <v>127.45039349</v>
       </c>
       <c r="C95" s="5">
-        <v>9.4184049999995523E-2</v>
+        <v>9.4183419999993134E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.89105745201725206</v>
+        <v>0.89105146217418607</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>127.43409824</v>
+        <v>127.43409833</v>
       </c>
       <c r="C96" s="5">
-        <v>-1.6295130000003155E-2</v>
+        <v>-1.6295159999998532E-2</v>
       </c>
       <c r="D96" s="5">
-        <v>-0.15331777991627327</v>
+        <v>-0.15331806183777053</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>127.37936283000001</v>
+        <v>127.37936306</v>
       </c>
       <c r="C97" s="5">
-        <v>-5.4735409999992157E-2</v>
+        <v>-5.4735269999994784E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-0.51420733847239442</v>
+        <v>-0.51420602599711041</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>127.57178330000001</v>
+        <v>127.57178501999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.19242047000000184</v>
+        <v>0.19242195999999012</v>
       </c>
       <c r="D98" s="5">
-        <v>1.8278682524791368</v>
+        <v>1.8278825209777638</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>129.41865593</v>
+        <v>129.41865197000001</v>
       </c>
       <c r="C99" s="5">
-        <v>1.8468726299999929</v>
+        <v>1.8468669500000203</v>
       </c>
       <c r="D99" s="5">
-        <v>18.824803349832344</v>
+        <v>18.824740494888957</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>128.99546652999999</v>
+        <v>128.99546677999999</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.42318940000001248</v>
+        <v>-0.42318519000002652</v>
       </c>
       <c r="D100" s="5">
-        <v>-3.8541045697392251</v>
+        <v>-3.8540670308089275</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>129.69603049</v>
+        <v>129.69603064</v>
       </c>
       <c r="C101" s="5">
-        <v>0.70056396000001087</v>
+        <v>0.7005638600000168</v>
       </c>
       <c r="D101" s="5">
-        <v>6.7153368049576834</v>
+        <v>6.7153358041786015</v>
       </c>
       <c r="E101" s="5">
-        <v>3.1303808725365423</v>
+        <v>3.1303811722256158</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>130.36765068</v>
+        <v>130.36765086</v>
       </c>
       <c r="C102" s="5">
-        <v>0.67162018999999873</v>
+        <v>0.67162021999999411</v>
       </c>
       <c r="D102" s="5">
-        <v>6.3941775233580467</v>
+        <v>6.3941778095502499</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>131.15626189</v>
+        <v>131.15626216000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.78861120999999912</v>
+        <v>0.78861130000001367</v>
       </c>
       <c r="D103" s="5">
-        <v>7.5054030194738219</v>
+        <v>7.5054038940121526</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>131.38539940000001</v>
+        <v>131.38539974</v>
       </c>
       <c r="C104" s="5">
-        <v>0.22913751000001525</v>
+        <v>0.22913757999998552</v>
       </c>
       <c r="D104" s="5">
-        <v>2.1167311643982778</v>
+        <v>2.1167318128720192</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>131.64092704999999</v>
+        <v>131.64092728</v>
       </c>
       <c r="C105" s="5">
-        <v>0.25552764999997635</v>
+        <v>0.25552754000000277</v>
       </c>
       <c r="D105" s="5">
-        <v>2.3589723779469773</v>
+        <v>2.3589713453955108</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>131.85203895000001</v>
+        <v>131.85203928999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.21111190000002011</v>
+        <v>0.21111200999999369</v>
       </c>
       <c r="D106" s="5">
-        <v>1.9414992269340736</v>
+        <v>1.9415002440704265</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>131.86039369</v>
+        <v>131.86039364999999</v>
       </c>
       <c r="C107" s="5">
-        <v>8.3547399999872596E-3</v>
+        <v>8.3543599999984508E-3</v>
       </c>
       <c r="D107" s="5">
-        <v>7.6063918453295187E-2</v>
+        <v>7.6060457423698935E-2</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>132.40306605000001</v>
+        <v>132.40306595999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.54267236000001162</v>
+        <v>0.54267231000000038</v>
       </c>
       <c r="D108" s="5">
-        <v>5.051942925570807</v>
+        <v>5.0519424510828914</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>132.01721644</v>
+        <v>132.01721638000001</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.38584961000000817</v>
+        <v>-0.38584957999998437</v>
       </c>
       <c r="D109" s="5">
-        <v>-3.4415352396831023</v>
+        <v>-3.4415349786779736</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>133.16705865</v>
+        <v>133.16705987</v>
       </c>
       <c r="C110" s="5">
-        <v>1.1498422100000028</v>
+        <v>1.149843489999995</v>
       </c>
       <c r="D110" s="5">
-        <v>10.967251601126481</v>
+        <v>10.967264405741695</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>133.42144855999999</v>
+        <v>133.42144626000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.25438990999998623</v>
+        <v>0.25438639000000762</v>
       </c>
       <c r="D111" s="5">
-        <v>2.3166071292486157</v>
+        <v>2.3165747153127692</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>133.58304256</v>
+        <v>133.58304269000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.16159400000000801</v>
+        <v>0.16159643000000301</v>
       </c>
       <c r="D112" s="5">
-        <v>1.4631062122157701</v>
+        <v>1.463128386109469</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>133.69084534999999</v>
+        <v>133.69084552000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.10780278999999382</v>
+        <v>0.10780282999999713</v>
       </c>
       <c r="D113" s="5">
-        <v>0.97272137919532931</v>
+        <v>0.9727217407744071</v>
       </c>
       <c r="E113" s="5">
-        <v>3.0801365661750291</v>
+        <v>3.0801365780333656</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>133.77075051</v>
+        <v>133.77075070000001</v>
       </c>
       <c r="C114" s="5">
-        <v>7.9905160000009801E-2</v>
+        <v>7.9905179999997245E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>0.71958573314048202</v>
+        <v>0.71958591292471397</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>134.12201289000001</v>
+        <v>134.12201304999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.35126238000000853</v>
+        <v>0.35126234999998474</v>
       </c>
       <c r="D115" s="5">
-        <v>3.1969324647818542</v>
+        <v>3.196932183181822</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>134.43507905000001</v>
+        <v>134.43507922000001</v>
       </c>
       <c r="C116" s="5">
-        <v>0.31306616000000531</v>
+        <v>0.31306617000001324</v>
       </c>
       <c r="D116" s="5">
-        <v>2.8372680582831933</v>
+        <v>2.8372681466498628</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>134.3142885</v>
+        <v>134.31428857</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.12079055000000949</v>
+        <v>-0.12079065000000355</v>
       </c>
       <c r="D117" s="5">
-        <v>-1.0728933121040174</v>
+        <v>-1.0728941945953308</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>134.81754347</v>
+        <v>134.81754358000001</v>
       </c>
       <c r="C118" s="5">
-        <v>0.50325497000000041</v>
+        <v>0.50325501000000372</v>
       </c>
       <c r="D118" s="5">
-        <v>4.5900388320119445</v>
+        <v>4.5900392019492253</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>135.07746850000001</v>
+        <v>135.07746849</v>
       </c>
       <c r="C119" s="5">
-        <v>0.25992503000000511</v>
+        <v>0.25992490999999518</v>
       </c>
       <c r="D119" s="5">
-        <v>2.3382627319709748</v>
+        <v>2.338261639060768</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>135.32203788000001</v>
+        <v>135.32203784999999</v>
       </c>
       <c r="C120" s="5">
-        <v>0.2445693800000015</v>
+        <v>0.24456935999998564</v>
       </c>
       <c r="D120" s="5">
-        <v>2.1944706375143008</v>
+        <v>2.1944704564315742</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>135.81501804999999</v>
+        <v>135.81501792</v>
       </c>
       <c r="C121" s="5">
-        <v>0.4929801699999814</v>
+        <v>0.49298007000001576</v>
       </c>
       <c r="D121" s="5">
-        <v>4.4602823165766026</v>
+        <v>4.4602813946216902</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>137.06688235999999</v>
+        <v>137.06688288000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.251864310000002</v>
+        <v>1.251864960000006</v>
       </c>
       <c r="D122" s="5">
-        <v>11.639239162458503</v>
+        <v>11.639245527171816</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>136.56640844</v>
+        <v>136.56640795999999</v>
       </c>
       <c r="C123" s="5">
-        <v>-0.50047391999999036</v>
+        <v>-0.50047492000001625</v>
       </c>
       <c r="D123" s="5">
-        <v>-4.2946446079391016</v>
+        <v>-4.2946530015381956</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>136.66575304</v>
+        <v>136.66575280999999</v>
       </c>
       <c r="C124" s="5">
-        <v>9.9344599999994898E-2</v>
+        <v>9.9344849999994267E-2</v>
       </c>
       <c r="D124" s="5">
-        <v>0.87643547993485615</v>
+        <v>0.87643769740330946</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>137.46206601</v>
+        <v>137.46206594</v>
       </c>
       <c r="C125" s="5">
-        <v>0.79631297000000245</v>
+        <v>0.79631313000001569</v>
       </c>
       <c r="D125" s="5">
-        <v>7.2205470521372828</v>
+        <v>7.2205485622831134</v>
       </c>
       <c r="E125" s="5">
-        <v>2.8208518317967224</v>
+        <v>2.8208516486911028</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>137.25735119999999</v>
+        <v>137.25735126000001</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.2047148100000129</v>
+        <v>-0.20471467999999504</v>
       </c>
       <c r="D126" s="5">
-        <v>-1.77252959890557</v>
+        <v>-1.7725284833953414</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>137.74773371000001</v>
+        <v>137.74773379999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.49038251000001765</v>
+        <v>0.4903825399999846</v>
       </c>
       <c r="D127" s="5">
-        <v>4.3725238269069822</v>
+        <v>4.3725240977323665</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>137.04742253000001</v>
+        <v>137.04742261000001</v>
       </c>
       <c r="C128" s="5">
-        <v>-0.70031117999999992</v>
+        <v>-0.70031118999997943</v>
       </c>
       <c r="D128" s="5">
-        <v>-5.9330815870272113</v>
+        <v>-5.9330816656241625</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>138.00018778</v>
+        <v>138.00018782999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.95276524999999879</v>
+        <v>0.95276521999997499</v>
       </c>
       <c r="D129" s="5">
-        <v>8.6689980727747482</v>
+        <v>8.6689977840350032</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>137.96546425</v>
+        <v>137.96546426</v>
       </c>
       <c r="C130" s="5">
-        <v>-3.4723530000007941E-2</v>
+        <v>-3.4723569999982828E-2</v>
       </c>
       <c r="D130" s="5">
-        <v>-0.30152581708221549</v>
+        <v>-0.30152616383699593</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>138.99635658</v>
+        <v>138.99635656999999</v>
       </c>
       <c r="C131" s="5">
-        <v>1.0308923300000004</v>
+        <v>1.0308923099999845</v>
       </c>
       <c r="D131" s="5">
-        <v>9.3443527765145973</v>
+        <v>9.3443525870082986</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>139.61473683</v>
+        <v>139.61473681000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.6183802500000013</v>
+        <v>0.61838024000002179</v>
       </c>
       <c r="D132" s="5">
-        <v>5.471262842910285</v>
+        <v>5.4712627526604551</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>140.22498825</v>
+        <v>140.22498820999999</v>
       </c>
       <c r="C133" s="5">
-        <v>0.61025141999999732</v>
+        <v>0.61025139999998146</v>
       </c>
       <c r="D133" s="5">
-        <v>5.3731112305047013</v>
+        <v>5.3731110509431801</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>140.46011651000001</v>
+        <v>140.46011677000001</v>
       </c>
       <c r="C134" s="5">
-        <v>0.23512826000001041</v>
+        <v>0.23512856000002103</v>
       </c>
       <c r="D134" s="5">
-        <v>2.0308123382577925</v>
+        <v>2.0308149538975417</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>141.03429173000001</v>
+        <v>141.03429156999999</v>
       </c>
       <c r="C135" s="5">
-        <v>0.57417522000000076</v>
+        <v>0.57417479999998022</v>
       </c>
       <c r="D135" s="5">
-        <v>5.0171844473068772</v>
+        <v>5.017180684916811</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>141.5184529</v>
+        <v>141.51845283</v>
       </c>
       <c r="C136" s="5">
-        <v>0.48416116999999304</v>
+        <v>0.48416126000000759</v>
       </c>
       <c r="D136" s="5">
-        <v>4.1981968420722104</v>
+        <v>4.1981976421152867</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>141.80853859000001</v>
+        <v>141.80853854</v>
       </c>
       <c r="C137" s="5">
-        <v>0.29008569000001216</v>
+        <v>0.29008570999999961</v>
       </c>
       <c r="D137" s="5">
-        <v>2.4876915480357198</v>
+        <v>2.4876917227325102</v>
       </c>
       <c r="E137" s="5">
-        <v>3.1619432954570925</v>
+        <v>3.1619433116167217</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>141.33013740999999</v>
+        <v>141.33013740000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.47840118000002008</v>
+        <v>-0.47840113999998835</v>
       </c>
       <c r="D138" s="5">
-        <v>-3.9740090807414141</v>
+        <v>-3.9740087559830606</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>142.42130284999999</v>
+        <v>142.42130286</v>
       </c>
       <c r="C139" s="5">
-        <v>1.0911654399999975</v>
+        <v>1.0911654599999849</v>
       </c>
       <c r="D139" s="5">
-        <v>9.6685439163677103</v>
+        <v>9.6685441018879548</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>142.72815847999999</v>
+        <v>142.72815850999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.30685563000000116</v>
+        <v>0.3068556499999886</v>
       </c>
       <c r="D140" s="5">
-        <v>2.6163345039854402</v>
+        <v>2.6163346763504736</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>142.01453900999999</v>
+        <v>142.01453902</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.71361946999999759</v>
+        <v>-0.71361948999998503</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.8375496554167183</v>
+        <v>-5.8375498133546921</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
         <v>142.11726089999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.10272188999999798</v>
+        <v>0.10272187999999005</v>
       </c>
       <c r="D142" s="5">
-        <v>0.87144483998449207</v>
+        <v>0.87144475474969507</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>141.62581827</v>
+        <v>141.62581825000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-0.49144262999999455</v>
+        <v>-0.491442649999982</v>
       </c>
       <c r="D143" s="5">
-        <v>-4.0715906982099481</v>
+        <v>-4.071590860770713</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
         <v>140.7768021</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.84901616999999874</v>
+        <v>-0.84901615000001129</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.9612298714232024</v>
+        <v>-6.9612297137591428</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>140.54859282999999</v>
+        <v>140.54859285000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.22820927000000779</v>
+        <v>-0.22820924999999193</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.9280352869705641</v>
+        <v>-1.9280351195032353</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>139.91129506999999</v>
+        <v>139.91129509999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.63729775999999561</v>
+        <v>-0.63729775000001609</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.3075621952610286</v>
+        <v>-5.3075621133082063</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>139.11182937999999</v>
+        <v>139.11182939</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.79946569000000522</v>
+        <v>-0.79946570999999267</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.645464462495787</v>
+        <v>-6.6454646221733586</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>138.70194294999999</v>
+        <v>138.70194294000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.40988643000000025</v>
+        <v>-0.40988644999998769</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.4790038722107508</v>
+        <v>-3.4790040389776178</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>138.24335919000001</v>
+        <v>138.24335916999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.45858375999998202</v>
+        <v>-0.45858377000001838</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.8961465698309161</v>
+        <v>-3.8961466535284983</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.5140795014521156</v>
+        <v>-2.5140794811832734</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>138.73214372000001</v>
+        <v>138.73214369999999</v>
       </c>
       <c r="C150" s="5">
         <v>0.48878453000000377</v>
       </c>
       <c r="D150" s="5">
-        <v>4.3263052441652627</v>
+        <v>4.3263052448031969</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>138.33460085999999</v>
+        <v>138.33460084999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.39754286000001571</v>
+        <v>-0.39754285000000777</v>
       </c>
       <c r="D151" s="5">
-        <v>-3.3849705835702126</v>
+        <v>-3.3849705002406916</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>138.48972488999999</v>
+        <v>138.4897249</v>
       </c>
       <c r="C152" s="5">
-        <v>0.15512402999999608</v>
+        <v>0.15512405000001195</v>
       </c>
       <c r="D152" s="5">
-        <v>1.353972287123284</v>
+        <v>1.3539724628665262</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>139.34997290999999</v>
+        <v>139.34997290000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.86024802000000022</v>
+        <v>0.86024800000001278</v>
       </c>
       <c r="D153" s="5">
-        <v>7.7139700122025756</v>
+        <v>7.7139698261126766</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>139.70881334000001</v>
+        <v>139.70881335000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.35884043000001498</v>
+        <v>0.35884045000000242</v>
       </c>
       <c r="D154" s="5">
-        <v>3.1342661666441174</v>
+        <v>3.1342663440424134</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
         <v>139.36710275999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.34171058000001153</v>
+        <v>-0.34171059000001947</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.8958893216110226</v>
+        <v>-2.8958894050166717</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
         <v>139.22318039000001</v>
       </c>
       <c r="C156" s="5">
         <v>-0.14392236999998431</v>
       </c>
       <c r="D156" s="5">
         <v>-1.2322081347739045</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>139.04230372000001</v>
+        <v>139.04230372999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.18087667000000351</v>
+        <v>-0.180876660000024</v>
       </c>
       <c r="D157" s="5">
-        <v>-1.5479301037031212</v>
+        <v>-1.5479300187345446</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>139.61753300000001</v>
+        <v>139.61753300999999</v>
       </c>
       <c r="C158" s="5">
         <v>0.57522928000000206</v>
       </c>
       <c r="D158" s="5">
-        <v>5.0790315346755044</v>
+        <v>5.0790315343018699</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>138.48068878999999</v>
+        <v>138.4806888</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.1368442100000209</v>
+        <v>-1.1368442099999925</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.3451462645949164</v>
+        <v>-9.3451462639550282</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>138.42760468</v>
+        <v>138.42760466999999</v>
       </c>
       <c r="C160" s="5">
-        <v>-5.308410999998614E-2</v>
+        <v>-5.3084130000002006E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.45903007565191167</v>
+        <v>-0.4590302481989883</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>137.83925525000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.58834942999999384</v>
+        <v>-0.58834941999998591</v>
       </c>
       <c r="D161" s="5">
-        <v>-4.9827259188521928</v>
+        <v>-4.9827258364836808</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.29231345532091391</v>
+        <v>-0.29231344089595268</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>136.17716098</v>
       </c>
       <c r="C162" s="5">
         <v>-1.6620942700000114</v>
       </c>
       <c r="D162" s="5">
         <v>-13.547751334221104</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>136.38924506999999</v>
+        <v>136.38924506000001</v>
       </c>
       <c r="C163" s="5">
-        <v>0.21208408999999051</v>
+        <v>0.212084080000011</v>
       </c>
       <c r="D163" s="5">
-        <v>1.8849876132871923</v>
+        <v>1.8849875236455649</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>136.51630338999999</v>
+        <v>136.5163034</v>
       </c>
       <c r="C164" s="5">
-        <v>0.12705832000000328</v>
+        <v>0.12705833999999072</v>
       </c>
       <c r="D164" s="5">
-        <v>1.1236489279266904</v>
+        <v>1.1236491057881937</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
         <v>135.77070230000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.74560108999997965</v>
+        <v>-0.74560109999998758</v>
       </c>
       <c r="D165" s="5">
-        <v>-6.360618751813818</v>
+        <v>-6.3606188341243541</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
         <v>135.40749048000001</v>
       </c>
       <c r="C166" s="5">
         <v>-0.36321182000000363</v>
       </c>
       <c r="D166" s="5">
         <v>-3.1634076469593042</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
         <v>135.44918702000001</v>
       </c>
       <c r="C167" s="5">
         <v>4.1696540000003779E-2</v>
@@ -3387,113 +3387,113 @@
         <v>-0.36563581999999428</v>
       </c>
       <c r="D174" s="5">
         <v>-3.1590919278994378</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
         <v>137.024878</v>
       </c>
       <c r="C175" s="5">
         <v>0.52420893999999407</v>
       </c>
       <c r="D175" s="5">
         <v>4.7070027056252961</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>137.25505820999999</v>
+        <v>137.25505820000001</v>
       </c>
       <c r="C176" s="5">
-        <v>0.23018020999998612</v>
+        <v>0.23018020000000661</v>
       </c>
       <c r="D176" s="5">
-        <v>2.0345399969310396</v>
+        <v>2.0345399077238646</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>137.63243077000001</v>
+        <v>137.63243076000001</v>
       </c>
       <c r="C177" s="5">
-        <v>0.37737256000002617</v>
+        <v>0.37737255999999775</v>
       </c>
       <c r="D177" s="5">
-        <v>3.3496623600974162</v>
+        <v>3.3496623603448628</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
         <v>137.6095124</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.291837000001351E-2</v>
+        <v>-2.2918360000005578E-2</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.19963950356958193</v>
+        <v>-0.19963941655486428</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>137.58172647999999</v>
+        <v>137.58172648999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-2.7785920000013675E-2</v>
+        <v>-2.7785910000005742E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>-0.24203341084555463</v>
+        <v>-0.24203332383573306</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
         <v>137.70010934000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.1183828600000254</v>
+        <v>0.11838285000001747</v>
       </c>
       <c r="D180" s="5">
-        <v>1.037446353796323</v>
+        <v>1.0374462656707273</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
         <v>138.32224911</v>
       </c>
       <c r="C181" s="5">
         <v>0.62213976999998977</v>
       </c>
       <c r="D181" s="5">
         <v>5.5584687831069068</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
         <v>138.28910347999999</v>
       </c>
       <c r="C182" s="5">
         <v>-3.3145630000007031E-2</v>
@@ -3600,3534 +3600,3564 @@
         <v>0.61462933000001385</v>
       </c>
       <c r="D189" s="5">
         <v>5.4110616819069257</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
         <v>140.58870132999999</v>
       </c>
       <c r="C190" s="5">
         <v>0.32069351999999185</v>
       </c>
       <c r="D190" s="5">
         <v>2.7783128258813683</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>140.93208390999999</v>
+        <v>140.93208392</v>
       </c>
       <c r="C191" s="5">
-        <v>0.34338257999999655</v>
+        <v>0.34338259000000448</v>
       </c>
       <c r="D191" s="5">
-        <v>2.9706499921282825</v>
+        <v>2.9706500798049262</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
         <v>141.63621617999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.70413227000000234</v>
+        <v>0.7041322599999944</v>
       </c>
       <c r="D192" s="5">
-        <v>6.1630306127638868</v>
+        <v>6.1630305223687509</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>141.60306188000001</v>
+        <v>141.60306188999999</v>
       </c>
       <c r="C193" s="5">
-        <v>-3.3154299999978321E-2</v>
+        <v>-3.3154289999998809E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.28053544400186148</v>
+        <v>-0.28053535949579267</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>141.68226086000001</v>
+        <v>141.68226085000001</v>
       </c>
       <c r="C194" s="5">
-        <v>7.9198980000001029E-2</v>
+        <v>7.9198960000013585E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>0.67323174677018649</v>
+        <v>0.67323157618892626</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
         <v>141.82907316000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.14681229999999346</v>
+        <v>0.14681231000000139</v>
       </c>
       <c r="D195" s="5">
-        <v>1.2505607999417911</v>
+        <v>1.2505608856976602</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
         <v>142.27803194000001</v>
       </c>
       <c r="C196" s="5">
         <v>0.44895877999999811</v>
       </c>
       <c r="D196" s="5">
         <v>3.8654273173501563</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
         <v>142.45100482000001</v>
       </c>
       <c r="C197" s="5">
         <v>0.17297288000000322</v>
       </c>
       <c r="D197" s="5">
         <v>1.4686807628084164</v>
       </c>
       <c r="E197" s="5">
         <v>3.2058934097403569</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>143.20229182</v>
+        <v>143.20229183000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.75128699999999071</v>
+        <v>0.75128700999999865</v>
       </c>
       <c r="D198" s="5">
-        <v>6.5156490269556055</v>
+        <v>6.5156491162131625</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
         <v>143.63903818</v>
       </c>
       <c r="C199" s="5">
-        <v>0.43674636000000078</v>
+        <v>0.43674634999999284</v>
       </c>
       <c r="D199" s="5">
-        <v>3.721846238459503</v>
+        <v>3.7218461515429402</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
         <v>144.61549572000001</v>
       </c>
       <c r="C200" s="5">
         <v>0.97645754000001261</v>
       </c>
       <c r="D200" s="5">
         <v>8.4696170065073026</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
         <v>144.51012385000001</v>
       </c>
       <c r="C201" s="5">
         <v>-0.10537186999999903</v>
       </c>
       <c r="D201" s="5">
         <v>-0.87086615390654654</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>144.91070171999999</v>
+        <v>144.9107017</v>
       </c>
       <c r="C202" s="5">
-        <v>0.40057786999997802</v>
+        <v>0.40057784999999058</v>
       </c>
       <c r="D202" s="5">
-        <v>3.3775499326364811</v>
+        <v>3.3775497614233485</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>145.13610231999999</v>
+        <v>145.13610234000001</v>
       </c>
       <c r="C203" s="5">
-        <v>0.2254006000000004</v>
+        <v>0.2254006400000037</v>
       </c>
       <c r="D203" s="5">
-        <v>1.882584959825051</v>
+        <v>1.8825852970371093</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
         <v>145.05584132000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-8.0260999999978822E-2</v>
+        <v>-8.0261019999994687E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.66159142006382288</v>
+        <v>-0.66159158433197751</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>145.62674412999999</v>
+        <v>145.62674415000001</v>
       </c>
       <c r="C205" s="5">
-        <v>0.57090280999997844</v>
+        <v>0.57090282999999431</v>
       </c>
       <c r="D205" s="5">
-        <v>4.8264818360339801</v>
+        <v>4.8264820087931426</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>146.44183326000001</v>
+        <v>146.44183325</v>
       </c>
       <c r="C206" s="5">
-        <v>0.81508913000001826</v>
+        <v>0.81508909999999446</v>
       </c>
       <c r="D206" s="5">
-        <v>6.92720298217262</v>
+        <v>6.9272027183308493</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>147.77531191</v>
+        <v>147.77531189999999</v>
       </c>
       <c r="C207" s="5">
         <v>1.3334786499999893</v>
       </c>
       <c r="D207" s="5">
-        <v>11.491236426656481</v>
+        <v>11.491236427480779</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>148.8808038</v>
+        <v>148.88080378999999</v>
       </c>
       <c r="C208" s="5">
         <v>1.1054918899999961</v>
       </c>
       <c r="D208" s="5">
-        <v>9.3558050471899143</v>
+        <v>9.3558050478493406</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>149.52077464000001</v>
+        <v>149.52077466</v>
       </c>
       <c r="C209" s="5">
-        <v>0.63997084000001792</v>
+        <v>0.63997087000001329</v>
       </c>
       <c r="D209" s="5">
-        <v>5.2819698683561622</v>
+        <v>5.2819701222058812</v>
       </c>
       <c r="E209" s="5">
-        <v>4.9629483687625209</v>
+        <v>4.9629483828024235</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>149.90251326000001</v>
+        <v>149.90251327999999</v>
       </c>
       <c r="C210" s="5">
         <v>0.38173861999999303</v>
       </c>
       <c r="D210" s="5">
-        <v>3.1070854569184014</v>
+        <v>3.1070854564969386</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>149.7143883</v>
+        <v>149.71438831</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.18812496000001033</v>
+        <v>-0.18812496999998984</v>
       </c>
       <c r="D211" s="5">
-        <v>-1.495626927615723</v>
+        <v>-1.495627006371214</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>150.14420766999999</v>
+        <v>150.14420763000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.42981936999998993</v>
+        <v>0.42981932000000711</v>
       </c>
       <c r="D212" s="5">
-        <v>3.5000374260764522</v>
+        <v>3.5000370122365343</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>150.15495195</v>
+        <v>150.15495189000001</v>
       </c>
       <c r="C213" s="5">
-        <v>1.0744280000011486E-2</v>
+        <v>1.074425999999562E-2</v>
       </c>
       <c r="D213" s="5">
-        <v>8.5905489612936314E-2</v>
+        <v>8.5905329663460428E-2</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>150.61306206</v>
+        <v>150.61306200000001</v>
       </c>
       <c r="C214" s="5">
         <v>0.4581101100000069</v>
       </c>
       <c r="D214" s="5">
-        <v>3.7231613613118331</v>
+        <v>3.7231613628248006</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>150.67299295999999</v>
+        <v>150.67299299999999</v>
       </c>
       <c r="C215" s="5">
-        <v>5.9930899999983467E-2</v>
+        <v>5.993099999997753E-2</v>
       </c>
       <c r="D215" s="5">
-        <v>0.47854203380772731</v>
+        <v>0.47854283423662825</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>151.52614865000001</v>
+        <v>151.52614871</v>
       </c>
       <c r="C216" s="5">
-        <v>0.85315569000002256</v>
+        <v>0.85315571000001</v>
       </c>
       <c r="D216" s="5">
-        <v>7.0104121345545334</v>
+        <v>7.0104123021272891</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>151.41170779999999</v>
+        <v>151.41170790000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.11444085000002246</v>
+        <v>-0.11444080999999073</v>
       </c>
       <c r="D217" s="5">
-        <v>-0.90255050826547611</v>
+        <v>-0.90255019375419243</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>151.58481268</v>
+        <v>151.58481269999999</v>
       </c>
       <c r="C218" s="5">
-        <v>0.17310488000001101</v>
+        <v>0.17310479999997597</v>
       </c>
       <c r="D218" s="5">
-        <v>1.3805869427884643</v>
+        <v>1.3805862998183649</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>151.27644604</v>
+        <v>151.27644602999999</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.30836664000000269</v>
+        <v>-0.30836666999999807</v>
       </c>
       <c r="D219" s="5">
-        <v>-2.4140129332755</v>
+        <v>-2.4140131651908092</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>152.00652421000001</v>
+        <v>152.00652407999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.73007817000001296</v>
+        <v>0.73007805000000303</v>
       </c>
       <c r="D220" s="5">
-        <v>5.9475665527806143</v>
+        <v>5.9475655495137003</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
         <v>152.35679919</v>
       </c>
       <c r="C221" s="5">
-        <v>0.35027497999999468</v>
+        <v>0.35027511000001255</v>
       </c>
       <c r="D221" s="5">
-        <v>2.8005266334722112</v>
+        <v>2.8005276884849994</v>
       </c>
       <c r="E221" s="5">
-        <v>1.8967428150558074</v>
+        <v>1.8967428014260435</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>152.28431831</v>
+        <v>152.28431834</v>
       </c>
       <c r="C222" s="5">
-        <v>-7.2480880000000525E-2</v>
+        <v>-7.2480850000005148E-2</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.56938607022505305</v>
+        <v>-0.56938583517109898</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>152.81887051999999</v>
+        <v>152.81887073999999</v>
       </c>
       <c r="C223" s="5">
-        <v>0.53455220999998687</v>
+        <v>0.53455239999999549</v>
       </c>
       <c r="D223" s="5">
-        <v>4.2945520917311075</v>
+        <v>4.2945536469041645</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>153.16466174999999</v>
+        <v>153.16466163000001</v>
       </c>
       <c r="C224" s="5">
-        <v>0.34579123000000322</v>
+        <v>0.34579089000001773</v>
       </c>
       <c r="D224" s="5">
-        <v>2.749351090704133</v>
+        <v>2.7493483496598969</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>152.44877147</v>
+        <v>152.44877116000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.71589027999999644</v>
+        <v>-0.71589047000000505</v>
       </c>
       <c r="D225" s="5">
-        <v>-5.4668275003320499</v>
+        <v>-5.4668289183290479</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>152.05893470999999</v>
+        <v>152.05893452999999</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.38983676000000855</v>
+        <v>-0.38983663000001911</v>
       </c>
       <c r="D226" s="5">
-        <v>-3.0258064978232579</v>
+        <v>-3.0258055090142344</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>152.02268192</v>
+        <v>152.02268197000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.6252789999991819E-2</v>
+        <v>-3.6252559999979894E-2</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.2857204593072149</v>
+        <v>-0.28571864931362656</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>152.4328241</v>
+        <v>152.43282434</v>
       </c>
       <c r="C228" s="5">
-        <v>0.41014218000000824</v>
+        <v>0.41014236999998843</v>
       </c>
       <c r="D228" s="5">
-        <v>3.2859553513209905</v>
+        <v>3.2859568951142837</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>152.72961703999999</v>
+        <v>152.72961735999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.2967929399999889</v>
+        <v>0.29679301999999552</v>
       </c>
       <c r="D229" s="5">
-        <v>2.3616325455802833</v>
+        <v>2.3616331852281069</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>152.19628398</v>
+        <v>152.19628413999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.5333330599999897</v>
+        <v>-0.53333322000000294</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.1108580094129543</v>
+        <v>-4.1108592106339437</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>151.60453347000001</v>
+        <v>151.60453344000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.59175050999999712</v>
+        <v>-0.59175069999997731</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.5671983725938166</v>
+        <v>-4.567199803120725</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>150.58137958</v>
+        <v>150.58137923000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.0231538900000032</v>
+        <v>-1.0231542100000013</v>
       </c>
       <c r="D232" s="5">
-        <v>-7.804653559780439</v>
+        <v>-7.8046559123563064</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>149.70960883000001</v>
+        <v>149.70960876000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.87177074999999604</v>
+        <v>-0.8717704700000013</v>
       </c>
       <c r="D233" s="5">
-        <v>-6.7302426250441583</v>
+        <v>-6.7302405468975701</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.7374940757968749</v>
+        <v>-1.7374941217416562</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>148.44849328000001</v>
+        <v>148.44849336999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.2611155499999995</v>
+        <v>-1.2611153900000147</v>
       </c>
       <c r="D234" s="5">
-        <v>-9.6530657577779895</v>
+        <v>-9.6530645935573585</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>147.93456714999999</v>
+        <v>147.93456757999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-0.51392613000001575</v>
+        <v>-0.51392579000000183</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.0761819867351505</v>
+        <v>-4.076179338754649</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>146.77252833</v>
+        <v>146.77252808</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.1620388199999923</v>
+        <v>-1.1620394999999917</v>
       </c>
       <c r="D236" s="5">
-        <v>-9.0293448541620691</v>
+        <v>-9.0293498866656385</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>146.28871007999999</v>
+        <v>146.28870953000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.48381825000001299</v>
+        <v>-0.48381854999999518</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.8847235605384278</v>
+        <v>-3.8847259323241623</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>145.90439878000001</v>
+        <v>145.90439837</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.38431129999997893</v>
+        <v>-0.38431116000000998</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.1073355772250677</v>
+        <v>-3.1073344730797925</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>145.89679251999999</v>
+        <v>145.89679219999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-7.6062600000170733E-3</v>
+        <v>-7.6061700000025212E-3</v>
       </c>
       <c r="D239" s="5">
-        <v>-6.2540234877839218E-2</v>
+        <v>-6.2539495267122103E-2</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>145.23364290000001</v>
+        <v>145.23364264</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.66314961999998445</v>
+        <v>-0.6631495599999937</v>
       </c>
       <c r="D240" s="5">
-        <v>-5.3200891252781268</v>
+        <v>-5.320088667278366</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>145.13216863</v>
+        <v>145.13217121</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.1014742700000113</v>
+        <v>-0.10147143000000369</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.83522158783504441</v>
+        <v>-0.83519830340481604</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>145.28877994000001</v>
+        <v>145.28877965000001</v>
       </c>
       <c r="C242" s="5">
-        <v>0.1566113100000166</v>
+        <v>0.15660844000001362</v>
       </c>
       <c r="D242" s="5">
-        <v>1.3026263228360202</v>
+        <v>1.3026022862490105</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>144.35982471</v>
+        <v>144.35982454000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.9289552300000139</v>
+        <v>-0.92895511000000397</v>
       </c>
       <c r="D243" s="5">
-        <v>-7.408476316143453</v>
+        <v>-7.4084754068074021</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>144.00094437999999</v>
+        <v>144.00094397000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.35888033000000519</v>
+        <v>-0.35888056999999662</v>
       </c>
       <c r="D244" s="5">
-        <v>-2.9427614357013909</v>
+        <v>-2.9427633802515119</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>143.78257518999999</v>
+        <v>143.78257525000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.21836919000000421</v>
+        <v>-0.21836872000000085</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.8046304222158582</v>
+        <v>-1.8046265755100488</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.9590201900335908</v>
+        <v>-3.9590201050499374</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>143.78295402000001</v>
+        <v>143.78295395000001</v>
       </c>
       <c r="C246" s="5">
-        <v>3.7883000001670553E-4</v>
+        <v>3.7869999999884385E-4</v>
       </c>
       <c r="D246" s="5">
-        <v>3.1617363026592571E-3</v>
+        <v>3.1606512983284318E-3</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>143.74004468999999</v>
+        <v>143.74004614</v>
       </c>
       <c r="C247" s="5">
-        <v>-4.2909330000014734E-2</v>
+        <v>-4.2907810000002655E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.35753030782263995</v>
+        <v>-0.35751766379021888</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>143.91066239</v>
+        <v>143.91066119000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.1706177000000082</v>
+        <v>0.17061505000000921</v>
       </c>
       <c r="D248" s="5">
-        <v>1.4337214294582346</v>
+        <v>1.4336990010506812</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>144.32367034000001</v>
+        <v>144.32366830000001</v>
       </c>
       <c r="C249" s="5">
-        <v>0.4130079500000079</v>
+        <v>0.41300710999999524</v>
       </c>
       <c r="D249" s="5">
-        <v>3.4987523056380976</v>
+        <v>3.4987451066099018</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>144.35081736999999</v>
+        <v>144.35081565999999</v>
       </c>
       <c r="C250" s="5">
-        <v>2.7147029999980532E-2</v>
+        <v>2.714735999998652E-2</v>
       </c>
       <c r="D250" s="5">
-        <v>0.22595156221683066</v>
+        <v>0.22595431492917761</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>144.30163118999999</v>
+        <v>144.30163021999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-4.9186179999992419E-2</v>
+        <v>-4.9185440000002245E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.4081232681197311</v>
+        <v>-0.40811714428361512</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>143.95263539999999</v>
+        <v>143.95263541</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.34899579000000358</v>
+        <v>-0.34899480999999355</v>
       </c>
       <c r="D252" s="5">
-        <v>-2.8639237726008293</v>
+        <v>-2.8639158562067113</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>144.18909209</v>
+        <v>144.18909839</v>
       </c>
       <c r="C253" s="5">
-        <v>0.23645669000001135</v>
+        <v>0.23646297999999888</v>
       </c>
       <c r="D253" s="5">
-        <v>1.9890263269400021</v>
+        <v>1.9890797159538787</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>144.01754944999999</v>
+        <v>144.01755008999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.17154264000001263</v>
+        <v>-0.17154830000001198</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.4183426032493451</v>
+        <v>-1.4183890336868732</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>144.45164294</v>
+        <v>144.45164326</v>
       </c>
       <c r="C255" s="5">
-        <v>0.4340934900000093</v>
+        <v>0.43409317000001124</v>
       </c>
       <c r="D255" s="5">
-        <v>3.677573992594052</v>
+        <v>3.6775712198883204</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>144.24866029</v>
+        <v>144.24865983000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.2029826499999956</v>
+        <v>-0.20298342999998908</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.6732620432934664</v>
+        <v>-1.6732684198357384</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>144.63016027</v>
+        <v>144.63016021999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.38149998000000096</v>
+        <v>0.38150038999998515</v>
       </c>
       <c r="D257" s="5">
-        <v>3.2202601988606361</v>
+        <v>3.2202637206058427</v>
       </c>
       <c r="E257" s="5">
-        <v>0.58949081895354194</v>
+        <v>0.5894907422031137</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>145.53384553000001</v>
+        <v>145.53384513</v>
       </c>
       <c r="C258" s="5">
-        <v>0.90368526000000315</v>
+        <v>0.90368491000000972</v>
       </c>
       <c r="D258" s="5">
-        <v>7.761009700484589</v>
+        <v>7.761006593357056</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>145.29409509999999</v>
+        <v>145.29409691999999</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.23975043000001506</v>
+        <v>-0.23974821000001612</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.9590496657924783</v>
+        <v>-1.9590316950972464</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>145.9677413</v>
+        <v>145.96773823999999</v>
       </c>
       <c r="C260" s="5">
-        <v>0.67364620000000741</v>
+        <v>0.67364132000000154</v>
       </c>
       <c r="D260" s="5">
-        <v>5.7078111013046717</v>
+        <v>5.7077686196435273</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>146.66293385</v>
+        <v>146.66292859000001</v>
       </c>
       <c r="C261" s="5">
-        <v>0.69519255000000157</v>
+        <v>0.6951903500000185</v>
       </c>
       <c r="D261" s="5">
-        <v>5.8672828665362164</v>
+        <v>5.8672639361804224</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>146.52342368000001</v>
+        <v>146.52341877999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.1395101699999941</v>
+        <v>-0.13950981000002116</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.1355228592133115</v>
+        <v>-1.1355199848704367</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>146.63492836</v>
+        <v>146.63492607000001</v>
       </c>
       <c r="C263" s="5">
-        <v>0.11150467999999591</v>
+        <v>0.11150729000002002</v>
       </c>
       <c r="D263" s="5">
-        <v>0.91703483920839712</v>
+        <v>0.91705642504555929</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>147.22910854</v>
+        <v>147.22910994</v>
       </c>
       <c r="C264" s="5">
-        <v>0.59418017999999506</v>
+        <v>0.59418386999999484</v>
       </c>
       <c r="D264" s="5">
-        <v>4.9723726962451309</v>
+        <v>4.9724043466864654</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>147.52500687</v>
+        <v>147.5250192</v>
       </c>
       <c r="C265" s="5">
-        <v>0.29589832999999999</v>
+        <v>0.29590926000000195</v>
       </c>
       <c r="D265" s="5">
-        <v>2.4385759965469322</v>
+        <v>2.4386670481624018</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>147.78769671000001</v>
+        <v>147.78770019999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.26268984000000728</v>
+        <v>0.2626809999999864</v>
       </c>
       <c r="D266" s="5">
-        <v>2.157826750699221</v>
+        <v>2.1577532411107159</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>148.04253062000001</v>
+        <v>148.04253317000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.25483391000000211</v>
+        <v>0.25483297000002381</v>
       </c>
       <c r="D267" s="5">
-        <v>2.088926078195219</v>
+        <v>2.0889182498008196</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>148.45655248</v>
+        <v>148.45655246999999</v>
       </c>
       <c r="C268" s="5">
-        <v>0.41402185999999119</v>
+        <v>0.41401929999997833</v>
       </c>
       <c r="D268" s="5">
-        <v>3.4080737860106014</v>
+        <v>3.408052328250788</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>148.80176101999999</v>
+        <v>148.80176148000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.34520853999998735</v>
+        <v>0.34520901000001913</v>
       </c>
       <c r="D269" s="5">
-        <v>2.8263452743624962</v>
+        <v>2.8263491719597189</v>
       </c>
       <c r="E269" s="5">
-        <v>2.8843228426300049</v>
+        <v>2.8843231962506932</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>149.46432694999999</v>
+        <v>149.46432747</v>
       </c>
       <c r="C270" s="5">
-        <v>0.66256592999999953</v>
+        <v>0.66256598999999028</v>
       </c>
       <c r="D270" s="5">
-        <v>5.4760258494840119</v>
+        <v>5.4760263402384046</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>149.68791991000001</v>
+        <v>149.68792151</v>
       </c>
       <c r="C271" s="5">
-        <v>0.22359296000001905</v>
+        <v>0.22359403999999472</v>
       </c>
       <c r="D271" s="5">
-        <v>1.8099985089603754</v>
+        <v>1.8100073173346276</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>150.03934405999999</v>
+        <v>150.03933602999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.3514241499999855</v>
+        <v>0.35141451999999163</v>
       </c>
       <c r="D272" s="5">
-        <v>2.8539183492001685</v>
+        <v>2.8538391004483188</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>150.34649626000001</v>
+        <v>150.34648503</v>
       </c>
       <c r="C273" s="5">
-        <v>0.30715220000001864</v>
+        <v>0.30714900000000966</v>
       </c>
       <c r="D273" s="5">
-        <v>2.4844221509946474</v>
+        <v>2.484396109914333</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>150.73325937999999</v>
+        <v>150.73324725000001</v>
       </c>
       <c r="C274" s="5">
-        <v>0.38676311999998347</v>
+        <v>0.38676222000000848</v>
       </c>
       <c r="D274" s="5">
-        <v>3.1310272850520793</v>
+        <v>3.1310201329278753</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>151.34100344999999</v>
+        <v>151.3409916</v>
       </c>
       <c r="C275" s="5">
-        <v>0.60774406999999542</v>
+        <v>0.60774434999999016</v>
       </c>
       <c r="D275" s="5">
-        <v>4.9470481388187881</v>
+        <v>4.9470508757774256</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>151.58190796</v>
+        <v>151.58189709000001</v>
       </c>
       <c r="C276" s="5">
-        <v>0.24090451000000712</v>
+        <v>0.24090549000001715</v>
       </c>
       <c r="D276" s="5">
-        <v>1.9269715108244601</v>
+        <v>1.9269795707104409</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>151.69877174999999</v>
+        <v>151.69882333000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.11686378999999647</v>
+        <v>0.11692623999999796</v>
       </c>
       <c r="D277" s="5">
-        <v>0.9290866170297063</v>
+        <v>0.92958528015802955</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>152.32132432</v>
+        <v>152.32132733</v>
       </c>
       <c r="C278" s="5">
-        <v>0.62255257000001052</v>
+        <v>0.62250399999999217</v>
       </c>
       <c r="D278" s="5">
-        <v>5.0373386347224658</v>
+        <v>5.0369349706760991</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>152.86856107</v>
+        <v>152.86857021</v>
       </c>
       <c r="C279" s="5">
-        <v>0.54723674999999616</v>
+        <v>0.54724287999999888</v>
       </c>
       <c r="D279" s="5">
-        <v>4.3973918010266511</v>
+        <v>4.3974419482010196</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>154.35984212</v>
+        <v>154.35984672999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.4912810499999978</v>
+        <v>1.4912765199999853</v>
       </c>
       <c r="D280" s="5">
-        <v>12.355355104093245</v>
+        <v>12.355314757771829</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>153.88974759000001</v>
+        <v>153.88975305</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.47009452999998302</v>
+        <v>-0.47009367999999085</v>
       </c>
       <c r="D281" s="5">
-        <v>-3.593938822053433</v>
+        <v>-3.5939323265997247</v>
       </c>
       <c r="E281" s="5">
-        <v>3.4193053463366985</v>
+        <v>3.4193086959416474</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>154.21361852000001</v>
+        <v>154.21362576999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.32387092999999822</v>
+        <v>0.32387271999999712</v>
       </c>
       <c r="D282" s="5">
-        <v>2.5549163551036536</v>
+        <v>2.5549305480022655</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>155.19424495000001</v>
+        <v>155.19423307</v>
       </c>
       <c r="C283" s="5">
-        <v>0.98062643000000094</v>
+        <v>0.98060730000000262</v>
       </c>
       <c r="D283" s="5">
-        <v>7.9032722910998165</v>
+        <v>7.9031122983647117</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>155.31054114</v>
+        <v>155.31051316</v>
       </c>
       <c r="C284" s="5">
-        <v>0.1162961899999857</v>
+        <v>0.11628009000000361</v>
       </c>
       <c r="D284" s="5">
-        <v>0.90294611919441436</v>
+        <v>0.90282066949798345</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>155.88977904000001</v>
+        <v>155.88974891999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.57923790000000963</v>
+        <v>0.57923575999998889</v>
       </c>
       <c r="D285" s="5">
-        <v>4.5684096431837684</v>
+        <v>4.5683932574200448</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>156.61209242999999</v>
+        <v>156.61206773000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.72231338999998229</v>
+        <v>0.72231881000001863</v>
       </c>
       <c r="D286" s="5">
-        <v>5.7040936330907233</v>
+        <v>5.7041386616866196</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>156.97410171000001</v>
+        <v>156.97408163</v>
       </c>
       <c r="C287" s="5">
-        <v>0.36200928000002364</v>
+        <v>0.36201389999999378</v>
       </c>
       <c r="D287" s="5">
-        <v>2.8093405069663069</v>
+        <v>2.80937726582835</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>157.73041361</v>
+        <v>157.7303962</v>
       </c>
       <c r="C288" s="5">
-        <v>0.75631189999998583</v>
+        <v>0.75631457000000069</v>
       </c>
       <c r="D288" s="5">
-        <v>5.9373800568707447</v>
+        <v>5.9374023558278699</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>158.67517986999999</v>
+        <v>158.67528607</v>
       </c>
       <c r="C289" s="5">
-        <v>0.94476625999999442</v>
+        <v>0.94488986999999725</v>
       </c>
       <c r="D289" s="5">
-        <v>7.429285095396021</v>
+        <v>7.4302902125392256</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>159.33706887</v>
+        <v>159.33708304000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.66188900000000217</v>
+        <v>0.6617969700000117</v>
       </c>
       <c r="D290" s="5">
-        <v>5.1220673230607749</v>
+        <v>5.1213352210980334</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>159.97530180000001</v>
+        <v>159.97532264</v>
       </c>
       <c r="C291" s="5">
-        <v>0.63823293000001513</v>
+        <v>0.63823959999999147</v>
       </c>
       <c r="D291" s="5">
-        <v>4.9139825635869494</v>
+        <v>4.9140346082392705</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>160.59038831000001</v>
+        <v>160.59039675</v>
       </c>
       <c r="C292" s="5">
-        <v>0.61508650999999759</v>
+        <v>0.61507410999999479</v>
       </c>
       <c r="D292" s="5">
-        <v>4.712691077894382</v>
+        <v>4.7125934261973201</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>161.37468092</v>
+        <v>161.37472535000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.78429260999999428</v>
+        <v>0.78432860000000915</v>
       </c>
       <c r="D293" s="5">
-        <v>6.0205810137841764</v>
+        <v>6.0208644273951784</v>
       </c>
       <c r="E293" s="5">
-        <v>4.8638284533039089</v>
+        <v>4.8638536040590541</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>161.8859697</v>
+        <v>161.88596809000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.511288780000001</v>
+        <v>0.51124274000000014</v>
       </c>
       <c r="D294" s="5">
-        <v>3.8689577317224666</v>
+        <v>3.8686021674069426</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>162.84499084999999</v>
+        <v>162.84494079000001</v>
       </c>
       <c r="C295" s="5">
-        <v>0.95902114999998389</v>
+        <v>0.9589727000000039</v>
       </c>
       <c r="D295" s="5">
-        <v>7.3451227140153064</v>
+        <v>7.3447395393988479</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>163.34961892000001</v>
+        <v>163.34954465999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.50462807000002385</v>
+        <v>0.50460386999998263</v>
       </c>
       <c r="D296" s="5">
-        <v>3.7826267242813572</v>
+        <v>3.7824434041979771</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>164.10617524</v>
+        <v>164.10610821</v>
       </c>
       <c r="C297" s="5">
-        <v>0.75655631999998718</v>
+        <v>0.75656355000000985</v>
       </c>
       <c r="D297" s="5">
-        <v>5.7016036475680876</v>
+        <v>5.7016621885307428</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>164.41066647</v>
+        <v>164.41062116000001</v>
       </c>
       <c r="C298" s="5">
-        <v>0.30449122999999645</v>
+        <v>0.304512950000003</v>
       </c>
       <c r="D298" s="5">
-        <v>2.2494060917339409</v>
+        <v>2.2495691159380549</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>165.33057077000001</v>
+        <v>165.33054154000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.91990430000001311</v>
+        <v>0.91992038000000775</v>
       </c>
       <c r="D299" s="5">
-        <v>6.9247153223553459</v>
+        <v>6.9248420835265723</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>165.68869659000001</v>
+        <v>165.68866714999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.35812581999999793</v>
+        <v>0.35812560999997345</v>
       </c>
       <c r="D300" s="5">
-        <v>2.6305361261184546</v>
+        <v>2.6305350358113655</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>166.30730308</v>
+        <v>166.30750426</v>
       </c>
       <c r="C301" s="5">
-        <v>0.61860648999999057</v>
+        <v>0.6188371100000154</v>
       </c>
       <c r="D301" s="5">
-        <v>4.5734105439419581</v>
+        <v>4.5751515428382739</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>166.92589616999999</v>
+        <v>166.92593092999999</v>
       </c>
       <c r="C302" s="5">
-        <v>0.6185930899999903</v>
+        <v>0.61842666999999096</v>
       </c>
       <c r="D302" s="5">
-        <v>4.5559487835937329</v>
+        <v>4.5546922986235527</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>168.28251642000001</v>
+        <v>168.28257995000001</v>
       </c>
       <c r="C303" s="5">
-        <v>1.3566202500000202</v>
+        <v>1.3566490200000203</v>
       </c>
       <c r="D303" s="5">
-        <v>10.200451453886728</v>
+        <v>10.200675315853447</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>168.44976568000001</v>
+        <v>168.44980003000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.16724926000000551</v>
+        <v>0.16722007999999278</v>
       </c>
       <c r="D304" s="5">
-        <v>1.199172833678519</v>
+        <v>1.1989620139637225</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>169.35393937000001</v>
+        <v>169.35406107</v>
       </c>
       <c r="C305" s="5">
-        <v>0.90417368999999326</v>
+        <v>0.90426103999999441</v>
       </c>
       <c r="D305" s="5">
-        <v>6.6347377366015925</v>
+        <v>6.635396350701761</v>
       </c>
       <c r="E305" s="5">
-        <v>4.9445541298734685</v>
+        <v>4.9446006508726104</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>169.88400834999999</v>
+        <v>169.88405356999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.53006897999998159</v>
+        <v>0.52999249999999165</v>
       </c>
       <c r="D306" s="5">
-        <v>3.8212740256516886</v>
+        <v>3.8207103630046868</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>170.20438283999999</v>
+        <v>170.20435513000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.32037449000000606</v>
+        <v>0.32030156000001853</v>
       </c>
       <c r="D307" s="5">
-        <v>2.2866314810048971</v>
+        <v>2.2861049281338586</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>170.90418643000001</v>
+        <v>170.90367807999999</v>
       </c>
       <c r="C308" s="5">
-        <v>0.69980359000001613</v>
+        <v>0.69932294999998135</v>
       </c>
       <c r="D308" s="5">
-        <v>5.0469735459930609</v>
+        <v>5.0434293119090867</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>171.61238839000001</v>
+        <v>171.61229828</v>
       </c>
       <c r="C309" s="5">
-        <v>0.70820195999999669</v>
+        <v>0.7086202000000128</v>
       </c>
       <c r="D309" s="5">
-        <v>5.0875367342114952</v>
+        <v>5.0906255956702839</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>172.39885846000001</v>
+        <v>172.39877709999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.78647007000000713</v>
+        <v>0.78647881999998503</v>
       </c>
       <c r="D310" s="5">
-        <v>5.6401484406860103</v>
+        <v>5.6402158177284667</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>172.98116311999999</v>
+        <v>172.98113097999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.58230465999997705</v>
+        <v>0.58235387999999944</v>
       </c>
       <c r="D311" s="5">
-        <v>4.1293424144619006</v>
+        <v>4.1296999474160989</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>173.87225265999999</v>
+        <v>173.87227462999999</v>
       </c>
       <c r="C312" s="5">
-        <v>0.89108953999999585</v>
+        <v>0.89114365000000362</v>
       </c>
       <c r="D312" s="5">
-        <v>6.3598250018537472</v>
+        <v>6.3602234150900161</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>174.00359538999999</v>
+        <v>174.00394589000001</v>
       </c>
       <c r="C313" s="5">
-        <v>0.13134273000000007</v>
+        <v>0.13167126000001872</v>
       </c>
       <c r="D313" s="5">
-        <v>0.91025307923797705</v>
+        <v>0.91253928791297234</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>175.03423975000001</v>
+        <v>175.03439166000001</v>
       </c>
       <c r="C314" s="5">
-        <v>1.030644360000025</v>
+        <v>1.03044577</v>
       </c>
       <c r="D314" s="5">
-        <v>7.3439286399376025</v>
+        <v>7.3424518932118987</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>175.70742274</v>
+        <v>175.70763595</v>
       </c>
       <c r="C315" s="5">
-        <v>0.6731829899999866</v>
+        <v>0.67324428999998531</v>
       </c>
       <c r="D315" s="5">
-        <v>4.7140971045412927</v>
+        <v>4.7145313128444721</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>175.0101497</v>
+        <v>175.01035544000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.6972730399999989</v>
+        <v>-0.69728050999998459</v>
       </c>
       <c r="D316" s="5">
-        <v>-4.6594764974571827</v>
+        <v>-4.6595197995477626</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>175.32972217</v>
+        <v>175.3298207</v>
       </c>
       <c r="C317" s="5">
-        <v>0.31957246999999711</v>
+        <v>0.31946525999998698</v>
       </c>
       <c r="D317" s="5">
-        <v>2.2133682578023395</v>
+        <v>2.2126156201900171</v>
       </c>
       <c r="E317" s="5">
-        <v>3.5285762009611421</v>
+        <v>3.5285599838848825</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>175.23694939999999</v>
+        <v>175.23712366000001</v>
       </c>
       <c r="C318" s="5">
-        <v>-9.2772770000010496E-2</v>
+        <v>-9.2697039999990238E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.63311516727692085</v>
+        <v>-0.63259950559000355</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>176.35839032000001</v>
+        <v>176.35832210999999</v>
       </c>
       <c r="C319" s="5">
-        <v>1.1214409200000262</v>
+        <v>1.1211984499999801</v>
       </c>
       <c r="D319" s="5">
-        <v>7.9556320613467291</v>
+        <v>7.9538427843814041</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>177.03175594000001</v>
+        <v>177.03056487000001</v>
       </c>
       <c r="C320" s="5">
-        <v>0.67336561999999844</v>
+        <v>0.67224276000001737</v>
       </c>
       <c r="D320" s="5">
-        <v>4.6792518220109658</v>
+        <v>4.6712865507785306</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>177.27949328</v>
+        <v>177.27913136999999</v>
       </c>
       <c r="C321" s="5">
-        <v>0.24773733999998626</v>
+        <v>0.24856649999998126</v>
       </c>
       <c r="D321" s="5">
-        <v>1.6922592049603669</v>
+        <v>1.6979784044037105</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>177.75963297000001</v>
+        <v>177.75933567000001</v>
       </c>
       <c r="C322" s="5">
-        <v>0.48013969000001566</v>
+        <v>0.48020430000002534</v>
       </c>
       <c r="D322" s="5">
-        <v>3.2989050785930285</v>
+        <v>3.299362466278799</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>178.47088388</v>
+        <v>178.47081784</v>
       </c>
       <c r="C323" s="5">
-        <v>0.71125090999998974</v>
+        <v>0.71148216999998226</v>
       </c>
       <c r="D323" s="5">
-        <v>4.9085188215817421</v>
+        <v>4.9101584943494814</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>179.04743400000001</v>
+        <v>179.04764186</v>
       </c>
       <c r="C324" s="5">
-        <v>0.57655012000000738</v>
+        <v>0.57682402000000366</v>
       </c>
       <c r="D324" s="5">
-        <v>3.9462250947477129</v>
+        <v>3.9481347539029654</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>179.38007701999999</v>
+        <v>179.38079701000001</v>
       </c>
       <c r="C325" s="5">
-        <v>0.3326430199999777</v>
+        <v>0.33315515000001028</v>
       </c>
       <c r="D325" s="5">
-        <v>2.2523405256152484</v>
+        <v>2.2558410992774336</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>179.66523054000001</v>
+        <v>179.66570865</v>
       </c>
       <c r="C326" s="5">
-        <v>0.28515352000002281</v>
+        <v>0.28491163999999003</v>
       </c>
       <c r="D326" s="5">
-        <v>1.9243602893871614</v>
+        <v>1.9227058900126215</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>180.06296448000001</v>
+        <v>180.06355325999999</v>
       </c>
       <c r="C327" s="5">
-        <v>0.39773393999999485</v>
+        <v>0.39784460999999283</v>
       </c>
       <c r="D327" s="5">
-        <v>2.6890846623015108</v>
+        <v>2.689834794633339</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>180.58105673</v>
+        <v>180.58166469</v>
       </c>
       <c r="C328" s="5">
-        <v>0.51809224999999515</v>
+        <v>0.5181114300000047</v>
       </c>
       <c r="D328" s="5">
-        <v>3.507907840920943</v>
+        <v>3.5080281143541781</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>180.15269565</v>
+        <v>180.15280116</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.42836108000000195</v>
+        <v>-0.42886353000000099</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.8097056028936085</v>
+        <v>-2.8129489975557864</v>
       </c>
       <c r="E329" s="5">
-        <v>2.7508019862848121</v>
+        <v>2.750804421486519</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>181.17532886000001</v>
+        <v>181.17562484000001</v>
       </c>
       <c r="C330" s="5">
-        <v>1.0226332100000093</v>
+        <v>1.0228236800000161</v>
       </c>
       <c r="D330" s="5">
-        <v>7.0285201467878311</v>
+        <v>7.0298661396769768</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>180.83146925</v>
+        <v>180.83139474000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.34385961000000975</v>
+        <v>-0.34423010000000431</v>
       </c>
       <c r="D331" s="5">
-        <v>-2.2539014993721906</v>
+        <v>-2.2563009872862749</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>180.87979164000001</v>
+        <v>180.87790928999999</v>
       </c>
       <c r="C332" s="5">
-        <v>4.8322390000009818E-2</v>
+        <v>4.6514549999983501E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>0.32113972831504523</v>
+        <v>0.30910835594550878</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>180.81307219999999</v>
+        <v>180.81075958</v>
       </c>
       <c r="C333" s="5">
-        <v>-6.6719440000014174E-2</v>
+        <v>-6.7149709999995366E-2</v>
       </c>
       <c r="D333" s="5">
-        <v>-0.44173591561671444</v>
+        <v>-0.44458344938751448</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>181.02458480000001</v>
+        <v>181.02382610000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.21151260000002026</v>
+        <v>0.21306652000001236</v>
       </c>
       <c r="D334" s="5">
-        <v>1.4128099411012007</v>
+        <v>1.4232751204036331</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>181.07862093</v>
+        <v>181.07906596999999</v>
       </c>
       <c r="C335" s="5">
-        <v>5.403612999998586E-2</v>
+        <v>5.5239869999979874E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>0.35879059864840634</v>
+        <v>0.36679818410343401</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>180.74225612999999</v>
+        <v>180.74282058</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.33636480000001256</v>
+        <v>-0.33624538999998776</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.2064415074334764</v>
+        <v>-2.2056608341296635</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>181.49344389999999</v>
+        <v>181.49431973</v>
       </c>
       <c r="C337" s="5">
-        <v>0.75118777000000136</v>
+        <v>0.75149915000000078</v>
       </c>
       <c r="D337" s="5">
-        <v>5.1029510366781716</v>
+        <v>5.1050985916668123</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>180.94361196</v>
+        <v>180.94618933000001</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.54983193999999003</v>
+        <v>-0.54813039999999091</v>
       </c>
       <c r="D338" s="5">
-        <v>-3.5754179465028124</v>
+        <v>-3.5645194895191357</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>180.99543538</v>
+        <v>180.99632724</v>
       </c>
       <c r="C339" s="5">
-        <v>5.1823420000005171E-2</v>
+        <v>5.0137909999989461E-2</v>
       </c>
       <c r="D339" s="5">
-        <v>0.34422966259988197</v>
+        <v>0.33301208505269742</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>181.07347652999999</v>
+        <v>181.07438981999999</v>
       </c>
       <c r="C340" s="5">
-        <v>7.8041149999990012E-2</v>
+        <v>7.8062579999993886E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>0.51864173570701499</v>
+        <v>0.51878192968966008</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>181.07320412000001</v>
+        <v>181.07318430999999</v>
       </c>
       <c r="C341" s="5">
-        <v>-2.724099999795726E-4</v>
+        <v>-1.2055100000054608E-3</v>
       </c>
       <c r="D341" s="5">
-        <v>-1.8052853540173608E-3</v>
+        <v>-7.9887555208602024E-3</v>
       </c>
       <c r="E341" s="5">
-        <v>0.51096014227196562</v>
+        <v>0.51089027984780877</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>180.55294161</v>
+        <v>180.55332132999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.52026251000000912</v>
+        <v>-0.5198629799999992</v>
       </c>
       <c r="D342" s="5">
-        <v>-3.3938927582460088</v>
+        <v>-3.3913278365436783</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>180.82542280999999</v>
+        <v>180.82551133000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.27248119999998721</v>
+        <v>0.27219000000002325</v>
       </c>
       <c r="D343" s="5">
-        <v>1.8260857601602565</v>
+        <v>1.8241141492178592</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>180.51281606000001</v>
+        <v>180.50955234</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.31260674999998628</v>
+        <v>-0.31595899000001282</v>
       </c>
       <c r="D344" s="5">
-        <v>-2.0549198722875972</v>
+        <v>-2.0767434796735484</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>181.03768141</v>
+        <v>181.03212027000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.5248653499999989</v>
+        <v>0.52256793000000812</v>
       </c>
       <c r="D345" s="5">
-        <v>3.5455047950442076</v>
+        <v>3.5298024697368868</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>181.47092842999999</v>
+        <v>181.46997003000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.43324701999998183</v>
+        <v>0.43784976000000597</v>
       </c>
       <c r="D346" s="5">
-        <v>2.9098599567664474</v>
+        <v>2.9412777474393303</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>181.23395074999999</v>
+        <v>181.23499701</v>
       </c>
       <c r="C347" s="5">
-        <v>-0.23697767999999542</v>
+        <v>-0.23497302000001241</v>
       </c>
       <c r="D347" s="5">
-        <v>-1.5558394472882764</v>
+        <v>-1.5427798480915689</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>181.25932036</v>
+        <v>181.26020159000001</v>
       </c>
       <c r="C348" s="5">
-        <v>2.5369610000012699E-2</v>
+        <v>2.5204580000007581E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>0.16810857695166437</v>
+        <v>0.16701322461765145</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>181.52088323999999</v>
+        <v>181.52165386999999</v>
       </c>
       <c r="C349" s="5">
-        <v>0.2615628799999854</v>
+        <v>0.2614522799999861</v>
       </c>
       <c r="D349" s="5">
-        <v>1.7454473712365859</v>
+        <v>1.744694906647859</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>181.4704562</v>
+        <v>181.47769382999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-5.042703999998821E-2</v>
+        <v>-4.3960040000001754E-2</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.33285468056424294</v>
+        <v>-0.29022345138006722</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>180.75444927000001</v>
+        <v>180.75531470999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.71600692999999183</v>
+        <v>-0.72237911999999938</v>
       </c>
       <c r="D351" s="5">
-        <v>-4.6332938252024114</v>
+        <v>-4.6734475612267179</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>181.05698756999999</v>
+        <v>181.05771136999999</v>
       </c>
       <c r="C352" s="5">
-        <v>0.30253829999998061</v>
+        <v>0.30239665999999943</v>
       </c>
       <c r="D352" s="5">
-        <v>2.0270966984698102</v>
+        <v>2.0261291285740946</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>180.39638927999999</v>
+        <v>180.39668189</v>
       </c>
       <c r="C353" s="5">
-        <v>-0.66059828999999581</v>
+        <v>-0.66102947999999628</v>
       </c>
       <c r="D353" s="5">
-        <v>-4.2914790895957067</v>
+        <v>-4.2942074218422555</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.37377967838437831</v>
+        <v>-0.37360718130510229</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>181.04767794</v>
+        <v>181.04780914</v>
       </c>
       <c r="C354" s="5">
-        <v>0.65128866000000585</v>
+        <v>0.65112725000000182</v>
       </c>
       <c r="D354" s="5">
-        <v>4.4194546301115523</v>
+        <v>4.4183302051997497</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>181.25164412999999</v>
+        <v>181.25103114999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.2039661899999885</v>
+        <v>0.20322200999999041</v>
       </c>
       <c r="D355" s="5">
-        <v>1.3603141865518475</v>
+        <v>1.3553193490903448</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>181.60136671000001</v>
+        <v>181.59664710000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.34972258000001943</v>
+        <v>0.34561595000002399</v>
       </c>
       <c r="D356" s="5">
-        <v>2.3401136427555924</v>
+        <v>2.3123538655639875</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>182.37288996000001</v>
+        <v>182.36374900000001</v>
       </c>
       <c r="C357" s="5">
-        <v>0.77152325000000133</v>
+        <v>0.76710190000000011</v>
       </c>
       <c r="D357" s="5">
-        <v>5.2189613414053149</v>
+        <v>5.188492952529522</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>182.15563739000001</v>
+        <v>182.15422333999999</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.21725256999999942</v>
+        <v>-0.20952566000002548</v>
       </c>
       <c r="D358" s="5">
-        <v>-1.4201768020697503</v>
+        <v>-1.3700531149631767</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>182.94900061000001</v>
+        <v>182.9513551</v>
       </c>
       <c r="C359" s="5">
-        <v>0.79336322000000337</v>
+        <v>0.7971317600000134</v>
       </c>
       <c r="D359" s="5">
-        <v>5.3535320021760979</v>
+        <v>5.379619670257707</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>183.40057245</v>
+        <v>183.40065686</v>
       </c>
       <c r="C360" s="5">
-        <v>0.45157183999998551</v>
+        <v>0.44930175999999733</v>
       </c>
       <c r="D360" s="5">
-        <v>3.0024952752499612</v>
+        <v>2.9871581260414226</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>183.77269276000001</v>
+        <v>183.77157094</v>
       </c>
       <c r="C361" s="5">
-        <v>0.37212031000001389</v>
+        <v>0.3709140800000057</v>
       </c>
       <c r="D361" s="5">
-        <v>2.4621594295996196</v>
+        <v>2.4540882004691733</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>183.65898614</v>
+        <v>183.67673117000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.1137066200000163</v>
+        <v>-9.4839769999992996E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.73996065494966734</v>
+        <v>-0.61753428831977653</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>183.84551883</v>
+        <v>183.84508030999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.18653269000000705</v>
+        <v>0.16834913999997525</v>
       </c>
       <c r="D363" s="5">
-        <v>1.2256076031566865</v>
+        <v>1.1054229272352778</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>184.65425286000001</v>
+        <v>184.65436779999999</v>
       </c>
       <c r="C364" s="5">
-        <v>0.80873403000001076</v>
+        <v>0.80928749000000266</v>
       </c>
       <c r="D364" s="5">
-        <v>5.4083928740001674</v>
+        <v>5.4121974183553689</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>184.76005838</v>
+        <v>184.76103875000001</v>
       </c>
       <c r="C365" s="5">
-        <v>0.10580551999998988</v>
+        <v>0.10667095000002291</v>
       </c>
       <c r="D365" s="5">
-        <v>0.68976217660006167</v>
+        <v>0.69542154912665133</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4189337255675403</v>
+        <v>2.4193110506662618</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>184.83342590000001</v>
+        <v>184.83338583</v>
       </c>
       <c r="C366" s="5">
-        <v>7.3367520000005015E-2</v>
+        <v>7.2347079999985908E-2</v>
       </c>
       <c r="D366" s="5">
-        <v>0.47755756133092131</v>
+        <v>0.47089858558568842</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>184.80857897000001</v>
+        <v>184.80597413999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-2.4846929999995382E-2</v>
+        <v>-2.7411690000008093E-2</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.1611953075666972</v>
+        <v>-0.17782074498102762</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>184.48424512</v>
+        <v>184.47655116000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.32433385000001635</v>
+        <v>-0.3294229799999755</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.0857571291606258</v>
+        <v>-2.1181941892809752</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>168.16358880000001</v>
+        <v>168.15190862</v>
       </c>
       <c r="C369" s="5">
-        <v>-16.320656319999983</v>
+        <v>-16.324642540000013</v>
       </c>
       <c r="D369" s="5">
-        <v>-67.094218974985438</v>
+        <v>-67.105176176555673</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>173.77759422</v>
+        <v>173.77515256000001</v>
       </c>
       <c r="C370" s="5">
-        <v>5.6140054199999838</v>
+        <v>5.6232439400000089</v>
       </c>
       <c r="D370" s="5">
-        <v>48.300208355173922</v>
+        <v>48.398847269375423</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>179.49409055000001</v>
+        <v>179.49729432000001</v>
       </c>
       <c r="C371" s="5">
-        <v>5.7164963300000124</v>
+        <v>5.7221417599999995</v>
       </c>
       <c r="D371" s="5">
-        <v>47.46076848429086</v>
+        <v>47.517226060917103</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>179.47619069999999</v>
+        <v>179.47647931</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.7899850000020479E-2</v>
+        <v>-2.0815010000006851E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.11960306084334293</v>
+        <v>-0.13906664938255764</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>181.17892180000001</v>
+        <v>181.17789551000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.7027311000000225</v>
+        <v>1.7014162000000113</v>
       </c>
       <c r="D373" s="5">
-        <v>11.997913238785562</v>
+        <v>11.988139480748771</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>182.99993087999999</v>
+        <v>183.02790701000001</v>
       </c>
       <c r="C374" s="5">
-        <v>1.8210090799999819</v>
+        <v>1.8500114999999937</v>
       </c>
       <c r="D374" s="5">
-        <v>12.750651067383023</v>
+        <v>12.965344737327023</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>184.58576909999999</v>
+        <v>184.58541274999999</v>
       </c>
       <c r="C375" s="5">
-        <v>1.5858382199999994</v>
+        <v>1.5575057399999821</v>
       </c>
       <c r="D375" s="5">
-        <v>10.909175532434002</v>
+        <v>10.703349933691598</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>184.95717635</v>
+        <v>184.95754327</v>
       </c>
       <c r="C376" s="5">
-        <v>0.3714072500000043</v>
+        <v>0.37213052000001312</v>
       </c>
       <c r="D376" s="5">
-        <v>2.4414352155563313</v>
+        <v>2.446247227313969</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>185.01331594000001</v>
+        <v>185.01568073000001</v>
       </c>
       <c r="C377" s="5">
-        <v>5.6139590000015005E-2</v>
+        <v>5.8137460000011743E-2</v>
       </c>
       <c r="D377" s="5">
-        <v>0.36484167091315189</v>
+        <v>0.37784719353852747</v>
       </c>
       <c r="E377" s="5">
-        <v>0.1370737605414396</v>
+        <v>0.13782233620398543</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>184.92851191</v>
+        <v>184.92776406999999</v>
       </c>
       <c r="C378" s="5">
-        <v>-8.4804030000015018E-2</v>
+        <v>-8.7916660000018965E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-0.54865605717691057</v>
+        <v>-0.56873396800763976</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>184.82322937000001</v>
+        <v>184.81662864</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.10528253999999038</v>
+        <v>-0.11113542999999027</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.68104263463775183</v>
+        <v>-0.71878115829716593</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>186.08813000000001</v>
+        <v>186.07549969999999</v>
       </c>
       <c r="C380" s="5">
-        <v>1.2649006299999996</v>
+        <v>1.2588710599999899</v>
       </c>
       <c r="D380" s="5">
-        <v>8.5289018560162244</v>
+        <v>8.4870256839068237</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>186.14986726999999</v>
+        <v>186.13104353</v>
       </c>
       <c r="C381" s="5">
-        <v>6.1737269999980526E-2</v>
+        <v>5.5543830000004846E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>0.39884358014974364</v>
+        <v>0.35879055834389106</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>187.98675689000001</v>
+        <v>187.98052494000001</v>
       </c>
       <c r="C382" s="5">
-        <v>1.8368896200000222</v>
+        <v>1.8494814100000099</v>
       </c>
       <c r="D382" s="5">
-        <v>12.505640457072275</v>
+        <v>12.597448725322359</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>188.80486318999999</v>
+        <v>188.80931960999999</v>
       </c>
       <c r="C383" s="5">
-        <v>0.81810629999998241</v>
+        <v>0.82879466999997931</v>
       </c>
       <c r="D383" s="5">
-        <v>5.3491538386505999</v>
+        <v>5.4209268503018215</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>190.33979886</v>
+        <v>190.34233609</v>
       </c>
       <c r="C384" s="5">
-        <v>1.5349356700000101</v>
+        <v>1.5330164800000148</v>
       </c>
       <c r="D384" s="5">
-        <v>10.20394815002048</v>
+        <v>10.190363327749164</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>190.30211043</v>
+        <v>190.30177318</v>
       </c>
       <c r="C385" s="5">
-        <v>-3.7688430000002882E-2</v>
+        <v>-4.0562910000005559E-2</v>
       </c>
       <c r="D385" s="5">
-        <v>-0.23734865761625423</v>
+        <v>-0.25542652279963995</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>192.28370924000001</v>
+        <v>192.32605888000001</v>
       </c>
       <c r="C386" s="5">
-        <v>1.9815988100000084</v>
+        <v>2.0242857000000072</v>
       </c>
       <c r="D386" s="5">
-        <v>13.236552874534846</v>
+        <v>13.538608405226004</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>194.80933063000001</v>
+        <v>194.81506354999999</v>
       </c>
       <c r="C387" s="5">
-        <v>2.5256213899999977</v>
+        <v>2.4890046699999857</v>
       </c>
       <c r="D387" s="5">
-        <v>16.95186558287174</v>
+        <v>16.684408127037862</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>196.06447358</v>
+        <v>196.06551934999999</v>
       </c>
       <c r="C388" s="5">
-        <v>1.2551429499999927</v>
+        <v>1.2504557999999975</v>
       </c>
       <c r="D388" s="5">
-        <v>8.0114615363340533</v>
+        <v>7.9802367324348866</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>199.20647801000001</v>
+        <v>199.21096990000001</v>
       </c>
       <c r="C389" s="5">
-        <v>3.1420044300000143</v>
+        <v>3.1454505500000209</v>
       </c>
       <c r="D389" s="5">
-        <v>21.019288175487837</v>
+        <v>21.044290731645688</v>
       </c>
       <c r="E389" s="5">
-        <v>7.6714273228867702</v>
+        <v>7.6724789563732632</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>199.21902263999999</v>
+        <v>199.22221793</v>
       </c>
       <c r="C390" s="5">
-        <v>1.2544629999979406E-2</v>
+        <v>1.1248029999990194E-2</v>
       </c>
       <c r="D390" s="5">
-        <v>7.5593781220884004E-2</v>
+        <v>6.7776530741769925E-2</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>202.18934944</v>
+        <v>202.17617609999999</v>
       </c>
       <c r="C391" s="5">
-        <v>2.9703268000000094</v>
+        <v>2.9539581699999928</v>
       </c>
       <c r="D391" s="5">
-        <v>19.434456341573213</v>
+        <v>19.31814388247237</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>201.99893983999999</v>
+        <v>201.97807724</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.1904096000000095</v>
+        <v>-0.19809885999998755</v>
       </c>
       <c r="D392" s="5">
-        <v>-1.1242518030540771</v>
+        <v>-1.169483599013077</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>202.33136970000001</v>
+        <v>202.28088751000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.33242986000001906</v>
+        <v>0.30281027000000904</v>
       </c>
       <c r="D393" s="5">
-        <v>1.9928146264669211</v>
+        <v>1.8139771550121475</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>202.14134569000001</v>
+        <v>202.12937034999999</v>
       </c>
       <c r="C394" s="5">
-        <v>-0.19002401000000191</v>
+        <v>-0.1515171600000258</v>
       </c>
       <c r="D394" s="5">
-        <v>-1.1212034057085152</v>
+        <v>-0.89515825253992931</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>202.36788362999999</v>
+        <v>202.38133267000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.22653793999998584</v>
+        <v>0.25196232000001828</v>
       </c>
       <c r="D395" s="5">
-        <v>1.3531492212505825</v>
+        <v>1.5061460693227335</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>203.58908735</v>
+        <v>203.59791544999999</v>
       </c>
       <c r="C396" s="5">
-        <v>1.2212037200000054</v>
+        <v>1.2165827799999818</v>
       </c>
       <c r="D396" s="5">
-        <v>7.4867342765970513</v>
+        <v>7.4569498405050005</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>204.16096676000001</v>
+        <v>204.16555138000001</v>
       </c>
       <c r="C397" s="5">
-        <v>0.57187941000000819</v>
+        <v>0.56763593000002288</v>
       </c>
       <c r="D397" s="5">
-        <v>3.4233536836887568</v>
+        <v>3.3974112279910873</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>205.26719261</v>
+        <v>205.3231744</v>
       </c>
       <c r="C398" s="5">
-        <v>1.1062258499999871</v>
+        <v>1.1576230199999884</v>
       </c>
       <c r="D398" s="5">
-        <v>6.6993929885236003</v>
+        <v>7.0202717903757872</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>204.76905681</v>
+        <v>204.78932728000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.49813580000000002</v>
+        <v>-0.53384711999999013</v>
       </c>
       <c r="D399" s="5">
-        <v>-2.8735652585164306</v>
+        <v>-3.0758074176272077</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>204.58897447000001</v>
+        <v>204.59596862000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.18008233999998424</v>
+        <v>-0.19335866000000124</v>
       </c>
       <c r="D400" s="5">
-        <v>-1.0502397939598396</v>
+        <v>-1.1271546402822796</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>205.32727882</v>
+        <v>205.33661036999999</v>
       </c>
       <c r="C401" s="5">
-        <v>0.73830434999999284</v>
+        <v>0.74064174999998045</v>
       </c>
       <c r="D401" s="5">
-        <v>4.417457387671142</v>
+        <v>4.4315677334224368</v>
       </c>
       <c r="E401" s="5">
-        <v>3.0725912486102569</v>
+        <v>3.0749513809781304</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>205.35793075999999</v>
+        <v>205.36745257000001</v>
       </c>
       <c r="C402" s="5">
-        <v>3.0651939999984279E-2</v>
+        <v>3.0842200000023468E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>0.17928715405461926</v>
+        <v>0.18039272379140048</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>205.98020937999999</v>
+        <v>205.95864807000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.622278620000003</v>
+        <v>0.59119549999999776</v>
       </c>
       <c r="D403" s="5">
-        <v>3.6974764868085819</v>
+        <v>3.5096872831636761</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>206.47344107000001</v>
+        <v>206.44432226000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.49323169000001599</v>
+        <v>0.48567418999999745</v>
       </c>
       <c r="D404" s="5">
-        <v>2.9116178786917857</v>
+        <v>2.8667287549835496</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>206.96295975000001</v>
+        <v>206.87656421</v>
       </c>
       <c r="C405" s="5">
-        <v>0.48951868000000331</v>
+        <v>0.43224194999999099</v>
       </c>
       <c r="D405" s="5">
-        <v>2.8824195809045827</v>
+        <v>2.5416308363660711</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>207.17640175</v>
+        <v>207.14878322999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.21344199999998636</v>
+        <v>0.27221901999999432</v>
       </c>
       <c r="D406" s="5">
-        <v>1.2446102615677912</v>
+        <v>1.5905008175808755</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>207.72717130000001</v>
+        <v>207.73904657</v>
       </c>
       <c r="C407" s="5">
-        <v>0.55076955000001249</v>
+        <v>0.59026334000000702</v>
       </c>
       <c r="D407" s="5">
-        <v>3.2372089922357183</v>
+        <v>3.473459438758475</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>207.01357564</v>
+        <v>207.03156365999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.71359566000000996</v>
+        <v>-0.70748291000001018</v>
       </c>
       <c r="D408" s="5">
-        <v>-4.0453037625129085</v>
+        <v>-4.0110727159148212</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>207.50868374999999</v>
+        <v>207.52005133</v>
       </c>
       <c r="C409" s="5">
-        <v>0.49510810999998967</v>
+        <v>0.48848767000001203</v>
       </c>
       <c r="D409" s="5">
-        <v>2.9080588733022994</v>
+        <v>2.8684146591783088</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>207.61279636</v>
+        <v>207.68274607999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.10411261000001559</v>
+        <v>0.16269474999998579</v>
       </c>
       <c r="D410" s="5">
-        <v>0.60373602178223074</v>
+        <v>0.94486169083625171</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>208.45777022999999</v>
+        <v>208.49727579</v>
       </c>
       <c r="C411" s="5">
-        <v>0.8449738699999898</v>
+        <v>0.81452971000001639</v>
       </c>
       <c r="D411" s="5">
-        <v>4.9947635152936209</v>
+        <v>4.8092485821541908</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>208.21483470999999</v>
+        <v>208.23094111</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.24293552000000318</v>
+        <v>-0.26633467999999993</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.389544269783527</v>
+        <v>-1.5221576452141172</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>207.80649595</v>
+        <v>207.82233355</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.40833875999999236</v>
+        <v>-0.4086075600000072</v>
       </c>
       <c r="D413" s="5">
-        <v>-2.328150945952534</v>
+        <v>-2.3294887540818987</v>
       </c>
       <c r="E413" s="5">
-        <v>1.2074465430252923</v>
+        <v>1.2105601507305108</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>208.22725646999999</v>
+        <v>208.24693135999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.42076051999998754</v>
+        <v>0.42459780999999452</v>
       </c>
       <c r="D414" s="5">
-        <v>2.4569663845068757</v>
+        <v>2.4794349717798481</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>207.91783175</v>
+        <v>207.88987266999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.30942471999998133</v>
+        <v>-0.35705869000000234</v>
       </c>
       <c r="D415" s="5">
-        <v>-1.768692282249229</v>
+        <v>-2.0382189637628167</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>207.65559209</v>
+        <v>207.62066306</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.26223966000000587</v>
+        <v>-0.26920960999999011</v>
       </c>
       <c r="D416" s="5">
-        <v>-1.5030638073271763</v>
+        <v>-1.5429350295484756</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>208.13506255999999</v>
+        <v>208.01038595</v>
       </c>
       <c r="C417" s="5">
-        <v>0.47947046999999543</v>
+        <v>0.3897228900000016</v>
       </c>
       <c r="D417" s="5">
-        <v>2.8062227201527845</v>
+        <v>2.2759102982850221</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>208.46629002</v>
+        <v>208.41661454999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.33122746000000802</v>
+        <v>0.4062285999999915</v>
       </c>
       <c r="D418" s="5">
-        <v>1.926491594363311</v>
+        <v>2.3688459415712737</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>208.47550604</v>
+        <v>208.47661811</v>
       </c>
       <c r="C419" s="5">
-        <v>9.2160199999966608E-3</v>
+        <v>6.0003560000012612E-2</v>
       </c>
       <c r="D419" s="5">
-        <v>5.3063319833279721E-2</v>
+        <v>0.34602998230703896</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>208.91366617</v>
+        <v>208.94326977</v>
       </c>
       <c r="C420" s="5">
-        <v>0.43816012999999998</v>
+        <v>0.46665165999999658</v>
       </c>
       <c r="D420" s="5">
-        <v>2.5514405195437018</v>
+        <v>2.7193826829342793</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>209.72728789999999</v>
+        <v>209.74968849000001</v>
       </c>
       <c r="C421" s="5">
-        <v>0.81362172999999416</v>
+        <v>0.80641872000001058</v>
       </c>
       <c r="D421" s="5">
-        <v>4.7748587272669285</v>
+        <v>4.7310007234761198</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>209.03222482999999</v>
+        <v>209.11094433</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.69506307000000334</v>
+        <v>-0.63874416000001588</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.9052576992260057</v>
+        <v>-3.5937333288241002</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>208.14783029</v>
+        <v>208.20633631999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.88439453999998818</v>
+        <v>-0.90460801000000401</v>
       </c>
       <c r="D423" s="5">
-        <v>-4.9605875719611952</v>
+        <v>-5.0694171634536485</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>207.58670608</v>
+        <v>207.61506046</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.56112421000000268</v>
+        <v>-0.5912758599999961</v>
       </c>
       <c r="D424" s="5">
-        <v>-3.187419998367369</v>
+        <v>-3.3550994381404298</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>208.68988712999999</v>
+        <v>208.71241581999999</v>
       </c>
       <c r="C425" s="5">
-        <v>1.1031810499999892</v>
+        <v>1.0973553599999946</v>
       </c>
       <c r="D425" s="5">
-        <v>6.5669159663434673</v>
+        <v>6.5303049063045737</v>
       </c>
       <c r="E425" s="5">
-        <v>0.42510277456029311</v>
+        <v>0.4282899988637956</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>209.78689514000001</v>
+        <v>209.71868419</v>
       </c>
       <c r="C426" s="5">
-        <v>1.0970080100000246</v>
+        <v>1.006268370000015</v>
       </c>
       <c r="D426" s="5">
-        <v>6.4935770682560401</v>
+        <v>5.9414884693587133</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>210.28328744999999</v>
+        <v>210.28390585</v>
       </c>
       <c r="C427" s="5">
-        <v>0.49639230999997608</v>
+        <v>0.56522165999999174</v>
       </c>
       <c r="D427" s="5">
-        <v>2.8766538280305287</v>
+        <v>3.2825448860793749</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>210.29434462</v>
+        <v>210.30414514</v>
       </c>
       <c r="C428" s="5">
-        <v>1.1057170000015049E-2</v>
+        <v>2.0239290000006349E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>6.3116960677023215E-2</v>
+        <v>0.11555810082524154</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>212.27690014000001</v>
+        <v>210.78967775999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.9825555200000053</v>
+        <v>0.48553261999998654</v>
       </c>
       <c r="D429" s="5">
-        <v>11.918459200660859</v>
+        <v>2.8059108997461557</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>212.61868483000001</v>
+        <v>210.79552351000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.34178468999999723</v>
+        <v>5.845750000020189E-3</v>
       </c>
       <c r="D430" s="5">
-        <v>1.9493086441144891</v>
+        <v>3.3284220328222425E-2</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>213.97917753999999</v>
+        <v>210.87761810000001</v>
       </c>
       <c r="C431" s="5">
-        <v>1.3604927099999884</v>
+        <v>8.209458999999697E-2</v>
       </c>
       <c r="D431" s="5">
-        <v>7.9545713812403607</v>
+        <v>0.4683438941336604</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>214.68754831999999</v>
+        <v>211.56714450999999</v>
       </c>
       <c r="C432" s="5">
-        <v>0.70837077999999565</v>
+        <v>0.68952640999998493</v>
       </c>
       <c r="D432" s="5">
-        <v>4.045693889346258</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.9950920719733052</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>215.08981169</v>
+        <v>211.96356112999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.40226337000001422</v>
+        <v>0.39641661999999656</v>
       </c>
       <c r="D433" s="5">
-        <v>2.2717751814852472</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.2717751741826664</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>215.03185207000001</v>
+        <v>211.90644394</v>
       </c>
       <c r="C434" s="5">
-        <v>-5.7959619999991219E-2</v>
+        <v>-5.7117189999985385E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.32288166422380637</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.32288161657748615</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-    </row>
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>212.10924403000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.20280009000001087</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.1544961072949445</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-    </row>
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>213.08328412</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.97404008999998837</v>
+      </c>
+      <c r="D436" s="5">
+        <v>5.6519279961579239</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
+      </c>
+      <c r="B437" s="5">
+        <v>214.39140318</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.3081190599999957</v>
+      </c>
+      <c r="D437" s="5">
+        <v>7.6207019861417313</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.7209628798019025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>