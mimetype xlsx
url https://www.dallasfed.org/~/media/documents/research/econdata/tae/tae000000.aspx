--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E19408E7-C747-49CA-A5E3-60497565CC78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4643AB3-5292-4269-AA7C-BB0B1D46684B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A09D1191-32D8-4309-B8D7-0219D18C7F6F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AB27B4D0-9FE5-4497-93B3-CD215CFE73E6}"/>
   </bookViews>
   <sheets>
     <sheet name="AE000000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Total Nonfarm</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E34FA8B9-2710-4D89-B9FE-19FDEBBCAA1C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A182998-0161-4216-A8E6-51E174CEF0D7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-19.311940999999933</v>
       </c>
       <c r="D431" s="5">
         <v>-1.6066604789701899</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>14303.056035</v>
       </c>
       <c r="C432" s="5">
         <v>4.9823759999999311</v>
       </c>
       <c r="D432" s="5">
         <v>0.41896016695965876</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>14341.105992999999</v>
+        <v>14335.574342</v>
       </c>
       <c r="C433" s="5">
-        <v>38.049957999999606</v>
+        <v>32.518307000000277</v>
       </c>
       <c r="D433" s="5">
-        <v>3.2394462804737456</v>
+        <v>2.7626005393929232</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>14322.882044</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-12.692297999999937</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.0572865040343271</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>