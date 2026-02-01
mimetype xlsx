--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4643AB3-5292-4269-AA7C-BB0B1D46684B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{27D3BEC6-361A-4773-B308-5993AD25E4B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AB27B4D0-9FE5-4497-93B3-CD215CFE73E6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F438A626-3E73-4CE3-9EA4-8DDEB1115B60}"/>
   </bookViews>
   <sheets>
     <sheet name="AE000000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Total Nonfarm</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A182998-0161-4216-A8E6-51E174CEF0D7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{200FB129-6873-4B4C-93E6-DD1264C5A03E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>7020.8084935999996</v>
+        <v>7020.8084589999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>7030.5035243000002</v>
+        <v>7030.5059609999998</v>
       </c>
       <c r="C7" s="5">
-        <v>9.6950307000006433</v>
+        <v>9.6975019999999859</v>
       </c>
       <c r="D7" s="5">
-        <v>1.6697229003667102</v>
+        <v>1.6701517659182041</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>7048.8821789000003</v>
+        <v>7048.8841819999998</v>
       </c>
       <c r="C8" s="5">
-        <v>18.378654600000118</v>
+        <v>18.37822099999994</v>
       </c>
       <c r="D8" s="5">
-        <v>3.1824543679658923</v>
+        <v>3.1823770839877863</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>7074.4361478000001</v>
+        <v>7074.4410710000002</v>
       </c>
       <c r="C9" s="5">
-        <v>25.553968899999745</v>
+        <v>25.55688900000041</v>
       </c>
       <c r="D9" s="5">
-        <v>4.4380984247855748</v>
+        <v>4.438614443676614</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>7118.6894208000003</v>
+        <v>7118.697784</v>
       </c>
       <c r="C10" s="5">
-        <v>44.253273000000263</v>
+        <v>44.256712999999763</v>
       </c>
       <c r="D10" s="5">
-        <v>7.7701716399981358</v>
+        <v>7.7707909862947622</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>7137.3437296000002</v>
+        <v>7137.355638</v>
       </c>
       <c r="C11" s="5">
-        <v>18.654308799999853</v>
+        <v>18.657854000000043</v>
       </c>
       <c r="D11" s="5">
-        <v>3.1902829501346375</v>
+        <v>3.1908942183550559</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>7159.2102543999999</v>
+        <v>7159.2033009999996</v>
       </c>
       <c r="C12" s="5">
-        <v>21.866524799999752</v>
+        <v>21.847662999999557</v>
       </c>
       <c r="D12" s="5">
-        <v>3.7389993461640181</v>
+        <v>3.7357133011114207</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>7158.0136218999996</v>
+        <v>7158.0037890000003</v>
       </c>
       <c r="C13" s="5">
-        <v>-1.1966325000003053</v>
+        <v>-1.1995119999992312</v>
       </c>
       <c r="D13" s="5">
-        <v>-0.20039076989779581</v>
+        <v>-0.20087272808850809</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>7185.9888817000001</v>
+        <v>7185.98387</v>
       </c>
       <c r="C14" s="5">
-        <v>27.975259800000458</v>
+        <v>27.9800809999997</v>
       </c>
       <c r="D14" s="5">
-        <v>4.7920278840464015</v>
+        <v>4.7928782939507197</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>7183.7188810999996</v>
+        <v>7183.7154490000003</v>
       </c>
       <c r="C15" s="5">
-        <v>-2.2700006000004578</v>
+        <v>-2.268420999999762</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.37841319276923358</v>
+        <v>-0.37815059088753822</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>7194.7556641000001</v>
+        <v>7194.7525990000004</v>
       </c>
       <c r="C16" s="5">
-        <v>11.036783000000469</v>
+        <v>11.037150000000111</v>
       </c>
       <c r="D16" s="5">
-        <v>1.8592915030517743</v>
+        <v>1.8593547482633976</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>7186.3748347999999</v>
+        <v>7186.3732289999998</v>
       </c>
       <c r="C17" s="5">
-        <v>-8.3808293000001868</v>
+        <v>-8.3793700000005629</v>
       </c>
       <c r="D17" s="5">
-        <v>-1.3889022938855966</v>
+        <v>-1.3886625880770387</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>7169.0776566000004</v>
+        <v>7169.0778309999996</v>
       </c>
       <c r="C18" s="5">
-        <v>-17.297178199999507</v>
+        <v>-17.295398000000205</v>
       </c>
       <c r="D18" s="5">
-        <v>-2.850397780175451</v>
+        <v>-2.8501089220864584</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>7179.0182275999996</v>
+        <v>7179.0206559999997</v>
       </c>
       <c r="C19" s="5">
-        <v>9.9405709999991814</v>
+        <v>9.9428250000000844</v>
       </c>
       <c r="D19" s="5">
-        <v>1.6766561373746214</v>
+        <v>1.6770391785843053</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>7189.5553581000004</v>
+        <v>7189.557581</v>
       </c>
       <c r="C20" s="5">
-        <v>10.537130500000785</v>
+        <v>10.536925000000338</v>
       </c>
       <c r="D20" s="5">
-        <v>1.7756095960411056</v>
+        <v>1.7755740817912535</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>7174.8128845000001</v>
+        <v>7174.8176649999996</v>
       </c>
       <c r="C21" s="5">
-        <v>-14.742473600000267</v>
+        <v>-14.739916000000449</v>
       </c>
       <c r="D21" s="5">
-        <v>-2.4330861456959285</v>
+        <v>-2.4326680459671457</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>7197.0824795999997</v>
+        <v>7197.0907219999999</v>
       </c>
       <c r="C22" s="5">
-        <v>22.269595099999606</v>
+        <v>22.273057000000335</v>
       </c>
       <c r="D22" s="5">
-        <v>3.7888751247519226</v>
+        <v>3.7894716454566879</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>7206.1750840000004</v>
+        <v>7206.1874719999996</v>
       </c>
       <c r="C23" s="5">
-        <v>9.0926044000007096</v>
+        <v>9.0967499999997017</v>
       </c>
       <c r="D23" s="5">
-        <v>1.5266272212326015</v>
+        <v>1.5273263423137395</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>7205.4980967000001</v>
+        <v>7205.4908079999996</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.67698730000029173</v>
+        <v>-0.69666400000005524</v>
       </c>
       <c r="D24" s="5">
-        <v>-0.11267629814832869</v>
+        <v>-0.11594930506529932</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>7195.0940790000004</v>
+        <v>7195.0841659999996</v>
       </c>
       <c r="C25" s="5">
-        <v>-10.404017699999713</v>
+        <v>-10.40664199999992</v>
       </c>
       <c r="D25" s="5">
-        <v>-1.7189858563809945</v>
+        <v>-1.7194177388732967</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>7235.9062313000004</v>
+        <v>7235.9010589999998</v>
       </c>
       <c r="C26" s="5">
-        <v>40.81215229999998</v>
+        <v>40.816893000000164</v>
       </c>
       <c r="D26" s="5">
-        <v>7.0230788494390239</v>
+        <v>7.0239302446494012</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>7225.2613239000002</v>
+        <v>7225.2578979999998</v>
       </c>
       <c r="C27" s="5">
-        <v>-10.644907400000193</v>
+        <v>-10.643160999999964</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.7511335620710944</v>
+        <v>-1.7508498332315714</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>7236.2038404000004</v>
+        <v>7236.2009520000001</v>
       </c>
       <c r="C28" s="5">
-        <v>10.942516500000238</v>
+        <v>10.943054000000302</v>
       </c>
       <c r="D28" s="5">
-        <v>1.832591231022529</v>
+        <v>1.8326828759050784</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>7236.6984513999996</v>
+        <v>7236.6970769999998</v>
       </c>
       <c r="C29" s="5">
-        <v>0.49461099999916769</v>
+        <v>0.49612499999966531</v>
       </c>
       <c r="D29" s="5">
-        <v>8.2053573301310578E-2</v>
+        <v>8.230486616507271E-2</v>
       </c>
       <c r="E29" s="5">
-        <v>0.70026428841851729</v>
+        <v>0.70026766487609748</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>7231.7431956</v>
+        <v>7231.7437749999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-4.955255799999577</v>
+        <v>-4.9533019999998942</v>
       </c>
       <c r="D30" s="5">
-        <v>-0.8186003371342454</v>
+        <v>-0.81827894142496582</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>7240.7301712999997</v>
+        <v>7240.7324699999999</v>
       </c>
       <c r="C31" s="5">
-        <v>8.9869756999996753</v>
+        <v>8.988695000000007</v>
       </c>
       <c r="D31" s="5">
-        <v>1.5014896159416091</v>
+        <v>1.501778711605084</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>7247.7894657999996</v>
+        <v>7247.791792</v>
       </c>
       <c r="C32" s="5">
-        <v>7.0592944999998508</v>
+        <v>7.0593220000000656</v>
       </c>
       <c r="D32" s="5">
-        <v>1.1762246370031315</v>
+        <v>1.1762288682509725</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>7266.4813519999998</v>
+        <v>7266.4858100000001</v>
       </c>
       <c r="C33" s="5">
-        <v>18.691886200000226</v>
+        <v>18.694018000000142</v>
       </c>
       <c r="D33" s="5">
-        <v>3.1390500330756632</v>
+        <v>3.1394121120710938</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>7279.7637089</v>
+        <v>7279.771968</v>
       </c>
       <c r="C34" s="5">
-        <v>13.282356900000195</v>
+        <v>13.286157999999887</v>
       </c>
       <c r="D34" s="5">
-        <v>2.215659483918464</v>
+        <v>2.2162985704083704</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>7281.4811040000004</v>
+        <v>7281.4931880000004</v>
       </c>
       <c r="C35" s="5">
-        <v>1.7173951000004308</v>
+        <v>1.7212200000003577</v>
       </c>
       <c r="D35" s="5">
-        <v>0.28346390644855557</v>
+        <v>0.28409572213337064</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>7328.6216408</v>
+        <v>7328.613652</v>
       </c>
       <c r="C36" s="5">
-        <v>47.140536799999609</v>
+        <v>47.120463999999629</v>
       </c>
       <c r="D36" s="5">
-        <v>8.0515214254901046</v>
+        <v>8.0479562588011468</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>7309.9518226</v>
+        <v>7309.9425869999995</v>
       </c>
       <c r="C37" s="5">
-        <v>-18.669818200000009</v>
+        <v>-18.671065000000453</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.0145538600930943</v>
+        <v>-3.014755604706354</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>7314.0681886000002</v>
+        <v>7314.0631979999998</v>
       </c>
       <c r="C38" s="5">
-        <v>4.1163660000001983</v>
+        <v>4.1206110000002809</v>
       </c>
       <c r="D38" s="5">
-        <v>0.67783849662603757</v>
+        <v>0.67854054575124945</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>7363.8031343000002</v>
+        <v>7363.7996069999999</v>
       </c>
       <c r="C39" s="5">
-        <v>49.734945700000026</v>
+        <v>49.736409000000094</v>
       </c>
       <c r="D39" s="5">
-        <v>8.4720815880483293</v>
+        <v>8.4723462478451204</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>7368.1226207</v>
+        <v>7368.120081</v>
       </c>
       <c r="C40" s="5">
-        <v>4.3194863999997324</v>
+        <v>4.3204740000001038</v>
       </c>
       <c r="D40" s="5">
-        <v>0.70617573691877933</v>
+        <v>0.70633805654205517</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>7377.1166978000001</v>
+        <v>7377.1159230000003</v>
       </c>
       <c r="C41" s="5">
-        <v>8.9940771000001405</v>
+        <v>8.9958420000002661</v>
       </c>
       <c r="D41" s="5">
-        <v>1.4746834512386897</v>
+        <v>1.4749752848547848</v>
       </c>
       <c r="E41" s="5">
-        <v>1.9403633762414829</v>
+        <v>1.9403720303049043</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>7409.1441825000002</v>
+        <v>7409.1449069999999</v>
       </c>
       <c r="C42" s="5">
-        <v>32.027484700000059</v>
+        <v>32.028983999999582</v>
       </c>
       <c r="D42" s="5">
-        <v>5.3359732769658219</v>
+        <v>5.336229638142731</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>7432.4678517000002</v>
+        <v>7432.4699959999998</v>
       </c>
       <c r="C43" s="5">
-        <v>23.32366920000004</v>
+        <v>23.325088999999934</v>
       </c>
       <c r="D43" s="5">
-        <v>3.8436434769840488</v>
+        <v>3.8438811377647708</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>7441.4328858999997</v>
+        <v>7441.4353220000003</v>
       </c>
       <c r="C44" s="5">
-        <v>8.9650341999995362</v>
+        <v>8.9653260000004593</v>
       </c>
       <c r="D44" s="5">
-        <v>1.4570797805917968</v>
+        <v>1.4571270985108242</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>7459.6403817999999</v>
+        <v>7459.6441599999998</v>
       </c>
       <c r="C45" s="5">
-        <v>18.20749590000014</v>
+        <v>18.20883799999956</v>
       </c>
       <c r="D45" s="5">
-        <v>2.9759636533911005</v>
+        <v>2.9761849889955894</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>7470.8939100999996</v>
+        <v>7470.9014800000004</v>
       </c>
       <c r="C46" s="5">
-        <v>11.253528299999743</v>
+        <v>11.257320000000618</v>
       </c>
       <c r="D46" s="5">
-        <v>1.8254026279375113</v>
+        <v>1.826021850028825</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>7492.4514127000002</v>
+        <v>7492.4616999999998</v>
       </c>
       <c r="C47" s="5">
-        <v>21.557502600000589</v>
+        <v>21.56021999999939</v>
       </c>
       <c r="D47" s="5">
-        <v>3.5181238211783761</v>
+        <v>3.5185707337911376</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>7559.5512146000001</v>
+        <v>7559.5436790000003</v>
       </c>
       <c r="C48" s="5">
-        <v>67.099801899999875</v>
+        <v>67.081979000000501</v>
       </c>
       <c r="D48" s="5">
-        <v>11.2922544937192</v>
+        <v>11.289089583146094</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>7554.4249742000002</v>
+        <v>7554.4173309999996</v>
       </c>
       <c r="C49" s="5">
-        <v>-5.1262403999999151</v>
+        <v>-5.1263480000006894</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.81070916988880137</v>
+        <v>-0.81072692843728866</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>7573.3834795000002</v>
+        <v>7573.3784589999996</v>
       </c>
       <c r="C50" s="5">
-        <v>18.95850530000007</v>
+        <v>18.961127999999917</v>
       </c>
       <c r="D50" s="5">
-        <v>3.0534241046545674</v>
+        <v>3.0538554928898787</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>7580.7097317999996</v>
+        <v>7580.7066489999997</v>
       </c>
       <c r="C51" s="5">
-        <v>7.3262522999993962</v>
+        <v>7.328190000000177</v>
       </c>
       <c r="D51" s="5">
-        <v>1.1670384005437295</v>
+        <v>1.1673494898004178</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>7587.6053265999999</v>
+        <v>7587.603247</v>
       </c>
       <c r="C52" s="5">
-        <v>6.8955948000002536</v>
+        <v>6.8965980000002673</v>
       </c>
       <c r="D52" s="5">
-        <v>1.0970262230064476</v>
+        <v>1.0971870708255338</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>7615.9148167000003</v>
+        <v>7615.9146490000003</v>
       </c>
       <c r="C53" s="5">
-        <v>28.309490100000403</v>
+        <v>28.311402000000271</v>
       </c>
       <c r="D53" s="5">
-        <v>4.5702488249616646</v>
+        <v>4.5705651198151953</v>
       </c>
       <c r="E53" s="5">
-        <v>3.2370115409888323</v>
+        <v>3.237020110467359</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>7638.5740121999997</v>
+        <v>7638.574611</v>
       </c>
       <c r="C54" s="5">
-        <v>22.659195499999441</v>
+        <v>22.659961999999723</v>
       </c>
       <c r="D54" s="5">
-        <v>3.6292982962639053</v>
+        <v>3.62942316293422</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>7641.1643836000003</v>
+        <v>7641.166158</v>
       </c>
       <c r="C55" s="5">
-        <v>2.5903714000005493</v>
+        <v>2.5915469999999914</v>
       </c>
       <c r="D55" s="5">
-        <v>0.40770043379891874</v>
+        <v>0.40788577569936812</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>7669.2056409999996</v>
+        <v>7669.2079709999998</v>
       </c>
       <c r="C56" s="5">
-        <v>28.041257399999267</v>
+        <v>28.04181299999982</v>
       </c>
       <c r="D56" s="5">
-        <v>4.4936943515753169</v>
+        <v>4.4937841281982527</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>7726.9192331000004</v>
+        <v>7726.9220939999996</v>
       </c>
       <c r="C57" s="5">
-        <v>57.713592100000824</v>
+        <v>57.714122999999745</v>
       </c>
       <c r="D57" s="5">
-        <v>9.4137432616306462</v>
+        <v>9.4138304932202885</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>7731.3808564999999</v>
+        <v>7731.3877739999998</v>
       </c>
       <c r="C58" s="5">
-        <v>4.4616233999995529</v>
+        <v>4.4656800000002477</v>
       </c>
       <c r="D58" s="5">
-        <v>0.69510028526389434</v>
+        <v>0.6957340366277931</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>7759.9238180000002</v>
+        <v>7759.9321970000001</v>
       </c>
       <c r="C59" s="5">
-        <v>28.542961500000274</v>
+        <v>28.544423000000279</v>
       </c>
       <c r="D59" s="5">
-        <v>4.521270531010857</v>
+        <v>4.5215026290085447</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>7831.7662035000003</v>
+        <v>7831.7587110000004</v>
       </c>
       <c r="C60" s="5">
-        <v>71.842385500000091</v>
+        <v>71.826514000000316</v>
       </c>
       <c r="D60" s="5">
-        <v>11.69328898014308</v>
+        <v>11.690559507488052</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>7835.0692456999996</v>
+        <v>7835.0637029999998</v>
       </c>
       <c r="C61" s="5">
-        <v>3.3030421999992541</v>
+        <v>3.3049919999994017</v>
       </c>
       <c r="D61" s="5">
-        <v>0.50727481428103349</v>
+        <v>0.50757544285309208</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>7852.5213342999996</v>
+        <v>7852.5168759999997</v>
       </c>
       <c r="C62" s="5">
-        <v>17.452088600000025</v>
+        <v>17.453172999999879</v>
       </c>
       <c r="D62" s="5">
-        <v>2.7059090715654266</v>
+        <v>2.7060812085725194</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>7882.6335698000003</v>
+        <v>7882.6313010000003</v>
       </c>
       <c r="C63" s="5">
-        <v>30.112235500000679</v>
+        <v>30.114425000000665</v>
       </c>
       <c r="D63" s="5">
-        <v>4.6999712310971997</v>
+        <v>4.7003229375034872</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>7915.5597748</v>
+        <v>7915.5584319999998</v>
       </c>
       <c r="C64" s="5">
-        <v>32.926204999999754</v>
+        <v>32.927130999999463</v>
       </c>
       <c r="D64" s="5">
-        <v>5.1292417009359381</v>
+        <v>5.1293907937194572</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>7942.8252476999996</v>
+        <v>7942.8260200000004</v>
       </c>
       <c r="C65" s="5">
-        <v>27.265472899999622</v>
+        <v>27.267588000000615</v>
       </c>
       <c r="D65" s="5">
-        <v>4.2126638467714805</v>
+        <v>4.2129975858299806</v>
       </c>
       <c r="E65" s="5">
-        <v>4.2924643837028986</v>
+        <v>4.2924768207968977</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>7955.5052587999999</v>
+        <v>7955.5051880000001</v>
       </c>
       <c r="C66" s="5">
-        <v>12.680011100000229</v>
+        <v>12.679167999999663</v>
       </c>
       <c r="D66" s="5">
-        <v>1.9326029307729975</v>
+        <v>1.9324731112483118</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>7980.2504538000003</v>
+        <v>7980.2516830000004</v>
       </c>
       <c r="C67" s="5">
-        <v>24.745195000000422</v>
+        <v>24.746495000000323</v>
       </c>
       <c r="D67" s="5">
-        <v>3.7970600553053568</v>
+        <v>3.7972629950388415</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>7996.4779015000004</v>
+        <v>7996.4802739999996</v>
       </c>
       <c r="C68" s="5">
-        <v>16.227447700000084</v>
+        <v>16.228590999999142</v>
       </c>
       <c r="D68" s="5">
-        <v>2.4676174333190914</v>
+        <v>2.4677928533215043</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>8001.7755643999999</v>
+        <v>8001.7771279999997</v>
       </c>
       <c r="C69" s="5">
-        <v>5.2976628999995228</v>
+        <v>5.2968540000001667</v>
       </c>
       <c r="D69" s="5">
-        <v>0.79790262707719606</v>
+        <v>0.79778011358973</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>8020.6370709000003</v>
+        <v>8020.641963</v>
       </c>
       <c r="C70" s="5">
-        <v>18.86150650000036</v>
+        <v>18.864835000000312</v>
       </c>
       <c r="D70" s="5">
-        <v>2.8655589487570632</v>
+        <v>2.8660706431699046</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>8046.3840583000001</v>
+        <v>8046.3894579999996</v>
       </c>
       <c r="C71" s="5">
-        <v>25.746987399999853</v>
+        <v>25.747494999999617</v>
       </c>
       <c r="D71" s="5">
-        <v>3.9208550777387163</v>
+        <v>3.9209313130693646</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>8073.2777804999996</v>
+        <v>8073.2724980000003</v>
       </c>
       <c r="C72" s="5">
-        <v>26.893722199999502</v>
+        <v>26.883040000000619</v>
       </c>
       <c r="D72" s="5">
-        <v>4.0853613091478058</v>
+        <v>4.0837058770375023</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>8081.0833906999997</v>
+        <v>8081.0800980000004</v>
       </c>
       <c r="C73" s="5">
-        <v>7.8056102000000465</v>
+        <v>7.8076000000000931</v>
       </c>
       <c r="D73" s="5">
-        <v>1.1664038280053912</v>
+        <v>1.1667035175395357</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>8111.1707726000004</v>
+        <v>8111.1668630000004</v>
       </c>
       <c r="C74" s="5">
-        <v>30.087381900000764</v>
+        <v>30.086765000000014</v>
       </c>
       <c r="D74" s="5">
-        <v>4.5604589964682862</v>
+        <v>4.5603654639705615</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>8119.9810360000001</v>
+        <v>8119.9799279999997</v>
       </c>
       <c r="C75" s="5">
-        <v>8.8102633999997124</v>
+        <v>8.8130649999993693</v>
       </c>
       <c r="D75" s="5">
-        <v>1.3112416248035386</v>
+        <v>1.31166172106989</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>8144.4677846000004</v>
+        <v>8144.4674240000004</v>
       </c>
       <c r="C76" s="5">
-        <v>24.486748600000283</v>
+        <v>24.487496000000647</v>
       </c>
       <c r="D76" s="5">
-        <v>3.6793672317020354</v>
+        <v>3.6794819153407765</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>8171.7652281999999</v>
+        <v>8171.7671039999996</v>
       </c>
       <c r="C77" s="5">
-        <v>27.297443599999497</v>
+        <v>27.299679999999171</v>
       </c>
       <c r="D77" s="5">
-        <v>4.0969619138229829</v>
+        <v>4.0973039627377084</v>
       </c>
       <c r="E77" s="5">
-        <v>2.8823494582899789</v>
+        <v>2.8823630710722581</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>8169.7703259</v>
+        <v>8169.7691519999998</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.9949022999999215</v>
+        <v>-1.9979519999997137</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.2925526026512304</v>
+        <v>-0.29299917302656464</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>8179.6069059000001</v>
+        <v>8179.6073909999996</v>
       </c>
       <c r="C79" s="5">
-        <v>9.83658000000014</v>
+        <v>9.8382389999997031</v>
       </c>
       <c r="D79" s="5">
-        <v>1.4544322416257804</v>
+        <v>1.4546793779684819</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>8197.4873695000006</v>
+        <v>8197.4896239999998</v>
       </c>
       <c r="C80" s="5">
-        <v>17.880463600000439</v>
+        <v>17.882233000000269</v>
       </c>
       <c r="D80" s="5">
-        <v>2.6549460728313656</v>
+        <v>2.655211806465152</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>8230.1301002</v>
+        <v>8230.1302130000004</v>
       </c>
       <c r="C81" s="5">
-        <v>32.642730699999447</v>
+        <v>32.640589000000546</v>
       </c>
       <c r="D81" s="5">
-        <v>4.8845047237531691</v>
+        <v>4.8841758263629131</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>8258.5879944999997</v>
+        <v>8258.5906959999993</v>
       </c>
       <c r="C82" s="5">
-        <v>28.45789429999968</v>
+        <v>28.460482999998931</v>
       </c>
       <c r="D82" s="5">
-        <v>4.2291509746104294</v>
+        <v>4.2295429706437515</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>8263.5971085000001</v>
+        <v>8263.5996379999997</v>
       </c>
       <c r="C83" s="5">
-        <v>5.0091140000004089</v>
+        <v>5.0089420000003884</v>
       </c>
       <c r="D83" s="5">
-        <v>0.73027368663614034</v>
+        <v>0.73024828755035021</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>8313.2717193000008</v>
+        <v>8313.26872</v>
       </c>
       <c r="C84" s="5">
-        <v>49.674610800000664</v>
+        <v>49.669082000000344</v>
       </c>
       <c r="D84" s="5">
-        <v>7.4568455986058657</v>
+        <v>7.4559856642841371</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>8320.6765111999994</v>
+        <v>8320.6750190000002</v>
       </c>
       <c r="C85" s="5">
-        <v>7.4047918999985995</v>
+        <v>7.4062990000002173</v>
       </c>
       <c r="D85" s="5">
-        <v>1.0741151005159599</v>
+        <v>1.0743351773749854</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>8326.7401857999994</v>
+        <v>8326.7375169999996</v>
       </c>
       <c r="C86" s="5">
-        <v>6.063674600000013</v>
+        <v>6.0624979999993229</v>
       </c>
       <c r="D86" s="5">
-        <v>0.87801095769901583</v>
+        <v>0.87784006254079117</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>8388.0314978000006</v>
+        <v>8388.0314199999993</v>
       </c>
       <c r="C87" s="5">
-        <v>61.291312000001199</v>
+        <v>61.293902999999773</v>
       </c>
       <c r="D87" s="5">
-        <v>9.1994535756099829</v>
+        <v>9.1998614160339933</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>8423.8534688</v>
+        <v>8423.8541729999997</v>
       </c>
       <c r="C88" s="5">
-        <v>35.821970999999394</v>
+        <v>35.822753000000375</v>
       </c>
       <c r="D88" s="5">
-        <v>5.2468276091862887</v>
+        <v>5.2469449018683667</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>8428.0719069999996</v>
+        <v>8428.0749799999994</v>
       </c>
       <c r="C89" s="5">
-        <v>4.2184381999995821</v>
+        <v>4.2208069999996951</v>
       </c>
       <c r="D89" s="5">
-        <v>0.60258544683415849</v>
+        <v>0.60292470204483806</v>
       </c>
       <c r="E89" s="5">
-        <v>3.1364909740126734</v>
+        <v>3.1365049044843607</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>8464.9272380000002</v>
+        <v>8464.9248520000001</v>
       </c>
       <c r="C90" s="5">
-        <v>36.85533100000066</v>
+        <v>36.849872000000687</v>
       </c>
       <c r="D90" s="5">
-        <v>5.3755769106994311</v>
+        <v>5.3747594307123503</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>8501.0031096999992</v>
+        <v>8501.0033349999994</v>
       </c>
       <c r="C91" s="5">
-        <v>36.07587169999897</v>
+        <v>36.078482999999324</v>
       </c>
       <c r="D91" s="5">
-        <v>5.235761445114262</v>
+        <v>5.2361508666357359</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>8535.6885891999991</v>
+        <v>8535.6905910000005</v>
       </c>
       <c r="C92" s="5">
-        <v>34.685479499999929</v>
+        <v>34.687256000001071</v>
       </c>
       <c r="D92" s="5">
-        <v>5.007578957026726</v>
+        <v>5.0078410794899941</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>8565.1618189000001</v>
+        <v>8565.1602320000002</v>
       </c>
       <c r="C93" s="5">
-        <v>29.473229700000957</v>
+        <v>29.469640999999683</v>
       </c>
       <c r="D93" s="5">
-        <v>4.2231325665598174</v>
+        <v>4.2226075396969653</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>8603.0913435999992</v>
+        <v>8603.0912559999997</v>
       </c>
       <c r="C94" s="5">
-        <v>37.929524699999092</v>
+        <v>37.931023999999525</v>
       </c>
       <c r="D94" s="5">
-        <v>5.4453761324620098</v>
+        <v>5.4455976836644604</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>8628.5029787000003</v>
+        <v>8628.5030900000002</v>
       </c>
       <c r="C95" s="5">
-        <v>25.411635100001149</v>
+        <v>25.411834000000454</v>
       </c>
       <c r="D95" s="5">
-        <v>3.6026899561826919</v>
+        <v>3.6027186518467591</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>8670.1129564000003</v>
+        <v>8670.1125059999995</v>
       </c>
       <c r="C96" s="5">
-        <v>41.609977699999945</v>
+        <v>41.609415999999328</v>
       </c>
       <c r="D96" s="5">
-        <v>5.9428439273708555</v>
+        <v>5.9427614856265354</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>8689.9109045999994</v>
+        <v>8689.9107280000007</v>
       </c>
       <c r="C97" s="5">
-        <v>19.797948199999155</v>
+        <v>19.79822200000126</v>
       </c>
       <c r="D97" s="5">
-        <v>2.7748420091971981</v>
+        <v>2.7748810136839497</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>8727.7079666000009</v>
+        <v>8727.7065210000001</v>
       </c>
       <c r="C98" s="5">
-        <v>37.797062000001461</v>
+        <v>37.795792999999321</v>
       </c>
       <c r="D98" s="5">
-        <v>5.3461305497422895</v>
+        <v>5.3459468544806876</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>8752.0001830000001</v>
+        <v>8752.0013120000003</v>
       </c>
       <c r="C99" s="5">
-        <v>24.292216399999234</v>
+        <v>24.294791000000259</v>
       </c>
       <c r="D99" s="5">
-        <v>3.3916207825473332</v>
+        <v>3.3919863335678091</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>8779.4328100999992</v>
+        <v>8779.4342379999998</v>
       </c>
       <c r="C100" s="5">
-        <v>27.432627099999081</v>
+        <v>27.432925999999497</v>
       </c>
       <c r="D100" s="5">
-        <v>3.8268544898083956</v>
+        <v>3.8268964056292765</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>8798.5993576000001</v>
+        <v>8798.6035080000001</v>
       </c>
       <c r="C101" s="5">
-        <v>19.166547500000888</v>
+        <v>19.169270000000324</v>
       </c>
       <c r="D101" s="5">
-        <v>2.6514286189048608</v>
+        <v>2.651809337161537</v>
       </c>
       <c r="E101" s="5">
-        <v>4.3963489477617745</v>
+        <v>4.3963601282531739</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>8844.6517538000007</v>
+        <v>8844.6484920000003</v>
       </c>
       <c r="C102" s="5">
-        <v>46.052396200000658</v>
+        <v>46.044984000000113</v>
       </c>
       <c r="D102" s="5">
-        <v>6.4648734490611037</v>
+        <v>6.4637996507361128</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>8867.5692245999999</v>
+        <v>8867.5691509999997</v>
       </c>
       <c r="C103" s="5">
-        <v>22.917470799999137</v>
+        <v>22.920658999999432</v>
       </c>
       <c r="D103" s="5">
-        <v>3.1540291016002087</v>
+        <v>3.1544753320401631</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>8885.1414129000004</v>
+        <v>8885.1427829999993</v>
       </c>
       <c r="C104" s="5">
-        <v>17.572188300000562</v>
+        <v>17.573631999999634</v>
       </c>
       <c r="D104" s="5">
-        <v>2.4040379030487502</v>
+        <v>2.4042375925364956</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>8915.1699193999993</v>
+        <v>8915.1670709999999</v>
       </c>
       <c r="C105" s="5">
-        <v>30.028506499998912</v>
+        <v>30.024288000000524</v>
       </c>
       <c r="D105" s="5">
-        <v>4.131798511592355</v>
+        <v>4.131206584406244</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>8940.7867112999993</v>
+        <v>8940.7848319999994</v>
       </c>
       <c r="C106" s="5">
-        <v>25.616791899999953</v>
+        <v>25.617760999999518</v>
       </c>
       <c r="D106" s="5">
-        <v>3.5030897737702293</v>
+        <v>3.5032255364088272</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>8950.1616589000005</v>
+        <v>8950.1611379999995</v>
       </c>
       <c r="C107" s="5">
-        <v>9.3749476000011782</v>
+        <v>9.3763060000001133</v>
       </c>
       <c r="D107" s="5">
-        <v>1.2655534740771524</v>
+        <v>1.2657381753062191</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>8986.8747070999998</v>
+        <v>8986.8748169999999</v>
       </c>
       <c r="C108" s="5">
-        <v>36.713048199999321</v>
+        <v>36.713679000000411</v>
       </c>
       <c r="D108" s="5">
-        <v>5.0349146368675601</v>
+        <v>5.0350034069698513</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>9003.9399071000007</v>
+        <v>9003.93995</v>
       </c>
       <c r="C109" s="5">
-        <v>17.065200000000914</v>
+        <v>17.06513300000006</v>
       </c>
       <c r="D109" s="5">
-        <v>2.3026329218700958</v>
+        <v>2.3026237583806841</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>9040.0045250000003</v>
+        <v>9040.0046540000003</v>
       </c>
       <c r="C110" s="5">
-        <v>36.064617899999575</v>
+        <v>36.064704000000347</v>
       </c>
       <c r="D110" s="5">
-        <v>4.9138248506686022</v>
+        <v>4.913836817547268</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>9062.8660995999999</v>
+        <v>9062.8678170000003</v>
       </c>
       <c r="C111" s="5">
-        <v>22.861574599999585</v>
+        <v>22.863162999999986</v>
       </c>
       <c r="D111" s="5">
-        <v>3.0772889764325573</v>
+        <v>3.0775057217655943</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>9081.5984227999998</v>
+        <v>9081.6000640000002</v>
       </c>
       <c r="C112" s="5">
-        <v>18.732323199999882</v>
+        <v>18.732246999999916</v>
       </c>
       <c r="D112" s="5">
-        <v>2.5087095027469974</v>
+        <v>2.5086987006285755</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>9110.6005000999994</v>
+        <v>9110.6048420000006</v>
       </c>
       <c r="C113" s="5">
-        <v>29.002077299999655</v>
+        <v>29.004778000000442</v>
       </c>
       <c r="D113" s="5">
-        <v>3.9002304116346975</v>
+        <v>3.9005992907642728</v>
       </c>
       <c r="E113" s="5">
-        <v>3.5460319287126119</v>
+        <v>3.5460324324913417</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>9104.7945180000006</v>
+        <v>9104.7920759999997</v>
       </c>
       <c r="C114" s="5">
-        <v>-5.8059820999988005</v>
+        <v>-5.81276600000092</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.76205845826388119</v>
+        <v>-0.76294538780704579</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>9122.8685621999994</v>
+        <v>9122.8688719999991</v>
       </c>
       <c r="C115" s="5">
-        <v>18.074044199998752</v>
+        <v>18.076795999999376</v>
       </c>
       <c r="D115" s="5">
-        <v>2.4083166789687915</v>
+        <v>2.4086880150521406</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>9141.5105559000003</v>
+        <v>9141.5110359999999</v>
       </c>
       <c r="C116" s="5">
-        <v>18.641993700000967</v>
+        <v>18.642164000000776</v>
       </c>
       <c r="D116" s="5">
-        <v>2.4798703621063956</v>
+        <v>2.4798931864929541</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>9140.7179873999994</v>
+        <v>9140.7146369999991</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.79256850000092527</v>
+        <v>-0.79639900000074704</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.10399034185317735</v>
+        <v>-0.10449268305485759</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>9143.1256357999991</v>
+        <v>9143.1225250000007</v>
       </c>
       <c r="C118" s="5">
-        <v>2.4076483999997436</v>
+        <v>2.4078880000015488</v>
       </c>
       <c r="D118" s="5">
-        <v>0.31653610627222495</v>
+        <v>0.31656776859498859</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>9164.5034900999999</v>
+        <v>9164.5026469999993</v>
       </c>
       <c r="C119" s="5">
-        <v>21.377854300000763</v>
+        <v>21.380121999998664</v>
       </c>
       <c r="D119" s="5">
-        <v>2.8421250274464072</v>
+        <v>2.8424313792372535</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>9188.0991950000007</v>
+        <v>9188.0996709999999</v>
       </c>
       <c r="C120" s="5">
-        <v>23.595704900000783</v>
+        <v>23.597024000000602</v>
       </c>
       <c r="D120" s="5">
-        <v>3.1337504477891631</v>
+        <v>3.1339284185164074</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>9199.2487868000007</v>
+        <v>9199.2486140000001</v>
       </c>
       <c r="C121" s="5">
-        <v>11.149591800000053</v>
+        <v>11.148943000000145</v>
       </c>
       <c r="D121" s="5">
-        <v>1.4659364166920152</v>
+        <v>1.4658504666142269</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>9233.3704643000001</v>
+        <v>9233.3716449999993</v>
       </c>
       <c r="C122" s="5">
-        <v>34.12167749999935</v>
+        <v>34.123030999999173</v>
       </c>
       <c r="D122" s="5">
-        <v>4.5429520851592908</v>
+        <v>4.5431360691242206</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>9257.2180561000005</v>
+        <v>9257.2198470000003</v>
       </c>
       <c r="C123" s="5">
-        <v>23.847591800000373</v>
+        <v>23.848202000001038</v>
       </c>
       <c r="D123" s="5">
-        <v>3.1437211187107295</v>
+        <v>3.1438022970253998</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>9276.6002633999997</v>
+        <v>9276.6018390000008</v>
       </c>
       <c r="C124" s="5">
-        <v>19.382207299999209</v>
+        <v>19.381992000000537</v>
       </c>
       <c r="D124" s="5">
-        <v>2.5416235538700871</v>
+        <v>2.541594497920685</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>9309.0823492</v>
+        <v>9309.0864560000009</v>
       </c>
       <c r="C125" s="5">
-        <v>32.482085800000277</v>
+        <v>32.484617000000071</v>
       </c>
       <c r="D125" s="5">
-        <v>4.283680667796963</v>
+        <v>4.2840201915356202</v>
       </c>
       <c r="E125" s="5">
-        <v>2.1785814129136938</v>
+        <v>2.1785777941437878</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>9342.1287030000003</v>
+        <v>9342.1267860000007</v>
       </c>
       <c r="C126" s="5">
-        <v>33.046353800000361</v>
+        <v>33.040329999999813</v>
       </c>
       <c r="D126" s="5">
-        <v>4.3440495705025839</v>
+        <v>4.3432402478392307</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>9363.4503370000002</v>
+        <v>9363.4504899999993</v>
       </c>
       <c r="C127" s="5">
-        <v>21.321633999999904</v>
+        <v>21.323703999998543</v>
       </c>
       <c r="D127" s="5">
-        <v>2.7734139216687881</v>
+        <v>2.7736871426491616</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>9395.3720585999999</v>
+        <v>9395.3718910000007</v>
       </c>
       <c r="C128" s="5">
-        <v>31.921721599999728</v>
+        <v>31.921401000001424</v>
       </c>
       <c r="D128" s="5">
-        <v>4.1686075096518893</v>
+        <v>4.168564785489326</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>9402.5687558000009</v>
+        <v>9402.5655970000007</v>
       </c>
       <c r="C129" s="5">
-        <v>7.1966972000009264</v>
+        <v>7.1937060000000201</v>
       </c>
       <c r="D129" s="5">
-        <v>0.92306216999964441</v>
+        <v>0.92267691240586203</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>9447.6887138999991</v>
+        <v>9447.6852120000003</v>
       </c>
       <c r="C130" s="5">
-        <v>45.119958099998257</v>
+        <v>45.119614999999612</v>
       </c>
       <c r="D130" s="5">
-        <v>5.9128591527993102</v>
+        <v>5.9128150362684373</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>9465.1816333000006</v>
+        <v>9465.1803689999997</v>
       </c>
       <c r="C131" s="5">
-        <v>17.492919400001483</v>
+        <v>17.495156999999381</v>
       </c>
       <c r="D131" s="5">
-        <v>2.2446332543456293</v>
+        <v>2.2449241469258974</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>9470.0687945999998</v>
+        <v>9470.0692500000005</v>
       </c>
       <c r="C132" s="5">
-        <v>4.8871612999992067</v>
+        <v>4.8888810000007652</v>
       </c>
       <c r="D132" s="5">
-        <v>0.62135908846416843</v>
+        <v>0.62157843778862798</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>9497.8491835999994</v>
+        <v>9497.8488510000006</v>
       </c>
       <c r="C133" s="5">
-        <v>27.780388999999559</v>
+        <v>27.779601000000184</v>
       </c>
       <c r="D133" s="5">
-        <v>3.5775472727513469</v>
+        <v>3.577443976813699</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>9521.8941885999993</v>
+        <v>9521.8961230000004</v>
       </c>
       <c r="C134" s="5">
-        <v>24.045004999999946</v>
+        <v>24.047271999999793</v>
       </c>
       <c r="D134" s="5">
-        <v>3.0806108602406068</v>
+        <v>3.0809054707670258</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>9525.0473992000007</v>
+        <v>9525.0489550000002</v>
       </c>
       <c r="C135" s="5">
-        <v>3.15321060000133</v>
+        <v>3.152831999999762</v>
       </c>
       <c r="D135" s="5">
-        <v>0.39810902754857658</v>
+        <v>0.39806105925606072</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>9544.7002028000006</v>
+        <v>9544.7017109999997</v>
       </c>
       <c r="C136" s="5">
-        <v>19.65280359999997</v>
+        <v>19.652755999999499</v>
       </c>
       <c r="D136" s="5">
-        <v>2.5042224959893389</v>
+        <v>2.5042159479659265</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>9564.8380266999993</v>
+        <v>9564.8414460000004</v>
       </c>
       <c r="C137" s="5">
-        <v>20.137823899998693</v>
+        <v>20.139735000000655</v>
       </c>
       <c r="D137" s="5">
-        <v>2.5613993340091845</v>
+        <v>2.5616448318419804</v>
       </c>
       <c r="E137" s="5">
-        <v>2.7473779681622235</v>
+        <v>2.7473693708705227</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>9571.7936341000004</v>
+        <v>9571.7922199999994</v>
       </c>
       <c r="C138" s="5">
-        <v>6.9556074000010994</v>
+        <v>6.9507739999990008</v>
       </c>
       <c r="D138" s="5">
-        <v>0.87614591732683156</v>
+        <v>0.87553434033129651</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>9582.4994067999996</v>
+        <v>9582.4995209999997</v>
       </c>
       <c r="C139" s="5">
-        <v>10.705772699999216</v>
+        <v>10.707301000000371</v>
       </c>
       <c r="D139" s="5">
-        <v>1.3504523963606463</v>
+        <v>1.3506465682748159</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>9586.2886526000002</v>
+        <v>9586.2881070000003</v>
       </c>
       <c r="C140" s="5">
-        <v>3.7892458000005718</v>
+        <v>3.7885860000005778</v>
       </c>
       <c r="D140" s="5">
-        <v>0.47555415664863876</v>
+        <v>0.47547116526232003</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>9578.2459376999996</v>
+        <v>9578.2436859999998</v>
       </c>
       <c r="C141" s="5">
-        <v>-8.0427149000006466</v>
+        <v>-8.0444210000005114</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.0021446060761718</v>
+        <v>-1.0023562674626674</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>9574.4671589000009</v>
+        <v>9574.4644410000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-3.7787787999986904</v>
+        <v>-3.7792449999997189</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.47239424546888786</v>
+        <v>-0.4724525106627131</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>9577.6845369999992</v>
+        <v>9577.6831949999996</v>
       </c>
       <c r="C143" s="5">
-        <v>3.2173780999983137</v>
+        <v>3.2187539999995352</v>
       </c>
       <c r="D143" s="5">
-        <v>0.40399087535722966</v>
+        <v>0.40416407509016317</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>9547.5951802</v>
+        <v>9547.5957199999993</v>
       </c>
       <c r="C144" s="5">
-        <v>-30.089356799999223</v>
+        <v>-30.087475000000268</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.7054701245882726</v>
+        <v>-3.7052428825044559</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>9555.9700678999998</v>
+        <v>9555.9697429999997</v>
       </c>
       <c r="C145" s="5">
-        <v>8.3748876999998174</v>
+        <v>8.3740230000003066</v>
       </c>
       <c r="D145" s="5">
-        <v>1.0577000966103256</v>
+        <v>1.0575903025511257</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>9532.4535123999995</v>
+        <v>9532.4553620000006</v>
       </c>
       <c r="C146" s="5">
-        <v>-23.516555500000322</v>
+        <v>-23.514380999999048</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.9134691210642272</v>
+        <v>-2.9132034551803354</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>9493.8251935999997</v>
+        <v>9493.8266010000007</v>
       </c>
       <c r="C147" s="5">
-        <v>-38.628318799999761</v>
+        <v>-38.62876099999994</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.7558260747718961</v>
+        <v>-4.7558784074247518</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>9479.8459863000007</v>
+        <v>9479.8470880000004</v>
       </c>
       <c r="C148" s="5">
-        <v>-13.979207299998961</v>
+        <v>-13.979513000000225</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.7527035156896686</v>
+        <v>-1.7527412765413253</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>9458.0760327999997</v>
+        <v>9458.0784449999992</v>
       </c>
       <c r="C149" s="5">
-        <v>-21.769953500001066</v>
+        <v>-21.768643000001248</v>
       </c>
       <c r="D149" s="5">
-        <v>-2.7211939689535503</v>
+        <v>-2.7210319105318792</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.1161923871787049</v>
+        <v>-1.1162025173417689</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>9452.1576545999997</v>
+        <v>9452.1568619999998</v>
       </c>
       <c r="C150" s="5">
-        <v>-5.9183782000000065</v>
+        <v>-5.921582999999373</v>
       </c>
       <c r="D150" s="5">
-        <v>-0.74831944402465878</v>
+        <v>-0.74872307415041472</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>9447.5996696000002</v>
+        <v>9447.5996469999991</v>
       </c>
       <c r="C151" s="5">
-        <v>-4.5579849999994622</v>
+        <v>-4.5572150000007241</v>
       </c>
       <c r="D151" s="5">
-        <v>-0.57712737356209187</v>
+        <v>-0.57703018360228953</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>9452.4147608000003</v>
+        <v>9452.4137869999995</v>
       </c>
       <c r="C152" s="5">
-        <v>4.8150912000000972</v>
+        <v>4.8141400000004069</v>
       </c>
       <c r="D152" s="5">
-        <v>0.61331280698984081</v>
+        <v>0.6131913114687304</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>9449.4778189999997</v>
+        <v>9449.4768609999992</v>
       </c>
       <c r="C153" s="5">
-        <v>-2.936941800000568</v>
+        <v>-2.9369260000003123</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.37221321469872448</v>
+        <v>-0.37221125398708699</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>9464.5915454000005</v>
+        <v>9464.5896869999997</v>
       </c>
       <c r="C154" s="5">
-        <v>15.113726400000814</v>
+        <v>15.112826000000496</v>
       </c>
       <c r="D154" s="5">
-        <v>1.9362835954742197</v>
+        <v>1.9361674228547399</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>9450.3982956</v>
+        <v>9450.3970270000009</v>
       </c>
       <c r="C155" s="5">
-        <v>-14.193249800000558</v>
+        <v>-14.192659999998796</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.7847703570071038</v>
+        <v>-1.7846971490970143</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>9438.1392352000003</v>
+        <v>9438.13969</v>
       </c>
       <c r="C156" s="5">
-        <v>-12.259060399999726</v>
+        <v>-12.257337000000916</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.5455823457785955</v>
+        <v>-1.5453668187398129</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>9450.2208250000003</v>
+        <v>9450.220722</v>
       </c>
       <c r="C157" s="5">
-        <v>12.081589800000074</v>
+        <v>12.08103200000005</v>
       </c>
       <c r="D157" s="5">
-        <v>1.5469592020851186</v>
+        <v>1.5468872012388335</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>9451.2531679999993</v>
+        <v>9451.2547290000002</v>
       </c>
       <c r="C158" s="5">
-        <v>1.0323429999989457</v>
+        <v>1.0340070000002015</v>
       </c>
       <c r="D158" s="5">
-        <v>0.13116690048435853</v>
+        <v>0.13137845281354643</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>9434.7500550999994</v>
+        <v>9434.7510719999991</v>
       </c>
       <c r="C159" s="5">
-        <v>-16.503112899999905</v>
+        <v>-16.503657000001112</v>
       </c>
       <c r="D159" s="5">
-        <v>-2.0753489924558166</v>
+        <v>-2.0754164204592418</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>9442.3359175000005</v>
+        <v>9442.3362219999999</v>
       </c>
       <c r="C160" s="5">
-        <v>7.5858624000011332</v>
+        <v>7.5851500000007945</v>
       </c>
       <c r="D160" s="5">
-        <v>0.96911929273180153</v>
+        <v>0.96902777353367053</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>9431.6919890000008</v>
+        <v>9431.6933140000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-10.643928499999674</v>
+        <v>-10.642907999999807</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.3443518077567052</v>
+        <v>-1.344223671245115</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.2789578314712271</v>
+        <v>-0.27896925526080807</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>9425.8203697000008</v>
+        <v>9425.8198329999996</v>
       </c>
       <c r="C162" s="5">
-        <v>-5.8716193000000203</v>
+        <v>-5.8734810000005382</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.74449717045355079</v>
+        <v>-0.74473231417145902</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>9413.7609723000005</v>
+        <v>9413.7607669999998</v>
       </c>
       <c r="C163" s="5">
-        <v>-12.059397400000307</v>
+        <v>-12.059065999999802</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.5245229892310586</v>
+        <v>-1.5244814749039381</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>9397.1756559999994</v>
+        <v>9397.1745379999993</v>
       </c>
       <c r="C164" s="5">
-        <v>-16.585316300001068</v>
+        <v>-16.586229000000458</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.0938128639550024</v>
+        <v>-2.0939270186931092</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>9396.4065503000002</v>
+        <v>9396.4065310000005</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.76910569999927247</v>
+        <v>-0.76800699999876088</v>
       </c>
       <c r="D165" s="5">
-        <v>-9.8169017713078954E-2</v>
+        <v>-9.8028853810738781E-2</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>9395.1251494000007</v>
+        <v>9395.1239690000002</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.2814008999994257</v>
+        <v>-1.2825620000003255</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.16352296695628654</v>
+        <v>-0.16367102712490089</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>9381.6849423999993</v>
+        <v>9381.6842219999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-13.440207000001465</v>
+        <v>-13.439747000000352</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.7032188236981605</v>
+        <v>-1.7031612000818708</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>9374.0697025999998</v>
+        <v>9374.0704420000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-7.6152397999994719</v>
+        <v>-7.6137799999996787</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.96971927849314188</v>
+        <v>-0.96953429165049787</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>9389.8694479999995</v>
+        <v>9389.8699039999992</v>
       </c>
       <c r="C169" s="5">
-        <v>15.799745399999665</v>
+        <v>15.799461999999039</v>
       </c>
       <c r="D169" s="5">
-        <v>2.0414232699608181</v>
+        <v>2.0413861503390196</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>9396.9172068999997</v>
+        <v>9396.9185529999995</v>
       </c>
       <c r="C170" s="5">
-        <v>7.0477589000001899</v>
+        <v>7.0486490000002959</v>
       </c>
       <c r="D170" s="5">
-        <v>0.90441205454698803</v>
+        <v>0.90452670558243131</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>9411.3854898999998</v>
+        <v>9411.3861280000001</v>
       </c>
       <c r="C171" s="5">
-        <v>14.468283000000156</v>
+        <v>14.467575000000579</v>
       </c>
       <c r="D171" s="5">
-        <v>1.8633475067833194</v>
+        <v>1.8632552818988568</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>9411.2983447000006</v>
+        <v>9411.2978800000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-8.7145199999213219E-2</v>
+        <v>-8.824800000002142E-2</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.1110894837784713E-2</v>
+        <v>-1.1251492328456791E-2</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>9424.9399303999999</v>
+        <v>9424.9403880000009</v>
       </c>
       <c r="C173" s="5">
-        <v>13.641585699999268</v>
+        <v>13.642508000000817</v>
       </c>
       <c r="D173" s="5">
-        <v>1.7533223291642974</v>
+        <v>1.75344190427138</v>
       </c>
       <c r="E173" s="5">
-        <v>-7.1589049004949779E-2</v>
+        <v>-7.1598235599701354E-2</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>9449.6760434000007</v>
+        <v>9449.6749550000004</v>
       </c>
       <c r="C174" s="5">
-        <v>24.736113000000842</v>
+        <v>24.734566999999515</v>
       </c>
       <c r="D174" s="5">
-        <v>3.1953078008128522</v>
+        <v>3.1951050462675434</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>9458.1759144000007</v>
+        <v>9458.1752319999996</v>
       </c>
       <c r="C175" s="5">
-        <v>8.4998709999999846</v>
+        <v>8.500276999999187</v>
       </c>
       <c r="D175" s="5">
-        <v>1.0847416642328023</v>
+        <v>1.0847938595594409</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>9470.3011951000008</v>
+        <v>9470.3003509999999</v>
       </c>
       <c r="C176" s="5">
-        <v>12.125280700000076</v>
+        <v>12.125119000000268</v>
       </c>
       <c r="D176" s="5">
-        <v>1.5492807730244973</v>
+        <v>1.5492600788401312</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>9499.7107078000008</v>
+        <v>9499.7104130000007</v>
       </c>
       <c r="C177" s="5">
-        <v>29.40951270000005</v>
+        <v>29.410062000000835</v>
       </c>
       <c r="D177" s="5">
-        <v>3.7908482245889941</v>
+        <v>3.7909205860399364</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>9499.4527813000004</v>
+        <v>9499.4528190000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.2579265000003943</v>
+        <v>-0.2575940000006085</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.2576316708599062E-2</v>
+        <v>-3.2534328973388149E-2</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>9510.9390514000006</v>
+        <v>9510.9395949999998</v>
       </c>
       <c r="C179" s="5">
-        <v>11.486270100000183</v>
+        <v>11.486775999999736</v>
       </c>
       <c r="D179" s="5">
-        <v>1.4606693534328308</v>
+        <v>1.4607341096157356</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>9543.9678101999998</v>
+        <v>9543.9693989999996</v>
       </c>
       <c r="C180" s="5">
-        <v>33.028758799999196</v>
+        <v>33.029803999999785</v>
       </c>
       <c r="D180" s="5">
-        <v>4.2477780758656047</v>
+        <v>4.247914827845678</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>9552.4724136000004</v>
+        <v>9552.4736159999993</v>
       </c>
       <c r="C181" s="5">
-        <v>8.504603400000633</v>
+        <v>8.5042169999996986</v>
       </c>
       <c r="D181" s="5">
-        <v>1.0745730475887783</v>
+        <v>1.0745238059302276</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>9550.6620094000009</v>
+        <v>9550.6627910000007</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.8104041999995388</v>
+        <v>-1.8108249999986583</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.22718955260626617</v>
+        <v>-0.2272422756281034</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>9591.9565741999995</v>
+        <v>9591.9562960000003</v>
       </c>
       <c r="C183" s="5">
-        <v>41.294564799998625</v>
+        <v>41.293504999999641</v>
       </c>
       <c r="D183" s="5">
-        <v>5.3136669895141431</v>
+        <v>5.3135269130909712</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>9596.4954084000001</v>
+        <v>9596.4936689999995</v>
       </c>
       <c r="C184" s="5">
-        <v>4.538834200000565</v>
+        <v>4.5373729999992065</v>
       </c>
       <c r="D184" s="5">
-        <v>0.569310177242488</v>
+        <v>0.56912643701836352</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>9616.4438073000001</v>
+        <v>9616.4400100000003</v>
       </c>
       <c r="C185" s="5">
-        <v>19.948398900000029</v>
+        <v>19.946341000000757</v>
       </c>
       <c r="D185" s="5">
-        <v>2.5231780585610153</v>
+        <v>2.5229152443052794</v>
       </c>
       <c r="E185" s="5">
-        <v>2.0318843230215933</v>
+        <v>2.0318390792563479</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>9637.2577841000002</v>
+        <v>9637.2571759999992</v>
       </c>
       <c r="C186" s="5">
-        <v>20.813976800000091</v>
+        <v>20.817165999998906</v>
       </c>
       <c r="D186" s="5">
-        <v>2.6284413323476086</v>
+        <v>2.6288499301338142</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>9651.4454284000003</v>
+        <v>9651.4460839999992</v>
       </c>
       <c r="C187" s="5">
-        <v>14.187644300000102</v>
+        <v>14.188908000000083</v>
       </c>
       <c r="D187" s="5">
-        <v>1.7809737597199504</v>
+        <v>1.7811337919163561</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>9671.4344913000004</v>
+        <v>9671.4361840000001</v>
       </c>
       <c r="C188" s="5">
-        <v>19.989062900000135</v>
+        <v>19.990100000000893</v>
       </c>
       <c r="D188" s="5">
-        <v>2.5138209475261908</v>
+        <v>2.5139526896518882</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>9720.4710037999994</v>
+        <v>9720.4726050000008</v>
       </c>
       <c r="C189" s="5">
-        <v>49.036512499998935</v>
+        <v>49.036421000000701</v>
       </c>
       <c r="D189" s="5">
-        <v>6.2568593384908056</v>
+        <v>6.2568462101902922</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>9724.9026125</v>
+        <v>9724.9045559999995</v>
       </c>
       <c r="C190" s="5">
-        <v>4.4316087000006519</v>
+        <v>4.4319509999986622</v>
       </c>
       <c r="D190" s="5">
-        <v>0.54845956600790835</v>
+        <v>0.54850194505080552</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>9739.9083885</v>
+        <v>9739.9085450000002</v>
       </c>
       <c r="C191" s="5">
-        <v>15.005775999999969</v>
+        <v>15.003989000000729</v>
       </c>
       <c r="D191" s="5">
-        <v>1.8674262405316</v>
+        <v>1.8672015866441072</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>9792.3716089999998</v>
+        <v>9792.3789049999996</v>
       </c>
       <c r="C192" s="5">
-        <v>52.463220499999807</v>
+        <v>52.470359999999346</v>
       </c>
       <c r="D192" s="5">
-        <v>6.6586712012785432</v>
+        <v>6.6596042574290859</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>9811.9744931999994</v>
+        <v>9811.9713769999998</v>
       </c>
       <c r="C193" s="5">
-        <v>19.602884199999608</v>
+        <v>19.592472000000271</v>
       </c>
       <c r="D193" s="5">
-        <v>2.428849292518187</v>
+        <v>2.4275431350424093</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>9844.6559161999994</v>
+        <v>9844.6519210000006</v>
       </c>
       <c r="C194" s="5">
-        <v>32.681422999999995</v>
+        <v>32.680544000000737</v>
       </c>
       <c r="D194" s="5">
-        <v>4.0709627275897109</v>
+        <v>4.0708525380532379</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>9852.5077557999994</v>
+        <v>9852.5032069999997</v>
       </c>
       <c r="C195" s="5">
-        <v>7.8518395999999484</v>
+        <v>7.8512859999991633</v>
       </c>
       <c r="D195" s="5">
-        <v>0.96129815652368222</v>
+        <v>0.96123047368998904</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>9896.9527476999992</v>
+        <v>9896.9476539999996</v>
       </c>
       <c r="C196" s="5">
-        <v>44.444991899999877</v>
+        <v>44.444446999999855</v>
       </c>
       <c r="D196" s="5">
-        <v>5.5495864898599701</v>
+        <v>5.549519380568757</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>9921.6820416999999</v>
+        <v>9921.6732329999995</v>
       </c>
       <c r="C197" s="5">
-        <v>24.729294000000664</v>
+        <v>24.725578999999925</v>
       </c>
       <c r="D197" s="5">
-        <v>3.0399646170676364</v>
+        <v>3.0395032258182297</v>
       </c>
       <c r="E197" s="5">
-        <v>3.1741279886467799</v>
+        <v>3.1740771291932424</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>9957.4273451999998</v>
+        <v>9957.4287779999995</v>
       </c>
       <c r="C198" s="5">
-        <v>35.745303499999864</v>
+        <v>35.755544999999984</v>
       </c>
       <c r="D198" s="5">
-        <v>4.4099993141000882</v>
+        <v>4.4112919799839334</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>9982.1047287000001</v>
+        <v>9982.1103399999993</v>
       </c>
       <c r="C199" s="5">
-        <v>24.67738350000036</v>
+        <v>24.681561999999758</v>
       </c>
       <c r="D199" s="5">
-        <v>3.0148202987937411</v>
+        <v>3.0153373230940916</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>10020.363971000001</v>
+        <v>10020.37249</v>
       </c>
       <c r="C200" s="5">
-        <v>38.259242300000551</v>
+        <v>38.262150000000474</v>
       </c>
       <c r="D200" s="5">
-        <v>4.69754465866008</v>
+        <v>4.6979065349048055</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>10028.604277</v>
+        <v>10028.61608</v>
       </c>
       <c r="C201" s="5">
-        <v>8.2403059999996913</v>
+        <v>8.2435900000000402</v>
       </c>
       <c r="D201" s="5">
-        <v>0.99130278318499965</v>
+        <v>0.99169878833109681</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>10058.367084</v>
+        <v>10058.373170000001</v>
       </c>
       <c r="C202" s="5">
-        <v>29.762806999999157</v>
+        <v>29.757090000000971</v>
       </c>
       <c r="D202" s="5">
-        <v>3.6200601794249332</v>
+        <v>3.6193491021771385</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>10093.312081</v>
+        <v>10093.312599999999</v>
       </c>
       <c r="C203" s="5">
-        <v>34.944997000000512</v>
+        <v>34.939429999998538</v>
       </c>
       <c r="D203" s="5">
-        <v>4.249659258136651</v>
+        <v>4.2489666490242328</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>10089.427507</v>
+        <v>10089.436739999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-3.8845739999997022</v>
+        <v>-3.8758600000001024</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.46086300907539623</v>
+        <v>-0.45983134538876147</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>10137.096041000001</v>
+        <v>10137.08145</v>
       </c>
       <c r="C205" s="5">
-        <v>47.668534000000363</v>
+        <v>47.644710000000487</v>
       </c>
       <c r="D205" s="5">
-        <v>5.8191922956536413</v>
+        <v>5.8162025429890907</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>10176.377903000001</v>
+        <v>10176.361199999999</v>
       </c>
       <c r="C206" s="5">
-        <v>39.281861999999819</v>
+        <v>39.279749999999694</v>
       </c>
       <c r="D206" s="5">
-        <v>4.7504703835821394</v>
+        <v>4.7502164892766707</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>10181.233937999999</v>
+        <v>10181.22285</v>
       </c>
       <c r="C207" s="5">
-        <v>4.856034999998883</v>
+        <v>4.8616500000007363</v>
       </c>
       <c r="D207" s="5">
-        <v>0.57412963339054102</v>
+        <v>0.57479618678746291</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>10214.642483</v>
+        <v>10214.63062</v>
       </c>
       <c r="C208" s="5">
-        <v>33.408545000000231</v>
+        <v>33.4077699999998</v>
       </c>
       <c r="D208" s="5">
-        <v>4.0095100904651959</v>
+        <v>4.0094198398560765</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>10248.410854</v>
+        <v>10248.3909</v>
       </c>
       <c r="C209" s="5">
-        <v>33.768371000000116</v>
+        <v>33.760280000000421</v>
       </c>
       <c r="D209" s="5">
-        <v>4.0399857767952962</v>
+        <v>4.0390048972967385</v>
       </c>
       <c r="E209" s="5">
-        <v>3.2930788441595471</v>
+        <v>3.2929694349670857</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>10263.681729</v>
+        <v>10263.68922</v>
       </c>
       <c r="C210" s="5">
-        <v>15.27087500000016</v>
+        <v>15.298319999999876</v>
       </c>
       <c r="D210" s="5">
-        <v>1.8028140943825877</v>
+        <v>1.8060843264413373</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>10305.798579</v>
+        <v>10305.819009999999</v>
       </c>
       <c r="C211" s="5">
-        <v>42.116850000000341</v>
+        <v>42.129789999999048</v>
       </c>
       <c r="D211" s="5">
-        <v>5.0368492331697379</v>
+        <v>5.0384280993843955</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>10349.533324</v>
+        <v>10349.55732</v>
       </c>
       <c r="C212" s="5">
-        <v>43.734744999999748</v>
+        <v>43.738310000000638</v>
       </c>
       <c r="D212" s="5">
-        <v>5.2130002033591083</v>
+        <v>5.2134245262650536</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>10367.148762000001</v>
+        <v>10367.179969999999</v>
       </c>
       <c r="C213" s="5">
-        <v>17.615438000000722</v>
+        <v>17.622649999999339</v>
       </c>
       <c r="D213" s="5">
-        <v>2.0616906729035156</v>
+        <v>2.0625378507382885</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>10396.927605000001</v>
+        <v>10396.941430000001</v>
       </c>
       <c r="C214" s="5">
-        <v>29.778843000000052</v>
+        <v>29.761460000001534</v>
       </c>
       <c r="D214" s="5">
-        <v>3.5018885238973896</v>
+        <v>3.4998012580258475</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>10437.333431999999</v>
+        <v>10437.338760000001</v>
       </c>
       <c r="C215" s="5">
-        <v>40.405826999998681</v>
+        <v>40.397329999999783</v>
       </c>
       <c r="D215" s="5">
-        <v>4.7645744191826767</v>
+        <v>4.7635444915260949</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>10448.925948</v>
+        <v>10448.930689999999</v>
       </c>
       <c r="C216" s="5">
-        <v>11.592516000000614</v>
+        <v>11.591929999998683</v>
       </c>
       <c r="D216" s="5">
-        <v>1.3409855432590545</v>
+        <v>1.3409166533384198</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>10471.60599</v>
+        <v>10471.56049</v>
       </c>
       <c r="C217" s="5">
-        <v>22.680041999999958</v>
+        <v>22.629800000000614</v>
       </c>
       <c r="D217" s="5">
-        <v>2.6359953667992819</v>
+        <v>2.6300850348492721</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>10485.490048</v>
+        <v>10485.45249</v>
       </c>
       <c r="C218" s="5">
-        <v>13.884057999999641</v>
+        <v>13.891999999999825</v>
       </c>
       <c r="D218" s="5">
-        <v>1.6027058891938228</v>
+        <v>1.6036363922696806</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>10515.749904</v>
+        <v>10515.7299</v>
       </c>
       <c r="C219" s="5">
-        <v>30.259856000000582</v>
+        <v>30.2774100000006</v>
       </c>
       <c r="D219" s="5">
-        <v>3.5185538265532834</v>
+        <v>3.5206403063232194</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>10545.878905</v>
+        <v>10545.860140000001</v>
       </c>
       <c r="C220" s="5">
-        <v>30.129000999999334</v>
+        <v>30.130240000000413</v>
       </c>
       <c r="D220" s="5">
-        <v>3.4928572211791797</v>
+        <v>3.4930098794019315</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>10565.45894</v>
+        <v>10565.43303</v>
       </c>
       <c r="C221" s="5">
-        <v>19.580035000000862</v>
+        <v>19.572889999999461</v>
       </c>
       <c r="D221" s="5">
-        <v>2.2508759379920917</v>
+        <v>2.2500502072563489</v>
       </c>
       <c r="E221" s="5">
-        <v>3.0936316909685013</v>
+        <v>3.0935795979444958</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>10598.182124000001</v>
+        <v>10598.199629999999</v>
       </c>
       <c r="C222" s="5">
-        <v>32.723184000000401</v>
+        <v>32.766599999999016</v>
       </c>
       <c r="D222" s="5">
-        <v>3.7805914169199317</v>
+        <v>3.7857026851690012</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>10634.552587</v>
+        <v>10634.592979999999</v>
       </c>
       <c r="C223" s="5">
-        <v>36.37046299999929</v>
+        <v>36.393350000000282</v>
       </c>
       <c r="D223" s="5">
-        <v>4.1967414475688303</v>
+        <v>4.1994253576039364</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>10624.454497999999</v>
+        <v>10624.498750000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-10.098089000000982</v>
+        <v>-10.094229999998788</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.1335334746056192</v>
+        <v>-1.1330982706325377</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>10640.956700999999</v>
+        <v>10641.01144</v>
       </c>
       <c r="C225" s="5">
-        <v>16.502203000000009</v>
+        <v>16.512689999999566</v>
       </c>
       <c r="D225" s="5">
-        <v>1.8798792610664306</v>
+        <v>1.8810762358070221</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>10657.178378000001</v>
+        <v>10657.201870000001</v>
       </c>
       <c r="C226" s="5">
-        <v>16.221677000001364</v>
+        <v>16.190430000000561</v>
       </c>
       <c r="D226" s="5">
-        <v>1.8447643551243731</v>
+        <v>1.8411715384565097</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>10657.862244</v>
+        <v>10657.87306</v>
       </c>
       <c r="C227" s="5">
-        <v>0.6838659999993979</v>
+        <v>0.67118999999911466</v>
       </c>
       <c r="D227" s="5">
-        <v>7.7030604439798367E-2</v>
+        <v>7.5602119615503227E-2</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>10670.63618</v>
+        <v>10670.626969999999</v>
       </c>
       <c r="C228" s="5">
-        <v>12.773935999999594</v>
+        <v>12.753909999999451</v>
       </c>
       <c r="D228" s="5">
-        <v>1.4477739163634817</v>
+        <v>1.4454877713113934</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>10683.31387</v>
+        <v>10683.23386</v>
       </c>
       <c r="C229" s="5">
-        <v>12.677690000000439</v>
+        <v>12.606890000000931</v>
       </c>
       <c r="D229" s="5">
-        <v>1.4350628551491829</v>
+        <v>1.426997675612518</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>10644.819882</v>
+        <v>10644.758519999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-38.493988000000172</v>
+        <v>-38.47534000000087</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.2391588684378529</v>
+        <v>-4.237176866635961</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>10662.684523</v>
+        <v>10662.654979999999</v>
       </c>
       <c r="C231" s="5">
-        <v>17.86464100000012</v>
+        <v>17.896459999999934</v>
       </c>
       <c r="D231" s="5">
-        <v>2.032590224765296</v>
+        <v>2.0362558923757934</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>10643.335150000001</v>
+        <v>10643.30906</v>
       </c>
       <c r="C232" s="5">
-        <v>-19.349372999999105</v>
+        <v>-19.345919999999751</v>
       </c>
       <c r="D232" s="5">
-        <v>-2.1560141099633778</v>
+        <v>-2.155639102026774</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>10619.709381000001</v>
+        <v>10619.679330000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-23.625769000000219</v>
+        <v>-23.629729999998744</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.6314441533247246</v>
+        <v>-2.6318863303746665</v>
       </c>
       <c r="E233" s="5">
-        <v>0.51346980105722029</v>
+        <v>0.513431866407843</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>10563.52507</v>
+        <v>10563.55559</v>
       </c>
       <c r="C234" s="5">
-        <v>-56.184311000000889</v>
+        <v>-56.123740000000907</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.1671680059160909</v>
+        <v>-6.1607283094121001</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>10499.97054</v>
+        <v>10500.03284</v>
       </c>
       <c r="C235" s="5">
-        <v>-63.554529999999431</v>
+        <v>-63.522750000000087</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.985520826738167</v>
+        <v>-6.9821229649289052</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>10440.83748</v>
+        <v>10440.90278</v>
       </c>
       <c r="C236" s="5">
-        <v>-59.133060000000114</v>
+        <v>-59.130059999999503</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.5526346660738088</v>
+        <v>-6.5522747783155815</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>10383.007245999999</v>
+        <v>10383.086219999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-57.830234000000928</v>
+        <v>-57.816560000001118</v>
       </c>
       <c r="D237" s="5">
-        <v>-6.4478318560126313</v>
+        <v>-6.4463142951043384</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>10353.068557000001</v>
+        <v>10353.101199999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-29.938688999998703</v>
+        <v>-29.985020000000077</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.4057681086964053</v>
+        <v>-3.4109296721471116</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>10320.239638999999</v>
+        <v>10320.25367</v>
       </c>
       <c r="C239" s="5">
-        <v>-32.828918000001067</v>
+        <v>-32.847529999999097</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.7394577629699777</v>
+        <v>-3.7415293592862664</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>10294.798145000001</v>
+        <v>10294.774590000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-25.441493999998784</v>
+        <v>-25.479079999999158</v>
       </c>
       <c r="D240" s="5">
-        <v>-2.9184626207524489</v>
+        <v>-2.9227119169980775</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>10263.508782000001</v>
+        <v>10263.395039999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-31.289362999999867</v>
+        <v>-31.379550000001473</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.5868501480029624</v>
+        <v>-3.5970241120785174</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>10256.553639</v>
+        <v>10256.4745</v>
       </c>
       <c r="C242" s="5">
-        <v>-6.9551430000010441</v>
+        <v>-6.9205399999991641</v>
       </c>
       <c r="D242" s="5">
-        <v>-0.8101649043789072</v>
+        <v>-0.80615803582030354</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>10256.679330999999</v>
+        <v>10256.643599999999</v>
       </c>
       <c r="C243" s="5">
-        <v>0.12569199999961711</v>
+        <v>0.16909999999916181</v>
       </c>
       <c r="D243" s="5">
-        <v>1.4706749645432282E-2</v>
+        <v>1.9786370224483818E-2</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>10248.375038</v>
+        <v>10248.343940000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-8.3042929999992339</v>
+        <v>-8.2996599999987666</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.96726195706050566</v>
+        <v>-0.96672806978153059</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>10252.264999000001</v>
+        <v>10252.24244</v>
       </c>
       <c r="C245" s="5">
-        <v>3.8899610000007669</v>
+        <v>3.8984999999993306</v>
       </c>
       <c r="D245" s="5">
-        <v>0.45643435846125513</v>
+        <v>0.45743978289354281</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.4600229518277015</v>
+        <v>-3.4599621945458625</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>10273.798107000001</v>
+        <v>10273.835349999999</v>
       </c>
       <c r="C246" s="5">
-        <v>21.533107999999629</v>
+        <v>21.592909999999392</v>
       </c>
       <c r="D246" s="5">
-        <v>2.5497121504536757</v>
+        <v>2.556881160684199</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>10275.424833999999</v>
+        <v>10275.50375</v>
       </c>
       <c r="C247" s="5">
-        <v>1.6267269999989367</v>
+        <v>1.6684000000004744</v>
       </c>
       <c r="D247" s="5">
-        <v>0.19017049499341354</v>
+        <v>0.1950458696247992</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>10311.165397000001</v>
+        <v>10311.24206</v>
       </c>
       <c r="C248" s="5">
-        <v>35.740563000001202</v>
+        <v>35.738310000000638</v>
       </c>
       <c r="D248" s="5">
-        <v>4.2546894091329168</v>
+        <v>4.2543827508978449</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>10340.749279</v>
+        <v>10340.838809999999</v>
       </c>
       <c r="C249" s="5">
-        <v>29.583881999998994</v>
+        <v>29.596749999998792</v>
       </c>
       <c r="D249" s="5">
-        <v>3.4977865035673128</v>
+        <v>3.4993055932174055</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>10393.895694000001</v>
+        <v>10393.93936</v>
       </c>
       <c r="C250" s="5">
-        <v>53.14641500000107</v>
+        <v>53.100550000001022</v>
       </c>
       <c r="D250" s="5">
-        <v>6.3447733793845273</v>
+        <v>6.3390858791157134</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>10392.040811000001</v>
+        <v>10392.05625</v>
       </c>
       <c r="C251" s="5">
-        <v>-1.8548829999999725</v>
+        <v>-1.88311000000067</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.21394058881110123</v>
+        <v>-0.21719211140359684</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>10385.140366</v>
+        <v>10385.09943</v>
       </c>
       <c r="C252" s="5">
-        <v>-6.9004450000011275</v>
+        <v>-6.9568199999994249</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.79391140831182039</v>
+        <v>-0.80037242949602128</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>10390.49322</v>
+        <v>10390.36666</v>
       </c>
       <c r="C253" s="5">
-        <v>5.3528540000006615</v>
+        <v>5.2672299999994721</v>
       </c>
       <c r="D253" s="5">
-        <v>0.62027720161241806</v>
+        <v>0.61032999579677671</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>10406.040838000001</v>
+        <v>10405.95326</v>
       </c>
       <c r="C254" s="5">
-        <v>15.547618000000512</v>
+        <v>15.586600000000544</v>
       </c>
       <c r="D254" s="5">
-        <v>1.8104487023242077</v>
+        <v>1.8150477845781054</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>10444.191631</v>
+        <v>10444.156660000001</v>
       </c>
       <c r="C255" s="5">
-        <v>38.150792999998885</v>
+        <v>38.203400000000329</v>
       </c>
       <c r="D255" s="5">
-        <v>4.4892637865923124</v>
+        <v>4.4956182660845112</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>10448.947340000001</v>
+        <v>10448.91483</v>
       </c>
       <c r="C256" s="5">
-        <v>4.7557090000009339</v>
+        <v>4.7581699999991542</v>
       </c>
       <c r="D256" s="5">
-        <v>0.54778435094735567</v>
+        <v>0.54807037060888852</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>10471.537623</v>
+        <v>10471.524649999999</v>
       </c>
       <c r="C257" s="5">
-        <v>22.590282999999545</v>
+        <v>22.609819999999672</v>
       </c>
       <c r="D257" s="5">
-        <v>2.6254333005504282</v>
+        <v>2.6277392463232463</v>
       </c>
       <c r="E257" s="5">
-        <v>2.1387724958473742</v>
+        <v>2.1388707034907029</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>10484.385190000001</v>
+        <v>10484.420400000001</v>
       </c>
       <c r="C258" s="5">
-        <v>12.847567000000709</v>
+        <v>12.895750000001499</v>
       </c>
       <c r="D258" s="5">
-        <v>1.4822599691170169</v>
+        <v>1.487858540290099</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>10489.294019999999</v>
+        <v>10489.37579</v>
       </c>
       <c r="C259" s="5">
-        <v>4.9088299999984883</v>
+        <v>4.95538999999917</v>
       </c>
       <c r="D259" s="5">
-        <v>0.56329375465382636</v>
+        <v>0.56864854893461381</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>10533.324345999999</v>
+        <v>10533.400670000001</v>
       </c>
       <c r="C260" s="5">
-        <v>44.030326000000059</v>
+        <v>44.024880000000849</v>
       </c>
       <c r="D260" s="5">
-        <v>5.1551093530069148</v>
+        <v>5.1544158264000384</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>10580.514021000001</v>
+        <v>10580.59691</v>
       </c>
       <c r="C261" s="5">
-        <v>47.189675000001444</v>
+        <v>47.196239999999307</v>
       </c>
       <c r="D261" s="5">
-        <v>5.5105085658946562</v>
+        <v>5.5112532512960222</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>10580.95342</v>
+        <v>10580.99062</v>
       </c>
       <c r="C262" s="5">
-        <v>0.43939899999895715</v>
+        <v>0.39371000000028289</v>
       </c>
       <c r="D262" s="5">
-        <v>4.9846278861442883E-2</v>
+        <v>4.4661818907743012E-2</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>10608.248890999999</v>
+        <v>10608.26167</v>
       </c>
       <c r="C263" s="5">
-        <v>27.295470999999452</v>
+        <v>27.271049999999377</v>
       </c>
       <c r="D263" s="5">
-        <v>3.1399168801647503</v>
+        <v>3.1370564986273886</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>10635.212765</v>
+        <v>10635.1669</v>
       </c>
       <c r="C264" s="5">
-        <v>26.963874000000942</v>
+        <v>26.905230000000302</v>
       </c>
       <c r="D264" s="5">
-        <v>3.0931441613365918</v>
+        <v>3.0863189640375044</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>10649.091796999999</v>
+        <v>10648.973330000001</v>
       </c>
       <c r="C265" s="5">
-        <v>13.879031999998915</v>
+        <v>13.806430000000546</v>
       </c>
       <c r="D265" s="5">
-        <v>1.5772980844023898</v>
+        <v>1.5689949640790513</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>10682.460456000001</v>
+        <v>10682.37716</v>
       </c>
       <c r="C266" s="5">
-        <v>33.368659000001571</v>
+        <v>33.403829999999289</v>
       </c>
       <c r="D266" s="5">
-        <v>3.8256543958358646</v>
+        <v>3.8297998477080597</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>10663.800243</v>
+        <v>10663.769389999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-18.660213000001022</v>
+        <v>-18.607770000000528</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.076148189428717</v>
+        <v>-2.0703851214238234</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>10681.953286</v>
+        <v>10681.9256</v>
       </c>
       <c r="C268" s="5">
-        <v>18.153043000000253</v>
+        <v>18.15621000000101</v>
       </c>
       <c r="D268" s="5">
-        <v>2.0620009921014537</v>
+        <v>2.0623701293913888</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>10707.848354</v>
+        <v>10707.849459999999</v>
       </c>
       <c r="C269" s="5">
-        <v>25.89506799999981</v>
+        <v>25.923859999998967</v>
       </c>
       <c r="D269" s="5">
-        <v>2.9481274497118459</v>
+        <v>2.9514570191299994</v>
       </c>
       <c r="E269" s="5">
-        <v>2.2566956210992251</v>
+        <v>2.256832867217673</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>10749.177753</v>
+        <v>10749.19831</v>
       </c>
       <c r="C270" s="5">
-        <v>41.329399000000194</v>
+        <v>41.348850000000311</v>
       </c>
       <c r="D270" s="5">
-        <v>4.7312751366277661</v>
+        <v>4.7335488372416856</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>10782.006167</v>
+        <v>10782.07438</v>
       </c>
       <c r="C271" s="5">
-        <v>32.828413999999611</v>
+        <v>32.876070000000254</v>
       </c>
       <c r="D271" s="5">
-        <v>3.7270377099998919</v>
+        <v>3.7325322131920524</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>10818.562236</v>
+        <v>10818.630950000001</v>
       </c>
       <c r="C272" s="5">
-        <v>36.556069000000207</v>
+        <v>36.556570000000647</v>
       </c>
       <c r="D272" s="5">
-        <v>4.1452969706518461</v>
+        <v>4.1453281287737953</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>10842.640143000001</v>
+        <v>10842.72179</v>
       </c>
       <c r="C273" s="5">
-        <v>24.077907000000778</v>
+        <v>24.090839999998934</v>
       </c>
       <c r="D273" s="5">
-        <v>2.7036685562485507</v>
+        <v>2.7051212210968067</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>10876.174713</v>
+        <v>10876.21754</v>
       </c>
       <c r="C274" s="5">
-        <v>33.534569999999803</v>
+        <v>33.495750000000044</v>
       </c>
       <c r="D274" s="5">
-        <v>3.7751989336181291</v>
+        <v>3.7707253224909199</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>10911.791028</v>
+        <v>10911.807629999999</v>
       </c>
       <c r="C275" s="5">
-        <v>35.616314999999304</v>
+        <v>35.590089999999691</v>
       </c>
       <c r="D275" s="5">
-        <v>4.0012065333045355</v>
+        <v>3.9981911124800096</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>10921.1916</v>
+        <v>10921.137779999999</v>
       </c>
       <c r="C276" s="5">
-        <v>9.4005720000004658</v>
+        <v>9.3301499999997759</v>
       </c>
       <c r="D276" s="5">
-        <v>1.0387196052400016</v>
+        <v>1.0309000952481995</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>10966.092624000001</v>
+        <v>10966.00669</v>
       </c>
       <c r="C277" s="5">
-        <v>44.901024000000689</v>
+        <v>44.868910000001051</v>
       </c>
       <c r="D277" s="5">
-        <v>5.0467452642813715</v>
+        <v>5.0430792109748657</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>10991.33757</v>
+        <v>10991.211810000001</v>
       </c>
       <c r="C278" s="5">
-        <v>25.24494599999889</v>
+        <v>25.205120000000534</v>
       </c>
       <c r="D278" s="5">
-        <v>2.7977568332810954</v>
+        <v>2.7933093618266236</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>11015.797085</v>
+        <v>11015.78558</v>
       </c>
       <c r="C279" s="5">
-        <v>24.459515000000465</v>
+        <v>24.573769999999058</v>
       </c>
       <c r="D279" s="5">
-        <v>2.7033415751857026</v>
+        <v>2.7161565390045217</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>11054.866458</v>
+        <v>11054.852290000001</v>
       </c>
       <c r="C280" s="5">
-        <v>39.069373000000269</v>
+        <v>39.066710000000967</v>
       </c>
       <c r="D280" s="5">
-        <v>4.3400111707410094</v>
+        <v>4.339714179532761</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>11079.376548</v>
+        <v>11079.38818</v>
       </c>
       <c r="C281" s="5">
-        <v>24.510089999999764</v>
+        <v>24.535889999999199</v>
       </c>
       <c r="D281" s="5">
-        <v>2.6932419123495199</v>
+        <v>2.6961150872562234</v>
       </c>
       <c r="E281" s="5">
-        <v>3.4696811321689447</v>
+        <v>3.4697790755082281</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>11074.589763</v>
+        <v>11074.5928</v>
       </c>
       <c r="C282" s="5">
-        <v>-4.7867850000002363</v>
+        <v>-4.7953799999995681</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.51722334035672057</v>
+        <v>-0.51814929787123987</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>11138.218226999999</v>
+        <v>11138.259309999999</v>
       </c>
       <c r="C283" s="5">
-        <v>63.62846399999944</v>
+        <v>63.666509999999107</v>
       </c>
       <c r="D283" s="5">
-        <v>7.1166298581126552</v>
+        <v>7.1210186020111532</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>11164.753047</v>
+        <v>11164.803749999999</v>
       </c>
       <c r="C284" s="5">
-        <v>26.534820000000764</v>
+        <v>26.544439999999668</v>
       </c>
       <c r="D284" s="5">
-        <v>2.8965432240706468</v>
+        <v>2.8975963185057019</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>11179.528703</v>
+        <v>11179.681430000001</v>
       </c>
       <c r="C285" s="5">
-        <v>14.775655999999799</v>
+        <v>14.877680000001419</v>
       </c>
       <c r="D285" s="5">
-        <v>1.5997144919259743</v>
+        <v>1.6108340279612943</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>11200.946597</v>
+        <v>11200.99331</v>
       </c>
       <c r="C286" s="5">
-        <v>21.41789400000016</v>
+        <v>21.311879999999292</v>
       </c>
       <c r="D286" s="5">
-        <v>2.323356036911628</v>
+        <v>2.311703166773893</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>11231.627129</v>
+        <v>11231.620070000001</v>
       </c>
       <c r="C287" s="5">
-        <v>30.680532000000312</v>
+        <v>30.626760000001013</v>
       </c>
       <c r="D287" s="5">
-        <v>3.3368946422455803</v>
+        <v>3.3309439282574571</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>11259.100297999999</v>
+        <v>11259.066409999999</v>
       </c>
       <c r="C288" s="5">
-        <v>27.473168999998961</v>
+        <v>27.4463399999986</v>
       </c>
       <c r="D288" s="5">
-        <v>2.9750778202811023</v>
+        <v>2.9721352342931162</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>11287.792036000001</v>
+        <v>11287.709409999999</v>
       </c>
       <c r="C289" s="5">
-        <v>28.691738000001351</v>
+        <v>28.643000000000029</v>
       </c>
       <c r="D289" s="5">
-        <v>3.1012043843638537</v>
+        <v>3.0958719624367914</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>11316.663571999999</v>
+        <v>11316.467280000001</v>
       </c>
       <c r="C290" s="5">
-        <v>28.871535999998741</v>
+        <v>28.757870000001276</v>
       </c>
       <c r="D290" s="5">
-        <v>3.1128683433752968</v>
+        <v>3.1004638998215484</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>11329.400696000001</v>
+        <v>11329.389880000001</v>
       </c>
       <c r="C291" s="5">
-        <v>12.737124000001131</v>
+        <v>12.922599999999875</v>
       </c>
       <c r="D291" s="5">
-        <v>1.3590155248227598</v>
+        <v>1.3789538237485521</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>11370.382141</v>
+        <v>11370.381789999999</v>
       </c>
       <c r="C292" s="5">
-        <v>40.981444999999439</v>
+        <v>40.991909999998825</v>
       </c>
       <c r="D292" s="5">
-        <v>4.4281262379902486</v>
+        <v>4.4292839116331972</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>11378.065887000001</v>
+        <v>11378.092259999999</v>
       </c>
       <c r="C293" s="5">
-        <v>7.6837460000006104</v>
+        <v>7.7104699999999866</v>
       </c>
       <c r="D293" s="5">
-        <v>0.81394296681880363</v>
+        <v>0.81678444512089943</v>
       </c>
       <c r="E293" s="5">
-        <v>2.6959038507804678</v>
+        <v>2.6960340692747442</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>11406.140652</v>
+        <v>11406.13524</v>
       </c>
       <c r="C294" s="5">
-        <v>28.074764999999388</v>
+        <v>28.042980000000171</v>
       </c>
       <c r="D294" s="5">
-        <v>3.0014504494301431</v>
+        <v>2.9979991023767916</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>11430.826245</v>
+        <v>11430.845960000001</v>
       </c>
       <c r="C295" s="5">
-        <v>24.685593000000154</v>
+        <v>24.710720000000947</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6282225381599078</v>
+        <v>2.6309309763342226</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>11468.321194</v>
+        <v>11468.367910000001</v>
       </c>
       <c r="C296" s="5">
-        <v>37.494948999999906</v>
+        <v>37.521950000000288</v>
       </c>
       <c r="D296" s="5">
-        <v>4.0079876544613313</v>
+        <v>4.010919164620308</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>11516.573480999999</v>
+        <v>11516.82482</v>
       </c>
       <c r="C297" s="5">
-        <v>48.252286999999342</v>
+        <v>48.45690999999897</v>
       </c>
       <c r="D297" s="5">
-        <v>5.1674205680907637</v>
+        <v>5.189824120762343</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>11557.265887</v>
+        <v>11557.32879</v>
       </c>
       <c r="C298" s="5">
-        <v>40.692406000000119</v>
+        <v>40.503969999999754</v>
       </c>
       <c r="D298" s="5">
-        <v>4.3234311214731092</v>
+        <v>4.3029258632382161</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>11584.173891</v>
+        <v>11584.14796</v>
       </c>
       <c r="C299" s="5">
-        <v>26.908004000000801</v>
+        <v>26.819170000000668</v>
       </c>
       <c r="D299" s="5">
-        <v>2.8299347196929725</v>
+        <v>2.8204568738962044</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>11611.781437</v>
+        <v>11611.819579999999</v>
       </c>
       <c r="C300" s="5">
-        <v>27.607545999999274</v>
+        <v>27.671619999999166</v>
       </c>
       <c r="D300" s="5">
-        <v>2.8976402108224164</v>
+        <v>2.9044604952078945</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>11642.455540999999</v>
+        <v>11642.3945</v>
       </c>
       <c r="C301" s="5">
-        <v>30.674103999999716</v>
+        <v>30.57492000000093</v>
       </c>
       <c r="D301" s="5">
-        <v>3.2164279966167886</v>
+        <v>3.2058659938437817</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>11672.887129999999</v>
+        <v>11672.313399999999</v>
       </c>
       <c r="C302" s="5">
-        <v>30.431588999999803</v>
+        <v>29.918899999998757</v>
       </c>
       <c r="D302" s="5">
-        <v>3.1821031973538805</v>
+        <v>3.1277501923553164</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>11724.937764</v>
+        <v>11725.02198</v>
       </c>
       <c r="C303" s="5">
-        <v>52.050634000001082</v>
+        <v>52.708580000000438</v>
       </c>
       <c r="D303" s="5">
-        <v>5.4841286747655316</v>
+        <v>5.5554614958741144</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>11750.652908</v>
+        <v>11750.71329</v>
       </c>
       <c r="C304" s="5">
-        <v>25.715143999999782</v>
+        <v>25.691310000000158</v>
       </c>
       <c r="D304" s="5">
-        <v>2.6638211734499873</v>
+        <v>2.6613030430519213</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>11794.88341</v>
+        <v>11794.93794</v>
       </c>
       <c r="C305" s="5">
-        <v>44.230502000000342</v>
+        <v>44.224650000000111</v>
       </c>
       <c r="D305" s="5">
-        <v>4.6116011501712739</v>
+        <v>4.6109541321806669</v>
       </c>
       <c r="E305" s="5">
-        <v>3.663342497218558</v>
+        <v>3.6635814728399829</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>11805.775841000001</v>
+        <v>11805.787189999999</v>
       </c>
       <c r="C306" s="5">
-        <v>10.892431000000215</v>
+        <v>10.849249999999302</v>
       </c>
       <c r="D306" s="5">
-        <v>1.1138314059327525</v>
+        <v>1.1093883129566162</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>11809.501613</v>
+        <v>11809.541450000001</v>
       </c>
       <c r="C307" s="5">
-        <v>3.7257719999997789</v>
+        <v>3.7542600000015227</v>
       </c>
       <c r="D307" s="5">
-        <v>0.37936472716564307</v>
+        <v>0.3822701330987055</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>11801.560799000001</v>
+        <v>11801.634770000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-7.940813999999591</v>
+        <v>-7.9066800000000512</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.80391327678894786</v>
+        <v>-0.80046763876852056</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>11819.779973000001</v>
+        <v>11820.149359999999</v>
       </c>
       <c r="C309" s="5">
-        <v>18.219173999999839</v>
+        <v>18.514589999998861</v>
       </c>
       <c r="D309" s="5">
-        <v>1.868363314954169</v>
+        <v>1.898907900561797</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>11838.189589</v>
+        <v>11838.27642</v>
       </c>
       <c r="C310" s="5">
-        <v>18.409615999999005</v>
+        <v>18.127060000000711</v>
       </c>
       <c r="D310" s="5">
-        <v>1.8851256145268724</v>
+        <v>1.8558892093794466</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>11860.183889</v>
+        <v>11860.118189999999</v>
       </c>
       <c r="C311" s="5">
-        <v>21.994300000000294</v>
+        <v>21.841769999999087</v>
       </c>
       <c r="D311" s="5">
-        <v>2.2524167066716894</v>
+        <v>2.2366208265381715</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>11894.968741000001</v>
+        <v>11895.037990000001</v>
       </c>
       <c r="C312" s="5">
-        <v>34.784852000000683</v>
+        <v>34.919800000001487</v>
       </c>
       <c r="D312" s="5">
-        <v>3.5768236634202699</v>
+        <v>3.5909456632776671</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>11898.436231</v>
+        <v>11898.30394</v>
       </c>
       <c r="C313" s="5">
-        <v>3.4674899999990885</v>
+        <v>3.2659499999990658</v>
       </c>
       <c r="D313" s="5">
-        <v>0.35037215200945937</v>
+        <v>0.32997487908308365</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>11911.519152999999</v>
+        <v>11910.50856</v>
       </c>
       <c r="C314" s="5">
-        <v>13.082921999999598</v>
+        <v>12.204620000000432</v>
       </c>
       <c r="D314" s="5">
-        <v>1.3274684227157385</v>
+        <v>1.2378614176566938</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>11929.820784</v>
+        <v>11929.96276</v>
       </c>
       <c r="C315" s="5">
-        <v>18.30163100000027</v>
+        <v>19.454200000000128</v>
       </c>
       <c r="D315" s="5">
-        <v>1.8594187266208984</v>
+        <v>1.9777414354975154</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>11920.484453999999</v>
+        <v>11920.63435</v>
       </c>
       <c r="C316" s="5">
-        <v>-9.3363300000000891</v>
+        <v>-9.3284100000000763</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.93509348324493091</v>
+        <v>-0.93429258148914895</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>11944.410341000001</v>
+        <v>11944.566140000001</v>
       </c>
       <c r="C317" s="5">
-        <v>23.925887000001239</v>
+        <v>23.931790000000547</v>
       </c>
       <c r="D317" s="5">
-        <v>2.4353155479927002</v>
+        <v>2.4358920699761866</v>
       </c>
       <c r="E317" s="5">
-        <v>1.2677270796354501</v>
+        <v>1.2685797989031355</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>11963.575693999999</v>
+        <v>11963.704970000001</v>
       </c>
       <c r="C318" s="5">
-        <v>19.165352999998504</v>
+        <v>19.138829999999871</v>
       </c>
       <c r="D318" s="5">
-        <v>1.942538269254368</v>
+        <v>1.9398007227968694</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>11965.910231</v>
+        <v>11966.066440000001</v>
       </c>
       <c r="C319" s="5">
-        <v>2.3345370000006369</v>
+        <v>2.3614699999998265</v>
       </c>
       <c r="D319" s="5">
-        <v>0.23441595466446863</v>
+        <v>0.2371207275918108</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>11955.563833</v>
+        <v>11955.74829</v>
       </c>
       <c r="C320" s="5">
-        <v>-10.346397999999681</v>
+        <v>-10.318150000000969</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.0326672271737114</v>
+        <v>-1.0298477903080583</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>11989.612005000001</v>
+        <v>11990.05494</v>
       </c>
       <c r="C321" s="5">
-        <v>34.048172000000704</v>
+        <v>34.306650000000445</v>
       </c>
       <c r="D321" s="5">
-        <v>3.471512851315639</v>
+        <v>3.4982294803490799</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>11987.575801999999</v>
+        <v>11987.66236</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.0362030000014784</v>
+        <v>-2.3925799999997253</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.20360646760877454</v>
+        <v>-0.23919381991348576</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>11980.029602000001</v>
+        <v>11979.84994</v>
       </c>
       <c r="C323" s="5">
-        <v>-7.546199999998862</v>
+        <v>-7.812420000000202</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.7527921874420529</v>
+        <v>-0.77924898227300643</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>12028.812556999999</v>
+        <v>12028.745919999999</v>
       </c>
       <c r="C324" s="5">
-        <v>48.782954999998765</v>
+        <v>48.895979999999327</v>
       </c>
       <c r="D324" s="5">
-        <v>4.9973636702077773</v>
+        <v>5.0092800007838445</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>12037.143666</v>
+        <v>12036.78737</v>
       </c>
       <c r="C325" s="5">
-        <v>8.3311090000006516</v>
+        <v>8.0414500000006228</v>
       </c>
       <c r="D325" s="5">
-        <v>0.83428862395980019</v>
+        <v>0.80517952243448487</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>12075.356014999999</v>
+        <v>12073.795459999999</v>
       </c>
       <c r="C326" s="5">
-        <v>38.212348999999449</v>
+        <v>37.008089999999356</v>
       </c>
       <c r="D326" s="5">
-        <v>3.8766650755067023</v>
+        <v>3.7525324390134562</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>12061.430338</v>
+        <v>12061.60245</v>
       </c>
       <c r="C327" s="5">
-        <v>-13.925676999999268</v>
+        <v>-12.193009999999049</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.3751334459794928</v>
+        <v>-1.2051402184470983</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>12072.626662999999</v>
+        <v>12073.114869999999</v>
       </c>
       <c r="C328" s="5">
-        <v>11.196324999998978</v>
+        <v>11.512419999999111</v>
       </c>
       <c r="D328" s="5">
-        <v>1.1196348936002964</v>
+        <v>1.151394078002177</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>12091.926098</v>
+        <v>12092.30451</v>
       </c>
       <c r="C329" s="5">
-        <v>19.299435000000813</v>
+        <v>19.189640000000509</v>
       </c>
       <c r="D329" s="5">
-        <v>1.9352902018548335</v>
+        <v>1.9241053651176676</v>
       </c>
       <c r="E329" s="5">
-        <v>1.2350191661922416</v>
+        <v>1.2368667749701912</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>12126.638674</v>
+        <v>12126.974130000001</v>
       </c>
       <c r="C330" s="5">
-        <v>34.712575999999899</v>
+        <v>34.669620000000577</v>
       </c>
       <c r="D330" s="5">
-        <v>3.4997829591273621</v>
+        <v>3.4952724233439092</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>12142.050805000001</v>
+        <v>12142.47798</v>
       </c>
       <c r="C331" s="5">
-        <v>15.412131000000954</v>
+        <v>15.503849999999147</v>
       </c>
       <c r="D331" s="5">
-        <v>1.5358242478372919</v>
+        <v>1.5449854042380418</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>12181.409648000001</v>
+        <v>12181.89753</v>
       </c>
       <c r="C332" s="5">
-        <v>39.358842999999979</v>
+        <v>39.419550000000527</v>
       </c>
       <c r="D332" s="5">
-        <v>3.9599425897937524</v>
+        <v>3.9660178383800648</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>12190.029874</v>
+        <v>12190.487139999999</v>
       </c>
       <c r="C333" s="5">
-        <v>8.6202259999990929</v>
+        <v>8.5896099999990838</v>
       </c>
       <c r="D333" s="5">
-        <v>0.852497990012413</v>
+        <v>0.84942431330314871</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>12213.021488</v>
+        <v>12212.985479999999</v>
       </c>
       <c r="C334" s="5">
-        <v>22.991614000000482</v>
+        <v>22.498340000000098</v>
       </c>
       <c r="D334" s="5">
-        <v>2.2869467666420729</v>
+        <v>2.2372975612276136</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>12242.777198</v>
+        <v>12242.42247</v>
       </c>
       <c r="C335" s="5">
-        <v>29.755709999999453</v>
+        <v>29.436990000000151</v>
       </c>
       <c r="D335" s="5">
-        <v>2.9631681811483679</v>
+        <v>2.9310158793169006</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>12228.279699999999</v>
+        <v>12227.819159999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-14.497498000000633</v>
+        <v>-14.60331000000042</v>
       </c>
       <c r="D336" s="5">
-        <v>-1.4117824823478009</v>
+        <v>-1.4220600021287333</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>12241.978025</v>
+        <v>12240.95292</v>
       </c>
       <c r="C337" s="5">
-        <v>13.698325000001205</v>
+        <v>13.13376000000062</v>
       </c>
       <c r="D337" s="5">
-        <v>1.3525734740158279</v>
+        <v>1.2965477293370942</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>12262.040035</v>
+        <v>12259.93456</v>
       </c>
       <c r="C338" s="5">
-        <v>20.062009999999646</v>
+        <v>18.98163999999997</v>
       </c>
       <c r="D338" s="5">
-        <v>1.9843682470504165</v>
+        <v>1.8767526940659085</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>12292.134861</v>
+        <v>12292.306280000001</v>
       </c>
       <c r="C339" s="5">
-        <v>30.094826000000467</v>
+        <v>32.371720000001005</v>
       </c>
       <c r="D339" s="5">
-        <v>2.9852528969915193</v>
+        <v>3.2149600213447149</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>12317.593985</v>
+        <v>12318.569020000001</v>
       </c>
       <c r="C340" s="5">
-        <v>25.459123999999065</v>
+        <v>26.262740000000122</v>
       </c>
       <c r="D340" s="5">
-        <v>2.5139149984638287</v>
+        <v>2.594164909012453</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>12342.490811</v>
+        <v>12343.45961</v>
       </c>
       <c r="C341" s="5">
-        <v>24.896826000000146</v>
+        <v>24.890589999999065</v>
       </c>
       <c r="D341" s="5">
-        <v>2.4526354380529858</v>
+        <v>2.4518180309019089</v>
       </c>
       <c r="E341" s="5">
-        <v>2.0721654347642948</v>
+        <v>2.0769829257301753</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>12351.569641</v>
+        <v>12352.384400000001</v>
       </c>
       <c r="C342" s="5">
-        <v>9.0788300000003801</v>
+        <v>8.9247900000009395</v>
       </c>
       <c r="D342" s="5">
-        <v>0.8862700638571086</v>
+        <v>0.87110426920082862</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>12394.118264999999</v>
+        <v>12394.82921</v>
       </c>
       <c r="C343" s="5">
-        <v>42.548623999999108</v>
+        <v>42.444809999999052</v>
       </c>
       <c r="D343" s="5">
-        <v>4.2129798337940727</v>
+        <v>4.2022231186192416</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>12436.223937000001</v>
+        <v>12437.326940000001</v>
       </c>
       <c r="C344" s="5">
-        <v>42.105672000001505</v>
+        <v>42.497730000000956</v>
       </c>
       <c r="D344" s="5">
-        <v>4.1537171001405193</v>
+        <v>4.1928808274094287</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>12448.01418</v>
+        <v>12448.152899999999</v>
       </c>
       <c r="C345" s="5">
-        <v>11.790242999999464</v>
+        <v>10.825959999998304</v>
       </c>
       <c r="D345" s="5">
-        <v>1.1436187461660197</v>
+        <v>1.0495444115779407</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>12485.307955</v>
+        <v>12485.208860000001</v>
       </c>
       <c r="C346" s="5">
-        <v>37.293775000000096</v>
+        <v>37.055960000001505</v>
       </c>
       <c r="D346" s="5">
-        <v>3.6549899696565635</v>
+        <v>3.631258789862124</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>12525.474371</v>
+        <v>12524.824119999999</v>
       </c>
       <c r="C347" s="5">
-        <v>40.166416000000027</v>
+        <v>39.615259999998671</v>
       </c>
       <c r="D347" s="5">
-        <v>3.9295592854912353</v>
+        <v>3.8747255520731105</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>12546.298432</v>
+        <v>12545.310030000001</v>
       </c>
       <c r="C348" s="5">
-        <v>20.824060999999347</v>
+        <v>20.48591000000124</v>
       </c>
       <c r="D348" s="5">
-        <v>2.0133881192964553</v>
+        <v>1.9805028659884538</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>12582.388908000001</v>
+        <v>12580.131890000001</v>
       </c>
       <c r="C349" s="5">
-        <v>36.090476000001217</v>
+        <v>34.821860000000015</v>
       </c>
       <c r="D349" s="5">
-        <v>3.5070405986874942</v>
+        <v>3.3821477121706023</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>12593.219474</v>
+        <v>12590.0859</v>
       </c>
       <c r="C350" s="5">
-        <v>10.830565999998726</v>
+        <v>9.9540099999994709</v>
       </c>
       <c r="D350" s="5">
-        <v>1.03783038701315</v>
+        <v>0.95364116050484782</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>12611.982260999999</v>
+        <v>12612.80738</v>
       </c>
       <c r="C351" s="5">
-        <v>18.762786999999662</v>
+        <v>22.721480000000156</v>
       </c>
       <c r="D351" s="5">
-        <v>1.8026181601471292</v>
+        <v>2.1872804315639538</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>12635.798258000001</v>
+        <v>12637.52788</v>
       </c>
       <c r="C352" s="5">
-        <v>23.815997000001516</v>
+        <v>24.720499999999447</v>
       </c>
       <c r="D352" s="5">
-        <v>2.2897190560812408</v>
+        <v>2.377462375294459</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>12659.460991</v>
+        <v>12661.15223</v>
       </c>
       <c r="C353" s="5">
-        <v>23.662732999999207</v>
+        <v>23.624350000000049</v>
       </c>
       <c r="D353" s="5">
-        <v>2.2704996900818619</v>
+        <v>2.266465352361724</v>
       </c>
       <c r="E353" s="5">
-        <v>2.5681216608037349</v>
+        <v>2.5737729132489173</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>12677.181812000001</v>
+        <v>12678.47703</v>
       </c>
       <c r="C354" s="5">
-        <v>17.720821000000797</v>
+        <v>17.324800000000323</v>
       </c>
       <c r="D354" s="5">
-        <v>1.6927631853489222</v>
+        <v>1.6544258253276212</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>12713.870354999999</v>
+        <v>12714.90726</v>
       </c>
       <c r="C355" s="5">
-        <v>36.68854299999839</v>
+        <v>36.430229999999938</v>
       </c>
       <c r="D355" s="5">
-        <v>3.5286893848716527</v>
+        <v>3.503087395732507</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>12727.43773</v>
+        <v>12729.07403</v>
       </c>
       <c r="C356" s="5">
-        <v>13.567375000000538</v>
+        <v>14.166769999999815</v>
       </c>
       <c r="D356" s="5">
-        <v>1.2881008088518442</v>
+        <v>1.3452468562741293</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>12752.041773999999</v>
+        <v>12751.65761</v>
       </c>
       <c r="C357" s="5">
-        <v>24.604043999999703</v>
+        <v>22.583580000000438</v>
       </c>
       <c r="D357" s="5">
-        <v>2.3446040667799872</v>
+        <v>2.1499057567644586</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>12782.287259999999</v>
+        <v>12782.196319999999</v>
       </c>
       <c r="C358" s="5">
-        <v>30.245485999999801</v>
+        <v>30.5387099999989</v>
       </c>
       <c r="D358" s="5">
-        <v>2.8836016502041817</v>
+        <v>2.9120157455531759</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>12802.080851000001</v>
+        <v>12801.45505</v>
       </c>
       <c r="C359" s="5">
-        <v>19.79359100000147</v>
+        <v>19.258730000001378</v>
       </c>
       <c r="D359" s="5">
-        <v>1.8741287274164131</v>
+        <v>1.8230788758463401</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>12836.349667</v>
+        <v>12834.59072</v>
       </c>
       <c r="C360" s="5">
-        <v>34.268815999999788</v>
+        <v>33.135669999999664</v>
       </c>
       <c r="D360" s="5">
-        <v>3.2598950993444786</v>
+        <v>3.1507195367819429</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>12865.703141</v>
+        <v>12861.91793</v>
       </c>
       <c r="C361" s="5">
-        <v>29.353473999999551</v>
+        <v>27.327209999999468</v>
       </c>
       <c r="D361" s="5">
-        <v>2.7788726626951865</v>
+        <v>2.5851552361082275</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>12877.991749000001</v>
+        <v>12874.188050000001</v>
       </c>
       <c r="C362" s="5">
-        <v>12.28860800000075</v>
+        <v>12.270120000001043</v>
       </c>
       <c r="D362" s="5">
-        <v>1.152214025113496</v>
+        <v>1.1508117936058548</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>12880.543603</v>
+        <v>12882.096380000001</v>
       </c>
       <c r="C363" s="5">
-        <v>2.5518539999993664</v>
+        <v>7.9083300000002055</v>
       </c>
       <c r="D363" s="5">
-        <v>0.2380467745929149</v>
+        <v>0.73962908798284044</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>12916.046304</v>
+        <v>12918.470579999999</v>
       </c>
       <c r="C364" s="5">
-        <v>35.502700999999433</v>
+        <v>36.374199999998382</v>
       </c>
       <c r="D364" s="5">
-        <v>3.3581706382078913</v>
+        <v>3.4414683941336843</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>12921.373337999999</v>
+        <v>12924.081029999999</v>
       </c>
       <c r="C365" s="5">
-        <v>5.3270339999999123</v>
+        <v>5.6104500000001281</v>
       </c>
       <c r="D365" s="5">
-        <v>0.49604663685327566</v>
+        <v>0.52240277387902712</v>
       </c>
       <c r="E365" s="5">
-        <v>2.0689059920181441</v>
+        <v>2.0766577577118417</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>12957.05436</v>
+        <v>12958.724469999999</v>
       </c>
       <c r="C366" s="5">
-        <v>35.681022000000667</v>
+        <v>34.643439999999828</v>
       </c>
       <c r="D366" s="5">
-        <v>3.3644677291599034</v>
+        <v>3.2644899587314535</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>12973.690922</v>
+        <v>12974.849</v>
       </c>
       <c r="C367" s="5">
-        <v>16.636561999999685</v>
+        <v>16.124530000000959</v>
       </c>
       <c r="D367" s="5">
-        <v>1.5517000512869528</v>
+        <v>1.5034201476254561</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>12908.676233</v>
+        <v>12910.414140000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-65.014688999999635</v>
+        <v>-64.434859999999389</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.8505188392536489</v>
+        <v>-5.7992548746023775</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>11526.094856</v>
+        <v>11525.07149</v>
       </c>
       <c r="C369" s="5">
-        <v>-1382.5813770000004</v>
+        <v>-1385.3426500000005</v>
       </c>
       <c r="D369" s="5">
-        <v>-74.319364105582437</v>
+        <v>-74.388120455382875</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>11763.692427</v>
+        <v>11763.67073</v>
       </c>
       <c r="C370" s="5">
-        <v>237.59757100000024</v>
+        <v>238.59923999999955</v>
       </c>
       <c r="D370" s="5">
-        <v>27.743161106531524</v>
+        <v>27.876512381446862</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>11992.831152999999</v>
+        <v>11992.27945</v>
       </c>
       <c r="C371" s="5">
-        <v>229.13872599999922</v>
+        <v>228.60872000000018</v>
       </c>
       <c r="D371" s="5">
-        <v>26.048215105996796</v>
+        <v>25.981438260916701</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>12021.797024</v>
+        <v>12019.479590000001</v>
       </c>
       <c r="C372" s="5">
-        <v>28.965871000000334</v>
+        <v>27.200140000000829</v>
       </c>
       <c r="D372" s="5">
-        <v>2.9371313743738137</v>
+        <v>2.7559765028547734</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>12103.558682999999</v>
+        <v>12099.014499999999</v>
       </c>
       <c r="C373" s="5">
-        <v>81.761658999999781</v>
+        <v>79.53490999999849</v>
       </c>
       <c r="D373" s="5">
-        <v>8.4736538237691441</v>
+        <v>8.2360649239117123</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>12173.014660000001</v>
+        <v>12169.167439999999</v>
       </c>
       <c r="C374" s="5">
-        <v>69.45597700000144</v>
+        <v>70.152939999999944</v>
       </c>
       <c r="D374" s="5">
-        <v>7.1077209641273287</v>
+        <v>7.1841170364643325</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>12262.029998</v>
+        <v>12264.510550000001</v>
       </c>
       <c r="C375" s="5">
-        <v>89.015337999999247</v>
+        <v>95.343110000001616</v>
       </c>
       <c r="D375" s="5">
-        <v>9.1366831266698867</v>
+        <v>9.817676947728371</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>12300.86681</v>
+        <v>12303.963250000001</v>
       </c>
       <c r="C376" s="5">
-        <v>38.836811999999554</v>
+        <v>39.452699999999822</v>
       </c>
       <c r="D376" s="5">
-        <v>3.8676013262880504</v>
+        <v>3.9292156815046608</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>12356.373003000001</v>
+        <v>12359.775159999999</v>
       </c>
       <c r="C377" s="5">
-        <v>55.506193000001076</v>
+        <v>55.811909999998534</v>
       </c>
       <c r="D377" s="5">
-        <v>5.5512851778164229</v>
+        <v>5.5811874223045344</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.3726028203086571</v>
+        <v>-4.3663133083900245</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>12394.474837</v>
+        <v>12396.045840000001</v>
       </c>
       <c r="C378" s="5">
-        <v>38.101833999999144</v>
+        <v>36.270680000001448</v>
       </c>
       <c r="D378" s="5">
-        <v>3.7636983324823126</v>
+        <v>3.5788863671121218</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>12359.638034</v>
+        <v>12360.46941</v>
       </c>
       <c r="C379" s="5">
-        <v>-34.836803000000145</v>
+        <v>-35.576430000000983</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.3211525874563885</v>
+        <v>-3.3901324141106581</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>12494.035325000001</v>
+        <v>12494.84836</v>
       </c>
       <c r="C380" s="5">
-        <v>134.39729100000113</v>
+        <v>134.37895000000026</v>
       </c>
       <c r="D380" s="5">
-        <v>13.858046594928641</v>
+        <v>13.855052526889988</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>12552.358751</v>
+        <v>12549.93197</v>
       </c>
       <c r="C381" s="5">
-        <v>58.323425999999017</v>
+        <v>55.08360999999968</v>
       </c>
       <c r="D381" s="5">
-        <v>5.7478052262050827</v>
+        <v>5.4203810735841129</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>12608.117206999999</v>
+        <v>12607.796840000001</v>
       </c>
       <c r="C382" s="5">
-        <v>55.758455999999569</v>
+        <v>57.864870000001247</v>
       </c>
       <c r="D382" s="5">
-        <v>5.4626628126003718</v>
+        <v>5.6754157545701123</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>12667.642185000001</v>
+        <v>12667.696</v>
       </c>
       <c r="C383" s="5">
-        <v>59.524978000001283</v>
+        <v>59.899159999999029</v>
       </c>
       <c r="D383" s="5">
-        <v>5.8148455418436606</v>
+        <v>5.852511479500655</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>12792.673411</v>
+        <v>12790.345810000001</v>
       </c>
       <c r="C384" s="5">
-        <v>125.03122599999915</v>
+        <v>122.6498100000008</v>
       </c>
       <c r="D384" s="5">
-        <v>12.508750517789501</v>
+        <v>12.25762444129832</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>12811.532249</v>
+        <v>12807.37458</v>
       </c>
       <c r="C385" s="5">
-        <v>18.858838000000105</v>
+        <v>17.028769999998985</v>
       </c>
       <c r="D385" s="5">
-        <v>1.7834427225378313</v>
+        <v>1.6094031892919247</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>12871.134303999999</v>
+        <v>12868.2232</v>
       </c>
       <c r="C386" s="5">
-        <v>59.602054999999382</v>
+        <v>60.848620000000665</v>
       </c>
       <c r="D386" s="5">
-        <v>5.7277461687028186</v>
+        <v>5.8526372171185059</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>13005.923637</v>
+        <v>13009.38963</v>
       </c>
       <c r="C387" s="5">
-        <v>134.78933300000062</v>
+        <v>141.16642999999931</v>
       </c>
       <c r="D387" s="5">
-        <v>13.316338574201026</v>
+        <v>13.988235161182327</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>13054.716387</v>
+        <v>13058.596320000001</v>
       </c>
       <c r="C388" s="5">
-        <v>48.792750000000524</v>
+        <v>49.20669000000089</v>
       </c>
       <c r="D388" s="5">
-        <v>4.5959569645152465</v>
+        <v>4.634501473431607</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>13123.278258</v>
+        <v>13127.62724</v>
       </c>
       <c r="C389" s="5">
-        <v>68.561870999999883</v>
+        <v>69.030919999999242</v>
       </c>
       <c r="D389" s="5">
-        <v>6.4875302081233377</v>
+        <v>6.5312138917808626</v>
       </c>
       <c r="E389" s="5">
-        <v>6.2065563641839239</v>
+        <v>6.2125084806154307</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>13131.024313</v>
+        <v>13131.956179999999</v>
       </c>
       <c r="C390" s="5">
-        <v>7.7460549999996147</v>
+        <v>4.3289399999994203</v>
       </c>
       <c r="D390" s="5">
-        <v>0.71060761970747066</v>
+        <v>0.3964280662091646</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>13233.803427999999</v>
+        <v>13233.53817</v>
       </c>
       <c r="C391" s="5">
-        <v>102.77911499999936</v>
+        <v>101.58199000000059</v>
       </c>
       <c r="D391" s="5">
-        <v>9.8077234483563416</v>
+        <v>9.6878677087724121</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>13277.657792</v>
+        <v>13276.336370000001</v>
       </c>
       <c r="C392" s="5">
-        <v>43.854364000000714</v>
+        <v>42.798200000001088</v>
       </c>
       <c r="D392" s="5">
-        <v>4.0498604697610796</v>
+        <v>3.9506654422342136</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>13374.042697000001</v>
+        <v>13368.54161</v>
       </c>
       <c r="C393" s="5">
-        <v>96.384905000000799</v>
+        <v>92.205239999999321</v>
       </c>
       <c r="D393" s="5">
-        <v>9.0673619684591422</v>
+        <v>8.6599296576231879</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>13409.366477</v>
+        <v>13407.423479999999</v>
       </c>
       <c r="C394" s="5">
-        <v>35.323779999998806</v>
+        <v>38.881869999999253</v>
       </c>
       <c r="D394" s="5">
-        <v>3.2159128232134737</v>
+        <v>3.5465272834454664</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>13422.269883999999</v>
+        <v>13424.059730000001</v>
       </c>
       <c r="C395" s="5">
-        <v>12.903406999999788</v>
+        <v>16.636250000001382</v>
       </c>
       <c r="D395" s="5">
-        <v>1.1608528267339047</v>
+        <v>1.4991923417250197</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>13554.90445</v>
+        <v>13554.616410000001</v>
       </c>
       <c r="C396" s="5">
-        <v>132.63456600000063</v>
+        <v>130.55667999999969</v>
       </c>
       <c r="D396" s="5">
-        <v>12.524197000203262</v>
+        <v>12.315648854602102</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>13592.222033</v>
+        <v>13590.348840000001</v>
       </c>
       <c r="C397" s="5">
-        <v>37.317583000000013</v>
+        <v>35.732430000000022</v>
       </c>
       <c r="D397" s="5">
-        <v>3.3541683010185785</v>
+        <v>3.2096897196221219</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>13648.81515</v>
+        <v>13647.662899999999</v>
       </c>
       <c r="C398" s="5">
-        <v>56.593117000000348</v>
+        <v>57.31405999999879</v>
       </c>
       <c r="D398" s="5">
-        <v>5.1123876560077441</v>
+        <v>5.1797630916436299</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>13664.437377</v>
+        <v>13669.35137</v>
       </c>
       <c r="C399" s="5">
-        <v>15.622226999999839</v>
+        <v>21.688470000000962</v>
       </c>
       <c r="D399" s="5">
-        <v>1.3821813818207351</v>
+        <v>1.9237618678758839</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>13688.791096999999</v>
+        <v>13693.22041</v>
       </c>
       <c r="C400" s="5">
-        <v>24.353719999999157</v>
+        <v>23.869039999999586</v>
       </c>
       <c r="D400" s="5">
-        <v>2.1598141468841758</v>
+        <v>2.1156482890693828</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>13706.876356999999</v>
+        <v>13711.167170000001</v>
       </c>
       <c r="C401" s="5">
-        <v>18.085259999999835</v>
+        <v>17.946760000000722</v>
       </c>
       <c r="D401" s="5">
-        <v>1.5969786661420127</v>
+        <v>1.5841441245045829</v>
       </c>
       <c r="E401" s="5">
-        <v>4.4470450715638377</v>
+        <v>4.4451287299044351</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>13795.868681</v>
+        <v>13795.23371</v>
       </c>
       <c r="C402" s="5">
-        <v>88.992324000000735</v>
+        <v>84.066539999999804</v>
       </c>
       <c r="D402" s="5">
-        <v>8.0753569583029705</v>
+        <v>7.6107450324000681</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>13823.734345000001</v>
+        <v>13821.66251</v>
       </c>
       <c r="C403" s="5">
-        <v>27.865664000000834</v>
+        <v>26.428799999999683</v>
       </c>
       <c r="D403" s="5">
-        <v>2.4509357539640009</v>
+        <v>2.3233296140698023</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>13864.076938</v>
+        <v>13859.85635</v>
       </c>
       <c r="C404" s="5">
-        <v>40.342592999999397</v>
+        <v>38.193839999999909</v>
       </c>
       <c r="D404" s="5">
-        <v>3.5587898485769376</v>
+        <v>3.3668629351963686</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>13873.884615000001</v>
+        <v>13864.61471</v>
       </c>
       <c r="C405" s="5">
-        <v>9.8076770000006945</v>
+        <v>4.7583599999998114</v>
       </c>
       <c r="D405" s="5">
-        <v>0.85221051121084912</v>
+        <v>0.41276231265916508</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>13900.041687000001</v>
+        <v>13895.715190000001</v>
       </c>
       <c r="C406" s="5">
-        <v>26.157071999999971</v>
+        <v>31.100480000000971</v>
       </c>
       <c r="D406" s="5">
-        <v>2.286023079429067</v>
+        <v>2.7252451009967871</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>13940.995209000001</v>
+        <v>13945.584500000001</v>
       </c>
       <c r="C407" s="5">
-        <v>40.953521999999793</v>
+        <v>49.869310000000041</v>
       </c>
       <c r="D407" s="5">
-        <v>3.5934036975350692</v>
+        <v>4.3926227404735618</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>13926.69843</v>
+        <v>13929.41108</v>
       </c>
       <c r="C408" s="5">
-        <v>-14.296779000000242</v>
+        <v>-16.173420000000988</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.2237073271175958</v>
+        <v>-1.3828595064785398</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>13947.916429000001</v>
+        <v>13949.50245</v>
       </c>
       <c r="C409" s="5">
-        <v>21.217999000000418</v>
+        <v>20.091370000000097</v>
       </c>
       <c r="D409" s="5">
-        <v>1.8436560580123107</v>
+        <v>1.7446415447399888</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>13988.287393000001</v>
+        <v>13989.85491</v>
       </c>
       <c r="C410" s="5">
-        <v>40.370963999999731</v>
+        <v>40.352460000000065</v>
       </c>
       <c r="D410" s="5">
-        <v>3.5291189706970316</v>
+        <v>3.5270681098589884</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>13981.787034000001</v>
+        <v>13987.467269999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.500358999999662</v>
+        <v>-2.3876400000008289</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.55621711896709503</v>
+        <v>-0.20461113194243374</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>13994.117688</v>
+        <v>13998.757320000001</v>
       </c>
       <c r="C412" s="5">
-        <v>12.330653999999413</v>
+        <v>11.290050000001429</v>
       </c>
       <c r="D412" s="5">
-        <v>1.063438308006015</v>
+        <v>0.97289712594155198</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>14015.134826</v>
+        <v>14019.09152</v>
       </c>
       <c r="C413" s="5">
-        <v>21.01713799999925</v>
+        <v>20.334199999999328</v>
       </c>
       <c r="D413" s="5">
-        <v>1.8171877374165257</v>
+        <v>1.7570795657645855</v>
       </c>
       <c r="E413" s="5">
-        <v>2.2489330243544048</v>
+        <v>2.2457923981390682</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>14046.614299000001</v>
+        <v>14044.204890000001</v>
       </c>
       <c r="C414" s="5">
-        <v>31.479473000001235</v>
+        <v>25.113370000000941</v>
       </c>
       <c r="D414" s="5">
-        <v>2.7288742316348147</v>
+        <v>2.1709495504281362</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>14069.243734</v>
+        <v>14065.290720000001</v>
       </c>
       <c r="C415" s="5">
-        <v>22.629434999998921</v>
+        <v>21.085829999999987</v>
       </c>
       <c r="D415" s="5">
-        <v>1.9504509460096298</v>
+        <v>1.8166203494818456</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>14093.174829</v>
+        <v>14086.49056</v>
       </c>
       <c r="C416" s="5">
-        <v>23.931094999999914</v>
+        <v>21.199839999999313</v>
       </c>
       <c r="D416" s="5">
-        <v>2.0603452990328952</v>
+        <v>1.8237634616993903</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>14104.036604999999</v>
+        <v>14090.880520000001</v>
       </c>
       <c r="C417" s="5">
-        <v>10.861775999999736</v>
+        <v>4.3899600000004284</v>
       </c>
       <c r="D417" s="5">
-        <v>0.92878461513428157</v>
+        <v>0.37461359405936978</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>14128.467084</v>
+        <v>14121.044739999999</v>
       </c>
       <c r="C418" s="5">
-        <v>24.43047900000056</v>
+        <v>30.16421999999875</v>
       </c>
       <c r="D418" s="5">
-        <v>2.0985119646487416</v>
+        <v>2.5992908451860641</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>14125.957272</v>
+        <v>14133.32683</v>
       </c>
       <c r="C419" s="5">
-        <v>-2.5098120000002382</v>
+        <v>12.282090000000608</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.21296249080334784</v>
+        <v>1.0487338838994775</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>14099.619312999999</v>
+        <v>14105.92786</v>
       </c>
       <c r="C420" s="5">
-        <v>-26.33795900000041</v>
+        <v>-27.39897000000019</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.2146073160456581</v>
+        <v>-2.3016841922007258</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>14161.208266</v>
+        <v>14166.238880000001</v>
       </c>
       <c r="C421" s="5">
-        <v>61.588953000000402</v>
+        <v>60.311020000001008</v>
       </c>
       <c r="D421" s="5">
-        <v>5.3695379342837191</v>
+        <v>5.2530837634535033</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>14167.943541000001</v>
+        <v>14172.1122</v>
       </c>
       <c r="C422" s="5">
-        <v>6.7352750000009109</v>
+        <v>5.8733199999987846</v>
       </c>
       <c r="D422" s="5">
-        <v>0.57223266565453734</v>
+        <v>0.49865583956902881</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>14189.894947999999</v>
+        <v>14200.34368</v>
       </c>
       <c r="C423" s="5">
-        <v>21.951406999998653</v>
+        <v>28.231480000000374</v>
       </c>
       <c r="D423" s="5">
-        <v>1.8751714744465797</v>
+        <v>2.4168186416952064</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>14208.796055999999</v>
+        <v>14217.369339999999</v>
       </c>
       <c r="C424" s="5">
-        <v>18.901108000000022</v>
+        <v>17.025659999999334</v>
       </c>
       <c r="D424" s="5">
-        <v>1.6101764371936556</v>
+        <v>1.4482789182706401</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>14231.448543</v>
+        <v>14238.14063</v>
       </c>
       <c r="C425" s="5">
-        <v>22.652487000001202</v>
+        <v>20.77129000000059</v>
       </c>
       <c r="D425" s="5">
-        <v>1.9299740311446989</v>
+        <v>1.7673320902023448</v>
       </c>
       <c r="E425" s="5">
-        <v>1.5434294402841608</v>
+        <v>1.5625057421695177</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>14236.702391000001</v>
+        <v>14249.20585</v>
       </c>
       <c r="C426" s="5">
-        <v>5.2538480000002892</v>
+        <v>11.065220000000409</v>
       </c>
       <c r="D426" s="5">
-        <v>0.44390664252014211</v>
+        <v>0.93658066020159136</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>14247.093414000001</v>
+        <v>14259.64394</v>
       </c>
       <c r="C427" s="5">
-        <v>10.391023000000132</v>
+        <v>10.438089999999647</v>
       </c>
       <c r="D427" s="5">
-        <v>0.87937533993549533</v>
+        <v>0.88259634618710336</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>14246.927121999999</v>
+        <v>14258.45658</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16629200000170385</v>
+        <v>-1.1873599999998987</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.4005494620561443E-2</v>
+        <v>-9.987483962956567E-2</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>14295.001313999999</v>
+        <v>14286.87955</v>
       </c>
       <c r="C429" s="5">
-        <v>48.074192000000039</v>
+        <v>28.422969999999623</v>
       </c>
       <c r="D429" s="5">
-        <v>4.1252273094456005</v>
+        <v>2.4184950871175781</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>14317.3856</v>
+        <v>14296.40965</v>
       </c>
       <c r="C430" s="5">
-        <v>22.384286000000429</v>
+        <v>9.5300999999999476</v>
       </c>
       <c r="D430" s="5">
-        <v>1.8953263425742772</v>
+        <v>0.80340637751894484</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>14298.073659</v>
+        <v>14217.06905</v>
       </c>
       <c r="C431" s="5">
-        <v>-19.311940999999933</v>
+        <v>-79.34059999999954</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.6066604789701899</v>
+        <v>-6.4600647344608912</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>14303.056035</v>
+        <v>14220.44688</v>
       </c>
       <c r="C432" s="5">
-        <v>4.9823759999999311</v>
+        <v>3.3778299999994488</v>
       </c>
       <c r="D432" s="5">
-        <v>0.41896016695965876</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.28548056792736531</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>14335.574342</v>
+        <v>14252.729509999999</v>
       </c>
       <c r="C433" s="5">
-        <v>32.518307000000277</v>
+        <v>32.282629999999699</v>
       </c>
       <c r="D433" s="5">
-        <v>2.7626005393929232</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.7584594800406759</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>14322.882044</v>
+        <v>14240.042600000001</v>
       </c>
       <c r="C434" s="5">
-        <v>-12.692297999999937</v>
+        <v>-12.686909999998534</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.0572865040343271</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.0629527596626387</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>14234.46236</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-5.5802400000011403</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.46923135191831999</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>14228.63824</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-5.8241199999993114</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.48988417099360415</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>14248.859920000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>20.221680000000561</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.7188288998749357</v>
+      </c>
+      <c r="E437" s="5">
+        <v>7.528574326212123E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>