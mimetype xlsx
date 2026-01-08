--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D1491197-E125-45A3-8C6F-66001C788A32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{95C7702A-4E2A-47A4-9360-5E5CF9C9CEF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7F6A58AD-8E37-4C8B-BC8F-6C40C08D75FE}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BD1BC329-617E-4E94-86E7-D4B211489CDA}"/>
   </bookViews>
   <sheets>
     <sheet name="AE070000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Services Providing</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B76E5492-D181-4D89-8CF4-30336E7765EB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBEB4E42-926C-497E-9B06-DCDACF4BF0EC}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-12.708778000000166</v>
       </c>
       <c r="D431" s="5">
         <v>-1.240341246886123</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>12221.026830000001</v>
       </c>
       <c r="C432" s="5">
         <v>8.3576760000014474</v>
       </c>
       <c r="D432" s="5">
         <v>0.82431172299626265</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>12255.860724</v>
+        <v>12249.579320999999</v>
       </c>
       <c r="C433" s="5">
-        <v>34.833893999999418</v>
+        <v>28.552490999998554</v>
       </c>
       <c r="D433" s="5">
-        <v>3.474523028824783</v>
+        <v>2.8399177723731572</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>12239.756582</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-9.8227389999992738</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.95802794615778009</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>