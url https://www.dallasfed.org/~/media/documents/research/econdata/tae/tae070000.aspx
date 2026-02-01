--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{95C7702A-4E2A-47A4-9360-5E5CF9C9CEF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A8DFBCB3-8BCE-4E3D-BD61-DCB2CC9390EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BD1BC329-617E-4E94-86E7-D4B211489CDA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{EAFD0708-B560-4E68-902C-2E0823C04BCF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE070000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Services Providing</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBEB4E42-926C-497E-9B06-DCDACF4BF0EC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0AEF1EEE-B4FD-4A4D-B01C-7A17195754F6}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>5581.7658203999999</v>
+        <v>5581.7668089999997</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>5590.8780219</v>
+        <v>5590.8807409999999</v>
       </c>
       <c r="C7" s="5">
-        <v>9.1122015000000829</v>
+        <v>9.1139320000002044</v>
       </c>
       <c r="D7" s="5">
-        <v>1.9766786098522449</v>
+        <v>1.9770570255465358</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>5608.5724471000003</v>
+        <v>5608.574713</v>
       </c>
       <c r="C8" s="5">
-        <v>17.694425200000296</v>
+        <v>17.693972000000031</v>
       </c>
       <c r="D8" s="5">
-        <v>3.8646597867454835</v>
+        <v>3.8645571611921392</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>5630.1157847000004</v>
+        <v>5630.1207100000001</v>
       </c>
       <c r="C9" s="5">
-        <v>21.543337600000086</v>
+        <v>21.54599700000017</v>
       </c>
       <c r="D9" s="5">
-        <v>4.7080101332778845</v>
+        <v>4.7086017013893589</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>5669.0272016999998</v>
+        <v>5669.0357889999996</v>
       </c>
       <c r="C10" s="5">
-        <v>38.911416999999346</v>
+        <v>38.915078999999423</v>
       </c>
       <c r="D10" s="5">
-        <v>8.616192497500851</v>
+        <v>8.6170266220283018</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>5683.2525525000001</v>
+        <v>5683.2645540000003</v>
       </c>
       <c r="C11" s="5">
-        <v>14.225350800000342</v>
+        <v>14.228765000000749</v>
       </c>
       <c r="D11" s="5">
-        <v>3.0530802807731572</v>
+        <v>3.0538184999524098</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>5699.7594694999998</v>
+        <v>5699.7524659999999</v>
       </c>
       <c r="C12" s="5">
-        <v>16.506916999999703</v>
+        <v>16.487911999999596</v>
       </c>
       <c r="D12" s="5">
-        <v>3.5416013648644329</v>
+        <v>3.5374509223083939</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>5692.3803765000002</v>
+        <v>5692.3703969999997</v>
       </c>
       <c r="C13" s="5">
-        <v>-7.3790929999995569</v>
+        <v>-7.3820690000002287</v>
       </c>
       <c r="D13" s="5">
-        <v>-1.5425443384493254</v>
+        <v>-1.543163906907663</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>5719.2508046000003</v>
+        <v>5719.2456400000001</v>
       </c>
       <c r="C14" s="5">
-        <v>26.870428100000026</v>
+        <v>26.87524300000041</v>
       </c>
       <c r="D14" s="5">
-        <v>5.8139068060711008</v>
+        <v>5.8149862578944944</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>5717.8217973999999</v>
+        <v>5717.8178630000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.429007200000342</v>
+        <v>-1.4277769999998782</v>
       </c>
       <c r="D15" s="5">
-        <v>-0.29941929922708832</v>
+        <v>-0.29916215951545366</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>5726.8512534000001</v>
+        <v>5726.8477709999997</v>
       </c>
       <c r="C16" s="5">
-        <v>9.0294560000002093</v>
+        <v>9.0299079999995229</v>
       </c>
       <c r="D16" s="5">
-        <v>1.911559138497898</v>
+        <v>1.9116569875887279</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>5724.9171999</v>
+        <v>5724.9150600000003</v>
       </c>
       <c r="C17" s="5">
-        <v>-1.9340535000001182</v>
+        <v>-1.9327109999994718</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.40450818013805234</v>
+        <v>-0.40422816196667988</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>5701.7325471000004</v>
+        <v>5701.7337070000003</v>
       </c>
       <c r="C18" s="5">
-        <v>-23.18465279999964</v>
+        <v>-23.181352999999945</v>
       </c>
       <c r="D18" s="5">
-        <v>-4.7529387800074989</v>
+        <v>-4.7522790396083758</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>5708.4019509999998</v>
+        <v>5708.4046609999996</v>
       </c>
       <c r="C19" s="5">
-        <v>6.6694038999994518</v>
+        <v>6.6709539999992558</v>
       </c>
       <c r="D19" s="5">
-        <v>1.4127240282291842</v>
+        <v>1.4130541993879087</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>5717.2025795999998</v>
+        <v>5717.2050499999996</v>
       </c>
       <c r="C20" s="5">
-        <v>8.8006285999999818</v>
+        <v>8.8003889999999956</v>
       </c>
       <c r="D20" s="5">
-        <v>1.8658048928071436</v>
+        <v>1.8657527709011967</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>5715.0685010999996</v>
+        <v>5715.0733579999996</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.1340785000002143</v>
+        <v>-2.13169199999993</v>
       </c>
       <c r="D21" s="5">
-        <v>-0.44700938581802019</v>
+        <v>-0.44651033572256082</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>5738.2319143000004</v>
+        <v>5738.2403420000001</v>
       </c>
       <c r="C22" s="5">
-        <v>23.163413200000832</v>
+        <v>23.166984000000411</v>
       </c>
       <c r="D22" s="5">
-        <v>4.9735479062749333</v>
+        <v>4.9743274650135616</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>5750.6127290000004</v>
+        <v>5750.6251810000003</v>
       </c>
       <c r="C23" s="5">
-        <v>12.380814699999974</v>
+        <v>12.384839000000284</v>
       </c>
       <c r="D23" s="5">
-        <v>2.6200677991792709</v>
+        <v>2.6209256741765774</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>5755.2339396999996</v>
+        <v>5755.2266030000001</v>
       </c>
       <c r="C24" s="5">
-        <v>4.6212106999992102</v>
+        <v>4.6014219999997295</v>
       </c>
       <c r="D24" s="5">
-        <v>0.96859739388051036</v>
+        <v>0.96442935033944632</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>5748.2496475999997</v>
+        <v>5748.2395980000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-6.9842920999999478</v>
+        <v>-6.9870049999999537</v>
       </c>
       <c r="D25" s="5">
-        <v>-1.446585118385102</v>
+        <v>-1.4471450996417556</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>5790.6322165000001</v>
+        <v>5790.626878</v>
       </c>
       <c r="C26" s="5">
-        <v>42.382568900000479</v>
+        <v>42.387279999999919</v>
       </c>
       <c r="D26" s="5">
-        <v>9.2155130903423874</v>
+        <v>9.2165961244803363</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>5789.2842000999999</v>
+        <v>5789.2803119999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-1.3480164000002333</v>
+        <v>-1.3465660000001662</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.27899374220222706</v>
+        <v>-0.27869419895301117</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>5797.9553532</v>
+        <v>5797.9521249999998</v>
       </c>
       <c r="C28" s="5">
-        <v>8.6711531000000832</v>
+        <v>8.6718129999999292</v>
       </c>
       <c r="D28" s="5">
-        <v>1.8122328962281831</v>
+        <v>1.8123731778706631</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>5803.7454623000003</v>
+        <v>5803.7436699999998</v>
       </c>
       <c r="C29" s="5">
-        <v>5.7901091000003362</v>
+        <v>5.7915450000000419</v>
       </c>
       <c r="D29" s="5">
-        <v>1.2049801737063381</v>
+        <v>1.2052813173993426</v>
       </c>
       <c r="E29" s="5">
-        <v>1.3769327947900756</v>
+        <v>1.3769393811757125</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>5804.3381283999997</v>
+        <v>5804.339446</v>
       </c>
       <c r="C30" s="5">
-        <v>0.59266609999940556</v>
+        <v>0.59577600000011444</v>
       </c>
       <c r="D30" s="5">
-        <v>0.12261028752591496</v>
+        <v>0.12325406251858517</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>5816.5223225999998</v>
+        <v>5816.5249240000003</v>
       </c>
       <c r="C31" s="5">
-        <v>12.184194200000093</v>
+        <v>12.18547800000033</v>
       </c>
       <c r="D31" s="5">
-        <v>2.548270671463726</v>
+        <v>2.5485416951980255</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>5825.2780438</v>
+        <v>5825.2805749999998</v>
       </c>
       <c r="C32" s="5">
-        <v>8.7557212000001527</v>
+        <v>8.7556509999994887</v>
       </c>
       <c r="D32" s="5">
-        <v>1.8214135235848694</v>
+        <v>1.8213979777128575</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>5835.9445218000001</v>
+        <v>5835.949087</v>
       </c>
       <c r="C33" s="5">
-        <v>10.666478000000097</v>
+        <v>10.668512000000192</v>
       </c>
       <c r="D33" s="5">
-        <v>2.2195453011203181</v>
+        <v>2.2199718461513251</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>5843.7490836999996</v>
+        <v>5843.7574569999997</v>
       </c>
       <c r="C34" s="5">
-        <v>7.8045618999994986</v>
+        <v>7.8083699999997407</v>
       </c>
       <c r="D34" s="5">
-        <v>1.6166480109491621</v>
+        <v>1.6174413654465702</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>5848.5771126</v>
+        <v>5848.5892229999999</v>
       </c>
       <c r="C35" s="5">
-        <v>4.8280289000003904</v>
+        <v>4.8317660000002434</v>
       </c>
       <c r="D35" s="5">
-        <v>0.99594176121413636</v>
+        <v>0.9967147369875029</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>5891.5378844999996</v>
+        <v>5891.5298419999999</v>
       </c>
       <c r="C36" s="5">
-        <v>42.9607718999996</v>
+        <v>42.94061899999997</v>
       </c>
       <c r="D36" s="5">
-        <v>9.1795880983535749</v>
+        <v>9.1750868262156828</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>5875.1811329000002</v>
+        <v>5875.1717760000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-16.35675159999937</v>
+        <v>-16.358065999999781</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.2811709115794896</v>
+        <v>-3.2814349786644215</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>5882.0075413000004</v>
+        <v>5882.0023330000004</v>
       </c>
       <c r="C38" s="5">
-        <v>6.8264084000002185</v>
+        <v>6.8305570000002263</v>
       </c>
       <c r="D38" s="5">
-        <v>1.4032320077249194</v>
+        <v>1.4040925020994299</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>5924.4686036000003</v>
+        <v>5924.464696</v>
       </c>
       <c r="C39" s="5">
-        <v>42.461062299999867</v>
+        <v>42.462362999999641</v>
       </c>
       <c r="D39" s="5">
-        <v>9.0149108166649015</v>
+        <v>9.0152063261350612</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>5928.9670398999997</v>
+        <v>5928.9642780000004</v>
       </c>
       <c r="C40" s="5">
-        <v>4.4984362999994119</v>
+        <v>4.4995820000003732</v>
       </c>
       <c r="D40" s="5">
-        <v>0.91497219198106716</v>
+        <v>0.91520680533128118</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>5938.7644051999996</v>
+        <v>5938.7633720000003</v>
       </c>
       <c r="C41" s="5">
-        <v>9.7973652999999103</v>
+        <v>9.7990939999999682</v>
       </c>
       <c r="D41" s="5">
-        <v>2.0010705481954272</v>
+        <v>2.0014277844076167</v>
       </c>
       <c r="E41" s="5">
-        <v>2.3264104840065025</v>
+        <v>2.3264242819325043</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>5972.5929610000003</v>
+        <v>5972.5943790000001</v>
       </c>
       <c r="C42" s="5">
-        <v>33.828555800000686</v>
+        <v>33.831006999999772</v>
       </c>
       <c r="D42" s="5">
-        <v>7.0537425812512877</v>
+        <v>7.0542710769804451</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>5992.3648032000001</v>
+        <v>5992.3671640000002</v>
       </c>
       <c r="C43" s="5">
-        <v>19.77184219999981</v>
+        <v>19.772785000000113</v>
       </c>
       <c r="D43" s="5">
-        <v>4.0456473434330453</v>
+        <v>4.0458428039378269</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>5997.6076123000003</v>
+        <v>5997.6101779999999</v>
       </c>
       <c r="C44" s="5">
-        <v>5.2428091000001587</v>
+        <v>5.2430139999996754</v>
       </c>
       <c r="D44" s="5">
-        <v>1.0549647543243612</v>
+        <v>1.0550057655348111</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>6018.6745681000002</v>
+        <v>6018.6784850000004</v>
       </c>
       <c r="C45" s="5">
-        <v>21.06695579999996</v>
+        <v>21.068307000000459</v>
       </c>
       <c r="D45" s="5">
-        <v>4.2974641669876634</v>
+        <v>4.297743272090071</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>6024.7984993</v>
+        <v>6024.8061250000001</v>
       </c>
       <c r="C46" s="5">
-        <v>6.1239311999997881</v>
+        <v>6.1276399999997011</v>
       </c>
       <c r="D46" s="5">
-        <v>1.2278421012684282</v>
+        <v>1.2285890767798069</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>6041.4856132000004</v>
+        <v>6041.4959070000004</v>
       </c>
       <c r="C47" s="5">
-        <v>16.68711390000044</v>
+        <v>16.689782000000378</v>
       </c>
       <c r="D47" s="5">
-        <v>3.3747876544087951</v>
+        <v>3.3753311588434087</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>6103.2525763000003</v>
+        <v>6103.2449960000004</v>
       </c>
       <c r="C48" s="5">
-        <v>61.766963099999884</v>
+        <v>61.749088999999913</v>
       </c>
       <c r="D48" s="5">
-        <v>12.982497325195164</v>
+        <v>12.978503426131205</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>6096.5578635000002</v>
+        <v>6096.550088</v>
       </c>
       <c r="C49" s="5">
-        <v>-6.6947128000001612</v>
+        <v>-6.694908000000396</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.3083786058401548</v>
+        <v>-1.308418140089751</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>6111.5542241000003</v>
+        <v>6111.5488759999998</v>
       </c>
       <c r="C50" s="5">
-        <v>14.996360600000116</v>
+        <v>14.998787999999877</v>
       </c>
       <c r="D50" s="5">
-        <v>2.9920329372000509</v>
+        <v>2.9925276858236982</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>6113.8172734999998</v>
+        <v>6113.8138349999999</v>
       </c>
       <c r="C51" s="5">
-        <v>2.2630493999995451</v>
+        <v>2.2649590000000899</v>
       </c>
       <c r="D51" s="5">
-        <v>0.4452544664461433</v>
+        <v>0.44563133673394262</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>6118.9958334000003</v>
+        <v>6118.993571</v>
       </c>
       <c r="C52" s="5">
-        <v>5.1785599000004368</v>
+        <v>5.1797360000000481</v>
       </c>
       <c r="D52" s="5">
-        <v>1.0211793313793072</v>
+        <v>1.0214129097557922</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>6140.5228930000003</v>
+        <v>6140.5225630000004</v>
       </c>
       <c r="C53" s="5">
-        <v>21.52705960000003</v>
+        <v>21.528992000000471</v>
       </c>
       <c r="D53" s="5">
-        <v>4.3043373505035953</v>
+        <v>4.304732864017935</v>
       </c>
       <c r="E53" s="5">
-        <v>3.3973142228598929</v>
+        <v>3.3973266547586478</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>6163.3437694000004</v>
+        <v>6163.3451510000004</v>
       </c>
       <c r="C54" s="5">
-        <v>22.820876400000088</v>
+        <v>22.822587999999996</v>
       </c>
       <c r="D54" s="5">
-        <v>4.5520237688051912</v>
+        <v>4.5523724362021678</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>6169.5640659000001</v>
+        <v>6169.5660619999999</v>
       </c>
       <c r="C55" s="5">
-        <v>6.2202964999996766</v>
+        <v>6.2209109999994325</v>
       </c>
       <c r="D55" s="5">
-        <v>1.2178338745141515</v>
+        <v>1.2179545778445044</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>6191.5426239999997</v>
+        <v>6191.5450650000002</v>
       </c>
       <c r="C56" s="5">
-        <v>21.978558099999645</v>
+        <v>21.979003000000375</v>
       </c>
       <c r="D56" s="5">
-        <v>4.3596620493173255</v>
+        <v>4.3597505975660811</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>6238.7506537999998</v>
+        <v>6238.7536419999997</v>
       </c>
       <c r="C57" s="5">
-        <v>47.208029800000077</v>
+        <v>47.208576999999423</v>
       </c>
       <c r="D57" s="5">
-        <v>9.543127488151848</v>
+        <v>9.5432388628075451</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>6242.3530787</v>
+        <v>6242.3600370000004</v>
       </c>
       <c r="C58" s="5">
-        <v>3.6024249000001873</v>
+        <v>3.6063950000007026</v>
       </c>
       <c r="D58" s="5">
-        <v>0.69511757941023156</v>
+        <v>0.69588574578762774</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>6265.4217748999999</v>
+        <v>6265.4301850000002</v>
       </c>
       <c r="C59" s="5">
-        <v>23.068696199999977</v>
+        <v>23.07014799999979</v>
       </c>
       <c r="D59" s="5">
-        <v>4.5258700407985852</v>
+        <v>4.5261555370119888</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>6329.8600679000001</v>
+        <v>6329.8525369999998</v>
       </c>
       <c r="C60" s="5">
-        <v>64.438293000000158</v>
+        <v>64.422351999999591</v>
       </c>
       <c r="D60" s="5">
-        <v>13.064317804531346</v>
+        <v>13.060882448575374</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>6326.8981589000005</v>
+        <v>6326.8924159999997</v>
       </c>
       <c r="C61" s="5">
-        <v>-2.9619089999996504</v>
+        <v>-2.9601210000000719</v>
       </c>
       <c r="D61" s="5">
-        <v>-0.56006889688635653</v>
+        <v>-0.55973233638867415</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>6336.2255698999998</v>
+        <v>6336.2206319999996</v>
       </c>
       <c r="C62" s="5">
-        <v>9.3274109999993016</v>
+        <v>9.3282159999998839</v>
       </c>
       <c r="D62" s="5">
-        <v>1.7835116644800753</v>
+        <v>1.7836684725451413</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>6362.8922369000002</v>
+        <v>6362.8895229999998</v>
       </c>
       <c r="C63" s="5">
-        <v>26.666667000000416</v>
+        <v>26.668891000000258</v>
       </c>
       <c r="D63" s="5">
-        <v>5.1688824424026114</v>
+        <v>5.1693276773288499</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>6388.7931019999996</v>
+        <v>6388.7914389999996</v>
       </c>
       <c r="C64" s="5">
-        <v>25.900865099999464</v>
+        <v>25.901915999999801</v>
       </c>
       <c r="D64" s="5">
-        <v>4.9955931138560672</v>
+        <v>4.9958025429498232</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>6409.6940611999999</v>
+        <v>6409.6946040000003</v>
       </c>
       <c r="C65" s="5">
-        <v>20.900959200000216</v>
+        <v>20.903165000000627</v>
       </c>
       <c r="D65" s="5">
-        <v>3.9972183008348816</v>
+        <v>3.9976488300105917</v>
       </c>
       <c r="E65" s="5">
-        <v>4.3835219392610147</v>
+        <v>4.3835363886114198</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>6416.2588053999998</v>
+        <v>6416.2601960000002</v>
       </c>
       <c r="C66" s="5">
-        <v>6.5647441999999501</v>
+        <v>6.5655919999999242</v>
       </c>
       <c r="D66" s="5">
-        <v>1.2359747917939812</v>
+        <v>1.2361352060858311</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>6436.9280314999996</v>
+        <v>6436.9294900000004</v>
       </c>
       <c r="C67" s="5">
-        <v>20.669226099999833</v>
+        <v>20.669294000000264</v>
       </c>
       <c r="D67" s="5">
-        <v>3.934890456084128</v>
+        <v>3.9349027444033569</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>6450.9026726000002</v>
+        <v>6450.904845</v>
       </c>
       <c r="C68" s="5">
-        <v>13.974641100000554</v>
+        <v>13.975354999999581</v>
       </c>
       <c r="D68" s="5">
-        <v>2.636547038224113</v>
+        <v>2.6366827350812194</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>6455.1605502000002</v>
+        <v>6455.1623689999997</v>
       </c>
       <c r="C69" s="5">
-        <v>4.2578776000000289</v>
+        <v>4.2575239999996484</v>
       </c>
       <c r="D69" s="5">
-        <v>0.79493410349089633</v>
+        <v>0.79486757886766402</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>6471.4884657000002</v>
+        <v>6471.4934720000001</v>
       </c>
       <c r="C70" s="5">
-        <v>16.327915500000017</v>
+        <v>16.331103000000439</v>
       </c>
       <c r="D70" s="5">
-        <v>3.0779083806870666</v>
+        <v>3.0785167490698706</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>6493.7075720000003</v>
+        <v>6493.7130710000001</v>
       </c>
       <c r="C71" s="5">
-        <v>22.219106300000021</v>
+        <v>22.219599000000017</v>
       </c>
       <c r="D71" s="5">
-        <v>4.198760014699765</v>
+        <v>4.1988515759862066</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>6523.436291</v>
+        <v>6523.4310059999998</v>
       </c>
       <c r="C72" s="5">
-        <v>29.728718999999728</v>
+        <v>29.71793499999967</v>
       </c>
       <c r="D72" s="5">
-        <v>5.6341582302456228</v>
+        <v>5.6320578524729381</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>6525.1479212000004</v>
+        <v>6525.1443440000003</v>
       </c>
       <c r="C73" s="5">
-        <v>1.7116302000003998</v>
+        <v>1.7133380000004763</v>
       </c>
       <c r="D73" s="5">
-        <v>0.31531278990031275</v>
+        <v>0.31562810777838735</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>6546.6019968000001</v>
+        <v>6546.5974669999996</v>
       </c>
       <c r="C74" s="5">
-        <v>21.454075599999669</v>
+        <v>21.453122999999323</v>
       </c>
       <c r="D74" s="5">
-        <v>4.0176236148975475</v>
+        <v>4.017444229448941</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>6552.0471261000002</v>
+        <v>6552.0454060000002</v>
       </c>
       <c r="C75" s="5">
-        <v>5.4451293000001897</v>
+        <v>5.4479390000005878</v>
       </c>
       <c r="D75" s="5">
-        <v>1.0026773375813036</v>
+        <v>1.003197789210919</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>6573.0791214000001</v>
+        <v>6573.0780560000003</v>
       </c>
       <c r="C76" s="5">
-        <v>21.031995299999835</v>
+        <v>21.032650000000103</v>
       </c>
       <c r="D76" s="5">
-        <v>3.920725604288644</v>
+        <v>3.9208508620294458</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>6591.8643506999997</v>
+        <v>6591.8653780000004</v>
       </c>
       <c r="C77" s="5">
-        <v>18.785229299999628</v>
+        <v>18.787322000000131</v>
       </c>
       <c r="D77" s="5">
-        <v>3.4839079429822783</v>
+        <v>3.4843027501552992</v>
       </c>
       <c r="E77" s="5">
-        <v>2.8421058440641689</v>
+        <v>2.8421131622451412</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>6589.0208239000003</v>
+        <v>6589.0222400000002</v>
       </c>
       <c r="C78" s="5">
-        <v>-2.8435267999993812</v>
+        <v>-2.8431380000001809</v>
       </c>
       <c r="D78" s="5">
-        <v>-0.51641659845341747</v>
+        <v>-0.51634607511986674</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>6595.5639060000003</v>
+        <v>6595.5649830000002</v>
       </c>
       <c r="C79" s="5">
-        <v>6.5430820999999924</v>
+        <v>6.5427429999999731</v>
       </c>
       <c r="D79" s="5">
-        <v>1.1981634686569098</v>
+        <v>1.198100774540567</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>6607.8068506999998</v>
+        <v>6607.8085199999996</v>
       </c>
       <c r="C80" s="5">
-        <v>12.242944699999498</v>
+        <v>12.243536999999378</v>
       </c>
       <c r="D80" s="5">
-        <v>2.2503695376052013</v>
+        <v>2.2504791506720245</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>6634.9405855000005</v>
+        <v>6634.9411330000003</v>
       </c>
       <c r="C81" s="5">
-        <v>27.133734800000639</v>
+        <v>27.132613000000674</v>
       </c>
       <c r="D81" s="5">
-        <v>5.0404031751359435</v>
+        <v>5.0401887571781545</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>6657.9687462000002</v>
+        <v>6657.9716950000002</v>
       </c>
       <c r="C82" s="5">
-        <v>23.028160699999717</v>
+        <v>23.030561999999918</v>
       </c>
       <c r="D82" s="5">
-        <v>4.24532016944279</v>
+        <v>4.2457709856274617</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>6661.2060115000004</v>
+        <v>6661.2087000000001</v>
       </c>
       <c r="C83" s="5">
-        <v>3.2372653000002174</v>
+        <v>3.2370049999999537</v>
       </c>
       <c r="D83" s="5">
-        <v>0.58503186271530172</v>
+        <v>0.58498443619900975</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>6705.7593743999996</v>
+        <v>6705.756394</v>
       </c>
       <c r="C84" s="5">
-        <v>44.553362899999229</v>
+        <v>44.547693999999865</v>
       </c>
       <c r="D84" s="5">
-        <v>8.3281187152824963</v>
+        <v>8.3270162967727046</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>6707.3688349000004</v>
+        <v>6707.3669559999998</v>
       </c>
       <c r="C85" s="5">
-        <v>1.6094605000007505</v>
+        <v>1.6105619999998453</v>
       </c>
       <c r="D85" s="5">
-        <v>0.28839450421960233</v>
+        <v>0.28859226800601601</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>6713.0628214999997</v>
+        <v>6713.059362</v>
       </c>
       <c r="C86" s="5">
-        <v>5.6939865999993344</v>
+        <v>5.6924060000001191</v>
       </c>
       <c r="D86" s="5">
-        <v>1.02346792462642</v>
+        <v>1.0231827795579518</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>6765.8283619000003</v>
+        <v>6765.827413</v>
       </c>
       <c r="C87" s="5">
-        <v>52.765540400000646</v>
+        <v>52.768051000000014</v>
       </c>
       <c r="D87" s="5">
-        <v>9.8507884609134742</v>
+        <v>9.8512829088991403</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>6794.8720974999997</v>
+        <v>6794.8715979999997</v>
       </c>
       <c r="C88" s="5">
-        <v>29.043735599999309</v>
+        <v>29.044184999999743</v>
       </c>
       <c r="D88" s="5">
-        <v>5.2746291231102527</v>
+        <v>5.2747134324470535</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>6800.3590457</v>
+        <v>6800.3605500000003</v>
       </c>
       <c r="C89" s="5">
-        <v>5.48694820000037</v>
+        <v>5.4889520000006087</v>
       </c>
       <c r="D89" s="5">
-        <v>0.97333103067942517</v>
+        <v>0.97368813787948039</v>
       </c>
       <c r="E89" s="5">
-        <v>3.1629093668752439</v>
+        <v>3.16291611014754</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>6829.0451389</v>
+        <v>6829.0467120000003</v>
       </c>
       <c r="C90" s="5">
-        <v>28.686093199999959</v>
+        <v>28.686161999999968</v>
       </c>
       <c r="D90" s="5">
-        <v>5.1810934998152813</v>
+        <v>5.1811050428970162</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>6853.8897009000002</v>
+        <v>6853.8910910000004</v>
       </c>
       <c r="C91" s="5">
-        <v>24.844562000000224</v>
+        <v>24.844379000000117</v>
       </c>
       <c r="D91" s="5">
-        <v>4.4541099615911683</v>
+        <v>4.4540754476580346</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>6882.0192876999999</v>
+        <v>6882.0199190000003</v>
       </c>
       <c r="C92" s="5">
-        <v>28.129586799999743</v>
+        <v>28.128827999999885</v>
       </c>
       <c r="D92" s="5">
-        <v>5.0377215043821311</v>
+        <v>5.0375814841626898</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>6909.5019880999998</v>
+        <v>6909.5012210000004</v>
       </c>
       <c r="C93" s="5">
-        <v>27.482700399999885</v>
+        <v>27.481302000000142</v>
       </c>
       <c r="D93" s="5">
-        <v>4.8987536397944398</v>
+        <v>4.8984984178805924</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>6937.2265478999998</v>
+        <v>6937.226936</v>
       </c>
       <c r="C94" s="5">
-        <v>27.724559799999952</v>
+        <v>27.725714999999582</v>
       </c>
       <c r="D94" s="5">
-        <v>4.9227284132549842</v>
+        <v>4.9229386352736215</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>6958.9091313999998</v>
+        <v>6958.9094690000002</v>
       </c>
       <c r="C95" s="5">
-        <v>21.682583499999964</v>
+        <v>21.682533000000149</v>
       </c>
       <c r="D95" s="5">
-        <v>3.8158006784547283</v>
+        <v>3.8157914207481936</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>6995.4048874999999</v>
+        <v>6995.4044809999996</v>
       </c>
       <c r="C96" s="5">
-        <v>36.495756100000108</v>
+        <v>36.495011999999406</v>
       </c>
       <c r="D96" s="5">
-        <v>6.4780984316550771</v>
+        <v>6.477962195665854</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>7004.4021478000004</v>
+        <v>7004.4015010000003</v>
       </c>
       <c r="C97" s="5">
-        <v>8.997260300000562</v>
+        <v>8.9970200000007026</v>
       </c>
       <c r="D97" s="5">
-        <v>1.5543654722594447</v>
+        <v>1.5543237549251465</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>7035.2657084000002</v>
+        <v>7035.2633100000003</v>
       </c>
       <c r="C98" s="5">
-        <v>30.863560599999801</v>
+        <v>30.861808999999994</v>
       </c>
       <c r="D98" s="5">
-        <v>5.4176144700251561</v>
+        <v>5.4173000276274585</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>7051.1483537000004</v>
+        <v>7051.1483019999996</v>
       </c>
       <c r="C99" s="5">
-        <v>15.882645300000149</v>
+        <v>15.884991999999329</v>
       </c>
       <c r="D99" s="5">
-        <v>2.7429832098799123</v>
+        <v>2.743394485515549</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>7074.1465928999996</v>
+        <v>7074.1463480000002</v>
       </c>
       <c r="C100" s="5">
-        <v>22.998239199999261</v>
+        <v>22.998046000000613</v>
       </c>
       <c r="D100" s="5">
-        <v>3.9849376936146319</v>
+        <v>3.9849036445282149</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>7087.9688586000002</v>
+        <v>7087.9705720000002</v>
       </c>
       <c r="C101" s="5">
-        <v>13.822265700000571</v>
+        <v>13.824223999999958</v>
       </c>
       <c r="D101" s="5">
-        <v>2.3700575327864071</v>
+        <v>2.3703970160737775</v>
       </c>
       <c r="E101" s="5">
-        <v>4.2293327597439312</v>
+        <v>4.2293348990150248</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>7122.7827612000001</v>
+        <v>7122.7844050000003</v>
       </c>
       <c r="C102" s="5">
-        <v>34.813902599999892</v>
+        <v>34.813833000000159</v>
       </c>
       <c r="D102" s="5">
-        <v>6.0558863296240162</v>
+        <v>6.0558723900938194</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>7140.8057058000004</v>
+        <v>7140.8075520000002</v>
       </c>
       <c r="C103" s="5">
-        <v>18.022944600000301</v>
+        <v>18.023146999999881</v>
       </c>
       <c r="D103" s="5">
-        <v>3.0790033913913328</v>
+        <v>3.079037731125478</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>7155.5791570000001</v>
+        <v>7155.5787110000001</v>
       </c>
       <c r="C104" s="5">
-        <v>14.773451199999727</v>
+        <v>14.771158999999898</v>
       </c>
       <c r="D104" s="5">
-        <v>2.5110982224319178</v>
+        <v>2.5107035088715257</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>7176.2982625000004</v>
+        <v>7176.2965379999996</v>
       </c>
       <c r="C105" s="5">
-        <v>20.719105500000296</v>
+        <v>20.717826999999488</v>
       </c>
       <c r="D105" s="5">
-        <v>3.5304932553101409</v>
+        <v>3.5302721442409091</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>7197.0968063999999</v>
+        <v>7197.0955889999996</v>
       </c>
       <c r="C106" s="5">
-        <v>20.798543899999459</v>
+        <v>20.799050999999963</v>
       </c>
       <c r="D106" s="5">
-        <v>3.5338500677771334</v>
+        <v>3.5339384692733233</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>7204.2469701</v>
+        <v>7204.2467180000003</v>
       </c>
       <c r="C107" s="5">
-        <v>7.150163700000121</v>
+        <v>7.1511290000007648</v>
       </c>
       <c r="D107" s="5">
-        <v>1.198710482888754</v>
+        <v>1.198873402789169</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>7232.4299668000003</v>
+        <v>7232.4301249999999</v>
       </c>
       <c r="C108" s="5">
-        <v>28.182996700000331</v>
+        <v>28.183406999999534</v>
       </c>
       <c r="D108" s="5">
-        <v>4.7967304441907554</v>
+        <v>4.796801957857233</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>7247.4987486999999</v>
+        <v>7247.4983000000002</v>
       </c>
       <c r="C109" s="5">
-        <v>15.068781899999522</v>
+        <v>15.068175000000338</v>
       </c>
       <c r="D109" s="5">
-        <v>2.5290527174515409</v>
+        <v>2.5289496330930472</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>7281.7530304000002</v>
+        <v>7281.7522209999997</v>
       </c>
       <c r="C110" s="5">
-        <v>34.25428170000032</v>
+        <v>34.253920999999536</v>
       </c>
       <c r="D110" s="5">
-        <v>5.8214124712858029</v>
+        <v>5.8213499390495915</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>7302.6609808000003</v>
+        <v>7302.6614499999996</v>
       </c>
       <c r="C111" s="5">
-        <v>20.907950400000118</v>
+        <v>20.909228999999868</v>
       </c>
       <c r="D111" s="5">
-        <v>3.5004719511686266</v>
+        <v>3.5006898055363722</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>7323.9093132999997</v>
+        <v>7323.9092350000001</v>
       </c>
       <c r="C112" s="5">
-        <v>21.248332499999378</v>
+        <v>21.247785000000476</v>
       </c>
       <c r="D112" s="5">
-        <v>3.5480261100966137</v>
+        <v>3.5479329895290235</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>7349.7664623999999</v>
+        <v>7349.768223</v>
       </c>
       <c r="C113" s="5">
-        <v>25.857149100000242</v>
+        <v>25.858987999999954</v>
       </c>
       <c r="D113" s="5">
-        <v>4.3198559624847421</v>
+        <v>4.3201692179683393</v>
       </c>
       <c r="E113" s="5">
-        <v>3.6935490127380399</v>
+        <v>3.6935487858004601</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>7356.5945959999999</v>
+        <v>7356.5965040000001</v>
       </c>
       <c r="C114" s="5">
-        <v>6.828133600000001</v>
+        <v>6.8282810000000609</v>
       </c>
       <c r="D114" s="5">
-        <v>1.1205468274881225</v>
+        <v>1.12057087084525</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>7374.7180095000003</v>
+        <v>7374.720327</v>
       </c>
       <c r="C115" s="5">
-        <v>18.123413500000424</v>
+        <v>18.123822999999902</v>
       </c>
       <c r="D115" s="5">
-        <v>2.99665923174115</v>
+        <v>2.9967270737938811</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>7393.9254331000002</v>
+        <v>7393.9240689999997</v>
       </c>
       <c r="C116" s="5">
-        <v>19.207423599999856</v>
+        <v>19.203741999999693</v>
       </c>
       <c r="D116" s="5">
-        <v>3.170556611998876</v>
+        <v>3.1699391522356013</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>7398.1188651000002</v>
+        <v>7398.1166649999996</v>
       </c>
       <c r="C117" s="5">
-        <v>4.1934320000000298</v>
+        <v>4.1925959999998668</v>
       </c>
       <c r="D117" s="5">
-        <v>0.68270161064658552</v>
+        <v>0.68256520925455977</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>7406.7519914000004</v>
+        <v>7406.7495509999999</v>
       </c>
       <c r="C118" s="5">
-        <v>8.6331263000001854</v>
+        <v>8.632886000000326</v>
       </c>
       <c r="D118" s="5">
-        <v>1.409344921925193</v>
+        <v>1.4093058630024968</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>7426.7571510999996</v>
+        <v>7426.756574</v>
       </c>
       <c r="C119" s="5">
-        <v>20.00515969999924</v>
+        <v>20.007023000000117</v>
       </c>
       <c r="D119" s="5">
-        <v>3.2897061201507372</v>
+        <v>3.2900181931427852</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>7446.3766644999996</v>
+        <v>7446.3771829999996</v>
       </c>
       <c r="C120" s="5">
-        <v>19.61951339999996</v>
+        <v>19.620608999999604</v>
       </c>
       <c r="D120" s="5">
-        <v>3.2165480416705083</v>
+        <v>3.2167305328560714</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>7458.2305593999999</v>
+        <v>7458.2299979999998</v>
       </c>
       <c r="C121" s="5">
-        <v>11.853894900000341</v>
+        <v>11.852815000000192</v>
       </c>
       <c r="D121" s="5">
-        <v>1.9270957236319441</v>
+        <v>1.9269184883935919</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>7486.9133743000002</v>
+        <v>7486.913818</v>
       </c>
       <c r="C122" s="5">
-        <v>28.682814900000267</v>
+        <v>28.683820000000196</v>
       </c>
       <c r="D122" s="5">
-        <v>4.7138293416929544</v>
+        <v>4.7139983951292708</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>7504.7401663999999</v>
+        <v>7504.7408789999999</v>
       </c>
       <c r="C123" s="5">
-        <v>17.826792099999693</v>
+        <v>17.827060999999958</v>
       </c>
       <c r="D123" s="5">
-        <v>2.894989282208682</v>
+        <v>2.8950333499734304</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>7519.8909274999996</v>
+        <v>7519.8910059999998</v>
       </c>
       <c r="C124" s="5">
-        <v>15.150761099999727</v>
+        <v>15.150126999999884</v>
       </c>
       <c r="D124" s="5">
-        <v>2.4496718199732204</v>
+        <v>2.4495679184350916</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>7545.9106776999997</v>
+        <v>7545.9122269999998</v>
       </c>
       <c r="C125" s="5">
-        <v>26.01975020000009</v>
+        <v>26.021220999999969</v>
       </c>
       <c r="D125" s="5">
-        <v>4.2320847261911654</v>
+        <v>4.2323284763354119</v>
       </c>
       <c r="E125" s="5">
-        <v>2.6687135748249435</v>
+        <v>2.6687100606274328</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>7572.7292306999998</v>
+        <v>7572.7310340000004</v>
       </c>
       <c r="C126" s="5">
-        <v>26.818553000000065</v>
+        <v>26.818807000000561</v>
       </c>
       <c r="D126" s="5">
-        <v>4.3492234757520398</v>
+        <v>4.3492645654952922</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>7589.2384105000001</v>
+        <v>7589.2405829999998</v>
       </c>
       <c r="C127" s="5">
-        <v>16.509179800000311</v>
+        <v>16.509548999999424</v>
       </c>
       <c r="D127" s="5">
-        <v>2.6476971516841585</v>
+        <v>2.6477564366641948</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>7613.7525557999998</v>
+        <v>7613.7509099999997</v>
       </c>
       <c r="C128" s="5">
-        <v>24.514145299999655</v>
+        <v>24.510326999999961</v>
       </c>
       <c r="D128" s="5">
-        <v>3.9457522206408857</v>
+        <v>3.9451255268534879</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>7623.7253455999999</v>
+        <v>7623.723234</v>
       </c>
       <c r="C129" s="5">
-        <v>9.9727898000001005</v>
+        <v>9.9723240000002988</v>
       </c>
       <c r="D129" s="5">
-        <v>1.5831798245343531</v>
+        <v>1.5831056899852758</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>7666.2601756000004</v>
+        <v>7666.2573069999999</v>
       </c>
       <c r="C130" s="5">
-        <v>42.534830000000511</v>
+        <v>42.534072999999808</v>
       </c>
       <c r="D130" s="5">
-        <v>6.9044409945067553</v>
+        <v>6.9043162914391054</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>7675.7334434000004</v>
+        <v>7675.732422</v>
       </c>
       <c r="C131" s="5">
-        <v>9.4732678000000305</v>
+        <v>9.4751150000001871</v>
       </c>
       <c r="D131" s="5">
-        <v>1.4929706491357164</v>
+        <v>1.4932643089987652</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>7681.9819170000001</v>
+        <v>7681.9823900000001</v>
       </c>
       <c r="C132" s="5">
-        <v>6.2484735999996701</v>
+        <v>6.2499680000000808</v>
       </c>
       <c r="D132" s="5">
-        <v>0.98125231044274841</v>
+        <v>0.98148817227667884</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>7709.2366370999998</v>
+        <v>7709.2359649999999</v>
       </c>
       <c r="C133" s="5">
-        <v>27.254720099999759</v>
+        <v>27.253574999999728</v>
       </c>
       <c r="D133" s="5">
-        <v>4.3415187102891384</v>
+        <v>4.3413324561004218</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>7729.5343435000004</v>
+        <v>7729.5356320000001</v>
       </c>
       <c r="C134" s="5">
-        <v>20.297706400000607</v>
+        <v>20.299667000000227</v>
       </c>
       <c r="D134" s="5">
-        <v>3.2056453720773037</v>
+        <v>3.2059597939974926</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>7734.3419795999998</v>
+        <v>7734.3425589999997</v>
       </c>
       <c r="C135" s="5">
-        <v>4.8076360999993994</v>
+        <v>4.8069269999996322</v>
       </c>
       <c r="D135" s="5">
-        <v>0.74893774893542986</v>
+        <v>0.74882678135741454</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>7751.4701462000003</v>
+        <v>7751.4703449999997</v>
       </c>
       <c r="C136" s="5">
-        <v>17.128166600000441</v>
+        <v>17.127786000000015</v>
       </c>
       <c r="D136" s="5">
-        <v>2.6900807080745048</v>
+        <v>2.6900199986703566</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>7767.8647508000004</v>
+        <v>7767.865922</v>
       </c>
       <c r="C137" s="5">
-        <v>16.394604600000093</v>
+        <v>16.39557700000023</v>
       </c>
       <c r="D137" s="5">
-        <v>2.5677712762424587</v>
+        <v>2.5679252858861634</v>
       </c>
       <c r="E137" s="5">
-        <v>2.9413821946757013</v>
+        <v>2.9413765801015845</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>7774.5222956999996</v>
+        <v>7774.523811</v>
       </c>
       <c r="C138" s="5">
-        <v>6.6575448999992659</v>
+        <v>6.6578890000000683</v>
       </c>
       <c r="D138" s="5">
-        <v>1.0333368410195831</v>
+        <v>1.0333903452582005</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>7782.8116597999997</v>
+        <v>7782.8135700000003</v>
       </c>
       <c r="C139" s="5">
-        <v>8.2893641000000571</v>
+        <v>8.289759000000231</v>
       </c>
       <c r="D139" s="5">
-        <v>1.2869957965016221</v>
+        <v>1.2870572158381943</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>7790.2424176000004</v>
+        <v>7790.2407139999996</v>
       </c>
       <c r="C140" s="5">
-        <v>7.4307578000007197</v>
+        <v>7.4271439999993163</v>
       </c>
       <c r="D140" s="5">
-        <v>1.1517538449482556</v>
+        <v>1.1511904853323873</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>7788.0906957999996</v>
+        <v>7788.0894150000004</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.1517218000008143</v>
+        <v>-2.1512989999991987</v>
       </c>
       <c r="D141" s="5">
-        <v>-0.33094570241266608</v>
+        <v>-0.33088084461778688</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>7791.0549609</v>
+        <v>7791.0528029999996</v>
       </c>
       <c r="C142" s="5">
-        <v>2.9642651000003752</v>
+        <v>2.9633879999992132</v>
       </c>
       <c r="D142" s="5">
-        <v>0.45769548994087916</v>
+        <v>0.45755985372797348</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>7801.4121825000002</v>
+        <v>7801.4110570000003</v>
       </c>
       <c r="C143" s="5">
-        <v>10.35722160000023</v>
+        <v>10.35825400000067</v>
       </c>
       <c r="D143" s="5">
-        <v>1.6069637207476228</v>
+        <v>1.6071255231622894</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>7782.6311108999998</v>
+        <v>7782.631633</v>
       </c>
       <c r="C144" s="5">
-        <v>-18.781071600000359</v>
+        <v>-18.77942400000029</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.8509272968969657</v>
+        <v>-2.8506809023942647</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>7793.4796656999997</v>
+        <v>7793.4790830000002</v>
       </c>
       <c r="C145" s="5">
-        <v>10.848554799999874</v>
+        <v>10.847450000000208</v>
       </c>
       <c r="D145" s="5">
-        <v>1.6856173500583216</v>
+        <v>1.6854442573949857</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>7783.5047873000003</v>
+        <v>7783.5061059999998</v>
       </c>
       <c r="C146" s="5">
-        <v>-9.9748783999993975</v>
+        <v>-9.9729770000003555</v>
       </c>
       <c r="D146" s="5">
-        <v>-1.5251148167589212</v>
+        <v>-1.5248262573379079</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>7756.8427344000002</v>
+        <v>7756.8433359999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-26.662052900000162</v>
+        <v>-26.662769999999909</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.033981894773941</v>
+        <v>-4.0340876857947627</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>7750.9184603000003</v>
+        <v>7750.9186099999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-5.9242740999998205</v>
+        <v>-5.9247260000001916</v>
       </c>
       <c r="D148" s="5">
-        <v>-0.9126576812024223</v>
+        <v>-0.91272693548452022</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>7741.6919103</v>
+        <v>7741.6926590000003</v>
       </c>
       <c r="C149" s="5">
-        <v>-9.2265500000003158</v>
+        <v>-9.2259509999994407</v>
       </c>
       <c r="D149" s="5">
-        <v>-1.4191425650873613</v>
+        <v>-1.4190510075433038</v>
       </c>
       <c r="E149" s="5">
-        <v>-0.33693738678064467</v>
+        <v>-0.33694277505321724</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>7750.4595588000002</v>
+        <v>7750.4605700000002</v>
       </c>
       <c r="C150" s="5">
-        <v>8.7676485000001776</v>
+        <v>8.7679109999999127</v>
       </c>
       <c r="D150" s="5">
-        <v>1.3675255366339067</v>
+        <v>1.3675666021103705</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>7753.5934364000004</v>
+        <v>7753.5946400000003</v>
       </c>
       <c r="C151" s="5">
-        <v>3.1338776000002326</v>
+        <v>3.1340700000000652</v>
       </c>
       <c r="D151" s="5">
-        <v>0.48629732587994745</v>
+        <v>0.48632718425816179</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>7763.6432781000003</v>
+        <v>7763.6419059999998</v>
       </c>
       <c r="C152" s="5">
-        <v>10.049841699999888</v>
+        <v>10.047265999999581</v>
       </c>
       <c r="D152" s="5">
-        <v>1.5665194634925328</v>
+        <v>1.5661148655916612</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>7767.6762982</v>
+        <v>7767.6759410000004</v>
       </c>
       <c r="C153" s="5">
-        <v>4.0330200999997032</v>
+        <v>4.0340350000005856</v>
       </c>
       <c r="D153" s="5">
-        <v>0.6251543602816767</v>
+        <v>0.62531223959529925</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>7785.8127777</v>
+        <v>7785.8112579999997</v>
       </c>
       <c r="C154" s="5">
-        <v>18.13647949999995</v>
+        <v>18.135316999999304</v>
       </c>
       <c r="D154" s="5">
-        <v>2.8381006638507289</v>
+        <v>2.8379165390567396</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>7777.2254349000004</v>
+        <v>7777.2243129999997</v>
       </c>
       <c r="C155" s="5">
-        <v>-8.5873427999995329</v>
+        <v>-8.5869450000000143</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.3155375991999563</v>
+        <v>-1.3154772826438621</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>7771.7766893999997</v>
+        <v>7771.7770909999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-5.4487455000007685</v>
+        <v>-5.4472219999997833</v>
       </c>
       <c r="D156" s="5">
-        <v>-0.83749127764611853</v>
+        <v>-0.83725813200085097</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>7785.3980166000001</v>
+        <v>7785.3977420000001</v>
       </c>
       <c r="C157" s="5">
-        <v>13.621327200000451</v>
+        <v>13.62065100000018</v>
       </c>
       <c r="D157" s="5">
-        <v>2.1235919998056296</v>
+        <v>2.1234854498494604</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>7796.2785187999998</v>
+        <v>7796.2797440000004</v>
       </c>
       <c r="C158" s="5">
-        <v>10.880502199999682</v>
+        <v>10.882002000000284</v>
       </c>
       <c r="D158" s="5">
-        <v>1.6900140099912031</v>
+        <v>1.6902488202917398</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>7789.5611586000005</v>
+        <v>7789.5616419999997</v>
       </c>
       <c r="C159" s="5">
-        <v>-6.717360199999348</v>
+        <v>-6.7181020000007265</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.0290477120890484</v>
+        <v>-1.0291606511204865</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>7801.9033510999998</v>
+        <v>7801.9030849999999</v>
       </c>
       <c r="C160" s="5">
-        <v>12.342192499999328</v>
+        <v>12.341443000000254</v>
       </c>
       <c r="D160" s="5">
-        <v>1.9180005019942215</v>
+        <v>1.917882891374223</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>7800.0135590999998</v>
+        <v>7800.0139879999997</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.8897919999999431</v>
+        <v>-1.8890970000002199</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.29027938342113258</v>
+        <v>-0.2901727807368415</v>
       </c>
       <c r="E161" s="5">
-        <v>0.7533449984286511</v>
+        <v>0.75334079469298043</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>7797.5045877000002</v>
+        <v>7797.5050540000002</v>
       </c>
       <c r="C162" s="5">
-        <v>-2.5089713999996093</v>
+        <v>-2.5089339999994991</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.38531278027684746</v>
+        <v>-0.38530702561712094</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>7792.1994588999996</v>
+        <v>7792.1998899999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-5.3051288000006025</v>
+        <v>-5.3051640000003317</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.81338668353931887</v>
+        <v>-0.81339201179289056</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>7787.1038038999995</v>
+        <v>7787.1026709999996</v>
       </c>
       <c r="C164" s="5">
-        <v>-5.0956550000000789</v>
+        <v>-5.0972190000002229</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.78191541821530652</v>
+        <v>-0.78215450417680188</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>7784.5829191000003</v>
+        <v>7784.5832490000003</v>
       </c>
       <c r="C165" s="5">
-        <v>-2.520884799999294</v>
+        <v>-2.5194219999993948</v>
       </c>
       <c r="D165" s="5">
-        <v>-0.38777978942405866</v>
+        <v>-0.38755522803706199</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>7785.0154516000002</v>
+        <v>7785.0144620000001</v>
       </c>
       <c r="C166" s="5">
-        <v>0.43253249999997934</v>
+        <v>0.4312129999998433</v>
       </c>
       <c r="D166" s="5">
-        <v>6.6695627812274338E-2</v>
+        <v>6.649209879741047E-2</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>7779.4321968000004</v>
+        <v>7779.4315839999999</v>
       </c>
       <c r="C167" s="5">
-        <v>-5.5832547999998496</v>
+        <v>-5.5828780000001643</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.8572290162602525</v>
+        <v>-0.8571715005248115</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>7775.2715269</v>
+        <v>7775.2721959999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-4.1606699000003573</v>
+        <v>-4.1593880000000354</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.63991089089351361</v>
+        <v>-0.63971436436658369</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>7791.5030422</v>
+        <v>7791.5033910000002</v>
       </c>
       <c r="C169" s="5">
-        <v>16.231515299999955</v>
+        <v>16.231195000000298</v>
       </c>
       <c r="D169" s="5">
-        <v>2.5340620327657382</v>
+        <v>2.5340112314723884</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>7799.6606381000001</v>
+        <v>7799.6617669999996</v>
       </c>
       <c r="C170" s="5">
-        <v>8.1575959000001603</v>
+        <v>8.1583759999994072</v>
       </c>
       <c r="D170" s="5">
-        <v>1.2636434964512944</v>
+        <v>1.2637649768564074</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>7816.4087169000004</v>
+        <v>7816.4090079999996</v>
       </c>
       <c r="C171" s="5">
-        <v>16.748078800000258</v>
+        <v>16.747241000000031</v>
       </c>
       <c r="D171" s="5">
-        <v>2.6073899293266312</v>
+        <v>2.6072575721714397</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>7821.5656829</v>
+        <v>7821.564832</v>
       </c>
       <c r="C172" s="5">
-        <v>5.1569659999995565</v>
+        <v>5.1558240000003934</v>
       </c>
       <c r="D172" s="5">
-        <v>0.79459308119509409</v>
+        <v>0.7944164515665042</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>7833.7754590000004</v>
+        <v>7833.7752819999996</v>
       </c>
       <c r="C173" s="5">
-        <v>12.209776100000454</v>
+        <v>12.210449999999582</v>
       </c>
       <c r="D173" s="5">
-        <v>1.8894150419334732</v>
+        <v>1.8895204296701662</v>
       </c>
       <c r="E173" s="5">
-        <v>0.43284411807991141</v>
+        <v>0.43283632634429914</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>7858.2919347999996</v>
+        <v>7858.2916100000002</v>
       </c>
       <c r="C174" s="5">
-        <v>24.516475799999171</v>
+        <v>24.516328000000613</v>
       </c>
       <c r="D174" s="5">
-        <v>3.8208250403056088</v>
+        <v>3.8208016959861757</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>7869.9540214999997</v>
+        <v>7869.9536420000004</v>
       </c>
       <c r="C175" s="5">
-        <v>11.662086700000145</v>
+        <v>11.662032000000181</v>
       </c>
       <c r="D175" s="5">
-        <v>1.7954662396715282</v>
+        <v>1.7954578241541563</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>7882.9796451000002</v>
+        <v>7882.9790240000002</v>
       </c>
       <c r="C176" s="5">
-        <v>13.025623600000472</v>
+        <v>13.025381999999809</v>
       </c>
       <c r="D176" s="5">
-        <v>2.0043096038467434</v>
+        <v>2.0042721862673085</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>7908.6223536999996</v>
+        <v>7908.6221990000004</v>
       </c>
       <c r="C177" s="5">
-        <v>25.642708599999423</v>
+        <v>25.643175000000156</v>
       </c>
       <c r="D177" s="5">
-        <v>3.9741056698496369</v>
+        <v>3.9741795693611914</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>7912.1819691999999</v>
+        <v>7912.1820909999997</v>
       </c>
       <c r="C178" s="5">
-        <v>3.5596155000002909</v>
+        <v>3.5598919999993086</v>
       </c>
       <c r="D178" s="5">
-        <v>0.54145065119506341</v>
+        <v>0.54149282421507294</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>7923.7491769999997</v>
+        <v>7923.7497620000004</v>
       </c>
       <c r="C179" s="5">
-        <v>11.567207799999778</v>
+        <v>11.567671000000701</v>
       </c>
       <c r="D179" s="5">
-        <v>1.7685141120322934</v>
+        <v>1.7685854738098028</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>7949.5160244999997</v>
+        <v>7949.5175280000003</v>
       </c>
       <c r="C180" s="5">
-        <v>25.76684750000004</v>
+        <v>25.767765999999938</v>
       </c>
       <c r="D180" s="5">
-        <v>3.9727745475837573</v>
+        <v>3.9729184072939239</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>7958.5870209000004</v>
+        <v>7958.5881520000003</v>
       </c>
       <c r="C181" s="5">
-        <v>9.0709964000006948</v>
+        <v>9.0706239999999525</v>
       </c>
       <c r="D181" s="5">
-        <v>1.3779166817794231</v>
+        <v>1.3778594951802337</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>7957.7468526000002</v>
+        <v>7957.7474920000004</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.84016830000018672</v>
+        <v>-0.84065999999984342</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.12660749699661134</v>
+        <v>-0.12668153171832008</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>7989.6295295999998</v>
+        <v>7989.6290250000002</v>
       </c>
       <c r="C183" s="5">
-        <v>31.882676999999603</v>
+        <v>31.881532999999763</v>
       </c>
       <c r="D183" s="5">
-        <v>4.9151655549914297</v>
+        <v>4.9149848833678123</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>7992.6511183000002</v>
+        <v>7992.6491120000001</v>
       </c>
       <c r="C184" s="5">
-        <v>3.0215887000003931</v>
+        <v>3.0200869999998758</v>
       </c>
       <c r="D184" s="5">
-        <v>0.45477177229586996</v>
+        <v>0.454545313847321</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>8009.9103094000002</v>
+        <v>8009.9062009999998</v>
       </c>
       <c r="C185" s="5">
-        <v>17.259191099999953</v>
+        <v>17.257088999999723</v>
       </c>
       <c r="D185" s="5">
-        <v>2.6222569781089833</v>
+        <v>2.6219344615496132</v>
       </c>
       <c r="E185" s="5">
-        <v>2.2484031016952732</v>
+        <v>2.2483529672430613</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>8028.0480827000001</v>
+        <v>8028.0480079999998</v>
       </c>
       <c r="C186" s="5">
-        <v>18.137773299999935</v>
+        <v>18.141806999999972</v>
       </c>
       <c r="D186" s="5">
-        <v>2.7513986251566092</v>
+        <v>2.7520195864447317</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>8040.4031195999996</v>
+        <v>8040.403945</v>
       </c>
       <c r="C187" s="5">
-        <v>12.355036899999504</v>
+        <v>12.355937000000267</v>
       </c>
       <c r="D187" s="5">
-        <v>1.862493083916994</v>
+        <v>1.8626299400368529</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>8055.2996277000002</v>
+        <v>8055.301461</v>
       </c>
       <c r="C188" s="5">
-        <v>14.896508100000574</v>
+        <v>14.897515999999996</v>
       </c>
       <c r="D188" s="5">
-        <v>2.2460430829493561</v>
+        <v>2.246196369597131</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>8093.2385119</v>
+        <v>8093.2402000000002</v>
       </c>
       <c r="C189" s="5">
-        <v>37.938884199999848</v>
+        <v>37.938739000000169</v>
       </c>
       <c r="D189" s="5">
-        <v>5.8004909263271065</v>
+        <v>5.8004667939478338</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>8098.7598541999996</v>
+        <v>8098.7618409999995</v>
       </c>
       <c r="C190" s="5">
-        <v>5.5213422999995601</v>
+        <v>5.521640999999363</v>
       </c>
       <c r="D190" s="5">
-        <v>0.82173878025784131</v>
+        <v>0.82178323053261337</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>8110.2156224</v>
+        <v>8110.2157710000001</v>
       </c>
       <c r="C191" s="5">
-        <v>11.455768200000421</v>
+        <v>11.453930000000582</v>
       </c>
       <c r="D191" s="5">
-        <v>1.7106787030723991</v>
+        <v>1.7104016448916237</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>8151.4948507999998</v>
+        <v>8151.5020539999996</v>
       </c>
       <c r="C192" s="5">
-        <v>41.279228399999738</v>
+        <v>41.286282999999457</v>
       </c>
       <c r="D192" s="5">
-        <v>6.2816513512413907</v>
+        <v>6.2827549981977038</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>8170.3341807999996</v>
+        <v>8170.3310179999999</v>
       </c>
       <c r="C193" s="5">
-        <v>18.839329999999791</v>
+        <v>18.828964000000269</v>
       </c>
       <c r="D193" s="5">
-        <v>2.8089067418556324</v>
+        <v>2.8073389916568603</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>8196.178183</v>
+        <v>8196.1740709999995</v>
       </c>
       <c r="C194" s="5">
-        <v>25.844002200000432</v>
+        <v>25.8430529999996</v>
       </c>
       <c r="D194" s="5">
-        <v>3.8625191412105409</v>
+        <v>3.8623763226525165</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>8200.9606395999999</v>
+        <v>8200.9559599999993</v>
       </c>
       <c r="C195" s="5">
-        <v>4.7824565999999322</v>
+        <v>4.7818889999998646</v>
       </c>
       <c r="D195" s="5">
-        <v>0.70244952316946829</v>
+        <v>0.70236623961303923</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>8236.2692122000008</v>
+        <v>8236.263997</v>
       </c>
       <c r="C196" s="5">
-        <v>35.308572600000844</v>
+        <v>35.308037000000695</v>
       </c>
       <c r="D196" s="5">
-        <v>5.2906176073802103</v>
+        <v>5.2905385342344013</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>8252.2771580999997</v>
+        <v>8252.2682229999991</v>
       </c>
       <c r="C197" s="5">
-        <v>16.007945899998958</v>
+        <v>16.004225999999107</v>
       </c>
       <c r="D197" s="5">
-        <v>2.357404305612687</v>
+        <v>2.3568521364327299</v>
       </c>
       <c r="E197" s="5">
-        <v>3.0258372358498375</v>
+        <v>3.0257785287141292</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>8277.9190756999997</v>
+        <v>8277.920822</v>
       </c>
       <c r="C198" s="5">
-        <v>25.641917599999942</v>
+        <v>25.652599000000919</v>
       </c>
       <c r="D198" s="5">
-        <v>3.7930920891025899</v>
+        <v>3.7947034307577177</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>8293.5461309000002</v>
+        <v>8293.5518350000002</v>
       </c>
       <c r="C199" s="5">
-        <v>15.627055200000541</v>
+        <v>15.631013000000166</v>
       </c>
       <c r="D199" s="5">
-        <v>2.2890295829740559</v>
+        <v>2.2896148620972223</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>8318.8728257000002</v>
+        <v>8318.8814550000006</v>
       </c>
       <c r="C200" s="5">
-        <v>25.326694800000041</v>
+        <v>25.329620000000432</v>
       </c>
       <c r="D200" s="5">
-        <v>3.7267200378879428</v>
+        <v>3.7271551183927887</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>8326.2934294999995</v>
+        <v>8326.3052740000003</v>
       </c>
       <c r="C201" s="5">
-        <v>7.4206037999992986</v>
+        <v>7.4238189999996393</v>
       </c>
       <c r="D201" s="5">
-        <v>1.0756916813525308</v>
+        <v>1.0761589253466486</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>8345.1917644999994</v>
+        <v>8345.1978620000009</v>
       </c>
       <c r="C202" s="5">
-        <v>18.898334999999861</v>
+        <v>18.892588000000615</v>
       </c>
       <c r="D202" s="5">
-        <v>2.7579203954231302</v>
+        <v>2.7570672442527089</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>8367.0723567000005</v>
+        <v>8367.0728369999997</v>
       </c>
       <c r="C203" s="5">
-        <v>21.880592200001047</v>
+        <v>21.874974999998813</v>
       </c>
       <c r="D203" s="5">
-        <v>3.1920990661217008</v>
+        <v>3.1912653725886919</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>8364.8379717000007</v>
+        <v>8364.8471140000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.2343849999997474</v>
+        <v>-2.2257229999995616</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.31998377593837057</v>
+        <v>-0.31874509666192097</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>8405.9639021999992</v>
+        <v>8405.949278</v>
       </c>
       <c r="C205" s="5">
-        <v>41.125930499998503</v>
+        <v>41.102163999999902</v>
       </c>
       <c r="D205" s="5">
-        <v>6.062009661026746</v>
+        <v>6.0584044378967139</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>8436.4774655000001</v>
+        <v>8436.4606609999992</v>
       </c>
       <c r="C206" s="5">
-        <v>30.513563300000897</v>
+        <v>30.511382999999114</v>
       </c>
       <c r="D206" s="5">
-        <v>4.4440157656410184</v>
+        <v>4.4436997452871774</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>8439.9812094000008</v>
+        <v>8439.9700699999994</v>
       </c>
       <c r="C207" s="5">
-        <v>3.5037439000006998</v>
+        <v>3.5094090000002325</v>
       </c>
       <c r="D207" s="5">
-        <v>0.49951059573765111</v>
+        <v>0.5003210872271957</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>8466.2726340000008</v>
+        <v>8466.26073</v>
       </c>
       <c r="C208" s="5">
-        <v>26.291424600000028</v>
+        <v>26.290660000000571</v>
       </c>
       <c r="D208" s="5">
-        <v>3.8028408652195589</v>
+        <v>3.8027334757420039</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>8492.9129243999996</v>
+        <v>8492.8929160000007</v>
       </c>
       <c r="C209" s="5">
-        <v>26.640290399998776</v>
+        <v>26.632186000000729</v>
       </c>
       <c r="D209" s="5">
-        <v>3.8420039872541611</v>
+        <v>3.8408203873136371</v>
       </c>
       <c r="E209" s="5">
-        <v>2.9159922975176</v>
+        <v>2.9158612698670261</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>8505.0055343000004</v>
+        <v>8505.0132539999995</v>
       </c>
       <c r="C210" s="5">
-        <v>12.092609900000753</v>
+        <v>12.12033799999881</v>
       </c>
       <c r="D210" s="5">
-        <v>1.7220607436575941</v>
+        <v>1.7260445361335419</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>8537.4736735999995</v>
+        <v>8537.4941670000007</v>
       </c>
       <c r="C211" s="5">
-        <v>32.468139299999166</v>
+        <v>32.480913000001237</v>
       </c>
       <c r="D211" s="5">
-        <v>4.6784596338866224</v>
+        <v>4.6803347404625883</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>8570.5219906999992</v>
+        <v>8570.5460729999995</v>
       </c>
       <c r="C212" s="5">
-        <v>33.048317099999622</v>
+        <v>33.05190599999878</v>
       </c>
       <c r="D212" s="5">
-        <v>4.7453502263721248</v>
+        <v>4.7458649364226835</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>8581.9710460999995</v>
+        <v>8582.0022580000004</v>
       </c>
       <c r="C213" s="5">
-        <v>11.449055400000361</v>
+        <v>11.456185000000914</v>
       </c>
       <c r="D213" s="5">
-        <v>1.6148678320832666</v>
+        <v>1.615876279571582</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>8605.7362274999996</v>
+        <v>8605.7500349999991</v>
       </c>
       <c r="C214" s="5">
-        <v>23.765181400000074</v>
+        <v>23.747776999998678</v>
       </c>
       <c r="D214" s="5">
-        <v>3.3741201502586637</v>
+        <v>3.3715989399476287</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>8633.7701631</v>
+        <v>8633.7754530000002</v>
       </c>
       <c r="C215" s="5">
-        <v>28.033935600000405</v>
+        <v>28.025418000001082</v>
       </c>
       <c r="D215" s="5">
-        <v>3.9799090505927337</v>
+        <v>3.9786715890002267</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>8649.3887417000005</v>
+        <v>8649.3933919999999</v>
       </c>
       <c r="C216" s="5">
-        <v>15.618578600000546</v>
+        <v>15.617938999999751</v>
       </c>
       <c r="D216" s="5">
-        <v>2.1925416742402559</v>
+        <v>2.1924496350727019</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>8667.1976224999999</v>
+        <v>8667.1520930000006</v>
       </c>
       <c r="C217" s="5">
-        <v>17.808880799999315</v>
+        <v>17.758701000000656</v>
       </c>
       <c r="D217" s="5">
-        <v>2.498943617637539</v>
+        <v>2.4918213275656909</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>8681.0223299000008</v>
+        <v>8680.9846699999998</v>
       </c>
       <c r="C218" s="5">
-        <v>13.824707400000989</v>
+        <v>13.832576999999219</v>
       </c>
       <c r="D218" s="5">
-        <v>1.9309544383031341</v>
+        <v>1.9320735230336616</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>8702.5908586999994</v>
+        <v>8702.5708680000007</v>
       </c>
       <c r="C219" s="5">
-        <v>21.568528799998603</v>
+        <v>21.586198000000877</v>
       </c>
       <c r="D219" s="5">
-        <v>3.0225544982219521</v>
+        <v>3.0250778767592301</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>8726.6414865999996</v>
+        <v>8726.6227060000001</v>
       </c>
       <c r="C220" s="5">
-        <v>24.050627900000109</v>
+        <v>24.051837999999407</v>
       </c>
       <c r="D220" s="5">
-        <v>3.3672156626452621</v>
+        <v>3.3673955198291194</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>8743.8965136999996</v>
+        <v>8743.8705460000001</v>
       </c>
       <c r="C221" s="5">
-        <v>17.255027100000007</v>
+        <v>17.247839999999997</v>
       </c>
       <c r="D221" s="5">
-        <v>2.3987123138422772</v>
+        <v>2.3977075276506499</v>
       </c>
       <c r="E221" s="5">
-        <v>2.9552120872325061</v>
+        <v>2.9551488813331916</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>8773.2979680000008</v>
+        <v>8773.3157690000007</v>
       </c>
       <c r="C222" s="5">
-        <v>29.401454300001205</v>
+        <v>29.445223000000624</v>
       </c>
       <c r="D222" s="5">
-        <v>4.1104795983779363</v>
+        <v>4.1167249260190664</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>8799.850085</v>
+        <v>8799.8904760000005</v>
       </c>
       <c r="C223" s="5">
-        <v>26.552116999999271</v>
+        <v>26.574706999999762</v>
       </c>
       <c r="D223" s="5">
-        <v>3.6928300090321331</v>
+        <v>3.6960166944619344</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>8789.8283742999993</v>
+        <v>8789.8727010000002</v>
       </c>
       <c r="C224" s="5">
-        <v>-10.021710700000767</v>
+        <v>-10.017775000000256</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.3580925414525935</v>
+        <v>-1.3575563376869604</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>8802.5259924999991</v>
+        <v>8802.5806979999998</v>
       </c>
       <c r="C225" s="5">
-        <v>12.697618199999852</v>
+        <v>12.707996999999523</v>
       </c>
       <c r="D225" s="5">
-        <v>1.7473365911307992</v>
+        <v>1.7487673188433916</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>8814.3965298999992</v>
+        <v>8814.4200120000005</v>
       </c>
       <c r="C226" s="5">
-        <v>11.870537400000103</v>
+        <v>11.839314000000741</v>
       </c>
       <c r="D226" s="5">
-        <v>1.6303017079153159</v>
+        <v>1.625971529416792</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>8817.5327576</v>
+        <v>8817.5435199999993</v>
       </c>
       <c r="C227" s="5">
-        <v>3.1362277000007452</v>
+        <v>3.1235079999987647</v>
       </c>
       <c r="D227" s="5">
-        <v>0.42780545027121253</v>
+        <v>0.42606586557296655</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>8832.2476282000007</v>
+        <v>8832.2383269999991</v>
       </c>
       <c r="C228" s="5">
-        <v>14.714870600000722</v>
+        <v>14.694806999999855</v>
       </c>
       <c r="D228" s="5">
-        <v>2.021066757175416</v>
+        <v>2.018283256271558</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>8844.5447958000004</v>
+        <v>8844.4647349999996</v>
       </c>
       <c r="C229" s="5">
-        <v>12.297167599999739</v>
+        <v>12.226408000000447</v>
       </c>
       <c r="D229" s="5">
-        <v>1.6836176913608059</v>
+        <v>1.6738578225571565</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>8813.0208763999999</v>
+        <v>8812.9593920000007</v>
       </c>
       <c r="C230" s="5">
-        <v>-31.523919400000523</v>
+        <v>-31.505342999998902</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.1942100839433731</v>
+        <v>-4.1918239455797757</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>8827.1462061000002</v>
+        <v>8827.1166599999997</v>
       </c>
       <c r="C231" s="5">
-        <v>14.125329700000293</v>
+        <v>14.157267999999021</v>
       </c>
       <c r="D231" s="5">
-        <v>1.9403811341272448</v>
+        <v>1.9448209875335465</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>8818.8031198000008</v>
+        <v>8818.7770500000006</v>
       </c>
       <c r="C232" s="5">
-        <v>-8.3430862999994133</v>
+        <v>-8.3396099999990838</v>
       </c>
       <c r="D232" s="5">
-        <v>-1.1283173722533402</v>
+        <v>-1.1278534338843516</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>8812.7462271999993</v>
+        <v>8812.7161859999997</v>
       </c>
       <c r="C233" s="5">
-        <v>-6.0568926000014471</v>
+        <v>-6.0608640000009473</v>
       </c>
       <c r="D233" s="5">
-        <v>-0.82107265417271647</v>
+        <v>-0.82161140363375962</v>
       </c>
       <c r="E233" s="5">
-        <v>0.78740311475697933</v>
+        <v>0.78735886628027441</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>8787.7068485</v>
+        <v>8787.7376690000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-25.039378699999361</v>
+        <v>-24.978516999999556</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.3567431376734347</v>
+        <v>-3.3487221135820033</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>8755.8500796000008</v>
+        <v>8755.9123930000005</v>
       </c>
       <c r="C235" s="5">
-        <v>-31.856768899999224</v>
+        <v>-31.825275999999576</v>
       </c>
       <c r="D235" s="5">
-        <v>-4.2644860533436084</v>
+        <v>-4.2603392465885959</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>8728.3869451999999</v>
+        <v>8728.4523530000006</v>
       </c>
       <c r="C236" s="5">
-        <v>-27.463134400000854</v>
+        <v>-27.460039999999935</v>
       </c>
       <c r="D236" s="5">
-        <v>-3.6996000519067151</v>
+        <v>-3.699164490785356</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>8709.4076286</v>
+        <v>8709.486594</v>
       </c>
       <c r="C237" s="5">
-        <v>-18.979316599999947</v>
+        <v>-18.965759000000617</v>
       </c>
       <c r="D237" s="5">
-        <v>-2.5783420522264011</v>
+        <v>-2.5765031286998585</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>8698.6779131999992</v>
+        <v>8698.7105499999998</v>
       </c>
       <c r="C238" s="5">
-        <v>-10.729715400000714</v>
+        <v>-10.776044000000184</v>
       </c>
       <c r="D238" s="5">
-        <v>-1.4683860345522493</v>
+        <v>-1.4746698471767461</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>8688.750376</v>
+        <v>8688.7643250000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-9.9275371999992785</v>
+        <v>-9.9462249999996857</v>
       </c>
       <c r="D239" s="5">
-        <v>-1.3609597368047011</v>
+        <v>-1.3635004621003866</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>8682.0074475000001</v>
+        <v>8681.9836880000003</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.7429284999998345</v>
+        <v>-6.7806369999998424</v>
       </c>
       <c r="D240" s="5">
-        <v>-0.92729864567390186</v>
+        <v>-0.93246065271090917</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>8661.7314886999993</v>
+        <v>8661.6176620000006</v>
       </c>
       <c r="C241" s="5">
-        <v>-20.275958800000808</v>
+        <v>-20.366025999999692</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.7667615552772307</v>
+        <v>-2.7789010819017301</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>8665.3537011000008</v>
+        <v>8665.2743730000002</v>
       </c>
       <c r="C242" s="5">
-        <v>3.6222124000014446</v>
+        <v>3.6567109999996319</v>
       </c>
       <c r="D242" s="5">
-        <v>0.50297867512467676</v>
+        <v>0.50778695132753793</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>8677.1046062000005</v>
+        <v>8677.0687990000006</v>
       </c>
       <c r="C243" s="5">
-        <v>11.750905099999727</v>
+        <v>11.794426000000385</v>
       </c>
       <c r="D243" s="5">
-        <v>1.6394870312853582</v>
+        <v>1.6456197761580915</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>8676.4766576000002</v>
+        <v>8676.4456439999994</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.62794860000030894</v>
+        <v>-0.62315500000113389</v>
       </c>
       <c r="D244" s="5">
-        <v>-8.680758136823119E-2</v>
+        <v>-8.6145531431225386E-2</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>8681.4802801000005</v>
+        <v>8681.4579099999992</v>
       </c>
       <c r="C245" s="5">
-        <v>5.0036225000003469</v>
+        <v>5.0122659999997268</v>
       </c>
       <c r="D245" s="5">
-        <v>0.69422513259218555</v>
+        <v>0.69543067728408126</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.4895010444627821</v>
+        <v>-1.4894190761359005</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>8696.7269727999992</v>
+        <v>8696.7644500000006</v>
       </c>
       <c r="C246" s="5">
-        <v>15.246692699998675</v>
+        <v>15.306540000001405</v>
       </c>
       <c r="D246" s="5">
-        <v>2.1279546488919054</v>
+        <v>2.1363941577883461</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>8706.1073004000009</v>
+        <v>8706.1864139999998</v>
       </c>
       <c r="C247" s="5">
-        <v>9.3803276000016922</v>
+        <v>9.4219639999992069</v>
       </c>
       <c r="D247" s="5">
-        <v>1.3020312578160276</v>
+        <v>1.3078393868183991</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>8733.8646100999995</v>
+        <v>8733.9414880000004</v>
       </c>
       <c r="C248" s="5">
-        <v>27.757309699998586</v>
+        <v>27.755074000000604</v>
       </c>
       <c r="D248" s="5">
-        <v>3.8937157232420416</v>
+        <v>3.8933605842266239</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>8759.2258373000004</v>
+        <v>8759.315364</v>
       </c>
       <c r="C249" s="5">
-        <v>25.36122720000094</v>
+        <v>25.373875999999655</v>
       </c>
       <c r="D249" s="5">
-        <v>3.5407298132175358</v>
+        <v>3.5424923670924757</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>8808.3410977999993</v>
+        <v>8808.3847139999998</v>
       </c>
       <c r="C250" s="5">
-        <v>49.11526049999884</v>
+        <v>49.069349999999758</v>
       </c>
       <c r="D250" s="5">
-        <v>6.9401535388227797</v>
+        <v>6.9333919951365397</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>8805.7841475000005</v>
+        <v>8805.7994319999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-2.556950299998789</v>
+        <v>-2.5852820000000065</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.34778923867738731</v>
+        <v>-0.35163488042915247</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>8793.1964731999997</v>
+        <v>8793.1550979999993</v>
       </c>
       <c r="C252" s="5">
-        <v>-12.587674300000799</v>
+        <v>-12.644334000000526</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.7019511121718622</v>
+        <v>-1.7095485996909354</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>8797.1477938000007</v>
+        <v>8797.0210000000006</v>
       </c>
       <c r="C253" s="5">
-        <v>3.9513206000010541</v>
+        <v>3.8659020000013697</v>
       </c>
       <c r="D253" s="5">
-        <v>0.54056804785371781</v>
+        <v>0.52885641478452872</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>8810.7948426999992</v>
+        <v>8810.7069549999997</v>
       </c>
       <c r="C254" s="5">
-        <v>13.647048899998481</v>
+        <v>13.685954999999012</v>
       </c>
       <c r="D254" s="5">
-        <v>1.8775301801596589</v>
+        <v>1.8829560482892749</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>8844.9535744000004</v>
+        <v>8844.9183959999991</v>
       </c>
       <c r="C255" s="5">
-        <v>34.158731700001226</v>
+        <v>34.211440999999468</v>
       </c>
       <c r="D255" s="5">
-        <v>4.7527964579313631</v>
+        <v>4.7603361851648929</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>8850.3715998000007</v>
+        <v>8850.3391489999995</v>
       </c>
       <c r="C256" s="5">
-        <v>5.4180254000002606</v>
+        <v>5.4207530000003317</v>
       </c>
       <c r="D256" s="5">
-        <v>0.7375482037707215</v>
+        <v>0.73792370539607077</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>8868.5709478999997</v>
+        <v>8868.5581160000002</v>
       </c>
       <c r="C257" s="5">
-        <v>18.199348099999042</v>
+        <v>18.218967000000703</v>
       </c>
       <c r="D257" s="5">
-        <v>2.4957050382998558</v>
+        <v>2.4984352069558291</v>
       </c>
       <c r="E257" s="5">
-        <v>2.1550549187890899</v>
+        <v>2.1551703405079392</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>8881.8516242999995</v>
+        <v>8881.8882450000001</v>
       </c>
       <c r="C258" s="5">
-        <v>13.28067639999972</v>
+        <v>13.330128999999943</v>
       </c>
       <c r="D258" s="5">
-        <v>1.8118734879299714</v>
+        <v>1.8186787984267649</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>8881.8009720999999</v>
+        <v>8881.882818</v>
       </c>
       <c r="C259" s="5">
-        <v>-5.0652199999603909E-2</v>
+        <v>-5.4270000000542495E-3</v>
       </c>
       <c r="D259" s="5">
-        <v>-6.8432502709936394E-3</v>
+        <v>-7.3322000174735891E-4</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>8914.9655493999999</v>
+        <v>8915.0422550000003</v>
       </c>
       <c r="C260" s="5">
-        <v>33.164577300000019</v>
+        <v>33.159437000000253</v>
       </c>
       <c r="D260" s="5">
-        <v>4.5739677340565388</v>
+        <v>4.5732011667044548</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>8954.9555177000002</v>
+        <v>8955.0384369999992</v>
       </c>
       <c r="C261" s="5">
-        <v>39.989968300000328</v>
+        <v>39.996181999998953</v>
       </c>
       <c r="D261" s="5">
-        <v>5.5176629912085717</v>
+        <v>5.518492939143238</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>8951.6969298999993</v>
+        <v>8951.7336090000008</v>
       </c>
       <c r="C262" s="5">
-        <v>-3.2585878000008961</v>
+        <v>-3.3048279999984516</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.43579098141400818</v>
+        <v>-0.44195833704770981</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>8969.0466961999991</v>
+        <v>8969.0591800000002</v>
       </c>
       <c r="C263" s="5">
-        <v>17.349766299999828</v>
+        <v>17.3255709999994</v>
       </c>
       <c r="D263" s="5">
-        <v>2.3507380583071003</v>
+        <v>2.3474151155028267</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>8983.9622820000004</v>
+        <v>8983.9156160000002</v>
       </c>
       <c r="C264" s="5">
-        <v>14.915585800001281</v>
+        <v>14.856436000000031</v>
       </c>
       <c r="D264" s="5">
-        <v>2.0139626477097661</v>
+        <v>2.0059002857547137</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>8992.8339268</v>
+        <v>8992.7150309999997</v>
       </c>
       <c r="C265" s="5">
-        <v>8.871644799999558</v>
+        <v>8.7994149999994988</v>
       </c>
       <c r="D265" s="5">
-        <v>1.1914548394168945</v>
+        <v>1.1817082911073529</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>9015.4954789000003</v>
+        <v>9015.4116959999992</v>
       </c>
       <c r="C266" s="5">
-        <v>22.661552100000335</v>
+        <v>22.696664999999484</v>
       </c>
       <c r="D266" s="5">
-        <v>3.0662132910598272</v>
+        <v>3.0710715407167966</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>8995.5014623999996</v>
+        <v>8995.4701690000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-19.994016500000726</v>
+        <v>-19.941526999999041</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.6290644320944634</v>
+        <v>-2.6222702766987904</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>9008.5486459000003</v>
+        <v>9008.5212210000009</v>
       </c>
       <c r="C268" s="5">
-        <v>13.047183500000756</v>
+        <v>13.051052000000709</v>
       </c>
       <c r="D268" s="5">
-        <v>1.7544461648813847</v>
+        <v>1.754976671481101</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>9027.9021038999999</v>
+        <v>9027.9035070000009</v>
       </c>
       <c r="C269" s="5">
-        <v>19.353457999999591</v>
+        <v>19.382286000000022</v>
       </c>
       <c r="D269" s="5">
-        <v>2.6086930502043471</v>
+        <v>2.6126329822949712</v>
       </c>
       <c r="E269" s="5">
-        <v>1.7965820754664907</v>
+        <v>1.7967451858101002</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>9060.5878434999995</v>
+        <v>9060.6113509999996</v>
       </c>
       <c r="C270" s="5">
-        <v>32.685739599999579</v>
+        <v>32.707843999998659</v>
       </c>
       <c r="D270" s="5">
-        <v>4.4321959882836159</v>
+        <v>4.4352526258834457</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>9086.1914491999996</v>
+        <v>9086.2594950000002</v>
       </c>
       <c r="C271" s="5">
-        <v>25.603605700000116</v>
+        <v>25.648144000000684</v>
       </c>
       <c r="D271" s="5">
-        <v>3.444188404223647</v>
+        <v>3.4502641757538699</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>9111.7208365000006</v>
+        <v>9111.7899419999994</v>
       </c>
       <c r="C272" s="5">
-        <v>25.529387300000963</v>
+        <v>25.530446999999185</v>
       </c>
       <c r="D272" s="5">
-        <v>3.4242226599415115</v>
+        <v>3.4243409575810402</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>9128.7108346000005</v>
+        <v>9128.7927359999994</v>
       </c>
       <c r="C273" s="5">
-        <v>16.989998099999866</v>
+        <v>17.002793999999994</v>
       </c>
       <c r="D273" s="5">
-        <v>2.2606477586140983</v>
+        <v>2.2623505271857747</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>9154.6546612000002</v>
+        <v>9154.6964059999991</v>
       </c>
       <c r="C274" s="5">
-        <v>25.943826599999738</v>
+        <v>25.903669999999693</v>
       </c>
       <c r="D274" s="5">
-        <v>3.4642203344748657</v>
+        <v>3.4587428387188091</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>9184.2045362999997</v>
+        <v>9184.2205030000005</v>
       </c>
       <c r="C275" s="5">
-        <v>29.549875099999554</v>
+        <v>29.524097000001348</v>
       </c>
       <c r="D275" s="5">
-        <v>3.9429339176044298</v>
+        <v>3.9394147409707925</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>9192.0521709000004</v>
+        <v>9191.9969930000007</v>
       </c>
       <c r="C276" s="5">
-        <v>7.8476346000006743</v>
+        <v>7.7764900000001944</v>
       </c>
       <c r="D276" s="5">
-        <v>1.0301975061141944</v>
+        <v>1.0208126863100686</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>9230.5008345999995</v>
+        <v>9230.4140960000004</v>
       </c>
       <c r="C277" s="5">
-        <v>38.448663699999088</v>
+        <v>38.41710299999977</v>
       </c>
       <c r="D277" s="5">
-        <v>5.1364778439223935</v>
+        <v>5.1321956835726157</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>9250.9242961</v>
+        <v>9250.797928</v>
       </c>
       <c r="C278" s="5">
-        <v>20.423461500000485</v>
+        <v>20.383831999999529</v>
       </c>
       <c r="D278" s="5">
-        <v>2.6876778196691875</v>
+        <v>2.6824246838961674</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>9267.7298788000007</v>
+        <v>9267.7178970000004</v>
       </c>
       <c r="C279" s="5">
-        <v>16.805582700000741</v>
+        <v>16.919969000000492</v>
       </c>
       <c r="D279" s="5">
-        <v>2.2018794578393397</v>
+        <v>2.2170481092779193</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>9304.0898527000008</v>
+        <v>9304.0764400000007</v>
       </c>
       <c r="C280" s="5">
-        <v>36.359973900000114</v>
+        <v>36.358543000000282</v>
       </c>
       <c r="D280" s="5">
-        <v>4.8108744476453635</v>
+        <v>4.8106873725037413</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>9326.5977270000003</v>
+        <v>9326.6079320000008</v>
       </c>
       <c r="C281" s="5">
-        <v>22.507874299999457</v>
+        <v>22.531492000000071</v>
       </c>
       <c r="D281" s="5">
-        <v>2.9419030729903151</v>
+        <v>2.9450355704264242</v>
       </c>
       <c r="E281" s="5">
-        <v>3.3085828763137037</v>
+        <v>3.3086798587113053</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>9321.3114581000009</v>
+        <v>9321.3215450000007</v>
       </c>
       <c r="C282" s="5">
-        <v>-5.2862688999994134</v>
+        <v>-5.2863870000001043</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.67803769992370588</v>
+        <v>-0.6780520611025298</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>9373.1169675000001</v>
+        <v>9373.1575730000004</v>
       </c>
       <c r="C283" s="5">
-        <v>51.80550939999921</v>
+        <v>51.836027999999715</v>
       </c>
       <c r="D283" s="5">
-        <v>6.8769877948255731</v>
+        <v>6.8811560549488782</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>9393.2834117000002</v>
+        <v>9393.3325220000006</v>
       </c>
       <c r="C284" s="5">
-        <v>20.166444200000115</v>
+        <v>20.174949000000197</v>
       </c>
       <c r="D284" s="5">
-        <v>2.6125952463642799</v>
+        <v>2.6136986758842573</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>9407.4722755000003</v>
+        <v>9407.6273590000001</v>
       </c>
       <c r="C285" s="5">
-        <v>14.188863800000036</v>
+        <v>14.294836999999461</v>
       </c>
       <c r="D285" s="5">
-        <v>1.8277748688823925</v>
+        <v>1.8415308350975268</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>9426.6671002999992</v>
+        <v>9426.7123030000002</v>
       </c>
       <c r="C286" s="5">
-        <v>19.194824799998969</v>
+        <v>19.084944000000178</v>
       </c>
       <c r="D286" s="5">
-        <v>2.4761213816695049</v>
+        <v>2.4617472589272937</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>9452.2847462999998</v>
+        <v>9452.2754409999998</v>
       </c>
       <c r="C287" s="5">
-        <v>25.617646000000605</v>
+        <v>25.563137999999526</v>
       </c>
       <c r="D287" s="5">
-        <v>3.3102728771784884</v>
+        <v>3.3031079800103225</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>9479.2428113000005</v>
+        <v>9479.207257</v>
       </c>
       <c r="C288" s="5">
-        <v>26.958065000000715</v>
+        <v>26.931816000000254</v>
       </c>
       <c r="D288" s="5">
-        <v>3.4766169154053284</v>
+        <v>3.473181991741825</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>9503.5742492999998</v>
+        <v>9503.4908680000008</v>
       </c>
       <c r="C289" s="5">
-        <v>24.331437999999252</v>
+        <v>24.283611000000747</v>
       </c>
       <c r="D289" s="5">
-        <v>3.1240333629352302</v>
+        <v>3.1178177001629725</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>9529.7581444000007</v>
+        <v>9529.5612949999995</v>
       </c>
       <c r="C290" s="5">
-        <v>26.183895100000882</v>
+        <v>26.070426999998745</v>
       </c>
       <c r="D290" s="5">
-        <v>3.3567585355366525</v>
+        <v>3.342021596464062</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>9541.6087329000002</v>
+        <v>9541.5966430000008</v>
       </c>
       <c r="C291" s="5">
-        <v>11.850588499999503</v>
+        <v>12.03534800000125</v>
       </c>
       <c r="D291" s="5">
-        <v>1.50249061756067</v>
+        <v>1.5261102657361247</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>9575.8288866999992</v>
+        <v>9575.8299200000001</v>
       </c>
       <c r="C292" s="5">
-        <v>34.220153799999025</v>
+        <v>34.233276999999362</v>
       </c>
       <c r="D292" s="5">
-        <v>4.3896108040286874</v>
+        <v>4.3913332209532419</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>9582.1501262999991</v>
+        <v>9582.1736340000007</v>
       </c>
       <c r="C293" s="5">
-        <v>6.3212395999998989</v>
+        <v>6.3437140000005456</v>
       </c>
       <c r="D293" s="5">
-        <v>0.79503182608076095</v>
+        <v>0.79786868593820781</v>
       </c>
       <c r="E293" s="5">
-        <v>2.7400388306680012</v>
+        <v>2.7401784642747007</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>9604.6377986000007</v>
+        <v>9604.6424119999992</v>
       </c>
       <c r="C294" s="5">
-        <v>22.487672300001577</v>
+        <v>22.468777999998565</v>
       </c>
       <c r="D294" s="5">
-        <v>2.8528314465726012</v>
+        <v>2.8503963972470014</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>9621.0806886999999</v>
+        <v>9621.0998390000004</v>
       </c>
       <c r="C295" s="5">
-        <v>16.442890099999204</v>
+        <v>16.457427000001189</v>
       </c>
       <c r="D295" s="5">
-        <v>2.0738232437218729</v>
+        <v>2.0756729848476985</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>9651.4059483000001</v>
+        <v>9651.4489610000001</v>
       </c>
       <c r="C296" s="5">
-        <v>30.325259600000209</v>
+        <v>30.349121999999625</v>
       </c>
       <c r="D296" s="5">
-        <v>3.8486156025017371</v>
+        <v>3.8516889421854161</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>9683.1762677999996</v>
+        <v>9683.4346819999992</v>
       </c>
       <c r="C297" s="5">
-        <v>31.770319499999459</v>
+        <v>31.985720999999103</v>
       </c>
       <c r="D297" s="5">
-        <v>4.0224448060453444</v>
+        <v>4.0501974770504434</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>9712.2022484999998</v>
+        <v>9712.2636440000006</v>
       </c>
       <c r="C298" s="5">
-        <v>29.025980700000218</v>
+        <v>28.828962000001411</v>
       </c>
       <c r="D298" s="5">
-        <v>3.656982081055471</v>
+        <v>3.6316533482259272</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>9735.8425931999991</v>
+        <v>9735.8112390000006</v>
       </c>
       <c r="C299" s="5">
-        <v>23.640344699999332</v>
+        <v>23.547595000000001</v>
       </c>
       <c r="D299" s="5">
-        <v>2.9603268928513504</v>
+        <v>2.948538250808852</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>9755.3551277999995</v>
+        <v>9755.3916059999992</v>
       </c>
       <c r="C300" s="5">
-        <v>19.512534600000436</v>
+        <v>19.58036699999866</v>
       </c>
       <c r="D300" s="5">
-        <v>2.4317237269831926</v>
+        <v>2.4402789235789868</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>9778.1237741999994</v>
+        <v>9778.0611910000007</v>
       </c>
       <c r="C301" s="5">
-        <v>22.768646399999852</v>
+        <v>22.669585000001462</v>
       </c>
       <c r="D301" s="5">
-        <v>2.8369905820449848</v>
+        <v>2.8244785805152661</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>9802.0763195</v>
+        <v>9801.5015399999993</v>
       </c>
       <c r="C302" s="5">
-        <v>23.952545300000565</v>
+        <v>23.440348999998605</v>
       </c>
       <c r="D302" s="5">
-        <v>2.979455450597146</v>
+        <v>2.9149200228901551</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>9843.7837567000006</v>
+        <v>9843.8642970000001</v>
       </c>
       <c r="C303" s="5">
-        <v>41.707437200000641</v>
+        <v>42.362757000000784</v>
       </c>
       <c r="D303" s="5">
-        <v>5.2271533181340146</v>
+        <v>5.3115651180686951</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>9862.2948049000006</v>
+        <v>9862.3584260000007</v>
       </c>
       <c r="C304" s="5">
-        <v>18.511048200000005</v>
+        <v>18.494129000000612</v>
       </c>
       <c r="D304" s="5">
-        <v>2.2800630786361298</v>
+        <v>2.2779386764593124</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>9897.9471039</v>
+        <v>9897.9934830000002</v>
       </c>
       <c r="C305" s="5">
-        <v>35.652298999999402</v>
+        <v>35.635056999999506</v>
       </c>
       <c r="D305" s="5">
-        <v>4.4253111791024091</v>
+        <v>4.423099219080151</v>
       </c>
       <c r="E305" s="5">
-        <v>3.2956797111040492</v>
+        <v>3.2959103128687772</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>9913.9008252999993</v>
+        <v>9913.92994</v>
       </c>
       <c r="C306" s="5">
-        <v>15.953721399999267</v>
+        <v>15.936456999999791</v>
       </c>
       <c r="D306" s="5">
-        <v>1.9514245371055283</v>
+        <v>1.9492848430202603</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>9932.5195679000008</v>
+        <v>9932.5602529999996</v>
       </c>
       <c r="C307" s="5">
-        <v>18.618742600001497</v>
+        <v>18.63031299999966</v>
       </c>
       <c r="D307" s="5">
-        <v>2.2770777486662563</v>
+        <v>2.2785007089136444</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>9939.7173633999992</v>
+        <v>9939.7872110000008</v>
       </c>
       <c r="C308" s="5">
-        <v>7.1977954999983922</v>
+        <v>7.2269580000011047</v>
       </c>
       <c r="D308" s="5">
-        <v>0.87307793277207058</v>
+        <v>0.87662584742262961</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>9974.4006957000001</v>
+        <v>9974.7822930000002</v>
       </c>
       <c r="C309" s="5">
-        <v>34.683332300000984</v>
+        <v>34.995081999999456</v>
       </c>
       <c r="D309" s="5">
-        <v>4.2685432828130088</v>
+        <v>4.3076260828732282</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>9999.5819775</v>
+        <v>9999.6674160000002</v>
       </c>
       <c r="C310" s="5">
-        <v>25.181281799999852</v>
+        <v>24.885123000000021</v>
       </c>
       <c r="D310" s="5">
-        <v>3.0719306541890923</v>
+        <v>3.03518658116817</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>10024.335564000001</v>
+        <v>10024.260899999999</v>
       </c>
       <c r="C311" s="5">
-        <v>24.753586500000893</v>
+        <v>24.59348399999908</v>
       </c>
       <c r="D311" s="5">
-        <v>3.0113343733818798</v>
+        <v>2.9915673988589297</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>10063.671888000001</v>
+        <v>10063.73842</v>
       </c>
       <c r="C312" s="5">
-        <v>39.336323999999877</v>
+        <v>39.477520000000368</v>
       </c>
       <c r="D312" s="5">
-        <v>4.8118702787825818</v>
+        <v>4.8295548569593283</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>10073.926138999999</v>
+        <v>10073.78939</v>
       </c>
       <c r="C313" s="5">
-        <v>10.254250999998476</v>
+        <v>10.050970000000234</v>
       </c>
       <c r="D313" s="5">
-        <v>1.2296004671856764</v>
+        <v>1.2050827225665861</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>10094.874287000001</v>
+        <v>10093.85874</v>
       </c>
       <c r="C314" s="5">
-        <v>20.948148000001311</v>
+        <v>20.069349999999758</v>
       </c>
       <c r="D314" s="5">
-        <v>2.5240684181982775</v>
+        <v>2.4170514353499817</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>10119.024087</v>
+        <v>10119.15792</v>
       </c>
       <c r="C315" s="5">
-        <v>24.149799999999232</v>
+        <v>25.299179999999978</v>
       </c>
       <c r="D315" s="5">
-        <v>2.9088148202927044</v>
+        <v>3.0494815740949699</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>10119.377716999999</v>
+        <v>10119.52967</v>
       </c>
       <c r="C316" s="5">
-        <v>0.35362999999961175</v>
+        <v>0.37175000000024738</v>
       </c>
       <c r="D316" s="5">
-        <v>4.1944516663949827E-2</v>
+        <v>4.4093604550754506E-2</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>10146.074847</v>
+        <v>10146.22171</v>
       </c>
       <c r="C317" s="5">
-        <v>26.69713000000047</v>
+        <v>26.692039999999906</v>
       </c>
       <c r="D317" s="5">
-        <v>3.2122059436807238</v>
+        <v>3.2115356752014712</v>
       </c>
       <c r="E317" s="5">
-        <v>2.5068606701508012</v>
+        <v>2.5078641183825523</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>10169.007763</v>
+        <v>10169.162899999999</v>
       </c>
       <c r="C318" s="5">
-        <v>22.93291599999975</v>
+        <v>22.941189999999551</v>
       </c>
       <c r="D318" s="5">
-        <v>2.7463033004132109</v>
+        <v>2.7472662355395805</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>10182.583420000001</v>
+        <v>10182.746279999999</v>
       </c>
       <c r="C319" s="5">
-        <v>13.575657000001229</v>
+        <v>13.583380000000034</v>
       </c>
       <c r="D319" s="5">
-        <v>1.6138189749757892</v>
+        <v>1.6147189940005191</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>10184.445975000001</v>
+        <v>10184.632369999999</v>
       </c>
       <c r="C320" s="5">
-        <v>1.862554999999702</v>
+        <v>1.8860899999999674</v>
       </c>
       <c r="D320" s="5">
-        <v>0.21971987242015434</v>
+        <v>0.22249549064468077</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>10220.467780999999</v>
+        <v>10220.92705</v>
       </c>
       <c r="C321" s="5">
-        <v>36.021805999998833</v>
+        <v>36.294680000000881</v>
       </c>
       <c r="D321" s="5">
-        <v>4.3278787344293912</v>
+        <v>4.3612273757372533</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>10228.363576</v>
+        <v>10228.44951</v>
       </c>
       <c r="C322" s="5">
-        <v>7.8957950000003621</v>
+        <v>7.5224600000001374</v>
       </c>
       <c r="D322" s="5">
-        <v>0.93100601996365384</v>
+        <v>0.88676713558619724</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>10227.455776999999</v>
+        <v>10227.260840000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.90779900000052294</v>
+        <v>-1.1886699999995471</v>
       </c>
       <c r="D323" s="5">
-        <v>-0.10645174932870649</v>
+        <v>-0.13936546703909869</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>10273.633056999999</v>
+        <v>10273.560030000001</v>
       </c>
       <c r="C324" s="5">
-        <v>46.177279999999882</v>
+        <v>46.299189999999726</v>
       </c>
       <c r="D324" s="5">
-        <v>5.5546271729642882</v>
+        <v>5.5697674847010603</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>10286.800959</v>
+        <v>10286.433779999999</v>
       </c>
       <c r="C325" s="5">
-        <v>13.16790200000105</v>
+        <v>12.873749999998836</v>
       </c>
       <c r="D325" s="5">
-        <v>1.5489507318553919</v>
+        <v>1.5141214318461937</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>10321.036566000001</v>
+        <v>10319.46536</v>
       </c>
       <c r="C326" s="5">
-        <v>34.235607000000527</v>
+        <v>33.031580000000758</v>
       </c>
       <c r="D326" s="5">
-        <v>4.0676530075613782</v>
+        <v>3.9222055770834707</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>10310.008356</v>
+        <v>10310.163350000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-11.028210000000399</v>
+        <v>-9.3020099999994272</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.2747125670963588</v>
+        <v>-1.0763384927382047</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>10325.4216</v>
+        <v>10325.903029999999</v>
       </c>
       <c r="C328" s="5">
-        <v>15.413243999999395</v>
+        <v>15.739679999998771</v>
       </c>
       <c r="D328" s="5">
-        <v>1.8087990707952084</v>
+        <v>1.8474017426649558</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>10343.589419</v>
+        <v>10343.96111</v>
       </c>
       <c r="C329" s="5">
-        <v>18.167819000000236</v>
+        <v>18.0580800000007</v>
       </c>
       <c r="D329" s="5">
-        <v>2.1319812590690157</v>
+        <v>2.118879595685641</v>
       </c>
       <c r="E329" s="5">
-        <v>1.9467091952155346</v>
+        <v>1.9488968963206288</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>10371.341052</v>
+        <v>10371.738579999999</v>
       </c>
       <c r="C330" s="5">
-        <v>27.751632999999856</v>
+        <v>27.777469999999084</v>
       </c>
       <c r="D330" s="5">
-        <v>3.2675115242830621</v>
+        <v>3.2704794126886094</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>10381.505911</v>
+        <v>10381.93785</v>
       </c>
       <c r="C331" s="5">
-        <v>10.164859000000433</v>
+        <v>10.199270000000979</v>
       </c>
       <c r="D331" s="5">
-        <v>1.1824698892368035</v>
+        <v>1.1864488472396406</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>10411.326628000001</v>
+        <v>10411.82259</v>
       </c>
       <c r="C332" s="5">
-        <v>29.820717000000514</v>
+        <v>29.88473999999951</v>
       </c>
       <c r="D332" s="5">
-        <v>3.5019641793642142</v>
+        <v>3.5094537523614466</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>10418.294180000001</v>
+        <v>10418.776669999999</v>
       </c>
       <c r="C333" s="5">
-        <v>6.9675520000000688</v>
+        <v>6.9540799999995215</v>
       </c>
       <c r="D333" s="5">
-        <v>0.80603620191663783</v>
+        <v>0.80443351206285207</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>10431.6132</v>
+        <v>10431.57811</v>
       </c>
       <c r="C334" s="5">
-        <v>13.319019999999</v>
+        <v>12.801440000001094</v>
       </c>
       <c r="D334" s="5">
-        <v>1.5449443773671412</v>
+        <v>1.4844320206579109</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>10452.178835000001</v>
+        <v>10451.79911</v>
       </c>
       <c r="C335" s="5">
-        <v>20.565635000000839</v>
+        <v>20.220999999999549</v>
       </c>
       <c r="D335" s="5">
-        <v>2.3915881531484828</v>
+        <v>2.3510901501482273</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>10439.001652000001</v>
+        <v>10438.514590000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-13.177182999999786</v>
+        <v>-13.284519999999247</v>
       </c>
       <c r="D336" s="5">
-        <v>-1.5024078677973951</v>
+        <v>-1.5146152095563359</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>10450.267274</v>
+        <v>10449.23302</v>
       </c>
       <c r="C337" s="5">
-        <v>11.265621999998984</v>
+        <v>10.718429999998989</v>
       </c>
       <c r="D337" s="5">
-        <v>1.3027372748302568</v>
+        <v>1.2391613486209874</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>10464.737655000001</v>
+        <v>10462.60707</v>
       </c>
       <c r="C338" s="5">
-        <v>14.470381000000998</v>
+        <v>13.374050000000352</v>
       </c>
       <c r="D338" s="5">
-        <v>1.67434125728394</v>
+        <v>1.5467469382877796</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>10487.131267000001</v>
+        <v>10487.272989999999</v>
       </c>
       <c r="C339" s="5">
-        <v>22.393611999999848</v>
+        <v>24.66591999999946</v>
       </c>
       <c r="D339" s="5">
-        <v>2.5983332293515238</v>
+        <v>2.8660094279838955</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>10503.308421</v>
+        <v>10504.26541</v>
       </c>
       <c r="C340" s="5">
-        <v>16.177153999999064</v>
+        <v>16.992420000000493</v>
       </c>
       <c r="D340" s="5">
-        <v>1.8668721987828318</v>
+        <v>1.961768753980464</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>10520.495287</v>
+        <v>10521.464889999999</v>
       </c>
       <c r="C341" s="5">
-        <v>17.186866000000009</v>
+        <v>17.199479999999312</v>
       </c>
       <c r="D341" s="5">
-        <v>1.9813632736586317</v>
+        <v>1.9826483072989287</v>
       </c>
       <c r="E341" s="5">
-        <v>1.7102947616524977</v>
+        <v>1.7160136055461184</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>10530.473371</v>
+        <v>10531.37509</v>
       </c>
       <c r="C342" s="5">
-        <v>9.9780840000003082</v>
+        <v>9.910200000000259</v>
       </c>
       <c r="D342" s="5">
-        <v>1.1440866965922503</v>
+        <v>1.1361574949607878</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>10562.710075999999</v>
+        <v>10563.46708</v>
       </c>
       <c r="C343" s="5">
-        <v>32.236704999999347</v>
+        <v>32.091990000000806</v>
       </c>
       <c r="D343" s="5">
-        <v>3.7360203359842359</v>
+        <v>3.7186429456864234</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>10595.012796000001</v>
+        <v>10596.11147</v>
       </c>
       <c r="C344" s="5">
-        <v>32.3027200000015</v>
+        <v>32.644389999999476</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7321818799491924</v>
+        <v>3.7720561577509359</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>10600.419347999999</v>
+        <v>10600.59454</v>
       </c>
       <c r="C345" s="5">
-        <v>5.4065519999985554</v>
+        <v>4.4830700000002253</v>
       </c>
       <c r="D345" s="5">
-        <v>0.61407215008177918</v>
+        <v>0.50888668697359751</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>10628.239931</v>
+        <v>10628.14488</v>
       </c>
       <c r="C346" s="5">
-        <v>27.820583000000624</v>
+        <v>27.550339999999778</v>
       </c>
       <c r="D346" s="5">
-        <v>3.1952355152281564</v>
+        <v>3.1636996858744215</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>10657.449414000001</v>
+        <v>10656.779839999999</v>
       </c>
       <c r="C347" s="5">
-        <v>29.209483000000546</v>
+        <v>28.63495999999941</v>
       </c>
       <c r="D347" s="5">
-        <v>3.3482576677313913</v>
+        <v>3.2814515534892008</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>10671.797016</v>
+        <v>10670.73424</v>
       </c>
       <c r="C348" s="5">
-        <v>14.347601999999824</v>
+        <v>13.954400000000533</v>
       </c>
       <c r="D348" s="5">
-        <v>1.6275168349619173</v>
+        <v>1.5826925432361971</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>10697.629527999999</v>
+        <v>10695.37384</v>
       </c>
       <c r="C349" s="5">
-        <v>25.832511999999042</v>
+        <v>24.639600000000428</v>
       </c>
       <c r="D349" s="5">
-        <v>2.9437467295481579</v>
+        <v>2.8063609022006109</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>10704.649486</v>
+        <v>10701.45522</v>
       </c>
       <c r="C350" s="5">
-        <v>7.01995800000077</v>
+        <v>6.0813799999996263</v>
       </c>
       <c r="D350" s="5">
-        <v>0.79030777880579883</v>
+        <v>0.6844567888599995</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>10716.238594</v>
+        <v>10717.024890000001</v>
       </c>
       <c r="C351" s="5">
-        <v>11.589108000000124</v>
+        <v>15.56967000000077</v>
       </c>
       <c r="D351" s="5">
-        <v>1.3069122000804345</v>
+        <v>1.7599324108940051</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>10731.97768</v>
+        <v>10733.6757</v>
       </c>
       <c r="C352" s="5">
-        <v>15.739085999999588</v>
+        <v>16.650809999999183</v>
       </c>
       <c r="D352" s="5">
-        <v>1.7767633130859384</v>
+        <v>1.8804287188702196</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>10748.794417999999</v>
+        <v>10750.4918</v>
       </c>
       <c r="C353" s="5">
-        <v>16.816737999999532</v>
+        <v>16.816100000000006</v>
       </c>
       <c r="D353" s="5">
-        <v>1.8966603459539266</v>
+        <v>1.8962851466810093</v>
       </c>
       <c r="E353" s="5">
-        <v>2.1700416641230236</v>
+        <v>2.1767587726085225</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>10760.622803</v>
+        <v>10762.04609</v>
       </c>
       <c r="C354" s="5">
-        <v>11.828385000000708</v>
+        <v>11.554290000000037</v>
       </c>
       <c r="D354" s="5">
-        <v>1.3285477087445319</v>
+        <v>1.2973734254919878</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>10792.374239999999</v>
+        <v>10793.506439999999</v>
       </c>
       <c r="C355" s="5">
-        <v>31.751436999998987</v>
+        <v>31.46034999999938</v>
       </c>
       <c r="D355" s="5">
-        <v>3.5988804775928029</v>
+        <v>3.5648756625731082</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>10805.006088</v>
+        <v>10806.60655</v>
       </c>
       <c r="C356" s="5">
-        <v>12.6318480000009</v>
+        <v>13.100110000001223</v>
       </c>
       <c r="D356" s="5">
-        <v>1.4136073258831594</v>
+        <v>1.4662052064939646</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>10824.306775999999</v>
+        <v>10823.99849</v>
       </c>
       <c r="C357" s="5">
-        <v>19.300687999999354</v>
+        <v>17.391939999999522</v>
       </c>
       <c r="D357" s="5">
-        <v>2.1647122874814073</v>
+        <v>1.9484431266872049</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>10851.140074999999</v>
+        <v>10851.055329999999</v>
       </c>
       <c r="C358" s="5">
-        <v>26.833298999999897</v>
+        <v>27.056839999999283</v>
       </c>
       <c r="D358" s="5">
-        <v>3.0156790050156035</v>
+        <v>3.0412360339692635</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>10869.359093999999</v>
+        <v>10868.72164</v>
       </c>
       <c r="C359" s="5">
-        <v>18.219019000000117</v>
+        <v>17.666310000000522</v>
       </c>
       <c r="D359" s="5">
-        <v>2.0335051047066122</v>
+        <v>1.9712769677853625</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>10897.792888</v>
+        <v>10895.91087</v>
       </c>
       <c r="C360" s="5">
-        <v>28.433794000000489</v>
+        <v>27.189229999999952</v>
       </c>
       <c r="D360" s="5">
-        <v>3.184711932064177</v>
+        <v>3.0435732529110471</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>10922.659632999999</v>
+        <v>10918.883379999999</v>
       </c>
       <c r="C361" s="5">
-        <v>24.866744999999355</v>
+        <v>22.972509999999602</v>
       </c>
       <c r="D361" s="5">
-        <v>2.7728045504803678</v>
+        <v>2.5595781962088227</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>10935.643974000001</v>
+        <v>10931.733749999999</v>
       </c>
       <c r="C362" s="5">
-        <v>12.984341000001223</v>
+        <v>12.850370000000112</v>
       </c>
       <c r="D362" s="5">
-        <v>1.4358669593009132</v>
+        <v>1.4214504669641581</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>10947.418992999999</v>
+        <v>10948.909390000001</v>
       </c>
       <c r="C363" s="5">
-        <v>11.775018999998792</v>
+        <v>17.175640000001295</v>
       </c>
       <c r="D363" s="5">
-        <v>1.2997866540986003</v>
+        <v>1.9017853408550778</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>10979.906763000001</v>
+        <v>10982.2716</v>
       </c>
       <c r="C364" s="5">
-        <v>32.487770000001547</v>
+        <v>33.362209999999322</v>
       </c>
       <c r="D364" s="5">
-        <v>3.6198464207323644</v>
+        <v>3.7184025050636338</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>10991.941751</v>
+        <v>10994.63775</v>
       </c>
       <c r="C365" s="5">
-        <v>12.03498799999943</v>
+        <v>12.366149999999834</v>
       </c>
       <c r="D365" s="5">
-        <v>1.3232688032454476</v>
+        <v>1.3596118792165379</v>
       </c>
       <c r="E365" s="5">
-        <v>2.2620893427157229</v>
+        <v>2.2710212196989987</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>11026.617485000001</v>
+        <v>11028.444750000001</v>
       </c>
       <c r="C366" s="5">
-        <v>34.675734000000375</v>
+        <v>33.807000000000698</v>
       </c>
       <c r="D366" s="5">
-        <v>3.8519581559561367</v>
+        <v>3.7528806549493421</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>11046.887978999999</v>
+        <v>11048.21177</v>
       </c>
       <c r="C367" s="5">
-        <v>20.270493999998507</v>
+        <v>19.76701999999932</v>
       </c>
       <c r="D367" s="5">
-        <v>2.2284301403618034</v>
+        <v>2.1721705676113867</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>10988.385878999999</v>
+        <v>10990.107819999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-58.5020999999997</v>
+        <v>-58.103950000000623</v>
       </c>
       <c r="D368" s="5">
-        <v>-6.1730876638588894</v>
+        <v>-6.131569520479796</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>9740.8901432000002</v>
+        <v>9740.0292879999997</v>
       </c>
       <c r="C369" s="5">
-        <v>-1247.4957357999992</v>
+        <v>-1250.0785319999995</v>
       </c>
       <c r="D369" s="5">
-        <v>-76.450758700464448</v>
+        <v>-76.519912246805433</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>9989.9861892000008</v>
+        <v>9989.9931130000004</v>
       </c>
       <c r="C370" s="5">
-        <v>249.09604600000057</v>
+        <v>249.96382500000072</v>
       </c>
       <c r="D370" s="5">
-        <v>35.392593885386916</v>
+        <v>35.537388162973201</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>10229.101355000001</v>
+        <v>10228.5419</v>
       </c>
       <c r="C371" s="5">
-        <v>239.11516579999989</v>
+        <v>238.54878699999972</v>
       </c>
       <c r="D371" s="5">
-        <v>32.822340274344278</v>
+        <v>32.73408994249003</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>10277.248833</v>
+        <v>10274.76816</v>
       </c>
       <c r="C372" s="5">
-        <v>48.147477999998955</v>
+        <v>46.226259999999456</v>
       </c>
       <c r="D372" s="5">
-        <v>5.7968359779046574</v>
+        <v>5.5600609519133704</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>10359.690941999999</v>
+        <v>10355.100039999999</v>
       </c>
       <c r="C373" s="5">
-        <v>82.442108999999618</v>
+        <v>80.331879999999728</v>
       </c>
       <c r="D373" s="5">
-        <v>10.062438651464589</v>
+        <v>9.7961754508585575</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>10429.099668000001</v>
+        <v>10425.09426</v>
       </c>
       <c r="C374" s="5">
-        <v>69.408726000001479</v>
+        <v>69.994220000000496</v>
       </c>
       <c r="D374" s="5">
-        <v>8.3428416042603537</v>
+        <v>8.4197240273054632</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>10513.51332</v>
+        <v>10515.861279999999</v>
       </c>
       <c r="C375" s="5">
-        <v>84.413651999999274</v>
+        <v>90.76701999999932</v>
       </c>
       <c r="D375" s="5">
-        <v>10.157130976408224</v>
+        <v>10.963027359843093</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>10548.829578000001</v>
+        <v>10551.79494</v>
       </c>
       <c r="C376" s="5">
-        <v>35.316258000000744</v>
+        <v>35.9336600000006</v>
       </c>
       <c r="D376" s="5">
-        <v>4.1062689945716491</v>
+        <v>4.17845935111405</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>10599.933499999999</v>
+        <v>10603.27426</v>
       </c>
       <c r="C377" s="5">
-        <v>51.10392199999842</v>
+        <v>51.479320000000371</v>
       </c>
       <c r="D377" s="5">
-        <v>5.9708394380121321</v>
+        <v>6.0141476018668261</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.5663239478533226</v>
+        <v>-3.5595851259401456</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>10634.238224999999</v>
+        <v>10636.06285</v>
       </c>
       <c r="C378" s="5">
-        <v>34.304724999999962</v>
+        <v>32.788590000000113</v>
       </c>
       <c r="D378" s="5">
-        <v>3.9534559691013715</v>
+        <v>3.7745363389586117</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>10610.205058</v>
+        <v>10611.264740000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-24.033166999999594</v>
+        <v>-24.798109999999724</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.6785192358138254</v>
+        <v>-2.7622147136108444</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>10716.72603</v>
+        <v>10717.6425</v>
       </c>
       <c r="C380" s="5">
-        <v>106.52097200000026</v>
+        <v>106.3777599999994</v>
       </c>
       <c r="D380" s="5">
-        <v>12.735374134997436</v>
+        <v>12.715956290008279</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>10774.296649</v>
+        <v>10772.257310000001</v>
       </c>
       <c r="C381" s="5">
-        <v>57.570619000000079</v>
+        <v>54.614810000000944</v>
       </c>
       <c r="D381" s="5">
-        <v>6.6403610757349796</v>
+        <v>6.2892700672695145</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>10831.78606</v>
+        <v>10831.5726</v>
       </c>
       <c r="C382" s="5">
-        <v>57.489411000000473</v>
+        <v>59.31528999999864</v>
       </c>
       <c r="D382" s="5">
-        <v>6.5942400374319865</v>
+        <v>6.8113875241980315</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>10886.585004</v>
+        <v>10886.5987</v>
       </c>
       <c r="C383" s="5">
-        <v>54.79894400000012</v>
+        <v>55.026100000000952</v>
       </c>
       <c r="D383" s="5">
-        <v>6.2427080512132971</v>
+        <v>6.2694400435912234</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>10996.318654000001</v>
+        <v>10993.687260000001</v>
       </c>
       <c r="C384" s="5">
-        <v>109.73365000000013</v>
+        <v>107.08856000000014</v>
       </c>
       <c r="D384" s="5">
-        <v>12.789268981323666</v>
+        <v>12.464114480584865</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>11010.364025000001</v>
+        <v>11006.00099</v>
       </c>
       <c r="C385" s="5">
-        <v>14.045371000000159</v>
+        <v>12.31372999999985</v>
       </c>
       <c r="D385" s="5">
-        <v>1.5435487450097485</v>
+        <v>1.3523984608870609</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>11066.544091</v>
+        <v>11063.335999999999</v>
       </c>
       <c r="C386" s="5">
-        <v>56.180065999998988</v>
+        <v>57.335009999998874</v>
       </c>
       <c r="D386" s="5">
-        <v>6.2977543121939039</v>
+        <v>6.4335769675897714</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>11180.121854999999</v>
+        <v>11183.27153</v>
       </c>
       <c r="C387" s="5">
-        <v>113.57776399999966</v>
+        <v>119.93553000000065</v>
       </c>
       <c r="D387" s="5">
-        <v>13.035333710912944</v>
+        <v>13.813350360907673</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>11218.145393999999</v>
+        <v>11221.72946</v>
       </c>
       <c r="C388" s="5">
-        <v>38.023538999999801</v>
+        <v>38.457930000000488</v>
       </c>
       <c r="D388" s="5">
-        <v>4.1584068208541991</v>
+        <v>4.2056086984407992</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>11275.569399</v>
+        <v>11279.71797</v>
       </c>
       <c r="C389" s="5">
-        <v>57.424005000000761</v>
+        <v>57.988509999999224</v>
       </c>
       <c r="D389" s="5">
-        <v>6.3185425575831289</v>
+        <v>6.380336737343395</v>
       </c>
       <c r="E389" s="5">
-        <v>6.3739635630733149</v>
+        <v>6.3795738317533601</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>11283.481092</v>
+        <v>11284.84179</v>
       </c>
       <c r="C390" s="5">
-        <v>7.9116930000000139</v>
+        <v>5.1238200000007055</v>
       </c>
       <c r="D390" s="5">
-        <v>0.84525722396209257</v>
+        <v>0.54646479574700368</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>11371.379734</v>
+        <v>11371.54703</v>
       </c>
       <c r="C391" s="5">
-        <v>87.898642000000109</v>
+        <v>86.705239999999321</v>
       </c>
       <c r="D391" s="5">
-        <v>9.7591372424134413</v>
+        <v>9.6197796285182982</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>11406.064089</v>
+        <v>11405.174779999999</v>
       </c>
       <c r="C392" s="5">
-        <v>34.684354999999414</v>
+        <v>33.627749999999651</v>
       </c>
       <c r="D392" s="5">
-        <v>3.722204707496779</v>
+        <v>3.606909361862054</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>11483.299712</v>
+        <v>11478.606949999999</v>
       </c>
       <c r="C393" s="5">
-        <v>77.235623000000487</v>
+        <v>73.432170000000042</v>
       </c>
       <c r="D393" s="5">
-        <v>8.4353061151839714</v>
+        <v>8.0057506845714563</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>11509.490075</v>
+        <v>11508.029119999999</v>
       </c>
       <c r="C394" s="5">
-        <v>26.190362999999707</v>
+        <v>29.422169999999824</v>
       </c>
       <c r="D394" s="5">
-        <v>2.7714758514764348</v>
+        <v>3.1195965993292107</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>11517.554711000001</v>
+        <v>11519.143819999999</v>
       </c>
       <c r="C395" s="5">
-        <v>8.0646360000009736</v>
+        <v>11.114700000000084</v>
       </c>
       <c r="D395" s="5">
-        <v>0.84408135946201224</v>
+        <v>1.1651620121377215</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>11631.805189000001</v>
+        <v>11630.75786</v>
       </c>
       <c r="C396" s="5">
-        <v>114.25047799999993</v>
+        <v>111.61404000000039</v>
       </c>
       <c r="D396" s="5">
-        <v>12.575019881546812</v>
+        <v>12.26742559641265</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>11660.326789999999</v>
+        <v>11657.9012</v>
       </c>
       <c r="C397" s="5">
-        <v>28.521600999998554</v>
+        <v>27.143340000000535</v>
       </c>
       <c r="D397" s="5">
-        <v>2.9824512788926061</v>
+        <v>2.8367335017901008</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>11706.623788000001</v>
+        <v>11704.938560000001</v>
       </c>
       <c r="C398" s="5">
-        <v>46.296998000001622</v>
+        <v>47.037360000000263</v>
       </c>
       <c r="D398" s="5">
-        <v>4.8700021788872006</v>
+        <v>4.9506701875816406</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>11719.128038999999</v>
+        <v>11723.482840000001</v>
       </c>
       <c r="C399" s="5">
-        <v>12.504250999998476</v>
+        <v>18.544280000000072</v>
       </c>
       <c r="D399" s="5">
-        <v>1.2893185231457771</v>
+        <v>1.91782905497071</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>11736.927992999999</v>
+        <v>11740.869259999999</v>
       </c>
       <c r="C400" s="5">
-        <v>17.799954000000071</v>
+        <v>17.386419999998907</v>
       </c>
       <c r="D400" s="5">
-        <v>1.8379600300159948</v>
+        <v>1.7942387962605943</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>11748.854823</v>
+        <v>11752.84331</v>
       </c>
       <c r="C401" s="5">
-        <v>11.926830000000336</v>
+        <v>11.974050000000716</v>
       </c>
       <c r="D401" s="5">
-        <v>1.2262542881126048</v>
+        <v>1.2307208771954015</v>
       </c>
       <c r="E401" s="5">
-        <v>4.1974414528633375</v>
+        <v>4.1944784546771752</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>11825.215557</v>
+        <v>11825.298720000001</v>
       </c>
       <c r="C402" s="5">
-        <v>76.360733999999866</v>
+        <v>72.455410000000484</v>
       </c>
       <c r="D402" s="5">
-        <v>8.0842327466814403</v>
+        <v>7.6539798864361241</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>11851.712056</v>
+        <v>11850.3364</v>
       </c>
       <c r="C403" s="5">
-        <v>26.496499000000767</v>
+        <v>25.037679999999455</v>
       </c>
       <c r="D403" s="5">
-        <v>2.7221984145153311</v>
+        <v>2.5705547538665607</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>11885.584062</v>
+        <v>11882.170469999999</v>
       </c>
       <c r="C404" s="5">
-        <v>33.872005999999601</v>
+        <v>31.834069999998974</v>
       </c>
       <c r="D404" s="5">
-        <v>3.4840072379647369</v>
+        <v>3.27166935668739</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>11892.838984</v>
+        <v>11884.93389</v>
       </c>
       <c r="C405" s="5">
-        <v>7.2549220000000787</v>
+        <v>2.7634200000011333</v>
       </c>
       <c r="D405" s="5">
-        <v>0.73494017774227149</v>
+        <v>0.27943960389624767</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>11912.494924000001</v>
+        <v>11909.20111</v>
       </c>
       <c r="C406" s="5">
-        <v>19.655940000000555</v>
+        <v>24.267219999999725</v>
       </c>
       <c r="D406" s="5">
-        <v>2.0014333124151129</v>
+        <v>2.4779212123230199</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>11942.087661</v>
+        <v>11946.197899999999</v>
       </c>
       <c r="C407" s="5">
-        <v>29.592736999999033</v>
+        <v>36.996789999999237</v>
       </c>
       <c r="D407" s="5">
-        <v>3.022080128644089</v>
+        <v>3.7922457497218343</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>11928.428989</v>
+        <v>11929.82134</v>
       </c>
       <c r="C408" s="5">
-        <v>-13.658671999999569</v>
+        <v>-16.37655999999879</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.3638899431597351</v>
+        <v>-1.6326849246084962</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>11944.339608</v>
+        <v>11944.93636</v>
       </c>
       <c r="C409" s="5">
-        <v>15.910619000000224</v>
+        <v>15.115019999999276</v>
       </c>
       <c r="D409" s="5">
-        <v>1.612402951565306</v>
+        <v>1.5310332900490664</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>11976.527176</v>
+        <v>11977.303760000001</v>
       </c>
       <c r="C410" s="5">
-        <v>32.187567999999374</v>
+        <v>32.367400000000998</v>
       </c>
       <c r="D410" s="5">
-        <v>3.2821180297825547</v>
+        <v>3.3005620336632902</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>11969.812162</v>
+        <v>11974.688959999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-6.7150139999994281</v>
+        <v>-2.6148000000011962</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.67074655124463867</v>
+        <v>-0.26166115754161501</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>11979.921245</v>
+        <v>11983.9149</v>
       </c>
       <c r="C412" s="5">
-        <v>10.109082999999373</v>
+        <v>9.2259400000002643</v>
       </c>
       <c r="D412" s="5">
-        <v>1.01817861268092</v>
+        <v>0.92847192652691923</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>11992.965332</v>
+        <v>11996.55406</v>
       </c>
       <c r="C413" s="5">
-        <v>13.044087000000218</v>
+        <v>12.639160000000629</v>
       </c>
       <c r="D413" s="5">
-        <v>1.3144480242111234</v>
+        <v>1.2729797977938162</v>
       </c>
       <c r="E413" s="5">
-        <v>2.0777387471170305</v>
+        <v>2.0736322570780619</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>12016.513921</v>
+        <v>12015.061820000001</v>
       </c>
       <c r="C414" s="5">
-        <v>23.548588999999993</v>
+        <v>18.507760000000417</v>
       </c>
       <c r="D414" s="5">
-        <v>2.3818535267369212</v>
+        <v>1.8670973290117132</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>12032.657965</v>
+        <v>12029.682699999999</v>
       </c>
       <c r="C415" s="5">
-        <v>16.144044000000576</v>
+        <v>14.620879999998579</v>
       </c>
       <c r="D415" s="5">
-        <v>1.6241520232628481</v>
+        <v>1.4700681584366659</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>12053.03701</v>
+        <v>12047.499659999999</v>
       </c>
       <c r="C416" s="5">
-        <v>20.379044999999678</v>
+        <v>17.816960000000108</v>
       </c>
       <c r="D416" s="5">
-        <v>2.0514123375820148</v>
+        <v>1.7918492678786313</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>12063.690998</v>
+        <v>12052.44333</v>
       </c>
       <c r="C417" s="5">
-        <v>10.653988000000027</v>
+        <v>4.9436700000005658</v>
       </c>
       <c r="D417" s="5">
-        <v>1.0658826885848294</v>
+        <v>0.49353072680453636</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>12083.515890000001</v>
+        <v>12077.75173</v>
       </c>
       <c r="C418" s="5">
-        <v>19.824892000000546</v>
+        <v>25.308399999999892</v>
       </c>
       <c r="D418" s="5">
-        <v>1.9899445259704329</v>
+        <v>2.5491343387008092</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>12077.719036</v>
+        <v>12084.30458</v>
       </c>
       <c r="C419" s="5">
-        <v>-5.7968540000001667</v>
+        <v>6.5528500000000349</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.57416235363858537</v>
+        <v>0.65301287377850237</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>12057.517008000001</v>
+        <v>12061.901610000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-20.2020279999997</v>
+        <v>-22.402969999999186</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.9888399207649843</v>
+        <v>-2.2021238616917849</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>12105.199403000001</v>
+        <v>12108.822270000001</v>
       </c>
       <c r="C421" s="5">
-        <v>47.682394999999815</v>
+        <v>46.920659999999771</v>
       </c>
       <c r="D421" s="5">
-        <v>4.8500820596817595</v>
+        <v>4.7691640188389783</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>12108.992941</v>
+        <v>12112.10974</v>
       </c>
       <c r="C422" s="5">
-        <v>3.7935379999998986</v>
+        <v>3.2874699999993027</v>
       </c>
       <c r="D422" s="5">
-        <v>0.37670589943228361</v>
+        <v>0.32627946209549119</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>12125.707146999999</v>
+        <v>12135.173000000001</v>
       </c>
       <c r="C423" s="5">
-        <v>16.71420599999874</v>
+        <v>23.06326000000081</v>
       </c>
       <c r="D423" s="5">
-        <v>1.6690089453958779</v>
+        <v>2.3090613451039577</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>12138.668530999999</v>
+        <v>12146.48839</v>
       </c>
       <c r="C424" s="5">
-        <v>12.96138400000018</v>
+        <v>11.315389999999752</v>
       </c>
       <c r="D424" s="5">
-        <v>1.2902693359945872</v>
+        <v>1.1246911279247485</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>12162.033649999999</v>
+        <v>12168.38898</v>
       </c>
       <c r="C425" s="5">
-        <v>23.36511900000005</v>
+        <v>21.900589999999283</v>
       </c>
       <c r="D425" s="5">
-        <v>2.3344311823921382</v>
+        <v>2.1852323174333943</v>
       </c>
       <c r="E425" s="5">
-        <v>1.4097290646616578</v>
+        <v>1.4323689881325707</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>12167.775323</v>
+        <v>12177.11643</v>
       </c>
       <c r="C426" s="5">
-        <v>5.7416730000004463</v>
+        <v>8.7274500000003172</v>
       </c>
       <c r="D426" s="5">
-        <v>0.5679910251105591</v>
+        <v>0.86407098233638457</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>12174.153232000001</v>
+        <v>12183.539779999999</v>
       </c>
       <c r="C427" s="5">
-        <v>6.3779090000007272</v>
+        <v>6.4233499999991182</v>
       </c>
       <c r="D427" s="5">
-        <v>0.63081323035136805</v>
+        <v>0.63483190210746887</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>12170.925612999999</v>
+        <v>12179.121059999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-3.2276190000011411</v>
+        <v>-4.4187199999996665</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.31768124150842736</v>
+        <v>-0.43434829695171429</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>12207.802689</v>
+        <v>12202.900530000001</v>
       </c>
       <c r="C429" s="5">
-        <v>36.87707600000067</v>
+        <v>23.779470000001311</v>
       </c>
       <c r="D429" s="5">
-        <v>3.6971256697707178</v>
+        <v>2.3682988056107801</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>12225.377931999999</v>
+        <v>12210.464379999999</v>
       </c>
       <c r="C430" s="5">
-        <v>17.575242999999318</v>
+        <v>7.5638499999986379</v>
       </c>
       <c r="D430" s="5">
-        <v>1.7413529131891758</v>
+        <v>0.74634938665434358</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>12212.669153999999</v>
+        <v>12137.481030000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-12.708778000000166</v>
+        <v>-72.983349999998609</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.240341246886123</v>
+        <v>-6.9413823071251546</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>12221.026830000001</v>
+        <v>12144.84765</v>
       </c>
       <c r="C432" s="5">
-        <v>8.3576760000014474</v>
+        <v>7.3666199999988748</v>
       </c>
       <c r="D432" s="5">
-        <v>0.82431172299626265</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.730753982927701</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>12249.579320999999</v>
+        <v>12173.14954</v>
       </c>
       <c r="C433" s="5">
-        <v>28.552490999998554</v>
+        <v>28.30189000000064</v>
       </c>
       <c r="D433" s="5">
-        <v>2.8399177723731572</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.8325560070203482</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>12239.756582</v>
+        <v>12163.29529</v>
       </c>
       <c r="C434" s="5">
-        <v>-9.8227389999992738</v>
+        <v>-9.8542500000003201</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.95802794615778009</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.96709508168179026</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>12154.28714</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-9.0081499999996595</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.88511022045125731</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>12152.113170000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.1739699999998265</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.21442632678367879</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>12172.177530000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>20.064360000000306</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.9994124571790062</v>
+      </c>
+      <c r="E437" s="5">
+        <v>3.113435974333445E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>