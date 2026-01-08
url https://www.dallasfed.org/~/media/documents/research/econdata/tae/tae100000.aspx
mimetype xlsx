--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A170D162-BC38-431F-A708-09EDE7648B51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A5D4DD6-F277-45DD-AE86-B0D91C363DF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{021F9291-C307-4390-BAD5-62864F5CC173}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{77B78A93-8097-4356-A020-3829B774DFE2}"/>
   </bookViews>
   <sheets>
     <sheet name="AE100000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Mining and Logging</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E6D0E40-9FFE-4A25-A770-4FE464582E10}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F172903-8540-4A76-8985-2CF81374FF33}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-1.8121193800000128</v>
       </c>
       <c r="D431" s="5">
         <v>-9.6403761249914908</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>212.90781698999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.69724044000000163</v>
       </c>
       <c r="D432" s="5">
         <v>-3.8474267640966286</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>213.1312155</v>
+        <v>213.76456787000001</v>
       </c>
       <c r="C433" s="5">
-        <v>0.22339851000000976</v>
+        <v>0.8567508800000212</v>
       </c>
       <c r="D433" s="5">
-        <v>1.266419993415635</v>
+        <v>4.9371754346341667</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>212.58851165999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.1760562100000129</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-6.4058201997955972</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>