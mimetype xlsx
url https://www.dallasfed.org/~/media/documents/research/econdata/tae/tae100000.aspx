--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{6A5D4DD6-F277-45DD-AE86-B0D91C363DF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9CB89C64-AA8D-414D-9E24-C2D9CC203613}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{77B78A93-8097-4356-A020-3829B774DFE2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8543410B-270A-4F24-BE88-04ED0D0C0CBF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE100000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Mining and Logging</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F172903-8540-4A76-8985-2CF81374FF33}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF302103-2CFD-44EA-9F95-E4A33941FD8C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>158.28701874000001</v>
+        <v>158.28700689999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>159.13873329</v>
+        <v>159.13870600000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.85171454999999696</v>
+        <v>0.85169910000001892</v>
       </c>
       <c r="D7" s="5">
-        <v>6.6515493338855203</v>
+        <v>6.6514255949824408</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>159.86074762999999</v>
+        <v>159.86073279999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.72201433999998699</v>
+        <v>0.72202679999998054</v>
       </c>
       <c r="D8" s="5">
-        <v>5.582347685194522</v>
+        <v>5.5824474192113005</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>161.12614841999999</v>
+        <v>161.1261307</v>
       </c>
       <c r="C9" s="5">
-        <v>1.2654007900000011</v>
+        <v>1.2653979000000106</v>
       </c>
       <c r="D9" s="5">
-        <v>9.9234201962463242</v>
+        <v>9.9233974978908623</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>162.42785974</v>
+        <v>162.427831</v>
       </c>
       <c r="C10" s="5">
-        <v>1.3017113200000097</v>
+        <v>1.3017002999999931</v>
       </c>
       <c r="D10" s="5">
-        <v>10.137179888437252</v>
+        <v>10.137091385552498</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>163.32492127</v>
+        <v>163.32488749999999</v>
       </c>
       <c r="C11" s="5">
-        <v>0.89706153000000199</v>
+        <v>0.89705649999999082</v>
       </c>
       <c r="D11" s="5">
-        <v>6.8324599555510401</v>
+        <v>6.8324217193648673</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>164.37505354999999</v>
+        <v>164.37504050000001</v>
       </c>
       <c r="C12" s="5">
-        <v>1.0501322799999855</v>
+        <v>1.050153000000023</v>
       </c>
       <c r="D12" s="5">
-        <v>7.9944402189635611</v>
+        <v>7.9946052875036422</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>165.43048091</v>
+        <v>165.430477</v>
       </c>
       <c r="C13" s="5">
-        <v>1.0554273600000101</v>
+        <v>1.0554364999999848</v>
       </c>
       <c r="D13" s="5">
-        <v>7.9830274128010581</v>
+        <v>7.9830996616417904</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>165.67047084000001</v>
+        <v>165.6704786</v>
       </c>
       <c r="C14" s="5">
-        <v>0.23998993000000723</v>
+        <v>0.24000159999999937</v>
       </c>
       <c r="D14" s="5">
-        <v>1.7547967818909438</v>
+        <v>1.754882836295435</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>168.29729030999999</v>
+        <v>168.29749290000001</v>
       </c>
       <c r="C15" s="5">
-        <v>2.6268194699999867</v>
+        <v>2.6270143000000132</v>
       </c>
       <c r="D15" s="5">
-        <v>20.77699090701428</v>
+        <v>20.778667673351748</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>169.15689036000001</v>
+        <v>169.15688119999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.85960005000001161</v>
+        <v>0.85938829999997779</v>
       </c>
       <c r="D16" s="5">
-        <v>6.3042996394607753</v>
+        <v>6.3026949929912757</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>169.11855975</v>
+        <v>169.1185256</v>
       </c>
       <c r="C17" s="5">
-        <v>-3.8330610000002707E-2</v>
+        <v>-3.8355599999988499E-2</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.27157894640211788</v>
+        <v>-0.27175579878448985</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>171.70361498</v>
+        <v>171.70359339999999</v>
       </c>
       <c r="C18" s="5">
-        <v>2.5850552299999947</v>
+        <v>2.5850677999999903</v>
       </c>
       <c r="D18" s="5">
-        <v>19.965952747936775</v>
+        <v>19.966062513480299</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>173.23283751</v>
+        <v>173.2328019</v>
       </c>
       <c r="C19" s="5">
-        <v>1.5292225299999984</v>
+        <v>1.52920850000001</v>
       </c>
       <c r="D19" s="5">
-        <v>11.226779903629524</v>
+        <v>11.226673286385358</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>173.43013439000001</v>
+        <v>173.4301127</v>
       </c>
       <c r="C20" s="5">
-        <v>0.19729688000001033</v>
+        <v>0.19731079999999679</v>
       </c>
       <c r="D20" s="5">
-        <v>1.3752874366087076</v>
+        <v>1.3753853612073597</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>173.89176451</v>
+        <v>173.8917424</v>
       </c>
       <c r="C21" s="5">
-        <v>0.46163011999999526</v>
+        <v>0.46162970000000314</v>
       </c>
       <c r="D21" s="5">
-        <v>3.2412953282163759</v>
+        <v>3.2412927472419861</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>173.94056982999999</v>
+        <v>173.9405381</v>
       </c>
       <c r="C22" s="5">
-        <v>4.8805319999985386E-2</v>
+        <v>4.8795699999999442E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>0.33731830379626349</v>
+        <v>0.33725175539827124</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>171.40719013</v>
+        <v>171.40715729999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-2.5333796999999834</v>
+        <v>-2.5333808000000033</v>
       </c>
       <c r="D23" s="5">
-        <v>-16.143300446733587</v>
+        <v>-16.143309617566416</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>171.63568119999999</v>
+        <v>171.63566850000001</v>
       </c>
       <c r="C24" s="5">
-        <v>0.2284910699999898</v>
+        <v>0.22851120000001401</v>
       </c>
       <c r="D24" s="5">
-        <v>1.6114172828004092</v>
+        <v>1.6115606016999129</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>170.50254305000001</v>
+        <v>170.50255319999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.1331381499999793</v>
+        <v>-1.1331153000000143</v>
       </c>
       <c r="D25" s="5">
-        <v>-7.6409633316748771</v>
+        <v>-7.6408153459543211</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>168.72994883999999</v>
+        <v>168.72997609999999</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.7725942100000225</v>
+        <v>-1.7725771000000066</v>
       </c>
       <c r="D26" s="5">
-        <v>-11.786355050018216</v>
+        <v>-11.786247044669995</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>166.84414870000001</v>
+        <v>166.84436120000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-1.8858001399999864</v>
+        <v>-1.8856148999999789</v>
       </c>
       <c r="D27" s="5">
-        <v>-12.617258433858359</v>
+        <v>-12.616092303770976</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>166.56248316</v>
+        <v>166.56247500000001</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.28166554000000588</v>
+        <v>-0.28188620000000242</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.0071300150033222</v>
+        <v>-2.0086853065165999</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>166.00383135000001</v>
+        <v>166.0037849</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.55865180999998643</v>
+        <v>-0.55869010000000685</v>
       </c>
       <c r="D29" s="5">
-        <v>-3.9513869680770641</v>
+        <v>-3.95165300957252</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.8417425057334569</v>
+        <v>-1.8417501506410972</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>164.34260541</v>
+        <v>164.34255959999999</v>
       </c>
       <c r="C30" s="5">
-        <v>-1.6612259400000084</v>
+        <v>-1.6612253000000123</v>
       </c>
       <c r="D30" s="5">
-        <v>-11.369199049845902</v>
+        <v>-11.369197916219765</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>163.41793089000001</v>
+        <v>163.4178781</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.92467451999999639</v>
+        <v>-0.92468149999999127</v>
       </c>
       <c r="D31" s="5">
-        <v>-6.5467358182313307</v>
+        <v>-6.5467854865682966</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>162.76920443</v>
+        <v>162.7691719</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.648726460000006</v>
+        <v>-0.64870619999999235</v>
       </c>
       <c r="D32" s="5">
-        <v>-4.6610420903879017</v>
+        <v>-4.6609011603093826</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>161.37778664999999</v>
+        <v>161.37776220000001</v>
       </c>
       <c r="C33" s="5">
-        <v>-1.3914177800000118</v>
+        <v>-1.391409699999997</v>
       </c>
       <c r="D33" s="5">
-        <v>-9.7892763201511741</v>
+        <v>-9.7892239845318585</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>161.17413407000001</v>
+        <v>161.1741073</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.20365257999998221</v>
+        <v>-0.20365490000000364</v>
       </c>
       <c r="D34" s="5">
-        <v>-1.5038872725837704</v>
+        <v>-1.5039045123298345</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>160.64184374000001</v>
+        <v>160.6418161</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.53229032999999504</v>
+        <v>-0.53229120000000307</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.8918951660898649</v>
+        <v>-3.8919020468116128</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>159.62007098999999</v>
+        <v>159.62006629999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-1.0217727500000251</v>
+        <v>-1.0217498000000091</v>
       </c>
       <c r="D36" s="5">
-        <v>-7.3712432540225752</v>
+        <v>-7.3710846613881724</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>159.28220542</v>
+        <v>159.28223589999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.33786556999999107</v>
+        <v>-0.33783040000000142</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.5106604765809171</v>
+        <v>-2.5104022378261592</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>159.11103850999999</v>
+        <v>159.11114370000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.17116691000001083</v>
+        <v>-0.17109219999997549</v>
       </c>
       <c r="D38" s="5">
-        <v>-1.2819425511354288</v>
+        <v>-1.2813860735536808</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>158.09524991999999</v>
+        <v>158.09545940000001</v>
       </c>
       <c r="C39" s="5">
-        <v>-1.0157885899999997</v>
+        <v>-1.0156843000000038</v>
       </c>
       <c r="D39" s="5">
-        <v>-7.3976233520712924</v>
+        <v>-7.3968855904043229</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>157.74429031</v>
+        <v>157.74430169999999</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.35095960999998965</v>
+        <v>-0.35115770000001589</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.6316243297984321</v>
+        <v>-2.6330881366374403</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>157.28759693000001</v>
+        <v>157.287587</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.45669337999999016</v>
+        <v>-0.45671469999999204</v>
       </c>
       <c r="D41" s="5">
-        <v>-3.4193898961789926</v>
+        <v>-3.4195467486314413</v>
       </c>
       <c r="E41" s="5">
-        <v>-5.2506224399260004</v>
+        <v>-5.2506019096194674</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>157.65503064000001</v>
+        <v>157.6547253</v>
       </c>
       <c r="C42" s="5">
-        <v>0.36743371000000025</v>
+        <v>0.36713829999999348</v>
       </c>
       <c r="D42" s="5">
-        <v>2.8395747994395926</v>
+        <v>2.8372626264398182</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>156.92798769999999</v>
+        <v>156.92798089999999</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.72704294000001823</v>
+        <v>-0.72674440000000118</v>
       </c>
       <c r="D43" s="5">
-        <v>-5.3957014086642001</v>
+        <v>-5.3935518646471392</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>156.92098687999999</v>
+        <v>156.92098720000001</v>
       </c>
       <c r="C44" s="5">
-        <v>-7.0008200000017951E-3</v>
+        <v>-6.9936999999811178E-3</v>
       </c>
       <c r="D44" s="5">
-        <v>-5.3520873675139136E-2</v>
+        <v>-5.3466457334527817E-2</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>156.81714392999999</v>
+        <v>156.817094</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.10384295000000066</v>
+        <v>-0.1038932000000159</v>
       </c>
       <c r="D45" s="5">
-        <v>-0.79121983629490966</v>
+        <v>-0.79160131586599736</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>156.93784851999999</v>
+        <v>156.937827</v>
       </c>
       <c r="C46" s="5">
-        <v>0.12070459000000255</v>
+        <v>0.12073300000000131</v>
       </c>
       <c r="D46" s="5">
-        <v>0.92757892704842249</v>
+        <v>0.92779847142152594</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>157.56034412</v>
+        <v>157.56032020000001</v>
       </c>
       <c r="C47" s="5">
-        <v>0.6224956000000077</v>
+        <v>0.62249320000000807</v>
       </c>
       <c r="D47" s="5">
-        <v>4.8650368263061239</v>
+        <v>4.8650183400636537</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>157.97173744</v>
+        <v>157.97173749999999</v>
       </c>
       <c r="C48" s="5">
-        <v>0.41139332000000195</v>
+        <v>0.41141729999998233</v>
       </c>
       <c r="D48" s="5">
-        <v>3.1786137921958613</v>
+        <v>3.1788022311964648</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>157.93644381999999</v>
+        <v>157.9365104</v>
       </c>
       <c r="C49" s="5">
-        <v>-3.5293620000004466E-2</v>
+        <v>-3.5227099999985967E-2</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.26777157146558039</v>
+        <v>-0.26726750506668173</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>158.19191653999999</v>
+        <v>158.192162</v>
       </c>
       <c r="C50" s="5">
-        <v>0.25547272000000021</v>
+        <v>0.2556515999999931</v>
       </c>
       <c r="D50" s="5">
-        <v>1.9584424432670167</v>
+        <v>1.9598251271497613</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>159.33396949999999</v>
+        <v>159.33422730000001</v>
       </c>
       <c r="C51" s="5">
-        <v>1.1420529600000009</v>
+        <v>1.1420653000000129</v>
       </c>
       <c r="D51" s="5">
-        <v>9.015702674971827</v>
+        <v>9.0157894412638875</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>158.85095919</v>
+        <v>158.85103319999999</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.48301030999999739</v>
+        <v>-0.48319410000001994</v>
       </c>
       <c r="D52" s="5">
-        <v>-3.57767745369586</v>
+        <v>-3.5790104740820894</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>157.93309617</v>
+        <v>157.93310399999999</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.91786301999999864</v>
+        <v>-0.91792920000000322</v>
       </c>
       <c r="D53" s="5">
-        <v>-6.717603455026822</v>
+        <v>-6.7180694893886113</v>
       </c>
       <c r="E53" s="5">
-        <v>0.41039424124920121</v>
+        <v>0.41040555857723149</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>158.05493311000001</v>
+        <v>158.0543079</v>
       </c>
       <c r="C54" s="5">
-        <v>0.12183694000000855</v>
+        <v>0.1212039000000118</v>
       </c>
       <c r="D54" s="5">
-        <v>0.9296738178989461</v>
+        <v>0.92482296875577852</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>157.28004557</v>
+        <v>157.28001929999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.77488754000000881</v>
+        <v>-0.77428860000000554</v>
       </c>
       <c r="D55" s="5">
-        <v>-5.7271032199984866</v>
+        <v>-5.7228171400244161</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>157.15905874000001</v>
+        <v>157.15905330000001</v>
       </c>
       <c r="C56" s="5">
-        <v>-0.12098682999999255</v>
+        <v>-0.12096599999998148</v>
       </c>
       <c r="D56" s="5">
-        <v>-0.91919808321305752</v>
+        <v>-0.91904064887333714</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>157.12781932999999</v>
+        <v>157.12772939999999</v>
       </c>
       <c r="C57" s="5">
-        <v>-3.1239410000011958E-2</v>
+        <v>-3.1323900000018057E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>-0.23827029658836096</v>
+        <v>-0.23891402359876857</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>156.34693336000001</v>
+        <v>156.34690259999999</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.78088596999998572</v>
+        <v>-0.78082679999999982</v>
       </c>
       <c r="D58" s="5">
-        <v>-5.8033608194549497</v>
+        <v>-5.8029362613000179</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>156.30792819000001</v>
+        <v>156.30787749999999</v>
       </c>
       <c r="C59" s="5">
-        <v>-3.9005169999995815E-2</v>
+        <v>-3.9025100000003476E-2</v>
       </c>
       <c r="D59" s="5">
-        <v>-0.29896354307821227</v>
+        <v>-0.29911614998263669</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>154.71334601000001</v>
+        <v>154.71334880000001</v>
       </c>
       <c r="C60" s="5">
-        <v>-1.5945821800000033</v>
+        <v>-1.5945286999999837</v>
       </c>
       <c r="D60" s="5">
-        <v>-11.577810414049239</v>
+        <v>-11.577447179362244</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>155.03120917999999</v>
+        <v>155.03135760000001</v>
       </c>
       <c r="C61" s="5">
-        <v>0.31786316999998121</v>
+        <v>0.3180088000000012</v>
       </c>
       <c r="D61" s="5">
-        <v>2.4934865706017106</v>
+        <v>2.4946418695275474</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>155.02622959000001</v>
+        <v>155.02666350000001</v>
       </c>
       <c r="C62" s="5">
-        <v>-4.979589999976497E-3</v>
+        <v>-4.6940999999947053E-3</v>
       </c>
       <c r="D62" s="5">
-        <v>-3.8537095298274426E-2</v>
+        <v>-3.6328018571263332E-2</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>155.01518727999999</v>
+        <v>155.01558600000001</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.1042310000021871E-2</v>
+        <v>-1.1077499999998963E-2</v>
       </c>
       <c r="D63" s="5">
-        <v>-8.5440910074496834E-2</v>
+        <v>-8.5712849189922835E-2</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>154.79589902000001</v>
+        <v>154.79617619999999</v>
       </c>
       <c r="C64" s="5">
-        <v>-0.2192882599999848</v>
+        <v>-0.21940980000002241</v>
       </c>
       <c r="D64" s="5">
-        <v>-1.6844036433945053</v>
+        <v>-1.6853256633274305</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>154.40652347</v>
+        <v>154.4066924</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.38937555000001112</v>
+        <v>-0.38948379999999361</v>
       </c>
       <c r="D65" s="5">
-        <v>-2.9770830732195663</v>
+        <v>-2.9778940513058183</v>
       </c>
       <c r="E65" s="5">
-        <v>-2.2329535642130249</v>
+        <v>-2.2328514482942041</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>153.65472653</v>
+        <v>153.65330850000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.75179693999999131</v>
+        <v>-0.75338389999998867</v>
       </c>
       <c r="D66" s="5">
-        <v>-5.6887825586938945</v>
+        <v>-5.7004644825477175</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>153.11624784</v>
+        <v>153.1161487</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.53847869000000514</v>
+        <v>-0.53715980000001196</v>
       </c>
       <c r="D67" s="5">
-        <v>-4.1252491315086122</v>
+        <v>-4.1153759339251366</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>152.51094682999999</v>
+        <v>152.51121900000001</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.60530101000000514</v>
+        <v>-0.60492969999998536</v>
       </c>
       <c r="D68" s="5">
-        <v>-4.6420576748605225</v>
+        <v>-4.6392746236888049</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>152.86056403000001</v>
+        <v>152.8603158</v>
       </c>
       <c r="C69" s="5">
-        <v>0.34961720000001151</v>
+        <v>0.34909679999998389</v>
       </c>
       <c r="D69" s="5">
-        <v>2.7858389666925776</v>
+        <v>2.7816349171764898</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>152.62592273000001</v>
+        <v>152.62580489999999</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.23464129999999273</v>
+        <v>-0.23451090000000363</v>
       </c>
       <c r="D70" s="5">
-        <v>-1.8265307902926575</v>
+        <v>-1.8255271998173006</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>151.42013535000001</v>
+        <v>151.42002099999999</v>
       </c>
       <c r="C71" s="5">
-        <v>-1.2057873800000039</v>
+        <v>-1.2057839000000001</v>
       </c>
       <c r="D71" s="5">
-        <v>-9.0790573538367063</v>
+        <v>-9.0790389863168226</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>151.49619788999999</v>
+        <v>151.49617950000001</v>
       </c>
       <c r="C72" s="5">
-        <v>7.6062539999981027E-2</v>
+        <v>7.6158500000019558E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>0.60446152336439685</v>
+        <v>0.60522667713636125</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>151.38849141</v>
+        <v>151.38873459999999</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.10770647999999028</v>
+        <v>-0.10744490000001861</v>
       </c>
       <c r="D73" s="5">
-        <v>-0.84981395225866008</v>
+        <v>-0.84775820875844232</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>151.59063341999999</v>
+        <v>151.5912352</v>
       </c>
       <c r="C74" s="5">
-        <v>0.20214200999998866</v>
+        <v>0.20250060000000758</v>
       </c>
       <c r="D74" s="5">
-        <v>1.6141238598061047</v>
+        <v>1.617005718117781</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>150.54199469</v>
+        <v>150.54259039999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.0486387299999933</v>
+        <v>-1.0486448000000053</v>
       </c>
       <c r="D75" s="5">
-        <v>-7.9924254845996074</v>
+        <v>-7.9924394717467484</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>149.90143286</v>
+        <v>149.9021151</v>
       </c>
       <c r="C76" s="5">
-        <v>-0.64056182999999578</v>
+        <v>-0.64047529999999142</v>
       </c>
       <c r="D76" s="5">
-        <v>-4.9882284478468319</v>
+        <v>-4.9875510270564032</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>150.10188457999999</v>
+        <v>150.1026952</v>
       </c>
       <c r="C77" s="5">
-        <v>0.20045171999998956</v>
+        <v>0.20058009999999626</v>
       </c>
       <c r="D77" s="5">
-        <v>1.6165228752198724</v>
+        <v>1.6175583978812025</v>
       </c>
       <c r="E77" s="5">
-        <v>-2.7878607673181399</v>
+        <v>-2.7874421329162513</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>149.31737795000001</v>
+        <v>149.3148209</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.78450662999998144</v>
+        <v>-0.78787429999999858</v>
       </c>
       <c r="D78" s="5">
-        <v>-6.0946101227381977</v>
+        <v>-6.1199899160949922</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>149.94212887</v>
+        <v>149.94161439999999</v>
       </c>
       <c r="C79" s="5">
-        <v>0.62475091999999677</v>
+        <v>0.6267934999999909</v>
       </c>
       <c r="D79" s="5">
-        <v>5.1380242898788619</v>
+        <v>5.1553027668812534</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>150.58959471</v>
+        <v>150.59022160000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.6474658399999953</v>
+        <v>0.64860720000001493</v>
       </c>
       <c r="D80" s="5">
-        <v>5.3065783365352726</v>
+        <v>5.3161751830121506</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>151.92594936</v>
+        <v>151.92551080000001</v>
       </c>
       <c r="C81" s="5">
-        <v>1.3363546500000041</v>
+        <v>1.3352892000000054</v>
       </c>
       <c r="D81" s="5">
-        <v>11.184419491304997</v>
+        <v>11.175014262551564</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>151.71936367000001</v>
+        <v>151.71910930000001</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.20658568999999716</v>
+        <v>-0.20640149999999835</v>
       </c>
       <c r="D82" s="5">
-        <v>-1.6195863528837284</v>
+        <v>-1.6181577527361046</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>151.81578716999999</v>
+        <v>151.81561500000001</v>
       </c>
       <c r="C83" s="5">
-        <v>9.6423499999986007E-2</v>
+        <v>9.6505699999994476E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>0.76531768152632296</v>
+        <v>0.76597367952460083</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>152.42855857999999</v>
+        <v>152.4285246</v>
       </c>
       <c r="C84" s="5">
-        <v>0.61277140999999347</v>
+        <v>0.61290959999999473</v>
       </c>
       <c r="D84" s="5">
-        <v>4.9525233320828255</v>
+        <v>4.9536708661063855</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>152.56039067</v>
+        <v>152.5607522</v>
       </c>
       <c r="C85" s="5">
-        <v>0.13183209000001739</v>
+        <v>0.13222759999999312</v>
       </c>
       <c r="D85" s="5">
-        <v>1.0428046183168949</v>
+        <v>1.0459483167146733</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>152.67185071</v>
+        <v>152.6726353</v>
       </c>
       <c r="C86" s="5">
-        <v>0.11146003999999721</v>
+        <v>0.11188310000000001</v>
       </c>
       <c r="D86" s="5">
-        <v>0.88024690737702471</v>
+        <v>0.88359937607720429</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>153.47201494999999</v>
+        <v>153.47288159999999</v>
       </c>
       <c r="C87" s="5">
-        <v>0.80016423999998665</v>
+        <v>0.80024629999999775</v>
       </c>
       <c r="D87" s="5">
-        <v>6.4737862854198358</v>
+        <v>6.4744352159226803</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>153.94230972</v>
+        <v>153.94350159999999</v>
       </c>
       <c r="C88" s="5">
-        <v>0.47029477000000952</v>
+        <v>0.47061999999999671</v>
       </c>
       <c r="D88" s="5">
-        <v>3.7398556765929181</v>
+        <v>3.7424642385517792</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>154.52437895</v>
+        <v>154.52593139999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.58206923000000188</v>
+        <v>0.58242979999999989</v>
       </c>
       <c r="D89" s="5">
-        <v>4.6328612196336216</v>
+        <v>4.635754442005724</v>
       </c>
       <c r="E89" s="5">
-        <v>2.9463283438276644</v>
+        <v>2.9468066473465893</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>155.63292684999999</v>
+        <v>155.62899379999999</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1085478999999907</v>
+        <v>1.1030623999999989</v>
       </c>
       <c r="D90" s="5">
-        <v>8.9566489081128076</v>
+        <v>8.9104808245104685</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>157.08559880000001</v>
+        <v>157.08447039999999</v>
       </c>
       <c r="C91" s="5">
-        <v>1.452671950000024</v>
+        <v>1.4554765999999972</v>
       </c>
       <c r="D91" s="5">
-        <v>11.794038080353308</v>
+        <v>11.818306645848731</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>157.83669958999999</v>
+        <v>157.83809339999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.75110078999998109</v>
+        <v>0.75362300000000459</v>
       </c>
       <c r="D92" s="5">
-        <v>5.89109296418171</v>
+        <v>5.9114438508112155</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>157.97259578000001</v>
+        <v>157.9717709</v>
       </c>
       <c r="C93" s="5">
-        <v>0.13589619000001107</v>
+        <v>0.13367750000000456</v>
       </c>
       <c r="D93" s="5">
-        <v>1.0380975137457948</v>
+        <v>1.0210610788518704</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>159.15043127999999</v>
+        <v>159.14994730000001</v>
       </c>
       <c r="C94" s="5">
-        <v>1.1778354999999863</v>
+        <v>1.1781764000000123</v>
       </c>
       <c r="D94" s="5">
-        <v>9.3233130733630922</v>
+        <v>9.326173863927556</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>159.84701659000001</v>
+        <v>159.84678120000001</v>
       </c>
       <c r="C95" s="5">
-        <v>0.69658531000001744</v>
+        <v>0.69683390000000145</v>
       </c>
       <c r="D95" s="5">
-        <v>5.3805791721994733</v>
+        <v>5.3825625759300832</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>163.74463205999999</v>
+        <v>163.74457860000001</v>
       </c>
       <c r="C96" s="5">
-        <v>3.8976154699999768</v>
+        <v>3.8977974000000017</v>
       </c>
       <c r="D96" s="5">
-        <v>33.521265822732936</v>
+        <v>33.523102200163038</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>164.36246245999999</v>
+        <v>164.36291900000001</v>
       </c>
       <c r="C97" s="5">
-        <v>0.61783040000000256</v>
+        <v>0.61834039999999391</v>
       </c>
       <c r="D97" s="5">
-        <v>4.6229135244639119</v>
+        <v>4.6268107441225892</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>164.52005478000001</v>
+        <v>164.52100490000001</v>
       </c>
       <c r="C98" s="5">
-        <v>0.15759232000002044</v>
+        <v>0.15808590000000322</v>
       </c>
       <c r="D98" s="5">
-        <v>1.156658535134647</v>
+        <v>1.1602971413303909</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>165.53958635000001</v>
+        <v>165.5407649</v>
       </c>
       <c r="C99" s="5">
-        <v>1.0195315699999981</v>
+        <v>1.0197599999999909</v>
       </c>
       <c r="D99" s="5">
-        <v>7.6951740499789034</v>
+        <v>7.6969114047500176</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>166.35075086000001</v>
+        <v>166.35241500000001</v>
       </c>
       <c r="C100" s="5">
-        <v>0.81116450999999756</v>
+        <v>0.81165010000000848</v>
       </c>
       <c r="D100" s="5">
-        <v>6.0412401349244416</v>
+        <v>6.0449104965853984</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>167.20274671000001</v>
+        <v>167.20518190000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.85199585000000866</v>
+        <v>0.85276690000000599</v>
       </c>
       <c r="D101" s="5">
-        <v>6.3221387315597344</v>
+        <v>6.3279573945563383</v>
       </c>
       <c r="E101" s="5">
-        <v>8.2047686236631954</v>
+        <v>8.2052574510481424</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>168.2686314</v>
+        <v>168.2637464</v>
       </c>
       <c r="C102" s="5">
-        <v>1.0658846899999901</v>
+        <v>1.0585644999999886</v>
       </c>
       <c r="D102" s="5">
-        <v>7.9237579673912206</v>
+        <v>7.8673127601303072</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>168.05826536999999</v>
+        <v>168.0563554</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.21036603000001719</v>
+        <v>-0.20739100000000121</v>
       </c>
       <c r="D103" s="5">
-        <v>-1.4899430615799902</v>
+        <v>-1.4690570428926408</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>165.29609773000001</v>
+        <v>165.29792459999999</v>
       </c>
       <c r="C104" s="5">
-        <v>-2.7621676399999728</v>
+        <v>-2.7584308000000135</v>
       </c>
       <c r="D104" s="5">
-        <v>-18.034198063024263</v>
+        <v>-18.012145932083989</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>165.31006047</v>
+        <v>165.30893829999999</v>
       </c>
       <c r="C105" s="5">
-        <v>1.3962739999982432E-2</v>
+        <v>1.1013700000006565E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>0.10141240342338431</v>
+        <v>7.9984575887825926E-2</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>164.97290849999999</v>
+        <v>164.97224180000001</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.33715197000000785</v>
+        <v>-0.33669649999998796</v>
       </c>
       <c r="D106" s="5">
-        <v>-2.4201476014176548</v>
+        <v>-2.4169309034730024</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>164.11252198</v>
+        <v>164.1122464</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.86038651999999161</v>
+        <v>-0.85999540000000252</v>
       </c>
       <c r="D107" s="5">
-        <v>-6.0819514407620678</v>
+        <v>-6.0792893192832764</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>162.67024612</v>
+        <v>162.67019149999999</v>
       </c>
       <c r="C108" s="5">
-        <v>-1.4422758599999952</v>
+        <v>-1.4420549000000165</v>
       </c>
       <c r="D108" s="5">
-        <v>-10.050894042182989</v>
+        <v>-10.049443931688529</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>160.87683146000001</v>
+        <v>160.87731969999999</v>
       </c>
       <c r="C109" s="5">
-        <v>-1.7934146599999963</v>
+        <v>-1.7928718000000003</v>
       </c>
       <c r="D109" s="5">
-        <v>-12.456367408899949</v>
+        <v>-12.452826405623686</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>159.93775492</v>
+        <v>159.93869090000001</v>
       </c>
       <c r="C110" s="5">
-        <v>-0.93907654000000207</v>
+        <v>-0.93862879999997517</v>
       </c>
       <c r="D110" s="5">
-        <v>-6.7841215453455455</v>
+        <v>-6.7809701195725598</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>157.81505319999999</v>
+        <v>157.81630089999999</v>
       </c>
       <c r="C111" s="5">
-        <v>-2.1227017200000091</v>
+        <v>-2.1223900000000242</v>
       </c>
       <c r="D111" s="5">
-        <v>-14.813815334449165</v>
+        <v>-14.811715717072804</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>156.66157143000001</v>
+        <v>156.66328540000001</v>
       </c>
       <c r="C112" s="5">
-        <v>-1.1534817699999849</v>
+        <v>-1.1530154999999809</v>
       </c>
       <c r="D112" s="5">
-        <v>-8.4267496537591349</v>
+        <v>-8.4234150761871458</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>155.14218417000001</v>
+        <v>155.144766</v>
       </c>
       <c r="C113" s="5">
-        <v>-1.519387260000002</v>
+        <v>-1.5185194000000024</v>
       </c>
       <c r="D113" s="5">
-        <v>-11.03707077938061</v>
+        <v>-11.030984403474642</v>
       </c>
       <c r="E113" s="5">
-        <v>-7.2131366124733027</v>
+        <v>-7.2129438591280959</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>148.69052696</v>
+        <v>148.68619000000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-6.4516572100000076</v>
+        <v>-6.4585759999999937</v>
       </c>
       <c r="D114" s="5">
-        <v>-39.932329362957539</v>
+        <v>-39.965340461130097</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>147.338221</v>
+        <v>147.3362176</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.3523059599999954</v>
+        <v>-1.3499724000000128</v>
       </c>
       <c r="D115" s="5">
-        <v>-10.384020908924141</v>
+        <v>-10.36727469713381</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>146.45838588999999</v>
+        <v>146.46023360000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.87983511000001613</v>
+        <v>-0.87598399999998833</v>
       </c>
       <c r="D116" s="5">
-        <v>-6.9351116410083407</v>
+        <v>-6.9058326515461292</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>144.60803604</v>
+        <v>144.6068856</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.8503498499999864</v>
+        <v>-1.8533480000000111</v>
       </c>
       <c r="D117" s="5">
-        <v>-14.150412497284892</v>
+        <v>-14.17160250325038</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>142.95047797999999</v>
+        <v>142.94980469999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.6575580600000137</v>
+        <v>-1.6570809000000111</v>
       </c>
       <c r="D118" s="5">
-        <v>-12.920042707348788</v>
+        <v>-12.916651003531854</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>141.93063595000001</v>
+        <v>141.93036710000001</v>
       </c>
       <c r="C119" s="5">
-        <v>-1.0198420299999782</v>
+        <v>-1.019437599999975</v>
       </c>
       <c r="D119" s="5">
-        <v>-8.2330193542096026</v>
+        <v>-8.2299186897729868</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>140.7032543</v>
+        <v>140.70320860000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.2273816500000123</v>
+        <v>-1.2271585000000016</v>
       </c>
       <c r="D120" s="5">
-        <v>-9.8976905745786539</v>
+        <v>-9.8959936367299495</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>140.56274051</v>
+        <v>140.5631271</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.14051378999999997</v>
+        <v>-0.14008150000000796</v>
       </c>
       <c r="D121" s="5">
-        <v>-1.1918237617765115</v>
+        <v>-1.1881775596788047</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>140.92338054999999</v>
+        <v>140.92411680000001</v>
       </c>
       <c r="C122" s="5">
-        <v>0.36064003999999272</v>
+        <v>0.36098970000000463</v>
       </c>
       <c r="D122" s="5">
-        <v>3.1226446526937846</v>
+        <v>3.1257063990149714</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>141.42119488</v>
+        <v>141.42227339999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.4978143300000113</v>
+        <v>0.49815659999998729</v>
       </c>
       <c r="D123" s="5">
-        <v>4.3223580196009914</v>
+        <v>4.3253648141515555</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>141.85725654999999</v>
+        <v>141.85875060000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.43606166999998663</v>
+        <v>0.436477200000013</v>
       </c>
       <c r="D124" s="5">
-        <v>3.7635092007284987</v>
+        <v>3.7671273848222109</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>142.91690871</v>
+        <v>142.91946680000001</v>
       </c>
       <c r="C125" s="5">
-        <v>1.0596521600000131</v>
+        <v>1.0607162000000017</v>
       </c>
       <c r="D125" s="5">
-        <v>9.3414144339477581</v>
+        <v>9.3510810414308523</v>
       </c>
       <c r="E125" s="5">
-        <v>-7.8800459883972778</v>
+        <v>-7.8799301550398386</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>143.69665291999999</v>
+        <v>143.6929389</v>
       </c>
       <c r="C126" s="5">
-        <v>0.77974420999998983</v>
+        <v>0.77347209999999222</v>
       </c>
       <c r="D126" s="5">
-        <v>6.7471926301826857</v>
+        <v>6.6911707365751694</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>143.87064745000001</v>
+        <v>143.86862909999999</v>
       </c>
       <c r="C127" s="5">
-        <v>0.17399453000001586</v>
+        <v>0.17569019999999114</v>
       </c>
       <c r="D127" s="5">
-        <v>1.4627310464139676</v>
+        <v>1.4771205780574226</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>144.74147052000001</v>
+        <v>144.7429491</v>
       </c>
       <c r="C128" s="5">
-        <v>0.87082307000000014</v>
+        <v>0.87432000000001153</v>
       </c>
       <c r="D128" s="5">
-        <v>7.5101308998140937</v>
+        <v>7.5414135246302472</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>143.98138223000001</v>
+        <v>143.9803354</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.76008828999999878</v>
+        <v>-0.76261370000000284</v>
       </c>
       <c r="D129" s="5">
-        <v>-6.1227638497016734</v>
+        <v>-6.1424601007499913</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>144.62636906</v>
+        <v>144.62573470000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.64498682999999346</v>
+        <v>0.64539930000000822</v>
       </c>
       <c r="D130" s="5">
-        <v>5.5100272201282774</v>
+        <v>5.5136792945389201</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>144.79823970000001</v>
+        <v>144.7979957</v>
       </c>
       <c r="C131" s="5">
-        <v>0.17187064000000873</v>
+        <v>0.17226099999999178</v>
       </c>
       <c r="D131" s="5">
-        <v>1.4354101152518339</v>
+        <v>1.4386980191504639</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>145.82124687999999</v>
+        <v>145.82122860000001</v>
       </c>
       <c r="C132" s="5">
-        <v>1.0230071799999791</v>
+        <v>1.0232329000000107</v>
       </c>
       <c r="D132" s="5">
-        <v>8.8153849879853308</v>
+        <v>8.8174216991347087</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>146.14213703999999</v>
+        <v>146.1424758</v>
       </c>
       <c r="C133" s="5">
-        <v>0.3208901600000047</v>
+        <v>0.32124719999998774</v>
       </c>
       <c r="D133" s="5">
-        <v>2.672882676626287</v>
+        <v>2.6758931392537155</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>147.04768082999999</v>
+        <v>147.0483266</v>
       </c>
       <c r="C134" s="5">
-        <v>0.90554378999999585</v>
+        <v>0.90585079999999607</v>
       </c>
       <c r="D134" s="5">
-        <v>7.6942975195806174</v>
+        <v>7.6969772599494002</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>148.51011115</v>
+        <v>148.51108769999999</v>
       </c>
       <c r="C135" s="5">
-        <v>1.4624303200000099</v>
+        <v>1.4627610999999945</v>
       </c>
       <c r="D135" s="5">
-        <v>12.609265236013556</v>
+        <v>12.612216627259665</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>148.99411219000001</v>
+        <v>148.99542070000001</v>
       </c>
       <c r="C136" s="5">
-        <v>0.48400104000000965</v>
+        <v>0.48433300000002077</v>
       </c>
       <c r="D136" s="5">
-        <v>3.9817214285615021</v>
+        <v>3.9844748550618592</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>151.75888809</v>
+        <v>151.76113699999999</v>
       </c>
       <c r="C137" s="5">
-        <v>2.7647758999999894</v>
+        <v>2.7657162999999798</v>
       </c>
       <c r="D137" s="5">
-        <v>24.68676297130148</v>
+        <v>24.695795511879879</v>
       </c>
       <c r="E137" s="5">
-        <v>6.1867972515006642</v>
+        <v>6.1864701835005587</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>150.351066</v>
+        <v>150.34813800000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-1.4078220899999963</v>
+        <v>-1.412998999999985</v>
       </c>
       <c r="D138" s="5">
-        <v>-10.581267647922566</v>
+        <v>-10.618057819110305</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>152.43934499</v>
+        <v>152.43755010000001</v>
       </c>
       <c r="C139" s="5">
-        <v>2.0882789899999921</v>
+        <v>2.0894121000000041</v>
       </c>
       <c r="D139" s="5">
-        <v>18.001288216921687</v>
+        <v>18.012192164263595</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>153.88481866000001</v>
+        <v>153.8859769</v>
       </c>
       <c r="C140" s="5">
-        <v>1.4454736700000126</v>
+        <v>1.4484267999999929</v>
       </c>
       <c r="D140" s="5">
-        <v>11.991338963719333</v>
+        <v>12.017280724920676</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>155.82280460000001</v>
+        <v>155.8218339</v>
       </c>
       <c r="C141" s="5">
-        <v>1.9379859400000043</v>
+        <v>1.9358569999999986</v>
       </c>
       <c r="D141" s="5">
-        <v>16.204481293100237</v>
+        <v>16.185300531307668</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>156.38517813000001</v>
+        <v>156.3846173</v>
       </c>
       <c r="C142" s="5">
-        <v>0.56237353000000212</v>
+        <v>0.56278340000000071</v>
       </c>
       <c r="D142" s="5">
-        <v>4.4178791475157908</v>
+        <v>4.4211913126351865</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>157.93062252999999</v>
+        <v>157.9304051</v>
       </c>
       <c r="C143" s="5">
-        <v>1.5454443999999796</v>
+        <v>1.5457877999999994</v>
       </c>
       <c r="D143" s="5">
-        <v>12.525019742339394</v>
+        <v>12.528003231299678</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>158.52049578</v>
+        <v>158.52051309999999</v>
       </c>
       <c r="C144" s="5">
-        <v>0.58987325000001078</v>
+        <v>0.59010799999998653</v>
       </c>
       <c r="D144" s="5">
-        <v>4.5752462660762605</v>
+        <v>4.5771110748024979</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>158.86423259</v>
+        <v>158.8644907</v>
       </c>
       <c r="C145" s="5">
-        <v>0.34373680999999578</v>
+        <v>0.34397760000001654</v>
       </c>
       <c r="D145" s="5">
-        <v>2.6333458269778065</v>
+        <v>2.6352122835074043</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>158.39563834</v>
+        <v>158.39616860000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.46859424999999533</v>
+        <v>-0.46832209999999463</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.4827206687583434</v>
+        <v>-3.4807250936309653</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>157.80443382000001</v>
+        <v>157.80523909999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.59120451999999091</v>
+        <v>-0.59092950000001565</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.388133818752971</v>
+        <v>-4.386119839240143</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>157.13251399999999</v>
+        <v>157.13346630000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.67191982000002781</v>
+        <v>-0.67177279999998518</v>
       </c>
       <c r="D148" s="5">
-        <v>-4.9915373709382376</v>
+        <v>-4.9904457638542237</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>156.34891687999999</v>
+        <v>156.35058129999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.78359711999999604</v>
+        <v>-0.78288500000002159</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.822790837968328</v>
+        <v>-5.8176090421636184</v>
       </c>
       <c r="E149" s="5">
-        <v>3.0245535189200146</v>
+        <v>3.0241235606978778</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>151.49436692</v>
+        <v>151.49256320000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-4.8545499599999857</v>
+        <v>-4.8580180999999811</v>
       </c>
       <c r="D150" s="5">
-        <v>-31.511241905859201</v>
+        <v>-31.529773892840971</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>150.7704277</v>
+        <v>150.76920179999999</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.72393922000000543</v>
+        <v>-0.72336140000001592</v>
       </c>
       <c r="D151" s="5">
-        <v>-5.5860458001128261</v>
+        <v>-5.5817683905233455</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>149.60878242000001</v>
+        <v>149.60918050000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-1.1616452799999877</v>
+        <v>-1.1600212999999826</v>
       </c>
       <c r="D152" s="5">
-        <v>-8.86376988663452</v>
+        <v>-8.8519668996203453</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>148.80862053999999</v>
+        <v>148.8080185</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.80016188000001875</v>
+        <v>-0.80116200000000504</v>
       </c>
       <c r="D153" s="5">
-        <v>-6.2325668204812779</v>
+        <v>-6.2401127822382163</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>148.98175420000001</v>
+        <v>148.98141519999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.17313366000001906</v>
+        <v>0.17339669999998364</v>
       </c>
       <c r="D154" s="5">
-        <v>1.4051271474067928</v>
+        <v>1.4072813711542231</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>148.65840460999999</v>
+        <v>148.65825720000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.32334959000002073</v>
+        <v>-0.32315799999997807</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.5736104149203021</v>
+        <v>-2.5721094372059383</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>147.19648853000001</v>
+        <v>147.19654170000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.4619160799999804</v>
+        <v>-1.4617154999999968</v>
       </c>
       <c r="D156" s="5">
-        <v>-11.18306442540138</v>
+        <v>-11.181622573270156</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>147.29609067999999</v>
+        <v>147.29626250000001</v>
       </c>
       <c r="C157" s="5">
-        <v>9.9602149999981293E-2</v>
+        <v>9.9720800000000054E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>0.81502218993969588</v>
+        <v>0.81599640104121907</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>147.89978600000001</v>
+        <v>147.90012189999999</v>
       </c>
       <c r="C158" s="5">
-        <v>0.60369532000001414</v>
+        <v>0.60385939999997618</v>
       </c>
       <c r="D158" s="5">
-        <v>5.0306130272089522</v>
+        <v>5.0320052843092711</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>146.38512691</v>
+        <v>146.3856614</v>
       </c>
       <c r="C159" s="5">
-        <v>-1.5146590900000092</v>
+        <v>-1.5144604999999842</v>
       </c>
       <c r="D159" s="5">
-        <v>-11.620224180974702</v>
+        <v>-11.61876046995085</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>146.79979311</v>
+        <v>146.800364</v>
       </c>
       <c r="C160" s="5">
-        <v>0.41466619999999921</v>
+        <v>0.41470259999999826</v>
       </c>
       <c r="D160" s="5">
-        <v>3.4527118015984959</v>
+        <v>3.4530068186864327</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>146.77954166999999</v>
+        <v>146.78043779999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.0251440000009779E-2</v>
+        <v>-1.992620000001466E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.16541779290882852</v>
+        <v>-0.16276251836756517</v>
       </c>
       <c r="E161" s="5">
-        <v>-6.120525425414125</v>
+        <v>-6.120951659039342</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>145.88917624999999</v>
+        <v>145.88817370000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.89036541999999486</v>
+        <v>-0.89226409999997713</v>
       </c>
       <c r="D162" s="5">
-        <v>-7.041193729061213</v>
+        <v>-7.0556688322595758</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>146.81349763</v>
+        <v>146.81286230000001</v>
       </c>
       <c r="C163" s="5">
-        <v>0.92432138000000919</v>
+        <v>0.92468859999999609</v>
       </c>
       <c r="D163" s="5">
-        <v>7.8735467441543028</v>
+        <v>7.8768406677546032</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>147.51359848000001</v>
+        <v>147.51361360000001</v>
       </c>
       <c r="C164" s="5">
-        <v>0.70010085000001254</v>
+        <v>0.7007513000000074</v>
       </c>
       <c r="D164" s="5">
-        <v>5.8748641044097605</v>
+        <v>5.8804925256114693</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>148.29591905000001</v>
+        <v>148.2955671</v>
       </c>
       <c r="C165" s="5">
-        <v>0.782320569999996</v>
+        <v>0.78195349999998598</v>
       </c>
       <c r="D165" s="5">
-        <v>6.5530067522876045</v>
+        <v>6.5498411558310599</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>148.97360294000001</v>
+        <v>148.97341209999999</v>
       </c>
       <c r="C166" s="5">
-        <v>0.67768388999999729</v>
+        <v>0.6778449999999907</v>
       </c>
       <c r="D166" s="5">
-        <v>5.6237197157038343</v>
+        <v>5.6251041537886071</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>149.08336088999999</v>
+        <v>149.08325379999999</v>
       </c>
       <c r="C167" s="5">
-        <v>0.10975794999998811</v>
+        <v>0.10984170000000404</v>
       </c>
       <c r="D167" s="5">
-        <v>0.88770467938814601</v>
+        <v>0.88838592784536985</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>149.7677386</v>
+        <v>149.76780840000001</v>
       </c>
       <c r="C168" s="5">
-        <v>0.6843777100000068</v>
+        <v>0.68455460000001267</v>
       </c>
       <c r="D168" s="5">
-        <v>5.6499192885677063</v>
+        <v>5.6514208526200704</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>150.45008175999999</v>
+        <v>150.4501884</v>
       </c>
       <c r="C169" s="5">
-        <v>0.68234315999998785</v>
+        <v>0.68237999999999488</v>
       </c>
       <c r="D169" s="5">
-        <v>5.6063104225386295</v>
+        <v>5.6066180559529499</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>150.67924778</v>
+        <v>150.67946449999999</v>
       </c>
       <c r="C170" s="5">
-        <v>0.22916602000000807</v>
+        <v>0.22927609999999277</v>
       </c>
       <c r="D170" s="5">
-        <v>1.8432346223947738</v>
+        <v>1.8441261371242801</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>149.90699128</v>
+        <v>149.90733839999999</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.77225649999999746</v>
+        <v>-0.77212610000000836</v>
       </c>
       <c r="D171" s="5">
-        <v>-5.9797652834702619</v>
+        <v>-5.9787754928428587</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>150.19895918</v>
+        <v>150.19934599999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.29196790000000306</v>
+        <v>0.29200760000000514</v>
       </c>
       <c r="D172" s="5">
-        <v>2.3623919634542911</v>
+        <v>2.3627111064715711</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>151.79739369000001</v>
+        <v>151.7980293</v>
       </c>
       <c r="C173" s="5">
-        <v>1.5984345100000041</v>
+        <v>1.5986833000000047</v>
       </c>
       <c r="D173" s="5">
-        <v>13.545179433572073</v>
+        <v>13.547375650078886</v>
       </c>
       <c r="E173" s="5">
-        <v>3.4186317540638722</v>
+        <v>3.4184333928999999</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>151.94096314999999</v>
+        <v>151.9402001</v>
       </c>
       <c r="C174" s="5">
-        <v>0.14356945999998061</v>
+        <v>0.14217080000000237</v>
       </c>
       <c r="D174" s="5">
-        <v>1.1408784878855105</v>
+        <v>1.1297019304179257</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>152.31850763</v>
+        <v>152.3182071</v>
       </c>
       <c r="C175" s="5">
-        <v>0.37754448000001162</v>
+        <v>0.37800699999999665</v>
       </c>
       <c r="D175" s="5">
-        <v>3.0228621188121085</v>
+        <v>3.0266315763104013</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>153.50512452999999</v>
+        <v>153.50490300000001</v>
       </c>
       <c r="C176" s="5">
-        <v>1.18661689999999</v>
+        <v>1.1866959000000179</v>
       </c>
       <c r="D176" s="5">
-        <v>9.759577819827836</v>
+        <v>9.7602757527740955</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>153.42310574000001</v>
+        <v>153.42295899999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-8.2018789999978026E-2</v>
+        <v>-8.1944000000021333E-2</v>
       </c>
       <c r="D177" s="5">
-        <v>-0.63928699356355922</v>
+        <v>-0.63870668012780962</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>153.82591975</v>
+        <v>153.8258366</v>
       </c>
       <c r="C178" s="5">
-        <v>0.40281400999998596</v>
+        <v>0.40287760000001072</v>
       </c>
       <c r="D178" s="5">
-        <v>3.1965092246414084</v>
+        <v>3.1970242519428593</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>154.17709830000001</v>
+        <v>154.17705710000001</v>
       </c>
       <c r="C179" s="5">
-        <v>0.35117855000001441</v>
+        <v>0.35122050000001082</v>
       </c>
       <c r="D179" s="5">
-        <v>2.7742147260254368</v>
+        <v>2.7745518108442502</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>154.90679498</v>
+        <v>154.90687930000001</v>
       </c>
       <c r="C180" s="5">
-        <v>0.72969667999998933</v>
+        <v>0.72982220000000098</v>
       </c>
       <c r="D180" s="5">
-        <v>5.8296132202841022</v>
+        <v>5.8306438605780775</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>155.27362274000001</v>
+        <v>155.2736922</v>
       </c>
       <c r="C181" s="5">
-        <v>0.36682776000000672</v>
+        <v>0.36681289999998512</v>
       </c>
       <c r="D181" s="5">
-        <v>2.878970024190064</v>
+        <v>2.8788502880421341</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>156.01885647</v>
+        <v>156.01899739999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.74523372999999538</v>
+        <v>0.74530519999999001</v>
       </c>
       <c r="D182" s="5">
-        <v>5.9138745794891312</v>
+        <v>5.9144540764716425</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>157.26439868</v>
+        <v>157.26462570000001</v>
       </c>
       <c r="C183" s="5">
-        <v>1.2455422099999964</v>
+        <v>1.2456283000000212</v>
       </c>
       <c r="D183" s="5">
-        <v>10.011969335517733</v>
+        <v>10.012682568304388</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>158.22737616000001</v>
+        <v>158.227643</v>
       </c>
       <c r="C184" s="5">
-        <v>0.96297748000000638</v>
+        <v>0.96301729999998997</v>
       </c>
       <c r="D184" s="5">
-        <v>7.6005501609163417</v>
+        <v>7.600863766063326</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>159.19553837000001</v>
+        <v>159.19585069999999</v>
       </c>
       <c r="C185" s="5">
-        <v>0.96816221000000269</v>
+        <v>0.96820769999999357</v>
       </c>
       <c r="D185" s="5">
-        <v>7.5947764589300304</v>
+        <v>7.5951321581784859</v>
       </c>
       <c r="E185" s="5">
-        <v>4.8736967744706261</v>
+        <v>4.8734634000943577</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>161.00490859000001</v>
+        <v>161.0043761</v>
       </c>
       <c r="C186" s="5">
-        <v>1.8093702200000052</v>
+        <v>1.8085254000000077</v>
       </c>
       <c r="D186" s="5">
-        <v>14.524576905301711</v>
+        <v>14.517335670764698</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>162.00659077</v>
+        <v>162.00642590000001</v>
       </c>
       <c r="C187" s="5">
-        <v>1.0016821799999889</v>
+        <v>1.0020498000000089</v>
       </c>
       <c r="D187" s="5">
-        <v>7.7265608014488452</v>
+        <v>7.7295206777717285</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>162.74480689999999</v>
+        <v>162.7446702</v>
       </c>
       <c r="C188" s="5">
-        <v>0.73821612999998365</v>
+        <v>0.73824429999999097</v>
       </c>
       <c r="D188" s="5">
-        <v>5.6071876177257174</v>
+        <v>5.607412826712932</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>164.68700468</v>
+        <v>164.6869112</v>
       </c>
       <c r="C189" s="5">
-        <v>1.942197780000015</v>
+        <v>1.9422409999999957</v>
       </c>
       <c r="D189" s="5">
-        <v>15.299200545578273</v>
+        <v>15.299577357839066</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>165.85057430000001</v>
+        <v>165.85053629999999</v>
       </c>
       <c r="C190" s="5">
-        <v>1.1635696200000041</v>
+        <v>1.1636250999999902</v>
       </c>
       <c r="D190" s="5">
-        <v>8.8157571517423641</v>
+        <v>8.8161991628038514</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>167.15248123999999</v>
+        <v>167.15249069999999</v>
       </c>
       <c r="C191" s="5">
-        <v>1.3019069399999808</v>
+        <v>1.3019543999999996</v>
       </c>
       <c r="D191" s="5">
-        <v>9.837382811902561</v>
+        <v>9.8377594013914873</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>168.90216376000001</v>
+        <v>168.90224950000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.7496825200000217</v>
+        <v>1.7497588000000235</v>
       </c>
       <c r="D192" s="5">
-        <v>13.310100884227104</v>
+        <v>13.310714169093396</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>169.63366690000001</v>
+        <v>169.63370520000001</v>
       </c>
       <c r="C193" s="5">
-        <v>0.73150314000000094</v>
+        <v>0.73145569999999793</v>
       </c>
       <c r="D193" s="5">
-        <v>5.3227143131250765</v>
+        <v>5.3223580907423518</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>170.99869878999999</v>
+        <v>170.99881160000001</v>
       </c>
       <c r="C194" s="5">
-        <v>1.3650318899999832</v>
+        <v>1.3651064000000019</v>
       </c>
       <c r="D194" s="5">
-        <v>10.095372713941941</v>
+        <v>10.095946002004453</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>172.12796510000001</v>
+        <v>172.12809329999999</v>
       </c>
       <c r="C195" s="5">
-        <v>1.1292663100000198</v>
+        <v>1.1292816999999786</v>
       </c>
       <c r="D195" s="5">
-        <v>8.2190075284694473</v>
+        <v>8.2191180184528978</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>173.50890551000001</v>
+        <v>173.50902690000001</v>
       </c>
       <c r="C196" s="5">
-        <v>1.3809404099999938</v>
+        <v>1.3809336000000201</v>
       </c>
       <c r="D196" s="5">
-        <v>10.063679832905059</v>
+        <v>10.063620165522957</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>175.10595309000001</v>
+        <v>175.10608780000001</v>
       </c>
       <c r="C197" s="5">
-        <v>1.5970475800000088</v>
+        <v>1.5970609000000024</v>
       </c>
       <c r="D197" s="5">
-        <v>11.621971679661192</v>
+        <v>11.6220650233541</v>
       </c>
       <c r="E197" s="5">
-        <v>9.9942591877300266</v>
+        <v>9.994128006503388</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>175.49784521000001</v>
+        <v>175.49753860000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.39189211999999429</v>
+        <v>0.39145080000000121</v>
       </c>
       <c r="D198" s="5">
-        <v>2.718939999069403</v>
+        <v>2.7158382701776285</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>178.18881734000001</v>
+        <v>178.18873450000001</v>
       </c>
       <c r="C199" s="5">
-        <v>2.6909721300000058</v>
+        <v>2.6911958999999968</v>
       </c>
       <c r="D199" s="5">
-        <v>20.03389050983413</v>
+        <v>20.035737396628406</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>180.05697212999999</v>
+        <v>180.0568724</v>
       </c>
       <c r="C200" s="5">
-        <v>1.8681547899999771</v>
+        <v>1.8681378999999936</v>
       </c>
       <c r="D200" s="5">
-        <v>13.332369215612472</v>
+        <v>13.332248203654441</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>182.23307276</v>
+        <v>182.23302419999999</v>
       </c>
       <c r="C201" s="5">
-        <v>2.1761006300000076</v>
+        <v>2.1761517999999853</v>
       </c>
       <c r="D201" s="5">
-        <v>15.506670596686556</v>
+        <v>15.507068968458215</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>184.26791216999999</v>
+        <v>184.26790449999999</v>
       </c>
       <c r="C202" s="5">
-        <v>2.0348394099999894</v>
+        <v>2.0348802999999975</v>
       </c>
       <c r="D202" s="5">
-        <v>14.253681670656103</v>
+        <v>14.253989947334556</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>186.82807896</v>
+        <v>186.8281168</v>
       </c>
       <c r="C203" s="5">
-        <v>2.5601667900000109</v>
+        <v>2.5602123000000176</v>
       </c>
       <c r="D203" s="5">
-        <v>18.007387858231727</v>
+        <v>18.00773361562382</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>188.36825008</v>
+        <v>188.36832519999999</v>
       </c>
       <c r="C204" s="5">
-        <v>1.5401711199999966</v>
+        <v>1.5402083999999832</v>
       </c>
       <c r="D204" s="5">
-        <v>10.353639304930207</v>
+        <v>10.353899193503867</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>190.25251847000001</v>
+        <v>190.2525345</v>
       </c>
       <c r="C205" s="5">
-        <v>1.8842683900000168</v>
+        <v>1.8842093000000091</v>
       </c>
       <c r="D205" s="5">
-        <v>12.686667212458458</v>
+        <v>12.68624188401053</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>193.24936292999999</v>
+        <v>193.2494409</v>
       </c>
       <c r="C206" s="5">
-        <v>2.9968444599999771</v>
+        <v>2.9969064000000003</v>
       </c>
       <c r="D206" s="5">
-        <v>20.629041541941916</v>
+        <v>20.629503617422664</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>194.54425151000001</v>
+        <v>194.5442974</v>
       </c>
       <c r="C207" s="5">
-        <v>1.2948885800000198</v>
+        <v>1.2948565000000087</v>
       </c>
       <c r="D207" s="5">
-        <v>8.3437791813712572</v>
+        <v>8.3435613018361323</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>196.00378899</v>
+        <v>196.00383049999999</v>
       </c>
       <c r="C208" s="5">
-        <v>1.4595374799999945</v>
+        <v>1.4595330999999874</v>
       </c>
       <c r="D208" s="5">
-        <v>9.3837407634247185</v>
+        <v>9.3837091256996796</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>197.50022602000001</v>
+        <v>197.50029979999999</v>
       </c>
       <c r="C209" s="5">
-        <v>1.4964370300000098</v>
+        <v>1.4964693000000011</v>
       </c>
       <c r="D209" s="5">
-        <v>9.5563516072052721</v>
+        <v>9.5565643056233931</v>
       </c>
       <c r="E209" s="5">
-        <v>12.788984346231747</v>
+        <v>12.788939711552372</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>199.08736597999999</v>
+        <v>199.08716799999999</v>
       </c>
       <c r="C210" s="5">
-        <v>1.5871399599999734</v>
+        <v>1.5868681999999978</v>
       </c>
       <c r="D210" s="5">
-        <v>10.081222745927443</v>
+        <v>10.079415657624269</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>201.0238449</v>
+        <v>201.02380260000001</v>
       </c>
       <c r="C211" s="5">
-        <v>1.9364789200000132</v>
+        <v>1.9366346000000192</v>
       </c>
       <c r="D211" s="5">
-        <v>12.317258664964402</v>
+        <v>12.31831537154553</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>203.41833427</v>
+        <v>203.41826459999999</v>
       </c>
       <c r="C212" s="5">
-        <v>2.3944893700000023</v>
+        <v>2.3944619999999759</v>
       </c>
       <c r="D212" s="5">
-        <v>15.268388243119757</v>
+        <v>15.268205556600755</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>205.07302670000001</v>
+        <v>205.07302240000001</v>
       </c>
       <c r="C213" s="5">
-        <v>1.6546924300000114</v>
+        <v>1.6547578000000271</v>
       </c>
       <c r="D213" s="5">
-        <v>10.210093559791055</v>
+        <v>10.210518788296973</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>206.90719412999999</v>
+        <v>206.9072133</v>
       </c>
       <c r="C214" s="5">
-        <v>1.8341674299999795</v>
+        <v>1.8341908999999816</v>
       </c>
       <c r="D214" s="5">
-        <v>11.27679280215732</v>
+        <v>11.276944519315158</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>208.82112114</v>
+        <v>208.82117410000001</v>
       </c>
       <c r="C215" s="5">
-        <v>1.913927010000009</v>
+        <v>1.9139608000000123</v>
       </c>
       <c r="D215" s="5">
-        <v>11.682719883040505</v>
+        <v>11.682935605923372</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>210.25384425999999</v>
+        <v>210.25389519999999</v>
       </c>
       <c r="C216" s="5">
-        <v>1.4327231199999915</v>
+        <v>1.4327210999999807</v>
       </c>
       <c r="D216" s="5">
-        <v>8.551108882831727</v>
+        <v>8.5510941168994279</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>211.67368332000001</v>
+        <v>211.67368329999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.4198390600000153</v>
+        <v>1.4197881000000052</v>
       </c>
       <c r="D217" s="5">
-        <v>8.4114273255741843</v>
+        <v>8.4111120139692694</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>211.75405266999999</v>
+        <v>211.75411080000001</v>
       </c>
       <c r="C218" s="5">
-        <v>8.0369349999983797E-2</v>
+        <v>8.0427500000013197E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>0.45657482265826221</v>
+        <v>0.45690586101181374</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>213.26205637000001</v>
+        <v>213.26203090000001</v>
       </c>
       <c r="C219" s="5">
-        <v>1.5080037000000175</v>
+        <v>1.5079201000000069</v>
       </c>
       <c r="D219" s="5">
-        <v>8.8885815322414352</v>
+        <v>8.8880667773862712</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>215.31261314</v>
+        <v>215.31260449999999</v>
       </c>
       <c r="C220" s="5">
-        <v>2.0505567699999858</v>
+        <v>2.0505735999999786</v>
       </c>
       <c r="D220" s="5">
-        <v>12.168406674607656</v>
+        <v>12.168513417928995</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>216.87827249</v>
+        <v>216.87831929999999</v>
       </c>
       <c r="C221" s="5">
-        <v>1.5656593500000042</v>
+        <v>1.565714799999995</v>
       </c>
       <c r="D221" s="5">
-        <v>9.0834542290127107</v>
+        <v>9.0837892855148539</v>
       </c>
       <c r="E221" s="5">
-        <v>9.8116578702232218</v>
+        <v>9.8116405492160155</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>219.19046614999999</v>
+        <v>219.19034880000001</v>
       </c>
       <c r="C222" s="5">
-        <v>2.3121936599999913</v>
+        <v>2.3120295000000226</v>
       </c>
       <c r="D222" s="5">
-        <v>13.570981701640395</v>
+        <v>13.569957912092946</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>222.42112534</v>
+        <v>222.42111990000001</v>
       </c>
       <c r="C223" s="5">
-        <v>3.2306591900000114</v>
+        <v>3.2307710999999983</v>
       </c>
       <c r="D223" s="5">
-        <v>19.193475024577843</v>
+        <v>19.194205808440046</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>224.28543667</v>
+        <v>224.2853637</v>
       </c>
       <c r="C224" s="5">
-        <v>1.8643113299999925</v>
+        <v>1.864243799999997</v>
       </c>
       <c r="D224" s="5">
-        <v>10.535172473693709</v>
+        <v>10.534773372190799</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>226.31987812</v>
+        <v>226.31992149999999</v>
       </c>
       <c r="C225" s="5">
-        <v>2.0344414500000028</v>
+        <v>2.0345577999999875</v>
       </c>
       <c r="D225" s="5">
-        <v>11.444722923923711</v>
+        <v>11.445414355867456</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>228.77722986000001</v>
+        <v>228.77725580000001</v>
       </c>
       <c r="C226" s="5">
-        <v>2.4573517400000071</v>
+        <v>2.4573343000000136</v>
       </c>
       <c r="D226" s="5">
-        <v>13.836401252244922</v>
+        <v>13.836294305020115</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>230.81088167999999</v>
+        <v>230.81095199999999</v>
       </c>
       <c r="C227" s="5">
-        <v>2.0336518199999887</v>
+        <v>2.0336961999999801</v>
       </c>
       <c r="D227" s="5">
-        <v>11.204354881769474</v>
+        <v>11.204610135505689</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>232.85803841000001</v>
+        <v>232.85807600000001</v>
       </c>
       <c r="C228" s="5">
-        <v>2.0471567300000117</v>
+        <v>2.047124000000025</v>
       </c>
       <c r="D228" s="5">
-        <v>11.178153350675469</v>
+        <v>11.177962254069818</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>234.55985792999999</v>
+        <v>234.55984720000001</v>
       </c>
       <c r="C229" s="5">
-        <v>1.7018195199999866</v>
+        <v>1.701771199999996</v>
       </c>
       <c r="D229" s="5">
-        <v>9.1313337891205428</v>
+        <v>9.131062479269648</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>235.52622568000001</v>
+        <v>235.5262419</v>
       </c>
       <c r="C230" s="5">
-        <v>0.96636775000001762</v>
+        <v>0.96639469999999505</v>
       </c>
       <c r="D230" s="5">
-        <v>5.0574829804787891</v>
+        <v>5.0576274711565228</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>237.69396214</v>
+        <v>237.69391039999999</v>
       </c>
       <c r="C231" s="5">
-        <v>2.1677364599999862</v>
+        <v>2.1676684999999907</v>
       </c>
       <c r="D231" s="5">
-        <v>11.621159465239428</v>
+        <v>11.620775656166927</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>237.05969234</v>
+        <v>237.0596342</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.63426979999999844</v>
+        <v>-0.63427619999998797</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.1555365842816374</v>
+        <v>-3.1555686357227386</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>234.86201864</v>
+        <v>234.86197329999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.1976736999999957</v>
+        <v>-2.1976609000000167</v>
       </c>
       <c r="D233" s="5">
-        <v>-10.574603439428842</v>
+        <v>-10.574547417788994</v>
       </c>
       <c r="E233" s="5">
-        <v>8.2920921231651725</v>
+        <v>8.2920478441756309</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>228.39654514</v>
+        <v>228.39663970000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-6.4654735000000016</v>
+        <v>-6.4653335999999797</v>
       </c>
       <c r="D234" s="5">
-        <v>-28.464619607549302</v>
+        <v>-28.46409848509245</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>222.50737312000001</v>
+        <v>222.5073592</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.8891720199999895</v>
+        <v>-5.8892805000000124</v>
       </c>
       <c r="D235" s="5">
-        <v>-26.909906746134183</v>
+        <v>-26.910324741111236</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>216.84342645000001</v>
+        <v>216.8433369</v>
       </c>
       <c r="C236" s="5">
-        <v>-5.6639466700000014</v>
+        <v>-5.6640222999999992</v>
       </c>
       <c r="D236" s="5">
-        <v>-26.612472654261975</v>
+        <v>-26.61278124330163</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>206.97182599999999</v>
+        <v>206.9718766</v>
       </c>
       <c r="C237" s="5">
-        <v>-9.8716004500000167</v>
+        <v>-9.8714602999999954</v>
       </c>
       <c r="D237" s="5">
-        <v>-42.82849290755474</v>
+        <v>-42.828041857875554</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>202.30756675999999</v>
+        <v>202.3075637</v>
       </c>
       <c r="C238" s="5">
-        <v>-4.6642592400000069</v>
+        <v>-4.6643128999999988</v>
       </c>
       <c r="D238" s="5">
-        <v>-23.930467836517376</v>
+        <v>-23.930704810852475</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>197.76905275999999</v>
+        <v>197.76912469999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-4.5385139999999922</v>
+        <v>-4.538439000000011</v>
       </c>
       <c r="D239" s="5">
-        <v>-23.83516928152445</v>
+        <v>-23.834822989987114</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>195.09470981000001</v>
+        <v>195.09482070000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.674342949999982</v>
+        <v>-2.674303999999978</v>
       </c>
       <c r="D240" s="5">
-        <v>-15.072973736021799</v>
+        <v>-15.072765189413328</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>192.87677968</v>
+        <v>192.8767335</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.2179301300000134</v>
+        <v>-2.2180872000000136</v>
       </c>
       <c r="D241" s="5">
-        <v>-12.820687985897205</v>
+        <v>-12.821533081952829</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>191.96228403000001</v>
+        <v>191.96224789999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.91449564999999211</v>
+        <v>-0.91448560000000612</v>
       </c>
       <c r="D242" s="5">
-        <v>-5.5435655057078588</v>
+        <v>-5.5435074564357816</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>190.04291327000001</v>
+        <v>190.04283749999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.9193707599999925</v>
+        <v>-1.9194104000000038</v>
       </c>
       <c r="D243" s="5">
-        <v>-11.360101933845336</v>
+        <v>-11.360325822447148</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>190.82502991000001</v>
+        <v>190.82489459999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.78211663999999814</v>
+        <v>0.78205710000000295</v>
       </c>
       <c r="D244" s="5">
-        <v>5.0519014337812473</v>
+        <v>5.0515101628584747</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>192.23183007</v>
+        <v>192.23168250000001</v>
       </c>
       <c r="C245" s="5">
-        <v>1.4068001599999889</v>
+        <v>1.4067879000000119</v>
       </c>
       <c r="D245" s="5">
-        <v>9.2143075276355226</v>
+        <v>9.2142307439050164</v>
       </c>
       <c r="E245" s="5">
-        <v>-18.151163315744213</v>
+        <v>-18.151210347511793</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>193.90564544</v>
+        <v>193.906083</v>
       </c>
       <c r="C246" s="5">
-        <v>1.6738153699999998</v>
+        <v>1.6744004999999902</v>
       </c>
       <c r="D246" s="5">
-        <v>10.963931525770043</v>
+        <v>10.967958558932978</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>196.32435864000001</v>
+        <v>196.32428279999999</v>
       </c>
       <c r="C247" s="5">
-        <v>2.4187132000000133</v>
+        <v>2.4181997999999965</v>
       </c>
       <c r="D247" s="5">
-        <v>16.039221536785163</v>
+        <v>16.035541492297622</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>198.87000860000001</v>
+        <v>198.86988439999999</v>
       </c>
       <c r="C248" s="5">
-        <v>2.5456499599999916</v>
+        <v>2.5456015999999977</v>
       </c>
       <c r="D248" s="5">
-        <v>16.718920418616467</v>
+        <v>16.718586748849805</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>202.07298137999999</v>
+        <v>202.0730423</v>
       </c>
       <c r="C249" s="5">
-        <v>3.2029727799999819</v>
+        <v>3.2031579000000079</v>
       </c>
       <c r="D249" s="5">
-        <v>21.134396165872495</v>
+        <v>21.135742224498188</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>205.10608372999999</v>
+        <v>205.10606519999999</v>
       </c>
       <c r="C250" s="5">
-        <v>3.0331023500000072</v>
+        <v>3.0330228999999918</v>
       </c>
       <c r="D250" s="5">
-        <v>19.575861648912785</v>
+        <v>19.575299425546653</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>207.02936431000001</v>
+        <v>207.0294605</v>
       </c>
       <c r="C251" s="5">
-        <v>1.9232805800000108</v>
+        <v>1.9233953000000099</v>
       </c>
       <c r="D251" s="5">
-        <v>11.851258603669311</v>
+        <v>11.852003486500795</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>208.15056362999999</v>
+        <v>208.1508058</v>
       </c>
       <c r="C252" s="5">
-        <v>1.1211993199999881</v>
+        <v>1.1213453000000015</v>
       </c>
       <c r="D252" s="5">
-        <v>6.69589508604016</v>
+        <v>6.6967898194096431</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>209.78308594000001</v>
+        <v>209.7829935</v>
       </c>
       <c r="C253" s="5">
-        <v>1.632522310000013</v>
+        <v>1.6321877000000029</v>
       </c>
       <c r="D253" s="5">
-        <v>9.8283708289614857</v>
+        <v>9.8262567651156818</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>211.42364916</v>
+        <v>211.42350440000001</v>
       </c>
       <c r="C254" s="5">
-        <v>1.64056321999999</v>
+        <v>1.6405109000000095</v>
       </c>
       <c r="D254" s="5">
-        <v>9.7986846733554511</v>
+        <v>9.7983631225060144</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>212.94855784000001</v>
+        <v>212.9483663</v>
       </c>
       <c r="C255" s="5">
-        <v>1.52490868000001</v>
+        <v>1.5248618999999906</v>
       </c>
       <c r="D255" s="5">
-        <v>9.006818730589794</v>
+        <v>9.0065377881842767</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>214.46645573999999</v>
+        <v>214.4661495</v>
       </c>
       <c r="C256" s="5">
-        <v>1.5178978999999799</v>
+        <v>1.5177831999999967</v>
       </c>
       <c r="D256" s="5">
-        <v>8.8970356876038714</v>
+        <v>8.8963451299136622</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>216.739375</v>
+        <v>216.7390843</v>
       </c>
       <c r="C257" s="5">
-        <v>2.272919260000009</v>
+        <v>2.2729348000000016</v>
       </c>
       <c r="D257" s="5">
-        <v>13.485742523165944</v>
+        <v>13.485860557721963</v>
       </c>
       <c r="E257" s="5">
-        <v>12.748952616783459</v>
+        <v>12.74888794670983</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>218.87832129</v>
+        <v>218.8792195</v>
       </c>
       <c r="C258" s="5">
-        <v>2.1389462900000069</v>
+        <v>2.1401352000000031</v>
       </c>
       <c r="D258" s="5">
-        <v>12.506908212241431</v>
+        <v>12.514259559657305</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>221.72067752000001</v>
+        <v>221.720607</v>
       </c>
       <c r="C259" s="5">
-        <v>2.8423562300000071</v>
+        <v>2.8413874999999962</v>
       </c>
       <c r="D259" s="5">
-        <v>16.745829138293299</v>
+        <v>16.739634659127599</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>225.13426003000001</v>
+        <v>225.13416179999999</v>
       </c>
       <c r="C260" s="5">
-        <v>3.4135825099999977</v>
+        <v>3.4135547999999858</v>
       </c>
       <c r="D260" s="5">
-        <v>20.12259524561053</v>
+        <v>20.122424777893279</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>228.97808466000001</v>
+        <v>228.97815829999999</v>
       </c>
       <c r="C261" s="5">
-        <v>3.8438246300000003</v>
+        <v>3.8439965000000029</v>
       </c>
       <c r="D261" s="5">
-        <v>22.525913420250365</v>
+        <v>22.527027803836418</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>231.58548368999999</v>
+        <v>231.58546999999999</v>
       </c>
       <c r="C262" s="5">
-        <v>2.6073990299999821</v>
+        <v>2.6073116999999968</v>
       </c>
       <c r="D262" s="5">
-        <v>14.553662896480702</v>
+        <v>14.553139547325644</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>235.53995677</v>
+        <v>235.54012119999999</v>
       </c>
       <c r="C263" s="5">
-        <v>3.9544730800000139</v>
+        <v>3.9546512000000007</v>
       </c>
       <c r="D263" s="5">
-        <v>22.529057277384457</v>
+        <v>22.530170648280912</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>239.85451732999999</v>
+        <v>239.85495220000001</v>
       </c>
       <c r="C264" s="5">
-        <v>4.3145605599999897</v>
+        <v>4.3148310000000265</v>
       </c>
       <c r="D264" s="5">
-        <v>24.336813905184428</v>
+        <v>24.338477479998023</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>243.02989962000001</v>
+        <v>243.0297103</v>
       </c>
       <c r="C265" s="5">
-        <v>3.1753822900000159</v>
+        <v>3.1747580999999911</v>
       </c>
       <c r="D265" s="5">
-        <v>17.095893150296469</v>
+        <v>17.092250979239299</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>246.19671518999999</v>
+        <v>246.19638660000001</v>
       </c>
       <c r="C266" s="5">
-        <v>3.1668155699999829</v>
+        <v>3.166676300000006</v>
       </c>
       <c r="D266" s="5">
-        <v>16.807454572990153</v>
+        <v>16.806675704100527</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>249.77353196999999</v>
+        <v>249.77316300000001</v>
       </c>
       <c r="C267" s="5">
-        <v>3.5768167800000015</v>
+        <v>3.5767764</v>
       </c>
       <c r="D267" s="5">
-        <v>18.896735660625264</v>
+        <v>18.89653227042858</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>252.30395217</v>
+        <v>252.30309299999999</v>
       </c>
       <c r="C268" s="5">
-        <v>2.5304202000000089</v>
+        <v>2.5299299999999789</v>
       </c>
       <c r="D268" s="5">
-        <v>12.85782094557273</v>
+        <v>12.855209783518973</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>255.43218881000001</v>
+        <v>255.4316853</v>
       </c>
       <c r="C269" s="5">
-        <v>3.1282366400000114</v>
+        <v>3.1285923000000082</v>
       </c>
       <c r="D269" s="5">
-        <v>15.936145293401726</v>
+        <v>15.938140469398054</v>
       </c>
       <c r="E269" s="5">
-        <v>17.852230961725347</v>
+        <v>17.852156718740918</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>257.7280634</v>
+        <v>257.72960790000002</v>
       </c>
       <c r="C270" s="5">
-        <v>2.2958745899999826</v>
+        <v>2.297922600000021</v>
       </c>
       <c r="D270" s="5">
-        <v>11.335336610766467</v>
+        <v>11.34597713804666</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>261.27138797999999</v>
+        <v>261.2715513</v>
       </c>
       <c r="C271" s="5">
-        <v>3.5433245799999895</v>
+        <v>3.5419433999999796</v>
       </c>
       <c r="D271" s="5">
-        <v>17.804452170501328</v>
+        <v>17.796864438327376</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>264.97189897999999</v>
+        <v>264.97207589999999</v>
       </c>
       <c r="C272" s="5">
-        <v>3.7005110000000059</v>
+        <v>3.7005245999999943</v>
       </c>
       <c r="D272" s="5">
-        <v>18.384703157862802</v>
+        <v>18.384763670835859</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>267.24350468</v>
+        <v>267.24355029999998</v>
       </c>
       <c r="C273" s="5">
-        <v>2.2716057000000092</v>
+        <v>2.2714743999999882</v>
       </c>
       <c r="D273" s="5">
-        <v>10.78681671870816</v>
+        <v>10.786156004724855</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>269.81375660999998</v>
+        <v>269.8137241</v>
       </c>
       <c r="C274" s="5">
-        <v>2.5702519299999835</v>
+        <v>2.5701738000000205</v>
       </c>
       <c r="D274" s="5">
-        <v>12.171663743425176</v>
+        <v>12.171271776492731</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>271.80592973</v>
+        <v>271.80629149999999</v>
       </c>
       <c r="C275" s="5">
-        <v>1.9921731200000181</v>
+        <v>1.9925673999999844</v>
       </c>
       <c r="D275" s="5">
-        <v>9.2290260345863082</v>
+        <v>9.2309285709474267</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>274.12775551999999</v>
+        <v>274.12843989999999</v>
       </c>
       <c r="C276" s="5">
-        <v>2.3218257899999912</v>
+        <v>2.3221484000000032</v>
       </c>
       <c r="D276" s="5">
-        <v>10.746241874254769</v>
+        <v>10.747790894357845</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>274.28969011999999</v>
+        <v>274.28942910000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.16193459999999504</v>
+        <v>0.16098920000001726</v>
       </c>
       <c r="D277" s="5">
-        <v>0.71117977286132561</v>
+        <v>0.70701260110677122</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>274.99801472000001</v>
+        <v>274.99742689999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.70832460000002584</v>
+        <v>0.70799779999998691</v>
       </c>
       <c r="D278" s="5">
-        <v>3.143270163703904</v>
+        <v>3.1418023345390012</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>276.8032207</v>
+        <v>276.80231170000002</v>
       </c>
       <c r="C279" s="5">
-        <v>1.8052059799999824</v>
+        <v>1.8048848000000248</v>
       </c>
       <c r="D279" s="5">
-        <v>8.1680411555410615</v>
+        <v>8.1665531433810621</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>277.93248395000001</v>
+        <v>277.93017409999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.1292632500000082</v>
+        <v>1.1278623999999695</v>
       </c>
       <c r="D280" s="5">
-        <v>5.0069485484090848</v>
+        <v>5.0006143769556921</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>279.10320210999998</v>
+        <v>279.10344459999999</v>
       </c>
       <c r="C281" s="5">
-        <v>1.1707181599999785</v>
+        <v>1.173270500000001</v>
       </c>
       <c r="D281" s="5">
-        <v>5.1734507395278406</v>
+        <v>5.1850368860663076</v>
       </c>
       <c r="E281" s="5">
-        <v>9.2670439893569387</v>
+        <v>9.2673543112703261</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>279.66816641000003</v>
+        <v>279.67006839999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.56496430000004239</v>
+        <v>0.56662380000000212</v>
       </c>
       <c r="D282" s="5">
-        <v>2.4562818641458817</v>
+        <v>2.4635754210452276</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>282.14366998999998</v>
+        <v>282.14385700000003</v>
       </c>
       <c r="C283" s="5">
-        <v>2.4755035799999519</v>
+        <v>2.4737886000000344</v>
       </c>
       <c r="D283" s="5">
-        <v>11.154567455632414</v>
+        <v>11.146380502920895</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>284.47692138999997</v>
+        <v>284.47850119999998</v>
       </c>
       <c r="C284" s="5">
-        <v>2.3332513999999946</v>
+        <v>2.334644199999957</v>
       </c>
       <c r="D284" s="5">
-        <v>10.3877137915118</v>
+        <v>10.394192263756663</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>286.80932430000001</v>
+        <v>286.80898230000003</v>
       </c>
       <c r="C285" s="5">
-        <v>2.3324029100000416</v>
+        <v>2.3304811000000427</v>
       </c>
       <c r="D285" s="5">
-        <v>10.294720240793097</v>
+        <v>10.285792287867256</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>288.41145124000002</v>
+        <v>288.41113150000001</v>
       </c>
       <c r="C286" s="5">
-        <v>1.6021269400000051</v>
+        <v>1.6021491999999853</v>
       </c>
       <c r="D286" s="5">
-        <v>6.9130704164976242</v>
+        <v>6.9131779353287515</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>290.29611771999998</v>
+        <v>290.29687589999997</v>
       </c>
       <c r="C287" s="5">
-        <v>1.8846664799999644</v>
+        <v>1.8857443999999646</v>
       </c>
       <c r="D287" s="5">
-        <v>8.1296346907107075</v>
+        <v>8.1344621837074804</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>291.39726721</v>
+        <v>291.39822329999998</v>
       </c>
       <c r="C288" s="5">
-        <v>1.1011494900000116</v>
+        <v>1.1013474000000087</v>
       </c>
       <c r="D288" s="5">
-        <v>4.648006727688947</v>
+        <v>4.6488472276429604</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>292.20303288999997</v>
+        <v>292.20251889999997</v>
       </c>
       <c r="C289" s="5">
-        <v>0.80576567999997906</v>
+        <v>0.80429559999998901</v>
       </c>
       <c r="D289" s="5">
-        <v>3.3691481974142512</v>
+        <v>3.3628965382275222</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>292.91419432999999</v>
+        <v>292.91309949999999</v>
       </c>
       <c r="C290" s="5">
-        <v>0.71116144000001213</v>
+        <v>0.71058060000001433</v>
       </c>
       <c r="D290" s="5">
-        <v>2.9599635193207297</v>
+        <v>2.9575188201693248</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>292.52136419999999</v>
+        <v>292.52046510000002</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.39283012999999301</v>
+        <v>-0.39263439999996308</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.5975142027917499</v>
+        <v>-1.5967300148712504</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>293.84732810000003</v>
+        <v>293.84328019999998</v>
       </c>
       <c r="C292" s="5">
-        <v>1.3259639000000334</v>
+        <v>1.3228150999999571</v>
       </c>
       <c r="D292" s="5">
-        <v>5.5771348016971034</v>
+        <v>5.5635770477921787</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>294.34123355999998</v>
+        <v>294.34225270000002</v>
       </c>
       <c r="C293" s="5">
-        <v>0.49390545999995084</v>
+        <v>0.49897250000003623</v>
       </c>
       <c r="D293" s="5">
-        <v>2.0357390284991173</v>
+        <v>2.0568479821825969</v>
       </c>
       <c r="E293" s="5">
-        <v>5.459640496705731</v>
+        <v>5.4599140192768569</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>297.13189595</v>
+        <v>297.13394249999999</v>
       </c>
       <c r="C294" s="5">
-        <v>2.7906623900000227</v>
+        <v>2.7916897999999719</v>
       </c>
       <c r="D294" s="5">
-        <v>11.989684681122824</v>
+        <v>11.994287847907259</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>299.71378850000002</v>
+        <v>299.71399730000002</v>
       </c>
       <c r="C295" s="5">
-        <v>2.5818925500000205</v>
+        <v>2.5800548000000276</v>
       </c>
       <c r="D295" s="5">
-        <v>10.940314034594213</v>
+        <v>10.932072371133451</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>302.41433382000002</v>
+        <v>302.41738600000002</v>
       </c>
       <c r="C296" s="5">
-        <v>2.7005453200000034</v>
+        <v>2.703388700000005</v>
       </c>
       <c r="D296" s="5">
-        <v>11.364759483735764</v>
+        <v>11.377316783130208</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>306.14811588999999</v>
+        <v>306.14726899999999</v>
       </c>
       <c r="C297" s="5">
-        <v>3.7337820699999611</v>
+        <v>3.7298829999999725</v>
       </c>
       <c r="D297" s="5">
-        <v>15.86456313738671</v>
+        <v>15.84668577430428</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>308.85788589999999</v>
+        <v>308.85723139999999</v>
       </c>
       <c r="C298" s="5">
-        <v>2.7097700099999997</v>
+        <v>2.7099623999999949</v>
       </c>
       <c r="D298" s="5">
-        <v>11.15403706961089</v>
+        <v>11.154900312186422</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>311.56551865</v>
+        <v>311.56670750000001</v>
       </c>
       <c r="C299" s="5">
-        <v>2.7076327500000161</v>
+        <v>2.7094761000000176</v>
       </c>
       <c r="D299" s="5">
-        <v>11.042267062815059</v>
+        <v>11.050175538673823</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>314.46255308000002</v>
+        <v>314.46378529999998</v>
       </c>
       <c r="C300" s="5">
-        <v>2.8970344300000193</v>
+        <v>2.8970777999999768</v>
       </c>
       <c r="D300" s="5">
-        <v>11.746667390625888</v>
+        <v>11.746805193735277</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>316.18147879000003</v>
+        <v>316.18108949999998</v>
       </c>
       <c r="C301" s="5">
-        <v>1.7189257100000077</v>
+        <v>1.7173042000000009</v>
       </c>
       <c r="D301" s="5">
-        <v>6.7603239776944601</v>
+        <v>6.7537267630529474</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>317.61753363999998</v>
+        <v>317.61622970000002</v>
       </c>
       <c r="C302" s="5">
-        <v>1.4360548499999481</v>
+        <v>1.4351402000000348</v>
       </c>
       <c r="D302" s="5">
-        <v>5.5884738091982689</v>
+        <v>5.5848321311081195</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>319.04037739</v>
+        <v>319.0395785</v>
       </c>
       <c r="C303" s="5">
-        <v>1.4228437500000268</v>
+        <v>1.4233487999999852</v>
       </c>
       <c r="D303" s="5">
-        <v>5.5101342643005147</v>
+        <v>5.512161778460678</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>320.77758501</v>
+        <v>320.77181460000003</v>
       </c>
       <c r="C304" s="5">
-        <v>1.7372076199999924</v>
+        <v>1.7322361000000228</v>
       </c>
       <c r="D304" s="5">
-        <v>6.7334032186399329</v>
+        <v>6.713571940265739</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>320.53400448999997</v>
+        <v>320.53613869999998</v>
       </c>
       <c r="C305" s="5">
-        <v>-0.24358052000002317</v>
+        <v>-0.23567590000004657</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.90741678036458939</v>
+        <v>-0.87810412487479006</v>
       </c>
       <c r="E305" s="5">
-        <v>8.8987773181499428</v>
+        <v>8.8991253412391771</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>314.81489540000001</v>
+        <v>314.81612849999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-5.7191090899999608</v>
+        <v>-5.7200101999999902</v>
       </c>
       <c r="D306" s="5">
-        <v>-19.429889153330194</v>
+        <v>-19.432539585113172</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>302.07715013000001</v>
+        <v>302.07736449999999</v>
       </c>
       <c r="C307" s="5">
-        <v>-12.737745270000005</v>
+        <v>-12.738764000000003</v>
       </c>
       <c r="D307" s="5">
-        <v>-39.081215120841584</v>
+        <v>-39.083559652841593</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>293.57974023999998</v>
+        <v>293.58363059999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-8.4974098900000286</v>
+        <v>-8.4937338999999952</v>
       </c>
       <c r="D308" s="5">
-        <v>-28.993439254247232</v>
+        <v>-28.982751918332848</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>282.34337814999998</v>
+        <v>282.34169409999998</v>
       </c>
       <c r="C309" s="5">
-        <v>-11.23636209</v>
+        <v>-11.241936500000008</v>
       </c>
       <c r="D309" s="5">
-        <v>-37.393662698517858</v>
+        <v>-37.408097505974389</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>275.33718382000001</v>
+        <v>275.33567799999997</v>
       </c>
       <c r="C310" s="5">
-        <v>-7.0061943299999712</v>
+        <v>-7.0060161000000107</v>
       </c>
       <c r="D310" s="5">
-        <v>-26.031448562461168</v>
+        <v>-26.031008704047089</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>272.41236501999998</v>
+        <v>272.4131792</v>
       </c>
       <c r="C311" s="5">
-        <v>-2.9248188000000255</v>
+        <v>-2.9224987999999712</v>
       </c>
       <c r="D311" s="5">
-        <v>-12.028214426574335</v>
+        <v>-12.019285409112001</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>266.47992240999997</v>
+        <v>266.48104319999999</v>
       </c>
       <c r="C312" s="5">
-        <v>-5.9324426100000096</v>
+        <v>-5.9321360000000141</v>
       </c>
       <c r="D312" s="5">
-        <v>-23.219290890029619</v>
+        <v>-23.21816946046772</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>262.52837252</v>
+        <v>262.52899159999998</v>
       </c>
       <c r="C313" s="5">
-        <v>-3.951549889999967</v>
+        <v>-3.9520516000000043</v>
       </c>
       <c r="D313" s="5">
-        <v>-16.412557695843375</v>
+        <v>-16.414411066351409</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>257.46280138999998</v>
+        <v>257.4629716</v>
       </c>
       <c r="C314" s="5">
-        <v>-5.0655711300000235</v>
+        <v>-5.0660199999999804</v>
       </c>
       <c r="D314" s="5">
-        <v>-20.848540108375779</v>
+        <v>-20.85015196776213</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>251.70418527000001</v>
+        <v>251.70544219999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-5.7586161199999708</v>
+        <v>-5.7575294000000099</v>
       </c>
       <c r="D315" s="5">
-        <v>-23.77255582900959</v>
+        <v>-23.768592604524141</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>246.97171033000001</v>
+        <v>246.96789770000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-4.732474940000003</v>
+        <v>-4.7375444999999843</v>
       </c>
       <c r="D316" s="5">
-        <v>-20.369165197092443</v>
+        <v>-20.388686344666439</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>244.54578186000001</v>
+        <v>244.54749440000001</v>
       </c>
       <c r="C317" s="5">
-        <v>-2.4259284700000023</v>
+        <v>-2.4204033000000038</v>
       </c>
       <c r="D317" s="5">
-        <v>-11.170830521279385</v>
+        <v>-11.146906790924538</v>
       </c>
       <c r="E317" s="5">
-        <v>-23.706758585849396</v>
+        <v>-23.70673229177449</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>235.24039829</v>
+        <v>235.23986790000001</v>
       </c>
       <c r="C318" s="5">
-        <v>-9.3053835700000036</v>
+        <v>-9.3076264999999978</v>
       </c>
       <c r="D318" s="5">
-        <v>-37.220079854216905</v>
+        <v>-37.227053757914575</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>228.92663643</v>
+        <v>228.92579069999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-6.3137618599999996</v>
+        <v>-6.314077200000014</v>
       </c>
       <c r="D319" s="5">
-        <v>-27.85386744481816</v>
+        <v>-27.855113824573742</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>223.62130325999999</v>
+        <v>223.62250320000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-5.3053331700000115</v>
+        <v>-5.3032874999999819</v>
       </c>
       <c r="D320" s="5">
-        <v>-24.525166689332746</v>
+        <v>-24.516960377722985</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>217.11445634</v>
+        <v>217.1111803</v>
       </c>
       <c r="C321" s="5">
-        <v>-6.5068469199999868</v>
+        <v>-6.5113229000000103</v>
       </c>
       <c r="D321" s="5">
-        <v>-29.837216973121038</v>
+        <v>-29.854437055080208</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>212.23313436000001</v>
+        <v>212.23015889999999</v>
       </c>
       <c r="C322" s="5">
-        <v>-4.8813219799999956</v>
+        <v>-4.8810214000000087</v>
       </c>
       <c r="D322" s="5">
-        <v>-23.880950212455133</v>
+        <v>-23.879973528010055</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>209.75440595000001</v>
+        <v>209.75467900000001</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.4787284100000022</v>
+        <v>-2.4754798999999821</v>
       </c>
       <c r="D323" s="5">
-        <v>-13.148994837401951</v>
+        <v>-13.133024982580022</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>207.37203957</v>
+        <v>207.37420460000001</v>
       </c>
       <c r="C324" s="5">
-        <v>-2.3823663800000077</v>
+        <v>-2.3804743999999971</v>
       </c>
       <c r="D324" s="5">
-        <v>-12.80947664124662</v>
+        <v>-12.799914625949905</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>205.70927128</v>
+        <v>205.7120951</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.6627682900000025</v>
+        <v>-1.6621095000000139</v>
       </c>
       <c r="D325" s="5">
-        <v>-9.2087492289999453</v>
+        <v>-9.2051681191820727</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>204.7688641</v>
+        <v>204.7720487</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.94040717999999401</v>
+        <v>-0.94004639999999995</v>
       </c>
       <c r="D326" s="5">
-        <v>-5.3499897269554397</v>
+        <v>-5.3479169769470865</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>205.24947298999999</v>
+        <v>205.25539330000001</v>
       </c>
       <c r="C327" s="5">
-        <v>0.48060888999998497</v>
+        <v>0.48334460000000945</v>
       </c>
       <c r="D327" s="5">
-        <v>2.85313984244977</v>
+        <v>2.8695466316927876</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>204.75442414</v>
+        <v>204.75746670000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.49504884999998922</v>
+        <v>-0.49792659999999955</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.8562366104902592</v>
+        <v>-2.8725374387444824</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>205.69968874</v>
+        <v>205.6902824</v>
       </c>
       <c r="C329" s="5">
-        <v>0.94526460000000156</v>
+        <v>0.93281569999999192</v>
       </c>
       <c r="D329" s="5">
-        <v>5.6827442619681312</v>
+        <v>5.605933646267891</v>
       </c>
       <c r="E329" s="5">
-        <v>-15.884998229999736</v>
+        <v>-15.889433705030021</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>209.10024623000001</v>
+        <v>209.1004662</v>
       </c>
       <c r="C330" s="5">
-        <v>3.4005574900000113</v>
+        <v>3.4101837999999987</v>
       </c>
       <c r="D330" s="5">
-        <v>21.74493899174945</v>
+        <v>21.813303163682086</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>212.10447938999999</v>
+        <v>212.1035186</v>
       </c>
       <c r="C331" s="5">
-        <v>3.0042331599999841</v>
+        <v>3.0030524000000014</v>
       </c>
       <c r="D331" s="5">
-        <v>18.670713596170387</v>
+        <v>18.66276512368492</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>214.53635370000001</v>
+        <v>214.53689130000001</v>
       </c>
       <c r="C332" s="5">
-        <v>2.431874310000012</v>
+        <v>2.4333727000000067</v>
       </c>
       <c r="D332" s="5">
-        <v>14.6601895356137</v>
+        <v>14.669870482132307</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>217.64983767000001</v>
+        <v>217.6335215</v>
       </c>
       <c r="C333" s="5">
-        <v>3.1134839700000043</v>
+        <v>3.0966301999999928</v>
       </c>
       <c r="D333" s="5">
-        <v>18.874699200689161</v>
+        <v>18.764234311323168</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>220.45906142999999</v>
+        <v>220.45359859999999</v>
       </c>
       <c r="C334" s="5">
-        <v>2.8092237599999805</v>
+        <v>2.8200770999999918</v>
       </c>
       <c r="D334" s="5">
-        <v>16.636714778386885</v>
+        <v>16.706981646479036</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>222.97330554999999</v>
+        <v>222.97628750000001</v>
       </c>
       <c r="C335" s="5">
-        <v>2.5142441200000007</v>
+        <v>2.5226889000000199</v>
       </c>
       <c r="D335" s="5">
-        <v>14.577414358810149</v>
+        <v>14.629884214977661</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>224.67279775</v>
+        <v>224.6826513</v>
       </c>
       <c r="C336" s="5">
-        <v>1.6994922000000088</v>
+        <v>1.7063637999999912</v>
       </c>
       <c r="D336" s="5">
-        <v>9.5396764701600958</v>
+        <v>9.5797528278881003</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>225.61032759</v>
+        <v>225.60946269999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.93752983999999628</v>
+        <v>0.92681139999999118</v>
       </c>
       <c r="D337" s="5">
-        <v>5.1239794281878304</v>
+        <v>5.0638363680171716</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>227.28577035999999</v>
+        <v>227.30051470000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.6754427699999894</v>
+        <v>1.6910520000000133</v>
       </c>
       <c r="D338" s="5">
-        <v>9.284670650636162</v>
+        <v>9.3748057986625888</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>228.16861899</v>
+        <v>228.18419900000001</v>
       </c>
       <c r="C339" s="5">
-        <v>0.88284863000001224</v>
+        <v>0.88368429999999876</v>
       </c>
       <c r="D339" s="5">
-        <v>4.7620538916472999</v>
+        <v>4.7663424492267792</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>230.15736583</v>
+        <v>230.16944119999999</v>
       </c>
       <c r="C340" s="5">
-        <v>1.9887468400000046</v>
+        <v>1.9852421999999876</v>
       </c>
       <c r="D340" s="5">
-        <v>10.975618676033495</v>
+        <v>10.954558108374467</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>232.16076661</v>
+        <v>232.1407701</v>
       </c>
       <c r="C341" s="5">
-        <v>2.0034007799999927</v>
+        <v>1.9713289000000032</v>
       </c>
       <c r="D341" s="5">
-        <v>10.960245637189958</v>
+        <v>10.775849660336668</v>
       </c>
       <c r="E341" s="5">
-        <v>12.863936757554463</v>
+        <v>12.85937643304047</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>232.28883782</v>
+        <v>232.2974595</v>
       </c>
       <c r="C342" s="5">
-        <v>0.12807121000000166</v>
+        <v>0.15668940000000475</v>
       </c>
       <c r="D342" s="5">
-        <v>0.66399075488721149</v>
+        <v>0.81298463449888114</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>235.51762099999999</v>
+        <v>235.4876946</v>
       </c>
       <c r="C343" s="5">
-        <v>3.2287831799999935</v>
+        <v>3.1902350999999953</v>
       </c>
       <c r="D343" s="5">
-        <v>18.015968819334315</v>
+        <v>17.783673107610309</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>239.16096467</v>
+        <v>239.1653207</v>
       </c>
       <c r="C344" s="5">
-        <v>3.6433436700000073</v>
+        <v>3.6776260999999977</v>
       </c>
       <c r="D344" s="5">
-        <v>20.22718770028451</v>
+        <v>20.436981643588446</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>241.16178379999999</v>
+        <v>241.13133999999999</v>
       </c>
       <c r="C345" s="5">
-        <v>2.0008191299999964</v>
+        <v>1.9660192999999992</v>
       </c>
       <c r="D345" s="5">
-        <v>10.514253008035501</v>
+        <v>10.322840719806848</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>243.61111984999999</v>
+        <v>243.60110069999999</v>
       </c>
       <c r="C346" s="5">
-        <v>2.4493360499999994</v>
+        <v>2.4697606999999948</v>
       </c>
       <c r="D346" s="5">
-        <v>12.892072903948248</v>
+        <v>13.007440989765428</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>246.65510449999999</v>
+        <v>246.6496933</v>
       </c>
       <c r="C347" s="5">
-        <v>3.0439846499999987</v>
+        <v>3.0485926000000063</v>
       </c>
       <c r="D347" s="5">
-        <v>16.068933160599897</v>
+        <v>16.095664477603421</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>248.41022555000001</v>
+        <v>248.45280629999999</v>
       </c>
       <c r="C348" s="5">
-        <v>1.7551210500000138</v>
+        <v>1.8031129999999962</v>
       </c>
       <c r="D348" s="5">
-        <v>8.8810597034753247</v>
+        <v>9.1339616921183762</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>250.79042114999999</v>
+        <v>250.77659109999999</v>
       </c>
       <c r="C349" s="5">
-        <v>2.3801955999999791</v>
+        <v>2.3237847999999985</v>
       </c>
       <c r="D349" s="5">
-        <v>12.12377395489681</v>
+        <v>11.819373986319404</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>252.86952891999999</v>
+        <v>252.9114385</v>
       </c>
       <c r="C350" s="5">
-        <v>2.0791077700000073</v>
+        <v>2.1348474000000124</v>
       </c>
       <c r="D350" s="5">
-        <v>10.414639003759053</v>
+        <v>10.707674036210935</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>254.27727209</v>
+        <v>254.299903</v>
       </c>
       <c r="C351" s="5">
-        <v>1.4077431700000034</v>
+        <v>1.3884644999999978</v>
       </c>
       <c r="D351" s="5">
-        <v>6.8888807819288189</v>
+        <v>6.7905131011844366</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>255.92100873000001</v>
+        <v>255.943524</v>
       </c>
       <c r="C352" s="5">
-        <v>1.6437366400000144</v>
+        <v>1.643620999999996</v>
       </c>
       <c r="D352" s="5">
-        <v>8.039046579485575</v>
+        <v>8.0377197749762495</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>256.35478909</v>
+        <v>256.32175969999997</v>
       </c>
       <c r="C353" s="5">
-        <v>0.43378035999998588</v>
+        <v>0.3782356999999763</v>
       </c>
       <c r="D353" s="5">
-        <v>2.0530420423479745</v>
+        <v>1.7878561784935521</v>
       </c>
       <c r="E353" s="5">
-        <v>10.421236470433804</v>
+        <v>10.416519937270596</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>255.26661867000001</v>
+        <v>255.28410500000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-1.0881704199999831</v>
+        <v>-1.0376546999999618</v>
       </c>
       <c r="D354" s="5">
-        <v>-4.9764861271925698</v>
+        <v>-4.7511840052297138</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>254.44187529000001</v>
+        <v>254.37592799999999</v>
       </c>
       <c r="C355" s="5">
-        <v>-0.82474338000000103</v>
+        <v>-0.90817700000002333</v>
       </c>
       <c r="D355" s="5">
-        <v>-3.8089322657852032</v>
+        <v>-4.18647146174147</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>253.56427668000001</v>
+        <v>253.56981099999999</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.87759861000000683</v>
+        <v>-0.80611700000000042</v>
       </c>
       <c r="D356" s="5">
-        <v>-4.0613144540143198</v>
+        <v>-3.7372128388691306</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>253.67702496000001</v>
+        <v>253.6294882</v>
       </c>
       <c r="C357" s="5">
-        <v>0.11274828000000525</v>
+        <v>5.9677200000010089E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>0.53489124201022697</v>
+        <v>0.28278369952783322</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>253.16517951</v>
+        <v>253.14897880000001</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.51184545000000981</v>
+        <v>-0.48050939999998832</v>
       </c>
       <c r="D358" s="5">
-        <v>-2.3945566406653129</v>
+        <v>-2.2498993155521174</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>251.94929279999999</v>
+        <v>251.93992660000001</v>
       </c>
       <c r="C359" s="5">
-        <v>-1.2158867100000066</v>
+        <v>-1.2090522000000021</v>
       </c>
       <c r="D359" s="5">
-        <v>-5.6134621916554606</v>
+        <v>-5.583081000958634</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>250.11689731999999</v>
+        <v>250.1907755</v>
       </c>
       <c r="C360" s="5">
-        <v>-1.8323954800000024</v>
+        <v>-1.749151100000006</v>
       </c>
       <c r="D360" s="5">
-        <v>-8.3866703154206075</v>
+        <v>-8.0203956021039797</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>249.07859497000001</v>
+        <v>249.0521071</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.0383023499999808</v>
+        <v>-1.1386684000000002</v>
       </c>
       <c r="D361" s="5">
-        <v>-4.8693432381646691</v>
+        <v>-5.3267849451136717</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>246.49666316</v>
+        <v>246.56311020000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-2.5819318100000146</v>
+        <v>-2.4889968999999894</v>
       </c>
       <c r="D362" s="5">
-        <v>-11.753874175207823</v>
+        <v>-11.35493736102935</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>243.59295481999999</v>
+        <v>243.62077590000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-2.9037083400000085</v>
+        <v>-2.9423342999999988</v>
       </c>
       <c r="D363" s="5">
-        <v>-13.255060778745719</v>
+        <v>-13.416593588355685</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>240.59608281000001</v>
+        <v>240.6256253</v>
       </c>
       <c r="C364" s="5">
-        <v>-2.9968720099999757</v>
+        <v>-2.9951506000000165</v>
       </c>
       <c r="D364" s="5">
-        <v>-13.804231770098664</v>
+        <v>-13.795360346613005</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>237.00653116000001</v>
+        <v>236.98324109999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-3.5895516500000042</v>
+        <v>-3.6423842000000093</v>
       </c>
       <c r="D365" s="5">
-        <v>-16.50487082894464</v>
+        <v>-16.726060136313659</v>
       </c>
       <c r="E365" s="5">
-        <v>-7.5474532770313463</v>
+        <v>-7.5446261849301699</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>235.84102904</v>
+        <v>235.86572699999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-1.1655021200000135</v>
+        <v>-1.117514099999994</v>
       </c>
       <c r="D366" s="5">
-        <v>-5.7440953906704229</v>
+        <v>-5.5142196290123291</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>234.54162692</v>
+        <v>234.4491409</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.2994021199999963</v>
+        <v>-1.4165860999999893</v>
       </c>
       <c r="D367" s="5">
-        <v>-6.4148659764921572</v>
+        <v>-6.9737153523088402</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>232.23851303000001</v>
+        <v>232.22875690000001</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.3031138899999917</v>
+        <v>-2.2203839999999957</v>
       </c>
       <c r="D368" s="5">
-        <v>-11.167536622160556</v>
+        <v>-10.791092421978243</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>206.05321979000001</v>
+        <v>205.98289560000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-26.185293239999993</v>
+        <v>-26.245861300000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-76.201917994667653</v>
+        <v>-76.287249163833508</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>186.59383606</v>
+        <v>186.57657940000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-19.459383730000013</v>
+        <v>-19.406316199999992</v>
       </c>
       <c r="D370" s="5">
-        <v>-69.590123560650085</v>
+        <v>-69.499173145885223</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>176.1654733</v>
+        <v>176.1564922</v>
       </c>
       <c r="C371" s="5">
-        <v>-10.428362759999999</v>
+        <v>-10.420087200000012</v>
       </c>
       <c r="D371" s="5">
-        <v>-49.848720029105628</v>
+        <v>-49.823735817705582</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>171.19107933000001</v>
+        <v>171.26556189999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-4.9743939699999942</v>
+        <v>-4.8909303000000079</v>
       </c>
       <c r="D372" s="5">
-        <v>-29.08729999608337</v>
+        <v>-28.672552683271281</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>170.74373512</v>
+        <v>170.7323945</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.44734421000001134</v>
+        <v>-0.53316739999999641</v>
       </c>
       <c r="D373" s="5">
-        <v>-3.0910762193318897</v>
+        <v>-3.6724198569853983</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>170.32091940999999</v>
+        <v>170.38901139999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-0.42281571000000895</v>
+        <v>-0.34338310000001115</v>
       </c>
       <c r="D374" s="5">
-        <v>-2.9314411132553064</v>
+        <v>-2.3869636495132407</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>171.33605034999999</v>
+        <v>171.36404820000001</v>
       </c>
       <c r="C375" s="5">
-        <v>1.0151309400000059</v>
+        <v>0.97503680000002646</v>
       </c>
       <c r="D375" s="5">
-        <v>7.3913005542523225</v>
+        <v>7.0871991293184777</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>171.93622869000001</v>
+        <v>171.96624750000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.60017834000001358</v>
+        <v>0.60219929999999522</v>
       </c>
       <c r="D376" s="5">
-        <v>4.2854556240496944</v>
+        <v>4.2994497815388666</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>172.83810987000001</v>
+        <v>172.82740039999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.90188118000000372</v>
+        <v>0.86115289999997913</v>
       </c>
       <c r="D377" s="5">
-        <v>6.4793376641019584</v>
+        <v>6.1775244296999432</v>
       </c>
       <c r="E377" s="5">
-        <v>-27.074537134455902</v>
+        <v>-27.071889304158901</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>174.35264498000001</v>
+        <v>174.3718877</v>
       </c>
       <c r="C378" s="5">
-        <v>1.5145351099999971</v>
+        <v>1.5444873000000143</v>
       </c>
       <c r="D378" s="5">
-        <v>11.037169420060389</v>
+        <v>11.267020661009086</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>173.89472623</v>
+        <v>173.81551450000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.45791875000000459</v>
+        <v>-0.5563731999999959</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.1065426449988887</v>
+        <v>-3.7623897966417297</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>176.15478243000001</v>
+        <v>176.11450780000001</v>
       </c>
       <c r="C380" s="5">
-        <v>2.2600562000000082</v>
+        <v>2.2989933000000065</v>
       </c>
       <c r="D380" s="5">
-        <v>16.760602103744748</v>
+        <v>17.079036786595591</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>177.3893703</v>
+        <v>177.27762870000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.2345878699999844</v>
+        <v>1.1631208999999956</v>
       </c>
       <c r="D381" s="5">
-        <v>8.7421322393650858</v>
+        <v>8.2195207427044892</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>177.6706385</v>
+        <v>177.63537149999999</v>
       </c>
       <c r="C382" s="5">
-        <v>0.28126819999999952</v>
+        <v>0.35774279999998271</v>
       </c>
       <c r="D382" s="5">
-        <v>1.9193986010625386</v>
+        <v>2.4486350473548635</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>178.47659197999999</v>
+        <v>178.47467570000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.80595347999999944</v>
+        <v>0.83930420000001504</v>
       </c>
       <c r="D383" s="5">
-        <v>5.5813514583852974</v>
+        <v>5.8195315859307373</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>181.22907272</v>
+        <v>181.3335711</v>
       </c>
       <c r="C384" s="5">
-        <v>2.75248074000001</v>
+        <v>2.8588953999999944</v>
       </c>
       <c r="D384" s="5">
-        <v>20.159813691140236</v>
+        <v>21.009469018083561</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>182.16655671999999</v>
+        <v>182.1924856</v>
       </c>
       <c r="C385" s="5">
-        <v>0.93748399999998355</v>
+        <v>0.85891449999999736</v>
       </c>
       <c r="D385" s="5">
-        <v>6.3871986476566445</v>
+        <v>5.8344255536314726</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>182.78168070000001</v>
+        <v>182.88737589999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.61512398000002122</v>
+        <v>0.6948902999999973</v>
       </c>
       <c r="D386" s="5">
-        <v>4.1281622023792597</v>
+        <v>4.6740946911116188</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>185.15852204999999</v>
+        <v>185.2081024</v>
       </c>
       <c r="C387" s="5">
-        <v>2.3768413499999781</v>
+        <v>2.3207265000000064</v>
       </c>
       <c r="D387" s="5">
-        <v>16.77031985434423</v>
+        <v>16.336244878716766</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>187.60533340999999</v>
+        <v>187.64866459999999</v>
       </c>
       <c r="C388" s="5">
-        <v>2.4468113599999981</v>
+        <v>2.440562199999988</v>
       </c>
       <c r="D388" s="5">
-        <v>17.062475030799806</v>
+        <v>17.010801001931995</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>188.97386921</v>
+        <v>188.98013570000001</v>
       </c>
       <c r="C389" s="5">
-        <v>1.3685358000000178</v>
+        <v>1.3314711000000159</v>
       </c>
       <c r="D389" s="5">
-        <v>9.1136024625585232</v>
+        <v>8.8549395026610753</v>
       </c>
       <c r="E389" s="5">
-        <v>9.3357647524243923</v>
+        <v>9.3461657483798088</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>189.14616262999999</v>
+        <v>189.1637704</v>
       </c>
       <c r="C390" s="5">
-        <v>0.17229341999998837</v>
+        <v>0.18363469999999893</v>
       </c>
       <c r="D390" s="5">
-        <v>1.0995807269575941</v>
+        <v>1.1723092971769766</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>191.24283815000001</v>
+        <v>191.14259000000001</v>
       </c>
       <c r="C391" s="5">
-        <v>2.0966755200000193</v>
+        <v>1.9788196000000084</v>
       </c>
       <c r="D391" s="5">
-        <v>14.14364715219909</v>
+        <v>13.301081716852714</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>192.47777656</v>
+        <v>192.39626670000001</v>
       </c>
       <c r="C392" s="5">
-        <v>1.2349384099999838</v>
+        <v>1.2536766999999998</v>
       </c>
       <c r="D392" s="5">
-        <v>8.0301441159955864</v>
+        <v>8.1608496842452638</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>195.24108924000001</v>
+        <v>195.00193770000001</v>
       </c>
       <c r="C393" s="5">
-        <v>2.7633126800000127</v>
+        <v>2.605671000000001</v>
       </c>
       <c r="D393" s="5">
-        <v>18.655410022482521</v>
+        <v>17.518823513822323</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>197.60085869</v>
+        <v>197.4638994</v>
       </c>
       <c r="C394" s="5">
-        <v>2.3597694499999875</v>
+        <v>2.4619616999999892</v>
       </c>
       <c r="D394" s="5">
-        <v>15.507788086480211</v>
+        <v>16.247971884767654</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>197.85894125999999</v>
+        <v>197.88166330000001</v>
       </c>
       <c r="C395" s="5">
-        <v>0.25808256999999912</v>
+        <v>0.41776390000001129</v>
       </c>
       <c r="D395" s="5">
-        <v>1.5786039858570966</v>
+        <v>2.5685270363566381</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>201.94124649</v>
+        <v>202.16120520000001</v>
       </c>
       <c r="C396" s="5">
-        <v>4.0823052300000029</v>
+        <v>4.2795418999999981</v>
       </c>
       <c r="D396" s="5">
-        <v>27.770978706109538</v>
+        <v>29.272810196249409</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>204.38085419000001</v>
+        <v>204.4998774</v>
       </c>
       <c r="C397" s="5">
-        <v>2.4396077000000105</v>
+        <v>2.3386721999999907</v>
       </c>
       <c r="D397" s="5">
-        <v>15.500038066587329</v>
+        <v>14.80024310555239</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>206.76634899000001</v>
+        <v>206.93735219999999</v>
       </c>
       <c r="C398" s="5">
-        <v>2.3854948000000036</v>
+        <v>2.4374747999999897</v>
       </c>
       <c r="D398" s="5">
-        <v>14.941217066195446</v>
+        <v>15.2789550629562</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>208.31022855000001</v>
+        <v>208.3887665</v>
       </c>
       <c r="C399" s="5">
-        <v>1.5438795599999935</v>
+        <v>1.4514143000000104</v>
       </c>
       <c r="D399" s="5">
-        <v>9.3374232279220806</v>
+        <v>8.7489300730089212</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>209.32293614</v>
+        <v>209.37230479999999</v>
       </c>
       <c r="C400" s="5">
-        <v>1.0127075899999909</v>
+        <v>0.9835382999999922</v>
       </c>
       <c r="D400" s="5">
-        <v>5.9923862643645132</v>
+        <v>5.8130318554139748</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>210.50599385000001</v>
+        <v>210.5201702</v>
       </c>
       <c r="C401" s="5">
-        <v>1.1830577100000141</v>
+        <v>1.1478654000000006</v>
       </c>
       <c r="D401" s="5">
-        <v>6.9970441599948252</v>
+        <v>6.7809409106970975</v>
       </c>
       <c r="E401" s="5">
-        <v>11.394233885359096</v>
+        <v>11.398041609089592</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>212.54762693000001</v>
+        <v>212.54744600000001</v>
       </c>
       <c r="C402" s="5">
-        <v>2.0416330799999969</v>
+        <v>2.0272758000000124</v>
       </c>
       <c r="D402" s="5">
-        <v>12.27977426164335</v>
+        <v>12.187931320018297</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>213.42249910000001</v>
+        <v>213.3012544</v>
       </c>
       <c r="C403" s="5">
-        <v>0.87487217000000328</v>
+        <v>0.75380839999999694</v>
       </c>
       <c r="D403" s="5">
-        <v>5.0527163812911002</v>
+        <v>4.3398539349820631</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>214.47092046</v>
+        <v>214.34713840000001</v>
       </c>
       <c r="C404" s="5">
-        <v>1.0484213599999919</v>
+        <v>1.0458840000000009</v>
       </c>
       <c r="D404" s="5">
-        <v>6.0568138221451351</v>
+        <v>6.0452853709616061</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>212.78093859000001</v>
+        <v>212.39849039999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.6899818699999969</v>
+        <v>-1.9486480000000199</v>
       </c>
       <c r="D405" s="5">
-        <v>-9.0565019442778283</v>
+        <v>-10.380022702007864</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>213.99731997999999</v>
+        <v>213.69714450000001</v>
       </c>
       <c r="C406" s="5">
-        <v>1.2163813899999809</v>
+        <v>1.2986541000000216</v>
       </c>
       <c r="D406" s="5">
-        <v>7.0797553479091224</v>
+        <v>7.5889129115748188</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>215.06116001999999</v>
+        <v>215.10054930000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.0638400400000023</v>
+        <v>1.4034048000000041</v>
       </c>
       <c r="D407" s="5">
-        <v>6.1313759845190274</v>
+        <v>8.1716876157749585</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>214.81999758000001</v>
+        <v>215.1709242</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.24116243999998233</v>
+        <v>7.0374899999990248E-2</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.3373718179388705</v>
+        <v>0.39331377429256964</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>215.68504644000001</v>
+        <v>215.92738869999999</v>
       </c>
       <c r="C409" s="5">
-        <v>0.8650488600000017</v>
+        <v>0.75646449999999277</v>
       </c>
       <c r="D409" s="5">
-        <v>4.9406976450282469</v>
+        <v>4.3013114887783699</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>215.94313990000001</v>
+        <v>216.17161630000001</v>
       </c>
       <c r="C410" s="5">
-        <v>0.25809345999999778</v>
+        <v>0.24422760000001631</v>
       </c>
       <c r="D410" s="5">
-        <v>1.4454346997113898</v>
+        <v>1.36575159270933</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>216.05081810999999</v>
+        <v>216.16383279999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.10767820999998889</v>
+        <v>-7.7835000000163745E-3</v>
       </c>
       <c r="D411" s="5">
-        <v>0.6000135701144993</v>
+        <v>-4.3198782097797483E-2</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>216.31320410000001</v>
+        <v>216.36682020000001</v>
       </c>
       <c r="C412" s="5">
-        <v>0.26238599000001273</v>
+        <v>0.20298740000001203</v>
       </c>
       <c r="D412" s="5">
-        <v>1.4671310828523021</v>
+        <v>1.1326912389670873</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>217.17870360000001</v>
+        <v>217.1989299</v>
       </c>
       <c r="C413" s="5">
-        <v>0.86549949999999853</v>
+        <v>0.83210969999998952</v>
       </c>
       <c r="D413" s="5">
-        <v>4.9084506744911494</v>
+        <v>4.7138731988159988</v>
       </c>
       <c r="E413" s="5">
-        <v>3.169843113709514</v>
+        <v>3.1725034677936081</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>218.44546309</v>
+        <v>218.42398499999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.2667594899999983</v>
+        <v>1.2250550999999916</v>
       </c>
       <c r="D414" s="5">
-        <v>7.228323137373005</v>
+        <v>6.9822531394452714</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>219.56432390000001</v>
+        <v>219.4348703</v>
       </c>
       <c r="C415" s="5">
-        <v>1.118860810000001</v>
+        <v>1.0108853000000124</v>
       </c>
       <c r="D415" s="5">
-        <v>6.3224429110224634</v>
+        <v>5.6972753316023805</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>219.70778996000001</v>
+        <v>219.5645116</v>
       </c>
       <c r="C416" s="5">
-        <v>0.14346606000000861</v>
+        <v>0.12964130000000296</v>
       </c>
       <c r="D416" s="5">
-        <v>0.78691892663598217</v>
+        <v>0.71126371636980323</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>220.39412956999999</v>
+        <v>219.86944840000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.68633960999997612</v>
+        <v>0.30493680000000722</v>
       </c>
       <c r="D417" s="5">
-        <v>3.8137317740322807</v>
+        <v>1.6793800789599578</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>220.25580661999999</v>
+        <v>219.7768839</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.13832295000000272</v>
+        <v>-9.256450000000882E-2</v>
       </c>
       <c r="D418" s="5">
-        <v>-0.7505452465475515</v>
+        <v>-0.5040289279483412</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>219.85454128999999</v>
+        <v>219.901871</v>
       </c>
       <c r="C419" s="5">
-        <v>-0.40126533000000109</v>
+        <v>0.12498709999999846</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.1644050042031515</v>
+        <v>0.68457854534140772</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>218.88865706999999</v>
+        <v>219.3765081</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.96588421999999241</v>
+        <v>-0.52536290000000463</v>
       </c>
       <c r="D420" s="5">
-        <v>-5.1464057996236328</v>
+        <v>-2.8295221551940197</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>218.55207389</v>
+        <v>218.90960250000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.33658317999999099</v>
+        <v>-0.46690559999998982</v>
       </c>
       <c r="D421" s="5">
-        <v>-1.829703589338616</v>
+        <v>-2.5243104639237179</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>218.75855333999999</v>
+        <v>219.0337696</v>
       </c>
       <c r="C422" s="5">
-        <v>0.20647944999998913</v>
+        <v>0.12416709999999398</v>
       </c>
       <c r="D422" s="5">
-        <v>1.13962263190861</v>
+        <v>0.68277602340884869</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>218.04526942999999</v>
+        <v>218.18832760000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.71328391000000124</v>
+        <v>-0.84544199999999137</v>
       </c>
       <c r="D423" s="5">
-        <v>-3.8433078730060743</v>
+        <v>-4.5347681396301187</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>216.65286169999999</v>
+        <v>216.7084964</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.3924077300000022</v>
+        <v>-1.4798312000000067</v>
       </c>
       <c r="D424" s="5">
-        <v>-7.3995427527150497</v>
+        <v>-7.8419865173069869</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>215.49641844999999</v>
+        <v>215.50915979999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-1.1564432499999953</v>
+        <v>-1.1993366000000094</v>
       </c>
       <c r="D425" s="5">
-        <v>-6.2205847159884637</v>
+        <v>-6.4427304450916605</v>
       </c>
       <c r="E425" s="5">
-        <v>-0.77460870799672676</v>
+        <v>-0.77798270036504302</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>214.46495049999999</v>
+        <v>214.39946929999999</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.0314679500000068</v>
+        <v>-1.1096904999999992</v>
       </c>
       <c r="D426" s="5">
-        <v>-5.5949470444807474</v>
+        <v>-6.0069662202029361</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>214.54759569000001</v>
+        <v>214.39911029999999</v>
       </c>
       <c r="C427" s="5">
-        <v>8.2645190000022239E-2</v>
+        <v>-3.5900000000310683E-4</v>
       </c>
       <c r="D427" s="5">
-        <v>0.46340762531156265</v>
+        <v>-2.0093148271116412E-3</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>214.23577198000001</v>
+        <v>214.14345750000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.31182370999999875</v>
+        <v>-0.2556527999999787</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.7302069603625458</v>
+        <v>-1.4215514354203096</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>214.55222323999999</v>
+        <v>215.3839571</v>
       </c>
       <c r="C429" s="5">
-        <v>0.31645125999997958</v>
+        <v>1.2404995999999926</v>
       </c>
       <c r="D429" s="5">
-        <v>1.7870116799531877</v>
+        <v>7.1772218747531591</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>215.41717681</v>
+        <v>214.56146240000001</v>
       </c>
       <c r="C430" s="5">
-        <v>0.8649535700000115</v>
+        <v>-0.82249469999999292</v>
       </c>
       <c r="D430" s="5">
-        <v>4.9464442389171026</v>
+        <v>-4.4874529756166908</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>213.60505742999999</v>
+        <v>212.13293580000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.8121193800000128</v>
+        <v>-2.4285265999999979</v>
       </c>
       <c r="D431" s="5">
-        <v>-9.6403761249914908</v>
+        <v>-12.767848925839075</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>212.90781698999999</v>
+        <v>211.2005077</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.69724044000000163</v>
+        <v>-0.93242810000000986</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.8474267640966286</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.1489232218832504</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>213.76456787000001</v>
+        <v>212.05038819999999</v>
       </c>
       <c r="C433" s="5">
-        <v>0.8567508800000212</v>
+        <v>0.84988049999998339</v>
       </c>
       <c r="D433" s="5">
-        <v>4.9371754346341667</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.9371749082823824</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>212.58851165999999</v>
+        <v>210.8837628</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.1760562100000129</v>
+        <v>-1.1666253999999867</v>
       </c>
       <c r="D434" s="5">
-        <v>-6.4058201997955972</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-6.4058201654545126</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>211.4353467</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.55158389999999713</v>
+      </c>
+      <c r="D435" s="5">
+        <v>3.1842475064577824</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>208.18705439999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-3.2482923000000028</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-16.954990482055663</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>212.1757786</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.9887242000000072</v>
+      </c>
+      <c r="D437" s="5">
+        <v>25.575526789251903</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.5467468775310911</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>