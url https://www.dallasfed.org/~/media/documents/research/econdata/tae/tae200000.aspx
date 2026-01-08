--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8CCE8647-D4BD-496F-97A4-8D8797E10E57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4F782F6-AA11-47FB-BF4A-931431FB2377}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BF9A9649-B3D6-4CFD-8ABE-9DC95B4E45A9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{003149EB-6F42-4EB4-B306-0EA4D91E5E7F}"/>
   </bookViews>
   <sheets>
     <sheet name="AE200000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Construction</t>
   </si>
   <si>
     <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43ACAD46-4E40-4CD9-A7CB-44F684DB3C32}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{428EBD1C-B884-4740-BCDB-79727DCF70BA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-2.0946509699999751</v>
       </c>
       <c r="D431" s="5">
         <v>-2.7772823828645432</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>892.22012533999998</v>
       </c>
       <c r="C432" s="5">
         <v>0.84331591000000117</v>
       </c>
       <c r="D432" s="5">
         <v>1.1412250225750098</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>895.86905389000003</v>
+        <v>894.64375969000002</v>
       </c>
       <c r="C433" s="5">
-        <v>3.6489285500000506</v>
+        <v>2.423634350000043</v>
       </c>
       <c r="D433" s="5">
-        <v>5.0195704375611605</v>
+        <v>3.3088344761599497</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>894.74417716000005</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.10041747000002488</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.13477474151573077</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>