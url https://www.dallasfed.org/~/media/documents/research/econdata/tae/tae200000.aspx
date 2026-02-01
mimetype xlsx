--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B4F782F6-AA11-47FB-BF4A-931431FB2377}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A71ED8B8-DFF1-488E-AB78-375E91F8D719}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{003149EB-6F42-4EB4-B306-0EA4D91E5E7F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{B473A80C-782F-41D0-951D-4AE5321BED7A}"/>
   </bookViews>
   <sheets>
     <sheet name="AE200000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Construction</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{428EBD1C-B884-4740-BCDB-79727DCF70BA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E820A2F9-C13D-4E18-9821-959CCE3D5B34}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>342.57227776000002</v>
+        <v>342.57126670000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>341.48088782000002</v>
+        <v>341.48063239999999</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.0913899399999991</v>
+        <v>-1.0906343000000334</v>
       </c>
       <c r="D7" s="5">
-        <v>-3.7567591341810647</v>
+        <v>-3.7542143478578427</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>341.06628404000003</v>
+        <v>341.06603630000001</v>
       </c>
       <c r="C8" s="5">
-        <v>-0.41460377999999309</v>
+        <v>-0.41459609999998293</v>
       </c>
       <c r="D8" s="5">
-        <v>-1.4472716426160659</v>
+        <v>-1.4472460878306448</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>341.05376023999997</v>
+        <v>341.05377520000002</v>
       </c>
       <c r="C9" s="5">
-        <v>-1.2523800000053598E-2</v>
+        <v>-1.2261099999989256E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>-4.4054560488537842E-2</v>
+        <v>-4.3130683342440523E-2</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>346.15946567999998</v>
+        <v>346.15927060000001</v>
       </c>
       <c r="C10" s="5">
-        <v>5.1057054400000084</v>
+        <v>5.1054953999999952</v>
       </c>
       <c r="D10" s="5">
-        <v>19.519959193943158</v>
+        <v>19.519088012063747</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>348.39417996999998</v>
+        <v>348.3941208</v>
       </c>
       <c r="C11" s="5">
-        <v>2.2347142899999994</v>
+        <v>2.2348501999999826</v>
       </c>
       <c r="D11" s="5">
-        <v>8.0279549280844584</v>
+        <v>8.02846532129211</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>347.83064919999998</v>
+        <v>347.83071260000003</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.56353076999999985</v>
+        <v>-0.56340819999996938</v>
       </c>
       <c r="D12" s="5">
-        <v>-1.9238359150391626</v>
+        <v>-1.9234215121994525</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>349.73241991999998</v>
+        <v>349.73257000000001</v>
       </c>
       <c r="C13" s="5">
-        <v>1.9017707200000018</v>
+        <v>1.901857399999983</v>
       </c>
       <c r="D13" s="5">
-        <v>6.7619621853897582</v>
+        <v>6.7622784430478644</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>351.04312627000002</v>
+        <v>351.04327139999998</v>
       </c>
       <c r="C14" s="5">
-        <v>1.3107063500000322</v>
+        <v>1.3107013999999708</v>
       </c>
       <c r="D14" s="5">
-        <v>4.5911571575568244</v>
+        <v>4.5911374487176859</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>346.08190274999998</v>
+        <v>346.08220210000002</v>
       </c>
       <c r="C15" s="5">
-        <v>-4.9612235200000327</v>
+        <v>-4.9610692999999628</v>
       </c>
       <c r="D15" s="5">
-        <v>-15.701277142286884</v>
+        <v>-15.700820366681</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>348.56316753999999</v>
+        <v>348.5635934</v>
       </c>
       <c r="C16" s="5">
-        <v>2.4812647900000115</v>
+        <v>2.4813912999999843</v>
       </c>
       <c r="D16" s="5">
-        <v>8.9510059940472999</v>
+        <v>8.9514724658541702</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>347.77823711000002</v>
+        <v>347.77880549999998</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.78493042999997442</v>
+        <v>-0.78478790000002618</v>
       </c>
       <c r="D17" s="5">
-        <v>-2.6690644762124793</v>
+        <v>-2.6685825852384215</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>348.90414936000002</v>
+        <v>348.9031852</v>
       </c>
       <c r="C18" s="5">
-        <v>1.1259122499999989</v>
+        <v>1.12437970000002</v>
       </c>
       <c r="D18" s="5">
-        <v>3.954858519881066</v>
+        <v>3.9493726628461401</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>350.87392868000001</v>
+        <v>350.87368270000002</v>
       </c>
       <c r="C19" s="5">
-        <v>1.9697793199999865</v>
+        <v>1.9704975000000218</v>
       </c>
       <c r="D19" s="5">
-        <v>6.9891120758376779</v>
+        <v>6.9917598953931348</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>354.33934584999997</v>
+        <v>354.33912049999998</v>
       </c>
       <c r="C20" s="5">
-        <v>3.4654171699999665</v>
+        <v>3.465437799999961</v>
       </c>
       <c r="D20" s="5">
-        <v>12.517313319883993</v>
+        <v>12.517401187780353</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>348.89848085</v>
+        <v>348.89842620000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-5.4408649999999739</v>
+        <v>-5.4406942999999615</v>
       </c>
       <c r="D21" s="5">
-        <v>-16.946795701034233</v>
+        <v>-16.946317974329361</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>348.00799740999997</v>
+        <v>348.00784390000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.89048344000002544</v>
+        <v>-0.89058230000000549</v>
       </c>
       <c r="D22" s="5">
-        <v>-3.0200957821919339</v>
+        <v>-3.0204268417122981</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>347.97268542</v>
+        <v>347.9726541</v>
       </c>
       <c r="C23" s="5">
-        <v>-3.5311989999968318E-2</v>
+        <v>-3.5189800000011928E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.12169475430748866</v>
+        <v>-0.12127394185348361</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>347.21904461999998</v>
+        <v>347.21910530000002</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.75364080000002787</v>
+        <v>-0.75354879999997593</v>
       </c>
       <c r="D24" s="5">
-        <v>-2.5682291090501685</v>
+        <v>-2.5679195478842565</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>345.77116023999997</v>
+        <v>345.7712861</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.447884380000005</v>
+        <v>-1.4478192000000263</v>
       </c>
       <c r="D25" s="5">
-        <v>-4.8907508159098718</v>
+        <v>-4.8905348363485368</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>347.38415731999999</v>
+        <v>347.38429630000002</v>
       </c>
       <c r="C26" s="5">
-        <v>1.6129970800000137</v>
+        <v>1.6130102000000193</v>
       </c>
       <c r="D26" s="5">
-        <v>5.7437950436552754</v>
+        <v>5.743840823748636</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>346.91922625000001</v>
+        <v>346.9194761</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.46493106999997735</v>
+        <v>-0.46482020000001967</v>
       </c>
       <c r="D27" s="5">
-        <v>-1.5942830668413621</v>
+        <v>-1.5939050459041426</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>348.03784990999998</v>
+        <v>348.03819779999998</v>
       </c>
       <c r="C28" s="5">
-        <v>1.1186236599999688</v>
+        <v>1.1187216999999805</v>
       </c>
       <c r="D28" s="5">
-        <v>3.9387034989259995</v>
+        <v>3.9390519583617944</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>345.92097976000002</v>
+        <v>345.92144459999997</v>
       </c>
       <c r="C29" s="5">
-        <v>-2.1168701499999543</v>
+        <v>-2.1167532000000051</v>
       </c>
       <c r="D29" s="5">
-        <v>-7.0594787876770653</v>
+        <v>-7.0590949059032511</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.53403495441048943</v>
+        <v>-0.53406385628638198</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>340.24295988</v>
+        <v>340.24226779999998</v>
       </c>
       <c r="C30" s="5">
-        <v>-5.6780198800000221</v>
+        <v>-5.6791767999999934</v>
       </c>
       <c r="D30" s="5">
-        <v>-18.012631869686345</v>
+        <v>-18.015955096830105</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>339.61128356</v>
+        <v>339.6110339</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.63167631999999685</v>
+        <v>-0.63123389999998381</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.2052454226721308</v>
+        <v>-2.2037210529323392</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>341.65842599000001</v>
+        <v>341.65825410000002</v>
       </c>
       <c r="C32" s="5">
-        <v>2.0471424300000081</v>
+        <v>2.0472202000000266</v>
       </c>
       <c r="D32" s="5">
-        <v>7.4781777962086515</v>
+        <v>7.4784770544499279</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>346.38641195999998</v>
+        <v>346.38632949999999</v>
       </c>
       <c r="C33" s="5">
-        <v>4.7279859699999633</v>
+        <v>4.7280753999999661</v>
       </c>
       <c r="D33" s="5">
-        <v>17.930064728678531</v>
+        <v>17.930439813504819</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>348.32852552999998</v>
+        <v>348.32843860000003</v>
       </c>
       <c r="C34" s="5">
-        <v>1.9421135700000036</v>
+        <v>1.9421091000000388</v>
       </c>
       <c r="D34" s="5">
-        <v>6.9395447267648569</v>
+        <v>6.9395299621550333</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>345.59134817</v>
+        <v>345.5913496</v>
       </c>
       <c r="C35" s="5">
-        <v>-2.7371773599999756</v>
+        <v>-2.7370890000000259</v>
       </c>
       <c r="D35" s="5">
-        <v>-9.0325878016325518</v>
+        <v>-9.0323108587994412</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>348.85318245000002</v>
+        <v>348.8532409</v>
       </c>
       <c r="C36" s="5">
-        <v>3.2618342800000164</v>
+        <v>3.261891300000002</v>
       </c>
       <c r="D36" s="5">
-        <v>11.932945794814298</v>
+        <v>11.933165288120229</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>347.78584339000003</v>
+        <v>347.7859345</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.0673390599999948</v>
+        <v>-1.0673064000000068</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.6103218238905832</v>
+        <v>-3.6102126075237218</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>346.29765798</v>
+        <v>346.29777080000002</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.4881854100000282</v>
+        <v>-1.4881636999999728</v>
       </c>
       <c r="D38" s="5">
-        <v>-5.0156944296741894</v>
+        <v>-5.0156216896987456</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>349.24141673999998</v>
+        <v>349.24158770000003</v>
       </c>
       <c r="C39" s="5">
-        <v>2.9437587599999802</v>
+        <v>2.9438169000000016</v>
       </c>
       <c r="D39" s="5">
-        <v>10.691492397411185</v>
+        <v>10.691709878453182</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>348.83207243999999</v>
+        <v>348.83228350000002</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.40934429999998656</v>
+        <v>-0.40930420000000822</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.3974828238461412</v>
+        <v>-1.3973461258777631</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>346.91210360999997</v>
+        <v>346.91237219999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.9199688300000162</v>
+        <v>-1.9199113000000239</v>
       </c>
       <c r="D41" s="5">
-        <v>-6.408473328348796</v>
+        <v>-6.4082833190076238</v>
       </c>
       <c r="E41" s="5">
-        <v>0.28651741524541308</v>
+        <v>0.28646029769732184</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>346.31344195999998</v>
+        <v>346.31305359999999</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.59866164999999683</v>
+        <v>-0.5993186000000037</v>
       </c>
       <c r="D42" s="5">
-        <v>-2.0512820564396295</v>
+        <v>-2.0535101405791067</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>346.08522765999999</v>
+        <v>346.0850183</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.22821429999999054</v>
+        <v>-0.22803529999998773</v>
       </c>
       <c r="D43" s="5">
-        <v>-0.78791850368326033</v>
+        <v>-0.78730361552776795</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>347.84428373999998</v>
+        <v>347.844154</v>
       </c>
       <c r="C44" s="5">
-        <v>1.7590560799999935</v>
+        <v>1.7591357000000016</v>
       </c>
       <c r="D44" s="5">
-        <v>6.2726972414281157</v>
+        <v>6.2729930474140216</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>349.72220613000002</v>
+        <v>349.72211800000002</v>
       </c>
       <c r="C45" s="5">
-        <v>1.8779223900000375</v>
+        <v>1.87796400000002</v>
       </c>
       <c r="D45" s="5">
-        <v>6.6743640404306914</v>
+        <v>6.6745189099750135</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>351.69360359000001</v>
+        <v>351.6935699</v>
       </c>
       <c r="C46" s="5">
-        <v>1.9713974599999915</v>
+        <v>1.9714518999999768</v>
       </c>
       <c r="D46" s="5">
-        <v>6.9781600033973934</v>
+        <v>6.9783605317008446</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>354.06300788999999</v>
+        <v>354.06302549999998</v>
       </c>
       <c r="C47" s="5">
-        <v>2.3694042999999851</v>
+        <v>2.3694555999999807</v>
       </c>
       <c r="D47" s="5">
-        <v>8.3909488555140133</v>
+        <v>8.3911381459777381</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>357.75206843000001</v>
+        <v>357.75211330000002</v>
       </c>
       <c r="C48" s="5">
-        <v>3.689060540000014</v>
+        <v>3.6890878000000384</v>
       </c>
       <c r="D48" s="5">
-        <v>13.245039275784819</v>
+        <v>13.245142127430555</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>358.49191802000001</v>
+        <v>358.4919835</v>
       </c>
       <c r="C49" s="5">
-        <v>0.73984959000000572</v>
+        <v>0.73987019999998438</v>
       </c>
       <c r="D49" s="5">
-        <v>2.5100840330517515</v>
+        <v>2.5101544353406391</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>359.35324118</v>
+        <v>359.35332299999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.86132315999998355</v>
+        <v>0.86133949999998549</v>
       </c>
       <c r="D50" s="5">
-        <v>2.9215611968355315</v>
+        <v>2.9216168149689414</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>361.69026658000001</v>
+        <v>361.69036419999998</v>
       </c>
       <c r="C51" s="5">
-        <v>2.3370254000000159</v>
+        <v>2.3370411999999874</v>
       </c>
       <c r="D51" s="5">
-        <v>8.0893895145026207</v>
+        <v>8.0894442673255185</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>362.77206710000002</v>
+        <v>362.77217639999998</v>
       </c>
       <c r="C52" s="5">
-        <v>1.0818005200000016</v>
+        <v>1.0818122000000017</v>
       </c>
       <c r="D52" s="5">
-        <v>3.648785125971088</v>
+        <v>3.6488241704742297</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>368.54142344000002</v>
+        <v>368.54157800000002</v>
       </c>
       <c r="C53" s="5">
-        <v>5.7693563400000016</v>
+        <v>5.7694016000000374</v>
       </c>
       <c r="D53" s="5">
-        <v>20.845262955541365</v>
+        <v>20.845434205711545</v>
       </c>
       <c r="E53" s="5">
-        <v>6.2348126816341498</v>
+        <v>6.2347749844823941</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>368.10711689999999</v>
+        <v>368.10695959999998</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.43430654000002278</v>
+        <v>-0.43461840000003349</v>
       </c>
       <c r="D54" s="5">
-        <v>-1.4050066591196453</v>
+        <v>-1.40600842362959</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>365.4209596</v>
+        <v>365.42076500000002</v>
       </c>
       <c r="C55" s="5">
-        <v>-2.6861572999999908</v>
+        <v>-2.6861945999999648</v>
       </c>
       <c r="D55" s="5">
-        <v>-8.4136237407253294</v>
+        <v>-8.4137393760930657</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>369.04605408999998</v>
+        <v>369.04594800000001</v>
       </c>
       <c r="C56" s="5">
-        <v>3.6250944899999809</v>
+        <v>3.6251829999999927</v>
       </c>
       <c r="D56" s="5">
-        <v>12.575879531981847</v>
+        <v>12.576210594318905</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>374.02925074000001</v>
+        <v>374.02921350000003</v>
       </c>
       <c r="C57" s="5">
-        <v>4.9831966500000249</v>
+        <v>4.9832655000000159</v>
       </c>
       <c r="D57" s="5">
-        <v>17.462709313089618</v>
+        <v>17.462974177505885</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>371.85913851999999</v>
+        <v>371.8591285</v>
       </c>
       <c r="C58" s="5">
-        <v>-2.1701122200000214</v>
+        <v>-2.1700850000000287</v>
       </c>
       <c r="D58" s="5">
-        <v>-6.7444476529571418</v>
+        <v>-6.744366387732259</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>375.21906481000002</v>
+        <v>375.2190842</v>
       </c>
       <c r="C59" s="5">
-        <v>3.3599262900000326</v>
+        <v>3.3599557000000004</v>
       </c>
       <c r="D59" s="5">
-        <v>11.397964212409327</v>
+        <v>11.39806931264804</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>380.28659500999998</v>
+        <v>380.286631</v>
       </c>
       <c r="C60" s="5">
-        <v>5.0675301999999647</v>
+        <v>5.0675468000000023</v>
       </c>
       <c r="D60" s="5">
-        <v>17.466341518714714</v>
+        <v>17.466402078739662</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>382.24171027</v>
+        <v>382.24176169999998</v>
       </c>
       <c r="C61" s="5">
-        <v>1.9551152600000137</v>
+        <v>1.9551306999999838</v>
       </c>
       <c r="D61" s="5">
-        <v>6.346867928325417</v>
+        <v>6.346918858981776</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>387.19928440000001</v>
+        <v>387.1993296</v>
       </c>
       <c r="C62" s="5">
-        <v>4.9575741300000118</v>
+        <v>4.957567900000015</v>
       </c>
       <c r="D62" s="5">
-        <v>16.723323539641676</v>
+        <v>16.723298589869561</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>389.11848289</v>
+        <v>389.11853000000002</v>
       </c>
       <c r="C63" s="5">
-        <v>1.9191984899999852</v>
+        <v>1.9192004000000225</v>
       </c>
       <c r="D63" s="5">
-        <v>6.1127984829262516</v>
+        <v>6.1128040000742789</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>392.97819542000002</v>
+        <v>392.97823829999999</v>
       </c>
       <c r="C64" s="5">
-        <v>3.8597125300000243</v>
+        <v>3.8597082999999657</v>
       </c>
       <c r="D64" s="5">
-        <v>12.574267023510677</v>
+        <v>12.574250876237492</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>397.23341285999999</v>
+        <v>397.23347339999998</v>
       </c>
       <c r="C65" s="5">
-        <v>4.2552174399999672</v>
+        <v>4.2552350999999931</v>
       </c>
       <c r="D65" s="5">
-        <v>13.796213322226869</v>
+        <v>13.79627243521966</v>
       </c>
       <c r="E65" s="5">
-        <v>7.785282086389711</v>
+        <v>7.7852533100077892</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>399.87650051999998</v>
+        <v>399.8764564</v>
       </c>
       <c r="C66" s="5">
-        <v>2.643087659999992</v>
+        <v>2.6429830000000152</v>
       </c>
       <c r="D66" s="5">
-        <v>8.2832630133849339</v>
+        <v>8.2829216121824913</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>401.46207673999999</v>
+        <v>401.46194680000002</v>
       </c>
       <c r="C67" s="5">
-        <v>1.5855762200000072</v>
+        <v>1.5854904000000261</v>
       </c>
       <c r="D67" s="5">
-        <v>4.8633503050411253</v>
+        <v>4.8630818557330757</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>403.41061478</v>
+        <v>403.41054309999998</v>
       </c>
       <c r="C68" s="5">
-        <v>1.9485380400000167</v>
+        <v>1.9485962999999629</v>
       </c>
       <c r="D68" s="5">
-        <v>5.9823475591452624</v>
+        <v>5.9825332175003298</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>401.85109632000001</v>
+        <v>401.851089</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.5595184599999925</v>
+        <v>-1.5594540999999822</v>
       </c>
       <c r="D69" s="5">
-        <v>-4.5416259635388201</v>
+        <v>-4.5414432912307507</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>405.05986925000002</v>
+        <v>405.05987240000002</v>
       </c>
       <c r="C70" s="5">
-        <v>3.2087729300000092</v>
+        <v>3.2087834000000157</v>
       </c>
       <c r="D70" s="5">
-        <v>10.014195759315747</v>
+        <v>10.014230073625519</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>407.60015899000001</v>
+        <v>407.60017360000001</v>
       </c>
       <c r="C71" s="5">
-        <v>2.5402897399999915</v>
+        <v>2.5403011999999876</v>
       </c>
       <c r="D71" s="5">
-        <v>7.7907561776110024</v>
+        <v>7.7907924823912511</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>408.16177471999998</v>
+        <v>408.1617961</v>
       </c>
       <c r="C72" s="5">
-        <v>0.56161572999997134</v>
+        <v>0.56162249999999858</v>
       </c>
       <c r="D72" s="5">
-        <v>1.6660191430950766</v>
+        <v>1.6660393184012579</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>410.28985477999998</v>
+        <v>410.28989539999998</v>
       </c>
       <c r="C73" s="5">
-        <v>2.128080060000002</v>
+        <v>2.1280992999999739</v>
       </c>
       <c r="D73" s="5">
-        <v>6.4391467415261028</v>
+        <v>6.4392062903935399</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>415.79399168999998</v>
+        <v>415.79401009999998</v>
       </c>
       <c r="C74" s="5">
-        <v>5.5041369099999997</v>
+        <v>5.5041147000000024</v>
       </c>
       <c r="D74" s="5">
-        <v>17.340834615885491</v>
+        <v>17.340757556155584</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>418.34876940999999</v>
+        <v>418.34878650000002</v>
       </c>
       <c r="C75" s="5">
-        <v>2.5547777200000041</v>
+        <v>2.554776400000037</v>
       </c>
       <c r="D75" s="5">
-        <v>7.6275457775369704</v>
+        <v>7.6275413532035374</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>420.26084383</v>
+        <v>420.26086620000001</v>
       </c>
       <c r="C76" s="5">
-        <v>1.9120744200000104</v>
+        <v>1.9120796999999925</v>
       </c>
       <c r="D76" s="5">
-        <v>5.6246270097285445</v>
+        <v>5.6246426984900566</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>424.33525557000002</v>
+        <v>424.33529329999999</v>
       </c>
       <c r="C77" s="5">
-        <v>4.0744117400000164</v>
+        <v>4.0744270999999799</v>
       </c>
       <c r="D77" s="5">
-        <v>12.274791491622249</v>
+        <v>12.274839572226725</v>
       </c>
       <c r="E77" s="5">
-        <v>6.8226493121191112</v>
+        <v>6.8226425301045612</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>425.86588317000002</v>
+        <v>425.8658504</v>
       </c>
       <c r="C78" s="5">
-        <v>1.5306276000000025</v>
+        <v>1.53055710000001</v>
       </c>
       <c r="D78" s="5">
-        <v>4.4154579125501359</v>
+        <v>4.4152500867550071</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>426.40385775999999</v>
+        <v>426.4037798</v>
       </c>
       <c r="C79" s="5">
-        <v>0.53797458999997616</v>
+        <v>0.53792939999999589</v>
       </c>
       <c r="D79" s="5">
-        <v>1.5264753685063637</v>
+        <v>1.5263463703418578</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>430.04793620999999</v>
+        <v>430.04789510000001</v>
       </c>
       <c r="C80" s="5">
-        <v>3.644078449999995</v>
+        <v>3.6441153000000099</v>
       </c>
       <c r="D80" s="5">
-        <v>10.751320188636893</v>
+        <v>10.751436128563331</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>432.95850681000002</v>
+        <v>432.95851040000002</v>
       </c>
       <c r="C81" s="5">
-        <v>2.9105706000000282</v>
+        <v>2.9106153000000177</v>
       </c>
       <c r="D81" s="5">
-        <v>8.4308622714479142</v>
+        <v>8.4309974446370894</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>436.17547242000001</v>
+        <v>436.17547990000003</v>
       </c>
       <c r="C82" s="5">
-        <v>3.2169656099999884</v>
+        <v>3.2169695000000047</v>
       </c>
       <c r="D82" s="5">
-        <v>9.2897810778204573</v>
+        <v>9.2897926939350395</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>437.82582029999998</v>
+        <v>437.8258333</v>
       </c>
       <c r="C83" s="5">
-        <v>1.6503478799999698</v>
+        <v>1.6503533999999718</v>
       </c>
       <c r="D83" s="5">
-        <v>4.6361035264512962</v>
+        <v>4.6361192759998282</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>438.05606649999999</v>
+        <v>438.05608119999999</v>
       </c>
       <c r="C84" s="5">
-        <v>0.2302462000000105</v>
+        <v>0.23024789999999484</v>
       </c>
       <c r="D84" s="5">
-        <v>0.63289093108624961</v>
+        <v>0.63289559865145062</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>440.06891617999997</v>
+        <v>440.06894130000001</v>
       </c>
       <c r="C85" s="5">
-        <v>2.012849679999988</v>
+        <v>2.0128601000000117</v>
       </c>
       <c r="D85" s="5">
-        <v>5.6554575098096249</v>
+        <v>5.6554873358667823</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>440.08020255999998</v>
+        <v>440.08020909999999</v>
       </c>
       <c r="C86" s="5">
-        <v>1.1286380000001373E-2</v>
+        <v>1.1267799999984618E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>3.0780557548282239E-2</v>
+        <v>3.072987671879357E-2</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>446.53567153</v>
+        <v>446.53567620000001</v>
       </c>
       <c r="C87" s="5">
-        <v>6.4554689700000267</v>
+        <v>6.4554671000000212</v>
       </c>
       <c r="D87" s="5">
-        <v>19.094558004894481</v>
+        <v>19.094551712934305</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>449.3649537</v>
+        <v>449.3649648</v>
       </c>
       <c r="C88" s="5">
-        <v>2.829282169999999</v>
+        <v>2.8292885999999839</v>
       </c>
       <c r="D88" s="5">
-        <v>7.8739254100204104</v>
+        <v>7.8739438477051893</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>447.48870340000002</v>
+        <v>447.48871910000003</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.8762502999999811</v>
+        <v>-1.8762456999999699</v>
       </c>
       <c r="D89" s="5">
-        <v>-4.8969306135042023</v>
+        <v>-4.8969187638605582</v>
       </c>
       <c r="E89" s="5">
-        <v>5.4564044646487231</v>
+        <v>5.4563987878403664</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>452.24775189000002</v>
+        <v>452.24772510000003</v>
       </c>
       <c r="C90" s="5">
-        <v>4.7590484899999979</v>
+        <v>4.7590059999999994</v>
       </c>
       <c r="D90" s="5">
-        <v>13.535606642217646</v>
+        <v>13.535478135250468</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>458.93449485000002</v>
+        <v>458.93445839999998</v>
       </c>
       <c r="C91" s="5">
-        <v>6.6867429600000037</v>
+        <v>6.6867332999999576</v>
       </c>
       <c r="D91" s="5">
-        <v>19.259070735901428</v>
+        <v>19.259041848029803</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>460.30868185000003</v>
+        <v>460.30865770000003</v>
       </c>
       <c r="C92" s="5">
-        <v>1.3741870000000063</v>
+        <v>1.3741993000000434</v>
       </c>
       <c r="D92" s="5">
-        <v>3.6529276056843196</v>
+        <v>3.6529611373798732</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>459.2772703</v>
+        <v>459.27727549999997</v>
       </c>
       <c r="C93" s="5">
-        <v>-1.0314115500000298</v>
+        <v>-1.0313822000000528</v>
       </c>
       <c r="D93" s="5">
-        <v>-2.6559440197668871</v>
+        <v>-2.6558695083947259</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>463.93475323000001</v>
+        <v>463.93476099999998</v>
       </c>
       <c r="C94" s="5">
-        <v>4.6574829300000147</v>
+        <v>4.6574855000000071</v>
       </c>
       <c r="D94" s="5">
-        <v>12.871279356662434</v>
+        <v>12.871286705812967</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>465.48868229999999</v>
+        <v>465.48869150000002</v>
       </c>
       <c r="C95" s="5">
-        <v>1.553929069999981</v>
+        <v>1.5539305000000354</v>
       </c>
       <c r="D95" s="5">
-        <v>4.0942246783310265</v>
+        <v>4.0942284458727274</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>470.15131769999999</v>
+        <v>470.1513266</v>
       </c>
       <c r="C96" s="5">
-        <v>4.6626353999999992</v>
+        <v>4.6626350999999886</v>
       </c>
       <c r="D96" s="5">
-        <v>12.704790882507687</v>
+        <v>12.704789754423063</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>474.52387376000001</v>
+        <v>474.52388710000002</v>
       </c>
       <c r="C97" s="5">
-        <v>4.3725560600000222</v>
+        <v>4.3725605000000201</v>
       </c>
       <c r="D97" s="5">
-        <v>11.749326229228707</v>
+        <v>11.749338542637799</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>476.79808451999997</v>
+        <v>476.79808730000002</v>
       </c>
       <c r="C98" s="5">
-        <v>2.2742107599999599</v>
+        <v>2.2742001999999957</v>
       </c>
       <c r="D98" s="5">
-        <v>5.9051839730968281</v>
+        <v>5.9051556559662766</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>478.86703593999999</v>
+        <v>478.86703829999999</v>
       </c>
       <c r="C99" s="5">
-        <v>2.068951420000019</v>
+        <v>2.06895099999997</v>
       </c>
       <c r="D99" s="5">
-        <v>5.3332012339919688</v>
+        <v>5.3332000935350843</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>479.89064411999999</v>
+        <v>479.89065299999999</v>
       </c>
       <c r="C100" s="5">
-        <v>1.0236081799999965</v>
+        <v>1.023614699999996</v>
       </c>
       <c r="D100" s="5">
-        <v>2.5954473545487078</v>
+        <v>2.5954640684766384</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>480.56337564</v>
+        <v>480.56337680000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.67273152000001346</v>
+        <v>0.6727238000000284</v>
       </c>
       <c r="D101" s="5">
-        <v>1.6952429358947585</v>
+        <v>1.695223300112958</v>
       </c>
       <c r="E101" s="5">
-        <v>7.3911747913858017</v>
+        <v>7.3911712828248488</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>485.42308479000002</v>
+        <v>485.42306330000002</v>
       </c>
       <c r="C102" s="5">
-        <v>4.8597091500000147</v>
+        <v>4.8596865000000093</v>
       </c>
       <c r="D102" s="5">
-        <v>12.833244055137683</v>
+        <v>12.833180844400749</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>489.42132100999999</v>
+        <v>489.42131089999998</v>
       </c>
       <c r="C103" s="5">
-        <v>3.998236219999967</v>
+        <v>3.9982475999999565</v>
       </c>
       <c r="D103" s="5">
-        <v>10.344199716206127</v>
+        <v>10.344230983711377</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>491.76989594999998</v>
+        <v>491.76988590000002</v>
       </c>
       <c r="C104" s="5">
-        <v>2.3485749399999918</v>
+        <v>2.3485750000000394</v>
       </c>
       <c r="D104" s="5">
-        <v>5.9128503170254865</v>
+        <v>5.9128505974761936</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>497.76951507000001</v>
+        <v>497.76951409999998</v>
       </c>
       <c r="C105" s="5">
-        <v>5.9996191200000339</v>
+        <v>5.999628199999961</v>
       </c>
       <c r="D105" s="5">
-        <v>15.663484543155271</v>
+        <v>15.663510203371644</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>500.36307719000001</v>
+        <v>500.36308179999997</v>
       </c>
       <c r="C106" s="5">
-        <v>2.5935621200000014</v>
+        <v>2.5935676999999941</v>
       </c>
       <c r="D106" s="5">
-        <v>6.4347660790836425</v>
+        <v>6.4347803353862254</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>501.77364499999999</v>
+        <v>501.77365170000002</v>
       </c>
       <c r="C107" s="5">
-        <v>1.410567809999975</v>
+        <v>1.4105699000000413</v>
       </c>
       <c r="D107" s="5">
-        <v>3.4358541777889107</v>
+        <v>3.4358593156439854</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>509.54370604000002</v>
+        <v>509.54371209999999</v>
       </c>
       <c r="C108" s="5">
-        <v>7.7700610400000301</v>
+        <v>7.7700603999999771</v>
       </c>
       <c r="D108" s="5">
-        <v>20.249460304823398</v>
+        <v>20.249458198570824</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>511.52985647000003</v>
+        <v>511.52986060000001</v>
       </c>
       <c r="C109" s="5">
-        <v>1.9861504300000092</v>
+        <v>1.986148500000013</v>
       </c>
       <c r="D109" s="5">
-        <v>4.7790723754150166</v>
+        <v>4.7790675733817345</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>514.08331712999995</v>
+        <v>514.08331940000005</v>
       </c>
       <c r="C110" s="5">
-        <v>2.5534606599999279</v>
+        <v>2.553458800000044</v>
       </c>
       <c r="D110" s="5">
-        <v>6.1574013936986471</v>
+        <v>6.1573967335675661</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>519.35809615999995</v>
+        <v>519.35809710000001</v>
       </c>
       <c r="C111" s="5">
-        <v>5.2747790299999906</v>
+        <v>5.2747776999999587</v>
       </c>
       <c r="D111" s="5">
-        <v>13.031827017791819</v>
+        <v>13.031823483467321</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>520.56878760999996</v>
+        <v>520.56879319999996</v>
       </c>
       <c r="C112" s="5">
-        <v>1.210691450000013</v>
+        <v>1.2106960999999501</v>
       </c>
       <c r="D112" s="5">
-        <v>2.8335021612963862</v>
+        <v>2.8335131788710832</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>525.40097563999996</v>
+        <v>525.40097549999996</v>
       </c>
       <c r="C113" s="5">
-        <v>4.8321880299999975</v>
+        <v>4.8321822999999995</v>
       </c>
       <c r="D113" s="5">
-        <v>11.725677966634972</v>
+        <v>11.725663212521864</v>
       </c>
       <c r="E113" s="5">
-        <v>9.3302157993805821</v>
+        <v>9.3302155063431655</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>525.30134215999999</v>
+        <v>525.3013287</v>
       </c>
       <c r="C114" s="5">
-        <v>-9.9633479999965857E-2</v>
+        <v>-9.9646799999959512E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.22732267568917885</v>
+        <v>-0.22735303482400715</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>528.49727490999999</v>
+        <v>528.49727080000002</v>
       </c>
       <c r="C115" s="5">
-        <v>3.1959327499999972</v>
+        <v>3.1959421000000248</v>
       </c>
       <c r="D115" s="5">
-        <v>7.5501207428251504</v>
+        <v>7.5501437757031109</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>529.88500065999995</v>
+        <v>529.88499669999999</v>
       </c>
       <c r="C116" s="5">
-        <v>1.3877257499999587</v>
+        <v>1.387725899999964</v>
       </c>
       <c r="D116" s="5">
-        <v>3.1968609138866455</v>
+        <v>3.1968612896639215</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>533.15797507000002</v>
+        <v>533.15797529999998</v>
       </c>
       <c r="C117" s="5">
-        <v>3.2729744100000744</v>
+        <v>3.2729785999999876</v>
       </c>
       <c r="D117" s="5">
-        <v>7.6691795336735646</v>
+        <v>7.6691897467995096</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>530.38762697000004</v>
+        <v>530.38762959999997</v>
       </c>
       <c r="C118" s="5">
-        <v>-2.7703480999999783</v>
+        <v>-2.7703457000000071</v>
       </c>
       <c r="D118" s="5">
-        <v>-6.0601868678595849</v>
+        <v>-6.0601817643960887</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>534.27931311999998</v>
+        <v>534.27931639999997</v>
       </c>
       <c r="C119" s="5">
-        <v>3.8916861499999413</v>
+        <v>3.8916868000000022</v>
       </c>
       <c r="D119" s="5">
-        <v>9.1690918389906386</v>
+        <v>9.1690933854454038</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>537.19927895000001</v>
+        <v>537.19928170000003</v>
       </c>
       <c r="C120" s="5">
-        <v>2.9199658300000237</v>
+        <v>2.9199653000000581</v>
       </c>
       <c r="D120" s="5">
-        <v>6.7590609964440773</v>
+        <v>6.7590596897542543</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>536.78732141</v>
+        <v>536.78732300000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.41195754000000306</v>
+        <v>-0.41195870000001378</v>
       </c>
       <c r="D121" s="5">
-        <v>-0.9163626097677291</v>
+        <v>-0.91636517453922428</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>542.29034134000005</v>
+        <v>542.29034200000001</v>
       </c>
       <c r="C122" s="5">
-        <v>5.5030199300000504</v>
+        <v>5.5030189999999948</v>
       </c>
       <c r="D122" s="5">
-        <v>13.020035142296749</v>
+        <v>13.020032775647937</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
         <v>547.08586049999997</v>
       </c>
       <c r="C123" s="5">
-        <v>4.7955191599999125</v>
+        <v>4.7955184999999574</v>
       </c>
       <c r="D123" s="5">
-        <v>11.143342679826752</v>
+        <v>11.143341056609435</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>549.74835278</v>
+        <v>549.74835619999999</v>
       </c>
       <c r="C124" s="5">
-        <v>2.6624922800000377</v>
+        <v>2.6624957000000222</v>
       </c>
       <c r="D124" s="5">
-        <v>5.9988990847130941</v>
+        <v>5.9989069977790077</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>553.06200375000003</v>
+        <v>553.06200279999996</v>
       </c>
       <c r="C125" s="5">
-        <v>3.3136509700000261</v>
+        <v>3.31364659999997</v>
       </c>
       <c r="D125" s="5">
-        <v>7.4777663494337565</v>
+        <v>7.4777561105802359</v>
       </c>
       <c r="E125" s="5">
-        <v>5.2647462400132961</v>
+        <v>5.2647460872481844</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>556.36439687999996</v>
+        <v>556.36439050000001</v>
       </c>
       <c r="C126" s="5">
-        <v>3.3023931299999276</v>
+        <v>3.3023877000000539</v>
       </c>
       <c r="D126" s="5">
-        <v>7.4053944813975203</v>
+        <v>7.4053819154894285</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>559.12547682000002</v>
+        <v>559.12547570000004</v>
       </c>
       <c r="C127" s="5">
-        <v>2.7610799400000587</v>
+        <v>2.761085200000025</v>
       </c>
       <c r="D127" s="5">
-        <v>6.1205301272632351</v>
+        <v>6.1205421793847137</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>563.86336194</v>
+        <v>563.86336129999995</v>
       </c>
       <c r="C128" s="5">
-        <v>4.7378851199999872</v>
+        <v>4.7378855999999132</v>
       </c>
       <c r="D128" s="5">
-        <v>10.656043635088984</v>
+        <v>10.656044787816722</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>563.01118592</v>
+        <v>563.01118570000006</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.8521760200000017</v>
+        <v>-0.85217559999989589</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.7985806099991009</v>
+        <v>-1.7985797329375552</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>564.19210962</v>
+        <v>564.19211059999998</v>
       </c>
       <c r="C130" s="5">
-        <v>1.1809236999999939</v>
+        <v>1.1809248999999227</v>
       </c>
       <c r="D130" s="5">
-        <v>2.5462575940664589</v>
+        <v>2.5462602123834666</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>570.06433551999999</v>
+        <v>570.06433679999998</v>
       </c>
       <c r="C131" s="5">
-        <v>5.8722258999999895</v>
+        <v>5.8722262000000001</v>
       </c>
       <c r="D131" s="5">
-        <v>13.230222208142827</v>
+        <v>13.230222898888201</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>569.76366665</v>
+        <v>569.7636675</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.30066886999998133</v>
+        <v>-0.30066929999998138</v>
       </c>
       <c r="D132" s="5">
-        <v>-0.63108288012625469</v>
+        <v>-0.63108377863668741</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>570.57136100000002</v>
+        <v>570.57136130000004</v>
       </c>
       <c r="C133" s="5">
-        <v>0.80769435000001977</v>
+        <v>0.80769380000003821</v>
       </c>
       <c r="D133" s="5">
-        <v>1.7144405532937279</v>
+        <v>1.7144393741494124</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>573.13041608000003</v>
+        <v>573.13041620000001</v>
       </c>
       <c r="C134" s="5">
-        <v>2.5590550800000074</v>
+        <v>2.5590548999999783</v>
       </c>
       <c r="D134" s="5">
-        <v>5.5168593789088449</v>
+        <v>5.5168589782667254</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>570.70705741999996</v>
+        <v>570.70705759999998</v>
       </c>
       <c r="C135" s="5">
-        <v>-2.4233586600000763</v>
+        <v>-2.4233586000000287</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.9575918100288945</v>
+        <v>-4.9575916891100409</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>572.00888793000001</v>
+        <v>572.00888959999997</v>
       </c>
       <c r="C136" s="5">
-        <v>1.3018305100000589</v>
+        <v>1.3018319999999903</v>
       </c>
       <c r="D136" s="5">
-        <v>2.7719048505516097</v>
+        <v>2.7719080621365633</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>574.21832488999996</v>
+        <v>574.21832410000002</v>
       </c>
       <c r="C137" s="5">
-        <v>2.2094369599999482</v>
+        <v>2.209434500000043</v>
       </c>
       <c r="D137" s="5">
-        <v>4.7348587955821309</v>
+        <v>4.734853397147698</v>
       </c>
       <c r="E137" s="5">
-        <v>3.8253072886133666</v>
+        <v>3.8253073241140134</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>580.71145393999996</v>
+        <v>580.71145260000003</v>
       </c>
       <c r="C138" s="5">
-        <v>6.4931290499999932</v>
+        <v>6.4931285000000116</v>
       </c>
       <c r="D138" s="5">
-        <v>14.445871491688699</v>
+        <v>14.445870212095336</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>584.58078929999999</v>
+        <v>584.58078839999996</v>
       </c>
       <c r="C139" s="5">
-        <v>3.8693353600000364</v>
+        <v>3.8693357999999307</v>
       </c>
       <c r="D139" s="5">
-        <v>8.2953392742098444</v>
+        <v>8.2953402721938971</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>584.72182263000002</v>
+        <v>584.72182210000005</v>
       </c>
       <c r="C140" s="5">
-        <v>0.14103333000002749</v>
+        <v>0.14103370000009363</v>
       </c>
       <c r="D140" s="5">
-        <v>0.28989105565957463</v>
+        <v>0.28989181764316196</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>583.17296927999996</v>
+        <v>583.17296940000006</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.5488533500000585</v>
+        <v>-1.5488526999999976</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.1327439834467063</v>
+        <v>-3.1327426906351596</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>583.24797038999998</v>
+        <v>583.24797079999996</v>
       </c>
       <c r="C142" s="5">
-        <v>7.5001110000016524E-2</v>
+        <v>7.5001399999905516E-2</v>
       </c>
       <c r="D142" s="5">
-        <v>0.15443963675689787</v>
+        <v>0.15444023430506437</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>581.88229223999997</v>
+        <v>581.88229279999996</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.3656781500000079</v>
+        <v>-1.3656780000000026</v>
       </c>
       <c r="D143" s="5">
-        <v>-2.7739017071057415</v>
+        <v>-2.7739014044206867</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>579.81457011999998</v>
+        <v>579.81457030000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.0677221199999849</v>
+        <v>-2.0677224999999453</v>
       </c>
       <c r="D144" s="5">
-        <v>-4.1818454619599876</v>
+        <v>-4.1818462115835402</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>581.49661261000006</v>
+        <v>581.49661279999998</v>
       </c>
       <c r="C145" s="5">
-        <v>1.6820424900000717</v>
+        <v>1.6820424999999659</v>
       </c>
       <c r="D145" s="5">
-        <v>3.5372858238879923</v>
+        <v>3.5372858441385935</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>578.59836869000003</v>
+        <v>578.5983688</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.8982439200000272</v>
+        <v>-2.8982439999999769</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.8196742714653364</v>
+        <v>-5.8196744258777517</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>576.25588345999995</v>
+        <v>576.25588359999995</v>
       </c>
       <c r="C147" s="5">
-        <v>-2.3424852300000794</v>
+        <v>-2.3424852000000556</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.7515292795133002</v>
+        <v>-4.751529219126116</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>578.51973585999997</v>
+        <v>578.5197359</v>
       </c>
       <c r="C148" s="5">
-        <v>2.2638524000000189</v>
+        <v>2.2638523000000532</v>
       </c>
       <c r="D148" s="5">
-        <v>4.817471994444511</v>
+        <v>4.8174717758301178</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>574.94930179999994</v>
+        <v>574.94930150000005</v>
       </c>
       <c r="C149" s="5">
-        <v>-3.5704340600000251</v>
+        <v>-3.5704343999999537</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.1597160398246036</v>
+        <v>-7.1597166981665739</v>
       </c>
       <c r="E149" s="5">
-        <v>0.12729947448821832</v>
+        <v>0.12729955999675191</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>571.35912105</v>
+        <v>571.35912050000002</v>
       </c>
       <c r="C150" s="5">
-        <v>-3.590180749999945</v>
+        <v>-3.5901810000000296</v>
       </c>
       <c r="D150" s="5">
-        <v>-7.241147800930503</v>
+        <v>-7.2411482916234116</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>571.79441679000001</v>
+        <v>571.79441640000005</v>
       </c>
       <c r="C151" s="5">
-        <v>0.43529574000001503</v>
+        <v>0.43529590000002827</v>
       </c>
       <c r="D151" s="5">
-        <v>0.91807275711415226</v>
+        <v>0.91807309686937622</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>572.58600834000003</v>
+        <v>572.58600799999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.79159155000002102</v>
+        <v>0.79159159999994699</v>
       </c>
       <c r="D152" s="5">
-        <v>1.6739865077673111</v>
+        <v>1.6739866154592997</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>570.90999112999998</v>
+        <v>570.90999199999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.6760172100000545</v>
+        <v>-1.6760160000000042</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.4565213198310962</v>
+        <v>-3.4565188664523738</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>571.76864064999995</v>
+        <v>571.76864079999996</v>
       </c>
       <c r="C154" s="5">
-        <v>0.85864951999997174</v>
+        <v>0.85864879999996901</v>
       </c>
       <c r="D154" s="5">
-        <v>1.8198063140920873</v>
+        <v>1.8198047726960764</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>570.54801742999996</v>
+        <v>570.54801759999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-1.2206232199999931</v>
+        <v>-1.2206231999999773</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.5319179942575376</v>
+        <v>-2.5319179526013147</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>568.57379275999995</v>
+        <v>568.57379270000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.9742246700000123</v>
+        <v>-1.9742248999999674</v>
       </c>
       <c r="D156" s="5">
-        <v>-4.0741518790472497</v>
+        <v>-4.0741523435043003</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>569.50335371999995</v>
+        <v>569.50335380000001</v>
       </c>
       <c r="C157" s="5">
-        <v>0.92956096000000343</v>
+        <v>0.92956110000000081</v>
       </c>
       <c r="D157" s="5">
-        <v>1.9796169024633103</v>
+        <v>1.9796172035077442</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>566.09834014</v>
+        <v>566.09834039999998</v>
       </c>
       <c r="C158" s="5">
-        <v>-3.4050135799999453</v>
+        <v>-3.4050134000000298</v>
       </c>
       <c r="D158" s="5">
-        <v>-6.9434072540385809</v>
+        <v>-6.94340689802927</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>563.39028072999997</v>
+        <v>563.39028059999998</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.7080594100000326</v>
+        <v>-2.7080598000000009</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.5918193328808652</v>
+        <v>-5.5918201146146203</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>562.66588420999994</v>
+        <v>562.66588420000005</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.72439652000002752</v>
+        <v>-0.72439639999993233</v>
       </c>
       <c r="D160" s="5">
-        <v>-1.5320724969851818</v>
+        <v>-1.5320722453323832</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>558.18442263999998</v>
+        <v>558.18442210000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-4.4814615699999649</v>
+        <v>-4.4814621000000443</v>
       </c>
       <c r="D161" s="5">
-        <v>-9.1498716869342189</v>
+        <v>-9.1498727222438241</v>
       </c>
       <c r="E161" s="5">
-        <v>-2.9158882544102593</v>
+        <v>-2.9158882976745404</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>559.23395027000004</v>
+        <v>559.23395000000005</v>
       </c>
       <c r="C162" s="5">
-        <v>1.0495276300000569</v>
+        <v>1.0495279000000437</v>
       </c>
       <c r="D162" s="5">
-        <v>2.2797831113567923</v>
+        <v>2.2797837061573123</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>555.51763567</v>
+        <v>555.51763449999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-3.7163146000000324</v>
+        <v>-3.7163155000000643</v>
       </c>
       <c r="D163" s="5">
-        <v>-7.6893386909080981</v>
+        <v>-7.6893404891277717</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>549.80351716999996</v>
+        <v>549.80351689999998</v>
       </c>
       <c r="C164" s="5">
-        <v>-5.7141185000000405</v>
+        <v>-5.7141176000000087</v>
       </c>
       <c r="D164" s="5">
-        <v>-11.668428732153014</v>
+        <v>-11.668427020224303</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>551.79838802999996</v>
+        <v>551.79839019999997</v>
       </c>
       <c r="C165" s="5">
-        <v>1.9948708599999918</v>
+        <v>1.9948732999999947</v>
       </c>
       <c r="D165" s="5">
-        <v>4.4419481666394978</v>
+        <v>4.4419537108529861</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>554.24753971999996</v>
+        <v>554.24753980000003</v>
       </c>
       <c r="C166" s="5">
-        <v>2.4491516900000079</v>
+        <v>2.4491496000000552</v>
       </c>
       <c r="D166" s="5">
-        <v>5.4581524285865157</v>
+        <v>5.4581476345569868</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>550.89925831000005</v>
+        <v>550.89925860000005</v>
       </c>
       <c r="C167" s="5">
-        <v>-3.3482814099999132</v>
+        <v>-3.348281199999974</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.0132723788074003</v>
+        <v>-7.0132719524757299</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>550.38913038999999</v>
+        <v>550.38913049999996</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.51012792000005902</v>
+        <v>-0.51012810000008812</v>
       </c>
       <c r="D168" s="5">
-        <v>-1.1055477556086934</v>
+        <v>-1.1055481431406777</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>551.38034347999996</v>
+        <v>551.38034370000003</v>
       </c>
       <c r="C169" s="5">
-        <v>0.99121308999997382</v>
+        <v>0.99121320000006108</v>
       </c>
       <c r="D169" s="5">
-        <v>2.1826528921159438</v>
+        <v>2.1826531363000612</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>551.18908824000005</v>
+        <v>551.1890889</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.19125523999991856</v>
+        <v>-0.19125480000002426</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.41544634773399425</v>
+        <v>-0.41544539361949573</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>550.86730694000005</v>
+        <v>550.86730650000004</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.32178129999999783</v>
+        <v>-0.32178239999996094</v>
       </c>
       <c r="D171" s="5">
-        <v>-0.6983086925914872</v>
+        <v>-0.69831107124624925</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>546.62420969000004</v>
+        <v>546.62420929999996</v>
       </c>
       <c r="C172" s="5">
-        <v>-4.2430972500000053</v>
+        <v>-4.2430972000000793</v>
       </c>
       <c r="D172" s="5">
-        <v>-8.861396933575417</v>
+        <v>-8.8613968403185019</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>547.66108566000003</v>
+        <v>547.66108459999998</v>
       </c>
       <c r="C173" s="5">
-        <v>1.0368759699999828</v>
+        <v>1.0368753000000197</v>
       </c>
       <c r="D173" s="5">
-        <v>2.3001443899398177</v>
+        <v>2.3001428897694298</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.8852795873859352</v>
+        <v>-1.8852796823689788</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>546.80112267000004</v>
+        <v>546.80112220000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.85996298999998544</v>
+        <v>-0.85996239999997215</v>
       </c>
       <c r="D174" s="5">
-        <v>-1.8681074161865596</v>
+        <v>-1.8681061491560014</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>543.28230664</v>
+        <v>543.28230380000002</v>
       </c>
       <c r="C175" s="5">
-        <v>-3.5188160300000391</v>
+        <v>-3.5188183999999865</v>
       </c>
       <c r="D175" s="5">
-        <v>-7.4547856751047021</v>
+        <v>-7.4547905258879776</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>542.19713639999998</v>
+        <v>542.19713479999996</v>
       </c>
       <c r="C176" s="5">
-        <v>-1.0851702400000249</v>
+        <v>-1.0851690000000644</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.3707623652215459</v>
+        <v>-2.3707596981526358</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>544.35973626999998</v>
+        <v>544.35974229999999</v>
       </c>
       <c r="C177" s="5">
-        <v>2.1625998700000082</v>
+        <v>2.1626075000000355</v>
       </c>
       <c r="D177" s="5">
-        <v>4.8927099034481891</v>
+        <v>4.892727560908039</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>539.84134042000005</v>
+        <v>539.84133959999997</v>
       </c>
       <c r="C178" s="5">
-        <v>-4.5183958499999335</v>
+        <v>-4.5184027000000242</v>
       </c>
       <c r="D178" s="5">
-        <v>-9.5180959372826113</v>
+        <v>-9.5181096140179218</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>540.19756861999997</v>
+        <v>540.19756900000004</v>
       </c>
       <c r="C179" s="5">
-        <v>0.35622819999991862</v>
+        <v>0.35622940000007475</v>
       </c>
       <c r="D179" s="5">
-        <v>0.79473108734529063</v>
+        <v>0.79473377543370916</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>544.10243685</v>
+        <v>544.10243790000004</v>
       </c>
       <c r="C180" s="5">
-        <v>3.9048682300000337</v>
+        <v>3.9048688999999968</v>
       </c>
       <c r="D180" s="5">
-        <v>9.0276245564236959</v>
+        <v>9.0276261608793327</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>543.37595999999996</v>
+        <v>543.37596110000004</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.72647685000004003</v>
+        <v>-0.72647680000000037</v>
       </c>
       <c r="D181" s="5">
-        <v>-1.5905070417310152</v>
+        <v>-1.5905069300194974</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>543.58473015000004</v>
+        <v>543.58473130000004</v>
       </c>
       <c r="C182" s="5">
-        <v>0.20877015000007759</v>
+        <v>0.20877020000000357</v>
       </c>
       <c r="D182" s="5">
-        <v>0.46202679664970603</v>
+        <v>0.46202690660068768</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>547.79855080000004</v>
+        <v>547.79855010000006</v>
       </c>
       <c r="C183" s="5">
-        <v>4.2138206500000024</v>
+        <v>4.2138188000000127</v>
       </c>
       <c r="D183" s="5">
-        <v>9.7093309206648613</v>
+        <v>9.7093264531771482</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>548.33394239999996</v>
+        <v>548.3339416</v>
       </c>
       <c r="C184" s="5">
-        <v>0.5353915999999117</v>
+        <v>0.53539149999994606</v>
       </c>
       <c r="D184" s="5">
-        <v>1.1791465096971265</v>
+        <v>1.179146289786881</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>550.10726013999999</v>
+        <v>550.10725869999999</v>
       </c>
       <c r="C185" s="5">
-        <v>1.7733177400000386</v>
+        <v>1.7733170999999857</v>
       </c>
       <c r="D185" s="5">
-        <v>3.9505904363944966</v>
+        <v>3.950588991015902</v>
       </c>
       <c r="E185" s="5">
-        <v>0.44665844334219607</v>
+        <v>0.44665837482074089</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>552.84180607999997</v>
+        <v>552.84180509999999</v>
       </c>
       <c r="C186" s="5">
-        <v>2.7345459399999754</v>
+        <v>2.7345463999999993</v>
       </c>
       <c r="D186" s="5">
-        <v>6.1309386328542326</v>
+        <v>6.1309397090377749</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>553.24042835</v>
+        <v>553.24042329999997</v>
       </c>
       <c r="C187" s="5">
-        <v>0.39862227000003259</v>
+        <v>0.39861819999998716</v>
       </c>
       <c r="D187" s="5">
-        <v>0.86869024818687635</v>
+        <v>0.86868134505710959</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>556.22532941999998</v>
+        <v>556.22532569999998</v>
       </c>
       <c r="C188" s="5">
-        <v>2.9849010699999781</v>
+        <v>2.9849024000000099</v>
       </c>
       <c r="D188" s="5">
-        <v>6.6699854821816951</v>
+        <v>6.6699886056089674</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>565.90492866</v>
+        <v>565.90493660000004</v>
       </c>
       <c r="C189" s="5">
-        <v>9.6795992400000159</v>
+        <v>9.679610900000057</v>
       </c>
       <c r="D189" s="5">
-        <v>23.002113435775694</v>
+        <v>23.002144016902882</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>563.41965961999995</v>
+        <v>563.41965579999999</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.4852690400000483</v>
+        <v>-2.485280800000055</v>
       </c>
       <c r="D190" s="5">
-        <v>-5.1445591996934663</v>
+        <v>-5.1445828877325521</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>562.95019843</v>
+        <v>562.95019820000005</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.46946118999994724</v>
+        <v>-0.46945759999994152</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.99531289442615911</v>
+        <v>-0.99530532476793665</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>569.18836136000004</v>
+        <v>569.18836820000001</v>
       </c>
       <c r="C192" s="5">
-        <v>6.2381629300000441</v>
+        <v>6.2381699999999682</v>
       </c>
       <c r="D192" s="5">
-        <v>14.138566844808409</v>
+        <v>14.138583863791986</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>569.44321100000002</v>
+        <v>569.44321820000005</v>
       </c>
       <c r="C193" s="5">
-        <v>0.2548496399999749</v>
+        <v>0.25485000000003311</v>
       </c>
       <c r="D193" s="5">
-        <v>0.53861571968618627</v>
+        <v>0.5386164759196177</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>574.36240451000003</v>
+        <v>574.36240650000002</v>
       </c>
       <c r="C194" s="5">
-        <v>4.9191935100000137</v>
+        <v>4.9191882999999734</v>
       </c>
       <c r="D194" s="5">
-        <v>10.873312931114798</v>
+        <v>10.873300718351242</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>574.77198943999997</v>
+        <v>574.77198989999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.40958492999993723</v>
+        <v>0.40958339999997406</v>
       </c>
       <c r="D195" s="5">
-        <v>0.85909911630561719</v>
+        <v>0.85909589156505373</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>578.86834566000005</v>
+        <v>578.86834390000001</v>
       </c>
       <c r="C196" s="5">
-        <v>4.0963562200000752</v>
+        <v>4.0963540000000194</v>
       </c>
       <c r="D196" s="5">
-        <v>8.8956358875113661</v>
+        <v>8.8956308686436003</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>583.56643541999995</v>
+        <v>583.56643059999999</v>
       </c>
       <c r="C197" s="5">
-        <v>4.6980897599999025</v>
+        <v>4.6980866999999762</v>
       </c>
       <c r="D197" s="5">
-        <v>10.185904127536173</v>
+        <v>10.185897226626617</v>
       </c>
       <c r="E197" s="5">
-        <v>6.0823002538604509</v>
+        <v>6.0822996553562936</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>588.78606093999997</v>
+        <v>588.78605440000001</v>
       </c>
       <c r="C198" s="5">
-        <v>5.2196255200000223</v>
+        <v>5.2196238000000221</v>
       </c>
       <c r="D198" s="5">
-        <v>11.277299913334682</v>
+        <v>11.277296110263935</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>593.17804797999997</v>
+        <v>593.17803830000003</v>
       </c>
       <c r="C199" s="5">
-        <v>4.3919870400000036</v>
+        <v>4.3919839000000138</v>
       </c>
       <c r="D199" s="5">
-        <v>9.3277997285737602</v>
+        <v>9.3277928917235631</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>600.43751378000002</v>
+        <v>600.4375063</v>
       </c>
       <c r="C200" s="5">
-        <v>7.2594658000000436</v>
+        <v>7.2594679999999698</v>
       </c>
       <c r="D200" s="5">
-        <v>15.715882015106008</v>
+        <v>15.715887376863801</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>595.80895532</v>
+        <v>595.80896429999996</v>
       </c>
       <c r="C201" s="5">
-        <v>-4.628558460000022</v>
+        <v>-4.6285420000000386</v>
       </c>
       <c r="D201" s="5">
-        <v>-8.8680836053559258</v>
+        <v>-8.8680534995273401</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>600.63764632000004</v>
+        <v>600.63763979999999</v>
       </c>
       <c r="C202" s="5">
-        <v>4.8286910000000489</v>
+        <v>4.8286755000000312</v>
       </c>
       <c r="D202" s="5">
-        <v>10.170740885001162</v>
+        <v>10.170706608144787</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>606.89332798999999</v>
+        <v>606.893328</v>
       </c>
       <c r="C203" s="5">
-        <v>6.2556816699999445</v>
+        <v>6.2556882000000087</v>
       </c>
       <c r="D203" s="5">
-        <v>13.239454047777199</v>
+        <v>13.239468820917622</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>604.96735011999999</v>
+        <v>604.96736820000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.925977869999997</v>
+        <v>-1.9259597999999869</v>
       </c>
       <c r="D204" s="5">
-        <v>-3.7424324796322628</v>
+        <v>-3.7423979777189809</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>607.80142106999995</v>
+        <v>607.80143799999996</v>
       </c>
       <c r="C205" s="5">
-        <v>2.8340709499999548</v>
+        <v>2.834069799999952</v>
       </c>
       <c r="D205" s="5">
-        <v>5.7687313072079194</v>
+        <v>5.7687287288818778</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>612.00631908000003</v>
+        <v>612.00632640000003</v>
       </c>
       <c r="C206" s="5">
-        <v>4.204898010000079</v>
+        <v>4.2048884000000726</v>
       </c>
       <c r="D206" s="5">
-        <v>8.6251382815927933</v>
+        <v>8.6251175639595381</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>612.82857623999996</v>
+        <v>612.82858169999997</v>
       </c>
       <c r="C207" s="5">
-        <v>0.82225715999993554</v>
+        <v>0.82225529999993796</v>
       </c>
       <c r="D207" s="5">
-        <v>1.6242195328761255</v>
+        <v>1.6242158120219008</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>616.77514713000005</v>
+        <v>616.77514329999997</v>
       </c>
       <c r="C208" s="5">
-        <v>3.9465708900000891</v>
+        <v>3.9465615999999955</v>
       </c>
       <c r="D208" s="5">
-        <v>8.0075929072420671</v>
+        <v>8.0075733113510026</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>621.27892642999996</v>
+        <v>621.27891120000004</v>
       </c>
       <c r="C209" s="5">
-        <v>4.5037792999999056</v>
+        <v>4.5037679000000708</v>
       </c>
       <c r="D209" s="5">
-        <v>9.1231982814544708</v>
+        <v>9.1231743124625453</v>
       </c>
       <c r="E209" s="5">
-        <v>6.4624160542848585</v>
+        <v>6.4624143238029674</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>623.16345980999995</v>
+        <v>623.16343900000004</v>
       </c>
       <c r="C210" s="5">
-        <v>1.8845333799999935</v>
+        <v>1.8845278000000008</v>
       </c>
       <c r="D210" s="5">
-        <v>3.7013202105109055</v>
+        <v>3.7013091598766756</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>629.49771408000004</v>
+        <v>629.49769470000001</v>
       </c>
       <c r="C211" s="5">
-        <v>6.3342542700000877</v>
+        <v>6.3342556999999715</v>
       </c>
       <c r="D211" s="5">
-        <v>12.903168538760145</v>
+        <v>12.903172071740322</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>636.80816153000001</v>
+        <v>636.80815059999998</v>
       </c>
       <c r="C212" s="5">
-        <v>7.3104474499999696</v>
+        <v>7.3104558999999654</v>
       </c>
       <c r="D212" s="5">
-        <v>14.861256091481078</v>
+        <v>14.861274868163154</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>639.39998367999999</v>
+        <v>639.39999150000006</v>
       </c>
       <c r="C213" s="5">
-        <v>2.5918221499999845</v>
+        <v>2.5918409000000793</v>
       </c>
       <c r="D213" s="5">
-        <v>4.994850716257937</v>
+        <v>4.9948877508141143</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>643.27694962999999</v>
+        <v>643.27694610000003</v>
       </c>
       <c r="C214" s="5">
-        <v>3.8769659499999989</v>
+        <v>3.8769545999999764</v>
       </c>
       <c r="D214" s="5">
-        <v>7.5237559461468928</v>
+        <v>7.5237330852089501</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>650.51490421999995</v>
+        <v>650.51490120000005</v>
       </c>
       <c r="C215" s="5">
-        <v>7.2379545899999584</v>
+        <v>7.237955100000022</v>
       </c>
       <c r="D215" s="5">
-        <v>14.369741395846148</v>
+        <v>14.369742555625686</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>648.11861828999997</v>
+        <v>648.11865409999996</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.3962859299999764</v>
+        <v>-2.396247100000096</v>
       </c>
       <c r="D216" s="5">
-        <v>-4.3319429535219944</v>
+        <v>-4.3318741933752181</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>652.57654239999999</v>
+        <v>652.57657670000003</v>
       </c>
       <c r="C217" s="5">
-        <v>4.4579241100000218</v>
+        <v>4.4579226000000745</v>
       </c>
       <c r="D217" s="5">
-        <v>8.5734236643701713</v>
+        <v>8.5734201578648204</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>653.60733660000005</v>
+        <v>653.60735030000001</v>
       </c>
       <c r="C218" s="5">
-        <v>1.0307942000000594</v>
+        <v>1.030773599999975</v>
       </c>
       <c r="D218" s="5">
-        <v>1.9120455288661908</v>
+        <v>1.9120068834761916</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>661.38773405999996</v>
+        <v>661.38774839999996</v>
       </c>
       <c r="C219" s="5">
-        <v>7.7803974599999037</v>
+        <v>7.7803980999999567</v>
       </c>
       <c r="D219" s="5">
-        <v>15.257876788657153</v>
+        <v>15.257877785988772</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>666.60305061999998</v>
+        <v>666.60306390000005</v>
       </c>
       <c r="C220" s="5">
-        <v>5.2153165600000193</v>
+        <v>5.2153155000000879</v>
       </c>
       <c r="D220" s="5">
-        <v>9.8838647989401451</v>
+        <v>9.883862478479033</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>667.18176320999999</v>
+        <v>667.18177479999997</v>
       </c>
       <c r="C221" s="5">
-        <v>0.57871259000000919</v>
+        <v>0.57871089999991909</v>
       </c>
       <c r="D221" s="5">
-        <v>1.046770833159405</v>
+        <v>1.0467677407363318</v>
       </c>
       <c r="E221" s="5">
-        <v>7.3884425862901004</v>
+        <v>7.3884470843117001</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>668.99439446999997</v>
+        <v>668.99422279999999</v>
       </c>
       <c r="C222" s="5">
-        <v>1.8126312599999892</v>
+        <v>1.8124480000000176</v>
       </c>
       <c r="D222" s="5">
-        <v>3.3093774960401667</v>
+        <v>3.3090378393701991</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>674.90509671999996</v>
+        <v>674.90510619999998</v>
       </c>
       <c r="C223" s="5">
-        <v>5.9107022499999857</v>
+        <v>5.9108833999999888</v>
       </c>
       <c r="D223" s="5">
-        <v>11.132925838873931</v>
+        <v>11.133286784282269</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>674.81796007000003</v>
+        <v>674.81796759999997</v>
       </c>
       <c r="C224" s="5">
-        <v>-8.7136649999933979E-2</v>
+        <v>-8.7138600000002953E-2</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.15482141317972875</v>
+        <v>-0.15482487323991156</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>677.40358538999999</v>
+        <v>677.4035983</v>
       </c>
       <c r="C225" s="5">
-        <v>2.5856253199999628</v>
+        <v>2.5856307000000243</v>
       </c>
       <c r="D225" s="5">
-        <v>4.6960506237759603</v>
+        <v>4.6960605483311602</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>678.64544803000001</v>
+        <v>678.64545299999997</v>
       </c>
       <c r="C226" s="5">
-        <v>1.2418626400000221</v>
+        <v>1.2418546999999762</v>
       </c>
       <c r="D226" s="5">
-        <v>2.2222400486963112</v>
+        <v>2.2222256541897023</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>675.15521389000003</v>
+        <v>675.15521660000002</v>
       </c>
       <c r="C227" s="5">
-        <v>-3.4902341399999841</v>
+        <v>-3.4902363999999579</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.9999196255060117</v>
+        <v>-5.9999233586475071</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>673.44587216000002</v>
+        <v>673.44591830000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.7093417300000056</v>
+        <v>-1.7092983000000004</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.9961808636072451</v>
+        <v>-2.9961057833122418</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>674.33464624999999</v>
+        <v>674.33468549999998</v>
       </c>
       <c r="C229" s="5">
-        <v>0.88877408999996987</v>
+        <v>0.88876719999996112</v>
       </c>
       <c r="D229" s="5">
-        <v>1.59523517752993</v>
+        <v>1.5952226108760792</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>670.70366945000001</v>
+        <v>670.70369219999998</v>
       </c>
       <c r="C230" s="5">
-        <v>-3.6309767999999849</v>
+        <v>-3.6309933000000001</v>
       </c>
       <c r="D230" s="5">
-        <v>-6.2734771845267323</v>
+        <v>-6.2735044993419535</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>675.48023644</v>
+        <v>675.48025810000001</v>
       </c>
       <c r="C231" s="5">
-        <v>4.7765669899999921</v>
+        <v>4.7765659000000369</v>
       </c>
       <c r="D231" s="5">
-        <v>8.8888903293101507</v>
+        <v>8.8888879073714797</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>669.30717001000005</v>
+        <v>669.30719980000003</v>
       </c>
       <c r="C232" s="5">
-        <v>-6.1730664299999489</v>
+        <v>-6.1730582999999797</v>
       </c>
       <c r="D232" s="5">
-        <v>-10.431774818031291</v>
+        <v>-10.431761444452048</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>662.17010032999997</v>
+        <v>662.17014170000004</v>
       </c>
       <c r="C233" s="5">
-        <v>-7.1370696800000815</v>
+        <v>-7.1370580999999902</v>
       </c>
       <c r="D233" s="5">
-        <v>-12.071620143595984</v>
+        <v>-12.071601185164837</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.75116904513209404</v>
+        <v>-0.7511645685319035</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>649.30010765999998</v>
+        <v>649.29979270000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-12.869992669999988</v>
+        <v>-12.870349000000033</v>
       </c>
       <c r="D234" s="5">
-        <v>-20.984753696452842</v>
+        <v>-20.985272874851557</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>636.21907533000001</v>
+        <v>636.21913380000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-13.081032329999971</v>
+        <v>-13.080658900000003</v>
       </c>
       <c r="D235" s="5">
-        <v>-21.668844165505142</v>
+        <v>-21.668301818843862</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>623.6604317</v>
+        <v>623.6604509</v>
       </c>
       <c r="C236" s="5">
-        <v>-12.558643630000006</v>
+        <v>-12.558682900000008</v>
       </c>
       <c r="D236" s="5">
-        <v>-21.277648480654022</v>
+        <v>-21.277706215276226</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>609.26468676000002</v>
+        <v>609.26470400000005</v>
       </c>
       <c r="C237" s="5">
-        <v>-14.395744939999986</v>
+        <v>-14.395746899999949</v>
       </c>
       <c r="D237" s="5">
-        <v>-24.439679467333931</v>
+        <v>-24.439681724694829</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>603.68607488999999</v>
+        <v>603.68608359999996</v>
       </c>
       <c r="C238" s="5">
-        <v>-5.5786118700000316</v>
+        <v>-5.5786204000000907</v>
       </c>
       <c r="D238" s="5">
-        <v>-10.450778498714042</v>
+        <v>-10.45079340153967</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>596.92019331999995</v>
+        <v>596.92020019999995</v>
       </c>
       <c r="C239" s="5">
-        <v>-6.7658815700000332</v>
+        <v>-6.765883400000007</v>
       </c>
       <c r="D239" s="5">
-        <v>-12.650312941644938</v>
+        <v>-12.650315983719695</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>591.08080384000004</v>
+        <v>591.08083650000003</v>
       </c>
       <c r="C240" s="5">
-        <v>-5.8393894799999089</v>
+        <v>-5.8393636999999217</v>
       </c>
       <c r="D240" s="5">
-        <v>-11.127578885289246</v>
+        <v>-11.127532249777195</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>583.74748251999995</v>
+        <v>583.74751639999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-7.3333213200000955</v>
+        <v>-7.3333201000000372</v>
       </c>
       <c r="D241" s="5">
-        <v>-13.912918575458876</v>
+        <v>-13.912915699377482</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>576.57752821999998</v>
+        <v>576.57754620000003</v>
       </c>
       <c r="C242" s="5">
-        <v>-7.1699542999999721</v>
+        <v>-7.1699701999999661</v>
       </c>
       <c r="D242" s="5">
-        <v>-13.783121228696427</v>
+        <v>-13.783149012717711</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>571.59359539000002</v>
+        <v>571.59361579999995</v>
       </c>
       <c r="C243" s="5">
-        <v>-4.9839328299999579</v>
+        <v>-4.9839304000000766</v>
       </c>
       <c r="D243" s="5">
-        <v>-9.8935865979230648</v>
+        <v>-9.8935817071161285</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>567.16768021999997</v>
+        <v>567.16772209999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-4.425915170000053</v>
+        <v>-4.4258936999999605</v>
       </c>
       <c r="D244" s="5">
-        <v>-8.9060675958110949</v>
+        <v>-8.9060259111377604</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>566.33023163999997</v>
+        <v>566.33030640000004</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.83744858000000022</v>
+        <v>-0.83741569999995136</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.7575353178696296</v>
+        <v>-1.757466743996261</v>
       </c>
       <c r="E245" s="5">
-        <v>-14.473602574661271</v>
+        <v>-14.473596627892171</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>568.47261477999996</v>
+        <v>568.47223029999998</v>
       </c>
       <c r="C246" s="5">
-        <v>2.1423831399999926</v>
+        <v>2.1419238999999379</v>
       </c>
       <c r="D246" s="5">
-        <v>4.6351569770732848</v>
+        <v>4.6341420042467663</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>560.33642926000005</v>
+        <v>560.33653300000003</v>
       </c>
       <c r="C247" s="5">
-        <v>-8.1361855199999127</v>
+        <v>-8.1356972999999471</v>
       </c>
       <c r="D247" s="5">
-        <v>-15.88533459926067</v>
+        <v>-15.884465039929918</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>563.94087662000004</v>
+        <v>563.94088869999996</v>
       </c>
       <c r="C248" s="5">
-        <v>3.6044473599999947</v>
+        <v>3.6043556999999282</v>
       </c>
       <c r="D248" s="5">
-        <v>7.9982210519434993</v>
+        <v>7.9980088770243984</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>566.14418702</v>
+        <v>566.14420800000005</v>
       </c>
       <c r="C249" s="5">
-        <v>2.2033103999999639</v>
+        <v>2.2033193000000892</v>
       </c>
       <c r="D249" s="5">
-        <v>4.7904556769127637</v>
+        <v>4.7904753402299161</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>565.06927969000003</v>
+        <v>565.06928389999996</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.0749073299999736</v>
+        <v>-1.0749241000000893</v>
       </c>
       <c r="D250" s="5">
-        <v>-2.254732943318194</v>
+        <v>-2.2547676709735565</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>563.81250333000003</v>
+        <v>563.81251310000005</v>
       </c>
       <c r="C251" s="5">
-        <v>-1.2567763600000035</v>
+        <v>-1.2567707999999129</v>
       </c>
       <c r="D251" s="5">
-        <v>-2.6365251022233305</v>
+        <v>-2.6365135610968649</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>567.47779981999997</v>
+        <v>567.47781069999996</v>
       </c>
       <c r="C252" s="5">
-        <v>3.6652964899999461</v>
+        <v>3.6652975999999171</v>
       </c>
       <c r="D252" s="5">
-        <v>8.0861586197758406</v>
+        <v>8.0861610116364613</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>565.86803268000006</v>
+        <v>565.86804770000003</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.6097671399999172</v>
+        <v>-1.6097629999999299</v>
       </c>
       <c r="D253" s="5">
-        <v>-3.3514355443537203</v>
+        <v>-3.351426995901996</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>565.48409504000006</v>
+        <v>565.48410679999995</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.38393763999999919</v>
+        <v>-0.38394090000008418</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.81116042955990952</v>
+        <v>-0.81116726995966726</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>565.22859475999996</v>
+        <v>565.22861990000001</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.25550028000009206</v>
+        <v>-0.25548689999993712</v>
       </c>
       <c r="D255" s="5">
-        <v>-0.5408455700430137</v>
+        <v>-0.54081730624739865</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>561.33931031999998</v>
+        <v>561.33935970000005</v>
       </c>
       <c r="C256" s="5">
-        <v>-3.8892844399999831</v>
+        <v>-3.889260199999967</v>
       </c>
       <c r="D256" s="5">
-        <v>-7.9516547217725275</v>
+        <v>-7.9516066829049219</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>562.02020730000004</v>
+        <v>562.02030249999996</v>
       </c>
       <c r="C257" s="5">
-        <v>0.68089698000005683</v>
+        <v>0.68094279999991159</v>
       </c>
       <c r="D257" s="5">
-        <v>1.4653339353622341</v>
+        <v>1.4654330719918285</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.76104436938123632</v>
+        <v>-0.76104065971632773</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>557.30371946000002</v>
+        <v>557.30348200000003</v>
       </c>
       <c r="C258" s="5">
-        <v>-4.7164878400000134</v>
+        <v>-4.7168204999999261</v>
       </c>
       <c r="D258" s="5">
-        <v>-9.6183783933439955</v>
+        <v>-9.6190242323316522</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>557.84720752999999</v>
+        <v>557.84731580000005</v>
       </c>
       <c r="C259" s="5">
-        <v>0.54348806999996668</v>
+        <v>0.5438338000000158</v>
       </c>
       <c r="D259" s="5">
-        <v>1.1765490804835244</v>
+        <v>1.1773020464987516</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>561.36475865</v>
+        <v>561.36470650000001</v>
       </c>
       <c r="C260" s="5">
-        <v>3.5175511200000074</v>
+        <v>3.5173906999999645</v>
       </c>
       <c r="D260" s="5">
-        <v>7.8347110839774858</v>
+        <v>7.8343397225914879</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>561.07608099000004</v>
+        <v>561.07604900000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.28867765999996209</v>
+        <v>-0.28865749999999935</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.61534874061053291</v>
+        <v>-0.61530594577523523</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>559.82732427999997</v>
+        <v>559.827271</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.2487567100000661</v>
+        <v>-1.2487780000000157</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.6383233802733996</v>
+        <v>-2.6383679603431798</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>562.73229927</v>
+        <v>562.73227599999996</v>
       </c>
       <c r="C263" s="5">
-        <v>2.9049749900000279</v>
+        <v>2.9050049999999601</v>
       </c>
       <c r="D263" s="5">
-        <v>6.4076900837089834</v>
+        <v>6.4077588065786006</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>566.85119033000001</v>
+        <v>566.85116289999996</v>
       </c>
       <c r="C264" s="5">
-        <v>4.1188910600000099</v>
+        <v>4.1188869000000068</v>
       </c>
       <c r="D264" s="5">
-        <v>9.1457017224371828</v>
+        <v>9.1456925040172887</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>566.66805595999995</v>
+        <v>566.66805039999997</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.18313437000006161</v>
+        <v>-0.18311249999999291</v>
       </c>
       <c r="D265" s="5">
-        <v>-0.38699957548268271</v>
+        <v>-0.38695346056701885</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>571.34185824999997</v>
+        <v>571.34185779999996</v>
       </c>
       <c r="C266" s="5">
-        <v>4.673802290000026</v>
+        <v>4.673807399999987</v>
       </c>
       <c r="D266" s="5">
-        <v>10.358995448592223</v>
+        <v>10.359007399308329</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>567.51996644999997</v>
+        <v>567.52002760000005</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.8218918000000031</v>
+        <v>-3.8218301999999085</v>
       </c>
       <c r="D267" s="5">
-        <v>-7.7383473200012265</v>
+        <v>-7.7382271541465713</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>567.96293073000004</v>
+        <v>567.96305529999995</v>
       </c>
       <c r="C268" s="5">
-        <v>0.44296428000006927</v>
+        <v>0.44302769999990232</v>
       </c>
       <c r="D268" s="5">
-        <v>0.94066294382915139</v>
+        <v>0.94079809720415408</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>569.06067578</v>
+        <v>569.06091049999998</v>
       </c>
       <c r="C269" s="5">
-        <v>1.0977450499999577</v>
+        <v>1.0978552000000263</v>
       </c>
       <c r="D269" s="5">
-        <v>2.3441456937381755</v>
+        <v>2.3443828967635749</v>
       </c>
       <c r="E269" s="5">
-        <v>1.2527073561684032</v>
+        <v>1.2527319686996607</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>571.13960677</v>
+        <v>571.13964699999997</v>
       </c>
       <c r="C270" s="5">
-        <v>2.0789309900000035</v>
+        <v>2.0787364999999909</v>
       </c>
       <c r="D270" s="5">
-        <v>4.4730887982045164</v>
+        <v>4.4726600026707919</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>572.14041908000002</v>
+        <v>572.14056579999999</v>
       </c>
       <c r="C271" s="5">
-        <v>1.0008123100000148</v>
+        <v>1.0009188000000222</v>
       </c>
       <c r="D271" s="5">
-        <v>2.1231538799718397</v>
+        <v>2.1233818220386613</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>576.53299677999996</v>
+        <v>576.53285849999997</v>
       </c>
       <c r="C272" s="5">
-        <v>4.3925776999999471</v>
+        <v>4.3922926999999845</v>
       </c>
       <c r="D272" s="5">
-        <v>9.6120912102493286</v>
+        <v>9.6114384221506199</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>577.85404170000004</v>
+        <v>577.85367440000005</v>
       </c>
       <c r="C273" s="5">
-        <v>1.3210449200000767</v>
+        <v>1.3208159000000705</v>
       </c>
       <c r="D273" s="5">
-        <v>2.7845508022076082</v>
+        <v>2.7840626421520742</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>582.79097311999999</v>
+        <v>582.79077080000002</v>
       </c>
       <c r="C274" s="5">
-        <v>4.9369314199999508</v>
+        <v>4.9370963999999731</v>
       </c>
       <c r="D274" s="5">
-        <v>10.748010554944297</v>
+        <v>10.748393926310506</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>584.26794692999999</v>
+        <v>584.26779150000004</v>
       </c>
       <c r="C275" s="5">
-        <v>1.4769738100000041</v>
+        <v>1.4770207000000255</v>
       </c>
       <c r="D275" s="5">
-        <v>3.0839238814039049</v>
+        <v>3.0840242421621644</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>580.90576657999998</v>
+        <v>580.90564470000004</v>
       </c>
       <c r="C276" s="5">
-        <v>-3.3621803500000169</v>
+        <v>-3.362146800000005</v>
       </c>
       <c r="D276" s="5">
-        <v>-6.6910044082264424</v>
+        <v>-6.6909414638896543</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>586.08065586999999</v>
+        <v>586.08057140000005</v>
       </c>
       <c r="C277" s="5">
-        <v>5.1748892900000101</v>
+        <v>5.1749267000000145</v>
       </c>
       <c r="D277" s="5">
-        <v>11.229605200849168</v>
+        <v>11.229692872105668</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>589.55637359000002</v>
+        <v>589.55633439999997</v>
       </c>
       <c r="C278" s="5">
-        <v>3.4757177200000342</v>
+        <v>3.4757629999999153</v>
       </c>
       <c r="D278" s="5">
-        <v>7.3533046285208181</v>
+        <v>7.3534046645211459</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>595.50338193000005</v>
+        <v>595.503604</v>
       </c>
       <c r="C279" s="5">
-        <v>5.9470083400000249</v>
+        <v>5.9472696000000269</v>
       </c>
       <c r="D279" s="5">
-        <v>12.799382211916189</v>
+        <v>12.799976961822402</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>596.88807025000006</v>
+        <v>596.88853789999996</v>
       </c>
       <c r="C280" s="5">
-        <v>1.3846883200000093</v>
+        <v>1.3849338999999645</v>
       </c>
       <c r="D280" s="5">
-        <v>2.8262506015935607</v>
+        <v>2.8267572095836968</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>597.35868473000005</v>
+        <v>597.35930229999997</v>
       </c>
       <c r="C281" s="5">
-        <v>0.47061447999999473</v>
+        <v>0.4707644000000073</v>
       </c>
       <c r="D281" s="5">
-        <v>0.95024982316875839</v>
+        <v>0.95055310323235442</v>
       </c>
       <c r="E281" s="5">
-        <v>4.9727577663335465</v>
+        <v>4.9728229927330503</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>597.52267596000002</v>
+        <v>597.52317779999998</v>
       </c>
       <c r="C282" s="5">
-        <v>0.16399122999996507</v>
+        <v>0.16387550000001738</v>
       </c>
       <c r="D282" s="5">
-        <v>0.32993055178018871</v>
+        <v>0.32969702420737601</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>606.14914257999999</v>
+        <v>606.14955569999995</v>
       </c>
       <c r="C283" s="5">
-        <v>8.6264666199999738</v>
+        <v>8.6263778999999658</v>
       </c>
       <c r="D283" s="5">
-        <v>18.768492853007722</v>
+        <v>18.768267213298206</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>609.72829391000005</v>
+        <v>609.72845380000001</v>
       </c>
       <c r="C284" s="5">
-        <v>3.5791513300000588</v>
+        <v>3.5788981000000604</v>
       </c>
       <c r="D284" s="5">
-        <v>7.3203895690404419</v>
+        <v>7.3198495556446419</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>608.03545410000004</v>
+        <v>608.03313460000004</v>
       </c>
       <c r="C285" s="5">
-        <v>-1.6928398100000095</v>
+        <v>-1.6953191999999717</v>
       </c>
       <c r="D285" s="5">
-        <v>-3.2812537324075075</v>
+        <v>-3.2859854654006981</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>609.32205550000003</v>
+        <v>609.32189900000003</v>
       </c>
       <c r="C286" s="5">
-        <v>1.286601399999995</v>
+        <v>1.2887643999999909</v>
       </c>
       <c r="D286" s="5">
-        <v>2.5689573656960452</v>
+        <v>2.5733366314689698</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>612.39987297000005</v>
+        <v>612.39967999999999</v>
       </c>
       <c r="C287" s="5">
-        <v>3.0778174700000136</v>
+        <v>3.077780999999959</v>
       </c>
       <c r="D287" s="5">
-        <v>6.232724950767432</v>
+        <v>6.2326506791261505</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>612.79612680000002</v>
+        <v>612.79565879999996</v>
       </c>
       <c r="C288" s="5">
-        <v>0.39625382999997782</v>
+        <v>0.39597879999996621</v>
       </c>
       <c r="D288" s="5">
-        <v>0.77923018632863883</v>
+        <v>0.77868766327919836</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>615.88884459999997</v>
+        <v>615.88858670000002</v>
       </c>
       <c r="C289" s="5">
-        <v>3.0927177999999458</v>
+        <v>3.0929279000000633</v>
       </c>
       <c r="D289" s="5">
-        <v>6.2272442541656536</v>
+        <v>6.2276839953442797</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>618.06317973</v>
+        <v>618.06320340000002</v>
       </c>
       <c r="C290" s="5">
-        <v>2.1743351300000313</v>
+        <v>2.1746167000000014</v>
       </c>
       <c r="D290" s="5">
-        <v>4.3197186904752272</v>
+        <v>4.3202908333764611</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>618.89589921000004</v>
+        <v>618.89656549999995</v>
       </c>
       <c r="C291" s="5">
-        <v>0.83271948000003704</v>
+        <v>0.83336209999993116</v>
       </c>
       <c r="D291" s="5">
-        <v>1.6288002303924909</v>
+        <v>1.6300664691074607</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>623.18471737000004</v>
+        <v>623.18599859999995</v>
       </c>
       <c r="C292" s="5">
-        <v>4.2888181600000053</v>
+        <v>4.2894330999999966</v>
       </c>
       <c r="D292" s="5">
-        <v>8.6401288210071527</v>
+        <v>8.6414056012524156</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>624.69003025999996</v>
+        <v>624.69133039999997</v>
       </c>
       <c r="C293" s="5">
-        <v>1.5053128899999138</v>
+        <v>1.5053318000000218</v>
       </c>
       <c r="D293" s="5">
-        <v>2.9374405554658756</v>
+        <v>2.9374718279956191</v>
       </c>
       <c r="E293" s="5">
-        <v>4.5753658946723785</v>
+        <v>4.5754754290699307</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>628.91433226000004</v>
+        <v>628.91542670000001</v>
       </c>
       <c r="C294" s="5">
-        <v>4.2243020000000797</v>
+        <v>4.224096300000042</v>
       </c>
       <c r="D294" s="5">
-        <v>8.4233956614774073</v>
+        <v>8.4229519283578682</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>631.57987677999995</v>
+        <v>631.58093959999997</v>
       </c>
       <c r="C295" s="5">
-        <v>2.6655445199999122</v>
+        <v>2.6655128999999533</v>
       </c>
       <c r="D295" s="5">
-        <v>5.2062418418695966</v>
+        <v>5.2061693641465512</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>635.31787292000001</v>
+        <v>635.31851630000006</v>
       </c>
       <c r="C296" s="5">
-        <v>3.7379961400000639</v>
+        <v>3.7375767000000906</v>
       </c>
       <c r="D296" s="5">
-        <v>7.3379923510885625</v>
+        <v>7.3371292217989659</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>643.18479503000003</v>
+        <v>643.17807640000001</v>
       </c>
       <c r="C297" s="5">
-        <v>7.8669221100000186</v>
+        <v>7.8595600999999533</v>
       </c>
       <c r="D297" s="5">
-        <v>15.914122215729009</v>
+        <v>15.898184717998266</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>648.59599077999997</v>
+        <v>648.59610510000005</v>
       </c>
       <c r="C298" s="5">
-        <v>5.4111957499999335</v>
+        <v>5.4180287000000362</v>
       </c>
       <c r="D298" s="5">
-        <v>10.576257923750077</v>
+        <v>10.590353566795873</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>648.69542145000003</v>
+        <v>648.69564270000001</v>
       </c>
       <c r="C299" s="5">
-        <v>9.9430670000060672E-2</v>
+        <v>9.9537599999962367E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>0.18411686165575869</v>
+        <v>0.18431499975208876</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>653.07591893999995</v>
+        <v>653.07510100000002</v>
       </c>
       <c r="C300" s="5">
-        <v>4.3804974899999252</v>
+        <v>4.3794583000000102</v>
       </c>
       <c r="D300" s="5">
-        <v>8.4111747366027565</v>
+        <v>8.4091017019044312</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>657.15723093999998</v>
+        <v>657.15644910000003</v>
       </c>
       <c r="C301" s="5">
-        <v>4.0813120000000254</v>
+        <v>4.0813481000000138</v>
       </c>
       <c r="D301" s="5">
-        <v>7.7624481812379464</v>
+        <v>7.7625292772807164</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>661.96008573999995</v>
+        <v>661.96052429999997</v>
       </c>
       <c r="C302" s="5">
-        <v>4.8028547999999773</v>
+        <v>4.8040751999999429</v>
       </c>
       <c r="D302" s="5">
-        <v>9.1315066306453261</v>
+        <v>9.1339323213399446</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>666.48442160000002</v>
+        <v>666.48706849999996</v>
       </c>
       <c r="C303" s="5">
-        <v>4.5243358600000647</v>
+        <v>4.5265441999999894</v>
       </c>
       <c r="D303" s="5">
-        <v>8.5171525726249087</v>
+        <v>8.5214615409901597</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>670.02005206000001</v>
+        <v>670.02080100000001</v>
       </c>
       <c r="C304" s="5">
-        <v>3.535630459999993</v>
+        <v>3.5337325000000419</v>
       </c>
       <c r="D304" s="5">
-        <v>6.5549356419757343</v>
+        <v>6.5512868701059102</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>675.72169016999999</v>
+        <v>675.72685980000006</v>
       </c>
       <c r="C305" s="5">
-        <v>5.7016381099999762</v>
+        <v>5.7060588000000507</v>
       </c>
       <c r="D305" s="5">
-        <v>10.703337181655815</v>
+        <v>10.712015842444877</v>
       </c>
       <c r="E305" s="5">
-        <v>8.1691170721518205</v>
+        <v>8.1697194944775795</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>676.71199257000001</v>
+        <v>676.71185360000004</v>
       </c>
       <c r="C306" s="5">
-        <v>0.99030240000001868</v>
+        <v>0.98499379999998382</v>
       </c>
       <c r="D306" s="5">
-        <v>1.7729024539171245</v>
+        <v>1.7633087386585089</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>679.02072629999998</v>
+        <v>679.0211362</v>
       </c>
       <c r="C307" s="5">
-        <v>2.3087337299999717</v>
+        <v>2.3092825999999604</v>
       </c>
       <c r="D307" s="5">
-        <v>4.1717339654404384</v>
+        <v>4.1727452994514413</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>676.00032366000005</v>
+        <v>676.00058449999995</v>
       </c>
       <c r="C308" s="5">
-        <v>-3.0204026399999293</v>
+        <v>-3.0205517000000555</v>
       </c>
       <c r="D308" s="5">
-        <v>-5.2091370790988911</v>
+        <v>-5.2093848304846979</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>675.36614179000003</v>
+        <v>675.35494470000003</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.63418187000002035</v>
+        <v>-0.64563979999991261</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.1199755360634778</v>
+        <v>-1.1401038188802892</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>678.17191558000002</v>
+        <v>678.17230440000003</v>
       </c>
       <c r="C310" s="5">
-        <v>2.8057737899999893</v>
+        <v>2.8173596999999972</v>
       </c>
       <c r="D310" s="5">
-        <v>5.1008427192757555</v>
+        <v>5.1224781815595533</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>682.08547621000002</v>
+        <v>682.08646229999999</v>
       </c>
       <c r="C311" s="5">
-        <v>3.9135606300000063</v>
+        <v>3.9141578999999638</v>
       </c>
       <c r="D311" s="5">
-        <v>7.1489736119205949</v>
+        <v>7.1500952904195669</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>686.75107027000001</v>
+        <v>686.75067120000006</v>
       </c>
       <c r="C312" s="5">
-        <v>4.6655940599999894</v>
+        <v>4.6642089000000624</v>
       </c>
       <c r="D312" s="5">
-        <v>8.5241801894671454</v>
+        <v>8.5215407448480995</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>687.78153194000004</v>
+        <v>687.78104510000003</v>
       </c>
       <c r="C313" s="5">
-        <v>1.0304616700000224</v>
+        <v>1.0303738999999723</v>
       </c>
       <c r="D313" s="5">
-        <v>1.8155197137667445</v>
+        <v>1.8153648614547713</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>688.32030641999995</v>
+        <v>688.32230259999994</v>
       </c>
       <c r="C314" s="5">
-        <v>0.53877447999991546</v>
+        <v>0.54125749999991513</v>
       </c>
       <c r="D314" s="5">
-        <v>0.94408203727489592</v>
+        <v>0.94845249947306254</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>691.76488771000004</v>
+        <v>691.76918479999995</v>
       </c>
       <c r="C315" s="5">
-        <v>3.4445812900000874</v>
+        <v>3.4468822000000046</v>
       </c>
       <c r="D315" s="5">
-        <v>6.1732691170689691</v>
+        <v>6.1774885548057989</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>690.62729694999996</v>
+        <v>690.62710449999997</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.1375907600000801</v>
+        <v>-1.1420802999999751</v>
       </c>
       <c r="D316" s="5">
-        <v>-1.9556202954553847</v>
+        <v>-1.9632561868569764</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>693.34359763999998</v>
+        <v>693.35135279999997</v>
       </c>
       <c r="C317" s="5">
-        <v>2.7163006900000255</v>
+        <v>2.7242482999999993</v>
       </c>
       <c r="D317" s="5">
-        <v>4.8231576321579483</v>
+        <v>4.837578632453754</v>
       </c>
       <c r="E317" s="5">
-        <v>2.6078647061879234</v>
+        <v>2.6082273842446213</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>698.77237051999998</v>
+        <v>698.76956749999999</v>
       </c>
       <c r="C318" s="5">
-        <v>5.4287728799999968</v>
+        <v>5.4182147000000214</v>
       </c>
       <c r="D318" s="5">
-        <v>9.811185520913801</v>
+        <v>9.7911624564029687</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>696.96289758</v>
+        <v>696.96218109999995</v>
       </c>
       <c r="C319" s="5">
-        <v>-1.8094729399999778</v>
+        <v>-1.8073864000000412</v>
       </c>
       <c r="D319" s="5">
-        <v>-3.0635265706962733</v>
+        <v>-3.0600561591826891</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>693.47089288999996</v>
+        <v>693.47020940000004</v>
       </c>
       <c r="C320" s="5">
-        <v>-3.4920046900000443</v>
+        <v>-3.4919716999999082</v>
       </c>
       <c r="D320" s="5">
-        <v>-5.8494342954466543</v>
+        <v>-5.849386396396361</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>701.49405804000003</v>
+        <v>701.48080900000002</v>
       </c>
       <c r="C321" s="5">
-        <v>8.023165150000068</v>
+        <v>8.0105995999999777</v>
       </c>
       <c r="D321" s="5">
-        <v>14.801910421544973</v>
+        <v>14.777251609963638</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>698.79379368000002</v>
+        <v>698.793947</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.7002643600000056</v>
+        <v>-2.6868620000000192</v>
       </c>
       <c r="D322" s="5">
-        <v>-4.5226164326456093</v>
+        <v>-4.50072308984576</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>698.18352603000005</v>
+        <v>698.18751350000002</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.61026764999996885</v>
+        <v>-0.60643349999998009</v>
       </c>
       <c r="D323" s="5">
-        <v>-1.0429598747304647</v>
+        <v>-1.0364382525690496</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>703.18097489000002</v>
+        <v>703.18069960000003</v>
       </c>
       <c r="C324" s="5">
-        <v>4.9974488599999631</v>
+        <v>4.9931861000000026</v>
       </c>
       <c r="D324" s="5">
-        <v>8.9356873454568664</v>
+        <v>8.9277100389462571</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>701.40126796000004</v>
+        <v>701.40157739999995</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.7797069299999748</v>
+        <v>-1.7791222000000744</v>
       </c>
       <c r="D325" s="5">
-        <v>-2.9952021129777462</v>
+        <v>-2.9942328365467064</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>706.70091666999997</v>
+        <v>706.70268720000001</v>
       </c>
       <c r="C326" s="5">
-        <v>5.2996487099999285</v>
+        <v>5.3011098000000629</v>
       </c>
       <c r="D326" s="5">
-        <v>9.4534098810308933</v>
+        <v>9.456121078003509</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>705.26310135000006</v>
+        <v>705.26892299999997</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.4378153199999133</v>
+        <v>-1.4337642000000415</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.4143194047620553</v>
+        <v>-2.4075866944115898</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>702.14487135000002</v>
+        <v>702.14591889999997</v>
       </c>
       <c r="C328" s="5">
-        <v>-3.1182300000000396</v>
+        <v>-3.1230041000000028</v>
       </c>
       <c r="D328" s="5">
-        <v>-5.1785079485284324</v>
+        <v>-5.1862025340725371</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>701.73145526999997</v>
+        <v>701.74918820000005</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.41341608000004726</v>
+        <v>-0.39673069999992094</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.70426478010577886</v>
+        <v>-0.67592808460815723</v>
       </c>
       <c r="E329" s="5">
-        <v>1.2097692484001499</v>
+        <v>1.211194781128877</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>703.81639890999998</v>
+        <v>703.78159659999994</v>
       </c>
       <c r="C330" s="5">
-        <v>2.0849436400000059</v>
+        <v>2.0324083999998948</v>
       </c>
       <c r="D330" s="5">
-        <v>3.6242137363688309</v>
+        <v>3.5313428204498454</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>704.79154230999995</v>
+        <v>704.80244540000001</v>
       </c>
       <c r="C331" s="5">
-        <v>0.97514339999997901</v>
+        <v>1.0208488000000671</v>
       </c>
       <c r="D331" s="5">
-        <v>1.6753381269844159</v>
+        <v>1.7545769819683699</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>709.25072218000003</v>
+        <v>709.25807750000001</v>
       </c>
       <c r="C332" s="5">
-        <v>4.4591798700000709</v>
+        <v>4.4556321000000025</v>
       </c>
       <c r="D332" s="5">
-        <v>7.8621902316427406</v>
+        <v>7.8555901291374131</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>705.85551418</v>
+        <v>705.84057399999995</v>
       </c>
       <c r="C333" s="5">
-        <v>-3.3952080000000251</v>
+        <v>-3.4175035000000662</v>
       </c>
       <c r="D333" s="5">
-        <v>-5.5955858696666416</v>
+        <v>-5.6313056450678856</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>711.25306940999997</v>
+        <v>711.25093189999996</v>
       </c>
       <c r="C334" s="5">
-        <v>5.3975552299999663</v>
+        <v>5.4103579000000082</v>
       </c>
       <c r="D334" s="5">
-        <v>9.5721294009818436</v>
+        <v>9.596011284076166</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>714.54305499999998</v>
+        <v>714.55323090000002</v>
       </c>
       <c r="C335" s="5">
-        <v>3.2899855900000148</v>
+        <v>3.3022990000000618</v>
       </c>
       <c r="D335" s="5">
-        <v>5.6941587015278516</v>
+        <v>5.7160349706204761</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>710.43034209999996</v>
+        <v>710.4315987</v>
       </c>
       <c r="C336" s="5">
-        <v>-4.1127129000000195</v>
+        <v>-4.1216322000000218</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.6923631685786855</v>
+        <v>-6.7063271890856253</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>709.46443305000003</v>
+        <v>709.46344180000006</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.96590904999993654</v>
+        <v>-0.96815689999993992</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.6193881826450873</v>
+        <v>-1.6231257490792461</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>712.43138184999998</v>
+        <v>712.43137869999998</v>
       </c>
       <c r="C338" s="5">
-        <v>2.9669487999999546</v>
+        <v>2.9679368999999269</v>
       </c>
       <c r="D338" s="5">
-        <v>5.1353968202055844</v>
+        <v>5.1371539756184026</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>717.34615637000002</v>
+        <v>717.35060229999999</v>
       </c>
       <c r="C339" s="5">
-        <v>4.9147745200000372</v>
+        <v>4.9192236000000094</v>
       </c>
       <c r="D339" s="5">
-        <v>8.5997462828953921</v>
+        <v>8.6078292057500718</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>722.79743470999995</v>
+        <v>722.79996430000006</v>
       </c>
       <c r="C340" s="5">
-        <v>5.4512783399999307</v>
+        <v>5.4493620000000647</v>
       </c>
       <c r="D340" s="5">
-        <v>9.5100362283005104</v>
+        <v>9.5064907729269557</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>725.36773691999997</v>
+        <v>725.38954209999997</v>
       </c>
       <c r="C341" s="5">
-        <v>2.5703022100000226</v>
+        <v>2.5895777999999154</v>
       </c>
       <c r="D341" s="5">
-        <v>4.3517147258641975</v>
+        <v>4.3849798759105552</v>
       </c>
       <c r="E341" s="5">
-        <v>3.3682801978579757</v>
+        <v>3.3687753826460165</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>724.17164721999995</v>
+        <v>724.09983920000002</v>
       </c>
       <c r="C342" s="5">
-        <v>-1.1960897000000159</v>
+        <v>-1.289702899999952</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.9608838138322371</v>
+        <v>-2.1127942776415831</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>727.77261828999997</v>
+        <v>727.79098950000002</v>
       </c>
       <c r="C343" s="5">
-        <v>3.6009710700000142</v>
+        <v>3.6911503000000039</v>
       </c>
       <c r="D343" s="5">
-        <v>6.1329735895905957</v>
+        <v>6.2915354985354943</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>730.72119326999996</v>
+        <v>730.76546959999996</v>
       </c>
       <c r="C344" s="5">
-        <v>2.9485749799999894</v>
+        <v>2.974480099999937</v>
       </c>
       <c r="D344" s="5">
-        <v>4.9716204857417567</v>
+        <v>5.0161564548673931</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>732.33041936999996</v>
+        <v>732.30838419999998</v>
       </c>
       <c r="C345" s="5">
-        <v>1.6092261000000008</v>
+        <v>1.5429146000000173</v>
       </c>
       <c r="D345" s="5">
-        <v>2.6749376975588657</v>
+        <v>2.56327124640785</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>735.87472971</v>
+        <v>735.86819400000002</v>
       </c>
       <c r="C346" s="5">
-        <v>3.5443103400000382</v>
+        <v>3.5598098000000391</v>
       </c>
       <c r="D346" s="5">
-        <v>5.9648388542257624</v>
+        <v>5.9918098756455818</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>739.98568508000005</v>
+        <v>739.99792160000004</v>
       </c>
       <c r="C347" s="5">
-        <v>4.1109553700000561</v>
+        <v>4.1297276000000238</v>
       </c>
       <c r="D347" s="5">
-        <v>6.9136483369842683</v>
+        <v>6.9462631873816072</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>741.34787306999999</v>
+        <v>741.35327670000004</v>
       </c>
       <c r="C348" s="5">
-        <v>1.3621879899999385</v>
+        <v>1.355355099999997</v>
       </c>
       <c r="D348" s="5">
-        <v>2.2314991621859015</v>
+        <v>2.2201556267143374</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>746.16949779000004</v>
+        <v>746.16955840000003</v>
       </c>
       <c r="C349" s="5">
-        <v>4.8216247200000453</v>
+        <v>4.8162816999999905</v>
       </c>
       <c r="D349" s="5">
-        <v>8.0899586819823899</v>
+        <v>8.0806101632554306</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>745.60952953000003</v>
+        <v>745.597578</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.5599682600000051</v>
+        <v>-0.57198040000002948</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.89684087569413817</v>
+        <v>-0.9159983176711517</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>747.68479494999997</v>
+        <v>747.69121910000001</v>
       </c>
       <c r="C351" s="5">
-        <v>2.075265419999937</v>
+        <v>2.0936411000000135</v>
       </c>
       <c r="D351" s="5">
-        <v>3.3915832316854466</v>
+        <v>3.4221354362967249</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>751.02366999000003</v>
+        <v>751.02794070000004</v>
       </c>
       <c r="C352" s="5">
-        <v>3.3388750400000617</v>
+        <v>3.3367216000000326</v>
       </c>
       <c r="D352" s="5">
-        <v>5.4923366951372232</v>
+        <v>5.4886586416162286</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>756.64002502000005</v>
+        <v>756.66708840000001</v>
       </c>
       <c r="C353" s="5">
-        <v>5.6163550300000225</v>
+        <v>5.6391476999999668</v>
       </c>
       <c r="D353" s="5">
-        <v>9.3523785695602157</v>
+        <v>9.3918584462590715</v>
       </c>
       <c r="E353" s="5">
-        <v>4.311232290642808</v>
+        <v>4.3118275746644619</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>761.27413220999995</v>
+        <v>761.15891850000003</v>
       </c>
       <c r="C354" s="5">
-        <v>4.6341071899998951</v>
+        <v>4.4918301000000156</v>
       </c>
       <c r="D354" s="5">
-        <v>7.6021978802909507</v>
+        <v>7.3608521946910477</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>764.11991525999997</v>
+        <v>764.13964620000002</v>
       </c>
       <c r="C355" s="5">
-        <v>2.8457830500000227</v>
+        <v>2.9807276999999885</v>
       </c>
       <c r="D355" s="5">
-        <v>4.5792087199936216</v>
+        <v>4.8017925748660595</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>764.46493585999997</v>
+        <v>764.56224139999995</v>
       </c>
       <c r="C356" s="5">
-        <v>0.34502059999999801</v>
+        <v>0.42259519999993245</v>
       </c>
       <c r="D356" s="5">
-        <v>0.5431797400539784</v>
+        <v>0.66566310533442419</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>767.97608524999998</v>
+        <v>767.94567270000005</v>
       </c>
       <c r="C357" s="5">
-        <v>3.5111493900000141</v>
+        <v>3.3834313000000975</v>
       </c>
       <c r="D357" s="5">
-        <v>5.6529222727978334</v>
+        <v>5.441558417367931</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>770.66399904000002</v>
+        <v>770.65320310000004</v>
       </c>
       <c r="C358" s="5">
-        <v>2.6879137900000387</v>
+        <v>2.707530399999996</v>
       </c>
       <c r="D358" s="5">
-        <v>4.2817966468357005</v>
+        <v>4.3138281390816102</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>771.43921983999996</v>
+        <v>771.44732650000003</v>
       </c>
       <c r="C359" s="5">
-        <v>0.77522079999994276</v>
+        <v>0.79412339999998949</v>
       </c>
       <c r="D359" s="5">
-        <v>1.2137961127272279</v>
+        <v>1.2435781822423664</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>777.90050285999996</v>
+        <v>777.91204489999996</v>
       </c>
       <c r="C360" s="5">
-        <v>6.4612830199999962</v>
+        <v>6.4647183999999243</v>
       </c>
       <c r="D360" s="5">
-        <v>10.526915994171947</v>
+        <v>10.532657638212806</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>782.29778157999999</v>
+        <v>782.297865</v>
       </c>
       <c r="C361" s="5">
-        <v>4.3972787200000312</v>
+        <v>4.3858201000000463</v>
       </c>
       <c r="D361" s="5">
-        <v>6.9982211217813006</v>
+        <v>6.979308914861293</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>784.44239777999996</v>
+        <v>784.41906919999997</v>
       </c>
       <c r="C362" s="5">
-        <v>2.1446161999999731</v>
+        <v>2.1212041999999656</v>
       </c>
       <c r="D362" s="5">
-        <v>3.3397764866667012</v>
+        <v>3.3027715957797854</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>782.66033712000001</v>
+        <v>782.66915100000006</v>
       </c>
       <c r="C363" s="5">
-        <v>-1.7820606599999564</v>
+        <v>-1.7499181999999109</v>
       </c>
       <c r="D363" s="5">
-        <v>-2.6923004555622576</v>
+        <v>-2.6444122643586754</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>784.15257859999997</v>
+        <v>784.16210349999994</v>
       </c>
       <c r="C364" s="5">
-        <v>1.4922414799999615</v>
+        <v>1.4929524999998876</v>
       </c>
       <c r="D364" s="5">
-        <v>2.3120982675549184</v>
+        <v>2.3131851911466939</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>781.92047166999998</v>
+        <v>781.94955979999997</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.2321069299999863</v>
+        <v>-2.2125436999999692</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.3628519022041559</v>
+        <v>-3.3337943268245018</v>
       </c>
       <c r="E365" s="5">
-        <v>3.3411458307841535</v>
+        <v>3.3412939174426892</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>782.90090051000004</v>
+        <v>782.76468450000004</v>
       </c>
       <c r="C366" s="5">
-        <v>0.9804288400000587</v>
+        <v>0.81512470000006942</v>
       </c>
       <c r="D366" s="5">
-        <v>1.5150673969895223</v>
+        <v>1.2581083121296466</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>780.92129964000003</v>
+        <v>780.93355389999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.9796008700000129</v>
+        <v>-1.8311306000000513</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.9924113438373978</v>
+        <v>-2.7713365181732064</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>778.34205538000003</v>
+        <v>778.4811095</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.5792442599999958</v>
+        <v>-2.4524443999999903</v>
       </c>
       <c r="D368" s="5">
-        <v>-3.8921765187934554</v>
+        <v>-3.7040676214745938</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>723.49511054000004</v>
+        <v>723.44966309999995</v>
       </c>
       <c r="C369" s="5">
-        <v>-54.846944839999992</v>
+        <v>-55.03144640000005</v>
       </c>
       <c r="D369" s="5">
-        <v>-58.391578251314492</v>
+        <v>-58.51196338877287</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>730.29214781999997</v>
+        <v>730.26599139999996</v>
       </c>
       <c r="C370" s="5">
-        <v>6.7970372799999268</v>
+        <v>6.8163283000000092</v>
       </c>
       <c r="D370" s="5">
-        <v>11.874824636000136</v>
+        <v>11.911079920736277</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>728.99875249000002</v>
+        <v>728.99151979999999</v>
       </c>
       <c r="C371" s="5">
-        <v>-1.293395329999953</v>
+        <v>-1.2744715999999698</v>
       </c>
       <c r="D371" s="5">
-        <v>-2.1046984525880164</v>
+        <v>-2.0742730719380487</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>721.19624094999995</v>
+        <v>721.22023950000005</v>
       </c>
       <c r="C372" s="5">
-        <v>-7.8025115400000686</v>
+        <v>-7.771280299999944</v>
       </c>
       <c r="D372" s="5">
-        <v>-12.113932667205862</v>
+        <v>-12.068363956870176</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>719.95139330999996</v>
+        <v>719.95316200000002</v>
       </c>
       <c r="C373" s="5">
-        <v>-1.244847639999989</v>
+        <v>-1.2670775000000276</v>
       </c>
       <c r="D373" s="5">
-        <v>-2.0517535170796353</v>
+        <v>-2.0879705919403024</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>719.02895608999995</v>
+        <v>718.98411659999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-0.92243722000000616</v>
+        <v>-0.96904540000002726</v>
       </c>
       <c r="D374" s="5">
-        <v>-1.5267107430884774</v>
+        <v>-1.6032771827394821</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>720.30791942999997</v>
+        <v>720.33286269999996</v>
       </c>
       <c r="C375" s="5">
-        <v>1.2789633400000184</v>
+        <v>1.3487460999999712</v>
       </c>
       <c r="D375" s="5">
-        <v>2.1554903664388725</v>
+        <v>2.2744577156376566</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>721.81799106000005</v>
+        <v>721.85601589999999</v>
       </c>
       <c r="C376" s="5">
-        <v>1.510071630000084</v>
+        <v>1.5231532000000243</v>
       </c>
       <c r="D376" s="5">
-        <v>2.5449208184334049</v>
+        <v>2.5671342745662518</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>722.38912087999995</v>
+        <v>722.44920569999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.57112981999989643</v>
+        <v>0.59318980000000465</v>
       </c>
       <c r="D377" s="5">
-        <v>0.95362849128270977</v>
+        <v>0.99057678086158507</v>
       </c>
       <c r="E377" s="5">
-        <v>-7.6134789849989337</v>
+        <v>-7.6092317406276759</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>722.78651027000001</v>
+        <v>722.61585609999997</v>
       </c>
       <c r="C378" s="5">
-        <v>0.39738939000005757</v>
+        <v>0.16665039999998044</v>
       </c>
       <c r="D378" s="5">
-        <v>0.66212613150693489</v>
+        <v>0.27716051242636652</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>712.95629375999999</v>
+        <v>712.98410550000006</v>
       </c>
       <c r="C379" s="5">
-        <v>-9.8302165100000138</v>
+        <v>-9.6317505999999184</v>
       </c>
       <c r="D379" s="5">
-        <v>-15.153403842200053</v>
+        <v>-14.872802448174616</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>732.46931616999996</v>
+        <v>732.62626699999998</v>
       </c>
       <c r="C380" s="5">
-        <v>19.513022409999962</v>
+        <v>19.642161499999929</v>
       </c>
       <c r="D380" s="5">
-        <v>38.266939699531058</v>
+        <v>38.558012871849321</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>733.48484808000001</v>
+        <v>733.36551269999995</v>
       </c>
       <c r="C381" s="5">
-        <v>1.0155319100000497</v>
+        <v>0.73924569999996947</v>
       </c>
       <c r="D381" s="5">
-        <v>1.6764853347192243</v>
+        <v>1.2175847100556636</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>731.03967633000002</v>
+        <v>730.97915390000003</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.4451717499999859</v>
+        <v>-2.3863587999999254</v>
       </c>
       <c r="D382" s="5">
-        <v>-3.9278259067878185</v>
+        <v>-3.8356484271148239</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>731.68434465999997</v>
+        <v>731.66892740000003</v>
       </c>
       <c r="C383" s="5">
-        <v>0.64466832999994494</v>
+        <v>0.68977350000000115</v>
       </c>
       <c r="D383" s="5">
-        <v>1.0633693125870369</v>
+        <v>1.1382508171897676</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>738.88251006999997</v>
+        <v>738.93563959999994</v>
       </c>
       <c r="C384" s="5">
-        <v>7.1981654100000014</v>
+        <v>7.2667121999999154</v>
       </c>
       <c r="D384" s="5">
-        <v>12.465543154583481</v>
+        <v>12.591089365804443</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>739.71447551000006</v>
+        <v>739.72646589999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.83196544000008998</v>
+        <v>0.79082630000004883</v>
       </c>
       <c r="D385" s="5">
-        <v>1.3595727223436382</v>
+        <v>1.2918547521353352</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>742.31363280000005</v>
+        <v>742.24855690000004</v>
       </c>
       <c r="C386" s="5">
-        <v>2.5991572899999937</v>
+        <v>2.5220910000000458</v>
       </c>
       <c r="D386" s="5">
-        <v>4.2989241357471286</v>
+        <v>4.1689908839228407</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>751.40043057000003</v>
+        <v>751.47776610000005</v>
       </c>
       <c r="C387" s="5">
-        <v>9.0867977699999756</v>
+        <v>9.2292092000000139</v>
       </c>
       <c r="D387" s="5">
-        <v>15.719896423493228</v>
+        <v>15.984855401214793</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>755.11225014000001</v>
+        <v>755.2116552</v>
       </c>
       <c r="C388" s="5">
-        <v>3.7118195699999887</v>
+        <v>3.7338890999999421</v>
       </c>
       <c r="D388" s="5">
-        <v>6.0915794920169963</v>
+        <v>6.1281460507908614</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>759.61663455999997</v>
+        <v>759.7341831</v>
       </c>
       <c r="C389" s="5">
-        <v>4.5043844199999512</v>
+        <v>4.5225279</v>
       </c>
       <c r="D389" s="5">
-        <v>7.39780594683348</v>
+        <v>7.4275821934672637</v>
       </c>
       <c r="E389" s="5">
-        <v>5.1533879185016174</v>
+        <v>5.1609133356127934</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>759.75426475999996</v>
+        <v>759.55884549999996</v>
       </c>
       <c r="C390" s="5">
-        <v>0.1376301999999896</v>
+        <v>-0.1753376000000344</v>
       </c>
       <c r="D390" s="5">
-        <v>0.21763730792059288</v>
+        <v>-0.27659443993878208</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>764.30536976999997</v>
+        <v>764.3553488</v>
       </c>
       <c r="C391" s="5">
-        <v>4.5511050100000148</v>
+        <v>4.7965033000000403</v>
       </c>
       <c r="D391" s="5">
-        <v>7.4298997660882993</v>
+        <v>7.8466352137670059</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>766.17287585999998</v>
+        <v>766.32247050000001</v>
       </c>
       <c r="C392" s="5">
-        <v>1.8675060900000062</v>
+        <v>1.967121700000007</v>
       </c>
       <c r="D392" s="5">
-        <v>2.9718098310693497</v>
+        <v>3.1323742362320051</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>773.94254993000004</v>
+        <v>773.67329259999997</v>
       </c>
       <c r="C393" s="5">
-        <v>7.7696740700000646</v>
+        <v>7.3508220999999594</v>
       </c>
       <c r="D393" s="5">
-        <v>12.871270239083476</v>
+        <v>12.137930701383159</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>778.29814668999995</v>
+        <v>778.06535799999995</v>
       </c>
       <c r="C394" s="5">
-        <v>4.3555967599999121</v>
+        <v>4.3920653999999786</v>
       </c>
       <c r="D394" s="5">
-        <v>6.9663723045678916</v>
+        <v>7.0290554207054212</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>780.98039473999995</v>
+        <v>780.98479550000002</v>
       </c>
       <c r="C395" s="5">
-        <v>2.6822480499999983</v>
+        <v>2.9194375000000719</v>
       </c>
       <c r="D395" s="5">
-        <v>4.2148542440900494</v>
+        <v>4.5967024259043754</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>788.60093136</v>
+        <v>788.74612830000001</v>
       </c>
       <c r="C396" s="5">
-        <v>7.6205366200000526</v>
+        <v>7.761332799999991</v>
       </c>
       <c r="D396" s="5">
-        <v>12.358477792426935</v>
+        <v>12.59936410936573</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>792.19583884999997</v>
+        <v>792.25544460000003</v>
       </c>
       <c r="C397" s="5">
-        <v>3.5949074899999687</v>
+        <v>3.5093163000000231</v>
       </c>
       <c r="D397" s="5">
-        <v>5.6095651873935948</v>
+        <v>5.4716898423907923</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>796.99981577000005</v>
+        <v>796.93800480000004</v>
       </c>
       <c r="C398" s="5">
-        <v>4.8039769200000819</v>
+        <v>4.6825602000000117</v>
       </c>
       <c r="D398" s="5">
-        <v>7.5246331974216485</v>
+        <v>7.327661931411189</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>796.95091355</v>
+        <v>797.10883460000002</v>
       </c>
       <c r="C399" s="5">
-        <v>-4.890222000005906E-2</v>
+        <v>0.1708297999999786</v>
       </c>
       <c r="D399" s="5">
-        <v>-7.3604614891364939E-2</v>
+        <v>0.257532725064058</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>799.55258186000003</v>
+        <v>799.74652709999998</v>
       </c>
       <c r="C400" s="5">
-        <v>2.6016683100000364</v>
+        <v>2.6376924999999574</v>
       </c>
       <c r="D400" s="5">
-        <v>3.9885413787988933</v>
+        <v>4.0439623209874043</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>802.55801324000004</v>
+        <v>802.7305384</v>
       </c>
       <c r="C401" s="5">
-        <v>3.0054313800000045</v>
+        <v>2.9840113000000201</v>
       </c>
       <c r="D401" s="5">
-        <v>4.6051012838194127</v>
+        <v>4.5704720801851506</v>
       </c>
       <c r="E401" s="5">
-        <v>5.6530329545604774</v>
+        <v>5.659394595693823</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>811.84471730999996</v>
+        <v>811.60285050000005</v>
       </c>
       <c r="C402" s="5">
-        <v>9.2867040699999279</v>
+        <v>8.8723121000000447</v>
       </c>
       <c r="D402" s="5">
-        <v>14.804365940163212</v>
+        <v>14.099920436217905</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>809.61066473999995</v>
+        <v>809.68259330000001</v>
       </c>
       <c r="C403" s="5">
-        <v>-2.2340525700000171</v>
+        <v>-1.9202572000000373</v>
       </c>
       <c r="D403" s="5">
-        <v>-3.2526639517209355</v>
+        <v>-2.802550324664943</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>813.83403217</v>
+        <v>813.97403310000004</v>
       </c>
       <c r="C404" s="5">
-        <v>4.223367430000053</v>
+        <v>4.2914398000000347</v>
       </c>
       <c r="D404" s="5">
-        <v>6.4426106519348103</v>
+        <v>6.548900409245384</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>815.09194032000005</v>
+        <v>814.6022246</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2579081500000484</v>
+        <v>0.62819149999995716</v>
       </c>
       <c r="D405" s="5">
-        <v>1.8706375104975415</v>
+        <v>0.93005154424679048</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>818.20361318000005</v>
+        <v>817.68545810000001</v>
       </c>
       <c r="C406" s="5">
-        <v>3.1116728599999988</v>
+        <v>3.0832335000000057</v>
       </c>
       <c r="D406" s="5">
-        <v>4.6785094971601549</v>
+        <v>4.6377010913913885</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>823.73232352000002</v>
+        <v>823.83632130000001</v>
       </c>
       <c r="C407" s="5">
-        <v>5.5287103399999751</v>
+        <v>6.1508632000000034</v>
       </c>
       <c r="D407" s="5">
-        <v>8.416799342065806</v>
+        <v>9.4097263663197594</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>824.24870467000005</v>
+        <v>824.52352729999996</v>
       </c>
       <c r="C408" s="5">
-        <v>0.51638115000002927</v>
+        <v>0.68720599999994647</v>
       </c>
       <c r="D408" s="5">
-        <v>0.75485483783479523</v>
+        <v>1.0055894249802577</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>826.82584988999997</v>
+        <v>826.96382600000004</v>
       </c>
       <c r="C409" s="5">
-        <v>2.5771452199999203</v>
+        <v>2.4402987000000849</v>
       </c>
       <c r="D409" s="5">
-        <v>3.8171904758778741</v>
+        <v>3.6099635102282868</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>833.09889545999999</v>
+        <v>833.07597820000001</v>
       </c>
       <c r="C410" s="5">
-        <v>6.2730455700000221</v>
+        <v>6.1121521999999686</v>
       </c>
       <c r="D410" s="5">
-        <v>9.493957410138453</v>
+        <v>9.2388677723368229</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>831.91147721000004</v>
+        <v>832.14166950000003</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.1874182499999506</v>
+        <v>-0.93430869999997412</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.6970191229738196</v>
+        <v>-1.3375496289973254</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>833.86161881999999</v>
+        <v>834.12012809999999</v>
       </c>
       <c r="C412" s="5">
-        <v>1.950141609999946</v>
+        <v>1.9784585999999535</v>
       </c>
       <c r="D412" s="5">
-        <v>2.8495563016674552</v>
+        <v>2.8906656282284393</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>838.80330911999999</v>
+        <v>838.98844970000005</v>
       </c>
       <c r="C413" s="5">
-        <v>4.9416903000000048</v>
+        <v>4.8683216000000584</v>
       </c>
       <c r="D413" s="5">
-        <v>7.3479629124542978</v>
+        <v>7.2330277425884937</v>
       </c>
       <c r="E413" s="5">
-        <v>4.516221292673217</v>
+        <v>4.516822216863603</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>841.09451077999995</v>
+        <v>840.87127510000005</v>
       </c>
       <c r="C414" s="5">
-        <v>2.2912016599999561</v>
+        <v>1.8828254000000015</v>
       </c>
       <c r="D414" s="5">
-        <v>3.3275096986089769</v>
+        <v>2.726482768986016</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>844.81868392000001</v>
+        <v>844.89340540000001</v>
       </c>
       <c r="C415" s="5">
-        <v>3.7241731400000617</v>
+        <v>4.022130299999958</v>
       </c>
       <c r="D415" s="5">
-        <v>5.4446470353376242</v>
+        <v>5.8933876161744614</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>847.31803702000002</v>
+        <v>847.48128799999995</v>
       </c>
       <c r="C416" s="5">
-        <v>2.4993531000000075</v>
+        <v>2.5878825999999435</v>
       </c>
       <c r="D416" s="5">
-        <v>3.6084784046198859</v>
+        <v>3.7381195418846769</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>846.87755208999999</v>
+        <v>846.14423069999998</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.44048493000002509</v>
+        <v>-1.3370572999999695</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.62204883859943161</v>
+        <v>-1.8768784023946661</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>851.32276747000003</v>
+        <v>850.45671979999997</v>
       </c>
       <c r="C418" s="5">
-        <v>4.445215380000036</v>
+        <v>4.3124890999999934</v>
       </c>
       <c r="D418" s="5">
-        <v>6.4837953704604212</v>
+        <v>6.2903489635809162</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>853.63551846999997</v>
+        <v>853.88000190000002</v>
       </c>
       <c r="C419" s="5">
-        <v>2.3127509999999347</v>
+        <v>3.4232821000000513</v>
       </c>
       <c r="D419" s="5">
-        <v>3.3091402968350891</v>
+        <v>4.9386575775065555</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>850.38652114000001</v>
+        <v>850.8120275</v>
       </c>
       <c r="C420" s="5">
-        <v>-3.2489973299999519</v>
+        <v>-3.0679744000000255</v>
       </c>
       <c r="D420" s="5">
-        <v>-4.4728790071816853</v>
+        <v>-4.2273863540553851</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>862.94991013000003</v>
+        <v>863.17377429999999</v>
       </c>
       <c r="C421" s="5">
-        <v>12.563388990000021</v>
+        <v>12.361746799999992</v>
       </c>
       <c r="D421" s="5">
-        <v>19.242381085673955</v>
+        <v>18.898230973418407</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>865.22738658000003</v>
+        <v>865.28779989999998</v>
       </c>
       <c r="C422" s="5">
-        <v>2.2774764499999947</v>
+        <v>2.1140255999999908</v>
       </c>
       <c r="D422" s="5">
-        <v>3.2133883303864685</v>
+        <v>2.9788705100693758</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>870.59430209000004</v>
+        <v>870.86617090000004</v>
       </c>
       <c r="C423" s="5">
-        <v>5.3669155100000125</v>
+        <v>5.578371000000061</v>
       </c>
       <c r="D423" s="5">
-        <v>7.7027408646875628</v>
+        <v>8.0164951515243175</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>876.7689689</v>
+        <v>877.0787732</v>
       </c>
       <c r="C424" s="5">
-        <v>6.1746668099999624</v>
+        <v>6.2126022999999577</v>
       </c>
       <c r="D424" s="5">
-        <v>8.8509445981074677</v>
+        <v>8.9045836278306201</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>877.73407971999995</v>
+        <v>877.90261480000004</v>
       </c>
       <c r="C425" s="5">
-        <v>0.96511081999994985</v>
+        <v>0.82384160000003703</v>
       </c>
       <c r="D425" s="5">
-        <v>1.3289365286611954</v>
+        <v>1.1330034333716821</v>
       </c>
       <c r="E425" s="5">
-        <v>4.6412275889615495</v>
+        <v>4.6382241750663855</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>879.78878009000005</v>
+        <v>881.30304330000001</v>
       </c>
       <c r="C426" s="5">
-        <v>2.0547003700000914</v>
+        <v>3.4004284999999754</v>
       </c>
       <c r="D426" s="5">
-        <v>2.8455482288428424</v>
+        <v>4.74833468961533</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>882.98460044000001</v>
+        <v>884.83746259999998</v>
       </c>
       <c r="C427" s="5">
-        <v>3.1958203499999627</v>
+        <v>3.5344192999999677</v>
       </c>
       <c r="D427" s="5">
-        <v>4.4471329305040053</v>
+        <v>4.9201208892427628</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>885.73547167000004</v>
+        <v>887.87457549999999</v>
       </c>
       <c r="C428" s="5">
-        <v>2.7508712300000298</v>
+        <v>3.037112900000011</v>
       </c>
       <c r="D428" s="5">
-        <v>3.8032371788645936</v>
+        <v>4.1975290773416107</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>890.22313616999998</v>
+        <v>893.45025910000004</v>
       </c>
       <c r="C429" s="5">
-        <v>4.4876644999999371</v>
+        <v>5.5756836000000476</v>
       </c>
       <c r="D429" s="5">
-        <v>6.2522350513070757</v>
+        <v>7.8015757113743645</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>893.47146039999996</v>
+        <v>897.05397849999997</v>
       </c>
       <c r="C430" s="5">
-        <v>3.2483242299999802</v>
+        <v>3.6037193999999317</v>
       </c>
       <c r="D430" s="5">
-        <v>4.4676177723974586</v>
+        <v>4.9490159108155574</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>891.37680942999998</v>
+        <v>896.70068419999996</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.0946509699999751</v>
+        <v>-0.35329430000001594</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.7772823828645432</v>
+        <v>-0.47158370061434196</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>892.22012533999998</v>
+        <v>897.24716239999998</v>
       </c>
       <c r="C432" s="5">
-        <v>0.84331591000000117</v>
+        <v>0.54647820000002412</v>
       </c>
       <c r="D432" s="5">
-        <v>1.1412250225750098</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.73377482141971928</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>894.64375969000002</v>
+        <v>899.69943120000005</v>
       </c>
       <c r="C433" s="5">
-        <v>2.423634350000043</v>
+        <v>2.4522688000000699</v>
       </c>
       <c r="D433" s="5">
-        <v>3.3088344761599497</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.3294763932695037</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>894.74417716000005</v>
+        <v>899.80941289999998</v>
       </c>
       <c r="C434" s="5">
-        <v>0.10041747000002488</v>
+        <v>0.10998169999993479</v>
       </c>
       <c r="D434" s="5">
-        <v>0.13477474151573077</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.1467899223146274</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>903.27927799999998</v>
+      </c>
+      <c r="C435" s="5">
+        <v>3.4698650999999927</v>
+      </c>
+      <c r="D435" s="5">
+        <v>4.7268842763071195</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>903.08641669999997</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.19286130000000412</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.25591418109389696</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>897.88337469999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-5.2030419999999822</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-6.6987545719987995</v>
+      </c>
+      <c r="E437" s="5">
+        <v>2.2759654161130349</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>