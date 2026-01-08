--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4208029E-1A40-46B7-91B3-8373190921EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2E4F0B8C-91CC-4CD7-AF38-796281EC978E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FF9E5F14-F951-4603-940E-963A681F693C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C32ED47B-A606-4EF9-B86A-953C55F0F489}"/>
   </bookViews>
   <sheets>
     <sheet name="AE236000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Construction of Buildings</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2430834A-1DD6-4A9D-8991-9CA321E06CC7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78DF36C-779E-4771-A42C-177A91FA980F}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-0.6086384399999929</v>
       </c>
       <c r="D431" s="5">
         <v>-3.5088582407355684</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>205.33203078</v>
       </c>
       <c r="C432" s="5">
         <v>1.1605428499999846</v>
       </c>
       <c r="D432" s="5">
         <v>7.0383249044512874</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>204.6361594</v>
+        <v>204.54302376999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.69587137999999982</v>
+        <v>-0.78900701000000595</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.9918530584110212</v>
+        <v>-4.5148943491833959</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>204.47166471</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-7.1359059999991814E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.41784243629616746</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>