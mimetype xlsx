--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2E4F0B8C-91CC-4CD7-AF38-796281EC978E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7DF7DFC7-E1AF-45E3-A33E-BAF0312C330B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C32ED47B-A606-4EF9-B86A-953C55F0F489}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{97CC0CA4-3626-4252-AC8B-9405E67189C8}"/>
   </bookViews>
   <sheets>
     <sheet name="AE236000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Construction of Buildings</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78DF36C-779E-4771-A42C-177A91FA980F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF295AF7-3974-4A45-A5C1-E6BCDA1ABE95}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>102.45415194</v>
+        <v>102.4541519</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>102.01226413000001</v>
+        <v>102.0122641</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.44188780999999722</v>
+        <v>-0.44188780000000349</v>
       </c>
       <c r="D7" s="5">
-        <v>-5.0546091545066503</v>
+        <v>-5.0546090447464938</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>102.69029402</v>
+        <v>102.69029399999999</v>
       </c>
       <c r="C8" s="5">
-        <v>0.67802988999999059</v>
+        <v>0.67802989999999852</v>
       </c>
       <c r="D8" s="5">
-        <v>8.2739865534789292</v>
+        <v>8.2739866825269246</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
         <v>102.1729278</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.51736621999999954</v>
+        <v>-0.51736619999999789</v>
       </c>
       <c r="D9" s="5">
-        <v>-5.8810023972325043</v>
+        <v>-5.8810021772646159</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>105.24080497</v>
+        <v>105.24080499999999</v>
       </c>
       <c r="C10" s="5">
-        <v>3.0678771700000027</v>
+        <v>3.0678771999999981</v>
       </c>
       <c r="D10" s="5">
-        <v>42.619816822764811</v>
+        <v>42.619817310628072</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>103.51640059</v>
+        <v>103.5164006</v>
       </c>
       <c r="C11" s="5">
-        <v>-1.7244043799999957</v>
+        <v>-1.7244043999999974</v>
       </c>
       <c r="D11" s="5">
-        <v>-17.983729771239719</v>
+        <v>-17.98372995671863</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>102.11353224</v>
+        <v>102.11353219999999</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.4028683500000056</v>
+        <v>-1.4028684000000027</v>
       </c>
       <c r="D12" s="5">
-        <v>-15.103528474694572</v>
+        <v>-15.103528972178227</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>102.12122744</v>
+        <v>102.1212274</v>
       </c>
       <c r="C13" s="5">
         <v>7.6952000000005683E-3</v>
       </c>
       <c r="D13" s="5">
-        <v>9.0468600282722633E-2</v>
+        <v>9.0468600318183157E-2</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>101.89574109</v>
+        <v>101.8957411</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.22548634999999706</v>
+        <v>-0.22548630000000003</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.6176896393835358</v>
+        <v>-2.61768906697325</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>100.49352035</v>
+        <v>100.49352039999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.4022207400000042</v>
+        <v>-1.4022207000000009</v>
       </c>
       <c r="D15" s="5">
-        <v>-15.319320618577592</v>
+        <v>-15.319320212714915</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>100.48430691999999</v>
+        <v>100.48430690000001</v>
       </c>
       <c r="C16" s="5">
-        <v>-9.2134300000026315E-3</v>
+        <v>-9.213499999987107E-3</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.10996273807140078</v>
+        <v>-0.10996357304866589</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>100.31339119</v>
+        <v>100.3133912</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.17091572999999016</v>
+        <v>-0.170915700000009</v>
       </c>
       <c r="D17" s="5">
-        <v>-2.0221167605021573</v>
+        <v>-2.0221164092826704</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>101.00670647</v>
+        <v>101.00670650000001</v>
       </c>
       <c r="C18" s="5">
-        <v>0.69331527999999309</v>
+        <v>0.69331530000000896</v>
       </c>
       <c r="D18" s="5">
-        <v>8.616442566090976</v>
+        <v>8.6164428232807353</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>101.16572825</v>
+        <v>101.1657283</v>
       </c>
       <c r="C19" s="5">
-        <v>0.15902178000000333</v>
+        <v>0.15902179999999078</v>
       </c>
       <c r="D19" s="5">
-        <v>1.9056873907382643</v>
+        <v>1.9056876319225591</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>102.39307044</v>
+        <v>102.3930704</v>
       </c>
       <c r="C20" s="5">
-        <v>1.2273421900000017</v>
+        <v>1.2273421000000013</v>
       </c>
       <c r="D20" s="5">
-        <v>15.570195877636772</v>
+        <v>15.570194650433722</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>100.06600887</v>
+        <v>100.0660089</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.3270615699999979</v>
+        <v>-2.3270614999999992</v>
       </c>
       <c r="D21" s="5">
-        <v>-24.108673453812056</v>
+        <v>-24.108672825018907</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>98.641086427000005</v>
+        <v>98.641086430000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-1.4249224429999998</v>
+        <v>-1.4249224699999985</v>
       </c>
       <c r="D22" s="5">
-        <v>-15.811024770093841</v>
+        <v>-15.811025042248694</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>98.973201333999995</v>
+        <v>98.973201329999995</v>
       </c>
       <c r="C23" s="5">
-        <v>0.33211490699999047</v>
+        <v>0.33211489999999344</v>
       </c>
       <c r="D23" s="5">
-        <v>4.1159467201766997</v>
+        <v>4.1159466316845084</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>99.065086598999997</v>
+        <v>99.065086600000001</v>
       </c>
       <c r="C24" s="5">
-        <v>9.1885265000001937E-2</v>
+        <v>9.1885270000005903E-2</v>
       </c>
       <c r="D24" s="5">
-        <v>1.1197685332168028</v>
+        <v>1.1197685945069757</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>98.000850232000005</v>
+        <v>98.000850229999998</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.0642363669999924</v>
+        <v>-1.0642363700000033</v>
       </c>
       <c r="D25" s="5">
-        <v>-12.156295906593328</v>
+        <v>-12.156295938746686</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>98.053441680999995</v>
+        <v>98.053441680000006</v>
       </c>
       <c r="C26" s="5">
-        <v>5.2591448999990575E-2</v>
+        <v>5.2591450000008422E-2</v>
       </c>
       <c r="D26" s="5">
-        <v>0.64587544779124428</v>
+        <v>0.64587546012200292</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
         <v>97.795696230000004</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.25774545099999102</v>
+        <v>-0.2577454500000016</v>
       </c>
       <c r="D27" s="5">
-        <v>-3.1091401181850498</v>
+        <v>-3.1091401063275459</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>98.805069915999994</v>
+        <v>98.805069919999994</v>
       </c>
       <c r="C28" s="5">
-        <v>1.0093736859999893</v>
+        <v>1.0093736899999897</v>
       </c>
       <c r="D28" s="5">
-        <v>13.113344376423196</v>
+        <v>13.113344431374397</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>97.364618371999995</v>
+        <v>97.364618370000002</v>
       </c>
       <c r="C29" s="5">
-        <v>-1.4404515439999983</v>
+        <v>-1.4404515499999917</v>
       </c>
       <c r="D29" s="5">
-        <v>-16.157690350376953</v>
+        <v>-16.157690411774684</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.9395604943858844</v>
+        <v>-2.9395605060553387</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>95.010250368000001</v>
+        <v>95.010250369999994</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.3543680039999941</v>
+        <v>-2.354368000000008</v>
       </c>
       <c r="D30" s="5">
-        <v>-25.452761695552407</v>
+        <v>-25.452761658345946</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>93.692655064999997</v>
+        <v>93.692655070000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-1.3175953030000045</v>
+        <v>-1.3175952999999936</v>
       </c>
       <c r="D31" s="5">
-        <v>-15.429090004167678</v>
+        <v>-15.4290899713721</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>93.791697674000005</v>
+        <v>93.791697670000005</v>
       </c>
       <c r="C32" s="5">
-        <v>9.9042609000008497E-2</v>
+        <v>9.90426000000042E-2</v>
       </c>
       <c r="D32" s="5">
-        <v>1.2759226274194013</v>
+        <v>1.2759225107329852</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
         <v>96.673715659999999</v>
       </c>
       <c r="C33" s="5">
-        <v>2.8820179859999939</v>
+        <v>2.8820179899999943</v>
       </c>
       <c r="D33" s="5">
-        <v>43.789829977401638</v>
+        <v>43.789830050989288</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>97.798738297</v>
+        <v>97.798738299999997</v>
       </c>
       <c r="C34" s="5">
-        <v>1.1250226370000007</v>
+        <v>1.1250226399999974</v>
       </c>
       <c r="D34" s="5">
-        <v>14.894196219630418</v>
+        <v>14.894196261923099</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>96.229557348</v>
+        <v>96.229557349999993</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.5691809489999997</v>
+        <v>-1.5691809500000033</v>
       </c>
       <c r="D35" s="5">
-        <v>-17.642561062743045</v>
+        <v>-17.642561072518802</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>95.617572558999996</v>
+        <v>95.617572559999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.61198478900000453</v>
+        <v>-0.61198478999999395</v>
       </c>
       <c r="D36" s="5">
-        <v>-7.3702030249071964</v>
+        <v>-7.370203036384293</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>96.515715768000007</v>
+        <v>96.51571577</v>
       </c>
       <c r="C37" s="5">
-        <v>0.89814320900001121</v>
+        <v>0.89814321000000064</v>
       </c>
       <c r="D37" s="5">
-        <v>11.872633228272299</v>
+        <v>11.872633242050789</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>95.701406242000004</v>
+        <v>95.701406239999997</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.81430952600000239</v>
+        <v>-0.81430953000000272</v>
       </c>
       <c r="D38" s="5">
-        <v>-9.6676303503001275</v>
+        <v>-9.6676303954161149</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
         <v>97.393572699999993</v>
       </c>
       <c r="C39" s="5">
-        <v>1.6921664579999884</v>
+        <v>1.6921664599999957</v>
       </c>
       <c r="D39" s="5">
-        <v>23.408120011509226</v>
+        <v>23.408120042457892</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>97.773002168000005</v>
+        <v>97.773002169999998</v>
       </c>
       <c r="C40" s="5">
-        <v>0.37942946800001209</v>
+        <v>0.37942947000000515</v>
       </c>
       <c r="D40" s="5">
-        <v>4.7764883137794589</v>
+        <v>4.7764883394984414</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>96.913581980999993</v>
+        <v>96.913581980000004</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.85942018700001199</v>
+        <v>-0.85942018999999448</v>
       </c>
       <c r="D41" s="5">
-        <v>-10.052656741790855</v>
+        <v>-10.052656775007074</v>
       </c>
       <c r="E41" s="5">
-        <v>-0.46324465554492544</v>
+        <v>-0.46324465452737273</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>96.898952582000007</v>
+        <v>96.89895258</v>
       </c>
       <c r="C42" s="5">
-        <v>-1.4629398999986165E-2</v>
+        <v>-1.4629400000004011E-2</v>
       </c>
       <c r="D42" s="5">
-        <v>-0.18099332053106432</v>
+        <v>-0.18099333289487429</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>97.760866895000007</v>
+        <v>97.760866899999996</v>
       </c>
       <c r="C43" s="5">
-        <v>0.86191431299999977</v>
+        <v>0.86191431999999679</v>
       </c>
       <c r="D43" s="5">
-        <v>11.21197076090148</v>
+        <v>11.211970856702113</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>98.972574602999998</v>
+        <v>98.972574600000002</v>
       </c>
       <c r="C44" s="5">
-        <v>1.2117077079999916</v>
+        <v>1.2117077000000052</v>
       </c>
       <c r="D44" s="5">
-        <v>15.930547216592682</v>
+        <v>15.930547103273263</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>99.885857591999994</v>
+        <v>99.885857590000001</v>
       </c>
       <c r="C45" s="5">
-        <v>0.91328298899999538</v>
+        <v>0.91328298999999902</v>
       </c>
       <c r="D45" s="5">
-        <v>11.652799884595133</v>
+        <v>11.652799898380062</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>101.14237119000001</v>
+        <v>101.1423712</v>
       </c>
       <c r="C46" s="5">
-        <v>1.2565135980000122</v>
+        <v>1.2565136099999989</v>
       </c>
       <c r="D46" s="5">
-        <v>16.18486033771509</v>
+        <v>16.184860503478159</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>100.94233795</v>
+        <v>100.94233800000001</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.20003324000001044</v>
+        <v>-0.20003319999999292</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.3476409775014084</v>
+        <v>-2.3476405129161049</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>100.64137528000001</v>
+        <v>100.64137530000001</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.30096266999998988</v>
+        <v>-0.30096269999999947</v>
       </c>
       <c r="D48" s="5">
-        <v>-3.5197450668778663</v>
+        <v>-3.5197454102785075</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>101.41333410999999</v>
+        <v>101.4133341</v>
       </c>
       <c r="C49" s="5">
-        <v>0.77195882999998844</v>
+        <v>0.77195879999999306</v>
       </c>
       <c r="D49" s="5">
-        <v>9.6028829991893652</v>
+        <v>9.60288260812845</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>101.06089924</v>
+        <v>101.06089919999999</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.35243486999999618</v>
+        <v>-0.35243490000000577</v>
       </c>
       <c r="D50" s="5">
-        <v>-4.0914848883553674</v>
+        <v>-4.0914852303973959</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>100.90869451</v>
+        <v>100.9086945</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.15220472999999402</v>
+        <v>-0.15220469999999864</v>
       </c>
       <c r="D51" s="5">
-        <v>-1.7923877883851524</v>
+        <v>-1.7923874387250849</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>100.71229803999999</v>
+        <v>100.712298</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.19639647000001048</v>
+        <v>-0.19639649999999165</v>
       </c>
       <c r="D52" s="5">
-        <v>-2.3106954388700363</v>
+        <v>-2.3106957882905399</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>102.59010073</v>
+        <v>102.59010069999999</v>
       </c>
       <c r="C53" s="5">
-        <v>1.87780269000001</v>
+        <v>1.8778026999999895</v>
       </c>
       <c r="D53" s="5">
-        <v>24.817478740970621</v>
+        <v>24.817478897858347</v>
       </c>
       <c r="E53" s="5">
-        <v>5.8572994960736313</v>
+        <v>5.8572994662104749</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>102.62488182</v>
+        <v>102.6248818</v>
       </c>
       <c r="C54" s="5">
-        <v>3.4781089999995629E-2</v>
+        <v>3.4781100000003562E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>0.40759509686441042</v>
+        <v>0.40759521439135415</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>101.67414956</v>
+        <v>101.67414960000001</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.95073225999999522</v>
+        <v>-0.95073219999999026</v>
       </c>
       <c r="D55" s="5">
-        <v>-10.56767078807882</v>
+        <v>-10.567670156724173</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>101.65539268000001</v>
+        <v>101.65539269999999</v>
       </c>
       <c r="C56" s="5">
-        <v>-1.8756879999997977E-2</v>
+        <v>-1.8756900000013843E-2</v>
       </c>
       <c r="D56" s="5">
-        <v>-0.22115190850692246</v>
+        <v>-0.22115214398991112</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>102.23906366</v>
+        <v>102.2390637</v>
       </c>
       <c r="C57" s="5">
-        <v>0.58367097999999373</v>
+        <v>0.5836710000000096</v>
       </c>
       <c r="D57" s="5">
-        <v>7.1117939767585847</v>
+        <v>7.111794226753676</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>101.46709925</v>
+        <v>101.4670993</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.77196440999999538</v>
+        <v>-0.77196440000000166</v>
       </c>
       <c r="D58" s="5">
-        <v>-8.6937349814602101</v>
+        <v>-8.6937348702155646</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>101.63193277000001</v>
+        <v>101.6319328</v>
       </c>
       <c r="C59" s="5">
-        <v>0.16483352000000195</v>
+        <v>0.1648335000000003</v>
       </c>
       <c r="D59" s="5">
-        <v>1.9669146783256819</v>
+        <v>1.9669144365566549</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>103.09564012</v>
+        <v>103.0956401</v>
       </c>
       <c r="C60" s="5">
-        <v>1.4637073499999929</v>
+        <v>1.4637072999999958</v>
       </c>
       <c r="D60" s="5">
-        <v>18.719313496718073</v>
+        <v>18.719312799820621</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>103.11612433000001</v>
+        <v>103.1161243</v>
       </c>
       <c r="C61" s="5">
-        <v>2.0484210000006442E-2</v>
+        <v>2.0484199999998509E-2</v>
       </c>
       <c r="D61" s="5">
-        <v>0.23869032677830138</v>
+        <v>0.238690210173087</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
         <v>105.5100597</v>
       </c>
       <c r="C62" s="5">
-        <v>2.3939353699999941</v>
+        <v>2.3939354000000037</v>
       </c>
       <c r="D62" s="5">
-        <v>31.706572361264197</v>
+        <v>31.706572821079604</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>106.34173317</v>
+        <v>106.34173319999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.83167346999999836</v>
+        <v>0.83167349999999374</v>
       </c>
       <c r="D63" s="5">
-        <v>9.8799328576546053</v>
+        <v>9.8799332296324103</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>106.33171575</v>
+        <v>106.3317158</v>
       </c>
       <c r="C64" s="5">
-        <v>-1.0017419999996946E-2</v>
+        <v>-1.0017399999995291E-2</v>
       </c>
       <c r="D64" s="5">
-        <v>-0.11298177628680239</v>
+        <v>-0.11298155080127215</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>106.55234855</v>
+        <v>106.5523486</v>
       </c>
       <c r="C65" s="5">
         <v>0.22063280000000418</v>
       </c>
       <c r="D65" s="5">
-        <v>2.5185509785086824</v>
+        <v>2.518550977310885</v>
       </c>
       <c r="E65" s="5">
-        <v>3.8622126226661724</v>
+        <v>3.8622127017758245</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>108.68739196</v>
+        <v>108.687392</v>
       </c>
       <c r="C66" s="5">
-        <v>2.1350434099999944</v>
+        <v>2.1350434000000007</v>
       </c>
       <c r="D66" s="5">
-        <v>26.880152784589061</v>
+        <v>26.880152630467901</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>109.23639014</v>
+        <v>109.23639009999999</v>
       </c>
       <c r="C67" s="5">
-        <v>0.54899817999999811</v>
+        <v>0.5489980999999915</v>
       </c>
       <c r="D67" s="5">
-        <v>6.2326626239784133</v>
+        <v>6.2326616880182151</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>110.34257891999999</v>
+        <v>110.34257890000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.1061887799999965</v>
+        <v>1.1061888000000124</v>
       </c>
       <c r="D68" s="5">
-        <v>12.852057651551373</v>
+        <v>12.852057901981141</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>107.79978821</v>
+        <v>107.79978819999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-2.5427907099999913</v>
+        <v>-2.5427907000000118</v>
       </c>
       <c r="D69" s="5">
-        <v>-24.404258585105776</v>
+        <v>-24.404258504833155</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>109.15809357000001</v>
+        <v>109.1580936</v>
       </c>
       <c r="C70" s="5">
-        <v>1.3583053600000028</v>
+        <v>1.3583054000000061</v>
       </c>
       <c r="D70" s="5">
-        <v>16.213455514016118</v>
+        <v>16.213456026650409</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>109.27340536</v>
+        <v>109.2734054</v>
       </c>
       <c r="C71" s="5">
-        <v>0.1153117899999927</v>
+        <v>0.11531180000000063</v>
       </c>
       <c r="D71" s="5">
-        <v>1.2750401087967544</v>
+        <v>1.2750402196609611</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>111.20078655</v>
+        <v>111.2007866</v>
       </c>
       <c r="C72" s="5">
-        <v>1.9273811900000055</v>
+        <v>1.9273811999999992</v>
       </c>
       <c r="D72" s="5">
-        <v>23.344724579548348</v>
+        <v>23.344724703262031</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>111.34968961</v>
+        <v>111.3496896</v>
       </c>
       <c r="C73" s="5">
-        <v>0.14890305999999498</v>
+        <v>0.14890300000000423</v>
       </c>
       <c r="D73" s="5">
-        <v>1.6187432752977848</v>
+        <v>1.6187426174860464</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>112.68841328000001</v>
+        <v>112.68841329999999</v>
       </c>
       <c r="C74" s="5">
-        <v>1.3387236700000074</v>
+        <v>1.3387236999999885</v>
       </c>
       <c r="D74" s="5">
-        <v>15.42052263729774</v>
+        <v>15.420523007503517</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>112.76677433</v>
+        <v>112.76677429999999</v>
       </c>
       <c r="C75" s="5">
-        <v>7.8361049999998045E-2</v>
+        <v>7.8361000000001013E-2</v>
       </c>
       <c r="D75" s="5">
-        <v>0.83765251309855238</v>
+        <v>0.83765197642078348</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>112.90758661</v>
+        <v>112.9075866</v>
       </c>
       <c r="C76" s="5">
-        <v>0.14081227999999157</v>
+        <v>0.14081230000000744</v>
       </c>
       <c r="D76" s="5">
-        <v>1.5087784279302685</v>
+        <v>1.5087786441047468</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>114.21331843</v>
+        <v>114.21331840000001</v>
       </c>
       <c r="C77" s="5">
-        <v>1.3057318200000054</v>
+        <v>1.3057318000000038</v>
       </c>
       <c r="D77" s="5">
-        <v>14.795141060966866</v>
+        <v>14.795140821139064</v>
       </c>
       <c r="E77" s="5">
-        <v>7.1898648732318327</v>
+        <v>7.1898647947775007</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>114.75365487000001</v>
+        <v>114.7536549</v>
       </c>
       <c r="C78" s="5">
-        <v>0.54033644000000436</v>
+        <v>0.54033649999999511</v>
       </c>
       <c r="D78" s="5">
-        <v>5.8272032553549957</v>
+        <v>5.8272039209183557</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>115.10899959</v>
+        <v>115.1089996</v>
       </c>
       <c r="C79" s="5">
-        <v>0.35534471999999084</v>
+        <v>0.3553447000000034</v>
       </c>
       <c r="D79" s="5">
-        <v>3.7798491079434449</v>
+        <v>3.7798488905597116</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>117.04604272</v>
+        <v>117.0460427</v>
       </c>
       <c r="C80" s="5">
-        <v>1.9370431300000064</v>
+        <v>1.9370430999999968</v>
       </c>
       <c r="D80" s="5">
-        <v>22.171376087091122</v>
+        <v>22.17137570921912</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>117.25439006000001</v>
+        <v>117.25439009999999</v>
       </c>
       <c r="C81" s="5">
-        <v>0.2083473400000031</v>
+        <v>0.20834739999999385</v>
       </c>
       <c r="D81" s="5">
-        <v>2.1570923017135701</v>
+        <v>2.157092929380755</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>119.39320179000001</v>
+        <v>119.3932018</v>
       </c>
       <c r="C82" s="5">
-        <v>2.1388117300000005</v>
+        <v>2.1388117000000051</v>
       </c>
       <c r="D82" s="5">
-        <v>24.224095812126436</v>
+        <v>24.224095428450589</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>119.57652138</v>
+        <v>119.5765214</v>
       </c>
       <c r="C83" s="5">
-        <v>0.18331958999999642</v>
+        <v>0.18331960000000436</v>
       </c>
       <c r="D83" s="5">
-        <v>1.8581525034079283</v>
+        <v>1.8581526054697983</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>119.99713063</v>
+        <v>119.99713060000001</v>
       </c>
       <c r="C84" s="5">
-        <v>0.42060924999999827</v>
+        <v>0.42060920000000124</v>
       </c>
       <c r="D84" s="5">
-        <v>4.3036134707052476</v>
+        <v>4.3036129484409269</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>119.87031819000001</v>
+        <v>119.8703182</v>
       </c>
       <c r="C85" s="5">
-        <v>-0.12681243999999481</v>
+        <v>-0.12681240000000571</v>
       </c>
       <c r="D85" s="5">
-        <v>-1.2608096353346032</v>
+        <v>-1.2608092402640381</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>119.84303841000001</v>
+        <v>119.8430384</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.7279780000000642E-2</v>
+        <v>-2.7279800000002297E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.27275136187538962</v>
+        <v>-0.27275156156839619</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>122.91720728999999</v>
+        <v>122.9172073</v>
       </c>
       <c r="C87" s="5">
-        <v>3.0741688799999878</v>
+        <v>3.0741689000000036</v>
       </c>
       <c r="D87" s="5">
-        <v>35.518466229278765</v>
+        <v>35.518466497277387</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>122.40155471</v>
+        <v>122.40155470000001</v>
       </c>
       <c r="C88" s="5">
-        <v>-0.51565257999999403</v>
+        <v>-0.51565259999999569</v>
       </c>
       <c r="D88" s="5">
-        <v>-4.9196007770168748</v>
+        <v>-4.9196009630556699</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>118.81376793</v>
+        <v>118.8137679</v>
       </c>
       <c r="C89" s="5">
-        <v>-3.5877867800000018</v>
+        <v>-3.5877868000000035</v>
       </c>
       <c r="D89" s="5">
-        <v>-30.022565483292063</v>
+        <v>-30.022565626715814</v>
       </c>
       <c r="E89" s="5">
-        <v>4.0279448695114795</v>
+        <v>4.0279448705694776</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>122.04063377</v>
+        <v>122.04063379999999</v>
       </c>
       <c r="C90" s="5">
-        <v>3.2268658400000021</v>
+        <v>3.2268658999999928</v>
       </c>
       <c r="D90" s="5">
-        <v>37.927932301044635</v>
+        <v>37.927933125824474</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>122.73880758</v>
+        <v>122.7388076</v>
       </c>
       <c r="C91" s="5">
-        <v>0.69817381000000012</v>
+        <v>0.69817380000000639</v>
       </c>
       <c r="D91" s="5">
-        <v>7.0851736515416208</v>
+        <v>7.0851735450493836</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>121.70125987</v>
+        <v>121.7012599</v>
       </c>
       <c r="C92" s="5">
-        <v>-1.0375477099999983</v>
+        <v>-1.0375477000000046</v>
       </c>
       <c r="D92" s="5">
-        <v>-9.6853730073085398</v>
+        <v>-9.6853729167508344</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>122.32614166</v>
+        <v>122.32614169999999</v>
       </c>
       <c r="C93" s="5">
-        <v>0.62488179000000343</v>
+        <v>0.62488179999999716</v>
       </c>
       <c r="D93" s="5">
-        <v>6.3384786228916523</v>
+        <v>6.3384787256010267</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>124.08900637000001</v>
+        <v>124.0890064</v>
       </c>
       <c r="C94" s="5">
-        <v>1.7628647100000023</v>
+        <v>1.7628647000000086</v>
       </c>
       <c r="D94" s="5">
-        <v>18.732155409283124</v>
+        <v>18.732155287844687</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>124.83532619</v>
+        <v>124.8353262</v>
       </c>
       <c r="C95" s="5">
-        <v>0.74631981999999653</v>
+        <v>0.74631979999999487</v>
       </c>
       <c r="D95" s="5">
-        <v>7.4608621809922226</v>
+        <v>7.4608619725312186</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>125.29175057</v>
+        <v>125.2917506</v>
       </c>
       <c r="C96" s="5">
-        <v>0.45642438000000141</v>
+        <v>0.45642440000000306</v>
       </c>
       <c r="D96" s="5">
-        <v>4.4767662380142959</v>
+        <v>4.4767664377768801</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>126.94408424</v>
+        <v>126.94408420000001</v>
       </c>
       <c r="C97" s="5">
-        <v>1.6523336699999902</v>
+        <v>1.6523336000000057</v>
       </c>
       <c r="D97" s="5">
-        <v>17.025330751151092</v>
+        <v>17.025329972407732</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>127.25457426</v>
+        <v>127.2545743</v>
       </c>
       <c r="C98" s="5">
-        <v>0.31049002000000314</v>
+        <v>0.31049009999999555</v>
       </c>
       <c r="D98" s="5">
-        <v>2.974863280657436</v>
+        <v>2.9748640584430497</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>130.63665653000001</v>
+        <v>130.63665649999999</v>
       </c>
       <c r="C99" s="5">
-        <v>3.3820822700000122</v>
+        <v>3.3820821999999851</v>
       </c>
       <c r="D99" s="5">
-        <v>36.993465573254227</v>
+        <v>36.993464679001221</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>129.47314807000001</v>
+        <v>129.4731481</v>
       </c>
       <c r="C100" s="5">
-        <v>-1.1635084600000027</v>
+        <v>-1.1635083999999836</v>
       </c>
       <c r="D100" s="5">
-        <v>-10.179428716062944</v>
+        <v>-10.179428218795028</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>128.71300471000001</v>
+        <v>128.7130047</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.76014336000000071</v>
+        <v>-0.76014340000000402</v>
       </c>
       <c r="D101" s="5">
-        <v>-6.8221572788227274</v>
+        <v>-6.8221576247739391</v>
       </c>
       <c r="E101" s="5">
-        <v>8.33172531472297</v>
+        <v>8.3317253336597563</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>129.01881921</v>
+        <v>129.0188192</v>
       </c>
       <c r="C102" s="5">
         <v>0.30581449999999677</v>
       </c>
       <c r="D102" s="5">
-        <v>2.8886834387088944</v>
+        <v>2.8886834389364457</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>130.23062583000001</v>
+        <v>130.23062580000001</v>
       </c>
       <c r="C103" s="5">
-        <v>1.2118066200000044</v>
+        <v>1.2118066000000169</v>
       </c>
       <c r="D103" s="5">
-        <v>11.871838799899304</v>
+        <v>11.871838594700645</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
         <v>129.6940391</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.53658673000001045</v>
+        <v>-0.53658670000001507</v>
       </c>
       <c r="D104" s="5">
-        <v>-4.8338151986672573</v>
+        <v>-4.8338149355968696</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>131.00363354000001</v>
+        <v>131.00363350000001</v>
       </c>
       <c r="C105" s="5">
-        <v>1.3095944400000121</v>
+        <v>1.3095944000000088</v>
       </c>
       <c r="D105" s="5">
-        <v>12.813197303012846</v>
+        <v>12.81319688966267</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>130.65068789</v>
+        <v>130.65068790000001</v>
       </c>
       <c r="C106" s="5">
-        <v>-0.35294565000000944</v>
+        <v>-0.35294559999999819</v>
       </c>
       <c r="D106" s="5">
-        <v>-3.185521546856096</v>
+        <v>-3.185521103203659</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
         <v>130.67956290000001</v>
       </c>
       <c r="C107" s="5">
-        <v>2.8875010000007251E-2</v>
+        <v>2.8874999999999318E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>0.26553371020237027</v>
+        <v>0.26553361811041398</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>135.09210372000001</v>
+        <v>135.0921037</v>
       </c>
       <c r="C108" s="5">
-        <v>4.4125408200000038</v>
+        <v>4.4125407999999879</v>
       </c>
       <c r="D108" s="5">
-        <v>48.95925766693059</v>
+        <v>48.959257402294455</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>135.50241402</v>
+        <v>135.50241399999999</v>
       </c>
       <c r="C109" s="5">
         <v>0.41031029999999191</v>
       </c>
       <c r="D109" s="5">
-        <v>3.7062214979359576</v>
+        <v>3.7062214984938224</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>135.81708746999999</v>
+        <v>135.81708750000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.31467344999998659</v>
+        <v>0.31467350000002625</v>
       </c>
       <c r="D110" s="5">
-        <v>2.8225967132829322</v>
+        <v>2.822597167945462</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
         <v>136.08666550000001</v>
       </c>
       <c r="C111" s="5">
-        <v>0.26957803000001945</v>
+        <v>0.26957799999999565</v>
       </c>
       <c r="D111" s="5">
-        <v>2.4080077564873958</v>
+        <v>2.4080074850421518</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>136.07120448000001</v>
+        <v>136.07120449999999</v>
       </c>
       <c r="C112" s="5">
-        <v>-1.54610200000036E-2</v>
+        <v>-1.5461000000016156E-2</v>
       </c>
       <c r="D112" s="5">
-        <v>-0.1362487286023617</v>
+        <v>-0.13624855246451295</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>137.61826855000001</v>
+        <v>137.61826859999999</v>
       </c>
       <c r="C113" s="5">
-        <v>1.5470640700000047</v>
+        <v>1.5470641000000001</v>
       </c>
       <c r="D113" s="5">
-        <v>14.529753002799929</v>
+        <v>14.529753300130999</v>
       </c>
       <c r="E113" s="5">
-        <v>6.9186978115103548</v>
+        <v>6.9186978586632142</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>135.78590856</v>
+        <v>135.7859086</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.8323599900000147</v>
+        <v>-1.8323599999999942</v>
       </c>
       <c r="D114" s="5">
-        <v>-14.858096144918608</v>
+        <v>-14.858096215152772</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>136.06390128000001</v>
+        <v>136.0639013</v>
       </c>
       <c r="C115" s="5">
-        <v>0.27799272000001451</v>
+        <v>0.27799269999999865</v>
       </c>
       <c r="D115" s="5">
-        <v>2.4845971398995026</v>
+        <v>2.4845969583889183</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>136.28788671000001</v>
+        <v>136.2878867</v>
       </c>
       <c r="C116" s="5">
-        <v>0.22398542999999904</v>
+        <v>0.22398540000000366</v>
       </c>
       <c r="D116" s="5">
-        <v>1.9933977207977183</v>
+        <v>1.9933974510899066</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
         <v>136.41933890000001</v>
       </c>
       <c r="C117" s="5">
-        <v>0.13145219000000452</v>
+        <v>0.13145220000001245</v>
       </c>
       <c r="D117" s="5">
-        <v>1.163581953701387</v>
+        <v>1.1635820427747356</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>135.98186604</v>
+        <v>135.981866</v>
       </c>
       <c r="C118" s="5">
-        <v>-0.43747286000001395</v>
+        <v>-0.43747290000001726</v>
       </c>
       <c r="D118" s="5">
-        <v>-3.7810369807029454</v>
+        <v>-3.7810373203445824</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>136.21927081000001</v>
+        <v>136.2192708</v>
       </c>
       <c r="C119" s="5">
-        <v>0.23740477000001192</v>
+        <v>0.2374048000000073</v>
       </c>
       <c r="D119" s="5">
-        <v>2.1152617382155903</v>
+        <v>2.1152620087136809</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>135.93012777000001</v>
+        <v>135.93012780000001</v>
       </c>
       <c r="C120" s="5">
-        <v>-0.28914303999999902</v>
+        <v>-0.28914299999999571</v>
       </c>
       <c r="D120" s="5">
-        <v>-2.51762810561591</v>
+        <v>-2.5176277615663323</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>136.20556422000001</v>
+        <v>136.2055642</v>
       </c>
       <c r="C121" s="5">
-        <v>0.27543645000000083</v>
+        <v>0.27543639999998959</v>
       </c>
       <c r="D121" s="5">
-        <v>2.4588538792269743</v>
+        <v>2.4588534273358942</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>137.23220129000001</v>
+        <v>137.23220130000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.0266370699999925</v>
+        <v>1.0266371000000163</v>
       </c>
       <c r="D122" s="5">
-        <v>9.429436298725058</v>
+        <v>9.429436587233031</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>138.00748987</v>
+        <v>138.0074899</v>
       </c>
       <c r="C123" s="5">
-        <v>0.77528857999999445</v>
+        <v>0.7752885999999819</v>
       </c>
       <c r="D123" s="5">
-        <v>6.9940248999825094</v>
+        <v>6.9940250855232922</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>138.76947985999999</v>
+        <v>138.76947989999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.76198998999998935</v>
+        <v>0.76198999999999728</v>
       </c>
       <c r="D124" s="5">
-        <v>6.8305940498492257</v>
+        <v>6.8305941407001525</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>139.65781403</v>
+        <v>139.657814</v>
       </c>
       <c r="C125" s="5">
-        <v>0.88833417000000736</v>
+        <v>0.88833410000000868</v>
       </c>
       <c r="D125" s="5">
-        <v>7.9581304152589238</v>
+        <v>7.9581297635479276</v>
       </c>
       <c r="E125" s="5">
-        <v>1.4820310569878758</v>
+        <v>1.4820309983176294</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>141.20495144</v>
+        <v>141.2049514</v>
       </c>
       <c r="C126" s="5">
-        <v>1.5471374100000048</v>
+        <v>1.5471373999999969</v>
       </c>
       <c r="D126" s="5">
-        <v>14.134312994786713</v>
+        <v>14.134312901015566</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
         <v>141.8709605</v>
       </c>
       <c r="C127" s="5">
-        <v>0.66600905999999327</v>
+        <v>0.66600909999999658</v>
       </c>
       <c r="D127" s="5">
-        <v>5.8090947440380347</v>
+        <v>5.8090951037164551</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>142.19370314</v>
+        <v>142.19370309999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.3227426400000013</v>
+        <v>0.32274259999999799</v>
       </c>
       <c r="D128" s="5">
-        <v>2.7642998577574573</v>
+        <v>2.7642995108582369</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>141.65504100999999</v>
+        <v>141.65504100000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.53866213000000585</v>
+        <v>-0.53866209999998205</v>
       </c>
       <c r="D129" s="5">
-        <v>-4.4523447310104487</v>
+        <v>-4.4523444894133846</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>142.11855405</v>
+        <v>142.11855410000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.46351304000000937</v>
+        <v>0.46351310000000012</v>
       </c>
       <c r="D130" s="5">
-        <v>3.9979916873663868</v>
+        <v>3.9979922145273905</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>142.97152862999999</v>
+        <v>142.9715286</v>
       </c>
       <c r="C131" s="5">
-        <v>0.85297457999999438</v>
+        <v>0.85297449999998776</v>
       </c>
       <c r="D131" s="5">
-        <v>7.4447908253291395</v>
+        <v>7.4447901011716278</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
         <v>143.5533317</v>
       </c>
       <c r="C132" s="5">
-        <v>0.58180307000000653</v>
+        <v>0.5818031000000019</v>
       </c>
       <c r="D132" s="5">
-        <v>4.9940260955139593</v>
+        <v>4.9940263598869938</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>142.79124881000001</v>
+        <v>142.79124880000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.76208288999998786</v>
+        <v>-0.76208289999999579</v>
       </c>
       <c r="D133" s="5">
-        <v>-6.1876997060994698</v>
+        <v>-6.187699784938272</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>142.51515395999999</v>
+        <v>142.515154</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.2760948500000211</v>
+        <v>-0.27609480000000985</v>
       </c>
       <c r="D134" s="5">
-        <v>-2.295750316280043</v>
+        <v>-2.2957499050965224</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>141.90294402999999</v>
+        <v>141.90294399999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.6122099300000059</v>
+        <v>-0.61221000000000458</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.0348380155444854</v>
+        <v>-5.0348385763145824</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>142.39774194</v>
+        <v>142.3977419</v>
       </c>
       <c r="C136" s="5">
-        <v>0.49479791000001683</v>
+        <v>0.49479790000000889</v>
       </c>
       <c r="D136" s="5">
-        <v>4.2654355192298876</v>
+        <v>4.2654354322834598</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>142.67109858000001</v>
+        <v>142.67109859999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.27335664000000293</v>
+        <v>0.27335669999999368</v>
       </c>
       <c r="D137" s="5">
-        <v>2.3280818984015239</v>
+        <v>2.3280824154682689</v>
       </c>
       <c r="E137" s="5">
-        <v>2.1576197300014366</v>
+        <v>2.1576197662667163</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>146.66951225</v>
+        <v>146.66951230000001</v>
       </c>
       <c r="C138" s="5">
-        <v>3.9984136699999908</v>
+        <v>3.9984137000000146</v>
       </c>
       <c r="D138" s="5">
-        <v>39.330472058884091</v>
+        <v>39.330472394480886</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>149.26676276000001</v>
+        <v>149.26676280000001</v>
       </c>
       <c r="C139" s="5">
-        <v>2.5972505100000092</v>
+        <v>2.5972505000000012</v>
       </c>
       <c r="D139" s="5">
-        <v>23.446618042352508</v>
+        <v>23.446617934323012</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>148.54365522000001</v>
+        <v>148.54365519999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-0.72310754000000088</v>
+        <v>-0.72310760000002006</v>
       </c>
       <c r="D140" s="5">
-        <v>-5.6608611339150521</v>
+        <v>-5.6608615897059789</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>148.23190471000001</v>
+        <v>148.2319047</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.31175050999999598</v>
+        <v>-0.31175049999998805</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.4895877519832688</v>
+        <v>-2.4895876733757927</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>147.77407208</v>
+        <v>147.77407210000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.45783263000001284</v>
+        <v>-0.45783259999998904</v>
       </c>
       <c r="D142" s="5">
-        <v>-3.6440312727325397</v>
+        <v>-3.6440310382364172</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>145.52459958</v>
+        <v>145.52459959999999</v>
       </c>
       <c r="C143" s="5">
-        <v>-2.249472499999996</v>
+        <v>-2.2494725000000244</v>
       </c>
       <c r="D143" s="5">
-        <v>-16.812501659854217</v>
+        <v>-16.81250165776602</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>146.07844238999999</v>
+        <v>146.0784424</v>
       </c>
       <c r="C144" s="5">
-        <v>0.55384280999999191</v>
+        <v>0.5538428000000124</v>
       </c>
       <c r="D144" s="5">
-        <v>4.6638237917081549</v>
+        <v>4.6638237050748543</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>146.48001067000001</v>
+        <v>146.48001070000001</v>
       </c>
       <c r="C145" s="5">
-        <v>0.40156828000002065</v>
+        <v>0.40156830000000809</v>
       </c>
       <c r="D145" s="5">
-        <v>3.3491245794772917</v>
+        <v>3.3491247485768927</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>145.93023934000001</v>
+        <v>145.93023930000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.54977132999999867</v>
+        <v>-0.54977139999999736</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.4120424724959806</v>
+        <v>-4.4120430218319679</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>145.88492689</v>
+        <v>145.88492690000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-4.5312450000011495E-2</v>
+        <v>-4.5312400000000252E-2</v>
       </c>
       <c r="D147" s="5">
-        <v>-0.37197345260314707</v>
+        <v>-0.37197304295163436</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>146.82650630000001</v>
       </c>
       <c r="C148" s="5">
-        <v>0.94157941000000278</v>
+        <v>0.94157939999999485</v>
       </c>
       <c r="D148" s="5">
-        <v>8.0260546372281194</v>
+        <v>8.0260545483694212</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>145.84181573999999</v>
+        <v>145.84181570000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.98469056000001842</v>
+        <v>-0.98469059999999331</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.7574771942102938</v>
+        <v>-7.7574774978021122</v>
       </c>
       <c r="E149" s="5">
-        <v>2.2223962607409664</v>
+        <v>2.2223962183746782</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>144.97735297</v>
+        <v>144.97735299999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.86446276999998872</v>
+        <v>-0.86446270000001846</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.8855161203296822</v>
+        <v>-6.8855155826510694</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>146.04589589</v>
+        <v>146.0458959</v>
       </c>
       <c r="C151" s="5">
-        <v>1.0685429199999987</v>
+        <v>1.0685429000000113</v>
       </c>
       <c r="D151" s="5">
-        <v>9.2119831315242493</v>
+        <v>9.2119829500699311</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>146.46946235999999</v>
+        <v>146.4694624</v>
       </c>
       <c r="C152" s="5">
-        <v>0.42356646999999725</v>
+        <v>0.42356649999999263</v>
       </c>
       <c r="D152" s="5">
-        <v>3.5363291542792608</v>
+        <v>3.5363294085100305</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>146.94469058999999</v>
+        <v>146.9446906</v>
       </c>
       <c r="C153" s="5">
-        <v>0.47522822999999903</v>
+        <v>0.47522820000000365</v>
       </c>
       <c r="D153" s="5">
-        <v>3.9637020788046318</v>
+        <v>3.9637018230018528</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>147.10188672999999</v>
+        <v>147.10188669999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.15719613999999638</v>
+        <v>0.15719609999999307</v>
       </c>
       <c r="D154" s="5">
-        <v>1.2912968052884111</v>
+        <v>1.2912964746818689</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>146.64389807000001</v>
+        <v>146.6438981</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.45798865999998384</v>
+        <v>-0.45798859999999308</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.6727767703995551</v>
+        <v>-3.6727762981833334</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>146.96731427</v>
+        <v>146.9673143</v>
       </c>
       <c r="C156" s="5">
         <v>0.32341619999999693</v>
       </c>
       <c r="D156" s="5">
-        <v>2.678883119839548</v>
+        <v>2.6788831192848361</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>147.03252233000001</v>
+        <v>147.03252230000001</v>
       </c>
       <c r="C157" s="5">
-        <v>6.5208060000003343E-2</v>
+        <v>6.5208000000012589E-2</v>
       </c>
       <c r="D157" s="5">
-        <v>0.53373029068282118</v>
+        <v>0.53372979827233102</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>146.95980595</v>
+        <v>146.95980599999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-7.27163800000028E-2</v>
+        <v>-7.2716300000024603E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.59186017014759562</v>
+        <v>-0.59185952089458871</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>146.73063852999999</v>
+        <v>146.7306385</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.22916742000001022</v>
+        <v>-0.22916749999998842</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.8553000693555144</v>
+        <v>-1.8553007108511488</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>146.42117923000001</v>
+        <v>146.42117920000001</v>
       </c>
       <c r="C160" s="5">
         <v>-0.30945929999998611</v>
       </c>
       <c r="D160" s="5">
-        <v>-2.5016844073149636</v>
+        <v>-2.5016844078205369</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>145.1673648</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.2538144300000056</v>
+        <v>-1.2538144000000102</v>
       </c>
       <c r="D161" s="5">
-        <v>-9.8052796785172305</v>
+        <v>-9.8052794567591093</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.46245374591493693</v>
+        <v>-0.46245371861480811</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>144.46828549</v>
+        <v>144.46828550000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.6990793100000019</v>
+        <v>-0.69907929999999396</v>
       </c>
       <c r="D162" s="5">
-        <v>-5.628185340600778</v>
+        <v>-5.6281852622123925</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>142.56795849</v>
+        <v>142.5679585</v>
       </c>
       <c r="C163" s="5">
         <v>-1.9003270000000043</v>
       </c>
       <c r="D163" s="5">
-        <v>-14.691374591170769</v>
+        <v>-14.691374590226269</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>139.90979718</v>
+        <v>139.90979720000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.658161309999997</v>
+        <v>-2.6581612999999891</v>
       </c>
       <c r="D164" s="5">
-        <v>-20.216266515896962</v>
+        <v>-20.216266446190989</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>140.58400309000001</v>
+        <v>140.58400309999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.67420591000001195</v>
+        <v>0.6742058999999756</v>
       </c>
       <c r="D165" s="5">
-        <v>5.9383837031067976</v>
+        <v>5.9383836118077182</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>140.57326411</v>
+        <v>140.57326409999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.0738980000013498E-2</v>
+        <v>-1.0739000000000942E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-9.1627517339887277E-2</v>
+        <v>-9.1627687906348232E-2</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>139.24938089</v>
+        <v>139.24938090000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.323883219999999</v>
+        <v>-1.3238831999999832</v>
       </c>
       <c r="D167" s="5">
-        <v>-10.733907555020817</v>
+        <v>-10.733907401892683</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
         <v>138.586611</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.66276988999999276</v>
+        <v>-0.66276990000000069</v>
       </c>
       <c r="D168" s="5">
-        <v>-5.5643399014439705</v>
+        <v>-5.5643399828251834</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>138.502183</v>
       </c>
       <c r="C169" s="5">
         <v>-8.4428000000002612E-2</v>
       </c>
       <c r="D169" s="5">
         <v>-0.72860446013640612</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>138.17552384999999</v>
+        <v>138.1755239</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.32665915000001178</v>
+        <v>-0.32665910000000054</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.7937892351263538</v>
+        <v>-2.7937888130274313</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>137.16300208000001</v>
+        <v>137.1630021</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.012521769999978</v>
+        <v>-1.0125218000000018</v>
       </c>
       <c r="D171" s="5">
-        <v>-8.447470871466745</v>
+        <v>-8.4474711088223238</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>134.88867826000001</v>
+        <v>134.88867830000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-2.2743238200000064</v>
+        <v>-2.2743237999999906</v>
       </c>
       <c r="D172" s="5">
-        <v>-18.179485395614559</v>
+        <v>-18.179485247621841</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>135.08778405999999</v>
+        <v>135.08778409999999</v>
       </c>
       <c r="C173" s="5">
         <v>0.1991057999999839</v>
       </c>
       <c r="D173" s="5">
-        <v>1.7857409998172757</v>
+        <v>1.7857409992835027</v>
       </c>
       <c r="E173" s="5">
-        <v>-6.9434206192878545</v>
+        <v>-6.9434205917334406</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>133.74378831999999</v>
+        <v>133.74378830000001</v>
       </c>
       <c r="C174" s="5">
-        <v>-1.3439957399999969</v>
+        <v>-1.3439957999999876</v>
       </c>
       <c r="D174" s="5">
-        <v>-11.306761299917589</v>
+        <v>-11.306761774224094</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>132.01115247000001</v>
+        <v>132.01115250000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.7326358499999799</v>
+        <v>-1.7326357999999971</v>
       </c>
       <c r="D175" s="5">
-        <v>-14.484660573996777</v>
+        <v>-14.484660187337761</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>131.74392759</v>
+        <v>131.74392760000001</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.26722488000001476</v>
+        <v>-0.26722490000000221</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.4022491679993374</v>
+        <v>-2.4022493452547922</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>131.18994075000001</v>
+        <v>131.18994079999999</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.55398683999999321</v>
+        <v>-0.55398680000001832</v>
       </c>
       <c r="D177" s="5">
-        <v>-4.9309505449174562</v>
+        <v>-4.9309501967117146</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>129.83242288</v>
+        <v>129.83242290000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.3575178700000095</v>
+        <v>-1.3575178999999764</v>
       </c>
       <c r="D178" s="5">
-        <v>-11.73439334020917</v>
+        <v>-11.734393580731306</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>130.18378111000001</v>
+        <v>130.1837811</v>
       </c>
       <c r="C179" s="5">
-        <v>0.35135823000001665</v>
+        <v>0.35135819999999285</v>
       </c>
       <c r="D179" s="5">
-        <v>3.2962684360355876</v>
+        <v>3.2962681498726054</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>129.83886716999999</v>
+        <v>129.83886720000001</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.34491394000002629</v>
+        <v>-0.34491389999999456</v>
       </c>
       <c r="D180" s="5">
-        <v>-3.1334042254056227</v>
+        <v>-3.1334038675374543</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>129.51130936000001</v>
+        <v>129.51130939999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.32755780999997341</v>
+        <v>-0.32755780000002233</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.9857082527007917</v>
+        <v>-2.9857081621313952</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>129.32820215999999</v>
+        <v>129.32820219999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.18310720000002334</v>
+        <v>-0.18310719999999492</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.6834671936806433</v>
+        <v>-1.6834671931643563</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>130.04449097</v>
+        <v>130.0444909</v>
       </c>
       <c r="C183" s="5">
-        <v>0.71628881000000888</v>
+        <v>0.71628870000000688</v>
       </c>
       <c r="D183" s="5">
-        <v>6.8524845144119606</v>
+        <v>6.8524834276350477</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>130.20716744000001</v>
+        <v>130.2071674</v>
       </c>
       <c r="C184" s="5">
-        <v>0.16267647000000807</v>
+        <v>0.16267650000000344</v>
       </c>
       <c r="D184" s="5">
-        <v>1.5114862408474927</v>
+        <v>1.5114865223281315</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>129.58358408000001</v>
+        <v>129.5835841</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.62358335999999781</v>
+        <v>-0.62358330000000706</v>
       </c>
       <c r="D185" s="5">
-        <v>-5.5980082968018046</v>
+        <v>-5.5980077739546275</v>
       </c>
       <c r="E185" s="5">
-        <v>-4.0745356941788717</v>
+        <v>-4.0745357077775939</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>130.79425186</v>
+        <v>130.79425190000001</v>
       </c>
       <c r="C186" s="5">
-        <v>1.2106677799999943</v>
+        <v>1.2106678000000102</v>
       </c>
       <c r="D186" s="5">
-        <v>11.805725593558392</v>
+        <v>11.805725796799106</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>131.34046330000001</v>
+        <v>131.3404634</v>
       </c>
       <c r="C187" s="5">
-        <v>0.54621144000000754</v>
+        <v>0.5462114999999983</v>
       </c>
       <c r="D187" s="5">
-        <v>5.1280552091656384</v>
+        <v>5.1280557838665919</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>132.07150654</v>
+        <v>132.07150659999999</v>
       </c>
       <c r="C188" s="5">
-        <v>0.7310432399999911</v>
+        <v>0.73104319999998779</v>
       </c>
       <c r="D188" s="5">
-        <v>6.8875334637649166</v>
+        <v>6.8875330698877635</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>136.43573670999999</v>
+        <v>136.43573670000001</v>
       </c>
       <c r="C189" s="5">
-        <v>4.3642301699999848</v>
+        <v>4.3642301000000145</v>
       </c>
       <c r="D189" s="5">
-        <v>47.716191196647408</v>
+        <v>47.716190261438094</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>134.93504697</v>
+        <v>134.9350469</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.5006897399999843</v>
+        <v>-1.5006898000000035</v>
       </c>
       <c r="D190" s="5">
-        <v>-12.429164888098788</v>
+        <v>-12.429165356224804</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>132.42115067</v>
+        <v>132.4211506</v>
       </c>
       <c r="C191" s="5">
         <v>-2.513896299999999</v>
       </c>
       <c r="D191" s="5">
-        <v>-20.202164114037913</v>
+        <v>-20.202164123468503</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>135.80434830999999</v>
+        <v>135.80434829999999</v>
       </c>
       <c r="C192" s="5">
-        <v>3.3831976399999917</v>
+        <v>3.3831976999999824</v>
       </c>
       <c r="D192" s="5">
-        <v>35.355473211638056</v>
+        <v>35.35547395064809</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>135.94128652000001</v>
+        <v>135.94128649999999</v>
       </c>
       <c r="C193" s="5">
-        <v>0.13693821000001094</v>
+        <v>0.13693820000000301</v>
       </c>
       <c r="D193" s="5">
-        <v>1.2167523524009072</v>
+        <v>1.2167522631434613</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
         <v>138.18792239999999</v>
       </c>
       <c r="C194" s="5">
-        <v>2.2466358799999853</v>
+        <v>2.2466359000000011</v>
       </c>
       <c r="D194" s="5">
-        <v>21.737545480615129</v>
+        <v>21.737545695538785</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>138.98877873000001</v>
+        <v>138.98877859999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.80085633000001621</v>
+        <v>0.80085619999999835</v>
       </c>
       <c r="D195" s="5">
-        <v>7.1805095025878396</v>
+        <v>7.1805082996012626</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>139.98949522999999</v>
+        <v>139.98949519999999</v>
       </c>
       <c r="C196" s="5">
-        <v>1.0007164999999816</v>
+        <v>1.0007166000000041</v>
       </c>
       <c r="D196" s="5">
-        <v>8.9904647375373301</v>
+        <v>8.9904656805564578</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>142.11062999000001</v>
+        <v>142.11063010000001</v>
       </c>
       <c r="C197" s="5">
-        <v>2.1211347600000181</v>
+        <v>2.1211349000000155</v>
       </c>
       <c r="D197" s="5">
-        <v>19.776992959560367</v>
+        <v>19.776994380134539</v>
       </c>
       <c r="E197" s="5">
-        <v>9.6671549864420179</v>
+        <v>9.6671550544032314</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>142.95208761000001</v>
+        <v>142.95208779999999</v>
       </c>
       <c r="C198" s="5">
-        <v>0.84145761999999991</v>
+        <v>0.8414576999999781</v>
       </c>
       <c r="D198" s="5">
-        <v>7.341398005322608</v>
+        <v>7.3413987203085229</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>144.38596734999999</v>
+        <v>144.38596759999999</v>
       </c>
       <c r="C199" s="5">
-        <v>1.4338797399999805</v>
+        <v>1.4338797999999997</v>
       </c>
       <c r="D199" s="5">
-        <v>12.723332251507259</v>
+        <v>12.723332795763165</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>146.12427095999999</v>
+        <v>146.12427109999999</v>
       </c>
       <c r="C200" s="5">
-        <v>1.7383036100000027</v>
+        <v>1.7383035000000007</v>
       </c>
       <c r="D200" s="5">
-        <v>15.443223869026301</v>
+        <v>15.443222797646294</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>144.65289376999999</v>
+        <v>144.65289379999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.4713771899999983</v>
+        <v>-1.4713773000000003</v>
       </c>
       <c r="D201" s="5">
-        <v>-11.435999777508254</v>
+        <v>-11.43600057532349</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>145.99654487999999</v>
+        <v>145.9965444</v>
       </c>
       <c r="C202" s="5">
-        <v>1.3436511099999962</v>
+        <v>1.3436506000000179</v>
       </c>
       <c r="D202" s="5">
-        <v>11.734019621623881</v>
+        <v>11.734014935308966</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>147.58879046000001</v>
+        <v>147.5887903</v>
       </c>
       <c r="C203" s="5">
-        <v>1.592245580000025</v>
+        <v>1.5922458999999947</v>
       </c>
       <c r="D203" s="5">
-        <v>13.901527128363211</v>
+        <v>13.901530140360308</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>147.08027809999999</v>
+        <v>147.0802779</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.50851236000002586</v>
+        <v>-0.50851240000000075</v>
       </c>
       <c r="D204" s="5">
-        <v>-4.0571035172000558</v>
+        <v>-4.0571038346270623</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>147.36563409999999</v>
+        <v>147.365634</v>
       </c>
       <c r="C205" s="5">
-        <v>0.28535600000000727</v>
+        <v>0.28535610000000133</v>
       </c>
       <c r="D205" s="5">
-        <v>2.353169957308765</v>
+        <v>2.3531707940057212</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>147.24653508</v>
+        <v>147.24653509999999</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.11909901999999306</v>
+        <v>-0.11909890000001155</v>
       </c>
       <c r="D206" s="5">
-        <v>-0.96552533951690389</v>
+        <v>-0.96552437166005367</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>146.15040318999999</v>
+        <v>146.15040310000001</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.0961318900000094</v>
+        <v>-1.096131999999983</v>
       </c>
       <c r="D207" s="5">
-        <v>-8.5762133097014974</v>
+        <v>-8.5762141343042728</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>146.81045588000001</v>
+        <v>146.8104558</v>
       </c>
       <c r="C208" s="5">
-        <v>0.66005269000001476</v>
+        <v>0.66005269999999427</v>
       </c>
       <c r="D208" s="5">
-        <v>5.5561723196742019</v>
+        <v>5.5561724094605802</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>147.88340037</v>
+        <v>147.8834008</v>
       </c>
       <c r="C209" s="5">
-        <v>1.0729444899999976</v>
+        <v>1.0729450000000043</v>
       </c>
       <c r="D209" s="5">
-        <v>9.1312900441402167</v>
+        <v>9.1312945656023103</v>
       </c>
       <c r="E209" s="5">
-        <v>4.0621664828353943</v>
+        <v>4.0621667048677645</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>148.48927796000001</v>
+        <v>148.4892787</v>
       </c>
       <c r="C210" s="5">
-        <v>0.60587759000000574</v>
+        <v>0.60587789999999586</v>
       </c>
       <c r="D210" s="5">
-        <v>5.0287047213234182</v>
+        <v>5.0287073375823832</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>150.327888</v>
+        <v>150.32788859999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.8386100399999918</v>
+        <v>1.8386098999999945</v>
       </c>
       <c r="D211" s="5">
-        <v>15.913368314528142</v>
+        <v>15.913366934348794</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>151.07635114000001</v>
+        <v>151.07635160000001</v>
       </c>
       <c r="C212" s="5">
-        <v>0.74846314000001257</v>
+        <v>0.7484630000000152</v>
       </c>
       <c r="D212" s="5">
-        <v>6.1409993923892792</v>
+        <v>6.1409981868942198</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>151.88072611999999</v>
+        <v>151.88072629999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.80437497999997731</v>
+        <v>0.80437469999998257</v>
       </c>
       <c r="D213" s="5">
-        <v>6.5796115540283306</v>
+        <v>6.5796091755839337</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>151.99682129000001</v>
+        <v>151.9968207</v>
       </c>
       <c r="C214" s="5">
-        <v>0.11609517000002256</v>
+        <v>0.11609440000000859</v>
       </c>
       <c r="D214" s="5">
-        <v>0.92112669485555632</v>
+        <v>0.92112055868893705</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>153.48722405999999</v>
+        <v>153.48722079999999</v>
       </c>
       <c r="C215" s="5">
-        <v>1.4904027699999745</v>
+        <v>1.490400099999988</v>
       </c>
       <c r="D215" s="5">
-        <v>12.422363529329106</v>
+        <v>12.422340112347573</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>153.60454186000001</v>
+        <v>153.60454279999999</v>
       </c>
       <c r="C216" s="5">
-        <v>0.11731780000002345</v>
+        <v>0.11732200000000148</v>
       </c>
       <c r="D216" s="5">
-        <v>0.92108450606493975</v>
+        <v>0.9211176394680054</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>153.95914150999999</v>
+        <v>153.9591413</v>
       </c>
       <c r="C217" s="5">
-        <v>0.35459964999998306</v>
+        <v>0.3545985000000087</v>
       </c>
       <c r="D217" s="5">
-        <v>2.805673167652678</v>
+        <v>2.8056639353635893</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>153.53345668</v>
+        <v>153.5334565</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.42568482999999446</v>
+        <v>-0.42568479999999909</v>
       </c>
       <c r="D218" s="5">
-        <v>-3.2679114840170387</v>
+        <v>-3.2679112615928818</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>154.21595599</v>
+        <v>154.21595590000001</v>
       </c>
       <c r="C219" s="5">
-        <v>0.68249930999999719</v>
+        <v>0.68249940000001175</v>
       </c>
       <c r="D219" s="5">
-        <v>5.4667082308602177</v>
+        <v>5.4667089760278564</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>155.74448577000001</v>
+        <v>155.74448609999999</v>
       </c>
       <c r="C220" s="5">
-        <v>1.5285297800000137</v>
+        <v>1.5285301999999774</v>
       </c>
       <c r="D220" s="5">
-        <v>12.564235114154499</v>
+        <v>12.56423876454793</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>154.97532681000001</v>
+        <v>154.97532799999999</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.76915895999999861</v>
+        <v>-0.76915809999999851</v>
       </c>
       <c r="D221" s="5">
-        <v>-5.7679627064060046</v>
+        <v>-5.7679564194856203</v>
       </c>
       <c r="E221" s="5">
-        <v>4.7956203483664916</v>
+        <v>4.7956208483406648</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>155.26802688999999</v>
+        <v>155.26802860000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.29270007999997461</v>
+        <v>0.29270060000001763</v>
       </c>
       <c r="D222" s="5">
-        <v>2.2901179060623056</v>
+        <v>2.2901219991881661</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>157.31749113000001</v>
+        <v>157.31749260000001</v>
       </c>
       <c r="C223" s="5">
-        <v>2.0494642400000203</v>
+        <v>2.0494640000000004</v>
       </c>
       <c r="D223" s="5">
-        <v>17.041460215295913</v>
+        <v>17.041457871115107</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>158.05384261</v>
+        <v>158.05384340000001</v>
       </c>
       <c r="C224" s="5">
-        <v>0.73635147999999617</v>
+        <v>0.73635079999999675</v>
       </c>
       <c r="D224" s="5">
-        <v>5.7636829679541757</v>
+        <v>5.7636774523387002</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>158.79844562</v>
+        <v>158.79844560000001</v>
       </c>
       <c r="C225" s="5">
-        <v>0.74460300999999163</v>
+        <v>0.74460220000000277</v>
       </c>
       <c r="D225" s="5">
-        <v>5.8020927907839859</v>
+        <v>5.8020862849173627</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>159.64913744</v>
+        <v>159.64913609999999</v>
       </c>
       <c r="C226" s="5">
-        <v>0.85069182000000865</v>
+        <v>0.8506904999999847</v>
       </c>
       <c r="D226" s="5">
-        <v>6.6212948851726239</v>
+        <v>6.6212843073255589</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>159.37563835</v>
+        <v>159.37563130000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.27349909000000139</v>
+        <v>-0.27350479999998356</v>
       </c>
       <c r="D227" s="5">
-        <v>-2.0364917123726345</v>
+        <v>-2.0365338465217153</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>159.57651188</v>
+        <v>159.5765135</v>
       </c>
       <c r="C228" s="5">
-        <v>0.20087352999999553</v>
+        <v>0.20088219999999524</v>
       </c>
       <c r="D228" s="5">
-        <v>1.522982081091806</v>
+        <v>1.5230483394639283</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>159.87109762</v>
+        <v>159.87109720000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.29458574000000226</v>
+        <v>0.294583700000004</v>
       </c>
       <c r="D229" s="5">
-        <v>2.2378874443087948</v>
+        <v>2.237871766351307</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>159.97451058999999</v>
+        <v>159.97451090000001</v>
       </c>
       <c r="C230" s="5">
-        <v>0.10341296999999372</v>
+        <v>0.10341370000000438</v>
       </c>
       <c r="D230" s="5">
-        <v>0.77899015118456649</v>
+        <v>0.7789956717673796</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>161.96841649000001</v>
+        <v>161.9684158</v>
       </c>
       <c r="C231" s="5">
-        <v>1.9939059000000157</v>
+        <v>1.9939048999999898</v>
       </c>
       <c r="D231" s="5">
-        <v>16.025794952689942</v>
+        <v>16.025786323296831</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>160.33133917000001</v>
+        <v>160.33133849999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.6370773200000031</v>
+        <v>-1.6370773000000156</v>
       </c>
       <c r="D232" s="5">
-        <v>-11.476820271236887</v>
+        <v>-11.476820184933578</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>159.46161018999999</v>
+        <v>159.46161649999999</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.86972898000001919</v>
+        <v>-0.86972199999999589</v>
       </c>
       <c r="D233" s="5">
-        <v>-6.3187447569003847</v>
+        <v>-6.3186955747925433</v>
       </c>
       <c r="E233" s="5">
-        <v>2.8948371797919537</v>
+        <v>2.894840461315229</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>154.39210034999999</v>
+        <v>154.39210159999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-5.0695098399999949</v>
+        <v>-5.0695149000000015</v>
       </c>
       <c r="D234" s="5">
-        <v>-32.1379205960421</v>
+        <v>-32.137946227042079</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>149.69571063999999</v>
+        <v>149.6957142</v>
       </c>
       <c r="C235" s="5">
-        <v>-4.6963897100000054</v>
+        <v>-4.6963873999999919</v>
       </c>
       <c r="D235" s="5">
-        <v>-30.974212355804109</v>
+        <v>-30.974199363514622</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>146.10611674</v>
+        <v>146.10611789999999</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.5895938999999828</v>
+        <v>-3.5895963000000108</v>
       </c>
       <c r="D236" s="5">
-        <v>-25.2676737277156</v>
+        <v>-25.267687934755379</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>140.63108661999999</v>
+        <v>140.63108740000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-5.4750301200000138</v>
+        <v>-5.4750304999999742</v>
       </c>
       <c r="D237" s="5">
-        <v>-36.765336391104185</v>
+        <v>-36.765338206956812</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>139.56319549</v>
+        <v>139.56319049999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.0678911299999925</v>
+        <v>-1.0678969000000222</v>
       </c>
       <c r="D238" s="5">
-        <v>-8.7411763327855052</v>
+        <v>-8.7412215615666149</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>137.72711881000001</v>
+        <v>137.72710549999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.8360766799999908</v>
+        <v>-1.8360849999999971</v>
       </c>
       <c r="D239" s="5">
-        <v>-14.693388375332416</v>
+        <v>-14.693450703013134</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>135.61574256</v>
+        <v>135.61574390000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.1113762500000064</v>
+        <v>-2.1113615999999809</v>
       </c>
       <c r="D240" s="5">
-        <v>-16.921675874875351</v>
+        <v>-16.921569679538663</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>134.20552570999999</v>
+        <v>134.20552649999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.4102168500000118</v>
+        <v>-1.4102174000000218</v>
       </c>
       <c r="D241" s="5">
-        <v>-11.788847518553291</v>
+        <v>-11.788851746723639</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>132.49378197999999</v>
+        <v>132.49378200000001</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.7117437299999949</v>
+        <v>-1.7117444999999805</v>
       </c>
       <c r="D242" s="5">
-        <v>-14.276243724251248</v>
+        <v>-14.276249624318815</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>131.75768131000001</v>
+        <v>131.7576808</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.7361006699999848</v>
+        <v>-0.73610120000000734</v>
       </c>
       <c r="D243" s="5">
-        <v>-6.4668938455357701</v>
+        <v>-6.4668983594726726</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>130.31176468000001</v>
+        <v>130.31176579999999</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.4459166299999993</v>
+        <v>-1.4459150000000136</v>
       </c>
       <c r="D244" s="5">
-        <v>-12.402403340532942</v>
+        <v>-12.402390237142402</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>130.81746154999999</v>
+        <v>130.81747709999999</v>
       </c>
       <c r="C245" s="5">
-        <v>0.50569686999997998</v>
+        <v>0.50571130000000153</v>
       </c>
       <c r="D245" s="5">
-        <v>4.7574935384029793</v>
+        <v>4.7576321617523787</v>
       </c>
       <c r="E245" s="5">
-        <v>-17.963037376751821</v>
+        <v>-17.96303087144485</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>130.95418566999999</v>
+        <v>130.95418939999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.13672411999999667</v>
+        <v>0.13671229999999923</v>
       </c>
       <c r="D246" s="5">
-        <v>1.2614169302194167</v>
+        <v>1.2613071005185494</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>130.12083057000001</v>
+        <v>130.12083569999999</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.83335509999997726</v>
+        <v>-0.83335370000000353</v>
       </c>
       <c r="D247" s="5">
-        <v>-7.3747678057630939</v>
+        <v>-7.3747556440878492</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>131.04429028999999</v>
+        <v>131.0442908</v>
       </c>
       <c r="C248" s="5">
-        <v>0.92345971999998255</v>
+        <v>0.92345510000001241</v>
       </c>
       <c r="D248" s="5">
-        <v>8.8567380802217155</v>
+        <v>8.856691664050075</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>131.27673050999999</v>
+        <v>131.2767259</v>
       </c>
       <c r="C249" s="5">
-        <v>0.23244022000000086</v>
+        <v>0.23243510000000356</v>
       </c>
       <c r="D249" s="5">
-        <v>2.1493919406240014</v>
+        <v>2.1493441243345401</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>131.41412252000001</v>
+        <v>131.4141089</v>
       </c>
       <c r="C250" s="5">
-        <v>0.13739201000001344</v>
+        <v>0.13738299999999981</v>
       </c>
       <c r="D250" s="5">
-        <v>1.2631542406608576</v>
+        <v>1.2630709717893707</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>130.43612385</v>
+        <v>130.436105</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.97799867000000518</v>
+        <v>-0.97800390000000448</v>
       </c>
       <c r="D251" s="5">
-        <v>-8.5739115775548047</v>
+        <v>-8.5739564202374616</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>132.28723572000001</v>
+        <v>132.28723410000001</v>
       </c>
       <c r="C252" s="5">
-        <v>1.8511118700000111</v>
+        <v>1.8511291000000085</v>
       </c>
       <c r="D252" s="5">
-        <v>18.424261354029746</v>
+        <v>18.424449320640846</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>131.70033341000001</v>
+        <v>131.70033290000001</v>
       </c>
       <c r="C253" s="5">
-        <v>-0.58690230999999926</v>
+        <v>-0.58690119999999979</v>
       </c>
       <c r="D253" s="5">
-        <v>-5.1958836046949841</v>
+        <v>-5.1958740784143416</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>131.11040292999999</v>
+        <v>131.11040009999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.58993048000002091</v>
+        <v>-0.58993280000001391</v>
       </c>
       <c r="D254" s="5">
-        <v>-5.2447390723958538</v>
+        <v>-5.2447592125504316</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>130.02066252</v>
+        <v>130.0206633</v>
       </c>
       <c r="C255" s="5">
-        <v>-1.0897404099999903</v>
+        <v>-1.0897367999999972</v>
       </c>
       <c r="D255" s="5">
-        <v>-9.5303998163409513</v>
+        <v>-9.5303698702733257</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>129.82089314000001</v>
+        <v>129.82090020000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.19976937999999222</v>
+        <v>-0.19976309999998421</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.8282311745128399</v>
+        <v>-1.8281741756886905</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>130.16633303</v>
+        <v>130.16637349999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.34543988999999442</v>
+        <v>0.34547329999998055</v>
       </c>
       <c r="D257" s="5">
-        <v>3.2402225502550008</v>
+        <v>3.2405403578753544</v>
       </c>
       <c r="E257" s="5">
-        <v>-0.49773823179646293</v>
+        <v>-0.4977191231889333</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>129.40563435999999</v>
+        <v>129.40566050000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.76069867000001068</v>
+        <v>-0.76071299999998132</v>
       </c>
       <c r="D258" s="5">
-        <v>-6.7917854972627589</v>
+        <v>-6.7919073121711859</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>129.2299074</v>
+        <v>129.22992410000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.17572695999999155</v>
+        <v>-0.17573640000000523</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.6174296239322206</v>
+        <v>-1.6175155395207086</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>129.12493420999999</v>
+        <v>129.1249282</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.10497319000000971</v>
+        <v>-0.1049959000000058</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.97041445592989106</v>
+        <v>-0.97062333419783986</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>128.54950765999999</v>
+        <v>128.54947870000001</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.57542655000000309</v>
+        <v>-0.57544949999999062</v>
       </c>
       <c r="D261" s="5">
-        <v>-5.2184835733032457</v>
+        <v>-5.218686866708766</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>128.95133903999999</v>
+        <v>128.95129470000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.4018313800000044</v>
+        <v>0.40181599999999662</v>
       </c>
       <c r="D262" s="5">
-        <v>3.8162322295779427</v>
+        <v>3.8160845185160053</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>128.54428007000001</v>
+        <v>128.5442367</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.40705896999998004</v>
+        <v>-0.40705800000000636</v>
       </c>
       <c r="D263" s="5">
-        <v>-3.7229442771656296</v>
+        <v>-3.722936817033029</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>129.49977967999999</v>
+        <v>129.49975850000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.95549960999997552</v>
+        <v>0.95552180000001385</v>
       </c>
       <c r="D264" s="5">
-        <v>9.2937378547068619</v>
+        <v>9.2939658518767843</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>129.49824629</v>
+        <v>129.4982277</v>
       </c>
       <c r="C265" s="5">
-        <v>-1.5333899999916412E-3</v>
+        <v>-1.5308000000118227E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.420811815466827E-2</v>
+        <v>-1.4184123556792994E-2</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>130.15905162999999</v>
+        <v>130.15903180000001</v>
       </c>
       <c r="C266" s="5">
-        <v>0.66080533999999602</v>
+        <v>0.66080410000000711</v>
       </c>
       <c r="D266" s="5">
-        <v>6.2981880668280033</v>
+        <v>6.298176844295722</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>129.20276798</v>
+        <v>129.2027865</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.95628364999998894</v>
+        <v>-0.95624530000000618</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.4687680373434446</v>
+        <v>-8.4684432554209756</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>128.75296999</v>
+        <v>128.75302730000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.44979799000000753</v>
+        <v>-0.44975919999998837</v>
       </c>
       <c r="D268" s="5">
-        <v>-4.0985318863272946</v>
+        <v>-4.098184597395738</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>127.72160098000001</v>
+        <v>127.721738</v>
       </c>
       <c r="C269" s="5">
-        <v>-1.0313690099999917</v>
+        <v>-1.0312893000000116</v>
       </c>
       <c r="D269" s="5">
-        <v>-9.2001408686043007</v>
+        <v>-9.1994569407901068</v>
       </c>
       <c r="E269" s="5">
-        <v>-1.8781600380772479</v>
+        <v>-1.8780852798361058</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>128.12698526</v>
+        <v>128.1271204</v>
       </c>
       <c r="C270" s="5">
-        <v>0.40538427999999271</v>
+        <v>0.40538239999999348</v>
       </c>
       <c r="D270" s="5">
-        <v>3.8759590296800761</v>
+        <v>3.8759365087219555</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>127.07231371</v>
+        <v>127.0723935</v>
       </c>
       <c r="C271" s="5">
-        <v>-1.0546715499999948</v>
+        <v>-1.0547268999999915</v>
       </c>
       <c r="D271" s="5">
-        <v>-9.4425970280181062</v>
+        <v>-9.4430608520673864</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>128.50366313999999</v>
+        <v>128.5036528</v>
       </c>
       <c r="C272" s="5">
-        <v>1.4313494299999832</v>
+        <v>1.4312592999999936</v>
       </c>
       <c r="D272" s="5">
-        <v>14.386519081405403</v>
+        <v>14.385546743449895</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>129.01034304000001</v>
+        <v>129.01004259999999</v>
       </c>
       <c r="C273" s="5">
-        <v>0.50667990000002305</v>
+        <v>0.50638979999999378</v>
       </c>
       <c r="D273" s="5">
-        <v>4.8354746055598197</v>
+        <v>4.8326461696899026</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>130.26812924000001</v>
+        <v>130.26800299999999</v>
       </c>
       <c r="C274" s="5">
-        <v>1.2577861999999982</v>
+        <v>1.2579604000000018</v>
       </c>
       <c r="D274" s="5">
-        <v>12.347588767874385</v>
+        <v>12.349421930935867</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>129.66445256</v>
+        <v>129.66433520000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.60367668000000663</v>
+        <v>-0.60366779999998244</v>
       </c>
       <c r="D275" s="5">
-        <v>-5.4213624808283285</v>
+        <v>-5.4212898752788785</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>126.32574886</v>
+        <v>126.3256767</v>
       </c>
       <c r="C276" s="5">
-        <v>-3.3387036999999964</v>
+        <v>-3.3386585000000082</v>
       </c>
       <c r="D276" s="5">
-        <v>-26.877436653156483</v>
+        <v>-26.87714367908103</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>126.17568101000001</v>
+        <v>126.1756508</v>
       </c>
       <c r="C277" s="5">
-        <v>-0.15006784999999923</v>
+        <v>-0.15002590000000282</v>
       </c>
       <c r="D277" s="5">
-        <v>-1.4162549778105715</v>
+        <v>-1.4158624634531103</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>128.28210985999999</v>
+        <v>128.28210390000001</v>
       </c>
       <c r="C278" s="5">
-        <v>2.1064288499999861</v>
+        <v>2.1064531000000102</v>
       </c>
       <c r="D278" s="5">
-        <v>21.979048358305199</v>
+        <v>21.979330815263665</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>129.02055235</v>
+        <v>129.0206747</v>
       </c>
       <c r="C279" s="5">
-        <v>0.73844249000001128</v>
+        <v>0.73857079999999087</v>
       </c>
       <c r="D279" s="5">
-        <v>7.1306233241764438</v>
+        <v>7.1319021605796395</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>130.11087101999999</v>
+        <v>130.11111339999999</v>
       </c>
       <c r="C280" s="5">
-        <v>1.0903186699999878</v>
+        <v>1.0904386999999929</v>
       </c>
       <c r="D280" s="5">
-        <v>10.625755336515908</v>
+        <v>10.626969447079858</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>130.01411014000001</v>
+        <v>130.01445050000001</v>
       </c>
       <c r="C281" s="5">
-        <v>-9.6760879999976623E-2</v>
+        <v>-9.666289999998412E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-0.88877508886112677</v>
+        <v>-0.88787714276623575</v>
       </c>
       <c r="E281" s="5">
-        <v>1.7949267331522023</v>
+        <v>1.7950840130283918</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>130.89966013</v>
+        <v>130.8999566</v>
       </c>
       <c r="C282" s="5">
-        <v>0.88554998999998702</v>
+        <v>0.88550609999998642</v>
       </c>
       <c r="D282" s="5">
-        <v>8.4866685338531145</v>
+        <v>8.4862089797128171</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>132.17120499999999</v>
+        <v>132.17134870000001</v>
       </c>
       <c r="C283" s="5">
-        <v>1.2715448699999854</v>
+        <v>1.2713921000000141</v>
       </c>
       <c r="D283" s="5">
-        <v>12.300054297081896</v>
+        <v>12.29846732477704</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>133.78156340999999</v>
+        <v>133.7819054</v>
       </c>
       <c r="C284" s="5">
-        <v>1.6103584100000035</v>
+        <v>1.6105566999999894</v>
       </c>
       <c r="D284" s="5">
-        <v>15.641311841102269</v>
+        <v>15.643350526239841</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>132.43899619000001</v>
+        <v>132.4375641</v>
       </c>
       <c r="C285" s="5">
-        <v>-1.3425672199999781</v>
+        <v>-1.3443412999999964</v>
       </c>
       <c r="D285" s="5">
-        <v>-11.399665505021272</v>
+        <v>-11.413878968054592</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>132.40031734999999</v>
+        <v>132.40012709999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-3.867884000001709E-2</v>
+        <v>-3.7437000000011267E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.34989789397367188</v>
+        <v>-0.33868503361405011</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>133.15288554</v>
+        <v>133.15274049999999</v>
       </c>
       <c r="C287" s="5">
-        <v>0.75256819000000519</v>
+        <v>0.75261340000000132</v>
       </c>
       <c r="D287" s="5">
-        <v>7.0381701932326735</v>
+        <v>7.0386167441603309</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>133.29847075999999</v>
+        <v>133.29818750000001</v>
       </c>
       <c r="C288" s="5">
-        <v>0.14558521999998675</v>
+        <v>0.14544700000001853</v>
       </c>
       <c r="D288" s="5">
-        <v>1.3199614766945755</v>
+        <v>1.3187021992550951</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>135.06746242</v>
+        <v>135.06755079999999</v>
       </c>
       <c r="C289" s="5">
-        <v>1.7689916600000117</v>
+        <v>1.7693632999999807</v>
       </c>
       <c r="D289" s="5">
-        <v>17.14044851845302</v>
+        <v>17.144355471542006</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>135.77917015</v>
+        <v>135.77916930000001</v>
       </c>
       <c r="C290" s="5">
-        <v>0.71170773000000054</v>
+        <v>0.71161850000001436</v>
       </c>
       <c r="D290" s="5">
-        <v>6.5096390496477197</v>
+        <v>6.5087947302566063</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>136.36560875999999</v>
+        <v>136.3660826</v>
       </c>
       <c r="C291" s="5">
-        <v>0.58643860999998765</v>
+        <v>0.58691329999999198</v>
       </c>
       <c r="D291" s="5">
-        <v>5.3077822120005447</v>
+        <v>5.3121812591443218</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>136.80108705000001</v>
+        <v>136.80174830000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.43547829000002025</v>
+        <v>0.43566570000001548</v>
       </c>
       <c r="D292" s="5">
-        <v>3.9001832694459226</v>
+        <v>3.9018775357987368</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>137.95056199000001</v>
+        <v>137.9511498</v>
       </c>
       <c r="C293" s="5">
-        <v>1.1494749400000046</v>
+        <v>1.149401499999982</v>
       </c>
       <c r="D293" s="5">
-        <v>10.562311069907416</v>
+        <v>10.561551325595531</v>
       </c>
       <c r="E293" s="5">
-        <v>6.1043004035900239</v>
+        <v>6.1044747483665285</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>138.15303227999999</v>
+        <v>138.15349430000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.20247028999997951</v>
+        <v>0.20234450000000948</v>
       </c>
       <c r="D294" s="5">
-        <v>1.7755293434844832</v>
+        <v>1.7744097130151015</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>139.14776495999999</v>
+        <v>139.1481824</v>
       </c>
       <c r="C295" s="5">
-        <v>0.99473267999999848</v>
+        <v>0.99468809999999053</v>
       </c>
       <c r="D295" s="5">
-        <v>8.9907799718434092</v>
+        <v>8.9903296860199156</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>140.02388368000001</v>
+        <v>140.02511229999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.87611872000002222</v>
+        <v>0.87692989999999327</v>
       </c>
       <c r="D296" s="5">
-        <v>7.8228007931085974</v>
+        <v>7.8302723309663147</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>142.07792828999999</v>
+        <v>142.07336040000001</v>
       </c>
       <c r="C297" s="5">
-        <v>2.054044609999977</v>
+        <v>2.0482481000000234</v>
       </c>
       <c r="D297" s="5">
-        <v>19.095118725700246</v>
+        <v>19.036644852105077</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>144.04667351000001</v>
+        <v>144.04696010000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.9687452200000166</v>
+        <v>1.9735996999999941</v>
       </c>
       <c r="D298" s="5">
-        <v>17.955830398033257</v>
+        <v>18.004165396865226</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>144.79626895999999</v>
+        <v>144.79648589999999</v>
       </c>
       <c r="C299" s="5">
-        <v>0.74959544999998684</v>
+        <v>0.74952579999998648</v>
       </c>
       <c r="D299" s="5">
-        <v>6.4264690597255036</v>
+        <v>6.4258415886640385</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>145.74228489999999</v>
+        <v>145.74189139999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.94601593999999523</v>
+        <v>0.94540549999999257</v>
       </c>
       <c r="D300" s="5">
-        <v>8.1280651683625962</v>
+        <v>8.1226179646757259</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>147.27004721</v>
+        <v>147.26951679999999</v>
       </c>
       <c r="C301" s="5">
-        <v>1.5277623100000142</v>
+        <v>1.5276254000000051</v>
       </c>
       <c r="D301" s="5">
-        <v>13.330348654114621</v>
+        <v>13.329122453975062</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>149.14774116000001</v>
+        <v>149.14738489999999</v>
       </c>
       <c r="C302" s="5">
-        <v>1.8776939500000083</v>
+        <v>1.8778681000000006</v>
       </c>
       <c r="D302" s="5">
-        <v>16.419854426886317</v>
+        <v>16.421549019104333</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>150.66712609000001</v>
+        <v>150.6693181</v>
       </c>
       <c r="C303" s="5">
-        <v>1.5193849300000011</v>
+        <v>1.5219332000000065</v>
       </c>
       <c r="D303" s="5">
-        <v>12.933266016194334</v>
+        <v>12.95622166915782</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>151.78545603000001</v>
+        <v>151.78613379999999</v>
       </c>
       <c r="C304" s="5">
-        <v>1.1183299399999953</v>
+        <v>1.1168156999999894</v>
       </c>
       <c r="D304" s="5">
-        <v>9.2797932994572498</v>
+        <v>9.2665713105720684</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>153.69034475000001</v>
+        <v>153.69123039999999</v>
       </c>
       <c r="C305" s="5">
-        <v>1.9048887200000024</v>
+        <v>1.9050966000000074</v>
       </c>
       <c r="D305" s="5">
-        <v>16.144085848898392</v>
+        <v>16.145893862094042</v>
       </c>
       <c r="E305" s="5">
-        <v>11.409727175407202</v>
+        <v>11.409894461060887</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>154.32891687</v>
+        <v>154.32996309999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.63857211999999208</v>
+        <v>0.63873269999999138</v>
       </c>
       <c r="D306" s="5">
-        <v>5.1014434816987198</v>
+        <v>5.1027257119283798</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>155.69632720000001</v>
+        <v>155.69734769999999</v>
       </c>
       <c r="C307" s="5">
-        <v>1.3674103300000127</v>
+        <v>1.3673846000000083</v>
       </c>
       <c r="D307" s="5">
-        <v>11.166188786310505</v>
+        <v>11.165888911567624</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>156.52402720000001</v>
+        <v>156.52609870000001</v>
       </c>
       <c r="C308" s="5">
-        <v>0.827699999999993</v>
+        <v>0.82875100000001112</v>
       </c>
       <c r="D308" s="5">
-        <v>6.5692096816226675</v>
+        <v>6.5777524815824995</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>154.54896120000001</v>
+        <v>154.54121739999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-1.9750659999999982</v>
+        <v>-1.9848813000000121</v>
       </c>
       <c r="D309" s="5">
-        <v>-14.134060952803541</v>
+        <v>-14.199302540961156</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>155.58020673999999</v>
+        <v>155.5807111</v>
       </c>
       <c r="C310" s="5">
-        <v>1.0312455399999862</v>
+        <v>1.0394937000000084</v>
       </c>
       <c r="D310" s="5">
-        <v>8.3076287093320609</v>
+        <v>8.3769879640130718</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>156.81615120000001</v>
+        <v>156.81655029999999</v>
       </c>
       <c r="C311" s="5">
-        <v>1.2359444600000131</v>
+        <v>1.2358391999999867</v>
       </c>
       <c r="D311" s="5">
-        <v>9.9606645907769575</v>
+        <v>9.9597451738218101</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>156.63970724999999</v>
+        <v>156.6391098</v>
       </c>
       <c r="C312" s="5">
-        <v>-0.17644395000002078</v>
+        <v>-0.17744049999998879</v>
       </c>
       <c r="D312" s="5">
-        <v>-1.3418729671382801</v>
+        <v>-1.3494013085758039</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>156.53610320000001</v>
+        <v>156.53474030000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.10360404999997286</v>
+        <v>-0.10436949999999001</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.79081856160132524</v>
+        <v>-0.7966429394055452</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>156.02758874</v>
+        <v>156.02639780000001</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.50851446000001488</v>
+        <v>-0.5083424999999977</v>
       </c>
       <c r="D314" s="5">
-        <v>-3.8293517729799609</v>
+        <v>-3.8281126113396957</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>156.42170558000001</v>
+        <v>156.42499760000001</v>
       </c>
       <c r="C315" s="5">
-        <v>0.39411684000000946</v>
+        <v>0.3985997999999995</v>
       </c>
       <c r="D315" s="5">
-        <v>3.0735990984714245</v>
+        <v>3.1090771437934928</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>156.71848435999999</v>
+        <v>156.71847790000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.29677877999998259</v>
+        <v>0.29348029999999881</v>
       </c>
       <c r="D316" s="5">
-        <v>2.3006682754799668</v>
+        <v>2.2747852263306889</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>156.83124844</v>
+        <v>156.83224530000001</v>
       </c>
       <c r="C317" s="5">
-        <v>0.11276408000000515</v>
+        <v>0.11376740000000041</v>
       </c>
       <c r="D317" s="5">
-        <v>0.86686449381283559</v>
+        <v>0.87460829060095335</v>
       </c>
       <c r="E317" s="5">
-        <v>2.0436571309076834</v>
+        <v>2.0437177136425788</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>158.36336334999999</v>
+        <v>158.36584619999999</v>
       </c>
       <c r="C318" s="5">
-        <v>1.53211490999999</v>
+        <v>1.5336008999999819</v>
       </c>
       <c r="D318" s="5">
-        <v>12.373887714404708</v>
+        <v>12.386458771176944</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>157.79947720999999</v>
+        <v>157.8029377</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.56388613999999393</v>
+        <v>-0.56290849999999182</v>
       </c>
       <c r="D319" s="5">
-        <v>-4.1901590869534484</v>
+        <v>-4.1829715096923241</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>158.03393634</v>
+        <v>158.0381391</v>
       </c>
       <c r="C320" s="5">
-        <v>0.23445913000000473</v>
+        <v>0.23520139999999401</v>
       </c>
       <c r="D320" s="5">
-        <v>1.7976077277708669</v>
+        <v>1.8033056066802722</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>160.67276658</v>
+        <v>160.66296790000001</v>
       </c>
       <c r="C321" s="5">
-        <v>2.6388302400000043</v>
+        <v>2.6248288000000173</v>
       </c>
       <c r="D321" s="5">
-        <v>21.984027497357417</v>
+        <v>21.855893248917944</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>160.26813175000001</v>
+        <v>160.2675667</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.40463482999999201</v>
+        <v>-0.39540120000000911</v>
       </c>
       <c r="D322" s="5">
-        <v>-2.9805448050273076</v>
+        <v>-2.9136231121521861</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>159.62818942999999</v>
+        <v>159.6306309</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.63994232000001716</v>
+        <v>-0.63693580000000338</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.6876977084224674</v>
+        <v>-4.6661696349169945</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>161.24553487</v>
+        <v>161.24301869999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.6173454400000082</v>
+        <v>1.6123877999999934</v>
       </c>
       <c r="D324" s="5">
-        <v>12.859290018773507</v>
+        <v>12.81745047020253</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>160.24426179</v>
+        <v>160.2403606</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.0012730800000043</v>
+        <v>-1.0026580999999908</v>
       </c>
       <c r="D325" s="5">
-        <v>-7.2022439702574719</v>
+        <v>-7.2119770445455034</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>161.80119098</v>
+        <v>161.79717769999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.5569291900000053</v>
+        <v>1.5568170999999893</v>
       </c>
       <c r="D326" s="5">
-        <v>12.302836917756199</v>
+        <v>12.302219011641323</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>159.54758469999999</v>
+        <v>159.5508537</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.2536062800000138</v>
+        <v>-2.2463239999999871</v>
       </c>
       <c r="D327" s="5">
-        <v>-15.49114059200023</v>
+        <v>-15.44519613355183</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>159.19200430000001</v>
+        <v>159.1889401</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.35558039999997959</v>
+        <v>-0.36191360000000827</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.6418752095007325</v>
+        <v>-2.6882894980259975</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>158.84701013</v>
+        <v>158.8468397</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.34499417000000676</v>
+        <v>-0.34210039999999253</v>
       </c>
       <c r="D329" s="5">
-        <v>-2.56981463600362</v>
+        <v>-2.548561953518369</v>
       </c>
       <c r="E329" s="5">
-        <v>1.2853061555339051</v>
+        <v>1.2845536937549529</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>159.28165423999999</v>
+        <v>159.28682280000001</v>
       </c>
       <c r="C330" s="5">
-        <v>0.43464410999999359</v>
+        <v>0.43998310000000629</v>
       </c>
       <c r="D330" s="5">
-        <v>3.3333601602335117</v>
+        <v>3.3749352905473096</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>158.82070568</v>
+        <v>158.83139439999999</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.4609485599999914</v>
+        <v>-0.45542840000001661</v>
       </c>
       <c r="D331" s="5">
-        <v>-3.4179616571570204</v>
+        <v>-3.3775630416236546</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>158.88282770999999</v>
+        <v>158.89784030000001</v>
       </c>
       <c r="C332" s="5">
-        <v>6.2122029999983397E-2</v>
+        <v>6.6445900000019265E-2</v>
       </c>
       <c r="D332" s="5">
-        <v>0.47038587816841115</v>
+        <v>0.50316750956038714</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>157.02595432000001</v>
+        <v>157.0132753</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.8568733899999756</v>
+        <v>-1.8845650000000091</v>
       </c>
       <c r="D333" s="5">
-        <v>-13.157209268387248</v>
+        <v>-13.339629010156539</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>158.15286881</v>
+        <v>158.149283</v>
       </c>
       <c r="C334" s="5">
-        <v>1.1269144899999901</v>
+        <v>1.1360076999999933</v>
       </c>
       <c r="D334" s="5">
-        <v>8.9601249089379174</v>
+        <v>9.0360852676028678</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>158.76625347000001</v>
+        <v>158.76896669999999</v>
       </c>
       <c r="C335" s="5">
-        <v>0.61338466000000835</v>
+        <v>0.61968369999999595</v>
       </c>
       <c r="D335" s="5">
-        <v>4.7546880477785658</v>
+        <v>4.8046838464747665</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>157.91657635999999</v>
+        <v>157.9104141</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.849677110000016</v>
+        <v>-0.85855259999999589</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.2363984772777048</v>
+        <v>-6.2995127529570709</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>156.64759229000001</v>
+        <v>156.64067120000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-1.2689840699999877</v>
+        <v>-1.2697428999999829</v>
       </c>
       <c r="D337" s="5">
-        <v>-9.227969591992192</v>
+        <v>-9.2335905829963654</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>157.84425357000001</v>
+        <v>157.8356148</v>
       </c>
       <c r="C338" s="5">
-        <v>1.1966612800000007</v>
+        <v>1.1949435999999878</v>
       </c>
       <c r="D338" s="5">
-        <v>9.5621686340496836</v>
+        <v>9.5483019903261912</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>159.86348527000001</v>
+        <v>159.86251559999999</v>
       </c>
       <c r="C339" s="5">
-        <v>2.019231700000006</v>
+        <v>2.0269007999999928</v>
       </c>
       <c r="D339" s="5">
-        <v>16.478566092517568</v>
+        <v>16.546607915263458</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>159.09429338000001</v>
+        <v>159.08746629999999</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.76919189000000188</v>
+        <v>-0.77504930000000627</v>
       </c>
       <c r="D340" s="5">
-        <v>-5.6234928634042003</v>
+        <v>-5.6652140434793168</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>159.28679070999999</v>
+        <v>159.28415649999999</v>
       </c>
       <c r="C341" s="5">
-        <v>0.19249732999998059</v>
+        <v>0.19669020000000614</v>
       </c>
       <c r="D341" s="5">
-        <v>1.4616504311177447</v>
+        <v>1.4937686324178134</v>
       </c>
       <c r="E341" s="5">
-        <v>0.27685795259229096</v>
+        <v>0.27530720839388234</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>158.37726907000001</v>
+        <v>158.38065</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.90952163999997993</v>
+        <v>-0.90350649999999177</v>
       </c>
       <c r="D342" s="5">
-        <v>-6.6408145427753524</v>
+        <v>-6.5983622132339326</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>158.52160473000001</v>
+        <v>158.5342818</v>
       </c>
       <c r="C343" s="5">
-        <v>0.14433565999999587</v>
+        <v>0.15363179999999943</v>
       </c>
       <c r="D343" s="5">
-        <v>1.0991071693931875</v>
+        <v>1.1702497397222844</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>158.20987228000001</v>
+        <v>158.27105990000001</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.31173244999999383</v>
+        <v>-0.26322189999999068</v>
       </c>
       <c r="D344" s="5">
-        <v>-2.334441442110069</v>
+        <v>-1.9743220156098418</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>158.90179902</v>
+        <v>158.87841399999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.69192673999998533</v>
+        <v>0.60735409999998069</v>
       </c>
       <c r="D345" s="5">
-        <v>5.3762672262978484</v>
+        <v>4.7033606386758686</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>159.67356620999999</v>
+        <v>159.66222260000001</v>
       </c>
       <c r="C346" s="5">
-        <v>0.77176718999999139</v>
+        <v>0.78380860000001462</v>
       </c>
       <c r="D346" s="5">
-        <v>5.98649533211153</v>
+        <v>6.0833675138325161</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>159.83956891</v>
+        <v>159.8406105</v>
       </c>
       <c r="C347" s="5">
-        <v>0.16600270000000705</v>
+        <v>0.17838789999998994</v>
       </c>
       <c r="D347" s="5">
-        <v>1.254723917007361</v>
+        <v>1.3490093803966818</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>159.36054426000001</v>
+        <v>159.35046869999999</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.47902464999998529</v>
+        <v>-0.49014180000000351</v>
       </c>
       <c r="D348" s="5">
-        <v>-3.537601386045619</v>
+        <v>-3.6182989816011202</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>160.40184539000001</v>
+        <v>160.3918348</v>
       </c>
       <c r="C349" s="5">
-        <v>1.0413011299999937</v>
+        <v>1.0413661000000047</v>
       </c>
       <c r="D349" s="5">
-        <v>8.1291212449531969</v>
+        <v>8.1301794559783591</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>159.54804813000001</v>
+        <v>159.52322760000001</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.85379725999999323</v>
+        <v>-0.86860719999998537</v>
       </c>
       <c r="D350" s="5">
-        <v>-6.2037186143321765</v>
+        <v>-6.3085262701210283</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>160.05794524000001</v>
+        <v>160.05468809999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.50989710999999716</v>
+        <v>0.53146049999998013</v>
       </c>
       <c r="D351" s="5">
-        <v>3.9031947943824807</v>
+        <v>4.0719414789962327</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>161.14198027</v>
+        <v>161.13292659999999</v>
       </c>
       <c r="C352" s="5">
-        <v>1.0840350299999955</v>
+        <v>1.0782384999999977</v>
       </c>
       <c r="D352" s="5">
-        <v>8.4370037491191106</v>
+        <v>8.3903823350372164</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>162.3099627</v>
+        <v>162.30539490000001</v>
       </c>
       <c r="C353" s="5">
-        <v>1.167982429999995</v>
+        <v>1.1724683000000198</v>
       </c>
       <c r="D353" s="5">
-        <v>9.0530405576839446</v>
+        <v>9.0897450362684253</v>
       </c>
       <c r="E353" s="5">
-        <v>1.8979426834608182</v>
+        <v>1.896760146386578</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>161.90619727999999</v>
+        <v>161.9059699</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.40376542000001336</v>
+        <v>-0.39942500000000791</v>
       </c>
       <c r="D354" s="5">
-        <v>-2.9446376657189299</v>
+        <v>-2.9134913479445079</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>163.19999078999999</v>
+        <v>163.20985730000001</v>
       </c>
       <c r="C355" s="5">
-        <v>1.2937935100000004</v>
+        <v>1.3038874000000078</v>
       </c>
       <c r="D355" s="5">
-        <v>10.022089405401214</v>
+        <v>10.103790169800275</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>163.32484152000001</v>
+        <v>163.4538771</v>
       </c>
       <c r="C356" s="5">
-        <v>0.12485073000001989</v>
+        <v>0.24401979999998957</v>
       </c>
       <c r="D356" s="5">
-        <v>0.92189264665356596</v>
+        <v>1.8089823569949814</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>163.74242841</v>
+        <v>163.7044482</v>
       </c>
       <c r="C357" s="5">
-        <v>0.41758688999999549</v>
+        <v>0.25057110000000193</v>
       </c>
       <c r="D357" s="5">
-        <v>3.1116599307181803</v>
+        <v>1.8551625431743712</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>163.16138153</v>
+        <v>163.13917530000001</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.58104688000000237</v>
+        <v>-0.56527289999999653</v>
       </c>
       <c r="D358" s="5">
-        <v>-4.1761174154592346</v>
+        <v>-4.0658157448562271</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>162.8886718</v>
+        <v>162.88350070000001</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.27270973000000254</v>
+        <v>-0.25567459999999187</v>
       </c>
       <c r="D359" s="5">
-        <v>-1.9873576970396045</v>
+        <v>-1.8645348748657642</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>164.45906314000001</v>
+        <v>164.44436540000001</v>
       </c>
       <c r="C360" s="5">
-        <v>1.5703913400000147</v>
+        <v>1.5608646999999962</v>
       </c>
       <c r="D360" s="5">
-        <v>12.202661394998483</v>
+        <v>12.125096749417597</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>165.09076006999999</v>
+        <v>165.07578150000001</v>
       </c>
       <c r="C361" s="5">
-        <v>0.63169692999997551</v>
+        <v>0.63141609999999559</v>
       </c>
       <c r="D361" s="5">
-        <v>4.7079027631285353</v>
+        <v>4.7061949191231633</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>165.00191722</v>
+        <v>164.9592778</v>
       </c>
       <c r="C362" s="5">
-        <v>-8.8842849999991813E-2</v>
+        <v>-0.11650370000000976</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.6438666633913015</v>
+        <v>-0.8436309561916655</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>162.69825707999999</v>
+        <v>162.69022559999999</v>
       </c>
       <c r="C363" s="5">
-        <v>-2.3036601400000052</v>
+        <v>-2.2690522000000044</v>
       </c>
       <c r="D363" s="5">
-        <v>-15.525248905477218</v>
+        <v>-15.31303330471081</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>163.77581542999999</v>
+        <v>163.76709439999999</v>
       </c>
       <c r="C364" s="5">
-        <v>1.0775583500000039</v>
+        <v>1.0768687999999997</v>
       </c>
       <c r="D364" s="5">
-        <v>8.2436525862972232</v>
+        <v>8.238605427350798</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>162.98194337999999</v>
+        <v>162.98108099999999</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.79387205000000449</v>
+        <v>-0.78601340000000164</v>
       </c>
       <c r="D365" s="5">
-        <v>-5.6641735457116704</v>
+        <v>-5.6098658254862492</v>
       </c>
       <c r="E365" s="5">
-        <v>0.41401074143676553</v>
+        <v>0.41630538554573437</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>164.04823085999999</v>
+        <v>164.05064469999999</v>
       </c>
       <c r="C366" s="5">
-        <v>1.0662874799999997</v>
+        <v>1.0695637000000033</v>
       </c>
       <c r="D366" s="5">
-        <v>8.1395879959039306</v>
+        <v>8.1655515896888353</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>163.43166231000001</v>
+        <v>163.4409474</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.61656854999998245</v>
+        <v>-0.60969729999999345</v>
       </c>
       <c r="D367" s="5">
-        <v>-4.4180773159550268</v>
+        <v>-4.369779914656946</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>162.68689375</v>
+        <v>162.8783866</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.74476856000001135</v>
+        <v>-0.56256079999999997</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.3334766077809075</v>
+        <v>-4.0530768285381713</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>149.74849148999999</v>
+        <v>149.69714210000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-12.938402260000004</v>
+        <v>-13.181244499999991</v>
       </c>
       <c r="D369" s="5">
-        <v>-63.007075237826051</v>
+        <v>-63.675419662596532</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>149.39000584999999</v>
+        <v>149.35176580000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.35848563999999783</v>
+        <v>-0.34537629999999808</v>
       </c>
       <c r="D370" s="5">
-        <v>-2.835178475840483</v>
+        <v>-2.7337372087367751</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>148.83533585999999</v>
+        <v>148.81744570000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.55466999000000783</v>
+        <v>-0.53432010000000218</v>
       </c>
       <c r="D371" s="5">
-        <v>-4.3656103218591369</v>
+        <v>-4.2096384602591126</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>147.67271328999999</v>
+        <v>147.64983599999999</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.1626225699999964</v>
+        <v>-1.1676097000000141</v>
       </c>
       <c r="D372" s="5">
-        <v>-8.9813410146047268</v>
+        <v>-9.0192579922828813</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>147.42343079</v>
+        <v>147.4033153</v>
       </c>
       <c r="C373" s="5">
-        <v>-0.24928249999999252</v>
+        <v>-0.24652069999999071</v>
       </c>
       <c r="D373" s="5">
-        <v>-2.0069871637429904</v>
+        <v>-1.985260260226307</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>147.46182901</v>
+        <v>147.3904885</v>
       </c>
       <c r="C374" s="5">
-        <v>3.8398220000004812E-2</v>
+        <v>-1.2826799999999139E-2</v>
       </c>
       <c r="D374" s="5">
-        <v>0.31300268591167857</v>
+        <v>-0.10437211265704738</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>147.63308574999999</v>
+        <v>147.62752330000001</v>
       </c>
       <c r="C375" s="5">
-        <v>0.1712567399999898</v>
+        <v>0.23703480000000354</v>
       </c>
       <c r="D375" s="5">
-        <v>1.4025722233920623</v>
+        <v>1.9470132017448405</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>148.09944250999999</v>
+        <v>148.1002628</v>
       </c>
       <c r="C376" s="5">
-        <v>0.46635675999999648</v>
+        <v>0.47273949999998877</v>
       </c>
       <c r="D376" s="5">
-        <v>3.8572257772483409</v>
+        <v>3.9111005220839212</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>148.52395071999999</v>
+        <v>148.53820440000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.42450820999999905</v>
+        <v>0.43794160000001625</v>
       </c>
       <c r="D377" s="5">
-        <v>3.4943950083168529</v>
+        <v>3.6067583878909071</v>
       </c>
       <c r="E377" s="5">
-        <v>-8.8709168391068456</v>
+        <v>-8.8616890447548169</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>149.29026664</v>
+        <v>149.3127485</v>
       </c>
       <c r="C378" s="5">
-        <v>0.76631592000001092</v>
+        <v>0.77454409999998575</v>
       </c>
       <c r="D378" s="5">
-        <v>6.3702083330821946</v>
+        <v>6.4399453249813332</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>147.70759841</v>
+        <v>147.7371919</v>
       </c>
       <c r="C379" s="5">
-        <v>-1.5826682299999959</v>
+        <v>-1.5755565999999988</v>
       </c>
       <c r="D379" s="5">
-        <v>-12.00538021503662</v>
+        <v>-11.952830140321113</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>152.39728371999999</v>
+        <v>152.63041440000001</v>
       </c>
       <c r="C380" s="5">
-        <v>4.6896853099999873</v>
+        <v>4.8932225000000074</v>
       </c>
       <c r="D380" s="5">
-        <v>45.509943658087671</v>
+        <v>47.847818482518576</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>154.05217524</v>
+        <v>153.95268519999999</v>
       </c>
       <c r="C381" s="5">
-        <v>1.6548915200000067</v>
+        <v>1.3222707999999841</v>
       </c>
       <c r="D381" s="5">
-        <v>13.838012247917719</v>
+        <v>10.905789435106295</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>153.71012926</v>
+        <v>153.6583412</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.34204597999999464</v>
+        <v>-0.29434399999999528</v>
       </c>
       <c r="D382" s="5">
-        <v>-2.6320932841321198</v>
+        <v>-2.2703219099319494</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>155.03392694999999</v>
+        <v>154.99079019999999</v>
       </c>
       <c r="C383" s="5">
-        <v>1.3237976899999921</v>
+        <v>1.3324489999999969</v>
       </c>
       <c r="D383" s="5">
-        <v>10.838622282685307</v>
+        <v>10.916721351529524</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>156.63682725999999</v>
+        <v>156.60599540000001</v>
       </c>
       <c r="C384" s="5">
-        <v>1.6029003099999954</v>
+        <v>1.6152052000000197</v>
       </c>
       <c r="D384" s="5">
-        <v>13.137235010929205</v>
+        <v>13.247833328847779</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>156.80765604999999</v>
+        <v>156.7726328</v>
       </c>
       <c r="C385" s="5">
-        <v>0.17082879000000162</v>
+        <v>0.16663739999998484</v>
       </c>
       <c r="D385" s="5">
-        <v>1.3166038683064096</v>
+        <v>1.2843652325058352</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>157.09313900999999</v>
+        <v>157.00355930000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.28548295999999596</v>
+        <v>0.23092650000000958</v>
       </c>
       <c r="D386" s="5">
-        <v>2.2067212970098948</v>
+        <v>1.7819939614182045</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>160.09281651000001</v>
+        <v>160.09615529999999</v>
       </c>
       <c r="C387" s="5">
-        <v>2.9996775000000184</v>
+        <v>3.0925959999999861</v>
       </c>
       <c r="D387" s="5">
-        <v>25.480294472238938</v>
+        <v>26.373744258735133</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>161.79530170000001</v>
+        <v>161.81318239999999</v>
       </c>
       <c r="C388" s="5">
-        <v>1.7024851900000044</v>
+        <v>1.7170270999999957</v>
       </c>
       <c r="D388" s="5">
-        <v>13.534729998620666</v>
+        <v>13.65694062024858</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>162.96213764999999</v>
+        <v>162.99823839999999</v>
       </c>
       <c r="C389" s="5">
-        <v>1.1668359499999781</v>
+        <v>1.185056000000003</v>
       </c>
       <c r="D389" s="5">
-        <v>9.0058185056195228</v>
+        <v>9.1511053538743337</v>
       </c>
       <c r="E389" s="5">
-        <v>9.7211169377113613</v>
+        <v>9.7348921500763694</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>163.89759555000001</v>
+        <v>163.96129909999999</v>
       </c>
       <c r="C390" s="5">
-        <v>0.93545790000001716</v>
+        <v>0.96306069999999977</v>
       </c>
       <c r="D390" s="5">
-        <v>7.1101021384041729</v>
+        <v>7.3250942083467052</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>165.34548899999999</v>
+        <v>165.4265762</v>
       </c>
       <c r="C391" s="5">
-        <v>1.4478934499999809</v>
+        <v>1.4652771000000087</v>
       </c>
       <c r="D391" s="5">
-        <v>11.131511842004095</v>
+        <v>11.267202231848161</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>166.36470177000001</v>
+        <v>166.64494780000001</v>
       </c>
       <c r="C392" s="5">
-        <v>1.0192127700000242</v>
+        <v>1.2183716000000118</v>
       </c>
       <c r="D392" s="5">
-        <v>7.6529708560016507</v>
+        <v>9.2049799585001146</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>169.88358274999999</v>
+        <v>169.68513239999999</v>
       </c>
       <c r="C393" s="5">
-        <v>3.5188809799999774</v>
+        <v>3.040184599999975</v>
       </c>
       <c r="D393" s="5">
-        <v>28.553145452514794</v>
+        <v>24.228053442502894</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>171.41232453000001</v>
+        <v>171.32734550000001</v>
       </c>
       <c r="C394" s="5">
-        <v>1.5287417800000185</v>
+        <v>1.6422131000000206</v>
       </c>
       <c r="D394" s="5">
-        <v>11.349326871524035</v>
+        <v>12.252166925685071</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>172.33204000999999</v>
+        <v>172.2495524</v>
       </c>
       <c r="C395" s="5">
-        <v>0.91971547999997938</v>
+        <v>0.92220689999999195</v>
       </c>
       <c r="D395" s="5">
-        <v>6.6320640056392266</v>
+        <v>6.6539615215729597</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>174.47159228999999</v>
+        <v>174.4282809</v>
       </c>
       <c r="C396" s="5">
-        <v>2.1395522800000037</v>
+        <v>2.1787285000000054</v>
       </c>
       <c r="D396" s="5">
-        <v>15.958969282800052</v>
+        <v>16.280149724623637</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>175.49584908</v>
+        <v>175.44906270000001</v>
       </c>
       <c r="C397" s="5">
-        <v>1.0242567900000097</v>
+        <v>1.0207818000000088</v>
       </c>
       <c r="D397" s="5">
-        <v>7.2767208284230556</v>
+        <v>7.2530922531879094</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>176.89528245</v>
+        <v>176.79536010000001</v>
       </c>
       <c r="C398" s="5">
-        <v>1.399433369999997</v>
+        <v>1.3462973999999974</v>
       </c>
       <c r="D398" s="5">
-        <v>10.000036002465794</v>
+        <v>9.6068576035883257</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>177.01728896</v>
+        <v>177.03814980000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.12200651000000562</v>
+        <v>0.24278970000000299</v>
       </c>
       <c r="D399" s="5">
-        <v>0.83079929106637529</v>
+        <v>1.660441236847654</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>177.43335177</v>
+        <v>177.47116639999999</v>
       </c>
       <c r="C400" s="5">
-        <v>0.41606280999999967</v>
+        <v>0.43301659999997355</v>
       </c>
       <c r="D400" s="5">
-        <v>2.8572376427103086</v>
+        <v>2.9748806720753862</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>177.90441177</v>
+        <v>177.9617131</v>
       </c>
       <c r="C401" s="5">
-        <v>0.47105999999999426</v>
+        <v>0.49054670000001011</v>
       </c>
       <c r="D401" s="5">
-        <v>3.2327598647302169</v>
+        <v>3.3678037325596488</v>
       </c>
       <c r="E401" s="5">
-        <v>9.1691691919825615</v>
+        <v>9.1801450413711905</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>179.47140722</v>
+        <v>179.5815599</v>
       </c>
       <c r="C402" s="5">
-        <v>1.5669954500000074</v>
+        <v>1.6198468000000048</v>
       </c>
       <c r="D402" s="5">
-        <v>11.097068657265741</v>
+        <v>11.486413187531209</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>179.94765247000001</v>
+        <v>180.09281039999999</v>
       </c>
       <c r="C403" s="5">
-        <v>0.47624525000000517</v>
+        <v>0.51125049999998851</v>
       </c>
       <c r="D403" s="5">
-        <v>3.2312075364024251</v>
+        <v>3.4702811540340717</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>181.17178527999999</v>
+        <v>181.4892169</v>
       </c>
       <c r="C404" s="5">
-        <v>1.2241328099999862</v>
+        <v>1.3964065000000119</v>
       </c>
       <c r="D404" s="5">
-        <v>8.4757202571884793</v>
+        <v>9.7118190199710916</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>182.62690411</v>
+        <v>182.31828759999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.4551188300000035</v>
+        <v>0.82907069999998839</v>
       </c>
       <c r="D405" s="5">
-        <v>10.075411382753984</v>
+        <v>5.6216327977748115</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>184.07933792</v>
+        <v>183.96798089999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.4524338100000023</v>
+        <v>1.6496932999999956</v>
       </c>
       <c r="D406" s="5">
-        <v>9.972333224402341</v>
+        <v>11.415112939073602</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>186.37185847000001</v>
+        <v>186.26962549999999</v>
       </c>
       <c r="C407" s="5">
-        <v>2.2925205500000061</v>
+        <v>2.301644600000003</v>
       </c>
       <c r="D407" s="5">
-        <v>16.01215863937151</v>
+        <v>16.090743960836541</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>186.66506867000001</v>
+        <v>186.60392970000001</v>
       </c>
       <c r="C408" s="5">
-        <v>0.29321020000000431</v>
+        <v>0.33430420000001959</v>
       </c>
       <c r="D408" s="5">
-        <v>1.9043261473791651</v>
+        <v>2.1750660475459371</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>188.20984386999999</v>
+        <v>188.14220280000001</v>
       </c>
       <c r="C409" s="5">
-        <v>1.5447751999999753</v>
+        <v>1.5382730999999978</v>
       </c>
       <c r="D409" s="5">
-        <v>10.395497318452907</v>
+        <v>10.353286105534366</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>190.26450593000001</v>
+        <v>190.16968969999999</v>
       </c>
       <c r="C410" s="5">
-        <v>2.0546620600000267</v>
+        <v>2.0274868999999853</v>
       </c>
       <c r="D410" s="5">
-        <v>13.916155339056191</v>
+        <v>13.726292193973633</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>189.60297525999999</v>
+        <v>189.63369159999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.66153067000001897</v>
+        <v>-0.53599810000000048</v>
       </c>
       <c r="D411" s="5">
-        <v>-4.0934112576163866</v>
+        <v>-3.3302889952114167</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>190.07825209000001</v>
+        <v>190.12608739999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.47527683000001275</v>
+        <v>0.49239579999999705</v>
       </c>
       <c r="D412" s="5">
-        <v>3.0498537117218616</v>
+        <v>3.1607609433160766</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>191.54571293999999</v>
+        <v>191.61577059999999</v>
       </c>
       <c r="C413" s="5">
-        <v>1.4674608499999806</v>
+        <v>1.4896832000000018</v>
       </c>
       <c r="D413" s="5">
-        <v>9.6680395047654457</v>
+        <v>9.8182374781255568</v>
       </c>
       <c r="E413" s="5">
-        <v>7.6677700312659303</v>
+        <v>7.6724691295410929</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>191.52080523999999</v>
+        <v>191.6755718</v>
       </c>
       <c r="C414" s="5">
-        <v>-2.4907699999999977E-2</v>
+        <v>5.9801200000009658E-2</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.15593078121457493</v>
+        <v>0.37515046813643149</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>192.29953875999999</v>
+        <v>192.51138359999999</v>
       </c>
       <c r="C415" s="5">
-        <v>0.77873352000000295</v>
+        <v>0.83581179999998767</v>
       </c>
       <c r="D415" s="5">
-        <v>4.989871050547956</v>
+        <v>5.3600029434430319</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>192.96588216999999</v>
+        <v>193.301467</v>
       </c>
       <c r="C416" s="5">
-        <v>0.66634340999999608</v>
+        <v>0.79008340000001454</v>
       </c>
       <c r="D416" s="5">
-        <v>4.2383288459415969</v>
+        <v>5.037606200120659</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>191.82237287000001</v>
+        <v>191.43592290000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-1.1435092999999767</v>
+        <v>-1.8655440999999939</v>
       </c>
       <c r="D417" s="5">
-        <v>-6.8839045567981483</v>
+        <v>-10.985770655980499</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>192.65514465000001</v>
+        <v>192.52319299999999</v>
       </c>
       <c r="C418" s="5">
-        <v>0.83277178000000163</v>
+        <v>1.0872700999999836</v>
       </c>
       <c r="D418" s="5">
-        <v>5.3358545363216825</v>
+        <v>7.0324419926357074</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>193.00242044000001</v>
+        <v>192.88777450000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.34727578999999764</v>
+        <v>0.3645815000000141</v>
       </c>
       <c r="D419" s="5">
-        <v>2.1846674175184155</v>
+        <v>2.2962603948286864</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>192.35652124999999</v>
+        <v>192.27188860000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.64589919000002283</v>
+        <v>-0.61588589999999499</v>
       </c>
       <c r="D420" s="5">
-        <v>-3.9428039373181956</v>
+        <v>-3.7649937997447869</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>194.64455813999999</v>
+        <v>194.5623239</v>
       </c>
       <c r="C421" s="5">
-        <v>2.2880368900000008</v>
+        <v>2.2904352999999844</v>
       </c>
       <c r="D421" s="5">
-        <v>15.245565527339977</v>
+        <v>15.269771664870513</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>196.29126903</v>
+        <v>196.19951119999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.6467108900000085</v>
+        <v>1.6371872999999937</v>
       </c>
       <c r="D422" s="5">
-        <v>10.638071756615709</v>
+        <v>10.578352090080712</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>198.32475309</v>
+        <v>198.35958600000001</v>
       </c>
       <c r="C423" s="5">
-        <v>2.0334840600000064</v>
+        <v>2.1600748000000181</v>
       </c>
       <c r="D423" s="5">
-        <v>13.164777581343934</v>
+        <v>14.041590468033149</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>201.35791796999999</v>
+        <v>201.40884410000001</v>
       </c>
       <c r="C424" s="5">
-        <v>3.0331648799999869</v>
+        <v>3.049258100000003</v>
       </c>
       <c r="D424" s="5">
-        <v>19.977960891228918</v>
+        <v>20.089248167513386</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>201.62093994</v>
+        <v>201.69362520000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.26302197000001115</v>
+        <v>0.28478110000000356</v>
       </c>
       <c r="D425" s="5">
-        <v>1.5787997418354571</v>
+        <v>1.7099918105752288</v>
       </c>
       <c r="E425" s="5">
-        <v>5.2599595393481913</v>
+        <v>5.2594077034701092</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>200.08791124000001</v>
+        <v>200.39038020000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.5330286999999885</v>
+        <v>-1.303245000000004</v>
       </c>
       <c r="D426" s="5">
-        <v>-8.7521614181819913</v>
+        <v>-7.4841022343412948</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>201.17658227000001</v>
+        <v>201.5894764</v>
       </c>
       <c r="C427" s="5">
-        <v>1.0886710300000004</v>
+        <v>1.1990961999999854</v>
       </c>
       <c r="D427" s="5">
-        <v>6.728130611259453</v>
+        <v>7.4216579321473519</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>201.00687651000001</v>
+        <v>201.51472759999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16970575999999937</v>
+        <v>-7.4748800000008941E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.0075960055227484</v>
+        <v>-0.44405024349726263</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>201.66613744</v>
+        <v>203.76476049999999</v>
       </c>
       <c r="C429" s="5">
-        <v>0.65926092999998787</v>
+        <v>2.2500329000000079</v>
       </c>
       <c r="D429" s="5">
-        <v>4.0075299128981001</v>
+        <v>14.252954284311281</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>204.78012637</v>
+        <v>204.48990330000001</v>
       </c>
       <c r="C430" s="5">
-        <v>3.113988930000005</v>
+        <v>0.72514280000001463</v>
       </c>
       <c r="D430" s="5">
-        <v>20.187116899865853</v>
+        <v>4.3550556935490148</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>204.17148793000001</v>
+        <v>205.11030049999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.6086384399999929</v>
+        <v>0.62039719999998511</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.5088582407355684</v>
+        <v>3.7020199817644928</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>205.33203078</v>
+        <v>206.2042754</v>
       </c>
       <c r="C432" s="5">
-        <v>1.1605428499999846</v>
+        <v>1.0939749000000063</v>
       </c>
       <c r="D432" s="5">
-        <v>7.0383249044512874</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>6.5914418145241127</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>204.54302376999999</v>
+        <v>205.41191670000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.78900701000000595</v>
+        <v>-0.79235869999999409</v>
       </c>
       <c r="D433" s="5">
-        <v>-4.5148943491833959</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.5148944088039595</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>204.47166471</v>
+        <v>205.34025449999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-7.1359059999991814E-2</v>
+        <v>-7.1662200000019993E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.41784243629616746</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.41784248721016271</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>204.89806160000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.44219289999998068</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-2.5537688636119382</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>206.54004399999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.6419823999999892</v>
+      </c>
+      <c r="D436" s="5">
+        <v>10.051757912319715</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>204.6543705</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.8856734999999958</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-10.42205367925655</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.4679419327527476</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>