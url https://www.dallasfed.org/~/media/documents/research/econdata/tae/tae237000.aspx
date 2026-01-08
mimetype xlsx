--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B2E29DD2-1179-442F-8FBC-1C1DE5654A1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7F4DE64B-6BD4-4835-92A1-5A9F97F6EA2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{53969594-7F8B-4816-863A-A18B65370BB6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0EB3A8F3-FDC1-4795-9D86-987BA315E17E}"/>
   </bookViews>
   <sheets>
     <sheet name="AE237000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Heavy and Civil Engineering Construction</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98B4BBE2-DD0F-4100-A213-3E191D645E16}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F41915E-7629-447E-8139-613FFBBE1EC8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-0.96255103999999392</v>
       </c>
       <c r="D431" s="5">
         <v>-5.754364019564628</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>197.29322489</v>
       </c>
       <c r="C432" s="5">
         <v>2.8785807499999976</v>
       </c>
       <c r="D432" s="5">
         <v>19.288441235067456</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>200.32279094</v>
+        <v>199.14200145000001</v>
       </c>
       <c r="C433" s="5">
-        <v>3.0295660499999997</v>
+        <v>1.8487765600000046</v>
       </c>
       <c r="D433" s="5">
-        <v>20.065514615646428</v>
+        <v>11.842882410172395</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>199.84255633999999</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.70055488999997806</v>
+      </c>
+      <c r="D434" s="5">
+        <v>4.3040821954015041</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>