--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7F4DE64B-6BD4-4835-92A1-5A9F97F6EA2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7472E750-CD4A-430E-8E56-CDFF99BCEA2B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0EB3A8F3-FDC1-4795-9D86-987BA315E17E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E1D56CE1-107F-4A11-A7C1-D2C050ED3FE8}"/>
   </bookViews>
   <sheets>
     <sheet name="AE237000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Heavy and Civil Engineering Construction</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F41915E-7629-447E-8139-613FFBBE1EC8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{478F40D9-85D6-45D8-BAC1-520A1DA27890}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>79.543738304000001</v>
+        <v>79.542727200000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>78.849408338999993</v>
+        <v>78.849152880000005</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.69432996500000854</v>
+        <v>-0.69357431999999619</v>
       </c>
       <c r="D7" s="5">
-        <v>-9.9861587297123791</v>
+        <v>-9.9759273146745606</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>77.180281840000006</v>
+        <v>77.1800341</v>
       </c>
       <c r="C8" s="5">
-        <v>-1.6691264989999866</v>
+        <v>-1.6691187800000051</v>
       </c>
       <c r="D8" s="5">
-        <v>-22.643812848103629</v>
+        <v>-22.643785049110331</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>76.375390894000006</v>
+        <v>76.375405880000002</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.80489094600000044</v>
+        <v>-0.8046282199999979</v>
       </c>
       <c r="D9" s="5">
-        <v>-11.821028265375489</v>
+        <v>-11.81742402715723</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>77.669585153</v>
+        <v>77.669390100000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.294194258999994</v>
+        <v>1.2939842199999987</v>
       </c>
       <c r="D10" s="5">
-        <v>22.340562838122622</v>
+        <v>22.336588005224133</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>79.265538895999995</v>
+        <v>79.265479729999996</v>
       </c>
       <c r="C11" s="5">
-        <v>1.5959537429999955</v>
+        <v>1.5960896299999945</v>
       </c>
       <c r="D11" s="5">
-        <v>27.644225537187218</v>
+        <v>27.646928906227952</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>80.127998757</v>
+        <v>80.128062119999996</v>
       </c>
       <c r="C12" s="5">
-        <v>0.86245986100000493</v>
+        <v>0.86258239000000003</v>
       </c>
       <c r="D12" s="5">
-        <v>13.86717722579538</v>
+        <v>13.869277684693127</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>80.777928817000003</v>
+        <v>80.77807885</v>
       </c>
       <c r="C13" s="5">
-        <v>0.64993006000000264</v>
+        <v>0.65001673000000437</v>
       </c>
       <c r="D13" s="5">
-        <v>10.179553521797025</v>
+        <v>10.180963711507118</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>82.408567714</v>
+        <v>82.408712859999994</v>
       </c>
       <c r="C14" s="5">
-        <v>1.6306388969999972</v>
+        <v>1.6306340099999943</v>
       </c>
       <c r="D14" s="5">
-        <v>27.103008641237516</v>
+        <v>27.102862136615901</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>80.495299422000002</v>
+        <v>80.495598810000004</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.9132682919999979</v>
+        <v>-1.9131140499999901</v>
       </c>
       <c r="D15" s="5">
-        <v>-24.564139312664913</v>
+        <v>-24.562366832793824</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>80.304464710999994</v>
+        <v>80.304890560000004</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.19083471100000793</v>
+        <v>-0.19070825000000013</v>
       </c>
       <c r="D16" s="5">
-        <v>-2.8081035485766237</v>
+        <v>-2.8062565732270284</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>81.088453465000001</v>
+        <v>81.089021810000006</v>
       </c>
       <c r="C17" s="5">
-        <v>0.78398875400000634</v>
+        <v>0.7841312500000015</v>
       </c>
       <c r="D17" s="5">
-        <v>12.365221437094664</v>
+        <v>12.367521814904947</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>79.620938647000003</v>
+        <v>79.619974510000006</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.4675148179999979</v>
+        <v>-1.4690472999999997</v>
       </c>
       <c r="D18" s="5">
-        <v>-19.680812367251409</v>
+        <v>-19.699236845662782</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>79.246564206000002</v>
+        <v>79.246318200000005</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.3743744410000005</v>
+        <v>-0.37365631000000121</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.498698931178625</v>
+        <v>-5.4884867436473144</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>80.811914215000002</v>
+        <v>80.811688849999996</v>
       </c>
       <c r="C20" s="5">
-        <v>1.5653500089999994</v>
+        <v>1.5653706499999913</v>
       </c>
       <c r="D20" s="5">
-        <v>26.455995291561752</v>
+        <v>26.456474134668895</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>78.896656750000005</v>
+        <v>78.896602110000003</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.9152574649999963</v>
+        <v>-1.9150867399999925</v>
       </c>
       <c r="D21" s="5">
-        <v>-25.010842486776554</v>
+        <v>-25.008956145255979</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>78.246843001000002</v>
+        <v>78.246689489999994</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.64981374900000333</v>
+        <v>-0.64991262000000916</v>
       </c>
       <c r="D22" s="5">
-        <v>-9.4478666030802234</v>
+        <v>-9.4492458803841277</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>77.956399750000003</v>
+        <v>77.956368459999993</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.29044325099999924</v>
+        <v>-0.2903210300000012</v>
       </c>
       <c r="D23" s="5">
-        <v>-4.3644419335065461</v>
+        <v>-4.3626510398779406</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>77.722019036999995</v>
+        <v>77.722079750000006</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.23438071300000729</v>
+        <v>-0.23428870999998708</v>
       </c>
       <c r="D24" s="5">
-        <v>-3.5488076033949989</v>
+        <v>-3.5474389122511996</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>77.793310661000007</v>
+        <v>77.793436470000003</v>
       </c>
       <c r="C25" s="5">
-        <v>7.1291624000011211E-2</v>
+        <v>7.1356719999997154E-2</v>
       </c>
       <c r="D25" s="5">
-        <v>1.106287094520253</v>
+        <v>1.1073014762424949</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>78.046569118999997</v>
+        <v>78.046708140000007</v>
       </c>
       <c r="C26" s="5">
-        <v>0.25325845799999058</v>
+        <v>0.25327167000000372</v>
       </c>
       <c r="D26" s="5">
-        <v>3.9773506300246897</v>
+        <v>3.9775553018711385</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>77.459959417999997</v>
+        <v>77.460209269999993</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.58660970100000043</v>
+        <v>-0.58649887000001399</v>
       </c>
       <c r="D27" s="5">
-        <v>-8.655714397669378</v>
+        <v>-8.6541312384545659</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>77.395297325000001</v>
+        <v>77.395645169999995</v>
       </c>
       <c r="C28" s="5">
-        <v>-6.466209299999548E-2</v>
+        <v>-6.4564099999998348E-2</v>
       </c>
       <c r="D28" s="5">
-        <v>-0.99715055841406164</v>
+        <v>-0.99564313784891167</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>76.773845604000002</v>
+        <v>76.774310459999995</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.62145172099999968</v>
+        <v>-0.62133470999999929</v>
       </c>
       <c r="D29" s="5">
-        <v>-9.221152688312106</v>
+        <v>-9.2194527784742579</v>
       </c>
       <c r="E29" s="5">
-        <v>-5.3208658898178385</v>
+        <v>-5.3209562203251455</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>71.263603996000001</v>
+        <v>71.262911930000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-5.5102416080000012</v>
+        <v>-5.5113985299999939</v>
       </c>
       <c r="D30" s="5">
-        <v>-59.087704762025609</v>
+        <v>-59.09544443455156</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>71.561392897000005</v>
+        <v>71.561143259999994</v>
       </c>
       <c r="C31" s="5">
-        <v>0.2977889010000041</v>
+        <v>0.29823132999999302</v>
       </c>
       <c r="D31" s="5">
-        <v>5.1313009204837945</v>
+        <v>5.1391519514745854</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>72.309501599000001</v>
+        <v>72.309329669999997</v>
       </c>
       <c r="C32" s="5">
-        <v>0.74810870199999613</v>
+        <v>0.74818641000000241</v>
       </c>
       <c r="D32" s="5">
-        <v>13.291935011397094</v>
+        <v>13.29344509309327</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>72.432906556000006</v>
+        <v>72.432824100000005</v>
       </c>
       <c r="C33" s="5">
-        <v>0.12340495700000531</v>
+        <v>0.12349443000000804</v>
       </c>
       <c r="D33" s="5">
-        <v>2.0672785677606997</v>
+        <v>2.068796490810576</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>72.855088152999997</v>
+        <v>72.855001240000007</v>
       </c>
       <c r="C34" s="5">
-        <v>0.42218159699999092</v>
+        <v>0.42217714000000228</v>
       </c>
       <c r="D34" s="5">
-        <v>7.2229380841440705</v>
+        <v>7.2228678579290717</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>71.870379247000002</v>
+        <v>71.870380650000001</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.9847089059999945</v>
+        <v>-0.98462059000000579</v>
       </c>
       <c r="D35" s="5">
-        <v>-15.066194657304422</v>
+        <v>-15.06495888270808</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>71.787867734000002</v>
+        <v>71.787926130000002</v>
       </c>
       <c r="C36" s="5">
-        <v>-8.2511513000000036E-2</v>
+        <v>-8.2454519999998865E-2</v>
       </c>
       <c r="D36" s="5">
-        <v>-1.3690062177855622</v>
+        <v>-1.3680665393059788</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>71.027149573000003</v>
+        <v>71.027240669999998</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.76071816099999978</v>
+        <v>-0.76068546000000481</v>
       </c>
       <c r="D37" s="5">
-        <v>-12.000544315378846</v>
+        <v>-12.000048933516439</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>70.442577228000005</v>
+        <v>70.442690049999996</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.58457234499999799</v>
+        <v>-0.58455062000000169</v>
       </c>
       <c r="D38" s="5">
-        <v>-9.4412940764387994</v>
+        <v>-9.4409473624685667</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>70.591721406000005</v>
+        <v>70.591892349999995</v>
       </c>
       <c r="C39" s="5">
-        <v>0.14914417800000024</v>
+        <v>0.1492022999999989</v>
       </c>
       <c r="D39" s="5">
-        <v>2.5704895085522983</v>
+        <v>2.5714987687785351</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>70.092866349000005</v>
+        <v>70.093077410000006</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.4988550570000001</v>
+        <v>-0.49881493999998838</v>
       </c>
       <c r="D40" s="5">
-        <v>-8.1581606409753089</v>
+        <v>-8.1575108683092363</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>69.190382405999998</v>
+        <v>69.190651000000003</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.90248394300000712</v>
+        <v>-0.9024264100000039</v>
       </c>
       <c r="D41" s="5">
-        <v>-14.402135840771891</v>
+        <v>-14.401241382559016</v>
       </c>
       <c r="E41" s="5">
-        <v>-9.8776648979074899</v>
+        <v>-9.8778607252371753</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>68.425625014000005</v>
+        <v>68.425236650000002</v>
       </c>
       <c r="C42" s="5">
-        <v>-0.76475739199999282</v>
+        <v>-0.76541435000000035</v>
       </c>
       <c r="D42" s="5">
-        <v>-12.486207333463595</v>
+        <v>-12.496243897736836</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>67.710883435</v>
+        <v>67.710674049999994</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.71474157900000534</v>
+        <v>-0.71456260000000782</v>
       </c>
       <c r="D43" s="5">
-        <v>-11.839004543955012</v>
+        <v>-11.836271458879111</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>67.453570204000002</v>
+        <v>67.453440439999994</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.2573132309999977</v>
+        <v>-0.25723361000000011</v>
       </c>
       <c r="D44" s="5">
-        <v>-4.4660947288644559</v>
+        <v>-4.4647550410581776</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>67.558656392000003</v>
+        <v>67.558568210000004</v>
       </c>
       <c r="C45" s="5">
-        <v>0.10508618800000136</v>
+        <v>0.10512777000000995</v>
       </c>
       <c r="D45" s="5">
-        <v>1.885586926509486</v>
+        <v>1.8863431096340699</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>66.942622864000001</v>
+        <v>66.942589179999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.61603352800000266</v>
+        <v>-0.61597903000000542</v>
       </c>
       <c r="D46" s="5">
-        <v>-10.409770835347009</v>
+        <v>-10.408908518833581</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>67.692526067000003</v>
+        <v>67.69254368</v>
       </c>
       <c r="C47" s="5">
-        <v>0.74990320300000235</v>
+        <v>0.74995450000000119</v>
       </c>
       <c r="D47" s="5">
-        <v>14.302560256506048</v>
+        <v>14.303607320956214</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>67.597017183999995</v>
+        <v>67.597062089999994</v>
       </c>
       <c r="C48" s="5">
-        <v>-9.5508883000007927E-2</v>
+        <v>-9.5481590000005667E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>-1.6800295228125872</v>
+        <v>-1.6795527155844203</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>67.905846926999999</v>
+        <v>67.905912380000004</v>
       </c>
       <c r="C49" s="5">
-        <v>0.30882974300000399</v>
+        <v>0.30885029000000941</v>
       </c>
       <c r="D49" s="5">
-        <v>5.6223076434157804</v>
+        <v>5.6226873257195553</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>68.072521733000002</v>
+        <v>68.072603560000005</v>
       </c>
       <c r="C50" s="5">
-        <v>0.16667480600000317</v>
+        <v>0.16669118000000083</v>
       </c>
       <c r="D50" s="5">
-        <v>2.9854875583121165</v>
+        <v>2.9857819043737965</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>68.156146965999994</v>
+        <v>68.156244549999997</v>
       </c>
       <c r="C51" s="5">
-        <v>8.3625232999992249E-2</v>
+        <v>8.3640989999992144E-2</v>
       </c>
       <c r="D51" s="5">
-        <v>1.484168469834346</v>
+        <v>1.4844482188746122</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>68.057081674000003</v>
+        <v>68.05719096</v>
       </c>
       <c r="C52" s="5">
-        <v>-9.90652919999917E-2</v>
+        <v>-9.9053589999996916E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.7303295246154371</v>
+        <v>-1.7301243046049519</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>68.695256342999997</v>
+        <v>68.695410859999996</v>
       </c>
       <c r="C53" s="5">
-        <v>0.63817466899999431</v>
+        <v>0.63821989999999573</v>
       </c>
       <c r="D53" s="5">
-        <v>11.851319911924918</v>
+        <v>11.852183645552739</v>
       </c>
       <c r="E53" s="5">
-        <v>-0.7155995469061982</v>
+        <v>-0.71576164242190821</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>68.269828727000004</v>
+        <v>68.269671470000006</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.42542761599999324</v>
+        <v>-0.42573938999998973</v>
       </c>
       <c r="D54" s="5">
-        <v>-7.1835875692824791</v>
+        <v>-7.1886582963642809</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>67.108062438000005</v>
+        <v>67.107867830000004</v>
       </c>
       <c r="C55" s="5">
-        <v>-1.1617662889999991</v>
+        <v>-1.1618036400000022</v>
       </c>
       <c r="D55" s="5">
-        <v>-18.613824714553107</v>
+        <v>-18.614407234400922</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>67.872187736000001</v>
+        <v>67.87208167</v>
       </c>
       <c r="C56" s="5">
-        <v>0.76412529799999618</v>
+        <v>0.76421383999999648</v>
       </c>
       <c r="D56" s="5">
-        <v>14.552818213378703</v>
+        <v>14.554656376623809</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>67.356487087000005</v>
+        <v>67.356449799999993</v>
       </c>
       <c r="C57" s="5">
-        <v>-0.51570064899999579</v>
+        <v>-0.5156318700000071</v>
       </c>
       <c r="D57" s="5">
-        <v>-8.746197747114925</v>
+        <v>-8.7450926690917701</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>66.115382816999997</v>
+        <v>66.115372840000006</v>
       </c>
       <c r="C58" s="5">
-        <v>-1.2411042700000081</v>
+        <v>-1.2410769599999867</v>
       </c>
       <c r="D58" s="5">
-        <v>-20.002381867932073</v>
+        <v>-20.001995311220711</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>67.061118074999996</v>
+        <v>67.061137489999993</v>
       </c>
       <c r="C59" s="5">
-        <v>0.94573525799999913</v>
+        <v>0.94576464999998677</v>
       </c>
       <c r="D59" s="5">
-        <v>18.582137973849488</v>
+        <v>18.582764679516337</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>67.280473134000005</v>
+        <v>67.28050915</v>
       </c>
       <c r="C60" s="5">
-        <v>0.21935505900000862</v>
+        <v>0.2193716600000073</v>
       </c>
       <c r="D60" s="5">
-        <v>3.9965574927574021</v>
+        <v>3.9968642404718091</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>67.435674689999999</v>
+        <v>67.435726090000003</v>
       </c>
       <c r="C61" s="5">
-        <v>0.15520155599999441</v>
+        <v>0.15521694000000252</v>
       </c>
       <c r="D61" s="5">
-        <v>2.803533200363173</v>
+        <v>2.8038131097103847</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>67.569615916000004</v>
+        <v>67.569661109999998</v>
       </c>
       <c r="C62" s="5">
-        <v>0.13394122600000458</v>
+        <v>0.13393501999999557</v>
       </c>
       <c r="D62" s="5">
-        <v>2.4096589839843086</v>
+        <v>2.4095442563296654</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>67.309635056000005</v>
+        <v>67.30968215</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.25998085999999887</v>
+        <v>-0.25997895999999798</v>
       </c>
       <c r="D63" s="5">
-        <v>-4.5206558661749714</v>
+        <v>-4.5206205642318364</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>68.130244297000004</v>
+        <v>68.130287129999999</v>
       </c>
       <c r="C64" s="5">
-        <v>0.82060924099999966</v>
+        <v>0.82060497999999882</v>
       </c>
       <c r="D64" s="5">
-        <v>15.651833947180528</v>
+        <v>15.65173545466525</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>69.322275145999996</v>
+        <v>69.322335710000004</v>
       </c>
       <c r="C65" s="5">
-        <v>1.1920308489999911</v>
+        <v>1.1920485800000051</v>
       </c>
       <c r="D65" s="5">
-        <v>23.138635973062669</v>
+        <v>23.138997950208417</v>
       </c>
       <c r="E65" s="5">
-        <v>0.91275414981968339</v>
+        <v>0.91261532925055455</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>70.274502901999995</v>
+        <v>70.274458769999995</v>
       </c>
       <c r="C66" s="5">
-        <v>0.9522277559999992</v>
+        <v>0.95212305999999103</v>
       </c>
       <c r="D66" s="5">
-        <v>17.787632819713583</v>
+        <v>17.785510325194309</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>69.838842612999997</v>
+        <v>69.838712670000007</v>
       </c>
       <c r="C67" s="5">
-        <v>-0.43566028899999765</v>
+        <v>-0.4357460999999887</v>
       </c>
       <c r="D67" s="5">
-        <v>-7.1908029438850889</v>
+        <v>-7.1921757145280374</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>69.469919507</v>
+        <v>69.469847799999997</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.36892310599999689</v>
+        <v>-0.36886487000001011</v>
       </c>
       <c r="D68" s="5">
-        <v>-6.1580236115755245</v>
+        <v>-6.157090729990788</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>69.822661980000007</v>
+        <v>69.822654630000002</v>
       </c>
       <c r="C69" s="5">
-        <v>0.35274247300000638</v>
+        <v>0.35280683000000579</v>
       </c>
       <c r="D69" s="5">
-        <v>6.2662312572824508</v>
+        <v>6.2674132877884814</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>70.442419004000001</v>
+        <v>70.442422190000002</v>
       </c>
       <c r="C70" s="5">
-        <v>0.61975702399999477</v>
+        <v>0.61976755999999966</v>
       </c>
       <c r="D70" s="5">
-        <v>11.187075909984845</v>
+        <v>11.187276707510097</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>70.617832628000002</v>
+        <v>70.617847209999994</v>
       </c>
       <c r="C71" s="5">
-        <v>0.17541362400000082</v>
+        <v>0.1754250199999916</v>
       </c>
       <c r="D71" s="5">
-        <v>3.0294723156647274</v>
+        <v>3.0296716943328361</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>70.811912973000005</v>
+        <v>70.811934390000005</v>
       </c>
       <c r="C72" s="5">
-        <v>0.19408034500000326</v>
+        <v>0.19408718000001102</v>
       </c>
       <c r="D72" s="5">
-        <v>3.3482940701595076</v>
+        <v>3.3484130745476515</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>71.236122863000006</v>
+        <v>71.236163489999996</v>
       </c>
       <c r="C73" s="5">
-        <v>0.4242098900000002</v>
+        <v>0.42422909999999092</v>
       </c>
       <c r="D73" s="5">
-        <v>7.4304433571611206</v>
+        <v>7.4307886804501067</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>72.367254521000007</v>
+        <v>72.36727295</v>
       </c>
       <c r="C74" s="5">
-        <v>1.131131658000001</v>
+        <v>1.1311094600000047</v>
       </c>
       <c r="D74" s="5">
-        <v>20.809717283717323</v>
+        <v>20.809259674173617</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>73.578650085000007</v>
+        <v>73.578667170000003</v>
       </c>
       <c r="C75" s="5">
-        <v>1.211395564</v>
+        <v>1.2113942200000025</v>
       </c>
       <c r="D75" s="5">
-        <v>22.044055222313318</v>
+        <v>22.044022330668934</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>74.535710163999994</v>
+        <v>74.535732580000001</v>
       </c>
       <c r="C76" s="5">
-        <v>0.95706007899998724</v>
+        <v>0.95706540999999845</v>
       </c>
       <c r="D76" s="5">
-        <v>16.775284861663884</v>
+        <v>16.775380908755146</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>74.453576803000004</v>
+        <v>74.453614549999998</v>
       </c>
       <c r="C77" s="5">
-        <v>-8.2133360999989691E-2</v>
+        <v>-8.2118030000003728E-2</v>
       </c>
       <c r="D77" s="5">
-        <v>-1.314334908417869</v>
+        <v>-1.3140906667489904</v>
       </c>
       <c r="E77" s="5">
-        <v>7.4020964346495299</v>
+        <v>7.4020570533946728</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>74.068772609000007</v>
+        <v>74.068739820000005</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.38480419399999732</v>
+        <v>-0.38487472999999284</v>
       </c>
       <c r="D78" s="5">
-        <v>-6.0287552659372796</v>
+        <v>-6.0298261601382404</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>73.881785858000001</v>
+        <v>73.881707890000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-0.18698675100000628</v>
+        <v>-0.1870319300000034</v>
       </c>
       <c r="D79" s="5">
-        <v>-2.9876916116179486</v>
+        <v>-2.9884047946778569</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>73.58827703</v>
+        <v>73.588235929999996</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.29350882800000022</v>
+        <v>-0.29347196000000508</v>
       </c>
       <c r="D80" s="5">
-        <v>-4.6644227633223956</v>
+        <v>-4.6638544147812429</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>73.948206571</v>
+        <v>73.948210169999996</v>
       </c>
       <c r="C81" s="5">
-        <v>0.35992954099999963</v>
+        <v>0.35997423999999967</v>
       </c>
       <c r="D81" s="5">
-        <v>6.0298466450954491</v>
+        <v>6.0306192011705395</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>74.275771452000001</v>
+        <v>74.275778970000005</v>
       </c>
       <c r="C82" s="5">
-        <v>0.3275648810000007</v>
+        <v>0.32756880000000876</v>
       </c>
       <c r="D82" s="5">
-        <v>5.4470187971332296</v>
+        <v>5.4470852897544608</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>74.493765394999997</v>
+        <v>74.493778379999995</v>
       </c>
       <c r="C83" s="5">
-        <v>0.21799394299999619</v>
+        <v>0.21799940999999023</v>
       </c>
       <c r="D83" s="5">
-        <v>3.5793229241694036</v>
+        <v>3.5794137746512522</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>74.581202078999993</v>
+        <v>74.581216780000005</v>
       </c>
       <c r="C84" s="5">
-        <v>8.743668399999649E-2</v>
+        <v>8.7438400000010574E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>1.417622328565904</v>
+        <v>1.4176500814442106</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>74.485288154000003</v>
+        <v>74.485313239999996</v>
       </c>
       <c r="C85" s="5">
-        <v>-9.5913924999990741E-2</v>
+        <v>-9.5903540000009002E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>-1.5323712458646388</v>
+        <v>-1.5322062014279991</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>74.019849469999997</v>
+        <v>74.019856000000004</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.46543868400000576</v>
+        <v>-0.46545723999999211</v>
       </c>
       <c r="D86" s="5">
-        <v>-7.246064812811392</v>
+        <v>-7.2463414844470169</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>74.500674111999999</v>
+        <v>74.500678730000004</v>
       </c>
       <c r="C87" s="5">
-        <v>0.48082464200000175</v>
+        <v>0.48082272999999986</v>
       </c>
       <c r="D87" s="5">
-        <v>8.0796820802404348</v>
+        <v>8.0796480564662154</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>74.42180157</v>
+        <v>74.421812669999994</v>
       </c>
       <c r="C88" s="5">
-        <v>-7.8872541999999157E-2</v>
+        <v>-7.8866060000009952E-2</v>
       </c>
       <c r="D88" s="5">
-        <v>-1.2630474203898734</v>
+        <v>-1.2629441448597789</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>75.14308321</v>
+        <v>75.143098940000002</v>
       </c>
       <c r="C89" s="5">
-        <v>0.72128164000000083</v>
+        <v>0.72128627000000733</v>
       </c>
       <c r="D89" s="5">
-        <v>12.270583626761322</v>
+        <v>12.270664709662714</v>
       </c>
       <c r="E89" s="5">
-        <v>0.92608902971094142</v>
+        <v>0.92605898876403359</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>75.515546213999997</v>
+        <v>75.515519420000004</v>
       </c>
       <c r="C90" s="5">
-        <v>0.37246300399999654</v>
+        <v>0.37242048000000239</v>
       </c>
       <c r="D90" s="5">
-        <v>6.1129255059966248</v>
+        <v>6.112207147221449</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>78.230973320000004</v>
+        <v>78.230936880000002</v>
       </c>
       <c r="C91" s="5">
-        <v>2.715427106000007</v>
+        <v>2.7154174599999976</v>
       </c>
       <c r="D91" s="5">
-        <v>52.794733968711462</v>
+        <v>52.794530472206503</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>79.099591579999995</v>
+        <v>79.099567440000001</v>
       </c>
       <c r="C92" s="5">
-        <v>0.86861825999999098</v>
+        <v>0.86863055999999972</v>
       </c>
       <c r="D92" s="5">
-        <v>14.168446002342993</v>
+        <v>14.168666048994115</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>77.61305772</v>
+        <v>77.613062889999995</v>
       </c>
       <c r="C93" s="5">
-        <v>-1.4865338599999944</v>
+        <v>-1.4865045500000065</v>
       </c>
       <c r="D93" s="5">
-        <v>-20.360847271748405</v>
+        <v>-20.360491955363457</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>77.662545410999996</v>
+        <v>77.662553160000002</v>
       </c>
       <c r="C94" s="5">
-        <v>4.9487690999995948E-2</v>
+        <v>4.9490270000006831E-2</v>
       </c>
       <c r="D94" s="5">
-        <v>0.76783382974419112</v>
+        <v>0.76787393372366175</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>78.012307483000001</v>
+        <v>78.012316659999996</v>
       </c>
       <c r="C95" s="5">
-        <v>0.34976207200000431</v>
+        <v>0.34976349999999456</v>
       </c>
       <c r="D95" s="5">
-        <v>5.5402307632204773</v>
+        <v>5.5402533793831532</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>78.357374421000003</v>
+        <v>78.357383339999998</v>
       </c>
       <c r="C96" s="5">
-        <v>0.34506693800000221</v>
+        <v>0.34506668000000218</v>
       </c>
       <c r="D96" s="5">
-        <v>5.4389367592847071</v>
+        <v>5.4389319378025824</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>79.205601267000006</v>
+        <v>79.205614600000004</v>
       </c>
       <c r="C97" s="5">
-        <v>0.84822684600000287</v>
+        <v>0.8482312600000057</v>
       </c>
       <c r="D97" s="5">
-        <v>13.792132851089489</v>
+        <v>13.792207284012758</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>80.108723248000004</v>
+        <v>80.108726050000001</v>
       </c>
       <c r="C98" s="5">
-        <v>0.90312198099999819</v>
+        <v>0.90311144999999726</v>
       </c>
       <c r="D98" s="5">
-        <v>14.574238572374387</v>
+        <v>14.574055221782301</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>79.790317199</v>
+        <v>79.790319510000003</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.31840604900000358</v>
+        <v>-0.31840653999999802</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.666710778263317</v>
+        <v>-4.6667176583328978</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>80.369428502999995</v>
+        <v>80.369437410000003</v>
       </c>
       <c r="C100" s="5">
-        <v>0.57911130399999422</v>
+        <v>0.57911789999999996</v>
       </c>
       <c r="D100" s="5">
-        <v>9.0657179650003314</v>
+        <v>9.0658251055030448</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>80.147038226000006</v>
+        <v>80.147039340000006</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.22239027699998815</v>
+        <v>-0.22239806999999701</v>
       </c>
       <c r="D101" s="5">
-        <v>-3.2704485249287152</v>
+        <v>-3.2705610324714862</v>
       </c>
       <c r="E101" s="5">
-        <v>6.6592356904169314</v>
+        <v>6.6592148455249855</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>80.100396992</v>
+        <v>80.100375540000002</v>
       </c>
       <c r="C102" s="5">
-        <v>-4.6641234000006193E-2</v>
+        <v>-4.6663800000004585E-2</v>
       </c>
       <c r="D102" s="5">
-        <v>-0.6961041537225432</v>
+        <v>-0.69643985600374991</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>81.201610720000005</v>
+        <v>81.201600619999994</v>
       </c>
       <c r="C103" s="5">
-        <v>1.1012137280000047</v>
+        <v>1.1012250799999919</v>
       </c>
       <c r="D103" s="5">
-        <v>17.803910160057136</v>
+        <v>17.804112922666594</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>82.067124082999996</v>
+        <v>82.067113989999996</v>
       </c>
       <c r="C104" s="5">
-        <v>0.86551336299999093</v>
+        <v>0.86551337000000217</v>
       </c>
       <c r="D104" s="5">
-        <v>13.567704023244055</v>
+        <v>13.567705927198158</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>83.045442651000002</v>
+        <v>83.045441710000006</v>
       </c>
       <c r="C105" s="5">
-        <v>0.97831856800000594</v>
+        <v>0.97832772000001</v>
       </c>
       <c r="D105" s="5">
-        <v>15.281356438072491</v>
+        <v>15.281510897053941</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>83.395599042000001</v>
+        <v>83.395603629999997</v>
       </c>
       <c r="C106" s="5">
-        <v>0.35015639099999873</v>
+        <v>0.3501619199999908</v>
       </c>
       <c r="D106" s="5">
-        <v>5.1787341275039811</v>
+        <v>5.1788178658441542</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>83.269073458999998</v>
+        <v>83.269080160000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.12652558300000294</v>
+        <v>-0.12652346999999509</v>
       </c>
       <c r="D107" s="5">
-        <v>-1.8054926462534815</v>
+        <v>-1.8054626468529733</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>84.086454899000003</v>
+        <v>84.086460919999993</v>
       </c>
       <c r="C108" s="5">
-        <v>0.81738144000000545</v>
+        <v>0.81738075999999182</v>
       </c>
       <c r="D108" s="5">
-        <v>12.436606118611039</v>
+        <v>12.436594151964876</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>84.222959103999997</v>
+        <v>84.22296326</v>
       </c>
       <c r="C109" s="5">
-        <v>0.13650420499999427</v>
+        <v>0.13650234000000694</v>
       </c>
       <c r="D109" s="5">
-        <v>1.965542926264563</v>
+        <v>1.965515689651065</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>84.294459744999997</v>
+        <v>84.294462010000004</v>
       </c>
       <c r="C110" s="5">
-        <v>7.1500641000000087E-2</v>
+        <v>7.1498750000003497E-2</v>
       </c>
       <c r="D110" s="5">
-        <v>1.0235038830102905</v>
+        <v>1.0234766368287351</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>85.246870354999999</v>
+        <v>85.24687127</v>
       </c>
       <c r="C111" s="5">
-        <v>0.95241061000000116</v>
+        <v>0.95240925999999604</v>
       </c>
       <c r="D111" s="5">
-        <v>14.433438354708873</v>
+        <v>14.433416195964899</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>85.491101248999996</v>
+        <v>85.491106849999994</v>
       </c>
       <c r="C112" s="5">
-        <v>0.24423089399999753</v>
+        <v>0.24423557999999446</v>
       </c>
       <c r="D112" s="5">
-        <v>3.4926748138569774</v>
+        <v>3.4927428483784162</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>86.615983361000005</v>
+        <v>86.615983200000002</v>
       </c>
       <c r="C113" s="5">
-        <v>1.1248821120000088</v>
+        <v>1.1248763500000081</v>
       </c>
       <c r="D113" s="5">
-        <v>16.983752083973268</v>
+        <v>16.983657503535234</v>
       </c>
       <c r="E113" s="5">
-        <v>8.0713464629332385</v>
+        <v>8.0713447599198638</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>86.933024148000001</v>
+        <v>86.933010679999995</v>
       </c>
       <c r="C114" s="5">
-        <v>0.31704078699999627</v>
+        <v>0.31702747999999303</v>
       </c>
       <c r="D114" s="5">
-        <v>4.4818776421986284</v>
+        <v>4.4816857320305381</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>87.333988149999996</v>
+        <v>87.333984020000003</v>
       </c>
       <c r="C115" s="5">
-        <v>0.40096400199999493</v>
+        <v>0.40097334000000728</v>
       </c>
       <c r="D115" s="5">
-        <v>5.6773859088143031</v>
+        <v>5.6775224028538851</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>87.505973537000003</v>
+        <v>87.505969559999997</v>
       </c>
       <c r="C116" s="5">
-        <v>0.17198538700000654</v>
+        <v>0.17198553999999433</v>
       </c>
       <c r="D116" s="5">
-        <v>2.3889043453457104</v>
+        <v>2.3889066078078613</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>88.379574051000006</v>
+        <v>88.379574259999998</v>
       </c>
       <c r="C117" s="5">
-        <v>0.87360051400000316</v>
+        <v>0.87360470000000134</v>
       </c>
       <c r="D117" s="5">
-        <v>12.66017961012893</v>
+        <v>12.660244249772523</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>88.824580421999997</v>
+        <v>88.824583009999998</v>
       </c>
       <c r="C118" s="5">
-        <v>0.44500637099999096</v>
+        <v>0.44500874999999951</v>
       </c>
       <c r="D118" s="5">
-        <v>6.2123766408706427</v>
+        <v>6.2124107621701619</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>89.819724257000004</v>
+        <v>89.819727549999996</v>
       </c>
       <c r="C119" s="5">
-        <v>0.99514383500000747</v>
+        <v>0.9951445399999983</v>
       </c>
       <c r="D119" s="5">
-        <v>14.304317038673231</v>
+        <v>14.304327362063262</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>90.477813818000001</v>
+        <v>90.477816520000005</v>
       </c>
       <c r="C120" s="5">
-        <v>0.65808956099999705</v>
+        <v>0.65808897000000854</v>
       </c>
       <c r="D120" s="5">
-        <v>9.1552354152456559</v>
+        <v>9.1552265099462016</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>91.103630254999999</v>
+        <v>91.103631800000002</v>
       </c>
       <c r="C121" s="5">
-        <v>0.62581643699999745</v>
+        <v>0.62581527999999764</v>
       </c>
       <c r="D121" s="5">
-        <v>8.6233054522454555</v>
+        <v>8.623288630887572</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>91.995862098999993</v>
+        <v>91.995862720000005</v>
       </c>
       <c r="C122" s="5">
-        <v>0.89223184399999411</v>
+        <v>0.89223092000000293</v>
       </c>
       <c r="D122" s="5">
-        <v>12.406474835163417</v>
+        <v>12.406461065273501</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>92.947093292000005</v>
+        <v>92.94709331</v>
       </c>
       <c r="C123" s="5">
-        <v>0.95123119300001235</v>
+        <v>0.95123058999999444</v>
       </c>
       <c r="D123" s="5">
-        <v>13.138451478340741</v>
+        <v>13.138442576636766</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>93.343562770000005</v>
+        <v>93.343566150000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.39646947800000021</v>
+        <v>0.39647284000000127</v>
       </c>
       <c r="D124" s="5">
-        <v>5.2404569272226142</v>
+        <v>5.2405024121467969</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>93.823574824000005</v>
+        <v>93.823573909999993</v>
       </c>
       <c r="C125" s="5">
-        <v>0.48001205399999947</v>
+        <v>0.48000775999999235</v>
       </c>
       <c r="D125" s="5">
-        <v>6.3484676429870879</v>
+        <v>6.3484089999000792</v>
       </c>
       <c r="E125" s="5">
-        <v>8.3213180562299307</v>
+        <v>8.3213172023428363</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>94.577974308999998</v>
+        <v>94.577967959999995</v>
       </c>
       <c r="C126" s="5">
-        <v>0.75439948499999332</v>
+        <v>0.75439405000000193</v>
       </c>
       <c r="D126" s="5">
-        <v>10.087087228232129</v>
+        <v>10.087011415981429</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>94.920034659999999</v>
+        <v>94.920033529999998</v>
       </c>
       <c r="C127" s="5">
-        <v>0.34206035100000065</v>
+        <v>0.34206557000000259</v>
       </c>
       <c r="D127" s="5">
-        <v>4.4274232519710743</v>
+        <v>4.4274924560964823</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>95.685206934999997</v>
+        <v>95.685206320000006</v>
       </c>
       <c r="C128" s="5">
-        <v>0.76517227499999763</v>
+        <v>0.76517279000000826</v>
       </c>
       <c r="D128" s="5">
-        <v>10.114103612321813</v>
+        <v>10.114110850032066</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>96.257008941999999</v>
+        <v>96.257008720000002</v>
       </c>
       <c r="C129" s="5">
-        <v>0.57180200700000228</v>
+        <v>0.57180239999999571</v>
       </c>
       <c r="D129" s="5">
-        <v>7.4114906840076822</v>
+        <v>7.4114959957210846</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>96.786693974000002</v>
+        <v>96.786694990000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.52968503200000328</v>
+        <v>0.52968626999999913</v>
       </c>
       <c r="D130" s="5">
-        <v>6.8069509621890401</v>
+        <v>6.8069673723982094</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>97.052700381999998</v>
+        <v>97.052701670000005</v>
       </c>
       <c r="C131" s="5">
-        <v>0.26600640799999553</v>
+        <v>0.26600668000000383</v>
       </c>
       <c r="D131" s="5">
-        <v>3.348366639079936</v>
+        <v>3.3483700791292925</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>97.420809766000005</v>
+        <v>97.420810579999994</v>
       </c>
       <c r="C132" s="5">
-        <v>0.36810938400000737</v>
+        <v>0.36810890999998946</v>
       </c>
       <c r="D132" s="5">
-        <v>4.6476156891186449</v>
+        <v>4.6476095162036213</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>97.942891826999997</v>
+        <v>97.942892110000003</v>
       </c>
       <c r="C133" s="5">
-        <v>0.52208206099999188</v>
+        <v>0.52208153000000834</v>
       </c>
       <c r="D133" s="5">
-        <v>6.6238231814732984</v>
+        <v>6.6238161877204105</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>98.402898590000007</v>
+        <v>98.402898730000004</v>
       </c>
       <c r="C134" s="5">
-        <v>0.46000676300000976</v>
+        <v>0.46000662000000148</v>
       </c>
       <c r="D134" s="5">
-        <v>5.7839120466792293</v>
+        <v>5.7839101848190744</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>97.211370672000001</v>
+        <v>97.211370819999999</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.1915279180000056</v>
+        <v>-1.1915279100000049</v>
       </c>
       <c r="D135" s="5">
-        <v>-13.600723833597407</v>
+        <v>-13.600723730194698</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>98.260827366000001</v>
+        <v>98.260829020000003</v>
       </c>
       <c r="C136" s="5">
-        <v>1.0494566939999999</v>
+        <v>1.0494582000000037</v>
       </c>
       <c r="D136" s="5">
-        <v>13.752303291174028</v>
+        <v>13.752324190151599</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>98.940125347999995</v>
+        <v>98.940124510000004</v>
       </c>
       <c r="C137" s="5">
-        <v>0.67929798199999425</v>
+        <v>0.67929549000000122</v>
       </c>
       <c r="D137" s="5">
-        <v>8.6186686924685887</v>
+        <v>8.6186357125621385</v>
       </c>
       <c r="E137" s="5">
-        <v>5.4533740945150733</v>
+        <v>5.4533742286432707</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>100.18981678</v>
+        <v>100.18981549999999</v>
       </c>
       <c r="C138" s="5">
-        <v>1.2496914320000059</v>
+        <v>1.2496909899999906</v>
       </c>
       <c r="D138" s="5">
-        <v>16.255501493278413</v>
+        <v>16.255495486151062</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>100.49972166000001</v>
+        <v>100.4997207</v>
       </c>
       <c r="C139" s="5">
-        <v>0.30990488000000482</v>
+        <v>0.30990520000000288</v>
       </c>
       <c r="D139" s="5">
-        <v>3.7756156819582776</v>
+        <v>3.7756196961871158</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>101.10011152</v>
+        <v>101.100111</v>
       </c>
       <c r="C140" s="5">
-        <v>0.60038985999999284</v>
+        <v>0.60039030000000082</v>
       </c>
       <c r="D140" s="5">
-        <v>7.4091570675133944</v>
+        <v>7.409162750122178</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>100.84142188</v>
+        <v>100.84142199999999</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.25868964000000005</v>
+        <v>-0.25868900000000394</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.0276517950854398</v>
+        <v>-3.0276444251046031</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>100.69963337</v>
+        <v>100.6996338</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.14178850999999781</v>
+        <v>-0.14178819999999348</v>
       </c>
       <c r="D142" s="5">
-        <v>-1.6742779392994067</v>
+        <v>-1.6742743050182196</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>101.38549148</v>
+        <v>101.385492</v>
       </c>
       <c r="C143" s="5">
-        <v>0.68585810999999808</v>
+        <v>0.68585819999999842</v>
       </c>
       <c r="D143" s="5">
-        <v>8.486339905721918</v>
+        <v>8.4863410237571379</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>101.94230202</v>
+        <v>101.9423022</v>
       </c>
       <c r="C144" s="5">
-        <v>0.55681054000000074</v>
+        <v>0.55681020000000103</v>
       </c>
       <c r="D144" s="5">
-        <v>6.7931772153019931</v>
+        <v>6.7931729052564727</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>102.19598474</v>
+        <v>102.1959849</v>
       </c>
       <c r="C145" s="5">
-        <v>0.25368272000000047</v>
+        <v>0.25368269999999882</v>
       </c>
       <c r="D145" s="5">
-        <v>3.0274038556072469</v>
+        <v>3.0274036082356126</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>101.79834925999999</v>
+        <v>101.79834940000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.39763548000000526</v>
+        <v>-0.3976354999999927</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.5704591835317609</v>
+        <v>-4.5704594015134159</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>101.05303354999999</v>
+        <v>101.0530337</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.74531570999999985</v>
+        <v>-0.74531570000000613</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.4404950119348126</v>
+        <v>-8.4404948920638549</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>101.617572</v>
       </c>
       <c r="C148" s="5">
-        <v>0.56453845000000058</v>
+        <v>0.56453829999999527</v>
       </c>
       <c r="D148" s="5">
-        <v>6.9137352952434616</v>
+        <v>6.9137333908502185</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>101.15201999999999</v>
+        <v>101.15201980000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.46555200000000241</v>
+        <v>-0.46555219999999053</v>
       </c>
       <c r="D149" s="5">
-        <v>-5.3612590788827186</v>
+        <v>-5.3612613243441682</v>
       </c>
       <c r="E149" s="5">
-        <v>2.2355890941315737</v>
+        <v>2.2355897579009465</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>100.32447282</v>
+        <v>100.3244723</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.82754717999999627</v>
+        <v>-0.82754750000000854</v>
       </c>
       <c r="D150" s="5">
-        <v>-9.3875412014742707</v>
+        <v>-9.3875446874733921</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>100.83637713</v>
+        <v>100.8363768</v>
       </c>
       <c r="C151" s="5">
-        <v>0.51190431000000558</v>
+        <v>0.51190449999999998</v>
       </c>
       <c r="D151" s="5">
-        <v>6.2977741821811595</v>
+        <v>6.2977766192319873</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>100.47622919</v>
+        <v>100.4762289</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.3601479400000045</v>
+        <v>-0.36014790000000119</v>
       </c>
       <c r="D152" s="5">
-        <v>-4.202730980956626</v>
+        <v>-4.2027305367941086</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>99.183482506999994</v>
+        <v>99.183483409999994</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.2927466830000043</v>
+        <v>-1.2927454900000015</v>
       </c>
       <c r="D153" s="5">
-        <v>-14.39240390122476</v>
+        <v>-14.392391583393493</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>99.16933263</v>
+        <v>99.169332780000005</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.4149876999994149E-2</v>
+        <v>-1.4150629999988951E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>-0.17106210694618484</v>
+        <v>-0.17107120149066901</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>99.301523735999993</v>
+        <v>99.30152391</v>
       </c>
       <c r="C155" s="5">
-        <v>0.1321911059999934</v>
+        <v>0.13219112999999538</v>
       </c>
       <c r="D155" s="5">
-        <v>1.6113599096911901</v>
+        <v>1.6113602019350637</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>97.669224670000006</v>
+        <v>97.669224580000005</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.6322990659999874</v>
+        <v>-1.6322993299999951</v>
       </c>
       <c r="D156" s="5">
-        <v>-18.036229086732757</v>
+        <v>-18.036231716507512</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>97.989207801999996</v>
+        <v>97.989207840000006</v>
       </c>
       <c r="C157" s="5">
-        <v>0.31998313199999018</v>
+        <v>0.31998326000000077</v>
       </c>
       <c r="D157" s="5">
-        <v>4.0030504161708613</v>
+        <v>4.0030520501944666</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>97.587028833999995</v>
+        <v>97.587029130000005</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.40217896800000119</v>
+        <v>-0.40217871000000116</v>
       </c>
       <c r="D158" s="5">
-        <v>-4.8155100439614689</v>
+        <v>-4.8155070223577017</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>97.143478669999993</v>
+        <v>97.143478540000004</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.44355016400000125</v>
+        <v>-0.44355059000000097</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.3199083680580239</v>
+        <v>-5.3199133346915728</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>96.915786921000006</v>
+        <v>96.915786859999997</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.22769174899998745</v>
+        <v>-0.22769168000000661</v>
       </c>
       <c r="D160" s="5">
-        <v>-2.776667967219415</v>
+        <v>-2.7766671402601362</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>96.546791618</v>
+        <v>96.546791029999994</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.36899530300000549</v>
+        <v>-0.36899583000000291</v>
       </c>
       <c r="D161" s="5">
-        <v>-4.474386232981753</v>
+        <v>-4.4743924928500327</v>
       </c>
       <c r="E161" s="5">
-        <v>-4.552779452155276</v>
+        <v>-4.5527798447382199</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>96.027007474000001</v>
+        <v>96.027007190000006</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.51978414399999906</v>
+        <v>-0.51978383999998812</v>
       </c>
       <c r="D162" s="5">
-        <v>-6.2725965089263314</v>
+        <v>-6.2725929853645006</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>95.577650618000007</v>
+        <v>95.577649489999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.44935685599999431</v>
+        <v>-0.4493577000000073</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.4730877312986426</v>
+        <v>-5.4730977637280631</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>95.520326506999993</v>
+        <v>95.520326249999997</v>
       </c>
       <c r="C164" s="5">
-        <v>-5.7324111000014E-2</v>
+        <v>-5.7323240000002329E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.71734836857824114</v>
+        <v>-0.71733751333552531</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>96.146863515999996</v>
+        <v>96.146865640000001</v>
       </c>
       <c r="C165" s="5">
-        <v>0.62653700900000331</v>
+        <v>0.62653939000000491</v>
       </c>
       <c r="D165" s="5">
-        <v>8.1612945462542275</v>
+        <v>8.1613267113481278</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>96.062041667000003</v>
+        <v>96.062041780000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-8.4821848999993676E-2</v>
+        <v>-8.4823860000000195E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-1.0535318714088526</v>
+        <v>-1.0535567048489236</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>95.687853325000006</v>
+        <v>95.687853559999994</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.37418834199999651</v>
+        <v>-0.37418822000000773</v>
       </c>
       <c r="D167" s="5">
-        <v>-4.575479313466035</v>
+        <v>-4.5754778482275054</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>94.967574458000001</v>
+        <v>94.967574600000006</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.72027886700000465</v>
+        <v>-0.72027895999998748</v>
       </c>
       <c r="D168" s="5">
-        <v>-8.6681170667844967</v>
+        <v>-8.6681181196452854</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>94.965778899</v>
+        <v>94.965779150000003</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.7955590000013899E-3</v>
+        <v>-1.7954500000030293E-3</v>
       </c>
       <c r="D169" s="5">
-        <v>-2.2686130129645488E-2</v>
+        <v>-2.2684753069968089E-2</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>95.445880707000001</v>
+        <v>95.445881360000001</v>
       </c>
       <c r="C170" s="5">
-        <v>0.48010180800000057</v>
+        <v>0.48010220999999831</v>
       </c>
       <c r="D170" s="5">
-        <v>6.2381894135999261</v>
+        <v>6.23819476611287</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>95.958891695999995</v>
+        <v>95.958891260000001</v>
       </c>
       <c r="C171" s="5">
-        <v>0.51301098899999431</v>
+        <v>0.51300990000000013</v>
       </c>
       <c r="D171" s="5">
-        <v>6.6439944870682055</v>
+        <v>6.6439799171291947</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>95.069310825000002</v>
+        <v>95.069310459999997</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.88958087099999261</v>
+        <v>-0.8895808000000045</v>
       </c>
       <c r="D172" s="5">
-        <v>-10.574481308185524</v>
+        <v>-10.574480552388133</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>95.638832919999999</v>
+        <v>95.638831819999993</v>
       </c>
       <c r="C173" s="5">
-        <v>0.5695220949999964</v>
+        <v>0.56952135999999598</v>
       </c>
       <c r="D173" s="5">
-        <v>7.4303685736609282</v>
+        <v>7.4303586956966816</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.94043383812530967</v>
+        <v>-0.94043437416565512</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>96.935357749000005</v>
+        <v>96.935357289999999</v>
       </c>
       <c r="C174" s="5">
-        <v>1.2965248290000062</v>
+        <v>1.296525470000006</v>
       </c>
       <c r="D174" s="5">
-        <v>17.537214974549499</v>
+        <v>17.537224518322315</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>96.719834437000003</v>
+        <v>96.719831569999997</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.21552331200000197</v>
+        <v>-0.21552572000000225</v>
       </c>
       <c r="D175" s="5">
-        <v>-2.6356600854683943</v>
+        <v>-2.6356891863448362</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>96.629339685000005</v>
+        <v>96.629338070000003</v>
       </c>
       <c r="C176" s="5">
-        <v>-9.0494751999997902E-2</v>
+        <v>-9.0493499999993787E-2</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.1170058143224026</v>
+        <v>-1.1169904728613345</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>98.495025052000003</v>
+        <v>98.495031130000001</v>
       </c>
       <c r="C177" s="5">
-        <v>1.8656853669999975</v>
+        <v>1.8656930599999981</v>
       </c>
       <c r="D177" s="5">
-        <v>25.79500544965423</v>
+        <v>25.795123830934763</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>97.359103106999996</v>
+        <v>97.359102320000005</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.1359219450000069</v>
+        <v>-1.1359288099999958</v>
       </c>
       <c r="D178" s="5">
-        <v>-12.994394616660932</v>
+        <v>-12.994467484355432</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>97.638342507999994</v>
+        <v>97.638342859999995</v>
       </c>
       <c r="C179" s="5">
-        <v>0.27923940099999811</v>
+        <v>0.27924053999998932</v>
       </c>
       <c r="D179" s="5">
-        <v>3.4965817886291717</v>
+        <v>3.4965963054133908</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>98.644319531999997</v>
+        <v>98.6443206</v>
       </c>
       <c r="C180" s="5">
-        <v>1.0059770240000034</v>
+        <v>1.0059777400000058</v>
       </c>
       <c r="D180" s="5">
-        <v>13.088956334413426</v>
+        <v>13.08896613466044</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>98.894558458000006</v>
+        <v>98.894559540000003</v>
       </c>
       <c r="C181" s="5">
-        <v>0.25023892600000863</v>
+        <v>0.25023894000000269</v>
       </c>
       <c r="D181" s="5">
-        <v>3.0869697362108761</v>
+        <v>3.0869698774429688</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>98.792547753999997</v>
+        <v>98.792548839999995</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.10201070400000845</v>
+        <v>-0.10201070000000811</v>
       </c>
       <c r="D182" s="5">
-        <v>-1.2308133410443456</v>
+        <v>-1.2308132796657101</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>100.12306156</v>
+        <v>100.1230609</v>
       </c>
       <c r="C183" s="5">
-        <v>1.330513805999999</v>
+        <v>1.3305120600000038</v>
       </c>
       <c r="D183" s="5">
-        <v>17.413821939362851</v>
+        <v>17.413797163236143</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>101.13329877</v>
+        <v>101.133298</v>
       </c>
       <c r="C184" s="5">
-        <v>1.0102372099999997</v>
+        <v>1.0102370999999977</v>
       </c>
       <c r="D184" s="5">
-        <v>12.802994286674974</v>
+        <v>12.802992903494626</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>101.82195471999999</v>
+        <v>101.8219532</v>
       </c>
       <c r="C185" s="5">
-        <v>0.68865594999999757</v>
+        <v>0.68865519999999947</v>
       </c>
       <c r="D185" s="5">
-        <v>8.4843476445186194</v>
+        <v>8.4843381226683778</v>
       </c>
       <c r="E185" s="5">
-        <v>6.4650745008275612</v>
+        <v>6.4650741360341435</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>101.20453566</v>
+        <v>101.2045346</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.61741905999998892</v>
+        <v>-0.61741859999999349</v>
       </c>
       <c r="D186" s="5">
-        <v>-7.0386209012217815</v>
+        <v>-7.0386159324216324</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>100.90531375</v>
+        <v>100.90530870000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.29922190999999998</v>
+        <v>-0.29922589999999616</v>
       </c>
       <c r="D187" s="5">
-        <v>-3.4907976906690008</v>
+        <v>-3.4908435206554511</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>102.06551163</v>
+        <v>102.06550799999999</v>
       </c>
       <c r="C188" s="5">
-        <v>1.1601978799999983</v>
+        <v>1.1601992999999879</v>
       </c>
       <c r="D188" s="5">
-        <v>14.704315534093171</v>
+        <v>14.704335467217788</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>105.14736559000001</v>
+        <v>105.1473737</v>
       </c>
       <c r="C189" s="5">
-        <v>3.0818539600000037</v>
+        <v>3.0818657000000087</v>
       </c>
       <c r="D189" s="5">
-        <v>42.900105910192664</v>
+        <v>42.90029916025626</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>104.12044191</v>
+        <v>104.1204382</v>
       </c>
       <c r="C190" s="5">
-        <v>-1.0269236800000101</v>
+        <v>-1.0269355000000076</v>
       </c>
       <c r="D190" s="5">
-        <v>-11.110333167280217</v>
+        <v>-11.110453447349611</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>104.90853937</v>
+        <v>104.90853920000001</v>
       </c>
       <c r="C191" s="5">
-        <v>0.78809746000000303</v>
+        <v>0.78810100000001171</v>
       </c>
       <c r="D191" s="5">
-        <v>9.4707398034149293</v>
+        <v>9.4707844824002851</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>106.30432924999999</v>
+        <v>106.3043361</v>
       </c>
       <c r="C192" s="5">
-        <v>1.3957898799999953</v>
+        <v>1.3957968999999935</v>
       </c>
       <c r="D192" s="5">
-        <v>17.187511863897885</v>
+        <v>17.187604758141962</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>106.6414068</v>
+        <v>106.641414</v>
       </c>
       <c r="C193" s="5">
-        <v>0.33707755000000361</v>
+        <v>0.33707789999999704</v>
       </c>
       <c r="D193" s="5">
-        <v>3.8721135579394383</v>
+        <v>3.8721173949951115</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>106.96531172</v>
+        <v>106.96531349999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.32390492000000393</v>
+        <v>0.32389949999999601</v>
       </c>
       <c r="D194" s="5">
-        <v>3.7063015422919676</v>
+        <v>3.7062382295174112</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>106.93465805</v>
+        <v>106.9346585</v>
       </c>
       <c r="C195" s="5">
-        <v>-3.0653670000006628E-2</v>
+        <v>-3.065499999999588E-2</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.34334945037131082</v>
+        <v>-0.34336431842244552</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>107.86817360000001</v>
+        <v>107.8681718</v>
       </c>
       <c r="C196" s="5">
-        <v>0.93351555000000985</v>
+        <v>0.93351330000000132</v>
       </c>
       <c r="D196" s="5">
-        <v>10.993637635337915</v>
+        <v>10.993609804513426</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>108.51716648999999</v>
+        <v>108.5171615</v>
       </c>
       <c r="C197" s="5">
-        <v>0.64899288999998817</v>
+        <v>0.64898970000000133</v>
       </c>
       <c r="D197" s="5">
-        <v>7.4636132117884779</v>
+        <v>7.4635754321359604</v>
       </c>
       <c r="E197" s="5">
-        <v>6.5754107632397751</v>
+        <v>6.5754074534881468</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>110.66873286000001</v>
+        <v>110.6687261</v>
       </c>
       <c r="C198" s="5">
-        <v>2.1515663700000118</v>
+        <v>2.1515646000000004</v>
       </c>
       <c r="D198" s="5">
-        <v>26.566247707411584</v>
+        <v>26.566224774080794</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>111.34128293000001</v>
+        <v>111.3412731</v>
       </c>
       <c r="C199" s="5">
-        <v>0.67255006999999978</v>
+        <v>0.67254699999999445</v>
       </c>
       <c r="D199" s="5">
-        <v>7.5413305496210281</v>
+        <v>7.5412954430849277</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>113.09207916</v>
+        <v>113.0920718</v>
       </c>
       <c r="C200" s="5">
-        <v>1.7507962299999917</v>
+        <v>1.7507987000000043</v>
       </c>
       <c r="D200" s="5">
-        <v>20.59008689866948</v>
+        <v>20.590120481660577</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>111.37253402</v>
+        <v>111.3725436</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.7195451399999939</v>
+        <v>-1.7195281999999992</v>
       </c>
       <c r="D201" s="5">
-        <v>-16.794707538881614</v>
+        <v>-16.794556673576388</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>112.66101983999999</v>
+        <v>112.66101380000001</v>
       </c>
       <c r="C202" s="5">
-        <v>1.2884858199999911</v>
+        <v>1.2884702000000061</v>
       </c>
       <c r="D202" s="5">
-        <v>14.801331677840102</v>
+        <v>14.801139321799695</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>114.50148068999999</v>
+        <v>114.5014808</v>
       </c>
       <c r="C203" s="5">
-        <v>1.8404608499999995</v>
+        <v>1.8404669999999896</v>
       </c>
       <c r="D203" s="5">
-        <v>21.464423943426691</v>
+        <v>21.464503487358556</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>115.13870919</v>
+        <v>115.1387273</v>
       </c>
       <c r="C204" s="5">
-        <v>0.63722850000000619</v>
+        <v>0.63724650000000338</v>
       </c>
       <c r="D204" s="5">
-        <v>6.8865455917282326</v>
+        <v>6.886746104037389</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>116.14079202000001</v>
+        <v>116.140809</v>
       </c>
       <c r="C205" s="5">
-        <v>1.0020828300000062</v>
+        <v>1.0020817000000051</v>
       </c>
       <c r="D205" s="5">
-        <v>10.95863992631565</v>
+        <v>10.958625164359791</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>117.64627788999999</v>
+        <v>117.6462849</v>
       </c>
       <c r="C206" s="5">
-        <v>1.5054858699999869</v>
+        <v>1.5054758999999933</v>
       </c>
       <c r="D206" s="5">
-        <v>16.713447375359113</v>
+        <v>16.713326063758483</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>118.73396479</v>
+        <v>118.7339702</v>
       </c>
       <c r="C207" s="5">
-        <v>1.0876869000000084</v>
+        <v>1.087685300000004</v>
       </c>
       <c r="D207" s="5">
-        <v>11.676384086035331</v>
+        <v>11.676365295796209</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>119.87644167000001</v>
+        <v>119.8764376</v>
       </c>
       <c r="C208" s="5">
-        <v>1.1424768800000038</v>
+        <v>1.142467400000001</v>
       </c>
       <c r="D208" s="5">
-        <v>12.177685909670611</v>
+        <v>12.177578871112704</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>121.03201776</v>
+        <v>121.0320018</v>
       </c>
       <c r="C209" s="5">
-        <v>1.1555760899999967</v>
+        <v>1.1555642000000006</v>
       </c>
       <c r="D209" s="5">
-        <v>12.201113047521028</v>
+        <v>12.200981214455098</v>
       </c>
       <c r="E209" s="5">
-        <v>11.532600485982346</v>
+        <v>11.532590907291663</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>121.74547516</v>
+        <v>121.7454534</v>
       </c>
       <c r="C210" s="5">
-        <v>0.7134573999999958</v>
+        <v>0.71345159999999908</v>
       </c>
       <c r="D210" s="5">
-        <v>7.3076453250473739</v>
+        <v>7.3075849740225296</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>123.0146548</v>
+        <v>123.01463459999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.2691796400000044</v>
+        <v>1.2691811999999913</v>
       </c>
       <c r="D211" s="5">
-        <v>13.252625434033249</v>
+        <v>13.252645174601586</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>124.9006521</v>
+        <v>124.9006421</v>
       </c>
       <c r="C212" s="5">
-        <v>1.8859972999999997</v>
+        <v>1.8860075000000052</v>
       </c>
       <c r="D212" s="5">
-        <v>20.031226196576579</v>
+        <v>20.03134739618293</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>125.56190866</v>
+        <v>125.5619172</v>
       </c>
       <c r="C213" s="5">
-        <v>0.66125655999999822</v>
+        <v>0.66127509999999745</v>
       </c>
       <c r="D213" s="5">
-        <v>6.5414088736335918</v>
+        <v>6.5415981909280996</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>126.40830584</v>
+        <v>126.4083029</v>
       </c>
       <c r="C214" s="5">
-        <v>0.84639717999999675</v>
+        <v>0.84638569999999902</v>
       </c>
       <c r="D214" s="5">
-        <v>8.3957924597841007</v>
+        <v>8.395673737552789</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>128.65611322999999</v>
+        <v>128.65611369999999</v>
       </c>
       <c r="C215" s="5">
-        <v>2.2478073899999913</v>
+        <v>2.2478107999999963</v>
       </c>
       <c r="D215" s="5">
-        <v>23.55427992570085</v>
+        <v>23.554319825508372</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>126.96094757</v>
+        <v>126.960982</v>
       </c>
       <c r="C216" s="5">
-        <v>-1.6951656599999865</v>
+        <v>-1.6951316999999904</v>
       </c>
       <c r="D216" s="5">
-        <v>-14.714198086155506</v>
+        <v>-14.713924284963365</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>127.41555778</v>
+        <v>127.4155926</v>
       </c>
       <c r="C217" s="5">
-        <v>0.45461020999999846</v>
+        <v>0.4546105999999952</v>
       </c>
       <c r="D217" s="5">
-        <v>4.3824907749402842</v>
+        <v>4.3824933969585311</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>129.39969156999999</v>
+        <v>129.39970489999999</v>
       </c>
       <c r="C218" s="5">
-        <v>1.9841337899999871</v>
+        <v>1.9841122999999925</v>
       </c>
       <c r="D218" s="5">
-        <v>20.373081115919355</v>
+        <v>20.372835172527239</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>130.26788157999999</v>
+        <v>130.26789539999999</v>
       </c>
       <c r="C219" s="5">
-        <v>0.8681900100000064</v>
+        <v>0.8681904999999972</v>
       </c>
       <c r="D219" s="5">
-        <v>8.3550892615723349</v>
+        <v>8.3550932597788332</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>130.76257511</v>
+        <v>130.762587</v>
       </c>
       <c r="C220" s="5">
-        <v>0.49469353000000638</v>
+        <v>0.49469160000001011</v>
       </c>
       <c r="D220" s="5">
-        <v>4.6534058034215287</v>
+        <v>4.6533867637162052</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>131.21700041</v>
+        <v>131.2170098</v>
       </c>
       <c r="C221" s="5">
-        <v>0.45442529999999692</v>
+        <v>0.45442280000000324</v>
       </c>
       <c r="D221" s="5">
-        <v>4.2508712634268475</v>
+        <v>4.2508470347270011</v>
       </c>
       <c r="E221" s="5">
-        <v>8.4151143131367725</v>
+        <v>8.4151363676775901</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>131.37390338</v>
+        <v>131.37372880000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.15690297000000442</v>
+        <v>0.1567190000000096</v>
       </c>
       <c r="D222" s="5">
-        <v>1.4443767542983155</v>
+        <v>1.4426719667765875</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>132.85968668999999</v>
+        <v>132.85969560000001</v>
       </c>
       <c r="C223" s="5">
-        <v>1.485783309999988</v>
+        <v>1.4859667999999999</v>
       </c>
       <c r="D223" s="5">
-        <v>14.448325047682097</v>
+        <v>14.450242223730104</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>133.46481849</v>
+        <v>133.46482839999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.60513180000000943</v>
+        <v>0.60513279999997849</v>
       </c>
       <c r="D224" s="5">
-        <v>5.6046191145062041</v>
+        <v>5.6046282242287138</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>134.69813608000001</v>
+        <v>134.69815070000001</v>
       </c>
       <c r="C225" s="5">
-        <v>1.2333175900000128</v>
+        <v>1.233322300000026</v>
       </c>
       <c r="D225" s="5">
-        <v>11.670235311623568</v>
+        <v>11.670281257965609</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>134.65753544</v>
+        <v>134.65754190000001</v>
       </c>
       <c r="C226" s="5">
-        <v>-4.060064000000807E-2</v>
+        <v>-4.0608800000001111E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.36110432467381104</v>
+        <v>-0.36117674072770889</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>133.25297236</v>
+        <v>133.25298269999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.4045630800000026</v>
+        <v>-1.4045592000000227</v>
       </c>
       <c r="D227" s="5">
-        <v>-11.823080156646903</v>
+        <v>-11.823048811633774</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>132.50790792000001</v>
+        <v>132.5079518</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.74506443999999306</v>
+        <v>-0.74503089999998906</v>
       </c>
       <c r="D228" s="5">
-        <v>-6.5070843057968286</v>
+        <v>-6.5067998401977079</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>132.77063290999999</v>
+        <v>132.77067310000001</v>
       </c>
       <c r="C229" s="5">
-        <v>0.26272498999998106</v>
+        <v>0.26272130000000971</v>
       </c>
       <c r="D229" s="5">
-        <v>2.4053719424869779</v>
+        <v>2.405336984301143</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>132.29420200000001</v>
+        <v>132.29422349999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.47643090999997639</v>
+        <v>-0.47644960000002357</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.2220746713210637</v>
+        <v>-4.2222357917366171</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>131.72773986999999</v>
+        <v>131.72776049999999</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.56646213000001922</v>
+        <v>-0.56646299999999883</v>
       </c>
       <c r="D231" s="5">
-        <v>-5.0189090278900839</v>
+        <v>-5.0189157590119216</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>130.66409985999999</v>
+        <v>130.6641272</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.0636400100000003</v>
+        <v>-1.0636332999999922</v>
       </c>
       <c r="D232" s="5">
-        <v>-9.2705065279193306</v>
+        <v>-9.2704492290754494</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>128.81227174</v>
+        <v>128.81230400000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.8518281199999933</v>
+        <v>-1.8518231999999841</v>
       </c>
       <c r="D233" s="5">
-        <v>-15.741930810898197</v>
+        <v>-15.741889150499844</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.8326349958360577</v>
+        <v>-1.832617435548356</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>126.29806967</v>
+        <v>126.29775119999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-2.5142020699999961</v>
+        <v>-2.5145528000000184</v>
       </c>
       <c r="D234" s="5">
-        <v>-21.064260832521587</v>
+        <v>-21.066886525928432</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>123.4215976</v>
+        <v>123.4216552</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.8764720700000055</v>
+        <v>-2.8760959999999898</v>
       </c>
       <c r="D235" s="5">
-        <v>-24.153872778443731</v>
+        <v>-24.151152944589615</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>120.08556163</v>
+        <v>120.08558600000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-3.3360359699999975</v>
+        <v>-3.3360691999999972</v>
       </c>
       <c r="D236" s="5">
-        <v>-28.02269890271598</v>
+        <v>-28.022926714237485</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>117.0146051</v>
+        <v>117.0146244</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.0709565300000037</v>
+        <v>-3.070961600000004</v>
       </c>
       <c r="D237" s="5">
-        <v>-26.719009161313366</v>
+        <v>-26.71904257915455</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>114.97591767999999</v>
+        <v>114.9759315</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.0386874200000022</v>
+        <v>-2.0386929000000009</v>
       </c>
       <c r="D238" s="5">
-        <v>-19.015527206285675</v>
+        <v>-19.015570682871243</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>113.71876210000001</v>
+        <v>113.7187814</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.2571555799999885</v>
+        <v>-1.257150100000004</v>
       </c>
       <c r="D239" s="5">
-        <v>-12.359899531188267</v>
+        <v>-12.359847454185047</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>112.14581228</v>
+        <v>112.1458473</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.5729498200000052</v>
+        <v>-1.5729340999999977</v>
       </c>
       <c r="D240" s="5">
-        <v>-15.392035055531805</v>
+        <v>-15.391890319891367</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>109.92341351</v>
+        <v>109.9234464</v>
       </c>
       <c r="C241" s="5">
-        <v>-2.2223987699999981</v>
+        <v>-2.2224008999999967</v>
       </c>
       <c r="D241" s="5">
-        <v>-21.352351028812077</v>
+        <v>-21.352363357963377</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>108.12667578999999</v>
+        <v>108.1266911</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.7967377200000101</v>
+        <v>-1.7967553000000009</v>
       </c>
       <c r="D242" s="5">
-        <v>-17.943735749394683</v>
+        <v>-17.943890948928399</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>107.5476817</v>
+        <v>107.5476987</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.5789940899999948</v>
+        <v>-0.57899240000000418</v>
       </c>
       <c r="D243" s="5">
-        <v>-6.2398224131081541</v>
+        <v>-6.2398038753248901</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>107.19834289000001</v>
+        <v>107.198379</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.34933880999999189</v>
+        <v>-0.34931969999999524</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.8289793450650866</v>
+        <v>-3.8287730202038128</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>107.23756373000001</v>
+        <v>107.2376184</v>
       </c>
       <c r="C245" s="5">
-        <v>3.9220839999998702E-2</v>
+        <v>3.9239399999999591E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>0.43993060879095047</v>
+        <v>0.44013906253241863</v>
       </c>
       <c r="E245" s="5">
-        <v>-16.748953899009933</v>
+        <v>-16.748932306963482</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>110.88714357000001</v>
+        <v>110.88674349999999</v>
       </c>
       <c r="C246" s="5">
-        <v>3.6495798400000012</v>
+        <v>3.649125099999992</v>
       </c>
       <c r="D246" s="5">
-        <v>49.420810639347714</v>
+        <v>49.413427560165822</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>107.63189743</v>
+        <v>107.6319998</v>
       </c>
       <c r="C247" s="5">
-        <v>-3.2552461400000112</v>
+        <v>-3.2547436999999917</v>
       </c>
       <c r="D247" s="5">
-        <v>-30.06129247354362</v>
+        <v>-30.057466144750087</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>108.66678285</v>
+        <v>108.6668208</v>
       </c>
       <c r="C248" s="5">
-        <v>1.034885420000009</v>
+        <v>1.0348209999999938</v>
       </c>
       <c r="D248" s="5">
-        <v>12.168202042332489</v>
+        <v>12.167391905097391</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>108.98327109</v>
+        <v>108.9832954</v>
       </c>
       <c r="C249" s="5">
-        <v>0.3164882399999982</v>
+        <v>0.31647460000000649</v>
       </c>
       <c r="D249" s="5">
-        <v>3.5514897071074136</v>
+        <v>3.5513329249337033</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>109.14645528</v>
+        <v>109.14647170000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.16318418999999551</v>
+        <v>0.16317630000000349</v>
       </c>
       <c r="D250" s="5">
-        <v>1.8116702923751005</v>
+        <v>1.8115815676025493</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>109.14016908000001</v>
+        <v>109.1401989</v>
       </c>
       <c r="C251" s="5">
-        <v>-6.2861999999910267E-3</v>
+        <v>-6.2728000000049633E-3</v>
       </c>
       <c r="D251" s="5">
-        <v>-6.9091120909225978E-2</v>
+        <v>-6.8943878764171629E-2</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>110.15534137</v>
+        <v>110.1553677</v>
       </c>
       <c r="C252" s="5">
-        <v>1.0151722899999953</v>
+        <v>1.0151687999999979</v>
       </c>
       <c r="D252" s="5">
-        <v>11.750959630046797</v>
+        <v>11.75091376675066</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>110.48104443</v>
+        <v>110.4810634</v>
       </c>
       <c r="C253" s="5">
-        <v>0.32570305999999505</v>
+        <v>0.32569569999999715</v>
       </c>
       <c r="D253" s="5">
-        <v>3.6063862411909842</v>
+        <v>3.6063025408474392</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>111.36743867</v>
+        <v>111.3674496</v>
       </c>
       <c r="C254" s="5">
-        <v>0.88639424000000133</v>
+        <v>0.88638620000000401</v>
       </c>
       <c r="D254" s="5">
-        <v>10.064058643704854</v>
+        <v>10.06396148791595</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>112.43610934</v>
+        <v>112.43612090000001</v>
       </c>
       <c r="C255" s="5">
-        <v>1.068670670000003</v>
+        <v>1.0686713000000054</v>
       </c>
       <c r="D255" s="5">
-        <v>12.142680436007902</v>
+        <v>12.142686720964413</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>111.07321682</v>
+        <v>111.0732376</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.3628925200000026</v>
+        <v>-1.3628833000000071</v>
       </c>
       <c r="D256" s="5">
-        <v>-13.614174627165365</v>
+        <v>-13.614087270477659</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>111.35183902</v>
+        <v>111.35186419999999</v>
       </c>
       <c r="C257" s="5">
-        <v>0.27862220000000093</v>
+        <v>0.27862659999999551</v>
       </c>
       <c r="D257" s="5">
-        <v>3.0520250805822657</v>
+        <v>3.0520733661535626</v>
       </c>
       <c r="E257" s="5">
-        <v>3.8365989928294209</v>
+        <v>3.8365695372436504</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>111.41127328</v>
+        <v>111.41097259999999</v>
       </c>
       <c r="C258" s="5">
-        <v>5.9434260000003292E-2</v>
+        <v>5.9108399999999506E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>0.64238595776948682</v>
+        <v>0.63885351680290636</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>111.41021766999999</v>
+        <v>111.4103175</v>
       </c>
       <c r="C259" s="5">
-        <v>-1.0556100000087554E-3</v>
+        <v>-6.550999999888063E-4</v>
       </c>
       <c r="D259" s="5">
-        <v>-1.136928026201911E-2</v>
+        <v>-7.0558093057004889E-3</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>112.97949702</v>
+        <v>112.9795215</v>
       </c>
       <c r="C260" s="5">
-        <v>1.5692793500000022</v>
+        <v>1.5692039999999992</v>
       </c>
       <c r="D260" s="5">
-        <v>18.275657342654149</v>
+        <v>18.274693095788621</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>113.93709733999999</v>
+        <v>113.9371223</v>
       </c>
       <c r="C261" s="5">
-        <v>0.9576003199999974</v>
+        <v>0.95760079999999448</v>
       </c>
       <c r="D261" s="5">
-        <v>10.658854653969762</v>
+        <v>10.658857830006196</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>112.99868935000001</v>
+        <v>112.99870540000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.93840798999998754</v>
+        <v>-0.93841689999999289</v>
       </c>
       <c r="D262" s="5">
-        <v>-9.4477886830896978</v>
+        <v>-9.4478723871816435</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>115.16283765</v>
+        <v>115.1628724</v>
       </c>
       <c r="C263" s="5">
-        <v>2.1641482999999937</v>
+        <v>2.164166999999992</v>
       </c>
       <c r="D263" s="5">
-        <v>25.564657212385743</v>
+        <v>25.564897859137737</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>117.50784333</v>
+        <v>117.5078556</v>
       </c>
       <c r="C264" s="5">
-        <v>2.3450056799999999</v>
+        <v>2.3449832000000015</v>
       </c>
       <c r="D264" s="5">
-        <v>27.366136939556895</v>
+        <v>27.36583534498569</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>117.23397933</v>
+        <v>117.23398469999999</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.27386400000000322</v>
+        <v>-0.27387090000000569</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.7611500425579361</v>
+        <v>-2.7612184357417191</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>118.39607289</v>
+        <v>118.3960685</v>
       </c>
       <c r="C266" s="5">
-        <v>1.1620935600000024</v>
+        <v>1.1620838000000049</v>
       </c>
       <c r="D266" s="5">
-        <v>12.565547579538228</v>
+        <v>12.565435619967147</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>117.89955593000001</v>
+        <v>117.8995535</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.4965169599999939</v>
+        <v>-0.49651500000000226</v>
       </c>
       <c r="D267" s="5">
-        <v>-4.9179661149350018</v>
+        <v>-4.9179473250099193</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>118.91646912</v>
+        <v>118.9164736</v>
       </c>
       <c r="C268" s="5">
-        <v>1.0169131899999968</v>
+        <v>1.0169201000000072</v>
       </c>
       <c r="D268" s="5">
-        <v>10.855701724446764</v>
+        <v>10.855779258194499</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>119.98419359</v>
+        <v>119.9842072</v>
       </c>
       <c r="C269" s="5">
-        <v>1.0677244700000017</v>
+        <v>1.0677335999999968</v>
       </c>
       <c r="D269" s="5">
-        <v>11.322865412269367</v>
+        <v>11.322966615619023</v>
       </c>
       <c r="E269" s="5">
-        <v>7.7523233077897657</v>
+        <v>7.7523111642705755</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>120.65534069</v>
+        <v>120.65516150000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.67114709999999889</v>
+        <v>0.67095430000000533</v>
       </c>
       <c r="D270" s="5">
-        <v>6.9227597745290304</v>
+        <v>6.9207087093117403</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>120.8834136</v>
+        <v>120.8834963</v>
       </c>
       <c r="C271" s="5">
-        <v>0.22807290999999452</v>
+        <v>0.22833479999999895</v>
       </c>
       <c r="D271" s="5">
-        <v>2.2920734820688793</v>
+        <v>2.2947363068763327</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>121.56252258000001</v>
+        <v>121.5625517</v>
       </c>
       <c r="C272" s="5">
-        <v>0.67910898000000941</v>
+        <v>0.67905539999999576</v>
       </c>
       <c r="D272" s="5">
-        <v>6.9537111741146518</v>
+        <v>6.9531405786163569</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>122.74191106000001</v>
+        <v>122.7419359</v>
       </c>
       <c r="C273" s="5">
-        <v>1.1793884800000001</v>
+        <v>1.1793842000000012</v>
       </c>
       <c r="D273" s="5">
-        <v>12.284064796574379</v>
+        <v>12.28401471118663</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>124.90560284999999</v>
+        <v>124.9056138</v>
       </c>
       <c r="C274" s="5">
-        <v>2.1636917899999872</v>
+        <v>2.1636778999999962</v>
       </c>
       <c r="D274" s="5">
-        <v>23.329925047155609</v>
+        <v>23.329755281694698</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>126.39757469</v>
+        <v>126.3975945</v>
       </c>
       <c r="C275" s="5">
-        <v>1.491971840000005</v>
+        <v>1.4919806999999992</v>
       </c>
       <c r="D275" s="5">
-        <v>15.313950801771114</v>
+        <v>15.314046366834045</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>127.37113444000001</v>
+        <v>127.3711283</v>
       </c>
       <c r="C276" s="5">
-        <v>0.97355975000000683</v>
+        <v>0.97353379999999845</v>
       </c>
       <c r="D276" s="5">
-        <v>9.6446165663428118</v>
+        <v>9.6443469287242003</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>128.97200667999999</v>
+        <v>128.97198589999999</v>
       </c>
       <c r="C277" s="5">
-        <v>1.6008722399999868</v>
+        <v>1.6008575999999977</v>
       </c>
       <c r="D277" s="5">
-        <v>16.169810865046518</v>
+        <v>16.169653457854103</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>129.67253735</v>
+        <v>129.67250849999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.70053067000000624</v>
+        <v>0.70052259999999933</v>
       </c>
       <c r="D278" s="5">
-        <v>6.716266279192773</v>
+        <v>6.7161876977036572</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>132.47249085000001</v>
+        <v>132.47246509999999</v>
       </c>
       <c r="C279" s="5">
-        <v>2.7999535000000151</v>
+        <v>2.7999566000000016</v>
       </c>
       <c r="D279" s="5">
-        <v>29.220768883856095</v>
+        <v>29.220812462575687</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>130.30318914</v>
+        <v>130.3031733</v>
       </c>
       <c r="C280" s="5">
-        <v>-2.1693017100000134</v>
+        <v>-2.1692917999999963</v>
       </c>
       <c r="D280" s="5">
-        <v>-17.973890542419934</v>
+        <v>-17.973818867303304</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>130.25441658</v>
+        <v>130.2544298</v>
       </c>
       <c r="C281" s="5">
-        <v>-4.8772560000003295E-2</v>
+        <v>-4.8743500000000495E-2</v>
       </c>
       <c r="D281" s="5">
-        <v>-0.44823718929268841</v>
+        <v>-0.44797072113269554</v>
       </c>
       <c r="E281" s="5">
-        <v>8.5596466357014798</v>
+        <v>8.5596453397243302</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>129.09790745000001</v>
+        <v>129.09786969999999</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.1565091299999892</v>
+        <v>-1.1565601000000072</v>
       </c>
       <c r="D282" s="5">
-        <v>-10.149408976338881</v>
+        <v>-10.149833689132915</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>130.94645123000001</v>
+        <v>130.9465878</v>
       </c>
       <c r="C283" s="5">
-        <v>1.84854378</v>
+        <v>1.8487181000000135</v>
       </c>
       <c r="D283" s="5">
-        <v>18.602642028449633</v>
+        <v>18.604542568418616</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>130.98091857</v>
+        <v>130.98094080000001</v>
       </c>
       <c r="C284" s="5">
-        <v>3.4467339999991964E-2</v>
+        <v>3.435300000001007E-2</v>
       </c>
       <c r="D284" s="5">
-        <v>0.31631814352304222</v>
+        <v>0.31526696382508934</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>131.10360398</v>
+        <v>131.1036149</v>
       </c>
       <c r="C285" s="5">
-        <v>0.12268541000000255</v>
+        <v>0.12267409999998335</v>
       </c>
       <c r="D285" s="5">
-        <v>1.1298081241667424</v>
+        <v>1.1297032407226348</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>130.45623825000001</v>
+        <v>130.45622399999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.64736572999998998</v>
+        <v>-0.64739090000000488</v>
       </c>
       <c r="D286" s="5">
-        <v>-5.767079518490414</v>
+        <v>-5.7672972244866338</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>130.44791196</v>
+        <v>130.4478929</v>
       </c>
       <c r="C287" s="5">
-        <v>-8.3262900000136142E-3</v>
+        <v>-8.3310999999923752E-3</v>
       </c>
       <c r="D287" s="5">
-        <v>-7.6562389851975166E-2</v>
+        <v>-7.6606611876883779E-2</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>129.39264201</v>
+        <v>129.39260469999999</v>
       </c>
       <c r="C288" s="5">
-        <v>-1.055269949999996</v>
+        <v>-1.0552882000000068</v>
       </c>
       <c r="D288" s="5">
-        <v>-9.2870302692303461</v>
+        <v>-9.2871851000543302</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>128.60332235000001</v>
+        <v>128.6032659</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.78931965999998965</v>
+        <v>-0.7893387999999959</v>
       </c>
       <c r="D289" s="5">
-        <v>-7.0795525141257638</v>
+        <v>-7.0797204393278967</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>128.67745425999999</v>
+        <v>128.67738840000001</v>
       </c>
       <c r="C290" s="5">
-        <v>7.4131909999977097E-2</v>
+        <v>7.4122500000015634E-2</v>
       </c>
       <c r="D290" s="5">
-        <v>0.69392351161450261</v>
+        <v>0.6938354539250069</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>128.77393056</v>
+        <v>128.77387780000001</v>
       </c>
       <c r="C291" s="5">
-        <v>9.6476300000006177E-2</v>
+        <v>9.648939999999584E-2</v>
       </c>
       <c r="D291" s="5">
-        <v>0.90342287360560825</v>
+        <v>0.90354651528430363</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>129.77999545</v>
+        <v>129.78006199999999</v>
       </c>
       <c r="C292" s="5">
-        <v>1.0060648900000047</v>
+        <v>1.0061841999999785</v>
       </c>
       <c r="D292" s="5">
-        <v>9.7886975634803086</v>
+        <v>9.7899129325420553</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>129.82822035000001</v>
+        <v>129.82821490000001</v>
       </c>
       <c r="C293" s="5">
-        <v>4.822490000000812E-2</v>
+        <v>4.8152900000019372E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.4468200016102486</v>
+        <v>0.44615130607896791</v>
       </c>
       <c r="E293" s="5">
-        <v>-0.32720290120697992</v>
+        <v>-0.32721720148360944</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>130.94658505000001</v>
+        <v>130.9465998</v>
       </c>
       <c r="C294" s="5">
-        <v>1.1183647000000008</v>
+        <v>1.1183848999999952</v>
       </c>
       <c r="D294" s="5">
-        <v>10.841112530675389</v>
+        <v>10.841318189753913</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>131.67482547</v>
+        <v>131.6751926</v>
       </c>
       <c r="C295" s="5">
-        <v>0.72824041999999167</v>
+        <v>0.72859280000000126</v>
       </c>
       <c r="D295" s="5">
-        <v>6.881586861637623</v>
+        <v>6.8850184712081042</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>132.96714544</v>
+        <v>132.96707799999999</v>
       </c>
       <c r="C296" s="5">
-        <v>1.2923199699999941</v>
+        <v>1.291885399999984</v>
       </c>
       <c r="D296" s="5">
-        <v>12.4343795253141</v>
+        <v>12.429933491641476</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>134.33269657</v>
+        <v>134.3326347</v>
       </c>
       <c r="C297" s="5">
-        <v>1.3655511300000001</v>
+        <v>1.3655567000000133</v>
       </c>
       <c r="D297" s="5">
-        <v>13.044294863564176</v>
+        <v>13.044358105189691</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>135.00353276000001</v>
+        <v>135.00347679999999</v>
       </c>
       <c r="C298" s="5">
-        <v>0.67083619000001704</v>
+        <v>0.67084209999998734</v>
       </c>
       <c r="D298" s="5">
-        <v>6.1599744264846823</v>
+        <v>6.1600331099316952</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>134.19531021</v>
+        <v>134.19524060000001</v>
       </c>
       <c r="C299" s="5">
-        <v>-0.80822255000001064</v>
+        <v>-0.80823619999998186</v>
       </c>
       <c r="D299" s="5">
-        <v>-6.9521238914192267</v>
+        <v>-6.9522402539668686</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>135.79307208</v>
+        <v>135.7929819</v>
       </c>
       <c r="C300" s="5">
-        <v>1.5977618699999994</v>
+        <v>1.5977412999999956</v>
       </c>
       <c r="D300" s="5">
-        <v>15.261243280776426</v>
+        <v>15.261042204654185</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>136.61926764</v>
+        <v>136.61917030000001</v>
       </c>
       <c r="C301" s="5">
-        <v>0.82619556000000216</v>
+        <v>0.8261884000000066</v>
       </c>
       <c r="D301" s="5">
-        <v>7.5504104606165523</v>
+        <v>7.5503480052127925</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>137.84815816</v>
+        <v>137.84806610000001</v>
       </c>
       <c r="C302" s="5">
-        <v>1.2288905199999931</v>
+        <v>1.2288958000000036</v>
       </c>
       <c r="D302" s="5">
-        <v>11.344348223274302</v>
+        <v>11.344407887964625</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>138.43011960000001</v>
+        <v>138.43006299999999</v>
       </c>
       <c r="C303" s="5">
-        <v>0.58196144000001482</v>
+        <v>0.58199689999997872</v>
       </c>
       <c r="D303" s="5">
-        <v>5.1854130831394896</v>
+        <v>5.1857399568121743</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>138.96038952000001</v>
+        <v>138.9605948</v>
       </c>
       <c r="C304" s="5">
-        <v>0.53026991999999495</v>
+        <v>0.53053180000000566</v>
       </c>
       <c r="D304" s="5">
-        <v>4.6948078964149653</v>
+        <v>4.697177533230068</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>140.29487907000001</v>
+        <v>140.29489419999999</v>
       </c>
       <c r="C305" s="5">
-        <v>1.3344895500000007</v>
+        <v>1.3342993999999919</v>
       </c>
       <c r="D305" s="5">
-        <v>12.152653902693199</v>
+        <v>12.150810922060252</v>
       </c>
       <c r="E305" s="5">
-        <v>8.0619288254766488</v>
+        <v>8.0619450156207861</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>139.78589524</v>
+        <v>139.7859866</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.50898383000000536</v>
+        <v>-0.50890759999998636</v>
       </c>
       <c r="D306" s="5">
-        <v>-4.2677210708553233</v>
+        <v>-4.2670941451486204</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>139.92552398999999</v>
+        <v>139.92620120000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.13962874999998576</v>
+        <v>0.14021460000000729</v>
       </c>
       <c r="D307" s="5">
-        <v>1.2052581220531211</v>
+        <v>1.2103422430273847</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>139.13742450000001</v>
+        <v>139.13716880000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.78809948999997914</v>
+        <v>-0.78903239999999641</v>
       </c>
       <c r="D308" s="5">
-        <v>-6.5532464316169881</v>
+        <v>-6.5607340539791892</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>138.18246606</v>
+        <v>138.1823167</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.95495844000001284</v>
+        <v>-0.95485210000001075</v>
       </c>
       <c r="D309" s="5">
-        <v>-7.9322039564125539</v>
+        <v>-7.9313677602706907</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>138.72749123</v>
+        <v>138.72734980000001</v>
       </c>
       <c r="C310" s="5">
-        <v>0.54502517000000239</v>
+        <v>0.54503310000001193</v>
       </c>
       <c r="D310" s="5">
-        <v>4.8371296482806914</v>
+        <v>4.8372069036696219</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>139.58652687</v>
+        <v>139.586365</v>
       </c>
       <c r="C311" s="5">
-        <v>0.85903564000000188</v>
+        <v>0.85901519999998754</v>
       </c>
       <c r="D311" s="5">
-        <v>7.6890702966355251</v>
+        <v>7.688889174206115</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>141.33977576000001</v>
+        <v>141.33955739999999</v>
       </c>
       <c r="C312" s="5">
-        <v>1.7532488900000089</v>
+        <v>1.753192399999989</v>
       </c>
       <c r="D312" s="5">
-        <v>16.158436539266695</v>
+        <v>16.157899482964531</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>142.65531247999999</v>
+        <v>142.65508750000001</v>
       </c>
       <c r="C313" s="5">
-        <v>1.315536719999983</v>
+        <v>1.3155301000000179</v>
       </c>
       <c r="D313" s="5">
-        <v>11.759028380854964</v>
+        <v>11.758985252693055</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>142.68648751000001</v>
+        <v>142.68629519999999</v>
       </c>
       <c r="C314" s="5">
-        <v>3.1175030000014203E-2</v>
+        <v>3.1207699999981742E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>0.26255617555996924</v>
+        <v>0.26283206852466545</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>144.06684895999999</v>
+        <v>144.06674949999999</v>
       </c>
       <c r="C315" s="5">
-        <v>1.380361449999981</v>
+        <v>1.3804542999999967</v>
       </c>
       <c r="D315" s="5">
-        <v>12.246943181325776</v>
+        <v>12.247828687607099</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>143.35403772999999</v>
+        <v>143.35449270000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.7128112299999998</v>
+        <v>-0.71225679999997737</v>
       </c>
       <c r="D316" s="5">
-        <v>-5.7784010551728766</v>
+        <v>-5.7740319510854787</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>144.96730428999999</v>
+        <v>144.96750299999999</v>
       </c>
       <c r="C317" s="5">
-        <v>1.6132665599999996</v>
+        <v>1.6130102999999849</v>
       </c>
       <c r="D317" s="5">
-        <v>14.372496136993762</v>
+        <v>14.370021567655943</v>
       </c>
       <c r="E317" s="5">
-        <v>3.3304317669846428</v>
+        <v>3.3305622607611607</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>147.96718727999999</v>
+        <v>147.96780649999999</v>
       </c>
       <c r="C318" s="5">
-        <v>2.9998829900000032</v>
+        <v>3.0003035000000011</v>
       </c>
       <c r="D318" s="5">
-        <v>27.86281524840042</v>
+        <v>27.867133170898171</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>147.01235320999999</v>
+        <v>147.01387020000001</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.95483407000000398</v>
+        <v>-0.95393629999998097</v>
       </c>
       <c r="D319" s="5">
-        <v>-7.474608377118674</v>
+        <v>-7.4677976267938266</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>145.80210994000001</v>
+        <v>145.8012372</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.2102432699999781</v>
+        <v>-1.212633000000011</v>
       </c>
       <c r="D320" s="5">
-        <v>-9.4434739505389054</v>
+        <v>-9.4611900093719665</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>146.73560183999999</v>
+        <v>146.73552430000001</v>
       </c>
       <c r="C321" s="5">
-        <v>0.93349189999997861</v>
+        <v>0.93428710000000592</v>
       </c>
       <c r="D321" s="5">
-        <v>7.9593512710858905</v>
+        <v>7.9664215904878821</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>145.70935426</v>
+        <v>145.70878540000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.0262475799999891</v>
+        <v>-1.026738899999998</v>
       </c>
       <c r="D322" s="5">
-        <v>-8.077203009591349</v>
+        <v>-8.0809265215134651</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>145.71976731000001</v>
+        <v>145.7189018</v>
       </c>
       <c r="C323" s="5">
-        <v>1.0413050000011026E-2</v>
+        <v>1.0116399999986925E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>8.5791147136893287E-2</v>
+        <v>8.3346496127667535E-2</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>147.39965049</v>
+        <v>147.39879099999999</v>
       </c>
       <c r="C324" s="5">
-        <v>1.6798831799999903</v>
+        <v>1.679889199999991</v>
       </c>
       <c r="D324" s="5">
-        <v>14.745540483874997</v>
+        <v>14.745689929224826</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>145.34821475000001</v>
+        <v>145.34772770000001</v>
       </c>
       <c r="C325" s="5">
-        <v>-2.0514357399999881</v>
+        <v>-2.0510632999999814</v>
       </c>
       <c r="D325" s="5">
-        <v>-15.480099369562339</v>
+        <v>-15.477583907375859</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>145.38338680999999</v>
+        <v>145.3832032</v>
       </c>
       <c r="C326" s="5">
-        <v>3.517205999997941E-2</v>
+        <v>3.5475499999989779E-2</v>
       </c>
       <c r="D326" s="5">
-        <v>0.29076855670711055</v>
+        <v>0.29328145752129942</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>144.95617723999999</v>
+        <v>144.95623929999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.42720957000000226</v>
+        <v>-0.42696390000000406</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.4697688750577993</v>
+        <v>-3.4678099864739242</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>144.24625402999999</v>
+        <v>144.2472477</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.70992320999999947</v>
+        <v>-0.70899159999999029</v>
       </c>
       <c r="D328" s="5">
-        <v>-5.721254325095904</v>
+        <v>-5.7139449280745769</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>143.72125417999999</v>
+        <v>143.72224220000001</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.52499985000000038</v>
+        <v>-0.5250054999999918</v>
       </c>
       <c r="D329" s="5">
-        <v>-4.2811533619662061</v>
+        <v>-4.2811696131130006</v>
       </c>
       <c r="E329" s="5">
-        <v>-0.85953871881850885</v>
+        <v>-0.85899306688064225</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>144.23461997999999</v>
+        <v>144.23627379999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.51336580000000254</v>
+        <v>0.51403159999998138</v>
       </c>
       <c r="D330" s="5">
-        <v>4.3715647710845795</v>
+        <v>4.3773156939102886</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>144.21140249000001</v>
+        <v>144.2138037</v>
       </c>
       <c r="C331" s="5">
-        <v>-2.321748999997908E-2</v>
+        <v>-2.2470099999992499E-2</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.19299343583721873</v>
+        <v>-0.18678400165486053</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>146.74625886999999</v>
+        <v>146.74520200000001</v>
       </c>
       <c r="C332" s="5">
-        <v>2.5348563799999795</v>
+        <v>2.5313983000000064</v>
       </c>
       <c r="D332" s="5">
-        <v>23.256335796247264</v>
+        <v>23.221061130743472</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>146.94036890000001</v>
+        <v>146.940438</v>
       </c>
       <c r="C333" s="5">
-        <v>0.1941100300000187</v>
+        <v>0.19523599999999419</v>
       </c>
       <c r="D333" s="5">
-        <v>1.5989106234023609</v>
+        <v>1.6082650317297276</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>148.99940778000001</v>
+        <v>148.99821589999999</v>
       </c>
       <c r="C334" s="5">
-        <v>2.0590388800000028</v>
+        <v>2.0577778999999907</v>
       </c>
       <c r="D334" s="5">
-        <v>18.17374453189613</v>
+        <v>18.161734647616235</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>149.07184598000001</v>
+        <v>149.067283</v>
       </c>
       <c r="C335" s="5">
-        <v>7.2438199999993458E-2</v>
+        <v>6.906710000001226E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>0.58495969696155115</v>
+        <v>0.55767211144228668</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>148.53725566</v>
+        <v>148.53573890000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.53459032000000661</v>
+        <v>-0.53154409999999075</v>
       </c>
       <c r="D336" s="5">
-        <v>-4.2194788976100961</v>
+        <v>-4.1960308257598333</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>148.32832847</v>
+        <v>148.32771940000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.20892718999999715</v>
+        <v>-0.20801950000000602</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.6748805074213946</v>
+        <v>-1.667676797200901</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>149.29225009000001</v>
+        <v>149.29251690000001</v>
       </c>
       <c r="C338" s="5">
-        <v>0.96392162000000781</v>
+        <v>0.96479750000000308</v>
       </c>
       <c r="D338" s="5">
-        <v>8.0831347673865359</v>
+        <v>8.090778764789853</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>150.31321378999999</v>
+        <v>150.31400429999999</v>
       </c>
       <c r="C339" s="5">
-        <v>1.0209636999999816</v>
+        <v>1.0214873999999838</v>
       </c>
       <c r="D339" s="5">
-        <v>8.5222428533437302</v>
+        <v>8.5267642974138589</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>153.78692323000001</v>
+        <v>153.78896929999999</v>
       </c>
       <c r="C340" s="5">
-        <v>3.4737094400000217</v>
+        <v>3.4749649999999974</v>
       </c>
       <c r="D340" s="5">
-        <v>31.542767301820529</v>
+        <v>31.555467712453744</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>153.28089256000001</v>
+        <v>153.2831554</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.50603067000000124</v>
+        <v>-0.5058138999999926</v>
       </c>
       <c r="D341" s="5">
-        <v>-3.8778781198047341</v>
+        <v>-3.8761962332000799</v>
       </c>
       <c r="E341" s="5">
-        <v>6.6515133301211726</v>
+        <v>6.652354606808375</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>153.90410795</v>
+        <v>153.9086207</v>
       </c>
       <c r="C342" s="5">
-        <v>0.62321538999998438</v>
+        <v>0.62546530000000189</v>
       </c>
       <c r="D342" s="5">
-        <v>4.9896036658875875</v>
+        <v>5.0079475492779135</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>154.9575892</v>
+        <v>154.96067579999999</v>
       </c>
       <c r="C343" s="5">
-        <v>1.0534812500000044</v>
+        <v>1.0520550999999898</v>
       </c>
       <c r="D343" s="5">
-        <v>8.530466316264441</v>
+        <v>8.5182213851949129</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>157.02399095999999</v>
+        <v>157.02285319999999</v>
       </c>
       <c r="C344" s="5">
-        <v>2.0664017599999909</v>
+        <v>2.0621773999999959</v>
       </c>
       <c r="D344" s="5">
-        <v>17.229772570586132</v>
+        <v>17.19156480226205</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>156.77208598000001</v>
+        <v>156.77210199999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.25190497999997774</v>
+        <v>-0.25075119999999629</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.9081989381865228</v>
+        <v>-1.8995492323587548</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>157.33386435</v>
+        <v>157.3341116</v>
       </c>
       <c r="C346" s="5">
-        <v>0.56177836999998476</v>
+        <v>0.56200960000001032</v>
       </c>
       <c r="D346" s="5">
-        <v>4.385859661652769</v>
+        <v>4.3877001815621819</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>159.36976301999999</v>
+        <v>159.35010750000001</v>
       </c>
       <c r="C347" s="5">
-        <v>2.0358986699999946</v>
+        <v>2.0159959000000072</v>
       </c>
       <c r="D347" s="5">
-        <v>16.682199142569321</v>
+        <v>16.507430204157703</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>161.23378206000001</v>
+        <v>161.23531349999999</v>
       </c>
       <c r="C348" s="5">
-        <v>1.8640190400000165</v>
+        <v>1.8852059999999824</v>
       </c>
       <c r="D348" s="5">
-        <v>14.974458793762157</v>
+        <v>15.157881535798268</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>163.58550105</v>
+        <v>163.5875657</v>
       </c>
       <c r="C349" s="5">
-        <v>2.3517189899999948</v>
+        <v>2.3522522000000095</v>
       </c>
       <c r="D349" s="5">
-        <v>18.977600615311061</v>
+        <v>18.982059412626938</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>165.06709185</v>
+        <v>165.0701048</v>
       </c>
       <c r="C350" s="5">
-        <v>1.4815907999999922</v>
+        <v>1.4825390999999968</v>
       </c>
       <c r="D350" s="5">
-        <v>11.426450679164635</v>
+        <v>11.433980997986426</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>167.00077719000001</v>
+        <v>167.00411099999999</v>
       </c>
       <c r="C351" s="5">
-        <v>1.9336853400000109</v>
+        <v>1.9340061999999989</v>
       </c>
       <c r="D351" s="5">
-        <v>14.999488269663619</v>
+        <v>15.001847983269601</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>166.94407856000001</v>
+        <v>166.94780639999999</v>
       </c>
       <c r="C352" s="5">
-        <v>-5.6698629999999639E-2</v>
+        <v>-5.6304600000004257E-2</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.40665350193397343</v>
+        <v>-0.40382463471094754</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>169.78269594</v>
+        <v>169.7855835</v>
       </c>
       <c r="C353" s="5">
-        <v>2.8386173799999881</v>
+        <v>2.8377771000000109</v>
       </c>
       <c r="D353" s="5">
-        <v>22.424650090463636</v>
+        <v>22.416831252612646</v>
       </c>
       <c r="E353" s="5">
-        <v>10.765727615749988</v>
+        <v>10.765976246337106</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>172.06635546999999</v>
+        <v>172.0728483</v>
       </c>
       <c r="C354" s="5">
-        <v>2.2836595299999942</v>
+        <v>2.2872648000000027</v>
       </c>
       <c r="D354" s="5">
-        <v>17.389814412147466</v>
+        <v>17.419015003119796</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>173.47289337000001</v>
+        <v>173.4747945</v>
       </c>
       <c r="C355" s="5">
-        <v>1.4065379000000178</v>
+        <v>1.4019461999999976</v>
       </c>
       <c r="D355" s="5">
-        <v>10.2625281211568</v>
+        <v>10.227107032491102</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>173.40642686000001</v>
+        <v>173.3994582</v>
       </c>
       <c r="C356" s="5">
-        <v>-6.6466509999997925E-2</v>
+        <v>-7.5336300000003575E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.45881488544664562</v>
+        <v>-0.51989074823975967</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>175.42751946999999</v>
+        <v>175.42935850000001</v>
       </c>
       <c r="C357" s="5">
-        <v>2.0210926099999824</v>
+        <v>2.0299003000000084</v>
       </c>
       <c r="D357" s="5">
-        <v>14.918618680392438</v>
+        <v>14.988516075264279</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>176.40082938</v>
+        <v>176.40566200000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.97330991000001177</v>
+        <v>0.97630350000000021</v>
       </c>
       <c r="D358" s="5">
-        <v>6.8648307239189021</v>
+        <v>6.886520786959216</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>176.10397592999999</v>
+        <v>176.06724560000001</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.29685345000001462</v>
+        <v>-0.33841639999999984</v>
       </c>
       <c r="D359" s="5">
-        <v>-2.0008154217995844</v>
+        <v>-2.2779434712269508</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>179.39972022000001</v>
+        <v>179.40801920000001</v>
       </c>
       <c r="C360" s="5">
-        <v>3.295744290000016</v>
+        <v>3.3407736000000057</v>
       </c>
       <c r="D360" s="5">
-        <v>24.919777581215243</v>
+        <v>25.30239536753751</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>181.45760433000001</v>
+        <v>181.46518130000001</v>
       </c>
       <c r="C361" s="5">
-        <v>2.0578841100000034</v>
+        <v>2.0571620999999993</v>
       </c>
       <c r="D361" s="5">
-        <v>14.667656670198914</v>
+        <v>14.661460143678152</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>182.55946575999999</v>
+        <v>182.56725449999999</v>
       </c>
       <c r="C362" s="5">
-        <v>1.1018614299999854</v>
+        <v>1.1020731999999782</v>
       </c>
       <c r="D362" s="5">
-        <v>7.5350891715414203</v>
+        <v>7.5362608062003122</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>182.9333542</v>
+        <v>182.9398899</v>
       </c>
       <c r="C363" s="5">
-        <v>0.37388844000000176</v>
+        <v>0.37263540000000717</v>
       </c>
       <c r="D363" s="5">
-        <v>2.48551699303452</v>
+        <v>2.4769864927286278</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>182.43081419999999</v>
+        <v>182.43477709999999</v>
       </c>
       <c r="C364" s="5">
-        <v>-0.50254000000001042</v>
+        <v>-0.50511280000000625</v>
       </c>
       <c r="D364" s="5">
-        <v>-3.2471900669796661</v>
+        <v>-3.2634478879614015</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>182.28331473</v>
+        <v>182.28337500000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.14749946999998542</v>
+        <v>-0.15140209999998433</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.96592446892247441</v>
+        <v>-0.99134350767055013</v>
       </c>
       <c r="E365" s="5">
-        <v>7.3627166306851732</v>
+        <v>7.3609262001917974</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>180.33755962999999</v>
+        <v>180.34089990000001</v>
       </c>
       <c r="C366" s="5">
-        <v>-1.9457551000000137</v>
+        <v>-1.9424750999999958</v>
       </c>
       <c r="D366" s="5">
-        <v>-12.083325565816905</v>
+        <v>-12.064131426716763</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>181.37398175999999</v>
+        <v>181.37026510000001</v>
       </c>
       <c r="C367" s="5">
-        <v>1.0364221300000054</v>
+        <v>1.0293652000000009</v>
       </c>
       <c r="D367" s="5">
-        <v>7.1187723757467625</v>
+        <v>7.0686344652100441</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>181.44198097</v>
+        <v>181.42776900000001</v>
       </c>
       <c r="C368" s="5">
-        <v>6.7999210000010635E-2</v>
+        <v>5.7503900000000385E-2</v>
       </c>
       <c r="D368" s="5">
-        <v>0.4508227697791467</v>
+        <v>0.38112717547764685</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>167.21533934000001</v>
+        <v>167.21974109999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-14.226641629999989</v>
+        <v>-14.208027900000019</v>
       </c>
       <c r="D369" s="5">
-        <v>-62.46295955879846</v>
+        <v>-62.415788891281963</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>167.13755929999999</v>
+        <v>167.1465125</v>
       </c>
       <c r="C370" s="5">
-        <v>-7.77800400000217E-2</v>
+        <v>-7.3228599999993094E-2</v>
       </c>
       <c r="D370" s="5">
-        <v>-0.5567529558333173</v>
+        <v>-0.52423821658622582</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>166.87403834</v>
+        <v>166.8279402</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.26352095999999392</v>
+        <v>-0.31857229999999959</v>
       </c>
       <c r="D371" s="5">
-        <v>-1.8756843605380435</v>
+        <v>-2.263312022711883</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>162.64540348</v>
+        <v>162.6720254</v>
       </c>
       <c r="C372" s="5">
-        <v>-4.2286348599999997</v>
+        <v>-4.155914800000005</v>
       </c>
       <c r="D372" s="5">
-        <v>-26.508651091579903</v>
+        <v>-26.119634317763651</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>160.20129642000001</v>
+        <v>160.2103912</v>
       </c>
       <c r="C373" s="5">
-        <v>-2.4441070599999932</v>
+        <v>-2.4616341999999918</v>
       </c>
       <c r="D373" s="5">
-        <v>-16.614452467960717</v>
+        <v>-16.721348876216211</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>158.98029729999999</v>
+        <v>158.98875459999999</v>
       </c>
       <c r="C374" s="5">
-        <v>-1.2209991200000161</v>
+        <v>-1.2216366000000107</v>
       </c>
       <c r="D374" s="5">
-        <v>-8.7721704656690704</v>
+        <v>-8.7760825195341123</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>157.68844233999999</v>
+        <v>157.69787049999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-1.2918549599999949</v>
+        <v>-1.2908840999999995</v>
       </c>
       <c r="D375" s="5">
-        <v>-9.3268505576754261</v>
+        <v>-9.3196773748210333</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>158.43708103</v>
+        <v>158.4480915</v>
       </c>
       <c r="C376" s="5">
-        <v>0.74863869000000705</v>
+        <v>0.75022100000001046</v>
       </c>
       <c r="D376" s="5">
-        <v>5.8482378862384721</v>
+        <v>5.8605642289160098</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>157.85769163000001</v>
+        <v>157.86711450000001</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.57938939999999661</v>
+        <v>-0.58097699999999008</v>
       </c>
       <c r="D377" s="5">
-        <v>-4.3010919173902646</v>
+        <v>-4.312347123437732</v>
       </c>
       <c r="E377" s="5">
-        <v>-13.399812888074525</v>
+        <v>-13.394672169088373</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>157.13795866999999</v>
+        <v>157.0931994</v>
       </c>
       <c r="C378" s="5">
-        <v>-0.71973296000001596</v>
+        <v>-0.77391510000001063</v>
       </c>
       <c r="D378" s="5">
-        <v>-5.3361177341451516</v>
+        <v>-5.7267314042975919</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>154.48041569</v>
+        <v>154.4803871</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.6575429799999881</v>
+        <v>-2.6128123000000016</v>
       </c>
       <c r="D379" s="5">
-        <v>-18.50933380885531</v>
+        <v>-18.230456810694186</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>157.90627301999999</v>
+        <v>157.88771030000001</v>
       </c>
       <c r="C380" s="5">
-        <v>3.4258573299999853</v>
+        <v>3.4073232000000075</v>
       </c>
       <c r="D380" s="5">
-        <v>30.110230371611735</v>
+        <v>29.927095772017552</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>157.84875126</v>
+        <v>157.85164950000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-5.7521759999985989E-2</v>
+        <v>-3.6060800000001336E-2</v>
       </c>
       <c r="D381" s="5">
-        <v>-0.43625869134894524</v>
+        <v>-0.273730253756721</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>157.29876134</v>
+        <v>157.30301890000001</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.54998992000000158</v>
+        <v>-0.54863059999999564</v>
       </c>
       <c r="D382" s="5">
-        <v>-4.1019388986492604</v>
+        <v>-4.0919201215307677</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>156.63272445999999</v>
+        <v>156.60437540000001</v>
       </c>
       <c r="C383" s="5">
-        <v>-0.66603688000000716</v>
+        <v>-0.69864350000000286</v>
       </c>
       <c r="D383" s="5">
-        <v>-4.9643844524853931</v>
+        <v>-5.2013810383777503</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>158.34649435</v>
+        <v>158.39546329999999</v>
       </c>
       <c r="C384" s="5">
-        <v>1.7137698900000089</v>
+        <v>1.7910878999999795</v>
       </c>
       <c r="D384" s="5">
-        <v>13.949233985277321</v>
+        <v>14.62151957583413</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>158.76421085999999</v>
+        <v>158.78813930000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.4177165099999911</v>
+        <v>0.3926760000000229</v>
       </c>
       <c r="D385" s="5">
-        <v>3.2119239427131241</v>
+        <v>3.0158031873883662</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>159.66141862999999</v>
+        <v>159.64436989999999</v>
       </c>
       <c r="C386" s="5">
-        <v>0.8972077699999943</v>
+        <v>0.85623059999997508</v>
       </c>
       <c r="D386" s="5">
-        <v>6.9962351164423175</v>
+        <v>6.6661376431504715</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>161.94429883999999</v>
+        <v>161.97192609999999</v>
       </c>
       <c r="C387" s="5">
-        <v>2.2828802100000019</v>
+        <v>2.3275562000000036</v>
       </c>
       <c r="D387" s="5">
-        <v>18.573641340163903</v>
+        <v>18.968962666634305</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>162.34868899</v>
+        <v>162.37368000000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.40439015000001177</v>
+        <v>0.40175390000001698</v>
       </c>
       <c r="D388" s="5">
-        <v>3.0380115419906151</v>
+        <v>3.0174137101068865</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>162.67537390000001</v>
+        <v>162.69393009999999</v>
       </c>
       <c r="C389" s="5">
-        <v>0.32668491000001154</v>
+        <v>0.32025009999998133</v>
       </c>
       <c r="D389" s="5">
-        <v>2.4415950924595142</v>
+        <v>2.3926070312136449</v>
       </c>
       <c r="E389" s="5">
-        <v>3.0519148102660099</v>
+        <v>3.0575181001360363</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>162.34362927000001</v>
+        <v>162.23939999999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.33174463000000287</v>
+        <v>-0.45453009999999949</v>
       </c>
       <c r="D390" s="5">
-        <v>-2.4199033510052148</v>
+        <v>-3.301491585745342</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>162.28719391000001</v>
+        <v>162.2889998</v>
       </c>
       <c r="C391" s="5">
-        <v>-5.6435359999994716E-2</v>
+        <v>4.9599800000009964E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.41635818827121529</v>
+        <v>0.36748127825143584</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>162.69434340000001</v>
+        <v>162.65650629999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.40714948999999478</v>
+        <v>0.36750649999999041</v>
       </c>
       <c r="D392" s="5">
-        <v>3.0524759481028285</v>
+        <v>2.751524509863712</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>163.89503058</v>
+        <v>163.8988622</v>
       </c>
       <c r="C393" s="5">
-        <v>1.2006871799999885</v>
+        <v>1.2423559000000068</v>
       </c>
       <c r="D393" s="5">
-        <v>9.224479861531254</v>
+        <v>9.5604950241406037</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>164.82438568000001</v>
+        <v>164.80544639999999</v>
       </c>
       <c r="C394" s="5">
-        <v>0.92935510000000932</v>
+        <v>0.90658419999999751</v>
       </c>
       <c r="D394" s="5">
-        <v>7.020792189406122</v>
+        <v>6.8433397816703767</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>166.41484528000001</v>
+        <v>166.39950379999999</v>
       </c>
       <c r="C395" s="5">
-        <v>1.5904596000000026</v>
+        <v>1.594057399999997</v>
       </c>
       <c r="D395" s="5">
-        <v>12.214039815189093</v>
+        <v>12.244638016084775</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>169.23747799</v>
+        <v>169.33957760000001</v>
       </c>
       <c r="C396" s="5">
-        <v>2.8226327099999935</v>
+        <v>2.9400738000000217</v>
       </c>
       <c r="D396" s="5">
-        <v>22.36402399018025</v>
+        <v>23.389255219217798</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>170.36720435999999</v>
+        <v>170.41960889999999</v>
       </c>
       <c r="C397" s="5">
-        <v>1.129726369999986</v>
+        <v>1.0800312999999733</v>
       </c>
       <c r="D397" s="5">
-        <v>8.311214517481492</v>
+        <v>7.9277456943046776</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>171.00322338000001</v>
+        <v>170.9607393</v>
       </c>
       <c r="C398" s="5">
-        <v>0.63601902000002042</v>
+        <v>0.54113040000001433</v>
       </c>
       <c r="D398" s="5">
-        <v>4.5730076890160287</v>
+        <v>3.8775923292160064</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>170.95394435</v>
+        <v>171.00501310000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-4.9279030000008106E-2</v>
+        <v>4.4273800000013352E-2</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.34526366214032711</v>
+        <v>0.31120769957746486</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>171.86735225000001</v>
+        <v>171.9276869</v>
       </c>
       <c r="C400" s="5">
-        <v>0.91340790000000993</v>
+        <v>0.92267379999998411</v>
       </c>
       <c r="D400" s="5">
-        <v>6.6034180929282593</v>
+        <v>6.6703542415414097</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>173.08370805000001</v>
+        <v>173.1016228</v>
       </c>
       <c r="C401" s="5">
-        <v>1.2163558000000023</v>
+        <v>1.1739359000000036</v>
       </c>
       <c r="D401" s="5">
-        <v>8.8312586841684304</v>
+        <v>8.5085172456177194</v>
       </c>
       <c r="E401" s="5">
-        <v>6.3982235912352747</v>
+        <v>6.397099568252429</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>175.31151475999999</v>
+        <v>175.1221602</v>
       </c>
       <c r="C402" s="5">
-        <v>2.2278067099999816</v>
+        <v>2.0205373999999949</v>
       </c>
       <c r="D402" s="5">
-        <v>16.587239198661162</v>
+        <v>14.942224371993174</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>175.01508939999999</v>
+        <v>175.02452969999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-0.29642536000000064</v>
+        <v>-9.7630500000008169E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-2.0102559491785632</v>
+        <v>-0.66695177560253116</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>175.54258859999999</v>
+        <v>175.48338630000001</v>
       </c>
       <c r="C404" s="5">
-        <v>0.52749919999999406</v>
+        <v>0.45885660000001849</v>
       </c>
       <c r="D404" s="5">
-        <v>3.677388521866054</v>
+        <v>3.1917658738895849</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>175.30245552</v>
+        <v>175.26942529999999</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.24013307999999256</v>
+        <v>-0.21396100000001184</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.6292429267517616</v>
+        <v>-1.4533478402368516</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>175.49102120000001</v>
+        <v>175.39001949999999</v>
       </c>
       <c r="C406" s="5">
-        <v>0.18856568000001062</v>
+        <v>0.12059419999999932</v>
       </c>
       <c r="D406" s="5">
-        <v>1.2984548370960525</v>
+        <v>0.82879219786298197</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>175.57396754999999</v>
+        <v>175.62698330000001</v>
       </c>
       <c r="C407" s="5">
-        <v>8.2946349999986069E-2</v>
+        <v>0.23696380000001227</v>
       </c>
       <c r="D407" s="5">
-        <v>0.56866031860511868</v>
+        <v>1.63338326372513</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>175.00540107</v>
+        <v>175.182593</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.568566479999987</v>
+        <v>-0.44439030000000912</v>
       </c>
       <c r="D408" s="5">
-        <v>-3.8175251631067386</v>
+        <v>-2.9944673523396026</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>175.1546611</v>
+        <v>175.26615530000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.14926002999999355</v>
+        <v>8.3562300000011192E-2</v>
       </c>
       <c r="D409" s="5">
-        <v>1.0282803961706222</v>
+        <v>0.57390548047391299</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>176.78859095999999</v>
+        <v>176.73171310000001</v>
       </c>
       <c r="C410" s="5">
-        <v>1.633929859999995</v>
+        <v>1.4655577999999991</v>
       </c>
       <c r="D410" s="5">
-        <v>11.786774558101442</v>
+        <v>10.508867208084283</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>176.04312615000001</v>
+        <v>176.10890119999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.74546480999998721</v>
+        <v>-0.62281190000001629</v>
       </c>
       <c r="D411" s="5">
-        <v>-4.9443245461565644</v>
+        <v>-4.1478536171741798</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>176.2234388</v>
+        <v>176.29004029999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.18031264999999053</v>
+        <v>0.18113909999999578</v>
       </c>
       <c r="D412" s="5">
-        <v>1.2360509708798428</v>
+        <v>1.241282012944489</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>177.71979207000001</v>
+        <v>177.69545869999999</v>
       </c>
       <c r="C413" s="5">
-        <v>1.4963532700000144</v>
+        <v>1.4054184000000021</v>
       </c>
       <c r="D413" s="5">
-        <v>10.679068757316145</v>
+        <v>9.9974510552515383</v>
       </c>
       <c r="E413" s="5">
-        <v>2.6785213190953394</v>
+        <v>2.6538375699155958</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>179.06134527</v>
+        <v>178.86132119999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.3415531999999928</v>
+        <v>1.1658625000000029</v>
       </c>
       <c r="D414" s="5">
-        <v>9.4441514399461255</v>
+        <v>8.1636333380413753</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>181.11371879000001</v>
+        <v>181.1123771</v>
       </c>
       <c r="C415" s="5">
-        <v>2.0523735200000033</v>
+        <v>2.2510559000000114</v>
       </c>
       <c r="D415" s="5">
-        <v>14.655280227277668</v>
+        <v>16.193104459696926</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>181.91155205000001</v>
+        <v>181.87468849999999</v>
       </c>
       <c r="C416" s="5">
-        <v>0.79783326000000443</v>
+        <v>0.76231139999998732</v>
       </c>
       <c r="D416" s="5">
-        <v>5.4161558196169413</v>
+        <v>5.1694448317550989</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>182.41309498999999</v>
+        <v>182.28185500000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.5015429399999789</v>
+        <v>0.40716650000001664</v>
       </c>
       <c r="D417" s="5">
-        <v>3.3591178017590151</v>
+        <v>2.7197903974597981</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>184.58243235</v>
+        <v>184.36685180000001</v>
       </c>
       <c r="C418" s="5">
-        <v>2.1693373600000143</v>
+        <v>2.084996799999999</v>
       </c>
       <c r="D418" s="5">
-        <v>15.242383254540215</v>
+        <v>14.623272540193488</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>186.16566345000001</v>
+        <v>186.31270570000001</v>
       </c>
       <c r="C419" s="5">
-        <v>1.5832311000000061</v>
+        <v>1.945853900000003</v>
       </c>
       <c r="D419" s="5">
-        <v>10.792563998012561</v>
+        <v>13.426778122530791</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>185.44982712000001</v>
+        <v>185.72267249999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.71583633000000191</v>
+        <v>-0.59003320000002191</v>
       </c>
       <c r="D420" s="5">
-        <v>-4.5178466243924298</v>
+        <v>-3.7347775576515807</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>189.03781226999999</v>
+        <v>189.2029771</v>
       </c>
       <c r="C421" s="5">
-        <v>3.5879851499999802</v>
+        <v>3.4803046000000109</v>
       </c>
       <c r="D421" s="5">
-        <v>25.853992459688669</v>
+        <v>24.955821951551371</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>190.28935718</v>
+        <v>190.26996700000001</v>
       </c>
       <c r="C422" s="5">
-        <v>1.2515449100000069</v>
+        <v>1.06698990000001</v>
       </c>
       <c r="D422" s="5">
-        <v>8.2405018991503987</v>
+        <v>6.9811656520480048</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>191.38162277999999</v>
+        <v>191.43874</v>
       </c>
       <c r="C423" s="5">
-        <v>1.0922655999999904</v>
+        <v>1.1687729999999874</v>
       </c>
       <c r="D423" s="5">
-        <v>7.1097005107320754</v>
+        <v>7.6254578859120903</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>192.61311223000001</v>
+        <v>192.6820472</v>
       </c>
       <c r="C424" s="5">
-        <v>1.2314894500000264</v>
+        <v>1.2433072000000038</v>
       </c>
       <c r="D424" s="5">
-        <v>8.000903822033866</v>
+        <v>8.077949597450317</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>192.52636082000001</v>
+        <v>192.44872580000001</v>
       </c>
       <c r="C425" s="5">
-        <v>-8.675141000000508E-2</v>
+        <v>-0.23332139999999413</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.53913361043083086</v>
+        <v>-1.443458163237743</v>
       </c>
       <c r="E425" s="5">
-        <v>8.3314123753689842</v>
+        <v>8.302557199791849</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>193.96435091000001</v>
+        <v>194.56220429999999</v>
       </c>
       <c r="C426" s="5">
-        <v>1.4379900899999996</v>
+        <v>2.1134784999999852</v>
       </c>
       <c r="D426" s="5">
-        <v>9.340382272685499</v>
+        <v>14.004306197897055</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>194.21233230999999</v>
+        <v>195.04882069999999</v>
       </c>
       <c r="C427" s="5">
-        <v>0.24798139999998625</v>
+        <v>0.48661640000000261</v>
       </c>
       <c r="D427" s="5">
-        <v>1.5450215281302082</v>
+        <v>3.0429326192527917</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>194.81230188000001</v>
+        <v>195.83341780000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.59996957000001316</v>
+        <v>0.78459710000001337</v>
       </c>
       <c r="D428" s="5">
-        <v>3.7707344011609356</v>
+        <v>4.9353212759265075</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>196.36997191</v>
+        <v>197.2308481</v>
       </c>
       <c r="C429" s="5">
-        <v>1.557670029999997</v>
+        <v>1.3974302999999964</v>
       </c>
       <c r="D429" s="5">
-        <v>10.028299401150264</v>
+        <v>8.9071677683082662</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>195.37719518</v>
+        <v>197.83296540000001</v>
       </c>
       <c r="C430" s="5">
-        <v>-0.99277673000000277</v>
+        <v>0.6021173000000033</v>
       </c>
       <c r="D430" s="5">
-        <v>-5.9008909662982774</v>
+        <v>3.7255685191735832</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>194.41464414000001</v>
+        <v>197.60754940000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.96255103999999392</v>
+        <v>-0.22541599999999562</v>
       </c>
       <c r="D431" s="5">
-        <v>-5.754364019564628</v>
+        <v>-1.3587747904907799</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>197.29322489</v>
+        <v>200.39301409999999</v>
       </c>
       <c r="C432" s="5">
-        <v>2.8785807499999976</v>
+        <v>2.7854646999999773</v>
       </c>
       <c r="D432" s="5">
-        <v>19.288441235067456</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>18.290138956263213</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>199.14200145000001</v>
+        <v>202.2708379</v>
       </c>
       <c r="C433" s="5">
-        <v>1.8487765600000046</v>
+        <v>1.8778238000000158</v>
       </c>
       <c r="D433" s="5">
-        <v>11.842882410172395</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>11.842882612679029</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>199.84255633999999</v>
+        <v>202.98239960000001</v>
       </c>
       <c r="C434" s="5">
-        <v>0.70055488999997806</v>
+        <v>0.71156170000000429</v>
       </c>
       <c r="D434" s="5">
-        <v>4.3040821954015041</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.3040820869623797</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>204.95038819999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.967988599999984</v>
+      </c>
+      <c r="D435" s="5">
+        <v>12.275333926685583</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>202.75745950000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.1929286999999817</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-12.110468646607819</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>201.23783080000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.5196286999999984</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-8.632143650298552</v>
+      </c>
+      <c r="E437" s="5">
+        <v>4.566985290998482</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>