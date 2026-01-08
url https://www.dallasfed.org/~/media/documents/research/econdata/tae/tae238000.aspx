--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D9AA5911-DCAA-424A-BF66-30956A15784A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{007822E0-0B49-4C51-B9DA-AB2EDE3BEE14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F4F75EE2-519B-4D5E-AF53-0E9FCD488D89}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F6181A91-147B-4880-A012-C16EB0602626}"/>
   </bookViews>
   <sheets>
     <sheet name="AE238000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Specialty Trade Contractors</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7857390A-7814-48AE-9F6B-AD7FB6B5097F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2D067A5-7FD9-48DC-809C-19D455E6F11E}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-0.52346148999998832</v>
       </c>
       <c r="D431" s="5">
         <v>-1.2659291447117527</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>489.59486966999998</v>
       </c>
       <c r="C432" s="5">
         <v>-3.1958076900000378</v>
       </c>
       <c r="D432" s="5">
         <v>-7.5104852372091413</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>490.91010354999997</v>
+        <v>490.95873447000002</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3152338799999939</v>
+        <v>1.3638648000000444</v>
       </c>
       <c r="D433" s="5">
-        <v>3.2717048401962323</v>
+        <v>3.3945363371583825</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>490.42995610999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.52877836000004663</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.2848100559158304</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>