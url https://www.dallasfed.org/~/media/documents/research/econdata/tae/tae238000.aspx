--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{007822E0-0B49-4C51-B9DA-AB2EDE3BEE14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1CE430EF-881C-4C6C-8212-248671EA19E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F6181A91-147B-4880-A012-C16EB0602626}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7E98A223-7694-454D-A9F5-4F89C6CACA48}"/>
   </bookViews>
   <sheets>
     <sheet name="AE238000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Specialty Trade Contractors</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C2D067A5-7FD9-48DC-809C-19D455E6F11E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70A69683-637D-48F4-A689-39A12AE336F4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>160.57438751999999</v>
+        <v>160.5743875</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>160.61921534000001</v>
+        <v>160.61921530000001</v>
       </c>
       <c r="C7" s="5">
-        <v>4.4827820000023166E-2</v>
+        <v>4.4827800000007301E-2</v>
       </c>
       <c r="D7" s="5">
-        <v>0.3355208665680065</v>
+        <v>0.33552071668669914</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>161.19570818</v>
+        <v>161.19570820000001</v>
       </c>
       <c r="C8" s="5">
-        <v>0.57649283999998602</v>
+        <v>0.57649290000000519</v>
       </c>
       <c r="D8" s="5">
-        <v>4.39307623284384</v>
+        <v>4.3930767002439142</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>162.50544153999999</v>
+        <v>162.50544149999999</v>
       </c>
       <c r="C9" s="5">
-        <v>1.3097333599999956</v>
+        <v>1.3097332999999765</v>
       </c>
       <c r="D9" s="5">
-        <v>10.197870326709246</v>
+        <v>10.19786983714177</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>163.24907554999999</v>
+        <v>163.2490756</v>
       </c>
       <c r="C10" s="5">
-        <v>0.74363400999999385</v>
+        <v>0.7436341000000084</v>
       </c>
       <c r="D10" s="5">
-        <v>5.6316031675320843</v>
+        <v>5.6316038677760138</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>165.61224048</v>
+        <v>165.61224050000001</v>
       </c>
       <c r="C11" s="5">
-        <v>2.3631649300000106</v>
+        <v>2.3631649000000152</v>
       </c>
       <c r="D11" s="5">
-        <v>18.82297538018074</v>
+        <v>18.822975115657425</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>165.58911821000001</v>
+        <v>165.5891182</v>
       </c>
       <c r="C12" s="5">
-        <v>-2.3122269999987566E-2</v>
+        <v>-2.3122300000011364E-2</v>
       </c>
       <c r="D12" s="5">
-        <v>-0.16741170408905992</v>
+        <v>-0.16741192111068282</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>166.83326366</v>
+        <v>166.8332637</v>
       </c>
       <c r="C13" s="5">
-        <v>1.2441454499999907</v>
+        <v>1.2441455000000019</v>
       </c>
       <c r="D13" s="5">
-        <v>9.3982128101333338</v>
+        <v>9.3982132041650281</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>166.73881746999999</v>
+        <v>166.73881750000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-9.444619000001353E-2</v>
+        <v>-9.4446199999993041E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>-0.67722232384895831</v>
+        <v>-0.67722239516845306</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>165.09308297999999</v>
+        <v>165.09308300000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.6457344899999953</v>
+        <v>-1.6457345000000032</v>
       </c>
       <c r="D15" s="5">
-        <v>-11.221883439985325</v>
+        <v>-11.221883502604124</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>167.77439591000001</v>
+        <v>167.7743959</v>
       </c>
       <c r="C16" s="5">
-        <v>2.6813129300000185</v>
+        <v>2.6813128999999947</v>
       </c>
       <c r="D16" s="5">
-        <v>21.328177145329729</v>
+        <v>21.328176882172212</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>166.37639246000001</v>
+        <v>166.37639250000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-1.3980034500000045</v>
+        <v>-1.3980033999999932</v>
       </c>
       <c r="D17" s="5">
-        <v>-9.5534024944187834</v>
+        <v>-9.5534021687864517</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>168.27650424000001</v>
+        <v>168.27650420000001</v>
       </c>
       <c r="C18" s="5">
-        <v>1.9001117800000031</v>
+        <v>1.9001116999999965</v>
       </c>
       <c r="D18" s="5">
-        <v>14.599134666926105</v>
+        <v>14.59913400941668</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>170.46163623000001</v>
+        <v>170.46163619999999</v>
       </c>
       <c r="C19" s="5">
-        <v>2.1851319900000021</v>
+        <v>2.1851319999999816</v>
       </c>
       <c r="D19" s="5">
-        <v>16.744937423115715</v>
+        <v>16.744937509569201</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>171.13436118999999</v>
+        <v>171.1343612</v>
       </c>
       <c r="C20" s="5">
-        <v>0.67272495999998227</v>
+        <v>0.67272500000001401</v>
       </c>
       <c r="D20" s="5">
-        <v>4.8399445558912291</v>
+        <v>4.8399448508184673</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>169.93581524000001</v>
+        <v>169.93581520000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-1.198545949999982</v>
+        <v>-1.1985459999999932</v>
       </c>
       <c r="D21" s="5">
-        <v>-8.0879579519910862</v>
+        <v>-8.0879582760546072</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>171.12006797999999</v>
+        <v>171.120068</v>
       </c>
       <c r="C22" s="5">
-        <v>1.1842527399999767</v>
+        <v>1.1842527999999959</v>
       </c>
       <c r="D22" s="5">
-        <v>8.6906778727051872</v>
+        <v>8.6906783321538441</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>171.04308434000001</v>
+        <v>171.0430843</v>
       </c>
       <c r="C23" s="5">
-        <v>-7.6983639999980369E-2</v>
+        <v>-7.6983699999999544E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.53852321738055986</v>
+        <v>-0.5385236359976342</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>170.43193898000001</v>
+        <v>170.431939</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.61114535999999475</v>
+        <v>-0.611145300000004</v>
       </c>
       <c r="D24" s="5">
-        <v>-4.2043945068952375</v>
+        <v>-4.2043941031649767</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>169.97699935</v>
+        <v>169.97699940000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.45493963000001258</v>
+        <v>-0.45493959999998879</v>
       </c>
       <c r="D25" s="5">
-        <v>-3.1565885123379434</v>
+        <v>-3.1565883068648715</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>171.28414652000001</v>
+        <v>171.28414649999999</v>
       </c>
       <c r="C26" s="5">
-        <v>1.3071471700000075</v>
+        <v>1.3071470999999804</v>
       </c>
       <c r="D26" s="5">
-        <v>9.6286628368150708</v>
+        <v>9.6286622962281854</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
         <v>171.66357060000001</v>
       </c>
       <c r="C27" s="5">
-        <v>0.37942408000000682</v>
+        <v>0.37942410000002269</v>
       </c>
       <c r="D27" s="5">
-        <v>2.6908345302700365</v>
+        <v>2.6908346741584488</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>171.83748266000001</v>
+        <v>171.83748270000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.17391205999999215</v>
+        <v>0.17391209999999546</v>
       </c>
       <c r="D28" s="5">
-        <v>1.2225148363610661</v>
+        <v>1.2225151191095573</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>171.78251578999999</v>
+        <v>171.7825158</v>
       </c>
       <c r="C29" s="5">
-        <v>-5.4966870000015433E-2</v>
+        <v>-5.496690000001081E-2</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.38317787943734638</v>
+        <v>-0.38317808811256793</v>
       </c>
       <c r="E29" s="5">
-        <v>3.2493331836725092</v>
+        <v>3.2493331648599133</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>173.96910550999999</v>
+        <v>173.96910550000001</v>
       </c>
       <c r="C30" s="5">
-        <v>2.1865897200000006</v>
+        <v>2.1865897000000132</v>
       </c>
       <c r="D30" s="5">
-        <v>16.390641096157065</v>
+        <v>16.390640934567969</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
         <v>174.3572356</v>
       </c>
       <c r="C31" s="5">
-        <v>0.3881300900000042</v>
+        <v>0.38813009999998371</v>
       </c>
       <c r="D31" s="5">
-        <v>2.7103315672516448</v>
+        <v>2.7103316380989062</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>175.55722671999999</v>
+        <v>175.5572267</v>
       </c>
       <c r="C32" s="5">
-        <v>1.1999911199999929</v>
+        <v>1.1999911000000054</v>
       </c>
       <c r="D32" s="5">
-        <v>8.5787513794985504</v>
+        <v>8.5787512310633307</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>177.27978974999999</v>
+        <v>177.2797898</v>
       </c>
       <c r="C33" s="5">
-        <v>1.7225630300000034</v>
+        <v>1.7225631000000021</v>
       </c>
       <c r="D33" s="5">
-        <v>12.431031666201564</v>
+        <v>12.431032200423875</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>177.67469908000001</v>
+        <v>177.6746991</v>
       </c>
       <c r="C34" s="5">
-        <v>0.3949093300000186</v>
+        <v>0.3949092999999948</v>
       </c>
       <c r="D34" s="5">
-        <v>2.7061209758103111</v>
+        <v>2.7061207669367926</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>177.49141158</v>
+        <v>177.49141159999999</v>
       </c>
       <c r="C35" s="5">
         <v>-0.18328750000000582</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.2309089030092091</v>
+        <v>-1.2309089028714304</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>181.44774215999999</v>
+        <v>181.44774219999999</v>
       </c>
       <c r="C36" s="5">
-        <v>3.9563305799999853</v>
+        <v>3.9563306000000011</v>
       </c>
       <c r="D36" s="5">
-        <v>30.283885188171112</v>
+        <v>30.283885356655848</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>180.24297804</v>
+        <v>180.24297799999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.204764119999993</v>
+        <v>-1.2047641999999996</v>
       </c>
       <c r="D37" s="5">
-        <v>-7.6830535674820339</v>
+        <v>-7.6830540575430266</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>180.15367451</v>
+        <v>180.15367449999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-8.9303529999995135E-2</v>
+        <v>-8.9303499999999758E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>-0.59293677920575494</v>
+        <v>-0.59293658069254906</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>181.25612262999999</v>
+        <v>181.2561226</v>
       </c>
       <c r="C39" s="5">
-        <v>1.1024481199999911</v>
+        <v>1.1024481000000037</v>
       </c>
       <c r="D39" s="5">
-        <v>7.5956540555018437</v>
+        <v>7.5956539134711676</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>180.96620393000001</v>
+        <v>180.96620390000001</v>
       </c>
       <c r="C40" s="5">
         <v>-0.28991869999998698</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.9026012174742313</v>
+        <v>-1.902601217786426</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>180.80813922999999</v>
+        <v>180.8081392</v>
       </c>
       <c r="C41" s="5">
         <v>-0.15806470000001127</v>
       </c>
       <c r="D41" s="5">
-        <v>-1.0431178770094252</v>
+        <v>-1.0431178771814875</v>
       </c>
       <c r="E41" s="5">
-        <v>5.2540989974984464</v>
+        <v>5.2540989739073396</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>180.98886436000001</v>
+        <v>180.98886440000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.18072513000001322</v>
+        <v>0.18072520000001191</v>
       </c>
       <c r="D42" s="5">
-        <v>1.2060650390414818</v>
+        <v>1.2060655089572769</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>180.61347732999999</v>
+        <v>180.6134773</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.37538703000001306</v>
+        <v>-0.37538710000001174</v>
       </c>
       <c r="D43" s="5">
-        <v>-2.4607101139872745</v>
+        <v>-2.4607105670869212</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>181.41813893</v>
+        <v>181.4181389</v>
       </c>
       <c r="C44" s="5">
         <v>0.80466160000000286</v>
       </c>
       <c r="D44" s="5">
-        <v>5.4791544616342946</v>
+        <v>5.479154462566882</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>182.27769215000001</v>
+        <v>182.27769219999999</v>
       </c>
       <c r="C45" s="5">
-        <v>0.85955322000000933</v>
+        <v>0.85955329999998753</v>
       </c>
       <c r="D45" s="5">
-        <v>5.8360848788042485</v>
+        <v>5.8360854372001558</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>183.60860954</v>
+        <v>183.6086095</v>
       </c>
       <c r="C46" s="5">
-        <v>1.3309173899999962</v>
+        <v>1.3309173000000101</v>
       </c>
       <c r="D46" s="5">
-        <v>9.1224845133535801</v>
+        <v>9.1224838688830587</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>185.42814387999999</v>
+        <v>185.42814390000001</v>
       </c>
       <c r="C47" s="5">
-        <v>1.8195343399999899</v>
+        <v>1.8195344000000091</v>
       </c>
       <c r="D47" s="5">
-        <v>12.561873328693274</v>
+        <v>12.561873768647814</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>189.51367596</v>
+        <v>189.513676</v>
       </c>
       <c r="C48" s="5">
-        <v>4.0855320800000072</v>
+        <v>4.0855320999999947</v>
       </c>
       <c r="D48" s="5">
-        <v>29.89093842649304</v>
+        <v>29.89093858736258</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>189.17273699</v>
+        <v>189.17273700000001</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.34093896999999629</v>
+        <v>-0.34093899999999167</v>
       </c>
       <c r="D49" s="5">
-        <v>-2.1375913319816253</v>
+        <v>-2.1375915177693106</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>190.21982020999999</v>
+        <v>190.21982019999999</v>
       </c>
       <c r="C50" s="5">
-        <v>1.0470832199999904</v>
+        <v>1.0470831999999746</v>
       </c>
       <c r="D50" s="5">
-        <v>6.8480582318156236</v>
+        <v>6.8480580966325144</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>192.62542511000001</v>
+        <v>192.6254251</v>
       </c>
       <c r="C51" s="5">
         <v>2.4056049000000144</v>
       </c>
       <c r="D51" s="5">
-        <v>16.277080768853057</v>
+        <v>16.277080769769082</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>194.00268739000001</v>
+        <v>194.00268740000001</v>
       </c>
       <c r="C52" s="5">
-        <v>1.3772622799999965</v>
+        <v>1.3772623000000124</v>
       </c>
       <c r="D52" s="5">
-        <v>8.9255168592338396</v>
+        <v>8.9255169944670634</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>197.25606636000001</v>
+        <v>197.25606640000001</v>
       </c>
       <c r="C53" s="5">
-        <v>3.25337897</v>
+        <v>3.2533789999999954</v>
       </c>
       <c r="D53" s="5">
-        <v>22.087575017311913</v>
+        <v>22.087575238881186</v>
       </c>
       <c r="E53" s="5">
-        <v>9.0968953057346305</v>
+        <v>9.0968953459590765</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>197.21240635000001</v>
+        <v>197.21240639999999</v>
       </c>
       <c r="C54" s="5">
-        <v>-4.3660009999996419E-2</v>
+        <v>-4.3660000000016908E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>-0.26528096438597215</v>
+        <v>-0.26528090364569268</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>196.63874761</v>
+        <v>196.63874759999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.57365874000001327</v>
+        <v>-0.57365880000000402</v>
       </c>
       <c r="D55" s="5">
-        <v>-3.4352975285610543</v>
+        <v>-3.4352978812790536</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>199.51847366999999</v>
+        <v>199.51847369999999</v>
       </c>
       <c r="C56" s="5">
-        <v>2.8797260599999959</v>
+        <v>2.8797260999999992</v>
       </c>
       <c r="D56" s="5">
-        <v>19.060628493539667</v>
+        <v>19.060628781023638</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
         <v>204.43369999999999</v>
       </c>
       <c r="C57" s="5">
-        <v>4.9152263299999959</v>
+        <v>4.9152263000000005</v>
       </c>
       <c r="D57" s="5">
-        <v>33.91601017995454</v>
+        <v>33.916009938323867</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>204.27665644999999</v>
+        <v>204.2766565</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.15704354999999737</v>
+        <v>-0.15704349999998612</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.91794101419514496</v>
+        <v>-0.91794072317192832</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>206.52601397000001</v>
+        <v>206.526014</v>
       </c>
       <c r="C59" s="5">
-        <v>2.249357520000018</v>
+        <v>2.2493575000000021</v>
       </c>
       <c r="D59" s="5">
-        <v>14.043954214987476</v>
+        <v>14.043954078810717</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>209.91048176000001</v>
+        <v>209.91048180000001</v>
       </c>
       <c r="C60" s="5">
-        <v>3.3844677900000022</v>
+        <v>3.3844678000000101</v>
       </c>
       <c r="D60" s="5">
-        <v>21.538073363767584</v>
+        <v>21.538073429831762</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>211.68991124999999</v>
+        <v>211.68991130000001</v>
       </c>
       <c r="C61" s="5">
-        <v>1.7794294899999841</v>
+        <v>1.779429499999992</v>
       </c>
       <c r="D61" s="5">
-        <v>10.660448393454613</v>
+        <v>10.660448454057425</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>214.11960879</v>
+        <v>214.11960880000001</v>
       </c>
       <c r="C62" s="5">
-        <v>2.4296975400000065</v>
+        <v>2.4296975000000032</v>
       </c>
       <c r="D62" s="5">
-        <v>14.676746924154372</v>
+        <v>14.676746663391093</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>215.46711465999999</v>
+        <v>215.4671147</v>
       </c>
       <c r="C63" s="5">
-        <v>1.347505869999992</v>
+        <v>1.3475058999999874</v>
       </c>
       <c r="D63" s="5">
-        <v>7.8188406135337951</v>
+        <v>7.818840793298576</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>218.51623537</v>
+        <v>218.5162354</v>
       </c>
       <c r="C64" s="5">
-        <v>3.0491207100000111</v>
+        <v>3.0491207000000031</v>
       </c>
       <c r="D64" s="5">
-        <v>18.367524648362753</v>
+        <v>18.367524579680783</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>221.35878915999999</v>
+        <v>221.35878919999999</v>
       </c>
       <c r="C65" s="5">
-        <v>2.8425537899999824</v>
+        <v>2.8425537999999904</v>
       </c>
       <c r="D65" s="5">
-        <v>16.77684258199783</v>
+        <v>16.776842642832769</v>
       </c>
       <c r="E65" s="5">
-        <v>12.219002053914817</v>
+        <v>12.219002051437023</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>220.91460566000001</v>
+        <v>220.91460570000001</v>
       </c>
       <c r="C66" s="5">
         <v>-0.44418349999997986</v>
       </c>
       <c r="D66" s="5">
-        <v>-2.3815486880579773</v>
+        <v>-2.3815486876323622</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>222.38684398999999</v>
+        <v>222.386844</v>
       </c>
       <c r="C67" s="5">
-        <v>1.4722383299999819</v>
+        <v>1.4722382999999866</v>
       </c>
       <c r="D67" s="5">
-        <v>8.2968785612448137</v>
+        <v>8.296878384375983</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>223.59811635</v>
+        <v>223.59811640000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.2112723600000095</v>
+        <v>1.2112724000000128</v>
       </c>
       <c r="D68" s="5">
-        <v>6.7354261632567525</v>
+        <v>6.7354263920746504</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>224.22864612999999</v>
+        <v>224.22864609999999</v>
       </c>
       <c r="C69" s="5">
-        <v>0.63052977999998916</v>
+        <v>0.63052969999998254</v>
       </c>
       <c r="D69" s="5">
-        <v>3.4368887547300497</v>
+        <v>3.4368883111006943</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>225.45935667000001</v>
+        <v>225.4593567</v>
       </c>
       <c r="C70" s="5">
-        <v>1.2307105400000182</v>
+        <v>1.230710600000009</v>
       </c>
       <c r="D70" s="5">
-        <v>6.7888783233629235</v>
+        <v>6.7888786653268696</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>227.70892101000001</v>
+        <v>227.708921</v>
       </c>
       <c r="C71" s="5">
-        <v>2.2495643400000063</v>
+        <v>2.249564300000003</v>
       </c>
       <c r="D71" s="5">
-        <v>12.652642549119332</v>
+        <v>12.652642309875661</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>226.14907518999999</v>
+        <v>226.1490752</v>
       </c>
       <c r="C72" s="5">
-        <v>-1.5598458200000209</v>
+        <v>-1.5598458000000051</v>
       </c>
       <c r="D72" s="5">
-        <v>-7.9174689536434473</v>
+        <v>-7.9174688562558053</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>227.70404231000001</v>
+        <v>227.7040423</v>
       </c>
       <c r="C73" s="5">
-        <v>1.5549671200000148</v>
+        <v>1.5549670999999989</v>
       </c>
       <c r="D73" s="5">
-        <v>8.5703137193845702</v>
+        <v>8.5703136045581338</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>230.73832388</v>
+        <v>230.73832390000001</v>
       </c>
       <c r="C74" s="5">
-        <v>3.0342815699999903</v>
+        <v>3.0342816000000141</v>
       </c>
       <c r="D74" s="5">
-        <v>17.216275149984494</v>
+        <v>17.216275333678823</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>232.00334498999999</v>
+        <v>232.003345</v>
       </c>
       <c r="C75" s="5">
-        <v>1.2650211099999922</v>
+        <v>1.2650210999999842</v>
       </c>
       <c r="D75" s="5">
-        <v>6.7810423911235373</v>
+        <v>6.7810423352869575</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>232.81754705</v>
+        <v>232.81754710000001</v>
       </c>
       <c r="C76" s="5">
-        <v>0.81420206000001372</v>
+        <v>0.81420210000001703</v>
       </c>
       <c r="D76" s="5">
-        <v>4.2935744651691365</v>
+        <v>4.2935746800025099</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>235.66836033999999</v>
+        <v>235.66836029999999</v>
       </c>
       <c r="C77" s="5">
-        <v>2.8508132899999907</v>
+        <v>2.8508131999999762</v>
       </c>
       <c r="D77" s="5">
-        <v>15.724910079321708</v>
+        <v>15.72490954538026</v>
       </c>
       <c r="E77" s="5">
-        <v>6.4644242201997715</v>
+        <v>6.4644241828912152</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>237.04345569</v>
+        <v>237.04345570000001</v>
       </c>
       <c r="C78" s="5">
-        <v>1.3750953500000094</v>
+        <v>1.3750954000000206</v>
       </c>
       <c r="D78" s="5">
-        <v>7.2309799322985757</v>
+        <v>7.2309802049867811</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>237.41307230999999</v>
+        <v>237.41307230000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.36961661999998796</v>
+        <v>0.36961660000000052</v>
       </c>
       <c r="D79" s="5">
-        <v>1.8872640632755955</v>
+        <v>1.8872639601978936</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>239.41361645999999</v>
+        <v>239.41361649999999</v>
       </c>
       <c r="C80" s="5">
-        <v>2.0005441499999961</v>
+        <v>2.0005441999999789</v>
       </c>
       <c r="D80" s="5">
-        <v>10.59376040067681</v>
+        <v>10.593760678305241</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>241.75591018</v>
+        <v>241.75591019999999</v>
       </c>
       <c r="C81" s="5">
-        <v>2.3422937200000149</v>
+        <v>2.342293699999999</v>
       </c>
       <c r="D81" s="5">
-        <v>12.392941432849236</v>
+        <v>12.392941319089301</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>242.50649917000001</v>
+        <v>242.50649920000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.75058899000001134</v>
+        <v>0.75058900000001927</v>
       </c>
       <c r="D82" s="5">
-        <v>3.7899698370138957</v>
+        <v>3.7899698880535126</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>243.75553352</v>
+        <v>243.75553350000001</v>
       </c>
       <c r="C83" s="5">
-        <v>1.2490343499999881</v>
+        <v>1.2490343000000053</v>
       </c>
       <c r="D83" s="5">
-        <v>6.3587477108556945</v>
+        <v>6.3587474482466932</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>243.47773379</v>
+        <v>243.47773380000001</v>
       </c>
       <c r="C84" s="5">
-        <v>-0.27779972999999814</v>
+        <v>-0.27779970000000276</v>
       </c>
       <c r="D84" s="5">
-        <v>-1.3590585506261021</v>
+        <v>-1.3590584048889132</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>245.71330983999999</v>
+        <v>245.71330979999999</v>
       </c>
       <c r="C85" s="5">
-        <v>2.2355760499999917</v>
+        <v>2.2355759999999805</v>
       </c>
       <c r="D85" s="5">
-        <v>11.59202914168327</v>
+        <v>11.59202886868953</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>246.21731467999999</v>
+        <v>246.2173147</v>
       </c>
       <c r="C86" s="5">
-        <v>0.50400483999999324</v>
+        <v>0.50400490000001241</v>
       </c>
       <c r="D86" s="5">
-        <v>2.4893882320637051</v>
+        <v>2.489388532177883</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>249.11779013</v>
+        <v>249.11779010000001</v>
       </c>
       <c r="C87" s="5">
-        <v>2.9004754500000161</v>
+        <v>2.9004754000000048</v>
       </c>
       <c r="D87" s="5">
-        <v>15.089002791230378</v>
+        <v>15.089002512732574</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>252.54159743</v>
+        <v>252.5415974</v>
       </c>
       <c r="C88" s="5">
         <v>3.4238072999999929</v>
       </c>
       <c r="D88" s="5">
-        <v>17.798067624664316</v>
+        <v>17.798067626972227</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>253.53185225999999</v>
+        <v>253.5318523</v>
       </c>
       <c r="C89" s="5">
-        <v>0.99025482999999781</v>
+        <v>0.9902548999999965</v>
       </c>
       <c r="D89" s="5">
-        <v>4.808202568375286</v>
+        <v>4.8082029162087148</v>
       </c>
       <c r="E89" s="5">
-        <v>7.5799279522411167</v>
+        <v>7.5799279874736891</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>254.69157190999999</v>
+        <v>254.69157190000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1597196499999995</v>
+        <v>1.1597196000000167</v>
       </c>
       <c r="D90" s="5">
-        <v>5.6293321359524473</v>
+        <v>5.6293318862014052</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>257.96471394999998</v>
+        <v>257.96471400000001</v>
       </c>
       <c r="C91" s="5">
-        <v>3.273142039999982</v>
+        <v>3.2731421000000012</v>
       </c>
       <c r="D91" s="5">
-        <v>16.559793128533819</v>
+        <v>16.559793454558513</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
         <v>259.50783039999999</v>
       </c>
       <c r="C92" s="5">
-        <v>1.5431164500000136</v>
+        <v>1.543116399999974</v>
       </c>
       <c r="D92" s="5">
-        <v>7.4192084842379824</v>
+        <v>7.4192082343915944</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>259.33807091</v>
+        <v>259.33807089999999</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.16975948999998991</v>
+        <v>-0.16975949999999784</v>
       </c>
       <c r="D93" s="5">
-        <v>-0.78217314306028296</v>
+        <v>-0.78217318897003674</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>262.18320145000001</v>
+        <v>262.1832015</v>
       </c>
       <c r="C94" s="5">
-        <v>2.8451305400000138</v>
+        <v>2.8451306000000045</v>
       </c>
       <c r="D94" s="5">
-        <v>13.989023805408651</v>
+        <v>13.989024119014392</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>262.64104863</v>
+        <v>262.64104859999998</v>
       </c>
       <c r="C95" s="5">
-        <v>0.45784717999998747</v>
+        <v>0.45784709999998086</v>
       </c>
       <c r="D95" s="5">
-        <v>2.1157891368105419</v>
+        <v>2.1157887631516603</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>266.50219271999998</v>
+        <v>266.50219270000002</v>
       </c>
       <c r="C96" s="5">
-        <v>3.861144089999982</v>
+        <v>3.8611441000000468</v>
       </c>
       <c r="D96" s="5">
-        <v>19.140164498870192</v>
+        <v>19.14016455488261</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>268.37418824999997</v>
+        <v>268.37418830000001</v>
       </c>
       <c r="C97" s="5">
-        <v>1.8719955299999924</v>
+        <v>1.8719955999999911</v>
       </c>
       <c r="D97" s="5">
-        <v>8.7625762673017924</v>
+        <v>8.7625766084074463</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>269.43478701999999</v>
+        <v>269.43478699999997</v>
       </c>
       <c r="C98" s="5">
-        <v>1.0605987700000128</v>
+        <v>1.0605986999999573</v>
       </c>
       <c r="D98" s="5">
-        <v>4.8467760588309261</v>
+        <v>4.8467757310337367</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>268.44006221000001</v>
+        <v>268.4400622</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.9947248099999797</v>
+        <v>-0.99472479999997176</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.3414127626473897</v>
+        <v>-4.3414127202010766</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>270.04806754999998</v>
+        <v>270.04806760000002</v>
       </c>
       <c r="C100" s="5">
-        <v>1.608005339999977</v>
+        <v>1.6080054000000246</v>
       </c>
       <c r="D100" s="5">
-        <v>7.4298369501476724</v>
+        <v>7.4298372368625909</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>271.70333270999998</v>
+        <v>271.70333269999998</v>
       </c>
       <c r="C101" s="5">
-        <v>1.655265159999999</v>
+        <v>1.6552650999999514</v>
       </c>
       <c r="D101" s="5">
-        <v>7.6085303087352285</v>
+        <v>7.608530022121518</v>
       </c>
       <c r="E101" s="5">
-        <v>7.1673362885247727</v>
+        <v>7.167336267672586</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>276.30386858000003</v>
+        <v>276.30386859999999</v>
       </c>
       <c r="C102" s="5">
-        <v>4.6005358700000443</v>
+        <v>4.6005359000000112</v>
       </c>
       <c r="D102" s="5">
-        <v>22.321838837286624</v>
+        <v>22.32183899756075</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>277.98908446000002</v>
+        <v>277.98908449999999</v>
       </c>
       <c r="C103" s="5">
-        <v>1.685215879999987</v>
+        <v>1.6852159000000029</v>
       </c>
       <c r="D103" s="5">
-        <v>7.5695449489724176</v>
+        <v>7.5695450412755383</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>280.00873276999999</v>
+        <v>280.00873280000002</v>
       </c>
       <c r="C104" s="5">
-        <v>2.0196483099999796</v>
+        <v>2.0196483000000285</v>
       </c>
       <c r="D104" s="5">
-        <v>9.0751941641384892</v>
+        <v>9.0751941160351013</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>283.72043888000002</v>
+        <v>283.72043889999998</v>
       </c>
       <c r="C105" s="5">
-        <v>3.7117061100000228</v>
+        <v>3.711706099999958</v>
       </c>
       <c r="D105" s="5">
-        <v>17.119325452532408</v>
+        <v>17.119325401026387</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>286.31679025</v>
+        <v>286.31679029999998</v>
       </c>
       <c r="C106" s="5">
-        <v>2.5963513699999794</v>
+        <v>2.5963514000000032</v>
       </c>
       <c r="D106" s="5">
-        <v>11.551220254531348</v>
+        <v>11.551220393934436</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>287.82500864000002</v>
+        <v>287.82500859999999</v>
       </c>
       <c r="C107" s="5">
-        <v>1.5082183900000246</v>
+        <v>1.50821830000001</v>
       </c>
       <c r="D107" s="5">
-        <v>6.5075795917879375</v>
+        <v>6.5075791909719793</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>290.36514742000003</v>
+        <v>290.36514740000001</v>
       </c>
       <c r="C108" s="5">
-        <v>2.5401387800000066</v>
+        <v>2.5401388000000225</v>
       </c>
       <c r="D108" s="5">
-        <v>11.119818688783578</v>
+        <v>11.119818782250368</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>291.80448335</v>
+        <v>291.80448339999998</v>
       </c>
       <c r="C109" s="5">
-        <v>1.4393359299999702</v>
+        <v>1.4393359999999689</v>
       </c>
       <c r="D109" s="5">
-        <v>6.1132660706578079</v>
+        <v>6.1132663765524731</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>293.97176991999999</v>
+        <v>293.97176990000003</v>
       </c>
       <c r="C110" s="5">
-        <v>2.1672865699999875</v>
+        <v>2.1672865000000456</v>
       </c>
       <c r="D110" s="5">
-        <v>9.2858673517265409</v>
+        <v>9.2858670377950823</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>298.02456031000003</v>
+        <v>298.02456030000002</v>
       </c>
       <c r="C111" s="5">
-        <v>4.052790390000041</v>
+        <v>4.0527903999999921</v>
       </c>
       <c r="D111" s="5">
-        <v>17.857478422194539</v>
+        <v>17.857478470958043</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>299.00648188000002</v>
+        <v>299.00648189999998</v>
       </c>
       <c r="C112" s="5">
-        <v>0.98192156999999725</v>
+        <v>0.9819215999999642</v>
       </c>
       <c r="D112" s="5">
-        <v>4.026159702688159</v>
+        <v>4.0261598280716182</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>301.16672371999999</v>
+        <v>301.16672369999998</v>
       </c>
       <c r="C113" s="5">
-        <v>2.1602418399999692</v>
+        <v>2.1602417999999943</v>
       </c>
       <c r="D113" s="5">
-        <v>9.0226103848623609</v>
+        <v>9.0226102104744363</v>
       </c>
       <c r="E113" s="5">
-        <v>10.843956427081247</v>
+        <v>10.843956423799872</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>302.58240945</v>
+        <v>302.58240949999998</v>
       </c>
       <c r="C114" s="5">
-        <v>1.415685730000007</v>
+        <v>1.4156858000000057</v>
       </c>
       <c r="D114" s="5">
-        <v>5.7889504587168128</v>
+        <v>5.7889507527923545</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>305.09938548000002</v>
+        <v>305.09938549999998</v>
       </c>
       <c r="C115" s="5">
-        <v>2.5169760300000235</v>
+        <v>2.5169759999999997</v>
       </c>
       <c r="D115" s="5">
-        <v>10.451564780672463</v>
+        <v>10.451564648538692</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>306.09114040999998</v>
+        <v>306.09114039999997</v>
       </c>
       <c r="C116" s="5">
-        <v>0.9917549299999564</v>
+        <v>0.99175489999998945</v>
       </c>
       <c r="D116" s="5">
-        <v>3.9712148190165886</v>
+        <v>3.9712146964690387</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>308.35906212999998</v>
+        <v>308.35906210000002</v>
       </c>
       <c r="C117" s="5">
-        <v>2.2679217200000039</v>
+        <v>2.2679217000000449</v>
       </c>
       <c r="D117" s="5">
-        <v>9.262587234894081</v>
+        <v>9.2625871501686099</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>305.58118051000002</v>
+        <v>305.58118050000002</v>
       </c>
       <c r="C118" s="5">
-        <v>-2.7778816199999596</v>
+        <v>-2.7778816000000006</v>
       </c>
       <c r="D118" s="5">
-        <v>-10.290454052246378</v>
+        <v>-10.290453982741798</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>308.24031804999998</v>
+        <v>308.24031810000002</v>
       </c>
       <c r="C119" s="5">
-        <v>2.6591375399999606</v>
+        <v>2.6591376000000082</v>
       </c>
       <c r="D119" s="5">
-        <v>10.956839477710268</v>
+        <v>10.956839737263691</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>310.79133736</v>
+        <v>310.79133739999997</v>
       </c>
       <c r="C120" s="5">
-        <v>2.5510193100000151</v>
+        <v>2.5510192999999504</v>
       </c>
       <c r="D120" s="5">
-        <v>10.396049828653563</v>
+        <v>10.396049784264205</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>309.47812692999997</v>
+        <v>309.47812690000001</v>
       </c>
       <c r="C121" s="5">
-        <v>-1.3132104300000265</v>
+        <v>-1.3132104999999683</v>
       </c>
       <c r="D121" s="5">
-        <v>-4.9542607250734338</v>
+        <v>-4.9542609824279165</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>313.06227795000001</v>
+        <v>313.06227799999999</v>
       </c>
       <c r="C122" s="5">
-        <v>3.5841510200000357</v>
+        <v>3.5841510999999855</v>
       </c>
       <c r="D122" s="5">
-        <v>14.817840837959494</v>
+        <v>14.817841191575475</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>316.13127734</v>
+        <v>316.13127730000002</v>
       </c>
       <c r="C123" s="5">
-        <v>3.0689993899999877</v>
+        <v>3.06899930000003</v>
       </c>
       <c r="D123" s="5">
-        <v>12.419254619623388</v>
+        <v>12.419254233473676</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>317.63531015000001</v>
+        <v>317.63531019999999</v>
       </c>
       <c r="C124" s="5">
-        <v>1.5040328100000124</v>
+        <v>1.5040328999999701</v>
       </c>
       <c r="D124" s="5">
-        <v>5.8609306478148993</v>
+        <v>5.8609310085164124</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>319.58061488999999</v>
+        <v>319.5806149</v>
       </c>
       <c r="C125" s="5">
-        <v>1.9453047399999832</v>
+        <v>1.9453047000000083</v>
       </c>
       <c r="D125" s="5">
-        <v>7.6018740300211052</v>
+        <v>7.601873867169151</v>
       </c>
       <c r="E125" s="5">
-        <v>6.1141851737643194</v>
+        <v>6.1141851841316264</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>320.58147114000002</v>
+        <v>320.58147109999999</v>
       </c>
       <c r="C126" s="5">
-        <v>1.0008562500000266</v>
+        <v>1.000856199999987</v>
       </c>
       <c r="D126" s="5">
-        <v>3.8235499346830348</v>
+        <v>3.8235497402453245</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>322.33448165999999</v>
+        <v>322.33448170000003</v>
       </c>
       <c r="C127" s="5">
-        <v>1.7530105199999753</v>
+        <v>1.7530106000000387</v>
       </c>
       <c r="D127" s="5">
-        <v>6.7628572709979684</v>
+        <v>6.7628575898366572</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>325.98445186999999</v>
+        <v>325.98445190000001</v>
       </c>
       <c r="C128" s="5">
-        <v>3.6499702099999922</v>
+        <v>3.6499701999999843</v>
       </c>
       <c r="D128" s="5">
-        <v>14.467300043120135</v>
+        <v>14.467299999074235</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>325.09913597000002</v>
+        <v>325.09913599999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.8853158999999664</v>
+        <v>-0.88531590000002325</v>
       </c>
       <c r="D129" s="5">
-        <v>-3.2107454038481698</v>
+        <v>-3.2107454035573801</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>325.28686159</v>
+        <v>325.28686160000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.18772561999998061</v>
+        <v>0.18772560000002159</v>
       </c>
       <c r="D130" s="5">
-        <v>0.69513431801258019</v>
+        <v>0.6951342436543273</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>330.04010650999999</v>
+        <v>330.04010649999998</v>
       </c>
       <c r="C131" s="5">
-        <v>4.753244919999986</v>
+        <v>4.7532448999999701</v>
       </c>
       <c r="D131" s="5">
-        <v>19.015179121566518</v>
+        <v>19.015179034388296</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>328.78952518</v>
+        <v>328.78952520000001</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.2505813299999886</v>
+        <v>-1.2505812999999648</v>
       </c>
       <c r="D132" s="5">
-        <v>-4.4534405749598438</v>
+        <v>-4.4534404704755781</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>329.83722036</v>
+        <v>329.83722039999998</v>
       </c>
       <c r="C133" s="5">
-        <v>1.0476951800000052</v>
+        <v>1.0476951999999642</v>
       </c>
       <c r="D133" s="5">
-        <v>3.8915597143496017</v>
+        <v>3.8915597897034138</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>332.21236353</v>
+        <v>332.21236349999998</v>
       </c>
       <c r="C134" s="5">
-        <v>2.3751431700000012</v>
+        <v>2.3751431000000025</v>
       </c>
       <c r="D134" s="5">
-        <v>8.9917308792816009</v>
+        <v>8.9917306025617769</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>331.59274271999999</v>
+        <v>331.59274269999997</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.6196208100000149</v>
+        <v>-0.61962080000000697</v>
       </c>
       <c r="D135" s="5">
-        <v>-2.2153441947447727</v>
+        <v>-2.2153441595555989</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>331.35031862</v>
+        <v>331.35031859999998</v>
       </c>
       <c r="C136" s="5">
         <v>-0.24242409999999381</v>
       </c>
       <c r="D136" s="5">
-        <v>-0.87378879415780375</v>
+        <v>-0.87378879421027289</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>332.60710096000003</v>
+        <v>332.607101</v>
       </c>
       <c r="C137" s="5">
-        <v>1.2567823400000293</v>
+        <v>1.2567824000000201</v>
       </c>
       <c r="D137" s="5">
-        <v>4.6476529655250731</v>
+        <v>4.6476531923438369</v>
       </c>
       <c r="E137" s="5">
-        <v>4.0761189706339795</v>
+        <v>4.0761189798937281</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>333.85212491999999</v>
+        <v>333.85212489999998</v>
       </c>
       <c r="C138" s="5">
-        <v>1.2450239599999691</v>
+        <v>1.2450238999999783</v>
       </c>
       <c r="D138" s="5">
-        <v>4.5855138955081198</v>
+        <v>4.5855136693916609</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>334.81430487</v>
+        <v>334.81430490000002</v>
       </c>
       <c r="C139" s="5">
-        <v>0.96217995000000656</v>
+        <v>0.96218000000004622</v>
       </c>
       <c r="D139" s="5">
-        <v>3.5138164055533938</v>
+        <v>3.5138165912682817</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>335.07805588000002</v>
+        <v>335.07805589999998</v>
       </c>
       <c r="C140" s="5">
-        <v>0.26375101000002132</v>
+        <v>0.26375099999995655</v>
       </c>
       <c r="D140" s="5">
-        <v>0.94941016864664718</v>
+        <v>0.94941013240845695</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>334.09964269</v>
+        <v>334.0996427</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.97841319000002613</v>
+        <v>-0.97841319999997722</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.4482188210426479</v>
+        <v>-3.448218855518892</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>334.77426494999997</v>
+        <v>334.77426500000001</v>
       </c>
       <c r="C142" s="5">
-        <v>0.67462225999997827</v>
+        <v>0.67462230000001</v>
       </c>
       <c r="D142" s="5">
-        <v>2.4501615950453859</v>
+        <v>2.4501617418644317</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>334.97220117000001</v>
+        <v>334.97220119999997</v>
       </c>
       <c r="C143" s="5">
-        <v>0.19793622000003097</v>
+        <v>0.19793619999995826</v>
       </c>
       <c r="D143" s="5">
-        <v>0.71181513491924697</v>
+        <v>0.71181506265474148</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>331.79382571000002</v>
+        <v>331.79382570000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-3.1783754599999838</v>
+        <v>-3.1783754999999587</v>
       </c>
       <c r="D144" s="5">
-        <v>-10.810363173523251</v>
+        <v>-10.810363301633963</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
         <v>332.82061720000002</v>
       </c>
       <c r="C145" s="5">
-        <v>1.0267914899999937</v>
+        <v>1.0267915000000016</v>
       </c>
       <c r="D145" s="5">
-        <v>3.7774652739477776</v>
+        <v>3.777465311481043</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>330.86978009000001</v>
+        <v>330.86978010000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.950837110000009</v>
+        <v>-1.9508371000000011</v>
       </c>
       <c r="D146" s="5">
-        <v>-6.8114458009427832</v>
+        <v>-6.8114457671450186</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>329.31792302000002</v>
+        <v>329.31792300000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.5518570699999827</v>
+        <v>-1.5518571000000065</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.4853394763038406</v>
+        <v>-5.4853395794629005</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>330.07565756000002</v>
+        <v>330.0756576</v>
       </c>
       <c r="C148" s="5">
-        <v>0.75773454000000129</v>
+        <v>0.75773459999999204</v>
       </c>
       <c r="D148" s="5">
-        <v>2.7963166123804006</v>
+        <v>2.7963168367836744</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>327.95546605999999</v>
+        <v>327.95546610000002</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.1201915000000326</v>
+        <v>-2.1201914999999758</v>
       </c>
       <c r="D149" s="5">
-        <v>-7.4414549940164836</v>
+        <v>-7.4414549931462233</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.3985374595353095</v>
+        <v>-1.3985374593670996</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>326.05729525999999</v>
+        <v>326.05729530000002</v>
       </c>
       <c r="C150" s="5">
         <v>-1.8981708000000026</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.7285829558845434</v>
+        <v>-6.7285829550897569</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>324.91214377</v>
+        <v>324.91214380000002</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.1451514899999893</v>
+        <v>-1.1451514999999972</v>
       </c>
       <c r="D151" s="5">
-        <v>-4.1340756428725811</v>
+        <v>-4.1340756777813903</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>325.64031678999999</v>
+        <v>325.64031679999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.72817301999998563</v>
+        <v>0.72817299999996976</v>
       </c>
       <c r="D152" s="5">
-        <v>2.7227645717260884</v>
+        <v>2.7227644957640518</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>324.78181803000001</v>
+        <v>324.78181799999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.85849875999997494</v>
+        <v>-0.85849880000000667</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.1181374259032002</v>
+        <v>-3.1181375689922297</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
         <v>325.49742129999998</v>
       </c>
       <c r="C154" s="5">
-        <v>0.71560326999997415</v>
+        <v>0.71560329999999794</v>
       </c>
       <c r="D154" s="5">
-        <v>2.676279880977761</v>
+        <v>2.6762799947879667</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>324.60259561999999</v>
+        <v>324.60259559999997</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.89482567999999674</v>
+        <v>-0.8948257000000126</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.2494970039839033</v>
+        <v>-3.2494970755180042</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>323.93725382000002</v>
+        <v>323.93725380000001</v>
       </c>
       <c r="C156" s="5">
         <v>-0.66534179999996468</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.4321141465298179</v>
+        <v>-2.4321141466780549</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>324.48162359000003</v>
+        <v>324.48162359999998</v>
       </c>
       <c r="C157" s="5">
-        <v>0.54436977000000297</v>
+        <v>0.54436979999996993</v>
       </c>
       <c r="D157" s="5">
-        <v>2.03531813135851</v>
+        <v>2.0353182446896323</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>321.55150536000002</v>
+        <v>321.5515054</v>
       </c>
       <c r="C158" s="5">
-        <v>-2.930118230000005</v>
+        <v>-2.9301181999999812</v>
       </c>
       <c r="D158" s="5">
-        <v>-10.313869127997954</v>
+        <v>-10.313869027285616</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>319.51616352999997</v>
+        <v>319.5161635</v>
       </c>
       <c r="C159" s="5">
-        <v>-2.0353418300000499</v>
+        <v>-2.0353418999999917</v>
       </c>
       <c r="D159" s="5">
-        <v>-7.3367709584955421</v>
+        <v>-7.3367712012235131</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>319.32891805999998</v>
+        <v>319.32891810000001</v>
       </c>
       <c r="C160" s="5">
-        <v>-0.18724546999999347</v>
+        <v>-0.18724539999999479</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.70097158466326803</v>
+        <v>-0.70097132352111569</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>316.47026621999998</v>
+        <v>316.47026620000003</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.8586518399999932</v>
+        <v>-2.8586518999999839</v>
       </c>
       <c r="D161" s="5">
-        <v>-10.229022481005989</v>
+        <v>-10.229022684024525</v>
       </c>
       <c r="E161" s="5">
-        <v>-3.5020608066031689</v>
+        <v>-3.5020608244711871</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>318.7386573</v>
       </c>
       <c r="C162" s="5">
-        <v>2.2683910800000149</v>
+        <v>2.2683910999999739</v>
       </c>
       <c r="D162" s="5">
-        <v>8.9486660715703437</v>
+        <v>8.9486661541927859</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>317.37202655999999</v>
+        <v>317.37202660000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.3666307400000051</v>
+        <v>-1.3666306999999733</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.0255309410861759</v>
+        <v>-5.0255307974446222</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>314.37339348</v>
+        <v>314.37339350000002</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.9986330799999905</v>
+        <v>-2.9986331000000064</v>
       </c>
       <c r="D164" s="5">
-        <v>-10.766966645164988</v>
+        <v>-10.766966712000347</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>315.06752143</v>
+        <v>315.06752139999998</v>
       </c>
       <c r="C165" s="5">
-        <v>0.69412794999999505</v>
+        <v>0.69412789999995539</v>
       </c>
       <c r="D165" s="5">
-        <v>2.6819814906688055</v>
+        <v>2.6819812949531618</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>317.61223394000001</v>
+        <v>317.61223389999998</v>
       </c>
       <c r="C166" s="5">
-        <v>2.5447125100000108</v>
+        <v>2.5447125000000028</v>
       </c>
       <c r="D166" s="5">
-        <v>10.134410543379136</v>
+        <v>10.13441050277657</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>315.96202409</v>
+        <v>315.96202410000001</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.6502098500000102</v>
+        <v>-1.6502097999999705</v>
       </c>
       <c r="D167" s="5">
-        <v>-6.0596923003554686</v>
+        <v>-6.0596921227076495</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>316.83494493000001</v>
+        <v>316.83494489999998</v>
       </c>
       <c r="C168" s="5">
-        <v>0.87292084000000614</v>
+        <v>0.87292079999997441</v>
       </c>
       <c r="D168" s="5">
-        <v>3.3661305266998509</v>
+        <v>3.3661303699934031</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>317.91238157999999</v>
+        <v>317.9123816</v>
       </c>
       <c r="C169" s="5">
-        <v>1.0774366499999815</v>
+        <v>1.0774367000000211</v>
       </c>
       <c r="D169" s="5">
-        <v>4.1579451476271734</v>
+        <v>4.1579453446068282</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>317.56768369000002</v>
+        <v>317.56768369999998</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.34469788999996354</v>
+        <v>-0.34469790000002831</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.2933742121280845</v>
+        <v>-1.2933742493459688</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>317.74541316</v>
+        <v>317.74541319999997</v>
       </c>
       <c r="C171" s="5">
-        <v>0.1777294699999743</v>
+        <v>0.1777294999999981</v>
       </c>
       <c r="D171" s="5">
-        <v>0.67366136047501968</v>
+        <v>0.67366147451526359</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
         <v>316.66622059999997</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.0791925600000241</v>
+        <v>-1.0791925999999989</v>
       </c>
       <c r="D172" s="5">
-        <v>-4.0004082921898281</v>
+        <v>-4.0004084372108899</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>316.93446868000001</v>
+        <v>316.93446870000002</v>
       </c>
       <c r="C173" s="5">
-        <v>0.26824808000003486</v>
+        <v>0.26824810000005073</v>
       </c>
       <c r="D173" s="5">
-        <v>1.0212698922826391</v>
+        <v>1.021269968781624</v>
       </c>
       <c r="E173" s="5">
-        <v>0.14668122397234473</v>
+        <v>0.14668123662102683</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
         <v>316.12197659999998</v>
       </c>
       <c r="C174" s="5">
-        <v>-0.81249208000002682</v>
+        <v>-0.81249210000004268</v>
       </c>
       <c r="D174" s="5">
-        <v>-3.0333088951462139</v>
+        <v>-3.0333089685746661</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>314.55131972999999</v>
+        <v>314.55131970000002</v>
       </c>
       <c r="C175" s="5">
-        <v>-1.5706568699999934</v>
+        <v>-1.5706568999999604</v>
       </c>
       <c r="D175" s="5">
-        <v>-5.8019582306260364</v>
+        <v>-5.8019583384343871</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>313.82386911999998</v>
+        <v>313.82386910000002</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.72745061000000533</v>
+        <v>-0.72745059999999739</v>
       </c>
       <c r="D176" s="5">
-        <v>-2.7401646122590995</v>
+        <v>-2.7401645753267756</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>314.67477045999999</v>
+        <v>314.6747704</v>
       </c>
       <c r="C177" s="5">
-        <v>0.85090134000000717</v>
+        <v>0.85090129999997544</v>
       </c>
       <c r="D177" s="5">
-        <v>3.302639622321224</v>
+        <v>3.3026394649585233</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>312.64981442999999</v>
+        <v>312.64981440000003</v>
       </c>
       <c r="C178" s="5">
-        <v>-2.0249560299999985</v>
+        <v>-2.0249559999999747</v>
       </c>
       <c r="D178" s="5">
-        <v>-7.4545622377575675</v>
+        <v>-7.4545621325676876</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
         <v>312.37544500000001</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.27436942999997882</v>
+        <v>-0.27436940000001186</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.0480058466593611</v>
+        <v>-1.0480057327214576</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>315.61925014000002</v>
+        <v>315.61925020000001</v>
       </c>
       <c r="C180" s="5">
-        <v>3.2438051400000063</v>
+        <v>3.2438051999999971</v>
       </c>
       <c r="D180" s="5">
-        <v>13.198103390354031</v>
+        <v>13.198103648584913</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>314.97009217999999</v>
+        <v>314.97009220000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.64915796000002501</v>
+        <v>-0.6491579999999999</v>
       </c>
       <c r="D181" s="5">
-        <v>-2.4404010578698565</v>
+        <v>-2.4404012060874725</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>315.46398023</v>
+        <v>315.4639803</v>
       </c>
       <c r="C182" s="5">
-        <v>0.49388805000000957</v>
+        <v>0.49388809999999239</v>
       </c>
       <c r="D182" s="5">
-        <v>1.8979699614243728</v>
+        <v>1.8979701551085526</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>317.63099826000001</v>
+        <v>317.63099829999999</v>
       </c>
       <c r="C183" s="5">
-        <v>2.1670180300000084</v>
+        <v>2.1670179999999846</v>
       </c>
       <c r="D183" s="5">
-        <v>8.5618440388151242</v>
+        <v>8.5618439137999935</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>316.99347619000002</v>
+        <v>316.99347619999998</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.63752206999998862</v>
+        <v>-0.63752210000001241</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.3821273906170615</v>
+        <v>-2.382127501182163</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>318.70172134000001</v>
+        <v>318.7017214</v>
       </c>
       <c r="C185" s="5">
-        <v>1.708245149999982</v>
+        <v>1.7082452000000217</v>
       </c>
       <c r="D185" s="5">
-        <v>6.6618266104059076</v>
+        <v>6.6618268109950973</v>
       </c>
       <c r="E185" s="5">
-        <v>0.5576082233530455</v>
+        <v>0.55760823593875575</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>320.84301857000003</v>
+        <v>320.84301859999999</v>
       </c>
       <c r="C186" s="5">
-        <v>2.1412972300000206</v>
+        <v>2.1412971999999968</v>
       </c>
       <c r="D186" s="5">
-        <v>8.3672902485006695</v>
+        <v>8.3672901252736196</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
         <v>320.99465129999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.15163272999996025</v>
+        <v>0.15163269999999329</v>
       </c>
       <c r="D187" s="5">
-        <v>0.56860515990002636</v>
+        <v>0.56860504705791293</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>322.08831125</v>
+        <v>322.0883111</v>
       </c>
       <c r="C188" s="5">
-        <v>1.093659950000017</v>
+        <v>1.0936598000000117</v>
       </c>
       <c r="D188" s="5">
-        <v>4.1660082084029604</v>
+        <v>4.1660076262681311</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>324.32182635999999</v>
+        <v>324.3218263</v>
       </c>
       <c r="C189" s="5">
-        <v>2.2335151099999848</v>
+        <v>2.2335151999999994</v>
       </c>
       <c r="D189" s="5">
-        <v>8.6462027453031673</v>
+        <v>8.6462031112791937</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>324.36417074000002</v>
+        <v>324.36417069999999</v>
       </c>
       <c r="C190" s="5">
-        <v>4.2344380000031379E-2</v>
+        <v>4.2344399999990401E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.15678796963296548</v>
+        <v>0.15678804376868527</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>325.62050839</v>
+        <v>325.62050829999998</v>
       </c>
       <c r="C191" s="5">
-        <v>1.2563376499999777</v>
+        <v>1.2563375999999948</v>
       </c>
       <c r="D191" s="5">
-        <v>4.7481805147731704</v>
+        <v>4.7481803223586416</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>327.07968378999999</v>
+        <v>327.07968390000002</v>
       </c>
       <c r="C192" s="5">
-        <v>1.4591753999999924</v>
+        <v>1.4591756000000373</v>
       </c>
       <c r="D192" s="5">
-        <v>5.5119939413520447</v>
+        <v>5.5119947171246686</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>326.86051767999999</v>
+        <v>326.8605177</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.2191661100000033</v>
+        <v>-0.21916620000001785</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.80112661712259392</v>
+        <v>-0.80112694462342038</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>329.20917039</v>
+        <v>329.20917059999999</v>
       </c>
       <c r="C194" s="5">
-        <v>2.3486527100000103</v>
+        <v>2.3486528999999905</v>
       </c>
       <c r="D194" s="5">
-        <v>8.9716486792353223</v>
+        <v>8.9716494333681229</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>328.84855266</v>
+        <v>328.84855270000003</v>
       </c>
       <c r="C195" s="5">
-        <v>-0.3606177300000013</v>
+        <v>-0.36061789999996563</v>
       </c>
       <c r="D195" s="5">
-        <v>-1.3065967173372606</v>
+        <v>-1.3065973287496035</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>331.01067683000002</v>
+        <v>331.01067699999999</v>
       </c>
       <c r="C196" s="5">
-        <v>2.1621241700000269</v>
+        <v>2.1621242999999595</v>
       </c>
       <c r="D196" s="5">
-        <v>8.1814529730627417</v>
+        <v>8.1814534818728681</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>332.93863893999998</v>
+        <v>332.93863909999999</v>
       </c>
       <c r="C197" s="5">
-        <v>1.9279621099999531</v>
+        <v>1.927962100000002</v>
       </c>
       <c r="D197" s="5">
-        <v>7.2176712650813935</v>
+        <v>7.2176712226110995</v>
       </c>
       <c r="E197" s="5">
-        <v>4.4671605600810738</v>
+        <v>4.4671605906173806</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>335.16524047000001</v>
+        <v>335.16524049999998</v>
       </c>
       <c r="C198" s="5">
-        <v>2.226601530000039</v>
+        <v>2.2266013999999927</v>
       </c>
       <c r="D198" s="5">
-        <v>8.3271379132202394</v>
+        <v>8.3271374048698554</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>337.45079769</v>
+        <v>337.45079759999999</v>
       </c>
       <c r="C199" s="5">
-        <v>2.285557219999987</v>
+        <v>2.2855571000000054</v>
       </c>
       <c r="D199" s="5">
-        <v>8.4970281792361</v>
+        <v>8.4970277154587279</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>341.22116366</v>
+        <v>341.22116340000002</v>
       </c>
       <c r="C200" s="5">
-        <v>3.7703659700000003</v>
+        <v>3.770365800000036</v>
       </c>
       <c r="D200" s="5">
-        <v>14.2631012801399</v>
+        <v>14.26310060105569</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>339.78352753000001</v>
+        <v>339.78352690000003</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.4376361299999871</v>
+        <v>-1.4376364999999964</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.9403233869043888</v>
+        <v>-4.9403246327403672</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
         <v>341.98008160000001</v>
       </c>
       <c r="C202" s="5">
-        <v>2.1965540699999906</v>
+        <v>2.1965546999999788</v>
       </c>
       <c r="D202" s="5">
-        <v>8.0393319869647826</v>
+        <v>8.0393343907815265</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>344.80305684000001</v>
+        <v>344.8030569</v>
       </c>
       <c r="C203" s="5">
-        <v>2.8229752400000052</v>
+        <v>2.822975299999996</v>
       </c>
       <c r="D203" s="5">
-        <v>10.368095756322093</v>
+        <v>10.368095986787008</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>342.74836283000002</v>
+        <v>342.74836299999998</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.0546940099999915</v>
+        <v>-2.0546939000000179</v>
       </c>
       <c r="D204" s="5">
-        <v>-6.9210705703804498</v>
+        <v>-6.9210702107476818</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>344.29499494999999</v>
+        <v>344.29499499999997</v>
       </c>
       <c r="C205" s="5">
-        <v>1.5466321199999697</v>
+        <v>1.5466319999999882</v>
       </c>
       <c r="D205" s="5">
-        <v>5.5513626183712583</v>
+        <v>5.5513621740850283</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>347.11350611</v>
+        <v>347.11350650000003</v>
       </c>
       <c r="C206" s="5">
-        <v>2.8185111600000141</v>
+        <v>2.8185115000000565</v>
       </c>
       <c r="D206" s="5">
-        <v>10.278191473053976</v>
+        <v>10.278192767712447</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>347.94420825999998</v>
+        <v>347.94420839999998</v>
       </c>
       <c r="C207" s="5">
-        <v>0.83070214999997916</v>
+        <v>0.83070189999995137</v>
       </c>
       <c r="D207" s="5">
-        <v>2.9099089499279973</v>
+        <v>2.9099080593187221</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>350.08824958000002</v>
+        <v>350.08824989999999</v>
       </c>
       <c r="C208" s="5">
-        <v>2.1440413200000421</v>
+        <v>2.1440415000000144</v>
       </c>
       <c r="D208" s="5">
-        <v>7.6502566938753125</v>
+        <v>7.6502573548806074</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>352.36350829999998</v>
+        <v>352.36350859999999</v>
       </c>
       <c r="C209" s="5">
-        <v>2.2752587199999539</v>
+        <v>2.2752586999999949</v>
       </c>
       <c r="D209" s="5">
-        <v>8.0838219151091018</v>
+        <v>8.0838218338365806</v>
       </c>
       <c r="E209" s="5">
-        <v>5.8343691864195524</v>
+        <v>5.8343692256655144</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>352.92870670000002</v>
+        <v>352.92870690000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.56519840000004251</v>
+        <v>0.56519830000002003</v>
       </c>
       <c r="D210" s="5">
-        <v>1.9418971198002177</v>
+        <v>1.9418967715176372</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>356.15517127999999</v>
+        <v>356.15517139999997</v>
       </c>
       <c r="C211" s="5">
-        <v>3.2264645799999698</v>
+        <v>3.2264644999999632</v>
       </c>
       <c r="D211" s="5">
-        <v>11.539126432150271</v>
+        <v>11.539126124630194</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>360.83115828000001</v>
+        <v>360.83115700000002</v>
       </c>
       <c r="C212" s="5">
-        <v>4.6759870000000205</v>
+        <v>4.6759856000000468</v>
       </c>
       <c r="D212" s="5">
-        <v>16.943835691032859</v>
+        <v>16.943830240097778</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>361.9573489</v>
+        <v>361.95734800000002</v>
       </c>
       <c r="C213" s="5">
-        <v>1.1261906199999885</v>
+        <v>1.1261910000000057</v>
       </c>
       <c r="D213" s="5">
-        <v>3.8102876401883812</v>
+        <v>3.8102889617576352</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
         <v>364.87182250000001</v>
       </c>
       <c r="C214" s="5">
-        <v>2.914473600000008</v>
+        <v>2.914474499999983</v>
       </c>
       <c r="D214" s="5">
-        <v>10.101979655494752</v>
+        <v>10.101982940692288</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>368.37156692999997</v>
+        <v>368.37156670000002</v>
       </c>
       <c r="C215" s="5">
-        <v>3.4997444299999643</v>
+        <v>3.4997442000000092</v>
       </c>
       <c r="D215" s="5">
-        <v>12.137096216874198</v>
+        <v>12.137095376694496</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>367.55312886000002</v>
+        <v>367.55312930000002</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.8184380699999565</v>
+        <v>-0.81843739999999343</v>
       </c>
       <c r="D216" s="5">
-        <v>-2.6337884797634437</v>
+        <v>-2.6337863515615956</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>371.20184311000003</v>
+        <v>371.20184289999997</v>
       </c>
       <c r="C217" s="5">
-        <v>3.6487142500000118</v>
+        <v>3.6487135999999509</v>
       </c>
       <c r="D217" s="5">
-        <v>12.584861498622102</v>
+        <v>12.584859116998182</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>370.67418836000002</v>
+        <v>370.67418900000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.52765475000001061</v>
+        <v>-0.5276538999999616</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.6924990270027029</v>
+        <v>-1.6924963227830325</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>376.90389649000002</v>
+        <v>376.90389709999999</v>
       </c>
       <c r="C219" s="5">
-        <v>6.2297081300000059</v>
+        <v>6.2297080999999821</v>
       </c>
       <c r="D219" s="5">
-        <v>22.140412912898189</v>
+        <v>22.140412754407745</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>380.09598972999999</v>
+        <v>380.0959909</v>
       </c>
       <c r="C220" s="5">
-        <v>3.1920932399999629</v>
+        <v>3.1920938000000092</v>
       </c>
       <c r="D220" s="5">
-        <v>10.650128600631881</v>
+        <v>10.650130538850867</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>380.98943599</v>
+        <v>380.98943700000001</v>
       </c>
       <c r="C221" s="5">
-        <v>0.89344626000001881</v>
+        <v>0.89344610000000557</v>
       </c>
       <c r="D221" s="5">
-        <v>2.8574504755070729</v>
+        <v>2.8574499482460158</v>
       </c>
       <c r="E221" s="5">
-        <v>8.1239762392273818</v>
+        <v>8.1239764338071563</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>382.35246419999999</v>
+        <v>382.35246540000003</v>
       </c>
       <c r="C222" s="5">
-        <v>1.3630282099999818</v>
+        <v>1.3630284000000188</v>
       </c>
       <c r="D222" s="5">
-        <v>4.3786117330389507</v>
+        <v>4.3786123436204694</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>384.72791890000002</v>
+        <v>384.72791799999999</v>
       </c>
       <c r="C223" s="5">
-        <v>2.3754547000000343</v>
+        <v>2.3754525999999601</v>
       </c>
       <c r="D223" s="5">
-        <v>7.71537992721405</v>
+        <v>7.7153728467188376</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>383.29929897</v>
+        <v>383.29929579999998</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.4286199300000249</v>
+        <v>-1.4286222000000066</v>
       </c>
       <c r="D224" s="5">
-        <v>-4.3661015193002246</v>
+        <v>-4.3661083257374607</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>383.90700369000001</v>
+        <v>383.9070021</v>
       </c>
       <c r="C225" s="5">
-        <v>0.60770472000001519</v>
+        <v>0.60770630000001802</v>
       </c>
       <c r="D225" s="5">
-        <v>1.9192271587784138</v>
+        <v>1.9192322082705715</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>384.33877514</v>
+        <v>384.33877489999998</v>
       </c>
       <c r="C226" s="5">
-        <v>0.43177144999998518</v>
+        <v>0.43177279999997609</v>
       </c>
       <c r="D226" s="5">
-        <v>1.3579923361464408</v>
+        <v>1.3579966140767175</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>382.52660316999999</v>
+        <v>382.52660259999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.8121719700000085</v>
+        <v>-1.8121722999999861</v>
       </c>
       <c r="D227" s="5">
-        <v>-5.5135990887585029</v>
+        <v>-5.5136000702566861</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>381.36145235999999</v>
+        <v>381.36145290000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-1.1651508100000001</v>
+        <v>-1.1651496999999722</v>
       </c>
       <c r="D228" s="5">
-        <v>-3.5945054239592267</v>
+        <v>-3.5945020620234081</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>381.69291571999997</v>
+        <v>381.69291520000002</v>
       </c>
       <c r="C229" s="5">
-        <v>0.33146335999998655</v>
+        <v>0.33146229999999832</v>
       </c>
       <c r="D229" s="5">
-        <v>1.0479899573458518</v>
+        <v>1.0479865884084338</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>378.43495686</v>
+        <v>378.43495780000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-3.2579588599999738</v>
+        <v>-3.2579574000000093</v>
       </c>
       <c r="D230" s="5">
-        <v>-9.7752344333067462</v>
+        <v>-9.7752302689653838</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>381.78408008999997</v>
+        <v>381.78408180000002</v>
       </c>
       <c r="C231" s="5">
-        <v>3.3491232299999751</v>
+        <v>3.3491240000000175</v>
       </c>
       <c r="D231" s="5">
-        <v>11.152394570313472</v>
+        <v>11.152397231378153</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>378.31173097999999</v>
+        <v>378.31173419999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-3.4723491099999819</v>
+        <v>-3.4723476000000346</v>
       </c>
       <c r="D232" s="5">
-        <v>-10.384336960953011</v>
+        <v>-10.384332624421289</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>373.89621839</v>
+        <v>373.89622120000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-4.4155125899999916</v>
+        <v>-4.4155129999999758</v>
       </c>
       <c r="D233" s="5">
-        <v>-13.140930795285488</v>
+        <v>-13.140931833471637</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.8617885248099597</v>
+        <v>-1.8617880474203319</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>368.60993762999999</v>
+        <v>368.60993989999997</v>
       </c>
       <c r="C234" s="5">
-        <v>-5.286280760000011</v>
+        <v>-5.2862813000000415</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.706982325269303</v>
+        <v>-15.706983698082077</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>363.10176709000001</v>
+        <v>363.10176439999998</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.5081705399999805</v>
+        <v>-5.508175499999993</v>
       </c>
       <c r="D235" s="5">
-        <v>-16.528950190811319</v>
+        <v>-16.528963779893214</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>357.46875333000003</v>
+        <v>357.46874700000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-5.633013759999983</v>
+        <v>-5.6330173999999715</v>
       </c>
       <c r="D236" s="5">
-        <v>-17.107224972865374</v>
+        <v>-17.107235217864847</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>351.61899505000002</v>
+        <v>351.61899210000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-5.8497582800000032</v>
+        <v>-5.8497548999999935</v>
       </c>
       <c r="D237" s="5">
-        <v>-17.962784412552413</v>
+        <v>-17.962775239401129</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>349.14696171999998</v>
+        <v>349.1469616</v>
       </c>
       <c r="C238" s="5">
-        <v>-2.4720333300000448</v>
+        <v>-2.4720305000000167</v>
       </c>
       <c r="D238" s="5">
-        <v>-8.1178253055572469</v>
+        <v>-8.1178164340739656</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>345.47431239999997</v>
+        <v>345.47431330000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.672649320000005</v>
+        <v>-3.6726482999999917</v>
       </c>
       <c r="D239" s="5">
-        <v>-11.917440152333947</v>
+        <v>-11.91743703547019</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>343.31924900000001</v>
+        <v>343.31924529999998</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.1550633999999604</v>
+        <v>-2.1550680000000284</v>
       </c>
       <c r="D240" s="5">
-        <v>-7.23402517338031</v>
+        <v>-7.2340400703947978</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>339.61854328999999</v>
+        <v>339.61854349999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-3.7007057100000225</v>
+        <v>-3.7007017999999903</v>
       </c>
       <c r="D241" s="5">
-        <v>-12.195071821037185</v>
+        <v>-12.195059814082621</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>335.95707046000001</v>
+        <v>335.95707320000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.6614728299999797</v>
+        <v>-3.6614702999999622</v>
       </c>
       <c r="D242" s="5">
-        <v>-12.197134704976575</v>
+        <v>-12.19712676324589</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>332.28823238000001</v>
+        <v>332.28823629999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-3.6688380800000004</v>
+        <v>-3.6688369000000307</v>
       </c>
       <c r="D243" s="5">
-        <v>-12.345521320703368</v>
+        <v>-12.345517490711178</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>329.65757265000002</v>
+        <v>329.65757730000001</v>
       </c>
       <c r="C244" s="5">
-        <v>-2.6306597299999908</v>
+        <v>-2.6306589999999801</v>
       </c>
       <c r="D244" s="5">
-        <v>-9.0972252644739839</v>
+        <v>-9.0972227462212558</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>328.27520636000003</v>
+        <v>328.27521089999999</v>
       </c>
       <c r="C245" s="5">
-        <v>-1.3823662899999931</v>
+        <v>-1.3823664000000235</v>
       </c>
       <c r="D245" s="5">
-        <v>-4.9175599438222477</v>
+        <v>-4.9175602583774065</v>
       </c>
       <c r="E245" s="5">
-        <v>-12.201517369296866</v>
+        <v>-12.201516814901691</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>326.63128554000002</v>
+        <v>326.63129750000002</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.6439208200000053</v>
+        <v>-1.643913399999974</v>
       </c>
       <c r="D246" s="5">
-        <v>-5.8465222960390033</v>
+        <v>-5.846496551065572</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>322.58370126</v>
+        <v>322.58369750000003</v>
       </c>
       <c r="C247" s="5">
-        <v>-4.0475842800000237</v>
+        <v>-4.0475999999999885</v>
       </c>
       <c r="D247" s="5">
-        <v>-13.897515112096581</v>
+        <v>-13.897564988254885</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>324.22980347999999</v>
+        <v>324.22977709999998</v>
       </c>
       <c r="C248" s="5">
-        <v>1.6461022199999888</v>
+        <v>1.6460795999999505</v>
       </c>
       <c r="D248" s="5">
-        <v>6.2982584976563283</v>
+        <v>6.2981695819736006</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>325.88418540999999</v>
+        <v>325.88418669999999</v>
       </c>
       <c r="C249" s="5">
-        <v>1.6543819299999996</v>
+        <v>1.6544096000000081</v>
       </c>
       <c r="D249" s="5">
-        <v>6.2977882721114042</v>
+        <v>6.2978971047456644</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>324.50870190000001</v>
+        <v>324.50870329999998</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.3754835099999809</v>
+        <v>-1.3754834000000074</v>
       </c>
       <c r="D250" s="5">
-        <v>-4.9489889249958114</v>
+        <v>-4.9489885192203094</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>324.2362104</v>
+        <v>324.23620929999998</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.272491500000001</v>
+        <v>-0.27249399999999468</v>
       </c>
       <c r="D251" s="5">
-        <v>-1.0030050201786267</v>
+        <v>-1.0030141755815403</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>325.03522272999999</v>
+        <v>325.03520900000001</v>
       </c>
       <c r="C252" s="5">
-        <v>0.79901232999998228</v>
+        <v>0.7989997000000244</v>
       </c>
       <c r="D252" s="5">
-        <v>2.9975601092550042</v>
+        <v>2.9975120930543442</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>323.68665484000002</v>
+        <v>323.68665149999998</v>
       </c>
       <c r="C253" s="5">
-        <v>-1.3485678899999698</v>
+        <v>-1.3485575000000267</v>
       </c>
       <c r="D253" s="5">
-        <v>-4.8667315207102657</v>
+        <v>-4.8666950774824862</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>323.00625344000002</v>
+        <v>323.00625710000003</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.68040139999999383</v>
+        <v>-0.68039439999995466</v>
       </c>
       <c r="D254" s="5">
-        <v>-2.4934855513792042</v>
+        <v>-2.4934602195679223</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>322.77182290000002</v>
+        <v>322.77183559999997</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.23443054000000529</v>
+        <v>-0.23442150000005313</v>
       </c>
       <c r="D255" s="5">
-        <v>-0.86746434413929041</v>
+        <v>-0.8674310170079913</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>320.44520034999999</v>
+        <v>320.44522189999998</v>
       </c>
       <c r="C256" s="5">
-        <v>-2.3266225500000246</v>
+        <v>-2.3266136999999958</v>
       </c>
       <c r="D256" s="5">
-        <v>-8.3150878592779591</v>
+        <v>-8.3150571593074716</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>320.50203524</v>
+        <v>320.50206470000001</v>
       </c>
       <c r="C257" s="5">
-        <v>5.6834890000004634E-2</v>
+        <v>5.6842800000026728E-2</v>
       </c>
       <c r="D257" s="5">
-        <v>0.21304247242999175</v>
+        <v>0.21307213722223661</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.3678824868289428</v>
+        <v>-2.3678748628899293</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>316.48681181000001</v>
+        <v>316.48684880000002</v>
       </c>
       <c r="C258" s="5">
-        <v>-4.0152234299999918</v>
+        <v>-4.015215899999987</v>
       </c>
       <c r="D258" s="5">
-        <v>-14.03970273906755</v>
+        <v>-14.039676993666738</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>317.20708246999999</v>
+        <v>317.20707429999999</v>
       </c>
       <c r="C259" s="5">
-        <v>0.72027065999998285</v>
+        <v>0.72022549999996954</v>
       </c>
       <c r="D259" s="5">
-        <v>2.7654425733295795</v>
+        <v>2.7652666806250448</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>319.26032742000001</v>
+        <v>319.2602569</v>
       </c>
       <c r="C260" s="5">
-        <v>2.0532449500000212</v>
+        <v>2.0531826000000137</v>
       </c>
       <c r="D260" s="5">
-        <v>8.0500445774031704</v>
+        <v>8.0497915726198919</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>318.58947598999998</v>
+        <v>318.589448</v>
       </c>
       <c r="C261" s="5">
-        <v>-0.67085143000002745</v>
+        <v>-0.67080889999999727</v>
       </c>
       <c r="D261" s="5">
-        <v>-2.4925832973120232</v>
+        <v>-2.4924276407358614</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>317.87729589000003</v>
+        <v>317.87727080000002</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.71218009999995502</v>
+        <v>-0.71217719999998508</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.6497632849471819</v>
+        <v>-2.6497528573544149</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>319.02518155000001</v>
+        <v>319.02516700000001</v>
       </c>
       <c r="C263" s="5">
-        <v>1.1478856599999858</v>
+        <v>1.147896199999991</v>
       </c>
       <c r="D263" s="5">
-        <v>4.4204246095757904</v>
+        <v>4.4204663637336328</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>319.84356731000003</v>
+        <v>319.84354880000001</v>
       </c>
       <c r="C264" s="5">
-        <v>0.8183857600000124</v>
+        <v>0.81838179999999738</v>
       </c>
       <c r="D264" s="5">
-        <v>3.1221296882951943</v>
+        <v>3.1221145115774451</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>319.93583034</v>
+        <v>319.93583799999999</v>
       </c>
       <c r="C265" s="5">
-        <v>9.2263029999969604E-2</v>
+        <v>9.2289199999981975E-2</v>
       </c>
       <c r="D265" s="5">
-        <v>0.34670530171359015</v>
+        <v>0.34680381935954241</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>322.78673371999997</v>
+        <v>322.78675759999999</v>
       </c>
       <c r="C266" s="5">
-        <v>2.850903379999977</v>
+        <v>2.8509195999999974</v>
       </c>
       <c r="D266" s="5">
-        <v>11.232977307703273</v>
+        <v>11.233044098808588</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>320.41764253000002</v>
+        <v>320.41768760000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-2.3690911899999492</v>
+        <v>-2.3690699999999651</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.4604185693298088</v>
+        <v>-8.4603453236184123</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>320.29349163000001</v>
+        <v>320.2935544</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.12415090000001783</v>
+        <v>-0.12413320000001704</v>
       </c>
       <c r="D268" s="5">
-        <v>-0.46396946361080271</v>
+        <v>-0.46390339197540653</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>321.35488120999997</v>
+        <v>321.3549653</v>
       </c>
       <c r="C269" s="5">
-        <v>1.0613895799999682</v>
+        <v>1.0614108999999985</v>
       </c>
       <c r="D269" s="5">
-        <v>4.0498468742560245</v>
+        <v>4.0499289031939112</v>
       </c>
       <c r="E269" s="5">
-        <v>0.26609689681420523</v>
+        <v>0.26611391748703195</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>322.35728082000003</v>
+        <v>322.35736509999998</v>
       </c>
       <c r="C270" s="5">
-        <v>1.0023996100000545</v>
+        <v>1.0023997999999779</v>
       </c>
       <c r="D270" s="5">
-        <v>3.808040322357864</v>
+        <v>3.8080400429614913</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>324.18469176999997</v>
+        <v>324.18467600000002</v>
       </c>
       <c r="C271" s="5">
-        <v>1.827410949999944</v>
+        <v>1.8273109000000431</v>
       </c>
       <c r="D271" s="5">
-        <v>7.0188389799717088</v>
+        <v>7.0184407497709822</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>326.46681104999999</v>
+        <v>326.46665410000003</v>
       </c>
       <c r="C272" s="5">
-        <v>2.2821192800000176</v>
+        <v>2.2819781000000035</v>
       </c>
       <c r="D272" s="5">
-        <v>8.782342036226364</v>
+        <v>8.781777968635307</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>326.10178760000002</v>
+        <v>326.10169589999998</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.36502344999996694</v>
+        <v>-0.36495820000004642</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.3335029987142422</v>
+        <v>-1.333266728272875</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>327.61724103</v>
+        <v>327.61715390000001</v>
       </c>
       <c r="C274" s="5">
-        <v>1.5154534299999796</v>
+        <v>1.5154580000000237</v>
       </c>
       <c r="D274" s="5">
-        <v>5.7213816140014639</v>
+        <v>5.7214009609570349</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>328.20591968999997</v>
+        <v>328.2058619</v>
       </c>
       <c r="C275" s="5">
-        <v>0.58867865999997093</v>
+        <v>0.5887079999999969</v>
       </c>
       <c r="D275" s="5">
-        <v>2.1776559526338612</v>
+        <v>2.1777661477796251</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>327.20888327</v>
+        <v>327.2088397</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.99703641999997217</v>
+        <v>-0.99702220000000352</v>
       </c>
       <c r="D276" s="5">
-        <v>-3.5851103499902504</v>
+        <v>-3.5850606901888904</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>330.93296819</v>
+        <v>330.93293469999998</v>
       </c>
       <c r="C277" s="5">
-        <v>3.7240849199999957</v>
+        <v>3.7240949999999771</v>
       </c>
       <c r="D277" s="5">
-        <v>14.545857332722335</v>
+        <v>14.545901260325046</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>331.60172638</v>
+        <v>331.60172210000002</v>
       </c>
       <c r="C278" s="5">
-        <v>0.66875819000000547</v>
+        <v>0.668787400000042</v>
       </c>
       <c r="D278" s="5">
-        <v>2.4521271559104774</v>
+        <v>2.4522357040341225</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>334.01033873</v>
+        <v>334.0104642</v>
       </c>
       <c r="C279" s="5">
-        <v>2.4086123499999985</v>
+        <v>2.4087420999999836</v>
       </c>
       <c r="D279" s="5">
-        <v>9.0730666418698647</v>
+        <v>9.0735752124160953</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>336.47401009999999</v>
+        <v>336.47425120000003</v>
       </c>
       <c r="C280" s="5">
-        <v>2.4636713699999859</v>
+        <v>2.4637870000000248</v>
       </c>
       <c r="D280" s="5">
-        <v>9.2192954937088132</v>
+        <v>9.2197422907726043</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>337.09015799999997</v>
+        <v>337.09042199999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.6161478999999872</v>
+        <v>0.61617079999996349</v>
       </c>
       <c r="D281" s="5">
-        <v>2.2196953521590457</v>
+        <v>2.219777076297369</v>
       </c>
       <c r="E281" s="5">
-        <v>4.8965420194496012</v>
+        <v>4.8965967229758434</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>337.52510837</v>
+        <v>337.5253515</v>
       </c>
       <c r="C282" s="5">
-        <v>0.43495037000002412</v>
+        <v>0.43492950000000974</v>
       </c>
       <c r="D282" s="5">
-        <v>1.5594061790180636</v>
+        <v>1.55932959315217</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>343.03148635000002</v>
+        <v>343.03161920000002</v>
       </c>
       <c r="C283" s="5">
-        <v>5.5063779800000248</v>
+        <v>5.5062677000000235</v>
       </c>
       <c r="D283" s="5">
-        <v>21.432461050722161</v>
+        <v>21.431975735914975</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>344.96581192999997</v>
+        <v>344.9656076</v>
       </c>
       <c r="C284" s="5">
-        <v>1.9343255799999497</v>
+        <v>1.9339883999999756</v>
       </c>
       <c r="D284" s="5">
-        <v>6.9805564447582791</v>
+        <v>6.9792988718745175</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>344.49285392000002</v>
+        <v>344.49195559999998</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.47295800999995663</v>
+        <v>-0.47365200000001551</v>
       </c>
       <c r="D285" s="5">
-        <v>-1.6328847487902087</v>
+        <v>-1.6352636417209632</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>346.4654999</v>
+        <v>346.46554780000002</v>
       </c>
       <c r="C286" s="5">
-        <v>1.9726459799999816</v>
+        <v>1.9735922000000414</v>
       </c>
       <c r="D286" s="5">
-        <v>7.0920750158726564</v>
+        <v>7.0956038641330377</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>348.79907545999998</v>
+        <v>348.79904649999997</v>
       </c>
       <c r="C287" s="5">
-        <v>2.3335755599999857</v>
+        <v>2.3334986999999501</v>
       </c>
       <c r="D287" s="5">
-        <v>8.3886877900243739</v>
+        <v>8.3883999780667082</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>350.10501403000001</v>
+        <v>350.1048667</v>
       </c>
       <c r="C288" s="5">
-        <v>1.3059385700000234</v>
+        <v>1.3058202000000279</v>
       </c>
       <c r="D288" s="5">
-        <v>4.5866049809478504</v>
+        <v>4.5861810434291161</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>352.21805983000002</v>
+        <v>352.21776999999997</v>
       </c>
       <c r="C289" s="5">
-        <v>2.113045800000009</v>
+        <v>2.1129032999999708</v>
       </c>
       <c r="D289" s="5">
-        <v>7.487875436482927</v>
+        <v>7.487356845825377</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>353.60655531999998</v>
+        <v>353.6066457</v>
       </c>
       <c r="C290" s="5">
-        <v>1.3884954899999684</v>
+        <v>1.3888757000000282</v>
       </c>
       <c r="D290" s="5">
-        <v>4.8345041029357771</v>
+        <v>4.8358608371425804</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>353.75635989</v>
+        <v>353.7566051</v>
       </c>
       <c r="C291" s="5">
-        <v>0.14980457000001479</v>
+        <v>0.14995940000000019</v>
       </c>
       <c r="D291" s="5">
-        <v>0.50956334957084071</v>
+        <v>0.51009110536488489</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>356.60363488000002</v>
+        <v>356.60418829999998</v>
       </c>
       <c r="C292" s="5">
-        <v>2.8472749900000167</v>
+        <v>2.8475831999999741</v>
       </c>
       <c r="D292" s="5">
-        <v>10.097665604627149</v>
+        <v>10.098800176792988</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>356.91124790999999</v>
+        <v>356.9119657</v>
       </c>
       <c r="C293" s="5">
-        <v>0.30761302999997042</v>
+        <v>0.30777740000002041</v>
       </c>
       <c r="D293" s="5">
-        <v>1.040067946069323</v>
+        <v>1.0406247142841663</v>
       </c>
       <c r="E293" s="5">
-        <v>5.8800559552379505</v>
+        <v>5.8801859698048631</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>359.81471493999999</v>
+        <v>359.81533250000001</v>
       </c>
       <c r="C294" s="5">
-        <v>2.9034670300000016</v>
+        <v>2.9033668000000148</v>
       </c>
       <c r="D294" s="5">
-        <v>10.210817889031709</v>
+        <v>10.210428023979802</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>360.75728635000002</v>
+        <v>360.75756460000002</v>
       </c>
       <c r="C295" s="5">
-        <v>0.94257141000002775</v>
+        <v>0.94223210000001245</v>
       </c>
       <c r="D295" s="5">
-        <v>3.1892117177983348</v>
+        <v>3.1880415186068767</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>362.32684381000001</v>
+        <v>362.32632610000002</v>
       </c>
       <c r="C296" s="5">
-        <v>1.5695574599999986</v>
+        <v>1.5687614999999937</v>
       </c>
       <c r="D296" s="5">
-        <v>5.3476357666425889</v>
+        <v>5.344854445055125</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>366.77417016999999</v>
+        <v>366.77208130000002</v>
       </c>
       <c r="C297" s="5">
-        <v>4.4473263599999768</v>
+        <v>4.4457552000000078</v>
       </c>
       <c r="D297" s="5">
-        <v>15.765402737286639</v>
+        <v>15.759476049239328</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>369.54578450999998</v>
+        <v>369.54566820000002</v>
       </c>
       <c r="C298" s="5">
-        <v>2.7716143399999851</v>
+        <v>2.773586899999998</v>
       </c>
       <c r="D298" s="5">
-        <v>9.4546237807503708</v>
+        <v>9.4616910913771122</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>369.70384227</v>
+        <v>369.70391619999998</v>
       </c>
       <c r="C299" s="5">
-        <v>0.1580577600000197</v>
+        <v>0.15824799999995776</v>
       </c>
       <c r="D299" s="5">
-        <v>0.51445892186392506</v>
+        <v>0.51507975169258202</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>371.54056195999999</v>
+        <v>371.54022759999998</v>
       </c>
       <c r="C300" s="5">
-        <v>1.8367196899999954</v>
+        <v>1.8363113999999996</v>
       </c>
       <c r="D300" s="5">
-        <v>6.1273289537536524</v>
+        <v>6.1259282097134937</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>373.26791609000003</v>
+        <v>373.267762</v>
       </c>
       <c r="C301" s="5">
-        <v>1.7273541300000375</v>
+        <v>1.7275344000000246</v>
       </c>
       <c r="D301" s="5">
-        <v>5.7238919020670576</v>
+        <v>5.72450990092368</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>374.96418641999998</v>
+        <v>374.96507339999999</v>
       </c>
       <c r="C302" s="5">
-        <v>1.6962703299999475</v>
+        <v>1.6973113999999896</v>
       </c>
       <c r="D302" s="5">
-        <v>5.591637969650276</v>
+        <v>5.5951584323515213</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>377.38717591</v>
+        <v>377.3876874</v>
       </c>
       <c r="C303" s="5">
-        <v>2.4229894900000204</v>
+        <v>2.42261400000001</v>
       </c>
       <c r="D303" s="5">
-        <v>8.0359228400895599</v>
+        <v>8.0346132470779494</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>379.27420651</v>
+        <v>379.27407240000002</v>
       </c>
       <c r="C304" s="5">
-        <v>1.8870306000000028</v>
+        <v>1.8863850000000184</v>
       </c>
       <c r="D304" s="5">
-        <v>6.1680993607786228</v>
+        <v>6.1659221628478589</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>381.73646635</v>
+        <v>381.74073509999999</v>
       </c>
       <c r="C305" s="5">
-        <v>2.4622598400000015</v>
+        <v>2.4666626999999721</v>
       </c>
       <c r="D305" s="5">
-        <v>8.0747120581846197</v>
+        <v>8.0896740750750809</v>
       </c>
       <c r="E305" s="5">
-        <v>6.9555718922761578</v>
+        <v>6.9565528158475054</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>382.59718046</v>
+        <v>382.5959039</v>
       </c>
       <c r="C306" s="5">
-        <v>0.86071411000000353</v>
+        <v>0.85516880000000128</v>
       </c>
       <c r="D306" s="5">
-        <v>2.7394872536223192</v>
+        <v>2.721588766981653</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>383.39887511000001</v>
+        <v>383.3975873</v>
       </c>
       <c r="C307" s="5">
-        <v>0.80169465000000173</v>
+        <v>0.80168340000000171</v>
       </c>
       <c r="D307" s="5">
-        <v>2.5436636539253765</v>
+        <v>2.5436361319533862</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>380.33887195</v>
+        <v>380.33731710000001</v>
       </c>
       <c r="C308" s="5">
-        <v>-3.0600031600000079</v>
+        <v>-3.0602701999999908</v>
       </c>
       <c r="D308" s="5">
-        <v>-9.1680668934599687</v>
+        <v>-9.1688616377065593</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>382.63471451999999</v>
+        <v>382.63141059999998</v>
       </c>
       <c r="C309" s="5">
-        <v>2.2958425699999907</v>
+        <v>2.294093499999974</v>
       </c>
       <c r="D309" s="5">
-        <v>7.4889590248544691</v>
+        <v>7.4830946444991664</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>383.86421761000003</v>
+        <v>383.86424349999999</v>
       </c>
       <c r="C310" s="5">
-        <v>1.229503090000037</v>
+        <v>1.2328329000000053</v>
       </c>
       <c r="D310" s="5">
-        <v>3.9247868324899127</v>
+        <v>3.9356398172565532</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>385.68279812999998</v>
+        <v>385.68354699999998</v>
       </c>
       <c r="C311" s="5">
-        <v>1.818580519999955</v>
+        <v>1.8193034999999895</v>
       </c>
       <c r="D311" s="5">
-        <v>5.8355724577634716</v>
+        <v>5.8379528015497728</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>388.77158725999999</v>
+        <v>388.77200399999998</v>
       </c>
       <c r="C312" s="5">
-        <v>3.0887891300000092</v>
+        <v>3.0884570000000053</v>
       </c>
       <c r="D312" s="5">
-        <v>10.045168807894743</v>
+        <v>10.044020296842969</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>388.59011626</v>
+        <v>388.59121729999998</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.18147099999998773</v>
+        <v>-0.18078669999999875</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.55870081313823539</v>
+        <v>-0.55659882622930423</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>389.60623016</v>
+        <v>389.6096096</v>
       </c>
       <c r="C314" s="5">
-        <v>1.0161138999999935</v>
+        <v>1.0183923000000163</v>
       </c>
       <c r="D314" s="5">
-        <v>3.1833714790721501</v>
+        <v>3.1906034824467966</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>391.27633316999999</v>
+        <v>391.27743770000001</v>
       </c>
       <c r="C315" s="5">
-        <v>1.6701030099999912</v>
+        <v>1.6678281000000084</v>
       </c>
       <c r="D315" s="5">
-        <v>5.2669989834123632</v>
+        <v>5.2596081541243844</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>390.55477485</v>
+        <v>390.55413390000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-0.72155831999998554</v>
+        <v>-0.7233037999999965</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.1906296763067545</v>
+        <v>-2.195869005079365</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>391.54504491</v>
+        <v>391.55160460000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.99027006000000029</v>
+        <v>0.99747070000000804</v>
       </c>
       <c r="D317" s="5">
-        <v>3.0854486959660976</v>
+        <v>3.1082054668180259</v>
       </c>
       <c r="E317" s="5">
-        <v>2.5694633404519607</v>
+        <v>2.5700347376944155</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>392.44181988999998</v>
+        <v>392.4359149</v>
       </c>
       <c r="C318" s="5">
-        <v>0.89677497999997513</v>
+        <v>0.88431029999998145</v>
       </c>
       <c r="D318" s="5">
-        <v>2.7833066552892305</v>
+        <v>2.7440918915514034</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>392.15106716000003</v>
+        <v>392.14537319999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.2907527299999515</v>
+        <v>-0.29054170000000568</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.88544348867873879</v>
+        <v>-0.88481670277986701</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>389.63484661000001</v>
+        <v>389.63083310000002</v>
       </c>
       <c r="C320" s="5">
-        <v>-2.5162205500000141</v>
+        <v>-2.5145400999999765</v>
       </c>
       <c r="D320" s="5">
-        <v>-7.4337493038643787</v>
+        <v>-7.4290625531140186</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>394.08568962999999</v>
+        <v>394.0823168</v>
       </c>
       <c r="C321" s="5">
-        <v>4.4508430199999793</v>
+        <v>4.4514836999999829</v>
       </c>
       <c r="D321" s="5">
-        <v>14.602604719706047</v>
+        <v>14.605000523163048</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>392.81630767000001</v>
+        <v>392.81759490000002</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.2693819599999756</v>
+        <v>-1.2647218999999836</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.7975498379666961</v>
+        <v>-3.7838855282021244</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>392.83556929000002</v>
+        <v>392.8379807</v>
       </c>
       <c r="C323" s="5">
-        <v>1.9261620000008861E-2</v>
+        <v>2.0385799999985466E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>5.8857481687035751E-2</v>
+        <v>6.2293400262025678E-2</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>394.53578952999999</v>
+        <v>394.53888990000002</v>
       </c>
       <c r="C324" s="5">
-        <v>1.7002202399999646</v>
+        <v>1.7009092000000123</v>
       </c>
       <c r="D324" s="5">
-        <v>5.3191188504566167</v>
+        <v>5.3212923934283562</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>395.80879141999998</v>
+        <v>395.81348910000003</v>
       </c>
       <c r="C325" s="5">
-        <v>1.2730018899999891</v>
+        <v>1.2745992000000115</v>
       </c>
       <c r="D325" s="5">
-        <v>3.9413537021409484</v>
+        <v>3.9463557876659117</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>399.51633887999998</v>
+        <v>399.52230630000003</v>
       </c>
       <c r="C326" s="5">
-        <v>3.7075474600000007</v>
+        <v>3.7088171999999986</v>
       </c>
       <c r="D326" s="5">
-        <v>11.837978339458788</v>
+        <v>11.842095856368417</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>400.75933941</v>
+        <v>400.7618301</v>
       </c>
       <c r="C327" s="5">
-        <v>1.2430005300000175</v>
+        <v>1.2395237999999722</v>
       </c>
       <c r="D327" s="5">
-        <v>3.7980709468188767</v>
+        <v>3.787208102791717</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>398.70661302000002</v>
+        <v>398.7097311</v>
       </c>
       <c r="C328" s="5">
-        <v>-2.0527263899999753</v>
+        <v>-2.0520989999999983</v>
       </c>
       <c r="D328" s="5">
-        <v>-5.976277081952297</v>
+        <v>-5.9744655480330477</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>399.16319095</v>
+        <v>399.18010629999998</v>
       </c>
       <c r="C329" s="5">
-        <v>0.45657792999998037</v>
+        <v>0.47037519999997812</v>
       </c>
       <c r="D329" s="5">
-        <v>1.3828652661616925</v>
+        <v>1.4249142227699574</v>
       </c>
       <c r="E329" s="5">
-        <v>1.9456627376681856</v>
+        <v>1.9482749171193081</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>400.30012469000002</v>
+        <v>400.25850009999999</v>
       </c>
       <c r="C330" s="5">
-        <v>1.1369337400000177</v>
+        <v>1.0783938000000148</v>
       </c>
       <c r="D330" s="5">
-        <v>3.4720075947810125</v>
+        <v>3.290430944898981</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>401.75943414</v>
+        <v>401.75724719999999</v>
       </c>
       <c r="C331" s="5">
-        <v>1.4593094499999779</v>
+        <v>1.4987471000000028</v>
       </c>
       <c r="D331" s="5">
-        <v>4.4634343426756429</v>
+        <v>4.587040154374078</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>403.62163559999999</v>
+        <v>403.61503520000002</v>
       </c>
       <c r="C332" s="5">
-        <v>1.8622014599999943</v>
+        <v>1.8577880000000278</v>
       </c>
       <c r="D332" s="5">
-        <v>5.7061490281511418</v>
+        <v>5.6923113273470438</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>401.88919096000001</v>
+        <v>401.8868607</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.7324446399999829</v>
+        <v>-1.7281745000000228</v>
       </c>
       <c r="D333" s="5">
-        <v>-5.0308275976639782</v>
+        <v>-5.0187982786737306</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>404.10079280999997</v>
+        <v>404.103433</v>
       </c>
       <c r="C334" s="5">
-        <v>2.2116018499999655</v>
+        <v>2.2165722999999957</v>
       </c>
       <c r="D334" s="5">
-        <v>6.807197762414563</v>
+        <v>6.8230043731537293</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>406.70495555000002</v>
+        <v>406.71698120000002</v>
       </c>
       <c r="C335" s="5">
-        <v>2.6041627400000493</v>
+        <v>2.6135482000000252</v>
       </c>
       <c r="D335" s="5">
-        <v>8.0132764260952385</v>
+        <v>8.0431370344514086</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>403.97651008000003</v>
+        <v>403.98544570000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.7284454699999969</v>
+        <v>-2.7315355000000068</v>
       </c>
       <c r="D336" s="5">
-        <v>-7.7598954501637678</v>
+        <v>-7.7681403913694052</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>404.48851229000002</v>
+        <v>404.4950513</v>
       </c>
       <c r="C337" s="5">
-        <v>0.51200220999999146</v>
+        <v>0.50960559999998623</v>
       </c>
       <c r="D337" s="5">
-        <v>1.5315336867087082</v>
+        <v>1.5242810329452849</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>405.29487818000001</v>
+        <v>405.303247</v>
       </c>
       <c r="C338" s="5">
-        <v>0.80636588999999503</v>
+        <v>0.80819569999999885</v>
       </c>
       <c r="D338" s="5">
-        <v>2.4186584597740923</v>
+        <v>2.4241677271699347</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>407.16945729999998</v>
+        <v>407.17408239999997</v>
       </c>
       <c r="C339" s="5">
-        <v>1.8745791199999644</v>
+        <v>1.8708353999999758</v>
       </c>
       <c r="D339" s="5">
-        <v>5.6936587471591915</v>
+        <v>5.6818774134111516</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>409.91621808999997</v>
+        <v>409.92352870000002</v>
       </c>
       <c r="C340" s="5">
-        <v>2.7467607899999962</v>
+        <v>2.7494463000000451</v>
       </c>
       <c r="D340" s="5">
-        <v>8.4023999820681325</v>
+        <v>8.4108233753081407</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>412.80005365</v>
+        <v>412.82223019999998</v>
       </c>
       <c r="C341" s="5">
-        <v>2.8838355600000227</v>
+        <v>2.8987014999999587</v>
       </c>
       <c r="D341" s="5">
-        <v>8.7766615120733249</v>
+        <v>8.823515056686059</v>
       </c>
       <c r="E341" s="5">
-        <v>3.4163627832377363</v>
+        <v>3.4175360156218249</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>411.89027019999997</v>
+        <v>411.81056860000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.90978345000002037</v>
+        <v>-1.0116615999999681</v>
       </c>
       <c r="D342" s="5">
-        <v>-2.6128950367731552</v>
+        <v>-2.9014045109651554</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>414.29342436000002</v>
+        <v>414.29603200000003</v>
       </c>
       <c r="C343" s="5">
-        <v>2.4031541600000423</v>
+        <v>2.4854634000000146</v>
       </c>
       <c r="D343" s="5">
-        <v>7.2304396520961101</v>
+        <v>7.4878630414713765</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>415.48733004000002</v>
+        <v>415.47155659999999</v>
       </c>
       <c r="C344" s="5">
-        <v>1.1939056800000003</v>
+        <v>1.1755245999999602</v>
       </c>
       <c r="D344" s="5">
-        <v>3.5134861610571333</v>
+        <v>3.4585244188468423</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>416.65653436999997</v>
+        <v>416.65786809999997</v>
       </c>
       <c r="C345" s="5">
-        <v>1.1692043299999568</v>
+        <v>1.186311499999988</v>
       </c>
       <c r="D345" s="5">
-        <v>3.4296245395027736</v>
+        <v>3.4807298907006956</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>418.86729915000001</v>
+        <v>418.8718599</v>
       </c>
       <c r="C346" s="5">
-        <v>2.2107647800000336</v>
+        <v>2.2139918000000307</v>
       </c>
       <c r="D346" s="5">
-        <v>6.5562948444542357</v>
+        <v>6.5661247443080661</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>420.77635315999999</v>
+        <v>420.8072037</v>
       </c>
       <c r="C347" s="5">
-        <v>1.9090540099999771</v>
+        <v>1.9353437999999983</v>
       </c>
       <c r="D347" s="5">
-        <v>5.6083910837904982</v>
+        <v>5.6875347827889833</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>420.75354675</v>
+        <v>420.7674945</v>
       </c>
       <c r="C348" s="5">
-        <v>-2.2806409999986954E-2</v>
+        <v>-3.970920000000433E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-6.5021560362588104E-2</v>
+        <v>-0.11317847289875616</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>422.18215135999998</v>
+        <v>422.19015789999997</v>
       </c>
       <c r="C349" s="5">
-        <v>1.4286046099999794</v>
+        <v>1.4226633999999763</v>
       </c>
       <c r="D349" s="5">
-        <v>4.1513724129994101</v>
+        <v>4.1336459926458735</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>420.99438956</v>
+        <v>421.00424559999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-1.1877617999999757</v>
+        <v>-1.185912299999984</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.3243113159802662</v>
+        <v>-3.3191526624933521</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>420.62607251999998</v>
+        <v>420.63242000000002</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.36831704000002219</v>
+        <v>-0.37182559999996556</v>
       </c>
       <c r="D351" s="5">
-        <v>-1.0448118174217647</v>
+        <v>-1.0546917467232131</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>422.93761116000002</v>
+        <v>422.94720769999998</v>
       </c>
       <c r="C352" s="5">
-        <v>2.3115386400000375</v>
+        <v>2.3147876999999539</v>
       </c>
       <c r="D352" s="5">
-        <v>6.7975840689844969</v>
+        <v>6.8073238195743402</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>424.54736638000003</v>
+        <v>424.57611000000003</v>
       </c>
       <c r="C353" s="5">
-        <v>1.6097552200000109</v>
+        <v>1.6289023000000498</v>
       </c>
       <c r="D353" s="5">
-        <v>4.6641902991100714</v>
+        <v>4.7207391995768733</v>
       </c>
       <c r="E353" s="5">
-        <v>2.8457633728798504</v>
+        <v>2.8472012745790476</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>427.30157946000003</v>
+        <v>427.18010029999999</v>
       </c>
       <c r="C354" s="5">
-        <v>2.7542130799999995</v>
+        <v>2.603990299999964</v>
       </c>
       <c r="D354" s="5">
-        <v>8.068758888238591</v>
+        <v>7.6131926825007801</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>427.44703109</v>
+        <v>427.45499439999998</v>
       </c>
       <c r="C355" s="5">
-        <v>0.14545162999996819</v>
+        <v>0.27489409999998315</v>
       </c>
       <c r="D355" s="5">
-        <v>0.40924047279033982</v>
+        <v>0.77494936264101977</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>427.73366748000001</v>
+        <v>427.70890609999998</v>
       </c>
       <c r="C356" s="5">
-        <v>0.2866363900000124</v>
+        <v>0.25391170000000329</v>
       </c>
       <c r="D356" s="5">
-        <v>0.80766757417003454</v>
+        <v>0.71514303621642572</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>428.80613736999999</v>
+        <v>428.81186609999997</v>
       </c>
       <c r="C357" s="5">
-        <v>1.0724698899999794</v>
+        <v>1.1029599999999959</v>
       </c>
       <c r="D357" s="5">
-        <v>3.0506382415460553</v>
+        <v>3.1387854783653912</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>431.10178812999999</v>
+        <v>431.10836590000002</v>
       </c>
       <c r="C358" s="5">
-        <v>2.2956507600000009</v>
+        <v>2.2964998000000492</v>
       </c>
       <c r="D358" s="5">
-        <v>6.6168823588011128</v>
+        <v>6.6193110719869885</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>432.44657210999998</v>
+        <v>432.49658030000001</v>
       </c>
       <c r="C359" s="5">
-        <v>1.3447839799999883</v>
+        <v>1.3882143999999812</v>
       </c>
       <c r="D359" s="5">
-        <v>3.8081894080222556</v>
+        <v>3.9333023855032456</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>434.0417195</v>
+        <v>434.05966039999998</v>
       </c>
       <c r="C360" s="5">
-        <v>1.5951473900000224</v>
+        <v>1.5630800999999792</v>
       </c>
       <c r="D360" s="5">
-        <v>4.517303533010697</v>
+        <v>4.4241576605004163</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>435.74941718000002</v>
+        <v>435.75690229999998</v>
       </c>
       <c r="C361" s="5">
-        <v>1.7076976800000239</v>
+        <v>1.6972418999999945</v>
       </c>
       <c r="D361" s="5">
-        <v>4.8248078847158204</v>
+        <v>4.7944262346169886</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>436.8810148</v>
+        <v>436.892537</v>
       </c>
       <c r="C362" s="5">
-        <v>1.1315976199999795</v>
+        <v>1.1356347000000255</v>
       </c>
       <c r="D362" s="5">
-        <v>3.1611771051013537</v>
+        <v>3.1725617658188376</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>437.02872585</v>
+        <v>437.03903550000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.14771104999999807</v>
+        <v>0.14649850000000697</v>
       </c>
       <c r="D363" s="5">
-        <v>0.40647966052462792</v>
+        <v>0.40312608858577015</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>437.94594896000001</v>
+        <v>437.96023200000002</v>
       </c>
       <c r="C364" s="5">
-        <v>0.917223110000009</v>
+        <v>0.92119650000000775</v>
       </c>
       <c r="D364" s="5">
-        <v>2.5478011924546573</v>
+        <v>2.5589054140504386</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>436.65521355999999</v>
+        <v>436.68510370000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.2907354000000169</v>
+        <v>-1.2751283000000058</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.4799279150973583</v>
+        <v>-3.4384111320221455</v>
       </c>
       <c r="E365" s="5">
-        <v>2.8519425955318756</v>
+        <v>2.8520195589902597</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>438.51511001</v>
+        <v>438.37313999999998</v>
       </c>
       <c r="C366" s="5">
-        <v>1.8598964500000079</v>
+        <v>1.6880362999999647</v>
       </c>
       <c r="D366" s="5">
-        <v>5.2327577321450658</v>
+        <v>4.7385857102159035</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>436.11565558000001</v>
+        <v>436.1223415</v>
       </c>
       <c r="C367" s="5">
-        <v>-2.3994544299999916</v>
+        <v>-2.2507984999999735</v>
       </c>
       <c r="D367" s="5">
-        <v>-6.3720799915641058</v>
+        <v>-5.9902740010658313</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>434.21318065999998</v>
+        <v>434.17495389999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.9024749200000315</v>
+        <v>-1.9473876000000132</v>
       </c>
       <c r="D368" s="5">
-        <v>-5.110992641290057</v>
+        <v>-5.2286251752507003</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>406.53127970999998</v>
+        <v>406.53277980000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-27.681900949999999</v>
+        <v>-27.642174099999977</v>
       </c>
       <c r="D369" s="5">
-        <v>-54.638064582408674</v>
+        <v>-54.588104109546286</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>413.76458265999997</v>
+        <v>413.7677132</v>
       </c>
       <c r="C370" s="5">
-        <v>7.2333029499999952</v>
+        <v>7.2349333999999885</v>
       </c>
       <c r="D370" s="5">
-        <v>23.569745978400913</v>
+        <v>23.575493583608665</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>413.28937829</v>
+        <v>413.34613389999998</v>
       </c>
       <c r="C371" s="5">
-        <v>-0.47520436999997173</v>
+        <v>-0.42157930000001897</v>
       </c>
       <c r="D371" s="5">
-        <v>-1.369515317532255</v>
+        <v>-1.2158266509633919</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>410.87812417999999</v>
+        <v>410.8983781</v>
       </c>
       <c r="C372" s="5">
-        <v>-2.4112541100000158</v>
+        <v>-2.4477557999999817</v>
       </c>
       <c r="D372" s="5">
-        <v>-6.780814176050642</v>
+        <v>-6.8792286333211106</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>412.32666610000001</v>
+        <v>412.33945540000002</v>
       </c>
       <c r="C373" s="5">
-        <v>1.4485419200000251</v>
+        <v>1.4410773000000177</v>
       </c>
       <c r="D373" s="5">
-        <v>4.313577059508833</v>
+        <v>4.2907022273197093</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>412.58682977000001</v>
+        <v>412.60487339999997</v>
       </c>
       <c r="C374" s="5">
-        <v>0.26016366999999718</v>
+        <v>0.26541799999995419</v>
       </c>
       <c r="D374" s="5">
-        <v>0.75979103239041113</v>
+        <v>0.77516620103239564</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>414.98639133</v>
+        <v>415.00746900000001</v>
       </c>
       <c r="C375" s="5">
-        <v>2.3995615599999951</v>
+        <v>2.4025956000000406</v>
       </c>
       <c r="D375" s="5">
-        <v>7.2067012310330636</v>
+        <v>7.2157815564101613</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>415.28146751999998</v>
+        <v>415.30766160000002</v>
       </c>
       <c r="C376" s="5">
-        <v>0.29507618999997476</v>
+        <v>0.30019260000000259</v>
       </c>
       <c r="D376" s="5">
-        <v>0.85660516893384386</v>
+        <v>0.87147279522674648</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>416.00747854000002</v>
+        <v>416.04388690000002</v>
       </c>
       <c r="C377" s="5">
-        <v>0.72601102000004403</v>
+        <v>0.73622530000000097</v>
       </c>
       <c r="D377" s="5">
-        <v>2.1181759561369251</v>
+        <v>2.1481310347144955</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.7286129602487348</v>
+        <v>-4.7267966379225035</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>416.35828495999999</v>
+        <v>416.20990819999997</v>
       </c>
       <c r="C378" s="5">
-        <v>0.35080641999996942</v>
+        <v>0.16602129999995441</v>
       </c>
       <c r="D378" s="5">
-        <v>1.0166299047591032</v>
+        <v>0.47990945435056886</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>410.76827966000002</v>
+        <v>410.76652660000002</v>
       </c>
       <c r="C379" s="5">
-        <v>-5.590005299999973</v>
+        <v>-5.4433815999999524</v>
       </c>
       <c r="D379" s="5">
-        <v>-14.973117047099571</v>
+        <v>-14.613036133704016</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>422.16575942999998</v>
+        <v>422.10814219999997</v>
       </c>
       <c r="C380" s="5">
-        <v>11.397479769999961</v>
+        <v>11.341615599999955</v>
       </c>
       <c r="D380" s="5">
-        <v>38.877945653734216</v>
+        <v>38.657768306569686</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>421.58392157999998</v>
+        <v>421.56117810000001</v>
       </c>
       <c r="C381" s="5">
-        <v>-0.58183784999999943</v>
+        <v>-0.54696409999996831</v>
       </c>
       <c r="D381" s="5">
-        <v>-1.6413863390396854</v>
+        <v>-1.5439155080062217</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>420.03078572999999</v>
+        <v>420.01779390000002</v>
       </c>
       <c r="C382" s="5">
-        <v>-1.5531358499999897</v>
+        <v>-1.5433841999999913</v>
       </c>
       <c r="D382" s="5">
-        <v>-4.3323731877289884</v>
+        <v>-4.3059445988712923</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>420.01769324000003</v>
+        <v>420.0737618</v>
       </c>
       <c r="C383" s="5">
-        <v>-1.3092489999962709E-2</v>
+        <v>5.5967899999984638E-2</v>
       </c>
       <c r="D383" s="5">
-        <v>-3.7397960752871828E-2</v>
+        <v>0.16001875225344353</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>423.89918846</v>
+        <v>423.9341809</v>
       </c>
       <c r="C384" s="5">
-        <v>3.8814952199999766</v>
+        <v>3.8604191000000014</v>
       </c>
       <c r="D384" s="5">
-        <v>11.670894866201721</v>
+        <v>11.602658256395104</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>424.14260860000002</v>
+        <v>424.16569390000001</v>
       </c>
       <c r="C385" s="5">
-        <v>0.243420140000012</v>
+        <v>0.23151300000000674</v>
       </c>
       <c r="D385" s="5">
-        <v>0.69126930087162197</v>
+        <v>0.657299117684218</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>425.55907516000002</v>
+        <v>425.60062770000002</v>
       </c>
       <c r="C386" s="5">
-        <v>1.4164665600000035</v>
+        <v>1.4349338000000103</v>
       </c>
       <c r="D386" s="5">
-        <v>4.0819546542812946</v>
+        <v>4.1359382177383219</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>429.36331522</v>
+        <v>429.40968470000001</v>
       </c>
       <c r="C387" s="5">
-        <v>3.8042400599999837</v>
+        <v>3.8090569999999957</v>
       </c>
       <c r="D387" s="5">
-        <v>11.270733335626737</v>
+        <v>11.284557496631153</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>430.96825944</v>
+        <v>431.0247928</v>
       </c>
       <c r="C388" s="5">
-        <v>1.604944219999993</v>
+        <v>1.6151080999999863</v>
       </c>
       <c r="D388" s="5">
-        <v>4.5789320662322996</v>
+        <v>4.6080243718190195</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>433.97912301000002</v>
+        <v>434.04201460000002</v>
       </c>
       <c r="C389" s="5">
-        <v>3.0108635700000264</v>
+        <v>3.0172218000000157</v>
       </c>
       <c r="D389" s="5">
-        <v>8.7132863872792843</v>
+        <v>8.7312112370823147</v>
       </c>
       <c r="E389" s="5">
-        <v>4.3200291814638581</v>
+        <v>4.3260166214931006</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>433.51303992999999</v>
+        <v>433.35814640000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.46608308000003262</v>
+        <v>-0.68386820000000625</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.2811855596501553</v>
+        <v>-1.8743983269209119</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>436.67268686</v>
+        <v>436.6397728</v>
       </c>
       <c r="C391" s="5">
-        <v>3.1596469300000081</v>
+        <v>3.2816263999999933</v>
       </c>
       <c r="D391" s="5">
-        <v>9.1054274915170588</v>
+        <v>9.4752456611785227</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>437.11383068999999</v>
+        <v>437.02101640000001</v>
       </c>
       <c r="C392" s="5">
-        <v>0.44114382999998725</v>
+        <v>0.38124360000000479</v>
       </c>
       <c r="D392" s="5">
-        <v>1.2190455241873899</v>
+        <v>1.052803096917132</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>440.1639366</v>
+        <v>440.08929790000002</v>
       </c>
       <c r="C393" s="5">
-        <v>3.0501059100000134</v>
+        <v>3.0682815000000119</v>
       </c>
       <c r="D393" s="5">
-        <v>8.7023436666165743</v>
+        <v>8.7581513886694662</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>442.06143646999999</v>
+        <v>441.93256600000001</v>
       </c>
       <c r="C394" s="5">
-        <v>1.8974998699999901</v>
+        <v>1.8432680999999889</v>
       </c>
       <c r="D394" s="5">
-        <v>5.2975050414205027</v>
+        <v>5.1434881199277527</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>442.23350944999999</v>
+        <v>442.33573940000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.17207297999999582</v>
+        <v>0.40317340000001423</v>
       </c>
       <c r="D395" s="5">
-        <v>0.46810284398457469</v>
+        <v>1.1002652537733804</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>444.89186108000001</v>
+        <v>444.97826980000002</v>
       </c>
       <c r="C396" s="5">
-        <v>2.6583516300000269</v>
+        <v>2.6425303999999983</v>
       </c>
       <c r="D396" s="5">
-        <v>7.4567647092182776</v>
+        <v>7.4091477588900334</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>446.33278541999999</v>
+        <v>446.38677310000003</v>
       </c>
       <c r="C397" s="5">
-        <v>1.4409243399999809</v>
+        <v>1.4085033000000067</v>
       </c>
       <c r="D397" s="5">
-        <v>3.9565697424881918</v>
+        <v>3.8652268357144415</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>449.10130994000002</v>
+        <v>449.18190540000001</v>
       </c>
       <c r="C398" s="5">
-        <v>2.7685245200000281</v>
+        <v>2.7951322999999775</v>
       </c>
       <c r="D398" s="5">
-        <v>7.7026506826742613</v>
+        <v>7.7782744987185737</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>448.97968025</v>
+        <v>449.0656717</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.12162969000002022</v>
+        <v>-0.11623370000000932</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.32451122113447139</v>
+        <v>-0.31007949761823195</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>450.25187784000002</v>
+        <v>450.34767390000002</v>
       </c>
       <c r="C400" s="5">
-        <v>1.2721975900000189</v>
+        <v>1.2820022000000222</v>
       </c>
       <c r="D400" s="5">
-        <v>3.4537309388448678</v>
+        <v>3.4800906402951304</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>451.56989342000003</v>
+        <v>451.66720249999997</v>
       </c>
       <c r="C401" s="5">
-        <v>1.318015580000008</v>
+        <v>1.3195285999999555</v>
       </c>
       <c r="D401" s="5">
-        <v>3.5698529132285106</v>
+        <v>3.5732446729713541</v>
       </c>
       <c r="E401" s="5">
-        <v>4.0533678873752255</v>
+        <v>4.0607100942158247</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>457.06179533</v>
+        <v>456.89913039999999</v>
       </c>
       <c r="C402" s="5">
-        <v>5.4919019099999673</v>
+        <v>5.2319279000000165</v>
       </c>
       <c r="D402" s="5">
-        <v>15.611038284167812</v>
+        <v>14.820995840712614</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>454.64792287</v>
+        <v>454.56525329999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-2.4138724599999932</v>
+        <v>-2.3338770999999952</v>
       </c>
       <c r="D403" s="5">
-        <v>-6.1566546909550883</v>
+        <v>-5.960383890069842</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>457.11965830000003</v>
+        <v>457.00143000000003</v>
       </c>
       <c r="C404" s="5">
-        <v>2.4717354300000238</v>
+        <v>2.4361767000000327</v>
       </c>
       <c r="D404" s="5">
-        <v>6.7225627214175354</v>
+        <v>6.6242238720679802</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>457.16258068000002</v>
+        <v>457.01451170000001</v>
       </c>
       <c r="C405" s="5">
-        <v>4.2922379999993154E-2</v>
+        <v>1.308169999998654E-2</v>
       </c>
       <c r="D405" s="5">
-        <v>0.11273517423948665</v>
+        <v>3.4355497973859173E-2</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>458.63325406000001</v>
+        <v>458.32745770000002</v>
       </c>
       <c r="C406" s="5">
-        <v>1.4706733799999938</v>
+        <v>1.3129460000000108</v>
       </c>
       <c r="D406" s="5">
-        <v>3.9293910698695145</v>
+        <v>3.5024487188688891</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>461.7864975</v>
+        <v>461.93971249999998</v>
       </c>
       <c r="C407" s="5">
-        <v>3.1532434399999829</v>
+        <v>3.6122547999999597</v>
       </c>
       <c r="D407" s="5">
-        <v>8.5696083299028345</v>
+        <v>9.8785919002722942</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>462.57823493000001</v>
+        <v>462.73700459999998</v>
       </c>
       <c r="C408" s="5">
-        <v>0.79173743000001195</v>
+        <v>0.79729209999999284</v>
       </c>
       <c r="D408" s="5">
-        <v>2.0769239352179003</v>
+        <v>2.0909335173663779</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>463.46134493</v>
+        <v>463.5554679</v>
       </c>
       <c r="C409" s="5">
-        <v>0.88310999999998785</v>
+        <v>0.81846330000001899</v>
       </c>
       <c r="D409" s="5">
-        <v>2.3151335220586988</v>
+        <v>2.1432628254475894</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>466.04579856999999</v>
+        <v>466.17457539999998</v>
       </c>
       <c r="C410" s="5">
-        <v>2.5844536399999924</v>
+        <v>2.6191074999999842</v>
       </c>
       <c r="D410" s="5">
-        <v>6.9007998294927209</v>
+        <v>6.9947599912523195</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>466.26537581000002</v>
+        <v>466.39907670000002</v>
       </c>
       <c r="C411" s="5">
-        <v>0.21957724000003509</v>
+        <v>0.22450130000004265</v>
       </c>
       <c r="D411" s="5">
-        <v>0.56684677069371858</v>
+        <v>0.57943158034137188</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>467.55992794000002</v>
+        <v>467.70400039999998</v>
       </c>
       <c r="C412" s="5">
-        <v>1.2945521299999996</v>
+        <v>1.3049236999999607</v>
       </c>
       <c r="D412" s="5">
-        <v>3.3830635452021474</v>
+        <v>3.4095934393190586</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>469.53780411000002</v>
+        <v>469.6772206</v>
       </c>
       <c r="C413" s="5">
-        <v>1.9778761700000018</v>
+        <v>1.9732202000000143</v>
       </c>
       <c r="D413" s="5">
-        <v>5.1960368072262453</v>
+        <v>5.1818859403966355</v>
       </c>
       <c r="E413" s="5">
-        <v>3.9789877385134398</v>
+        <v>3.987453151416287</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>470.51236026999999</v>
+        <v>470.33438210000003</v>
       </c>
       <c r="C414" s="5">
-        <v>0.97455615999996326</v>
+        <v>0.65716150000002926</v>
       </c>
       <c r="D414" s="5">
-        <v>2.5193080472784457</v>
+        <v>1.6919934798519609</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>471.40542635999998</v>
+        <v>471.26964470000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.89306608999999071</v>
+        <v>0.93526259999998729</v>
       </c>
       <c r="D415" s="5">
-        <v>2.3016145114214126</v>
+        <v>2.4124780225449172</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>472.44060279000001</v>
+        <v>472.30513239999999</v>
       </c>
       <c r="C416" s="5">
-        <v>1.0351764300000355</v>
+        <v>1.035487699999976</v>
       </c>
       <c r="D416" s="5">
-        <v>2.6671841454317891</v>
+        <v>2.668773875341901</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>472.64208422000002</v>
+        <v>472.42645279999999</v>
       </c>
       <c r="C417" s="5">
-        <v>0.20148143000000118</v>
+        <v>0.12132040000000188</v>
       </c>
       <c r="D417" s="5">
-        <v>0.51296529304620808</v>
+        <v>0.30867827751199783</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>474.08519046999999</v>
+        <v>473.5666751</v>
       </c>
       <c r="C418" s="5">
-        <v>1.4431062499999712</v>
+        <v>1.1402223000000049</v>
       </c>
       <c r="D418" s="5">
-        <v>3.7260889305515521</v>
+        <v>2.9350107794988034</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>474.46743457999997</v>
+        <v>474.67952170000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.38224410999998781</v>
+        <v>1.1128466000000117</v>
       </c>
       <c r="D419" s="5">
-        <v>0.97183481625586765</v>
+        <v>2.8566442953445348</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>472.58017276999999</v>
+        <v>472.8174664</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.8872618099999841</v>
+        <v>-1.8620553000000086</v>
       </c>
       <c r="D420" s="5">
-        <v>-4.6701203317461086</v>
+        <v>-4.6070707811816884</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>479.26753972</v>
+        <v>479.40847330000003</v>
       </c>
       <c r="C421" s="5">
-        <v>6.6873669500000119</v>
+        <v>6.5910069000000249</v>
       </c>
       <c r="D421" s="5">
-        <v>18.366887382157039</v>
+        <v>18.07183981190019</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>478.64676036999998</v>
+        <v>478.81832170000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.62077935000002071</v>
+        <v>-0.59015160000001288</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.5432949459435297</v>
+        <v>-1.4672389734394442</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>480.88792620999999</v>
+        <v>481.06784490000001</v>
       </c>
       <c r="C423" s="5">
-        <v>2.2411658400000078</v>
+        <v>2.2495231999999987</v>
       </c>
       <c r="D423" s="5">
-        <v>5.7657353512150733</v>
+        <v>5.7856670637276952</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>482.79793869999997</v>
+        <v>482.98788189999999</v>
       </c>
       <c r="C424" s="5">
-        <v>1.9100124899999855</v>
+        <v>1.9200369999999793</v>
       </c>
       <c r="D424" s="5">
-        <v>4.8717240040662579</v>
+        <v>4.8959846794364381</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>483.58677895</v>
+        <v>483.76026380000002</v>
       </c>
       <c r="C425" s="5">
-        <v>0.78884025000002111</v>
+        <v>0.7723819000000276</v>
       </c>
       <c r="D425" s="5">
-        <v>1.9783875124668171</v>
+        <v>1.9359782556085614</v>
       </c>
       <c r="E425" s="5">
-        <v>2.9920859869056793</v>
+        <v>2.9984514007320495</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>485.73651794</v>
+        <v>486.35045880000001</v>
       </c>
       <c r="C426" s="5">
-        <v>2.149738990000003</v>
+        <v>2.5901949999999943</v>
       </c>
       <c r="D426" s="5">
-        <v>5.4668646158086309</v>
+        <v>6.6177835316049816</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>487.59568587000001</v>
+        <v>488.19916549999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.8591679300000123</v>
+        <v>1.8487066999999797</v>
       </c>
       <c r="D427" s="5">
-        <v>4.6909620544524744</v>
+        <v>4.6580006389303819</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>489.91629326999998</v>
+        <v>490.52643010000003</v>
       </c>
       <c r="C428" s="5">
-        <v>2.3206073999999717</v>
+        <v>2.327264600000035</v>
       </c>
       <c r="D428" s="5">
-        <v>5.8630359322697334</v>
+        <v>5.8728389235882972</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>492.18702682999998</v>
+        <v>492.45465050000001</v>
       </c>
       <c r="C429" s="5">
-        <v>2.2707335599999965</v>
+        <v>1.9282203999999865</v>
       </c>
       <c r="D429" s="5">
-        <v>5.7059295997418324</v>
+        <v>4.820436896093927</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>493.31413885000001</v>
+        <v>494.73110980000001</v>
       </c>
       <c r="C430" s="5">
-        <v>1.1271120200000269</v>
+        <v>2.2764592999999991</v>
       </c>
       <c r="D430" s="5">
-        <v>2.7828859462618372</v>
+        <v>5.6904460480533325</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>492.79067736000002</v>
+        <v>493.98283429999998</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.52346148999998832</v>
+        <v>-0.74827550000003384</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.2659291447117527</v>
+        <v>-1.7999646803673386</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>489.59486966999998</v>
+        <v>490.64987280000003</v>
       </c>
       <c r="C432" s="5">
-        <v>-3.1958076900000378</v>
+        <v>-3.3329614999999535</v>
       </c>
       <c r="D432" s="5">
-        <v>-7.5104852372091413</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-7.8027440306372213</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>490.95873447000002</v>
+        <v>492.01667650000002</v>
       </c>
       <c r="C433" s="5">
-        <v>1.3638648000000444</v>
+        <v>1.3668036999999913</v>
       </c>
       <c r="D433" s="5">
-        <v>3.3945363371583825</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.3945362791083733</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>490.42995610999998</v>
+        <v>491.48675880000002</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.52877836000004663</v>
+        <v>-0.5299176999999986</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.2848100559158304</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.2848098206334591</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>493.43082820000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.9440693999999894</v>
+      </c>
+      <c r="D435" s="5">
+        <v>4.851220683617008</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>493.78891320000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.35808500000001686</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.87432975977232985</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>491.99117330000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-1.7977399000000105</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-4.2824180759938208</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.7014439001965753</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>