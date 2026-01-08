--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{62A78AA9-82F0-4004-AA97-46167744AD33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7096FD6B-564C-4409-B915-E3A8FAB39E0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A4EAA1CF-CBA4-4CBC-A04B-9B7560AB21DA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9AFD4B2A-4FF3-4B82-90C1-3ADB4D4763DA}"/>
   </bookViews>
   <sheets>
     <sheet name="AE300000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Manufacturing</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20AD131C-5C34-461A-9706-DAC55D479CD2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFD39EF4-AC14-4404-9729-A572A17A92B2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-2.6963920200000757</v>
       </c>
       <c r="D431" s="5">
         <v>-3.2420331280283654</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>976.90126208000004</v>
       </c>
       <c r="C432" s="5">
         <v>-3.5213761399999157</v>
       </c>
       <c r="D432" s="5">
         <v>-4.2258998847627964</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>976.24499967999998</v>
+        <v>977.58669388999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.65626240000005964</v>
+        <v>0.68543180999995457</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.8031637541781822</v>
+        <v>0.84522330754823738</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>975.79277313</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-1.7939207599999918</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-2.179970847944146</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>