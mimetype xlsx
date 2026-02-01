--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7096FD6B-564C-4409-B915-E3A8FAB39E0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C2A28CBF-50C1-4852-B63E-BCBC7B46AB1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9AFD4B2A-4FF3-4B82-90C1-3ADB4D4763DA}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6E6E5F1F-E192-440C-BDA8-566C46391959}"/>
   </bookViews>
   <sheets>
     <sheet name="AE300000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Manufacturing</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFD39EF4-AC14-4404-9729-A572A17A92B2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3BACA9B-2239-4C41-9228-2F30A85BF6A3}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
         <v>938.18337670000005</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>939.00588125000002</v>
+        <v>939.00588130000006</v>
       </c>
       <c r="C7" s="5">
-        <v>0.82250454999996236</v>
+        <v>0.82250460000000203</v>
       </c>
       <c r="D7" s="5">
-        <v>1.0571265784241168</v>
+        <v>1.0571266429969528</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>939.38270012999999</v>
+        <v>939.38270009999997</v>
       </c>
       <c r="C8" s="5">
-        <v>0.37681887999997343</v>
+        <v>0.37681879999990997</v>
       </c>
       <c r="D8" s="5">
-        <v>0.48261893257708355</v>
+        <v>0.48261882986335713</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>942.14045443999998</v>
+        <v>942.14045439999995</v>
       </c>
       <c r="C9" s="5">
-        <v>2.7577543099999957</v>
+        <v>2.7577542999999878</v>
       </c>
       <c r="D9" s="5">
-        <v>3.5802925569470734</v>
+        <v>3.5802925438702449</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>941.07489368999995</v>
+        <v>941.07489369999996</v>
       </c>
       <c r="C10" s="5">
-        <v>-1.0655607500000315</v>
+        <v>-1.0655606999999918</v>
       </c>
       <c r="D10" s="5">
-        <v>-1.3487891538459085</v>
+        <v>-1.3487890910059197</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>942.37207580999996</v>
+        <v>942.37207579999995</v>
       </c>
       <c r="C11" s="5">
-        <v>1.2971821200000022</v>
+        <v>1.2971820999999863</v>
       </c>
       <c r="D11" s="5">
-        <v>1.6666835153923865</v>
+        <v>1.6666834894826454</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>947.24508222999998</v>
+        <v>947.24508219999996</v>
       </c>
       <c r="C12" s="5">
-        <v>4.8730064200000243</v>
+        <v>4.8730064000000084</v>
       </c>
       <c r="D12" s="5">
-        <v>6.384757147215625</v>
+        <v>6.3847571203309972</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>950.47034454000004</v>
+        <v>950.47034450000001</v>
       </c>
       <c r="C13" s="5">
-        <v>3.2252623100000619</v>
+        <v>3.225262300000054</v>
       </c>
       <c r="D13" s="5">
-        <v>4.1632547919513874</v>
+        <v>4.1632547789346219</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
         <v>950.02448000000004</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.44586454000000231</v>
+        <v>-0.44586449999997058</v>
       </c>
       <c r="D14" s="5">
-        <v>-0.56146852696051797</v>
+        <v>-0.56146847674275469</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>951.51789056999996</v>
+        <v>951.51789059999999</v>
       </c>
       <c r="C15" s="5">
-        <v>1.4934105699999236</v>
+        <v>1.4934105999999474</v>
       </c>
       <c r="D15" s="5">
-        <v>1.902759709337154</v>
+        <v>1.9027597478915359</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>950.18435280999995</v>
+        <v>950.18435280000006</v>
       </c>
       <c r="C16" s="5">
-        <v>-1.3335377600000129</v>
+        <v>-1.3335377999999309</v>
       </c>
       <c r="D16" s="5">
-        <v>-1.6688785512018467</v>
+        <v>-1.6688786008230205</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>944.56083806000004</v>
+        <v>944.56083809999996</v>
       </c>
       <c r="C17" s="5">
-        <v>-5.623514749999913</v>
+        <v>-5.6235147000001007</v>
       </c>
       <c r="D17" s="5">
-        <v>-6.8753327195296592</v>
+        <v>-6.875332660445677</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>946.73734520999994</v>
+        <v>946.73734520000005</v>
       </c>
       <c r="C18" s="5">
-        <v>2.1765071499999067</v>
+        <v>2.1765071000000944</v>
       </c>
       <c r="D18" s="5">
-        <v>2.8004174095453527</v>
+        <v>2.8004173442751634</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>946.50951049000003</v>
+        <v>946.50951050000003</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.22783471999991889</v>
+        <v>-0.22783470000001671</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.2884010904652512</v>
+        <v>-0.28840106518520647</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>944.58329828000001</v>
+        <v>944.58329830000002</v>
       </c>
       <c r="C20" s="5">
-        <v>-1.926212210000017</v>
+        <v>-1.926212200000009</v>
       </c>
       <c r="D20" s="5">
-        <v>-2.4149334949868373</v>
+        <v>-2.4149334825643742</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>936.95413805999999</v>
+        <v>936.95413810000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-7.629160220000017</v>
+        <v>-7.6291602000000012</v>
       </c>
       <c r="D21" s="5">
-        <v>-9.2729362761073908</v>
+        <v>-9.2729362526800312</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>936.90199809000001</v>
+        <v>936.90199810000001</v>
       </c>
       <c r="C22" s="5">
-        <v>-5.2139969999984714E-2</v>
+        <v>-5.2140000000008513E-2</v>
       </c>
       <c r="D22" s="5">
-        <v>-6.6757608598388973E-2</v>
+        <v>-6.675764699440867E-2</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>936.18247942999994</v>
+        <v>936.18247940000003</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.71951866000006248</v>
+        <v>-0.71951869999998053</v>
       </c>
       <c r="D23" s="5">
-        <v>-0.91768907456497573</v>
+        <v>-0.9176891253566799</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>931.40943120999998</v>
+        <v>931.40943119999997</v>
       </c>
       <c r="C24" s="5">
-        <v>-4.7730482199999642</v>
+        <v>-4.773048200000062</v>
       </c>
       <c r="D24" s="5">
-        <v>-5.9494228382983909</v>
+        <v>-5.949422814249516</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>930.57072803999995</v>
+        <v>930.57072800000003</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.8387031700000307</v>
+        <v>-0.83870319999994081</v>
       </c>
       <c r="D25" s="5">
-        <v>-1.0752245158672125</v>
+        <v>-1.0752245541485128</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>929.15990867999994</v>
+        <v>929.15990869999996</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.410819360000005</v>
+        <v>-1.4108193000000711</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.8042019198158399</v>
+        <v>-1.8042018438016227</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>922.21374887000002</v>
+        <v>922.21374890000004</v>
       </c>
       <c r="C27" s="5">
-        <v>-6.9461598099999264</v>
+        <v>-6.9461597999999185</v>
       </c>
       <c r="D27" s="5">
-        <v>-8.6110768365481931</v>
+        <v>-8.6110768244786584</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>923.64815405000002</v>
+        <v>923.64815410000006</v>
       </c>
       <c r="C28" s="5">
-        <v>1.4344051799999988</v>
+        <v>1.4344052000000147</v>
       </c>
       <c r="D28" s="5">
-        <v>1.8825221969598793</v>
+        <v>1.8825222233710637</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>921.02817794999999</v>
+        <v>921.02817800000003</v>
       </c>
       <c r="C29" s="5">
         <v>-2.6199761000000308</v>
       </c>
       <c r="D29" s="5">
-        <v>-3.3512576379560288</v>
+        <v>-3.3512576377774494</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.4913863842092931</v>
+        <v>-2.49138638304508</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>922.81950193</v>
+        <v>922.81950189999998</v>
       </c>
       <c r="C30" s="5">
-        <v>1.7913239800000156</v>
+        <v>1.7913238999999521</v>
       </c>
       <c r="D30" s="5">
-        <v>2.3590296237307573</v>
+        <v>2.3590295171181497</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>921.17863422000005</v>
+        <v>921.17863420000003</v>
       </c>
       <c r="C31" s="5">
-        <v>-1.6408677099999522</v>
+        <v>-1.6408676999999443</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.1129793640538241</v>
+        <v>-2.112979351370381</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>918.08379153999999</v>
+        <v>918.08379149999996</v>
       </c>
       <c r="C32" s="5">
-        <v>-3.0948426800000561</v>
+        <v>-3.094842700000072</v>
       </c>
       <c r="D32" s="5">
-        <v>-3.957918284214379</v>
+        <v>-3.9579183094054615</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
         <v>922.77263159999995</v>
       </c>
       <c r="C33" s="5">
-        <v>4.6888400599999613</v>
+        <v>4.6888400999999931</v>
       </c>
       <c r="D33" s="5">
-        <v>6.3037591830957806</v>
+        <v>6.3037592386742336</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>926.51196560999995</v>
+        <v>926.51196560000005</v>
       </c>
       <c r="C34" s="5">
-        <v>3.7393340099999932</v>
+        <v>3.739334000000099</v>
       </c>
       <c r="D34" s="5">
-        <v>4.9725930550271968</v>
+        <v>4.9725930414316721</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
         <v>926.67079950000004</v>
       </c>
       <c r="C35" s="5">
-        <v>0.15883389000009629</v>
+        <v>0.15883389999999054</v>
       </c>
       <c r="D35" s="5">
-        <v>0.20591259553515151</v>
+        <v>0.20591260851323678</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>928.61050287</v>
+        <v>928.61050290000003</v>
       </c>
       <c r="C36" s="5">
-        <v>1.9397033699999611</v>
+        <v>1.9397033999999849</v>
       </c>
       <c r="D36" s="5">
-        <v>2.5409553010344199</v>
+        <v>2.5409553407869767</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>927.70264091000001</v>
+        <v>927.70264090000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.90786195999999109</v>
+        <v>-0.90786200000002282</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.1668997807148696</v>
+        <v>-1.166899831814372</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>926.65195083000003</v>
+        <v>926.65195080000001</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.0506900799999812</v>
+        <v>-1.0506900999999971</v>
       </c>
       <c r="D38" s="5">
-        <v>-1.3506523890232103</v>
+        <v>-1.350652414587572</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>931.99786397000003</v>
+        <v>931.99786400000005</v>
       </c>
       <c r="C39" s="5">
-        <v>5.3459131399999933</v>
+        <v>5.3459132000000409</v>
       </c>
       <c r="D39" s="5">
-        <v>7.1468163890867409</v>
+        <v>7.146816472100137</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>932.57921806000002</v>
+        <v>932.57921810000005</v>
       </c>
       <c r="C40" s="5">
-        <v>0.58135408999999072</v>
+        <v>0.58135409999999865</v>
       </c>
       <c r="D40" s="5">
-        <v>0.75109964515731598</v>
+        <v>0.75109965809709855</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>934.15259207999998</v>
+        <v>934.15259209999999</v>
       </c>
       <c r="C41" s="5">
-        <v>1.5733740199999602</v>
+        <v>1.5733739999999443</v>
       </c>
       <c r="D41" s="5">
-        <v>2.0434373886861312</v>
+        <v>2.04343736238084</v>
       </c>
       <c r="E41" s="5">
-        <v>1.4249742238301444</v>
+        <v>1.4249742204955673</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
         <v>932.58274889999996</v>
       </c>
       <c r="C42" s="5">
-        <v>-1.5698431800000208</v>
+        <v>-1.5698432000000366</v>
       </c>
       <c r="D42" s="5">
-        <v>-1.9980647691879128</v>
+        <v>-1.9980647943663055</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>937.08983318000003</v>
+        <v>937.08983320000004</v>
       </c>
       <c r="C43" s="5">
-        <v>4.5070842800000719</v>
+        <v>4.5070843000000878</v>
       </c>
       <c r="D43" s="5">
-        <v>5.9561532364381664</v>
+        <v>5.9561532635747039</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>939.06000302999996</v>
+        <v>939.06000300000005</v>
       </c>
       <c r="C44" s="5">
-        <v>1.9701698499999338</v>
+        <v>1.9701698000000079</v>
       </c>
       <c r="D44" s="5">
-        <v>2.5523001554188518</v>
+        <v>2.5523000898393544</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>934.42646357000001</v>
+        <v>934.42646360000003</v>
       </c>
       <c r="C45" s="5">
-        <v>-4.6335394599999518</v>
+        <v>-4.6335394000000178</v>
       </c>
       <c r="D45" s="5">
-        <v>-5.763003779930564</v>
+        <v>-5.7630037074978047</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>937.46395869000003</v>
+        <v>937.46395870000003</v>
       </c>
       <c r="C46" s="5">
-        <v>3.0374951200000169</v>
+        <v>3.037495100000001</v>
       </c>
       <c r="D46" s="5">
-        <v>3.9712839262469934</v>
+        <v>3.9712838994997668</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>939.34244751000006</v>
+        <v>939.34244750000005</v>
       </c>
       <c r="C47" s="5">
-        <v>1.8784888200000296</v>
+        <v>1.8784888000000137</v>
       </c>
       <c r="D47" s="5">
-        <v>2.4312363099782575</v>
+        <v>2.4312362837812795</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>940.57483243000001</v>
+        <v>940.57483239999999</v>
       </c>
       <c r="C48" s="5">
-        <v>1.2323849199999586</v>
+        <v>1.2323848999999427</v>
       </c>
       <c r="D48" s="5">
-        <v>1.5857687477321303</v>
+        <v>1.5857687218283179</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>941.43874885000002</v>
+        <v>941.43874889999995</v>
       </c>
       <c r="C49" s="5">
-        <v>0.86391642000000957</v>
+        <v>0.86391649999995934</v>
       </c>
       <c r="D49" s="5">
-        <v>1.1077831065152699</v>
+        <v>1.1077832096517914</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>944.28409762000001</v>
+        <v>944.2840976</v>
       </c>
       <c r="C50" s="5">
-        <v>2.8453487699999869</v>
+        <v>2.845348700000045</v>
       </c>
       <c r="D50" s="5">
-        <v>3.687708507388332</v>
+        <v>3.6877084149527173</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>945.86822217999998</v>
+        <v>945.86822219999999</v>
       </c>
       <c r="C51" s="5">
-        <v>1.5841245599999638</v>
+        <v>1.5841245999999956</v>
       </c>
       <c r="D51" s="5">
-        <v>2.0317905791303437</v>
+        <v>2.0317906309518463</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>946.98646693000001</v>
+        <v>946.98646689999998</v>
       </c>
       <c r="C52" s="5">
-        <v>1.1182447500000308</v>
+        <v>1.1182446999999911</v>
       </c>
       <c r="D52" s="5">
-        <v>1.4279511449640125</v>
+        <v>1.427951080669887</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>948.91740416000005</v>
+        <v>948.91740419999996</v>
       </c>
       <c r="C53" s="5">
-        <v>1.9309372300000405</v>
+        <v>1.9309372999999823</v>
       </c>
       <c r="D53" s="5">
-        <v>2.4744682354213454</v>
+        <v>2.4744683262129641</v>
       </c>
       <c r="E53" s="5">
-        <v>1.5805567746832949</v>
+        <v>1.5805567767904316</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>949.06819279000001</v>
+        <v>949.06819280000002</v>
       </c>
       <c r="C54" s="5">
-        <v>0.15078862999996545</v>
+        <v>0.15078860000005534</v>
       </c>
       <c r="D54" s="5">
-        <v>0.19085389624082794</v>
+        <v>0.19085385822881218</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>948.89931247000004</v>
+        <v>948.89931249999995</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.16888031999997111</v>
+        <v>-0.16888030000006893</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.21332309494650481</v>
+        <v>-0.21332306970592851</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>951.45790413999998</v>
+        <v>951.45790409999995</v>
       </c>
       <c r="C56" s="5">
-        <v>2.5585916699999416</v>
+        <v>2.5585915999999997</v>
       </c>
       <c r="D56" s="5">
-        <v>3.2840730847161215</v>
+        <v>3.284072993425835</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
         <v>957.01150919999998</v>
       </c>
       <c r="C57" s="5">
-        <v>5.5536050599999953</v>
+        <v>5.5536051000000271</v>
       </c>
       <c r="D57" s="5">
-        <v>7.2336253079689605</v>
+        <v>7.2336253620671753</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>960.82170592</v>
+        <v>960.82170589999998</v>
       </c>
       <c r="C58" s="5">
-        <v>3.8101967200000217</v>
+        <v>3.8101967000000059</v>
       </c>
       <c r="D58" s="5">
-        <v>4.883637111581618</v>
+        <v>4.8836370853831301</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>962.97505013</v>
+        <v>962.97505009999998</v>
       </c>
       <c r="C59" s="5">
-        <v>2.1533442100000002</v>
+        <v>2.1533441999999923</v>
       </c>
       <c r="D59" s="5">
-        <v>2.7227773375092967</v>
+        <v>2.7227773247658016</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>966.90619457000003</v>
+        <v>966.90619460000005</v>
       </c>
       <c r="C60" s="5">
-        <v>3.9311444400000255</v>
+        <v>3.9311445000000731</v>
       </c>
       <c r="D60" s="5">
-        <v>5.010249473400652</v>
+        <v>5.0102495517553747</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>970.89816739000003</v>
+        <v>970.89816740000003</v>
       </c>
       <c r="C61" s="5">
-        <v>3.9919728200000009</v>
+        <v>3.991972799999985</v>
       </c>
       <c r="D61" s="5">
-        <v>5.0683869935246761</v>
+        <v>5.0683869673917803</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
         <v>974.07025039999996</v>
       </c>
       <c r="C62" s="5">
-        <v>3.1720830099999375</v>
+        <v>3.1720829999999296</v>
       </c>
       <c r="D62" s="5">
-        <v>3.9918198180077802</v>
+        <v>3.9918198051545728</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>975.60766267999998</v>
+        <v>975.60766269999999</v>
       </c>
       <c r="C63" s="5">
-        <v>1.5374122800000123</v>
+        <v>1.5374123000000282</v>
       </c>
       <c r="D63" s="5">
-        <v>1.9105342419092342</v>
+        <v>1.9105342669790915</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
         <v>978.99257829999999</v>
       </c>
       <c r="C64" s="5">
-        <v>3.3849156200000152</v>
+        <v>3.3849155999999994</v>
       </c>
       <c r="D64" s="5">
-        <v>4.2438303450642589</v>
+        <v>4.2438303194200389</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>981.49125016999994</v>
+        <v>981.49125019999997</v>
       </c>
       <c r="C65" s="5">
-        <v>2.4986718699999528</v>
+        <v>2.4986718999999766</v>
       </c>
       <c r="D65" s="5">
-        <v>3.1061081153195058</v>
+        <v>3.1061081531378987</v>
       </c>
       <c r="E65" s="5">
-        <v>3.4327377564367545</v>
+        <v>3.4327377552382243</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>985.71522634999997</v>
+        <v>985.71522640000001</v>
       </c>
       <c r="C66" s="5">
-        <v>4.2239761800000224</v>
+        <v>4.2239762000000383</v>
       </c>
       <c r="D66" s="5">
-        <v>5.2883680814106659</v>
+        <v>5.2883681068805588</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>988.74409775000004</v>
+        <v>988.74409779999996</v>
       </c>
       <c r="C67" s="5">
-        <v>3.0288714000000709</v>
+        <v>3.0288713999999572</v>
       </c>
       <c r="D67" s="5">
-        <v>3.7502773452528837</v>
+        <v>3.7502773450591498</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
         <v>989.65366730000005</v>
       </c>
       <c r="C68" s="5">
-        <v>0.90956955000001471</v>
+        <v>0.90956950000008874</v>
       </c>
       <c r="D68" s="5">
-        <v>1.1095114322724919</v>
+        <v>1.1095113709164162</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>991.90335386000004</v>
+        <v>991.90335389999996</v>
       </c>
       <c r="C69" s="5">
-        <v>2.2496865599999865</v>
+        <v>2.2496865999999045</v>
       </c>
       <c r="D69" s="5">
-        <v>2.7622121093307861</v>
+        <v>2.7622121590592075</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>991.46281322000004</v>
+        <v>991.46281320000003</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.44054063999999471</v>
+        <v>-0.44054069999992862</v>
       </c>
       <c r="D70" s="5">
-        <v>-0.5316640156565966</v>
+        <v>-0.53166408786894381</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>993.65619190999996</v>
+        <v>993.65619189999995</v>
       </c>
       <c r="C71" s="5">
-        <v>2.1933786899999177</v>
+        <v>2.1933786999999256</v>
       </c>
       <c r="D71" s="5">
-        <v>2.6872588139229325</v>
+        <v>2.6872588263787467</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>990.18351685000005</v>
+        <v>990.18351689999997</v>
       </c>
       <c r="C72" s="5">
-        <v>-3.472675059999915</v>
+        <v>-3.4726749999999811</v>
       </c>
       <c r="D72" s="5">
-        <v>-4.114134527764679</v>
+        <v>-4.1141344580830967</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>994.25712326999997</v>
+        <v>994.25712329999999</v>
       </c>
       <c r="C73" s="5">
-        <v>4.0736064199999191</v>
+        <v>4.0736064000000169</v>
       </c>
       <c r="D73" s="5">
-        <v>5.0500402308510939</v>
+        <v>5.0500402052328086</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>997.18415075999997</v>
+        <v>997.1841508</v>
       </c>
       <c r="C74" s="5">
-        <v>2.9270274900000004</v>
+        <v>2.9270275000000083</v>
       </c>
       <c r="D74" s="5">
-        <v>3.5904865583723744</v>
+        <v>3.5904865707282241</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>999.04314574</v>
+        <v>999.04314569999997</v>
       </c>
       <c r="C75" s="5">
-        <v>1.858994980000034</v>
+        <v>1.8589948999999706</v>
       </c>
       <c r="D75" s="5">
-        <v>2.2601741189910207</v>
+        <v>2.2601740206356746</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1001.2263865</v>
+        <v>1001.226387</v>
       </c>
       <c r="C76" s="5">
-        <v>2.1832407599999897</v>
+        <v>2.183241300000077</v>
       </c>
       <c r="D76" s="5">
-        <v>2.6541483549445521</v>
+        <v>2.6541490194364359</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1005.4637373</v>
+        <v>1005.463737</v>
       </c>
       <c r="C77" s="5">
-        <v>4.2373508000000584</v>
+        <v>4.2373499999999922</v>
       </c>
       <c r="D77" s="5">
-        <v>5.1984901032143593</v>
+        <v>5.1984890961399133</v>
       </c>
       <c r="E77" s="5">
-        <v>2.4424555110244661</v>
+        <v>2.4424554773275098</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1005.5662409</v>
+        <v>1005.566241</v>
       </c>
       <c r="C78" s="5">
-        <v>0.10250359999997727</v>
+        <v>0.10250399999995352</v>
       </c>
       <c r="D78" s="5">
-        <v>0.12240452655598588</v>
+        <v>0.12240500451987657</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1007.6970133</v>
+        <v>1007.697013</v>
       </c>
       <c r="C79" s="5">
-        <v>2.1307723999999553</v>
+        <v>2.130771999999979</v>
       </c>
       <c r="D79" s="5">
-        <v>2.5726179466436738</v>
+        <v>2.5726174577969774</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1009.0429878</v>
+        <v>1009.042988</v>
       </c>
       <c r="C80" s="5">
-        <v>1.3459745000000112</v>
+        <v>1.3459750000000668</v>
       </c>
       <c r="D80" s="5">
-        <v>1.6146598729892325</v>
+        <v>1.6146604776974716</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1010.3050585</v>
+        <v>1010.305059</v>
       </c>
       <c r="C81" s="5">
-        <v>1.2620706999999811</v>
+        <v>1.2620709999999917</v>
       </c>
       <c r="D81" s="5">
-        <v>1.5112803239951011</v>
+        <v>1.5112806854066019</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1012.7244122</v>
+        <v>1012.724412</v>
       </c>
       <c r="C82" s="5">
-        <v>2.4193536999999878</v>
+        <v>2.419353000000001</v>
       </c>
       <c r="D82" s="5">
-        <v>2.9117629820013313</v>
+        <v>2.9117621269441285</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1012.7494895</v>
+        <v>1012.74949</v>
       </c>
       <c r="C83" s="5">
-        <v>2.5077300000020841E-2</v>
+        <v>2.5078000000007705E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>2.9718705675851886E-2</v>
+        <v>2.9719535353511795E-2</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1017.0277199</v>
+        <v>1017.02772</v>
       </c>
       <c r="C84" s="5">
-        <v>4.278230399999984</v>
+        <v>4.2782300000000077</v>
       </c>
       <c r="D84" s="5">
-        <v>5.1886996190702028</v>
+        <v>5.1886991199964427</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1020.6783695</v>
+        <v>1020.67837</v>
       </c>
       <c r="C85" s="5">
-        <v>3.6506496000000652</v>
+        <v>3.6506499999999278</v>
       </c>
       <c r="D85" s="5">
-        <v>4.393498610736235</v>
+        <v>4.3934991012325675</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
         <v>1020.925311</v>
       </c>
       <c r="C86" s="5">
-        <v>0.24694149999993442</v>
+        <v>0.24694099999999253</v>
       </c>
       <c r="D86" s="5">
-        <v>0.29071296300553495</v>
+        <v>0.2907123734523509</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1022.1954494</v>
+        <v>1022.1954490000001</v>
       </c>
       <c r="C87" s="5">
-        <v>1.2701384000000644</v>
+        <v>1.2701380000000881</v>
       </c>
       <c r="D87" s="5">
-        <v>1.5031840825445952</v>
+        <v>1.5031836059083981</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1025.6741079000001</v>
+        <v>1025.6741079999999</v>
       </c>
       <c r="C88" s="5">
-        <v>3.4786585000000514</v>
+        <v>3.4786589999998796</v>
       </c>
       <c r="D88" s="5">
-        <v>4.1610595906704129</v>
+        <v>4.161060201651634</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1025.6997789</v>
+        <v>1025.699779</v>
       </c>
       <c r="C89" s="5">
-        <v>2.5670999999874766E-2</v>
+        <v>2.567100000010214E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>3.0038235972007499E-2</v>
+        <v>3.0038235969342963E-2</v>
       </c>
       <c r="E89" s="5">
-        <v>2.0126077996945213</v>
+        <v>2.0126078400776848</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1028.0014203000001</v>
+        <v>1028.0014200000001</v>
       </c>
       <c r="C90" s="5">
-        <v>2.3016414000001078</v>
+        <v>2.3016410000000178</v>
       </c>
       <c r="D90" s="5">
-        <v>2.7262497319164192</v>
+        <v>2.7262492519922299</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1031.0933152</v>
+        <v>1031.0933150000001</v>
       </c>
       <c r="C91" s="5">
-        <v>3.0918948999999429</v>
+        <v>3.0918950000000223</v>
       </c>
       <c r="D91" s="5">
-        <v>3.6695178382367244</v>
+        <v>3.6695179599774086</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1035.5239200999999</v>
+        <v>1035.5239200000001</v>
       </c>
       <c r="C92" s="5">
-        <v>4.4306048999999348</v>
+        <v>4.4306050000000141</v>
       </c>
       <c r="D92" s="5">
-        <v>5.2800225153614155</v>
+        <v>5.2800226384120075</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1038.4099647</v>
+        <v>1038.4099650000001</v>
       </c>
       <c r="C93" s="5">
-        <v>2.8860446000001048</v>
+        <v>2.8860449999999673</v>
       </c>
       <c r="D93" s="5">
-        <v>3.3961910025628317</v>
+        <v>3.3961914808397387</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1042.7796112000001</v>
+        <v>1042.7796109999999</v>
       </c>
       <c r="C94" s="5">
-        <v>4.3696465000000444</v>
+        <v>4.3696459999998751</v>
       </c>
       <c r="D94" s="5">
-        <v>5.168143855841989</v>
+        <v>5.1681432491917922</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1044.2581484</v>
+        <v>1044.2581479999999</v>
       </c>
       <c r="C95" s="5">
-        <v>1.4785371999998915</v>
+        <v>1.4785369999999602</v>
       </c>
       <c r="D95" s="5">
-        <v>1.714788431046621</v>
+        <v>1.7147881976086632</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1040.8121191</v>
+        <v>1040.8121189999999</v>
       </c>
       <c r="C96" s="5">
-        <v>-3.4460292999999638</v>
+        <v>-3.4460289999999532</v>
       </c>
       <c r="D96" s="5">
-        <v>-3.8888857426961687</v>
+        <v>-3.8888854117260396</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1046.6224205999999</v>
+        <v>1046.622421</v>
       </c>
       <c r="C97" s="5">
-        <v>5.8103014999999232</v>
+        <v>5.8103020000000924</v>
       </c>
       <c r="D97" s="5">
-        <v>6.9085209588372498</v>
+        <v>6.9085215723990512</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1051.1241187999999</v>
+        <v>1051.1241190000001</v>
       </c>
       <c r="C98" s="5">
-        <v>4.5016981999999643</v>
+        <v>4.5016980000000331</v>
       </c>
       <c r="D98" s="5">
-        <v>5.2852687454735259</v>
+        <v>5.2852685030111424</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
         <v>1056.445207</v>
       </c>
       <c r="C99" s="5">
-        <v>5.3210882000000765</v>
+        <v>5.3210879999999179</v>
       </c>
       <c r="D99" s="5">
-        <v>6.2467632398784945</v>
+        <v>6.2467629972881911</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1059.0448223000001</v>
+        <v>1059.0448220000001</v>
       </c>
       <c r="C100" s="5">
-        <v>2.5996153000000959</v>
+        <v>2.5996150000000853</v>
       </c>
       <c r="D100" s="5">
-        <v>2.9931569239943334</v>
+        <v>2.993156573890654</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1062.8643767000001</v>
+        <v>1062.8643770000001</v>
       </c>
       <c r="C101" s="5">
-        <v>3.8195544000000154</v>
+        <v>3.8195550000000367</v>
       </c>
       <c r="D101" s="5">
-        <v>4.4148143730103229</v>
+        <v>4.4148150816072818</v>
       </c>
       <c r="E101" s="5">
-        <v>3.6233407245009674</v>
+        <v>3.6233407436465859</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1068.1772765000001</v>
+        <v>1068.177277</v>
       </c>
       <c r="C102" s="5">
-        <v>5.3128997999999683</v>
+        <v>5.3128999999998996</v>
       </c>
       <c r="D102" s="5">
-        <v>6.1660850843513471</v>
+        <v>6.1660853210987909</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1069.2839323999999</v>
+        <v>1069.283932</v>
       </c>
       <c r="C103" s="5">
-        <v>1.1066558999998506</v>
+        <v>1.1066550000000461</v>
       </c>
       <c r="D103" s="5">
-        <v>1.2503358184160707</v>
+        <v>1.2503347951774657</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1072.4962622</v>
+        <v>1072.4962619999999</v>
       </c>
       <c r="C104" s="5">
-        <v>3.2123298000001341</v>
+        <v>3.212329999999838</v>
       </c>
       <c r="D104" s="5">
-        <v>3.6651919194691462</v>
+        <v>3.6651921528414677</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1075.7920813999999</v>
+        <v>1075.7920810000001</v>
       </c>
       <c r="C105" s="5">
-        <v>3.2958191999998689</v>
+        <v>3.295819000000165</v>
       </c>
       <c r="D105" s="5">
-        <v>3.7506130258244674</v>
+        <v>3.7506127950773349</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1078.3539192000001</v>
+        <v>1078.3539189999999</v>
       </c>
       <c r="C106" s="5">
-        <v>2.5618378000001485</v>
+        <v>2.5618379999998524</v>
       </c>
       <c r="D106" s="5">
-        <v>2.8953465288902747</v>
+        <v>2.8953467589858617</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1080.0285217999999</v>
+        <v>1080.0285220000001</v>
       </c>
       <c r="C107" s="5">
-        <v>1.6746025999998437</v>
+        <v>1.674603000000161</v>
       </c>
       <c r="D107" s="5">
-        <v>1.8795088994044473</v>
+        <v>1.8795093525423745</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1082.2307882</v>
+        <v>1082.2307880000001</v>
       </c>
       <c r="C108" s="5">
-        <v>2.2022664000000987</v>
+        <v>2.2022660000000087</v>
       </c>
       <c r="D108" s="5">
-        <v>2.474527263120474</v>
+        <v>2.474526808153632</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1084.0344705</v>
+        <v>1084.0344709999999</v>
       </c>
       <c r="C109" s="5">
-        <v>1.8036822999999913</v>
+        <v>1.8036829999998645</v>
       </c>
       <c r="D109" s="5">
-        <v>2.0183952736638977</v>
+        <v>2.0183960645633992</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1084.2304225</v>
+        <v>1084.230423</v>
       </c>
       <c r="C110" s="5">
         <v>0.19595200000003388</v>
       </c>
       <c r="D110" s="5">
-        <v>0.21712991929203618</v>
+        <v>0.21712991919164981</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1083.0319695000001</v>
+        <v>1083.03197</v>
       </c>
       <c r="C111" s="5">
         <v>-1.1984529999999722</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.3183845666512095</v>
+        <v>-1.3183845660468263</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1080.4587505</v>
+        <v>1080.4587509999999</v>
       </c>
       <c r="C112" s="5">
         <v>-2.5732190000001083</v>
       </c>
       <c r="D112" s="5">
-        <v>-2.8141639256317075</v>
+        <v>-2.8141639243494221</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1080.2908778999999</v>
+        <v>1080.290878</v>
       </c>
       <c r="C113" s="5">
-        <v>-0.1678726000000097</v>
+        <v>-0.16787299999987226</v>
       </c>
       <c r="D113" s="5">
-        <v>-0.18628667096105556</v>
+        <v>-0.1862871143717526</v>
       </c>
       <c r="E113" s="5">
-        <v>1.6395790076346284</v>
+        <v>1.639578988354784</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1074.2080529</v>
+        <v>1074.2080530000001</v>
       </c>
       <c r="C114" s="5">
         <v>-6.0828249999999571</v>
       </c>
       <c r="D114" s="5">
-        <v>-6.5514990883869366</v>
+        <v>-6.5514990877992396</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1072.3150567</v>
+        <v>1072.315057</v>
       </c>
       <c r="C115" s="5">
-        <v>-1.8929961999999705</v>
+        <v>-1.8929960000000392</v>
       </c>
       <c r="D115" s="5">
-        <v>-2.0942939403853056</v>
+        <v>-2.094293721064755</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1071.2417362000001</v>
+        <v>1071.2417359999999</v>
       </c>
       <c r="C116" s="5">
-        <v>-1.0733204999999089</v>
+        <v>-1.0733210000000781</v>
       </c>
       <c r="D116" s="5">
-        <v>-1.1945347952615815</v>
+        <v>-1.194535348336534</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1064.8331112000001</v>
+        <v>1064.8331109999999</v>
       </c>
       <c r="C117" s="5">
         <v>-6.4086250000000291</v>
       </c>
       <c r="D117" s="5">
-        <v>-6.9473492012995797</v>
+        <v>-6.9473492025542321</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1063.0355394999999</v>
+        <v>1063.0355400000001</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.7975717000001623</v>
+        <v>-1.7975709999998344</v>
       </c>
       <c r="D118" s="5">
-        <v>-2.0070473165832103</v>
+        <v>-2.0070465426259343</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
         <v>1061.53639</v>
       </c>
       <c r="C119" s="5">
-        <v>-1.4991494999999304</v>
+        <v>-1.4991500000000997</v>
       </c>
       <c r="D119" s="5">
-        <v>-1.6792394299562474</v>
+        <v>-1.6792399848999162</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1063.8199973000001</v>
+        <v>1063.8199970000001</v>
       </c>
       <c r="C120" s="5">
-        <v>2.2836073000000852</v>
+        <v>2.2836070000000745</v>
       </c>
       <c r="D120" s="5">
-        <v>2.6122376162040606</v>
+        <v>2.6122372689610263</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1063.6681656000001</v>
+        <v>1063.6681659999999</v>
       </c>
       <c r="C121" s="5">
-        <v>-0.15183170000000246</v>
+        <v>-0.15183100000012928</v>
       </c>
       <c r="D121" s="5">
-        <v>-0.17113335638573313</v>
+        <v>-0.17113256806560173</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1063.2433682000001</v>
+        <v>1063.2433679999999</v>
       </c>
       <c r="C122" s="5">
-        <v>-0.42479739999998856</v>
+        <v>-0.42479800000000978</v>
       </c>
       <c r="D122" s="5">
-        <v>-0.47819299873771426</v>
+        <v>-0.47819367249342104</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1063.9708343</v>
+        <v>1063.970834</v>
       </c>
       <c r="C123" s="5">
-        <v>0.72746609999990142</v>
+        <v>0.72746600000004946</v>
       </c>
       <c r="D123" s="5">
-        <v>0.82413101299083635</v>
+        <v>0.82413089943222939</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1065.1037266000001</v>
+        <v>1065.1037269999999</v>
       </c>
       <c r="C124" s="5">
-        <v>1.1328923000000941</v>
+        <v>1.1328929999999673</v>
       </c>
       <c r="D124" s="5">
-        <v>1.2852424877822788</v>
+        <v>1.2852432869382868</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1067.1927591000001</v>
+        <v>1067.192759</v>
       </c>
       <c r="C125" s="5">
-        <v>2.0890325000000303</v>
+        <v>2.0890320000000884</v>
       </c>
       <c r="D125" s="5">
-        <v>2.3791662176705808</v>
+        <v>2.3791656411686013</v>
       </c>
       <c r="E125" s="5">
-        <v>-1.212462223643096</v>
+        <v>-1.2124622420444098</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1069.3384225</v>
+        <v>1069.3384229999999</v>
       </c>
       <c r="C126" s="5">
-        <v>2.1456633999998758</v>
+        <v>2.145663999999897</v>
       </c>
       <c r="D126" s="5">
-        <v>2.4395407056283513</v>
+        <v>2.4395413955986101</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1071.2158023</v>
+        <v>1071.2158019999999</v>
       </c>
       <c r="C127" s="5">
-        <v>1.8773797999999715</v>
+        <v>1.877379000000019</v>
       </c>
       <c r="D127" s="5">
-        <v>2.1272379425475219</v>
+        <v>2.1272370263015761</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1073.0146703</v>
+        <v>1073.01467</v>
       </c>
       <c r="C128" s="5">
         <v>1.7988680000000841</v>
       </c>
       <c r="D128" s="5">
-        <v>2.0338487190397769</v>
+        <v>2.0338487196146504</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
         <v>1071.8508420000001</v>
       </c>
       <c r="C129" s="5">
-        <v>-1.1638282999999774</v>
+        <v>-1.1638279999999668</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.2938244767538798</v>
+        <v>-1.2938241455914157</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1072.6100597</v>
+        <v>1072.61006</v>
       </c>
       <c r="C130" s="5">
-        <v>0.75921769999990829</v>
+        <v>0.7592179999999189</v>
       </c>
       <c r="D130" s="5">
-        <v>0.85330802924881155</v>
+        <v>0.85330836774291097</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1074.5856147</v>
+        <v>1074.585615</v>
       </c>
       <c r="C131" s="5">
         <v>1.9755549999999857</v>
       </c>
       <c r="D131" s="5">
-        <v>2.2327116014838166</v>
+        <v>2.2327116008530101</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1072.5019640999999</v>
+        <v>1072.501964</v>
       </c>
       <c r="C132" s="5">
-        <v>-2.0836506000000554</v>
+        <v>-2.083650999999918</v>
       </c>
       <c r="D132" s="5">
-        <v>-2.3021773283019131</v>
+        <v>-2.3021777649140263</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1071.8990484999999</v>
+        <v>1071.8990490000001</v>
       </c>
       <c r="C133" s="5">
-        <v>-0.60291559999996025</v>
+        <v>-0.60291499999993903</v>
       </c>
       <c r="D133" s="5">
-        <v>-0.67250780622021278</v>
+        <v>-0.67250713909497994</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1072.1817481999999</v>
+        <v>1072.181748</v>
       </c>
       <c r="C134" s="5">
-        <v>0.28269969999996647</v>
+        <v>0.28269899999986592</v>
       </c>
       <c r="D134" s="5">
-        <v>0.31694417402230446</v>
+        <v>0.31694338794172605</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
         <v>1071.488251</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.69349719999991066</v>
+        <v>-0.69349699999997938</v>
       </c>
       <c r="D135" s="5">
-        <v>-0.77341599577809284</v>
+        <v>-0.77341577366680792</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1072.2270564999999</v>
+        <v>1072.2270570000001</v>
       </c>
       <c r="C136" s="5">
-        <v>0.73880549999989853</v>
+        <v>0.7388060000000678</v>
       </c>
       <c r="D136" s="5">
-        <v>0.83056112482213784</v>
+        <v>0.83056168905284444</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
         <v>1070.996063</v>
       </c>
       <c r="C137" s="5">
-        <v>-1.2309934999998404</v>
+        <v>-1.2309940000000097</v>
       </c>
       <c r="D137" s="5">
-        <v>-1.3690199487359611</v>
+        <v>-1.3690205006583578</v>
       </c>
       <c r="E137" s="5">
-        <v>0.35638396789792193</v>
+        <v>0.35638397730171079</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1066.2088183999999</v>
+        <v>1066.2088180000001</v>
       </c>
       <c r="C138" s="5">
-        <v>-4.7872446000001219</v>
+        <v>-4.7872449999999844</v>
       </c>
       <c r="D138" s="5">
-        <v>-5.2339563815865127</v>
+        <v>-5.2339568082167442</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1062.6676127000001</v>
+        <v>1062.6676130000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-3.541205699999864</v>
+        <v>-3.5412049999999908</v>
       </c>
       <c r="D139" s="5">
-        <v>-3.9135620999533827</v>
+        <v>-3.9135613418668225</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1057.4395936999999</v>
+        <v>1057.4395939999999</v>
       </c>
       <c r="C140" s="5">
         <v>-5.2280190000001312</v>
       </c>
       <c r="D140" s="5">
-        <v>-5.7465021543979145</v>
+        <v>-5.7465021528192555</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1051.1594680999999</v>
+        <v>1051.1594680000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-6.2801256000000194</v>
+        <v>-6.280125999999882</v>
       </c>
       <c r="D141" s="5">
-        <v>-6.8985455134388696</v>
+        <v>-6.8985459366823099</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1043.7790494999999</v>
+        <v>1043.7790500000001</v>
       </c>
       <c r="C142" s="5">
-        <v>-7.3804185999999845</v>
+        <v>-7.3804179999999633</v>
       </c>
       <c r="D142" s="5">
-        <v>-8.1075927111975421</v>
+        <v>-8.1075920780644513</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1036.4594397000001</v>
+        <v>1036.4594400000001</v>
       </c>
       <c r="C143" s="5">
-        <v>-7.3196097999998528</v>
+        <v>-7.3196100000000115</v>
       </c>
       <c r="D143" s="5">
-        <v>-8.0980283058788682</v>
+        <v>-8.0980285149541249</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1026.6290034000001</v>
+        <v>1026.629003</v>
       </c>
       <c r="C144" s="5">
-        <v>-9.8304362999999739</v>
+        <v>-9.8304370000000745</v>
       </c>
       <c r="D144" s="5">
-        <v>-10.806210209729217</v>
+        <v>-10.806210936556948</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
         <v>1022.129557</v>
       </c>
       <c r="C145" s="5">
-        <v>-4.4994464000001244</v>
+        <v>-4.4994460000000345</v>
       </c>
       <c r="D145" s="5">
-        <v>-5.1343446584610763</v>
+        <v>-5.1343442149169753</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1011.9547181</v>
+        <v>1011.954718</v>
       </c>
       <c r="C146" s="5">
-        <v>-10.174838899999941</v>
+        <v>-10.17483900000002</v>
       </c>
       <c r="D146" s="5">
-        <v>-11.312667820903021</v>
+        <v>-11.312667926070574</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
         <v>1002.922142</v>
       </c>
       <c r="C147" s="5">
-        <v>-9.0325761000000284</v>
+        <v>-9.0325759999999491</v>
       </c>
       <c r="D147" s="5">
-        <v>-10.200549399962966</v>
+        <v>-10.20054929347658</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>993.27527611999994</v>
+        <v>993.27527610000004</v>
       </c>
       <c r="C148" s="5">
-        <v>-9.646865880000064</v>
+        <v>-9.6468658999999661</v>
       </c>
       <c r="D148" s="5">
-        <v>-10.951036043447582</v>
+        <v>-10.951036064963892</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>985.08590378999997</v>
+        <v>985.08590379999998</v>
       </c>
       <c r="C149" s="5">
-        <v>-8.1893723299999692</v>
+        <v>-8.1893723000000591</v>
       </c>
       <c r="D149" s="5">
-        <v>-9.4572358733198687</v>
+        <v>-9.4572358404129915</v>
       </c>
       <c r="E149" s="5">
-        <v>-8.0215196094516443</v>
+        <v>-8.0215196085179343</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>978.84460784999999</v>
+        <v>978.84460779999995</v>
       </c>
       <c r="C150" s="5">
-        <v>-6.2412959399999863</v>
+        <v>-6.2412960000000339</v>
       </c>
       <c r="D150" s="5">
-        <v>-7.3435239295523864</v>
+        <v>-7.3435239976350815</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>971.44138870999996</v>
+        <v>971.44138869999995</v>
       </c>
       <c r="C151" s="5">
-        <v>-7.4032191400000329</v>
+        <v>-7.4032191000000012</v>
       </c>
       <c r="D151" s="5">
-        <v>-8.7076890369199518</v>
+        <v>-8.7076889922378502</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>966.57669198999997</v>
+        <v>966.57669199999998</v>
       </c>
       <c r="C152" s="5">
-        <v>-4.8646967199999835</v>
+        <v>-4.8646966999999677</v>
       </c>
       <c r="D152" s="5">
-        <v>-5.8464745651457317</v>
+        <v>-5.8464745418259856</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>962.08290911999995</v>
+        <v>962.08290910000005</v>
       </c>
       <c r="C153" s="5">
-        <v>-4.4937828700000182</v>
+        <v>-4.4937828999999283</v>
       </c>
       <c r="D153" s="5">
-        <v>-5.4385384240584811</v>
+        <v>-5.4385384593872317</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>958.02837294000005</v>
+        <v>958.02837299999999</v>
       </c>
       <c r="C154" s="5">
-        <v>-4.0545361799999</v>
+        <v>-4.0545361000000639</v>
       </c>
       <c r="D154" s="5">
-        <v>-4.9416089207079299</v>
+        <v>-4.9416088255544892</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>953.96643867</v>
+        <v>953.96643870000003</v>
       </c>
       <c r="C155" s="5">
-        <v>-4.0619342700000516</v>
+        <v>-4.0619342999999617</v>
       </c>
       <c r="D155" s="5">
-        <v>-4.9708821531714964</v>
+        <v>-4.970882188728643</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>950.59226440999998</v>
+        <v>950.59226439999998</v>
       </c>
       <c r="C156" s="5">
-        <v>-3.374174260000018</v>
+        <v>-3.3741743000000497</v>
       </c>
       <c r="D156" s="5">
-        <v>-4.1627912531784883</v>
+        <v>-4.1627913014429812</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>948.02336399000001</v>
+        <v>948.02336400000002</v>
       </c>
       <c r="C157" s="5">
-        <v>-2.5689004199999772</v>
+        <v>-2.5689003999999613</v>
       </c>
       <c r="D157" s="5">
-        <v>-3.1951363447525916</v>
+        <v>-3.1951363202787575</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
         <v>940.97652300000004</v>
       </c>
       <c r="C158" s="5">
-        <v>-7.0468409899999642</v>
+        <v>-7.0468409999999722</v>
       </c>
       <c r="D158" s="5">
-        <v>-8.5640525509897429</v>
+        <v>-8.5640525625636172</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>935.41348887000004</v>
+        <v>935.41348889999995</v>
       </c>
       <c r="C159" s="5">
-        <v>-5.5630341300000055</v>
+        <v>-5.5630341000000953</v>
       </c>
       <c r="D159" s="5">
-        <v>-6.868181762339665</v>
+        <v>-6.8681817264974683</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>930.96688904999996</v>
+        <v>930.96688900000004</v>
       </c>
       <c r="C160" s="5">
-        <v>-4.446599820000074</v>
+        <v>-4.4465998999999101</v>
       </c>
       <c r="D160" s="5">
-        <v>-5.557541984448477</v>
+        <v>-5.5575420816624144</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>926.71446563999996</v>
+        <v>926.71446560000004</v>
       </c>
       <c r="C161" s="5">
-        <v>-4.2524234100000058</v>
+        <v>-4.2524233999999979</v>
       </c>
       <c r="D161" s="5">
-        <v>-5.3456698995364764</v>
+        <v>-5.3456698875596897</v>
       </c>
       <c r="E161" s="5">
-        <v>-5.9255175538928011</v>
+        <v>-5.9255175589083446</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>923.19265552000002</v>
+        <v>923.1926555</v>
       </c>
       <c r="C162" s="5">
-        <v>-3.521810119999941</v>
+        <v>-3.5218101000000388</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.4662594386372216</v>
+        <v>-4.4662594139903806</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>919.23038011999995</v>
+        <v>919.23038010000005</v>
       </c>
       <c r="C163" s="5">
-        <v>-3.9622754000000668</v>
+        <v>-3.9622753999999532</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.030458727776832</v>
+        <v>-5.0304587278831914</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>912.75473643999999</v>
+        <v>912.75473639999996</v>
       </c>
       <c r="C164" s="5">
-        <v>-6.4756436799999619</v>
+        <v>-6.4756437000000915</v>
       </c>
       <c r="D164" s="5">
-        <v>-8.133596716296287</v>
+        <v>-8.1335967406220622</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>911.72932412</v>
+        <v>911.72932409999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.0254123199999867</v>
+        <v>-1.0254122999999709</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.3398124395862188</v>
+        <v>-1.3398124136735912</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>906.88855509999996</v>
+        <v>906.88855530000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-4.8407690200000388</v>
+        <v>-4.840768799999978</v>
       </c>
       <c r="D166" s="5">
-        <v>-6.1885229348396242</v>
+        <v>-6.188522661881235</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>902.27012637999997</v>
+        <v>902.27012639999998</v>
       </c>
       <c r="C167" s="5">
-        <v>-4.6184287199999972</v>
+        <v>-4.6184289000000263</v>
       </c>
       <c r="D167" s="5">
-        <v>-5.9428345075492999</v>
+        <v>-5.9428347314444903</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>898.64130667999996</v>
+        <v>898.64130669999997</v>
       </c>
       <c r="C168" s="5">
         <v>-3.6288197000000082</v>
       </c>
       <c r="D168" s="5">
-        <v>-4.7209127895663006</v>
+        <v>-4.7209127894639602</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>896.53598052999996</v>
+        <v>896.53598050000005</v>
       </c>
       <c r="C169" s="5">
-        <v>-2.1053261499999962</v>
+        <v>-2.1053261999999222</v>
       </c>
       <c r="D169" s="5">
-        <v>-2.7754019846028433</v>
+        <v>-2.7754020496085885</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>895.38823277999995</v>
+        <v>895.38823279999997</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.1477477500000077</v>
+        <v>-1.1477477000000817</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.5254723580396479</v>
+        <v>-1.525472292102581</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>894.20247473999996</v>
+        <v>894.2024748</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.1857580399999961</v>
+        <v>-1.1857579999999643</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.5776299869299626</v>
+        <v>-1.5776299340626299</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>892.90949287000001</v>
+        <v>892.90949290000003</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.2929818699999487</v>
+        <v>-1.2929818999999725</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.7214201480717395</v>
+        <v>-1.7214201875806578</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
         <v>891.70599200000004</v>
       </c>
       <c r="C173" s="5">
-        <v>-1.2035008699999707</v>
+        <v>-1.2035008999999945</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.6054739690774311</v>
+        <v>-1.6054740087478758</v>
       </c>
       <c r="E173" s="5">
-        <v>-3.7776979790449916</v>
+        <v>-3.7776979748917361</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>892.64202277000004</v>
+        <v>892.64202279999995</v>
       </c>
       <c r="C174" s="5">
-        <v>0.93603077000000212</v>
+        <v>0.93603079999991223</v>
       </c>
       <c r="D174" s="5">
-        <v>1.2669473648661222</v>
+        <v>1.2669474057067198</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>892.62107859000002</v>
+        <v>892.62107860000003</v>
       </c>
       <c r="C175" s="5">
-        <v>-2.0944180000014967E-2</v>
+        <v>-2.0944199999917146E-2</v>
       </c>
       <c r="D175" s="5">
-        <v>-2.8152128475134042E-2</v>
+        <v>-2.8152155353622366E-2</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>891.61928904000001</v>
+        <v>891.61928890000002</v>
       </c>
       <c r="C176" s="5">
-        <v>-1.0017895500000122</v>
+        <v>-1.0017897000000175</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.3384791557116138</v>
+        <v>-1.3384793548745444</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>893.30551209999999</v>
+        <v>893.30551179999998</v>
       </c>
       <c r="C177" s="5">
-        <v>1.6862230599999748</v>
+        <v>1.6862228999999616</v>
       </c>
       <c r="D177" s="5">
-        <v>2.2931851679155235</v>
+        <v>2.2931849484185474</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>893.60355196</v>
+        <v>893.60355189999996</v>
       </c>
       <c r="C178" s="5">
-        <v>0.29803986000001714</v>
+        <v>0.29804009999998016</v>
       </c>
       <c r="D178" s="5">
-        <v>0.40110000753865727</v>
+        <v>0.40110033125699829</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>892.81520750000004</v>
+        <v>892.81520720000003</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.78834445999996206</v>
+        <v>-0.78834469999992507</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.0535282978988869</v>
+        <v>-1.0535286171459712</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>895.44255392000002</v>
+        <v>895.44255390000001</v>
       </c>
       <c r="C180" s="5">
-        <v>2.6273464199999808</v>
+        <v>2.6273466999999755</v>
       </c>
       <c r="D180" s="5">
-        <v>3.5890389847711424</v>
+        <v>3.5890393746973004</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>895.23580999000001</v>
+        <v>895.23581039999999</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.20674393000001601</v>
+        <v>-0.20674350000001596</v>
       </c>
       <c r="D181" s="5">
-        <v>-0.27671000542605073</v>
+        <v>-0.27670943064268538</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>893.31157014999997</v>
+        <v>893.31157089999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.9242398400000411</v>
+        <v>-1.9242394999999988</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.5490321024041585</v>
+        <v>-2.5490316561650572</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>897.26409519000003</v>
+        <v>897.26409569999998</v>
       </c>
       <c r="C183" s="5">
-        <v>3.9525250400000687</v>
+        <v>3.952524799999992</v>
       </c>
       <c r="D183" s="5">
-        <v>5.4406234421151556</v>
+        <v>5.4406230989966886</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>897.28297155999996</v>
+        <v>897.28297169999996</v>
       </c>
       <c r="C184" s="5">
-        <v>1.8876369999929921E-2</v>
+        <v>1.8875999999977466E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>2.5248157444779373E-2</v>
+        <v>2.5247662478622424E-2</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>897.23069934</v>
+        <v>897.2306992</v>
       </c>
       <c r="C185" s="5">
-        <v>-5.2272219999963454E-2</v>
+        <v>-5.22724999999582E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>-6.9884943462783511E-2</v>
+        <v>-6.9885317675766334E-2</v>
       </c>
       <c r="E185" s="5">
-        <v>0.61956602171178154</v>
+        <v>0.61956600601154044</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>895.36298678000003</v>
+        <v>895.36298650000003</v>
       </c>
       <c r="C186" s="5">
-        <v>-1.8677125599999727</v>
+        <v>-1.86771269999997</v>
       </c>
       <c r="D186" s="5">
-        <v>-2.4695678628040563</v>
+        <v>-2.4695680461846559</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>895.79528965999998</v>
+        <v>895.7952894</v>
       </c>
       <c r="C187" s="5">
-        <v>0.43230287999995198</v>
+        <v>0.43230289999996785</v>
       </c>
       <c r="D187" s="5">
-        <v>0.58093005475567949</v>
+        <v>0.58093008188522255</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>897.16472725999995</v>
+        <v>897.16472669999996</v>
       </c>
       <c r="C188" s="5">
-        <v>1.3694375999999693</v>
+        <v>1.3694372999999587</v>
       </c>
       <c r="D188" s="5">
-        <v>1.8499907056824805</v>
+        <v>1.8499902975364968</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>896.64055852000001</v>
+        <v>896.64055759999997</v>
       </c>
       <c r="C189" s="5">
-        <v>-0.52416873999993641</v>
+        <v>-0.52416909999999461</v>
       </c>
       <c r="D189" s="5">
-        <v>-0.69885181425924925</v>
+        <v>-0.6988522931254848</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>896.87252441999999</v>
+        <v>896.87252360000002</v>
       </c>
       <c r="C190" s="5">
-        <v>0.23196589999997741</v>
+        <v>0.23196600000005674</v>
       </c>
       <c r="D190" s="5">
-        <v>0.31088878462632863</v>
+        <v>0.31088891916020156</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>899.59008636999999</v>
+        <v>899.59008540000002</v>
       </c>
       <c r="C191" s="5">
-        <v>2.7175619500000039</v>
+        <v>2.7175617999999986</v>
       </c>
       <c r="D191" s="5">
-        <v>3.697262973315163</v>
+        <v>3.6972627692632765</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>902.78623312000002</v>
+        <v>902.78623340000001</v>
       </c>
       <c r="C192" s="5">
-        <v>3.1961467500000253</v>
+        <v>3.1961479999999938</v>
       </c>
       <c r="D192" s="5">
-        <v>4.3477775255337026</v>
+        <v>4.3477792640760349</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>902.56343456000002</v>
+        <v>902.56343619999996</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.22279856000000109</v>
+        <v>-0.22279720000005909</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.29574628327893038</v>
+        <v>-0.29574448035186718</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>903.11662991000003</v>
+        <v>903.11663229999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.55319535000000997</v>
+        <v>0.55319610000003649</v>
       </c>
       <c r="D194" s="5">
-        <v>0.73798337372816825</v>
+        <v>0.73798437628611602</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>904.64716168999996</v>
+        <v>904.6471636</v>
       </c>
       <c r="C195" s="5">
-        <v>1.530531779999933</v>
+        <v>1.5305313000000069</v>
       </c>
       <c r="D195" s="5">
-        <v>2.0527298522313941</v>
+        <v>2.0527291969663075</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>908.30628429000001</v>
+        <v>908.30628620000005</v>
       </c>
       <c r="C196" s="5">
         <v>3.6591226000000461</v>
       </c>
       <c r="D196" s="5">
-        <v>4.9632158505728663</v>
+        <v>4.9632158398597692</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>910.73249514999998</v>
+        <v>910.73249199999998</v>
       </c>
       <c r="C197" s="5">
-        <v>2.4262108599999692</v>
+        <v>2.4262057999999342</v>
       </c>
       <c r="D197" s="5">
-        <v>3.2528774965571161</v>
+        <v>3.2528706055808154</v>
       </c>
       <c r="E197" s="5">
-        <v>1.5048298971414908</v>
+        <v>1.5048295618995899</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>915.22436338</v>
+        <v>915.22436249999998</v>
       </c>
       <c r="C198" s="5">
-        <v>4.4918682300000228</v>
+        <v>4.4918705000000045</v>
       </c>
       <c r="D198" s="5">
-        <v>6.0817999134978207</v>
+        <v>6.0818030924404409</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>917.19173247000003</v>
+        <v>917.191732</v>
       </c>
       <c r="C199" s="5">
-        <v>1.9673690900000338</v>
+        <v>1.967369500000018</v>
       </c>
       <c r="D199" s="5">
-        <v>2.610240488779425</v>
+        <v>2.6102410417407906</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>920.99665967999999</v>
+        <v>920.99665879999998</v>
       </c>
       <c r="C200" s="5">
-        <v>3.8049272099999598</v>
+        <v>3.8049267999999756</v>
       </c>
       <c r="D200" s="5">
-        <v>5.0933133553449084</v>
+        <v>5.0933127966022784</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>924.26881932000003</v>
+        <v>924.26881719999994</v>
       </c>
       <c r="C201" s="5">
-        <v>3.2721596400000408</v>
+        <v>3.2721583999999666</v>
       </c>
       <c r="D201" s="5">
-        <v>4.3477201362174256</v>
+        <v>4.3477184605367425</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>928.26976100000002</v>
+        <v>928.26975979999997</v>
       </c>
       <c r="C202" s="5">
-        <v>4.0009416799999826</v>
+        <v>4.0009426000000303</v>
       </c>
       <c r="D202" s="5">
-        <v>5.3199910185233179</v>
+        <v>5.3199922835983626</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>932.51831706999997</v>
+        <v>932.5183131</v>
       </c>
       <c r="C203" s="5">
-        <v>4.2485560699999496</v>
+        <v>4.248553300000026</v>
       </c>
       <c r="D203" s="5">
-        <v>5.632611246078234</v>
+        <v>5.6326074882262711</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>931.25393541999995</v>
+        <v>931.25393559999998</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.2643816500000185</v>
+        <v>-1.2643775000000232</v>
       </c>
       <c r="D204" s="5">
-        <v>-1.6149755318443204</v>
+        <v>-1.6149702774029828</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>933.07819893999999</v>
+        <v>933.07819830000005</v>
       </c>
       <c r="C205" s="5">
-        <v>1.824263520000045</v>
+        <v>1.8242627000000766</v>
       </c>
       <c r="D205" s="5">
-        <v>2.3762119545271965</v>
+        <v>2.3762108744300958</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>934.64475576999996</v>
+        <v>934.64477020000004</v>
       </c>
       <c r="C206" s="5">
-        <v>1.5665568299999677</v>
+        <v>1.5665718999999854</v>
       </c>
       <c r="D206" s="5">
-        <v>2.0334034728206163</v>
+        <v>2.0334232161913324</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>933.87990091999995</v>
+        <v>933.8799017</v>
       </c>
       <c r="C207" s="5">
-        <v>-0.76485485000000608</v>
+        <v>-0.76486850000003415</v>
       </c>
       <c r="D207" s="5">
-        <v>-0.97759716736016689</v>
+        <v>-0.97761452059390574</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>935.59091246000003</v>
+        <v>935.59091650000005</v>
       </c>
       <c r="C208" s="5">
-        <v>1.7110115400000723</v>
+        <v>1.7110148000000436</v>
       </c>
       <c r="D208" s="5">
-        <v>2.2208751297918106</v>
+        <v>2.2208794020946776</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>936.71877663999999</v>
+        <v>936.71877329999995</v>
       </c>
       <c r="C209" s="5">
-        <v>1.1278641799999605</v>
+        <v>1.1278567999999041</v>
       </c>
       <c r="D209" s="5">
-        <v>1.4562420984608027</v>
+        <v>1.456232500175747</v>
       </c>
       <c r="E209" s="5">
-        <v>2.8533385630123975</v>
+        <v>2.8533385520190579</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>936.42536844999995</v>
+        <v>936.4253622</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.29340819000003648</v>
+        <v>-0.29341109999995751</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.37522883290465048</v>
+        <v>-0.37523254932211314</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>937.80334661999996</v>
+        <v>937.8033471</v>
       </c>
       <c r="C211" s="5">
-        <v>1.3779781700000058</v>
+        <v>1.3779849000000013</v>
       </c>
       <c r="D211" s="5">
-        <v>1.7801981703450709</v>
+        <v>1.7802069472407256</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>938.78483754000001</v>
+        <v>938.78483589999996</v>
       </c>
       <c r="C212" s="5">
-        <v>0.98149092000005567</v>
+        <v>0.98148879999996552</v>
       </c>
       <c r="D212" s="5">
-        <v>1.2631565304196846</v>
+        <v>1.2631537856530484</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>940.70470534000003</v>
+        <v>940.70470079999996</v>
       </c>
       <c r="C213" s="5">
-        <v>1.91986780000002</v>
+        <v>1.9198648999999932</v>
       </c>
       <c r="D213" s="5">
-        <v>2.4818594176842179</v>
+        <v>2.4818556309017081</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>941.00723377999998</v>
+        <v>941.00723110000001</v>
       </c>
       <c r="C214" s="5">
-        <v>0.30252843999994639</v>
+        <v>0.30253030000005765</v>
       </c>
       <c r="D214" s="5">
-        <v>0.3866005398960759</v>
+        <v>0.3866029228615453</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>944.22724320999998</v>
+        <v>944.22723570000005</v>
       </c>
       <c r="C215" s="5">
-        <v>3.2200094300000046</v>
+        <v>3.2200046000000384</v>
       </c>
       <c r="D215" s="5">
-        <v>4.1844196173628001</v>
+        <v>4.1844132342981233</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>941.16474363999998</v>
+        <v>941.16474370000003</v>
       </c>
       <c r="C216" s="5">
-        <v>-3.0624995699999999</v>
+        <v>-3.0624920000000202</v>
       </c>
       <c r="D216" s="5">
-        <v>-3.8233868595950016</v>
+        <v>-3.8233776066218139</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>940.15814219000004</v>
+        <v>940.15813909999997</v>
       </c>
       <c r="C217" s="5">
-        <v>-1.0066014499999483</v>
+        <v>-1.0066046000000597</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.2759100247580979</v>
+        <v>-1.2759139939781727</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>939.10632887999998</v>
+        <v>939.10635579999996</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.0518133100000568</v>
+        <v>-1.051783300000011</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.3342845154099781</v>
+        <v>-1.3342466843255352</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>938.50925494000001</v>
+        <v>938.50925629999995</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.59707393999997294</v>
+        <v>-0.59709950000001299</v>
       </c>
       <c r="D219" s="5">
-        <v>-0.76028513513828333</v>
+        <v>-0.76031754655832007</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>937.32175488999997</v>
+        <v>937.32176440000001</v>
       </c>
       <c r="C220" s="5">
-        <v>-1.1875000500000397</v>
+        <v>-1.1874918999999409</v>
       </c>
       <c r="D220" s="5">
-        <v>-1.5078433534227331</v>
+        <v>-1.5078330745966873</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>937.50239017000001</v>
+        <v>937.50239079999994</v>
       </c>
       <c r="C221" s="5">
-        <v>0.18063528000004681</v>
+        <v>0.18062639999993735</v>
       </c>
       <c r="D221" s="5">
-        <v>0.23150240042757453</v>
+        <v>0.2314910053922814</v>
       </c>
       <c r="E221" s="5">
-        <v>8.3655153450723496E-2</v>
+        <v>8.3655577568864103E-2</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>936.69929566999997</v>
+        <v>936.69928640000001</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.8030945000000429</v>
+        <v>-0.80310439999993832</v>
       </c>
       <c r="D222" s="5">
-        <v>-1.0231289412970246</v>
+        <v>-1.0231414936824001</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>937.37627982000004</v>
+        <v>937.37627929999996</v>
       </c>
       <c r="C223" s="5">
-        <v>0.67698415000006662</v>
+        <v>0.67699289999995926</v>
       </c>
       <c r="D223" s="5">
-        <v>0.87073623218170138</v>
+        <v>0.87074753984721642</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>935.52272667</v>
+        <v>935.52271599999995</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.8535531500000388</v>
+        <v>-1.8535633000000189</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.3472241949957895</v>
+        <v>-2.3472369101463109</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>934.70724512000004</v>
+        <v>934.70722439999997</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.81548154999995859</v>
+        <v>-0.815491599999973</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.0410221697234046</v>
+        <v>-1.0410349496575044</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>935.35917021</v>
+        <v>935.35915269999998</v>
       </c>
       <c r="C226" s="5">
-        <v>0.65192508999996335</v>
+        <v>0.65192830000000868</v>
       </c>
       <c r="D226" s="5">
-        <v>0.8401754498591929</v>
+        <v>0.84017962135967128</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>934.36339053999995</v>
+        <v>934.36337409999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.99577967000004719</v>
+        <v>-0.99577859999999419</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.2700615237769664</v>
+        <v>-1.2700601906689868</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>932.08464079999999</v>
+        <v>932.08464939999999</v>
       </c>
       <c r="C228" s="5">
-        <v>-2.2787497399999666</v>
+        <v>-2.2787246999999979</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.8876526390309243</v>
+        <v>-2.8876213826430241</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>929.87457029999996</v>
+        <v>929.87458930000003</v>
       </c>
       <c r="C229" s="5">
-        <v>-2.2100705000000289</v>
+        <v>-2.2100600999999642</v>
       </c>
       <c r="D229" s="5">
-        <v>-2.8085115339180011</v>
+        <v>-2.8084984641110644</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>925.56911021999997</v>
+        <v>925.56919010000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.3054600799999889</v>
+        <v>-4.3053992000000108</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.4168501258867856</v>
+        <v>-5.4167753626543025</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>922.36411802999999</v>
+        <v>922.36415269999998</v>
       </c>
       <c r="C231" s="5">
-        <v>-3.2049921899999845</v>
+        <v>-3.2050374000000375</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.0770404045626378</v>
+        <v>-4.0770964797223641</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>918.16516782999997</v>
+        <v>918.16517969999995</v>
       </c>
       <c r="C232" s="5">
-        <v>-4.198950200000013</v>
+        <v>-4.1989730000000236</v>
       </c>
       <c r="D232" s="5">
-        <v>-5.3281288057649761</v>
+        <v>-5.328156821327557</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>909.93103533999999</v>
+        <v>909.9310256</v>
       </c>
       <c r="C233" s="5">
-        <v>-8.234132489999979</v>
+        <v>-8.2341540999999552</v>
       </c>
       <c r="D233" s="5">
-        <v>-10.246379020644802</v>
+        <v>-10.246404473402126</v>
       </c>
       <c r="E233" s="5">
-        <v>-2.9409370172379434</v>
+        <v>-2.9409381213921448</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>898.12156875000005</v>
+        <v>898.12148930000001</v>
       </c>
       <c r="C234" s="5">
-        <v>-11.809466589999943</v>
+        <v>-11.809536299999991</v>
       </c>
       <c r="D234" s="5">
-        <v>-14.509121434437411</v>
+        <v>-14.509201205912724</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>885.39401238000005</v>
+        <v>885.39395769999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-12.727556370000002</v>
+        <v>-12.72753160000002</v>
       </c>
       <c r="D235" s="5">
-        <v>-15.740776456561345</v>
+        <v>-15.740749455252413</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>871.94667695999999</v>
+        <v>871.94664309999996</v>
       </c>
       <c r="C236" s="5">
-        <v>-13.447335420000059</v>
+        <v>-13.447314600000027</v>
       </c>
       <c r="D236" s="5">
-        <v>-16.77761557233579</v>
+        <v>-16.77759267768819</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>857.36310430000003</v>
+        <v>857.36304070000006</v>
       </c>
       <c r="C237" s="5">
-        <v>-14.583572659999959</v>
+        <v>-14.583602399999904</v>
       </c>
       <c r="D237" s="5">
-        <v>-18.32326673159519</v>
+        <v>-18.323301377182901</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>848.39700266</v>
+        <v>848.39700149999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-8.9661016400000335</v>
+        <v>-8.9660392000000684</v>
       </c>
       <c r="D238" s="5">
-        <v>-11.852089113179042</v>
+        <v>-11.852012092684273</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>836.80001718000005</v>
+        <v>836.80002390000004</v>
       </c>
       <c r="C239" s="5">
-        <v>-11.596985479999944</v>
+        <v>-11.596977599999946</v>
       </c>
       <c r="D239" s="5">
-        <v>-15.224441580919946</v>
+        <v>-15.224432020396216</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>826.61518403000002</v>
+        <v>826.61523990000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-10.184833150000031</v>
+        <v>-10.184784000000036</v>
       </c>
       <c r="D240" s="5">
-        <v>-13.66629535620808</v>
+        <v>-13.666233653530247</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>825.15303100000006</v>
+        <v>825.15312530000006</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.4621530299999677</v>
+        <v>-1.4621145999999499</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.102083536393029</v>
+        <v>-2.1020286826780032</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>822.66012576000003</v>
+        <v>822.6603288</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.4929052400000273</v>
+        <v>-2.492796500000054</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.5657338412470541</v>
+        <v>-3.5655804791220769</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>817.93821584</v>
+        <v>817.93835039999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-4.7219099200000301</v>
+        <v>-4.7219784000000118</v>
       </c>
       <c r="D243" s="5">
-        <v>-6.6744352425041615</v>
+        <v>-6.6745274084049289</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>813.90566985999999</v>
+        <v>813.90567580000004</v>
       </c>
       <c r="C244" s="5">
-        <v>-4.032545980000009</v>
+        <v>-4.0326745999999503</v>
       </c>
       <c r="D244" s="5">
-        <v>-5.7583484000785941</v>
+        <v>-5.7585261921168307</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>812.22265692999997</v>
+        <v>812.22254320000002</v>
       </c>
       <c r="C245" s="5">
-        <v>-1.6830129300000181</v>
+        <v>-1.6831326000000217</v>
       </c>
       <c r="D245" s="5">
-        <v>-2.4533604255304486</v>
+        <v>-2.4535328737904538</v>
       </c>
       <c r="E245" s="5">
-        <v>-10.737998223512712</v>
+        <v>-10.738009766792144</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>814.69287446999999</v>
+        <v>814.69258990000003</v>
       </c>
       <c r="C246" s="5">
-        <v>2.4702175400000215</v>
+        <v>2.4700467000000117</v>
       </c>
       <c r="D246" s="5">
-        <v>3.71123715662669</v>
+        <v>3.7109767079892109</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>812.65674565999996</v>
+        <v>812.65651609999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-2.0361288100000365</v>
+        <v>-2.0360738000000538</v>
       </c>
       <c r="D247" s="5">
-        <v>-2.9582272162026357</v>
+        <v>-2.9581494083818827</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>814.48990198000001</v>
+        <v>814.48979970000005</v>
       </c>
       <c r="C248" s="5">
-        <v>1.8331563200000573</v>
+        <v>1.8332836000000725</v>
       </c>
       <c r="D248" s="5">
-        <v>2.7407461786801868</v>
+        <v>2.7409396257873198</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>813.30627314000003</v>
+        <v>813.30619320000005</v>
       </c>
       <c r="C249" s="5">
-        <v>-1.183628839999983</v>
+        <v>-1.1836064999999962</v>
       </c>
       <c r="D249" s="5">
-        <v>-1.729987044093817</v>
+        <v>-1.7299548680771992</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>815.37923275000003</v>
+        <v>815.37929380000003</v>
       </c>
       <c r="C250" s="5">
-        <v>2.0729596099999981</v>
+        <v>2.0731005999999752</v>
       </c>
       <c r="D250" s="5">
-        <v>3.1018094416356501</v>
+        <v>3.1020236832444592</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>815.41479605999996</v>
+        <v>815.41484560000004</v>
       </c>
       <c r="C251" s="5">
-        <v>3.5563309999929515E-2</v>
+        <v>3.5551800000007461E-2</v>
       </c>
       <c r="D251" s="5">
-        <v>5.2351358913349522E-2</v>
+        <v>5.2334407509468939E-2</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>816.31552922000003</v>
+        <v>816.31571399999996</v>
       </c>
       <c r="C252" s="5">
-        <v>0.90073316000007253</v>
+        <v>0.90086839999992208</v>
       </c>
       <c r="D252" s="5">
-        <v>1.333641351260928</v>
+        <v>1.3338427267459929</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>817.69430803</v>
+        <v>817.69462190000002</v>
       </c>
       <c r="C253" s="5">
-        <v>1.3787788099999716</v>
+        <v>1.3789079000000584</v>
       </c>
       <c r="D253" s="5">
-        <v>2.0457671323339977</v>
+        <v>2.045959985551149</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>818.33825149999996</v>
+        <v>818.3386898</v>
       </c>
       <c r="C254" s="5">
-        <v>0.64394346999995378</v>
+        <v>0.64406789999998182</v>
       </c>
       <c r="D254" s="5">
-        <v>0.94911741690621998</v>
+        <v>0.94930124532335292</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>821.06090390999998</v>
+        <v>821.06127860000004</v>
       </c>
       <c r="C255" s="5">
-        <v>2.7226524100000233</v>
+        <v>2.7225888000000396</v>
       </c>
       <c r="D255" s="5">
-        <v>4.0663336387813054</v>
+        <v>4.0662346730571786</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>822.76997391999998</v>
+        <v>822.77016819999994</v>
       </c>
       <c r="C256" s="5">
-        <v>1.7090700100000049</v>
+        <v>1.7088895999999067</v>
       </c>
       <c r="D256" s="5">
-        <v>2.5266422356535756</v>
+        <v>2.52637129580493</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>824.20709275000002</v>
+        <v>824.20714929999997</v>
       </c>
       <c r="C257" s="5">
-        <v>1.4371188300000313</v>
+        <v>1.4369811000000254</v>
       </c>
       <c r="D257" s="5">
-        <v>2.1162739978193068</v>
+        <v>2.1160687225537433</v>
       </c>
       <c r="E257" s="5">
-        <v>1.4755111443576663</v>
+        <v>1.4755323156610434</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>826.35152476999997</v>
+        <v>826.34945630000004</v>
       </c>
       <c r="C258" s="5">
-        <v>2.1444320199999538</v>
+        <v>2.1423070000000735</v>
       </c>
       <c r="D258" s="5">
-        <v>3.1672425415148142</v>
+        <v>3.1640587460928904</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>827.92516244000001</v>
+        <v>827.92504870000005</v>
       </c>
       <c r="C259" s="5">
-        <v>1.5736376700000392</v>
+        <v>1.575592400000005</v>
       </c>
       <c r="D259" s="5">
-        <v>2.3092709540099898</v>
+        <v>2.3121754644921833</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>831.85977780999997</v>
+        <v>831.85954530000004</v>
       </c>
       <c r="C260" s="5">
-        <v>3.9346153699999604</v>
+        <v>3.9344965999999886</v>
       </c>
       <c r="D260" s="5">
-        <v>5.8543051231393139</v>
+        <v>5.8541245866106761</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>835.50433772999997</v>
+        <v>835.5042661</v>
       </c>
       <c r="C261" s="5">
-        <v>3.6445599200000061</v>
+        <v>3.6447207999999591</v>
       </c>
       <c r="D261" s="5">
-        <v>5.3860189319703045</v>
+        <v>5.3862639846299798</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>837.8436825</v>
+        <v>837.84427410000001</v>
       </c>
       <c r="C262" s="5">
-        <v>2.3393447700000252</v>
+        <v>2.3400080000000116</v>
       </c>
       <c r="D262" s="5">
-        <v>3.4121302088828021</v>
+        <v>3.4131128323489301</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>840.92993921000004</v>
+        <v>840.93009280000001</v>
       </c>
       <c r="C263" s="5">
-        <v>3.0862567100000433</v>
+        <v>3.0858187000000044</v>
       </c>
       <c r="D263" s="5">
-        <v>4.5109473717331428</v>
+        <v>4.5102908924239626</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>844.54477506000001</v>
+        <v>844.5451693</v>
       </c>
       <c r="C264" s="5">
-        <v>3.6148358499999631</v>
+        <v>3.6150764999999865</v>
       </c>
       <c r="D264" s="5">
-        <v>5.2820605742654569</v>
+        <v>5.2824195840473154</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>846.55991485000004</v>
+        <v>846.56054210000002</v>
       </c>
       <c r="C265" s="5">
-        <v>2.0151397900000347</v>
+        <v>2.0153728000000228</v>
       </c>
       <c r="D265" s="5">
-        <v>2.9011558406421889</v>
+        <v>2.9014943432157825</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>849.42640413000004</v>
+        <v>849.42721970000002</v>
       </c>
       <c r="C266" s="5">
-        <v>2.8664892799999961</v>
+        <v>2.8666776000000027</v>
       </c>
       <c r="D266" s="5">
-        <v>4.1397846012161565</v>
+        <v>4.1400585333338791</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>851.00528194000003</v>
+        <v>851.00603149999995</v>
       </c>
       <c r="C267" s="5">
-        <v>1.5788778099999945</v>
+        <v>1.5788117999999258</v>
       </c>
       <c r="D267" s="5">
-        <v>2.2534538997905917</v>
+        <v>2.2533565360939978</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>853.13775740999995</v>
+        <v>853.13823160000004</v>
       </c>
       <c r="C268" s="5">
-        <v>2.1324754699999176</v>
+        <v>2.132200100000091</v>
       </c>
       <c r="D268" s="5">
-        <v>3.0487880451801397</v>
+        <v>3.0483861871430928</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>855.45338526</v>
+        <v>855.45335869999997</v>
       </c>
       <c r="C269" s="5">
-        <v>2.3156278500000553</v>
+        <v>2.3151270999999269</v>
       </c>
       <c r="D269" s="5">
-        <v>3.3061639314700075</v>
+        <v>3.305436410903928</v>
       </c>
       <c r="E269" s="5">
-        <v>3.7910729942574939</v>
+        <v>3.7910626505166078</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>859.72223887999996</v>
+        <v>859.71770119999996</v>
       </c>
       <c r="C270" s="5">
-        <v>4.2688536199999589</v>
+        <v>4.2643424999999979</v>
       </c>
       <c r="D270" s="5">
-        <v>6.1553143890524131</v>
+        <v>6.1486305816619069</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>862.40291029000002</v>
+        <v>862.40276730000005</v>
       </c>
       <c r="C271" s="5">
-        <v>2.680671410000059</v>
+        <v>2.6850661000000855</v>
       </c>
       <c r="D271" s="5">
-        <v>3.8065192954623406</v>
+        <v>3.8128877548607054</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>865.33650347000003</v>
+        <v>865.33607749999999</v>
       </c>
       <c r="C272" s="5">
-        <v>2.9335931800000026</v>
+        <v>2.9333101999999371</v>
       </c>
       <c r="D272" s="5">
-        <v>4.1592231439136818</v>
+        <v>4.1588151047431188</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>868.83176188000004</v>
+        <v>868.83183159999999</v>
       </c>
       <c r="C273" s="5">
-        <v>3.4952584100000195</v>
+        <v>3.4957540999999992</v>
       </c>
       <c r="D273" s="5">
-        <v>4.9561702165473731</v>
+        <v>4.9568912744262006</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>868.91532230999997</v>
+        <v>868.91663540000002</v>
       </c>
       <c r="C274" s="5">
-        <v>8.3560429999920416E-2</v>
+        <v>8.4803800000031515E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>0.11547180725890449</v>
+        <v>0.11719092813575749</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>871.51261549000003</v>
+        <v>871.51304049999999</v>
       </c>
       <c r="C275" s="5">
-        <v>2.5972931800000651</v>
+        <v>2.5964050999999699</v>
       </c>
       <c r="D275" s="5">
-        <v>3.64650690850985</v>
+        <v>3.6452339143286938</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>874.10590737999996</v>
+        <v>874.10669770000004</v>
       </c>
       <c r="C276" s="5">
-        <v>2.5932918899999322</v>
+        <v>2.5936572000000524</v>
       </c>
       <c r="D276" s="5">
-        <v>3.6297681738763021</v>
+        <v>3.6302860882522214</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>875.22144378999997</v>
+        <v>875.22258980000004</v>
       </c>
       <c r="C277" s="5">
-        <v>1.1155364100000043</v>
+        <v>1.1158920999999964</v>
       </c>
       <c r="D277" s="5">
-        <v>1.5422386020794931</v>
+        <v>1.5427323997181608</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>875.85888585999999</v>
+        <v>875.86012000000005</v>
       </c>
       <c r="C278" s="5">
-        <v>0.63744207000002007</v>
+        <v>0.6375302000000147</v>
       </c>
       <c r="D278" s="5">
-        <v>0.87749457269508113</v>
+        <v>0.87761522402360903</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>875.76060330999996</v>
+        <v>875.76176729999997</v>
       </c>
       <c r="C279" s="5">
-        <v>-9.8282550000021729E-2</v>
+        <v>-9.8352700000077675E-2</v>
       </c>
       <c r="D279" s="5">
-        <v>-0.13457224747714935</v>
+        <v>-0.13466805060171616</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>875.95605077000005</v>
+        <v>875.95713309999996</v>
       </c>
       <c r="C280" s="5">
-        <v>0.19544746000008217</v>
+        <v>0.19536579999999049</v>
       </c>
       <c r="D280" s="5">
-        <v>0.26813840459083416</v>
+        <v>0.26802587938397071</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>876.31693428999995</v>
+        <v>876.31749660000003</v>
       </c>
       <c r="C281" s="5">
-        <v>0.36088351999990209</v>
+        <v>0.36036350000006223</v>
       </c>
       <c r="D281" s="5">
-        <v>0.49550757566565462</v>
+        <v>0.49479133822265542</v>
       </c>
       <c r="E281" s="5">
-        <v>2.438887891437691</v>
+        <v>2.4389568043436727</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>876.08746215999997</v>
+        <v>876.07801029999996</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.22947212999997646</v>
+        <v>-0.23948630000006688</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.3137795247548425</v>
+        <v>-0.327452086831026</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>876.80844702000002</v>
+        <v>876.80832039999996</v>
       </c>
       <c r="C283" s="5">
-        <v>0.72098486000004414</v>
+        <v>0.73031009999999696</v>
       </c>
       <c r="D283" s="5">
-        <v>0.99203411391697305</v>
+        <v>1.0049348912219536</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>877.26441972999999</v>
+        <v>877.26426930000002</v>
       </c>
       <c r="C284" s="5">
-        <v>0.45597270999996908</v>
+        <v>0.45594890000006671</v>
       </c>
       <c r="D284" s="5">
-        <v>0.62583222045724529</v>
+        <v>0.62579953783523656</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>877.21164897000006</v>
+        <v>877.21195309999996</v>
       </c>
       <c r="C285" s="5">
-        <v>-5.2770759999930306E-2</v>
+        <v>-5.2316200000063873E-2</v>
       </c>
       <c r="D285" s="5">
-        <v>-7.2160643929297663E-2</v>
+        <v>-7.1539278287069408E-2</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>876.54598984999996</v>
+        <v>876.54797189999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.6656591200001003</v>
+        <v>-0.66398119999996652</v>
       </c>
       <c r="D286" s="5">
-        <v>-0.90681141127528786</v>
+        <v>-0.90453481644742206</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>876.64639223999995</v>
+        <v>876.64807459999997</v>
       </c>
       <c r="C287" s="5">
-        <v>0.10040238999999929</v>
+        <v>0.10010269999997945</v>
       </c>
       <c r="D287" s="5">
-        <v>0.13753847613520165</v>
+        <v>0.13712737087305804</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>875.66409242999998</v>
+        <v>875.66526590000001</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.98229980999997224</v>
+        <v>-0.98280869999996412</v>
       </c>
       <c r="D288" s="5">
-        <v>-1.3363681367826286</v>
+        <v>-1.3370536419414103</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>876.12590928999998</v>
+        <v>876.12743469999998</v>
       </c>
       <c r="C289" s="5">
-        <v>0.461816859999999</v>
+        <v>0.46216879999997218</v>
       </c>
       <c r="D289" s="5">
-        <v>0.6347074722873991</v>
+        <v>0.63519171952177711</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>875.92805333000001</v>
+        <v>875.92968150000002</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.19785595999996985</v>
+        <v>-0.19775319999996555</v>
       </c>
       <c r="D290" s="5">
-        <v>-0.27066026782738284</v>
+        <v>-0.27051939967033256</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>876.37470001999998</v>
+        <v>876.37620360000005</v>
       </c>
       <c r="C291" s="5">
-        <v>0.44664668999996593</v>
+        <v>0.44652210000003834</v>
       </c>
       <c r="D291" s="5">
-        <v>0.61361402768704831</v>
+        <v>0.61344123928548377</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>877.52120841999999</v>
+        <v>877.52259549999997</v>
       </c>
       <c r="C292" s="5">
-        <v>1.1465084000000161</v>
+        <v>1.1463918999999123</v>
       </c>
       <c r="D292" s="5">
-        <v>1.5812331985842976</v>
+        <v>1.5810686350568259</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>876.88449687000002</v>
+        <v>876.88504360000002</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.6367115499999727</v>
+        <v>-0.63755189999994855</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.86722932107703432</v>
+        <v>-0.86836797799723087</v>
       </c>
       <c r="E293" s="5">
-        <v>6.4766816409855821E-2</v>
+        <v>6.4764996956245824E-2</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>875.45662541000002</v>
+        <v>875.44345490000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-1.4278714600000058</v>
+        <v>-1.4415887000000112</v>
       </c>
       <c r="D294" s="5">
-        <v>-1.9366099994579389</v>
+        <v>-1.9550454760894231</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>878.45189069000003</v>
+        <v>878.45118279999997</v>
       </c>
       <c r="C295" s="5">
-        <v>2.9952652800000124</v>
+        <v>3.0077278999999635</v>
       </c>
       <c r="D295" s="5">
-        <v>4.1837960570282995</v>
+        <v>4.2015985486880458</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>879.18303902000002</v>
+        <v>879.18304969999997</v>
       </c>
       <c r="C296" s="5">
-        <v>0.73114832999999635</v>
+        <v>0.73186689999999999</v>
       </c>
       <c r="D296" s="5">
-        <v>1.0033623572090367</v>
+        <v>1.0043537941873515</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>884.06430231000002</v>
+        <v>884.064797</v>
       </c>
       <c r="C297" s="5">
-        <v>4.8812632899999926</v>
+        <v>4.8817473000000291</v>
       </c>
       <c r="D297" s="5">
-        <v>6.869712209768597</v>
+        <v>6.8704142378103628</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>887.60976134999999</v>
+        <v>887.61180490000004</v>
       </c>
       <c r="C298" s="5">
-        <v>3.5454590399999688</v>
+        <v>3.5470079000000396</v>
       </c>
       <c r="D298" s="5">
-        <v>4.9200724581180744</v>
+        <v>4.922266663140884</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>888.07035804999998</v>
+        <v>888.07437040000002</v>
       </c>
       <c r="C299" s="5">
-        <v>0.46059669999999642</v>
+        <v>0.46256549999998242</v>
       </c>
       <c r="D299" s="5">
-        <v>0.62448192286104209</v>
+        <v>0.6271574504871591</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>888.88783715</v>
+        <v>888.88908800000002</v>
       </c>
       <c r="C300" s="5">
-        <v>0.81747910000001411</v>
+        <v>0.81471759999999449</v>
       </c>
       <c r="D300" s="5">
-        <v>1.1102236160569268</v>
+        <v>1.1064492373413781</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>890.99305720999996</v>
+        <v>890.99576620000005</v>
       </c>
       <c r="C301" s="5">
-        <v>2.1052200599999651</v>
+        <v>2.106678200000033</v>
       </c>
       <c r="D301" s="5">
-        <v>2.8793650028672069</v>
+        <v>2.8813812996976162</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>891.23319133999996</v>
+        <v>891.23510650000003</v>
       </c>
       <c r="C302" s="5">
-        <v>0.24013413000000128</v>
+        <v>0.23934029999998074</v>
       </c>
       <c r="D302" s="5">
-        <v>0.32389532631185158</v>
+        <v>0.32282203506586171</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>895.62920840000004</v>
+        <v>895.63103220000005</v>
       </c>
       <c r="C303" s="5">
-        <v>4.3960170600000765</v>
+        <v>4.3959257000000207</v>
       </c>
       <c r="D303" s="5">
-        <v>6.0822580065512</v>
+        <v>6.0821147273045106</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>897.56046576999995</v>
+        <v>897.56224859999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.931257369999912</v>
+        <v>1.9312163999999257</v>
       </c>
       <c r="D304" s="5">
-        <v>2.6184858133764699</v>
+        <v>2.6184242085928178</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>900.68061180999996</v>
+        <v>900.68146239999999</v>
       </c>
       <c r="C305" s="5">
-        <v>3.1201460400000087</v>
+        <v>3.1192138000000114</v>
       </c>
       <c r="D305" s="5">
-        <v>4.2521899628300108</v>
+        <v>4.2508865030003617</v>
       </c>
       <c r="E305" s="5">
-        <v>2.7137114437464804</v>
+        <v>2.7137444039762704</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>900.34812763000002</v>
+        <v>900.32926580000003</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.33248417999993762</v>
+        <v>-0.35219659999995656</v>
       </c>
       <c r="D306" s="5">
-        <v>-0.44207896853352135</v>
+        <v>-0.46823229408532452</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>895.88416860999996</v>
+        <v>895.88269720000005</v>
       </c>
       <c r="C307" s="5">
-        <v>-4.4639590200000612</v>
+        <v>-4.4465685999999778</v>
       </c>
       <c r="D307" s="5">
-        <v>-5.7900536098518867</v>
+        <v>-5.7682238131397607</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>892.26337154999999</v>
+        <v>892.26333929999998</v>
       </c>
       <c r="C308" s="5">
-        <v>-3.6207970599999726</v>
+        <v>-3.6193579000000682</v>
       </c>
       <c r="D308" s="5">
-        <v>-4.7435406080070237</v>
+        <v>-4.7417045011421965</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>887.66975787000001</v>
+        <v>887.67043039999999</v>
       </c>
       <c r="C309" s="5">
-        <v>-4.5936136799999758</v>
+        <v>-4.5929088999999976</v>
       </c>
       <c r="D309" s="5">
-        <v>-6.0059617530844882</v>
+        <v>-6.0050664227673138</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>885.09851216000004</v>
+        <v>885.10101689999999</v>
       </c>
       <c r="C310" s="5">
-        <v>-2.571245709999971</v>
+        <v>-2.569413499999996</v>
       </c>
       <c r="D310" s="5">
-        <v>-3.4211034182895284</v>
+        <v>-3.4187017487186777</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>881.35048386000005</v>
+        <v>881.35763989999998</v>
       </c>
       <c r="C311" s="5">
-        <v>-3.7480282999999872</v>
+        <v>-3.7433770000000095</v>
       </c>
       <c r="D311" s="5">
-        <v>-4.9648118589534</v>
+        <v>-4.9587794329089547</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>878.06586031999996</v>
+        <v>878.067859</v>
       </c>
       <c r="C312" s="5">
-        <v>-3.2846235400000978</v>
+        <v>-3.2897808999999825</v>
       </c>
       <c r="D312" s="5">
-        <v>-4.3816301802738877</v>
+        <v>-4.3883344866159408</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>874.20018716000004</v>
+        <v>874.20452169999999</v>
       </c>
       <c r="C313" s="5">
-        <v>-3.8656731599999148</v>
+        <v>-3.863337300000012</v>
       </c>
       <c r="D313" s="5">
-        <v>-5.1569221885843675</v>
+        <v>-5.153869650246989</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>870.86175805000005</v>
+        <v>870.86455269999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-3.3384291099999928</v>
+        <v>-3.3399689999999964</v>
       </c>
       <c r="D314" s="5">
-        <v>-4.4875693905538476</v>
+        <v>-4.4895742392799693</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>867.32762446000004</v>
+        <v>867.33020509999994</v>
       </c>
       <c r="C315" s="5">
-        <v>-3.5341335900000104</v>
+        <v>-3.5343476000000464</v>
       </c>
       <c r="D315" s="5">
-        <v>-4.7626048699725203</v>
+        <v>-4.7628719186300295</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>863.50772993999999</v>
+        <v>863.50967200000002</v>
       </c>
       <c r="C316" s="5">
-        <v>-3.819894520000048</v>
+        <v>-3.8205330999999205</v>
       </c>
       <c r="D316" s="5">
-        <v>-5.1588943125204789</v>
+        <v>-5.1597209680199319</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>860.44611451000003</v>
+        <v>860.44558640000002</v>
       </c>
       <c r="C317" s="5">
-        <v>-3.0616154299999607</v>
+        <v>-3.0640855999999985</v>
       </c>
       <c r="D317" s="5">
-        <v>-4.1726721581326176</v>
+        <v>-4.1759641114893835</v>
       </c>
       <c r="E317" s="5">
-        <v>-4.4671215048301072</v>
+        <v>-4.4672703591329022</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>860.55516183999998</v>
+        <v>860.53263589999995</v>
       </c>
       <c r="C318" s="5">
-        <v>0.10904732999995304</v>
+        <v>8.7049499999920954E-2</v>
       </c>
       <c r="D318" s="5">
-        <v>0.15218622524804104</v>
+        <v>0.1214690910557259</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>857.43727633000003</v>
+        <v>857.43218609999997</v>
       </c>
       <c r="C319" s="5">
-        <v>-3.117885509999951</v>
+        <v>-3.1004497999999785</v>
       </c>
       <c r="D319" s="5">
-        <v>-4.2621314608777165</v>
+        <v>-4.2388760320795082</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>854.02566144000002</v>
+        <v>854.02321029999996</v>
       </c>
       <c r="C320" s="5">
-        <v>-3.4116148900000098</v>
+        <v>-3.4089758000000074</v>
       </c>
       <c r="D320" s="5">
-        <v>-4.6715080046757844</v>
+        <v>-4.6680000709829139</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>850.53570898999999</v>
+        <v>850.5359019</v>
       </c>
       <c r="C321" s="5">
-        <v>-3.4899524500000325</v>
+        <v>-3.4873083999999608</v>
       </c>
       <c r="D321" s="5">
-        <v>-4.7950395841220743</v>
+        <v>-4.7915014181102773</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>848.18529765999995</v>
+        <v>848.18874719999997</v>
       </c>
       <c r="C322" s="5">
-        <v>-2.3504113300000427</v>
+        <v>-2.3471547000000328</v>
       </c>
       <c r="D322" s="5">
-        <v>-3.2661973188506388</v>
+        <v>-3.2617395520418757</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>844.63589251999997</v>
+        <v>844.64691230000005</v>
       </c>
       <c r="C323" s="5">
-        <v>-3.5494051399999762</v>
+        <v>-3.5418348999999125</v>
       </c>
       <c r="D323" s="5">
-        <v>-4.9076653691499716</v>
+        <v>-4.8974179641634858</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>844.62648566999997</v>
+        <v>844.63099279999994</v>
       </c>
       <c r="C324" s="5">
-        <v>-9.4068500000048516E-3</v>
+        <v>-1.591950000010911E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-1.3363780384412216E-2</v>
+        <v>-2.2614680243249197E-2</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>843.23216816000001</v>
+        <v>843.23992099999998</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.3943175099999507</v>
+        <v>-1.3910717999999633</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.9630839868974737</v>
+        <v>-1.9585452525657021</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>842.84966816999997</v>
+        <v>842.85536539999998</v>
       </c>
       <c r="C326" s="5">
-        <v>-0.38249999000004209</v>
+        <v>-0.38455559999999878</v>
       </c>
       <c r="D326" s="5">
-        <v>-0.54297806971590479</v>
+        <v>-0.54588379032683987</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>840.90940727999998</v>
+        <v>840.91478170000005</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.9402608899999905</v>
+        <v>-1.9405836999999337</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.7277213276555301</v>
+        <v>-2.7281512116458906</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>840.30576746999998</v>
+        <v>840.30845680000004</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.60363981000000422</v>
+        <v>-0.60632490000000416</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.85801716613740364</v>
+        <v>-0.86181316000235597</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>840.90553564000004</v>
+        <v>840.90393529999994</v>
       </c>
       <c r="C329" s="5">
-        <v>0.59976817000006122</v>
+        <v>0.59547849999989921</v>
       </c>
       <c r="D329" s="5">
-        <v>0.85987020718480967</v>
+        <v>0.85369349970432218</v>
       </c>
       <c r="E329" s="5">
-        <v>-2.2709822893590248</v>
+        <v>-2.2711082965466756</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>842.38097655000001</v>
+        <v>842.35348750000003</v>
       </c>
       <c r="C330" s="5">
-        <v>1.4754409099999748</v>
+        <v>1.4495522000000847</v>
       </c>
       <c r="D330" s="5">
-        <v>2.1259408339481256</v>
+        <v>2.088287841568004</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>843.64887293000004</v>
+        <v>843.63416900000004</v>
       </c>
       <c r="C331" s="5">
-        <v>1.2678963800000247</v>
+        <v>1.2806815000000142</v>
       </c>
       <c r="D331" s="5">
-        <v>1.8211880869054786</v>
+        <v>1.8397668223871788</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>846.29594396000005</v>
+        <v>846.27997370000003</v>
       </c>
       <c r="C332" s="5">
-        <v>2.6470710300000064</v>
+        <v>2.6458046999999851</v>
       </c>
       <c r="D332" s="5">
-        <v>3.8308347112364194</v>
+        <v>3.8290382475507201</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>848.23034202999997</v>
+        <v>848.23636910000005</v>
       </c>
       <c r="C333" s="5">
-        <v>1.9343980699999292</v>
+        <v>1.9563954000000194</v>
       </c>
       <c r="D333" s="5">
-        <v>2.7776135225599408</v>
+        <v>2.809656014360784</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>849.69615719000001</v>
+        <v>849.70283640000002</v>
       </c>
       <c r="C334" s="5">
-        <v>1.4658151600000338</v>
+        <v>1.4664672999999766</v>
       </c>
       <c r="D334" s="5">
-        <v>2.0935268920562633</v>
+        <v>2.0944521509642211</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>853.08200208000005</v>
+        <v>853.09384</v>
       </c>
       <c r="C335" s="5">
-        <v>3.385844890000044</v>
+        <v>3.3910035999999764</v>
       </c>
       <c r="D335" s="5">
-        <v>4.8879275979172077</v>
+        <v>4.8954997896746288</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>854.17490858999997</v>
+        <v>854.19032440000001</v>
       </c>
       <c r="C336" s="5">
-        <v>1.0929065099999207</v>
+        <v>1.0964844000000085</v>
       </c>
       <c r="D336" s="5">
-        <v>1.548231459899263</v>
+        <v>1.5533141418033525</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>856.63598988000001</v>
+        <v>856.64699859999996</v>
       </c>
       <c r="C337" s="5">
-        <v>2.4610812900000383</v>
+        <v>2.4566741999999522</v>
       </c>
       <c r="D337" s="5">
-        <v>3.5128054750638738</v>
+        <v>3.5063509278452143</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>857.58522764999998</v>
+        <v>857.59559460000003</v>
       </c>
       <c r="C338" s="5">
-        <v>0.9492377699999679</v>
+        <v>0.94859600000006594</v>
       </c>
       <c r="D338" s="5">
-        <v>1.337853244624454</v>
+        <v>1.3369259339665485</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>859.48881902000005</v>
+        <v>859.4984925</v>
       </c>
       <c r="C339" s="5">
-        <v>1.9035913700000719</v>
+        <v>1.9028978999999708</v>
       </c>
       <c r="D339" s="5">
-        <v>2.6964139963992828</v>
+        <v>2.6953867039064106</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>861.33076397000002</v>
+        <v>861.33419990000004</v>
       </c>
       <c r="C340" s="5">
-        <v>1.84194494999997</v>
+        <v>1.8357074000000466</v>
       </c>
       <c r="D340" s="5">
-        <v>2.6022140806264416</v>
+        <v>2.593268658645731</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>864.46702024000001</v>
+        <v>864.46440670000004</v>
       </c>
       <c r="C341" s="5">
-        <v>3.1362562699999899</v>
+        <v>3.1302067999999963</v>
       </c>
       <c r="D341" s="5">
-        <v>4.4579849602525146</v>
+        <v>4.4491953314141242</v>
       </c>
       <c r="E341" s="5">
-        <v>2.8019181229515411</v>
+        <v>2.8018029659469645</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>864.63578464</v>
+        <v>864.61201189999997</v>
       </c>
       <c r="C342" s="5">
-        <v>0.16876439999998638</v>
+        <v>0.14760519999992994</v>
       </c>
       <c r="D342" s="5">
-        <v>0.23452007503430572</v>
+        <v>0.20508961925227442</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>868.11794999000006</v>
+        <v>868.08343990000003</v>
       </c>
       <c r="C343" s="5">
-        <v>3.4821653500000593</v>
+        <v>3.4714280000000599</v>
       </c>
       <c r="D343" s="5">
-        <v>4.9412821004375163</v>
+        <v>4.9258459551967837</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>871.32898237999996</v>
+        <v>871.28467550000005</v>
       </c>
       <c r="C344" s="5">
-        <v>3.2110323899999003</v>
+        <v>3.2012356000000182</v>
       </c>
       <c r="D344" s="5">
-        <v>4.530032300306619</v>
+        <v>4.5161129523208388</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>874.10262851000005</v>
+        <v>874.11863449999998</v>
       </c>
       <c r="C345" s="5">
-        <v>2.7736461300000883</v>
+        <v>2.8339589999999362</v>
       </c>
       <c r="D345" s="5">
-        <v>3.8874761701123584</v>
+        <v>3.973733042014338</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>877.58217460000003</v>
+        <v>877.59469309999997</v>
       </c>
       <c r="C346" s="5">
-        <v>3.4795460899999853</v>
+        <v>3.4760585999999876</v>
       </c>
       <c r="D346" s="5">
-        <v>4.882831900559359</v>
+        <v>4.8777391078254073</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>881.38416809</v>
+        <v>881.39666999999997</v>
       </c>
       <c r="C347" s="5">
-        <v>3.8019934899999726</v>
+        <v>3.8019768999999997</v>
       </c>
       <c r="D347" s="5">
-        <v>5.324504092707949</v>
+        <v>5.3244025326994349</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>884.74331692999999</v>
+        <v>884.76970989999995</v>
       </c>
       <c r="C348" s="5">
-        <v>3.3591488399999889</v>
+        <v>3.3730398999999807</v>
       </c>
       <c r="D348" s="5">
-        <v>4.6705598593207664</v>
+        <v>4.6902143989364431</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>887.79946013000006</v>
+        <v>887.81190059999994</v>
       </c>
       <c r="C349" s="5">
-        <v>3.056143200000065</v>
+        <v>3.0421906999999919</v>
       </c>
       <c r="D349" s="5">
-        <v>4.2247901925207554</v>
+        <v>4.205008327724169</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>890.09092910000004</v>
+        <v>890.12166070000001</v>
       </c>
       <c r="C350" s="5">
-        <v>2.2914689699999826</v>
+        <v>2.3097601000000623</v>
       </c>
       <c r="D350" s="5">
-        <v>3.1416281993201567</v>
+        <v>3.1670204524905321</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>893.78159939</v>
+        <v>893.79137009999999</v>
       </c>
       <c r="C351" s="5">
-        <v>3.6906702899999573</v>
+        <v>3.6697093999999879</v>
       </c>
       <c r="D351" s="5">
-        <v>5.0907305685497395</v>
+        <v>5.0609807181288158</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>896.87589931000002</v>
+        <v>896.88071849999994</v>
       </c>
       <c r="C352" s="5">
-        <v>3.0942999200000258</v>
+        <v>3.0893483999999489</v>
       </c>
       <c r="D352" s="5">
-        <v>4.2344630217187262</v>
+        <v>4.2275105769095767</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>897.67175904999999</v>
+        <v>897.67158259999997</v>
       </c>
       <c r="C353" s="5">
-        <v>0.79585973999996895</v>
+        <v>0.79086410000002161</v>
       </c>
       <c r="D353" s="5">
-        <v>1.0700550241124152</v>
+        <v>1.0632999006526811</v>
       </c>
       <c r="E353" s="5">
-        <v>3.8410648448776508</v>
+        <v>3.8413583766583104</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>900.01825799000005</v>
+        <v>899.98791870000002</v>
       </c>
       <c r="C354" s="5">
-        <v>2.3464989400000604</v>
+        <v>2.3163361000000577</v>
       </c>
       <c r="D354" s="5">
-        <v>3.1822723578453394</v>
+        <v>3.1407845354248565</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>902.93432466000002</v>
+        <v>902.88524840000002</v>
       </c>
       <c r="C355" s="5">
-        <v>2.9160666699999638</v>
+        <v>2.8973297000000002</v>
       </c>
       <c r="D355" s="5">
-        <v>3.9580482937119355</v>
+        <v>3.932299110187043</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>904.40242951000005</v>
+        <v>904.33542390000002</v>
       </c>
       <c r="C356" s="5">
-        <v>1.4681048500000315</v>
+        <v>1.4501755000000003</v>
       </c>
       <c r="D356" s="5">
-        <v>1.9686547199543547</v>
+        <v>1.9445062241258304</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>906.08188815999995</v>
+        <v>906.08396560000006</v>
       </c>
       <c r="C357" s="5">
-        <v>1.6794586499999014</v>
+        <v>1.7485417000000325</v>
       </c>
       <c r="D357" s="5">
-        <v>2.2512786736049284</v>
+        <v>2.3450457150139714</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>907.31800641999996</v>
+        <v>907.33880799999997</v>
       </c>
       <c r="C358" s="5">
-        <v>1.236118260000012</v>
+        <v>1.2548423999999159</v>
       </c>
       <c r="D358" s="5">
-        <v>1.6494344892027391</v>
+        <v>1.6746061060488593</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>909.33324405999997</v>
+        <v>909.34615429999997</v>
       </c>
       <c r="C359" s="5">
-        <v>2.0152376400000094</v>
+        <v>2.0073462999999947</v>
       </c>
       <c r="D359" s="5">
-        <v>2.6981133003886271</v>
+        <v>2.6873566789209935</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>910.53937798000004</v>
+        <v>910.57702989999996</v>
       </c>
       <c r="C360" s="5">
-        <v>1.2061339200000702</v>
+        <v>1.2308755999999903</v>
       </c>
       <c r="D360" s="5">
-        <v>1.603335490663893</v>
+        <v>1.6364469005604843</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>911.66713185000003</v>
+        <v>911.68457339999998</v>
       </c>
       <c r="C361" s="5">
-        <v>1.1277538699999923</v>
+        <v>1.1075435000000198</v>
       </c>
       <c r="D361" s="5">
-        <v>1.4964334676316859</v>
+        <v>1.4693752045981334</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>911.40871375999996</v>
+        <v>911.47211849999997</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.25841809000007743</v>
+        <v>-0.21245490000001155</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.3396181583954494</v>
+        <v>-0.27928450052966403</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>906.87131898999996</v>
+        <v>906.89706009999998</v>
       </c>
       <c r="C363" s="5">
-        <v>-4.5373947699999917</v>
+        <v>-4.575058399999989</v>
       </c>
       <c r="D363" s="5">
-        <v>-5.8132337667554772</v>
+        <v>-5.8597670750806463</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>911.39087945000006</v>
+        <v>911.41124439999999</v>
       </c>
       <c r="C364" s="5">
-        <v>4.5195604600000934</v>
+        <v>4.5141843000000108</v>
       </c>
       <c r="D364" s="5">
-        <v>6.1471001754969556</v>
+        <v>6.1394076041897394</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>910.50458363999996</v>
+        <v>910.51048249999997</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.88629581000009239</v>
+        <v>-0.90076190000002043</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.1607367482554087</v>
+        <v>-1.1795531774320911</v>
       </c>
       <c r="E365" s="5">
-        <v>1.4295675964654198</v>
+        <v>1.4302446628435828</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>911.69494491</v>
+        <v>911.64930289999995</v>
       </c>
       <c r="C366" s="5">
-        <v>1.1903612700000394</v>
+        <v>1.138820399999986</v>
       </c>
       <c r="D366" s="5">
-        <v>1.5801673044333775</v>
+        <v>1.5112672632463964</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>911.34001627999999</v>
+        <v>911.25454100000002</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.35492863000001762</v>
+        <v>-0.39476189999993494</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.46616862294018846</v>
+        <v>-0.51838761249921594</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>909.70978580999997</v>
+        <v>909.59645160000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.630230470000015</v>
+        <v>-1.6580893999999944</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.1255995587033172</v>
+        <v>-2.1617618686090689</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>855.65638247000004</v>
+        <v>855.60964420000005</v>
       </c>
       <c r="C369" s="5">
-        <v>-54.053403339999932</v>
+        <v>-53.986807399999975</v>
       </c>
       <c r="D369" s="5">
-        <v>-52.053342974838444</v>
+        <v>-52.013070222944876</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>856.82025355999997</v>
+        <v>856.83504930000004</v>
       </c>
       <c r="C370" s="5">
-        <v>1.1638710899999296</v>
+        <v>1.225405099999989</v>
       </c>
       <c r="D370" s="5">
-        <v>1.6445168463889548</v>
+        <v>1.7322441163867941</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>858.56557191000002</v>
+        <v>858.58953899999995</v>
       </c>
       <c r="C371" s="5">
-        <v>1.7453183500000478</v>
+        <v>1.7544896999999082</v>
       </c>
       <c r="D371" s="5">
-        <v>2.4719375413122302</v>
+        <v>2.4850303979930821</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>852.16086998000003</v>
+        <v>852.22562640000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-6.4047019299999874</v>
+        <v>-6.3639125999999351</v>
       </c>
       <c r="D372" s="5">
-        <v>-8.5934276109528636</v>
+        <v>-8.5406820619662209</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>853.17261286999997</v>
+        <v>853.22889399999997</v>
       </c>
       <c r="C373" s="5">
-        <v>1.0117428899999368</v>
+        <v>1.0032675999999583</v>
       </c>
       <c r="D373" s="5">
-        <v>1.4340612820119114</v>
+        <v>1.421861622802334</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>854.56511645</v>
+        <v>854.7000491</v>
       </c>
       <c r="C374" s="5">
-        <v>1.3925035800000387</v>
+        <v>1.4711551000000327</v>
       </c>
       <c r="D374" s="5">
-        <v>1.976254828764068</v>
+        <v>2.0887996917934082</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>856.87270841999998</v>
+        <v>856.9523666</v>
       </c>
       <c r="C375" s="5">
-        <v>2.3075919699999758</v>
+        <v>2.2523175000000037</v>
       </c>
       <c r="D375" s="5">
-        <v>3.2889346616910009</v>
+        <v>3.2084944718066</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>858.28301223000005</v>
+        <v>858.34604650000006</v>
       </c>
       <c r="C376" s="5">
-        <v>1.4103038100000731</v>
+        <v>1.3936799000000519</v>
       </c>
       <c r="D376" s="5">
-        <v>1.9930249983006965</v>
+        <v>1.9691370370953143</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>861.21227277000003</v>
+        <v>861.22429109999996</v>
       </c>
       <c r="C377" s="5">
-        <v>2.9292605399999729</v>
+        <v>2.8782445999999027</v>
       </c>
       <c r="D377" s="5">
-        <v>4.1732757600642101</v>
+        <v>4.0989418760491558</v>
       </c>
       <c r="E377" s="5">
-        <v>-5.4137356094287821</v>
+        <v>-5.4130284436346372</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>863.09745749000001</v>
+        <v>862.99524840000004</v>
       </c>
       <c r="C378" s="5">
-        <v>1.8851847199999838</v>
+        <v>1.7709573000000773</v>
       </c>
       <c r="D378" s="5">
-        <v>2.6586444914580731</v>
+        <v>2.4956904690067061</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>862.58195644</v>
+        <v>862.40505499999995</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.51550105000001167</v>
+        <v>-0.59019340000008924</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.71437263966529496</v>
+        <v>-0.8175875893478679</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>868.68519661000005</v>
+        <v>868.46509319999996</v>
       </c>
       <c r="C380" s="5">
-        <v>6.1032401700000491</v>
+        <v>6.0600382000000081</v>
       </c>
       <c r="D380" s="5">
-        <v>8.8289945537502579</v>
+        <v>8.7659319105427791</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>867.18788353000002</v>
+        <v>867.03151479999997</v>
       </c>
       <c r="C381" s="5">
-        <v>-1.4973130800000263</v>
+        <v>-1.4335783999999876</v>
       </c>
       <c r="D381" s="5">
-        <v>-2.0488890328275167</v>
+        <v>-1.9629590032635869</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>867.62083170999995</v>
+        <v>867.60971570000004</v>
       </c>
       <c r="C382" s="5">
-        <v>0.43294817999992574</v>
+        <v>0.57820090000006985</v>
       </c>
       <c r="D382" s="5">
-        <v>0.60075423543712869</v>
+        <v>0.80319066766587621</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>870.89624388000004</v>
+        <v>870.95369730000004</v>
       </c>
       <c r="C383" s="5">
-        <v>3.2754121700000951</v>
+        <v>3.3439816000000064</v>
       </c>
       <c r="D383" s="5">
-        <v>4.6254546694842968</v>
+        <v>4.7244106831013433</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>876.24317484000005</v>
+        <v>876.38934159999997</v>
       </c>
       <c r="C384" s="5">
-        <v>5.3469309600000088</v>
+        <v>5.4356442999999217</v>
       </c>
       <c r="D384" s="5">
-        <v>7.6214326276165201</v>
+        <v>7.75172717553263</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>879.28719243</v>
+        <v>879.45463370000004</v>
       </c>
       <c r="C385" s="5">
-        <v>3.0440175899999531</v>
+        <v>3.0652921000000788</v>
       </c>
       <c r="D385" s="5">
-        <v>4.2493100532893902</v>
+        <v>4.2788545012612866</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>879.49489956000002</v>
+        <v>879.75126890000001</v>
       </c>
       <c r="C386" s="5">
-        <v>0.20770713000001706</v>
+        <v>0.29663519999996879</v>
       </c>
       <c r="D386" s="5">
-        <v>0.28383518202350633</v>
+        <v>0.4055050958853279</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>889.24282883000001</v>
+        <v>889.432233</v>
       </c>
       <c r="C387" s="5">
-        <v>9.747929269999986</v>
+        <v>9.6809640999999829</v>
       </c>
       <c r="D387" s="5">
-        <v>14.141757771342389</v>
+        <v>14.034312272624794</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>893.85340927000004</v>
+        <v>894.00653869999996</v>
       </c>
       <c r="C388" s="5">
-        <v>4.6105804400000352</v>
+        <v>4.5743056999999681</v>
       </c>
       <c r="D388" s="5">
-        <v>6.4023334784914177</v>
+        <v>6.3491374427194769</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>899.11835616999997</v>
+        <v>899.19495719999998</v>
       </c>
       <c r="C389" s="5">
-        <v>5.2649468999999272</v>
+        <v>5.1884185000000116</v>
       </c>
       <c r="D389" s="5">
-        <v>7.3017386740744206</v>
+        <v>7.1909227029531175</v>
       </c>
       <c r="E389" s="5">
-        <v>4.4014797046585175</v>
+        <v>4.4089172231198903</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>898.64279384999998</v>
+        <v>898.39177789999997</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.47556231999999454</v>
+        <v>-0.8031793000000107</v>
       </c>
       <c r="D390" s="5">
-        <v>-0.63286170738218184</v>
+        <v>-1.0666143924047411</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>906.87548564999997</v>
+        <v>906.493201</v>
       </c>
       <c r="C391" s="5">
-        <v>8.2326917999999978</v>
+        <v>8.1014231000000336</v>
       </c>
       <c r="D391" s="5">
-        <v>11.564698278901453</v>
+        <v>11.374403203349992</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>912.94305057999998</v>
+        <v>912.44285379999997</v>
       </c>
       <c r="C392" s="5">
-        <v>6.0675649300000032</v>
+        <v>5.9496527999999671</v>
       </c>
       <c r="D392" s="5">
-        <v>8.3308863798302824</v>
+        <v>8.1666742486757435</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>921.55934576000004</v>
+        <v>921.25942580000003</v>
       </c>
       <c r="C393" s="5">
-        <v>8.6162951800000656</v>
+        <v>8.8165720000000647</v>
       </c>
       <c r="D393" s="5">
-        <v>11.932305285685851</v>
+        <v>12.231622688942046</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>923.97739574000002</v>
+        <v>923.86510559999999</v>
       </c>
       <c r="C394" s="5">
-        <v>2.4180499799999779</v>
+        <v>2.6056797999999617</v>
       </c>
       <c r="D394" s="5">
-        <v>3.1944801541926138</v>
+        <v>3.4473660380946347</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>925.87583778999999</v>
+        <v>926.04944880000005</v>
       </c>
       <c r="C395" s="5">
-        <v>1.8984420499999715</v>
+        <v>2.1843432000000575</v>
       </c>
       <c r="D395" s="5">
-        <v>2.4936234140870539</v>
+        <v>2.8744109738253254</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>932.55708290999996</v>
+        <v>932.95122049999998</v>
       </c>
       <c r="C396" s="5">
-        <v>6.6812451199999714</v>
+        <v>6.9017716999999266</v>
       </c>
       <c r="D396" s="5">
-        <v>9.0114438722302737</v>
+        <v>9.3193687661507152</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>935.31854966000003</v>
+        <v>935.69231930000001</v>
       </c>
       <c r="C397" s="5">
-        <v>2.7614667500000678</v>
+        <v>2.7410988000000316</v>
       </c>
       <c r="D397" s="5">
-        <v>3.6118602364148877</v>
+        <v>3.5832488570354482</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>938.42519778999997</v>
+        <v>938.84898169999997</v>
       </c>
       <c r="C398" s="5">
-        <v>3.1066481299999396</v>
+        <v>3.1566623999999592</v>
       </c>
       <c r="D398" s="5">
-        <v>4.0594092720600772</v>
+        <v>4.1243012786184252</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>940.04819608000003</v>
+        <v>940.3709202</v>
       </c>
       <c r="C399" s="5">
-        <v>1.622998290000055</v>
+        <v>1.5219385000000329</v>
       </c>
       <c r="D399" s="5">
-        <v>2.0952454358374117</v>
+        <v>1.9627201442211861</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>942.98758612999995</v>
+        <v>943.23231439999995</v>
       </c>
       <c r="C400" s="5">
-        <v>2.939390049999929</v>
+        <v>2.8613941999999497</v>
       </c>
       <c r="D400" s="5">
-        <v>3.8174272554009292</v>
+        <v>3.7131353081352403</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>944.95752635999997</v>
+        <v>945.0731505</v>
       </c>
       <c r="C401" s="5">
-        <v>1.9699402300000202</v>
+        <v>1.8408361000000468</v>
       </c>
       <c r="D401" s="5">
-        <v>2.5358543751285323</v>
+        <v>2.367253035358563</v>
       </c>
       <c r="E401" s="5">
-        <v>5.0982353853014972</v>
+        <v>5.1021408575132599</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>946.26078014999996</v>
+        <v>945.78468610000004</v>
       </c>
       <c r="C402" s="5">
-        <v>1.3032537899999852</v>
+        <v>0.71153560000004745</v>
       </c>
       <c r="D402" s="5">
-        <v>1.6676115870820629</v>
+        <v>0.90721789976835332</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>948.98912517999997</v>
+        <v>948.34226360000002</v>
       </c>
       <c r="C403" s="5">
-        <v>2.728345030000014</v>
+        <v>2.5575774999999794</v>
       </c>
       <c r="D403" s="5">
-        <v>3.5153479850387193</v>
+        <v>3.2937239355640635</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>950.18792422000001</v>
+        <v>949.36471159999996</v>
       </c>
       <c r="C404" s="5">
-        <v>1.1987990400000399</v>
+        <v>1.0224479999999403</v>
       </c>
       <c r="D404" s="5">
-        <v>1.5264620499852999</v>
+        <v>1.301470293485063</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>953.17275238000002</v>
+        <v>952.68010409999999</v>
       </c>
       <c r="C405" s="5">
-        <v>2.9848281600000064</v>
+        <v>3.3153925000000299</v>
       </c>
       <c r="D405" s="5">
-        <v>3.8353777495486296</v>
+        <v>4.2721020555435585</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>955.34582981999995</v>
+        <v>955.13146959999995</v>
       </c>
       <c r="C406" s="5">
-        <v>2.1730774399999291</v>
+        <v>2.4513654999999517</v>
       </c>
       <c r="D406" s="5">
-        <v>2.7703695935019423</v>
+        <v>3.1318260579303425</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>960.11406363000003</v>
+        <v>960.44972729999995</v>
       </c>
       <c r="C407" s="5">
-        <v>4.7682338100000834</v>
+        <v>5.3182577000000038</v>
       </c>
       <c r="D407" s="5">
-        <v>6.1565090328728145</v>
+        <v>6.8901774420780493</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>959.20073884999999</v>
+        <v>959.89528040000005</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.91332478000003903</v>
+        <v>-0.5544468999999026</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.135566842955793</v>
+        <v>-0.6905388770370835</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>961.06592505000003</v>
+        <v>961.67488100000003</v>
       </c>
       <c r="C409" s="5">
-        <v>1.8651862000000392</v>
+        <v>1.7796005999999807</v>
       </c>
       <c r="D409" s="5">
-        <v>2.3585436159482498</v>
+        <v>2.2475693405384467</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>962.71818165000002</v>
+        <v>963.30355859999997</v>
       </c>
       <c r="C410" s="5">
-        <v>1.652256599999987</v>
+        <v>1.6286775999999463</v>
       </c>
       <c r="D410" s="5">
-        <v>2.082649403373571</v>
+        <v>2.0513388909077612</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>964.01257664000002</v>
+        <v>964.47280760000001</v>
       </c>
       <c r="C411" s="5">
-        <v>1.2943949900000007</v>
+        <v>1.1692490000000362</v>
       </c>
       <c r="D411" s="5">
-        <v>1.6254101211209182</v>
+        <v>1.4663121146932356</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>964.02162067999996</v>
+        <v>964.35547199999996</v>
       </c>
       <c r="C412" s="5">
-        <v>9.0440399999351939E-3</v>
+        <v>-0.11733560000004672</v>
       </c>
       <c r="D412" s="5">
-        <v>1.1258575124517556E-2</v>
+        <v>-0.1458916658910181</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>966.18748155000003</v>
+        <v>966.35007840000003</v>
       </c>
       <c r="C413" s="5">
-        <v>2.1658608700000741</v>
+        <v>1.9946064000000661</v>
       </c>
       <c r="D413" s="5">
-        <v>2.7295970204395559</v>
+        <v>2.5104276309640072</v>
       </c>
       <c r="E413" s="5">
-        <v>2.2466570822265775</v>
+        <v>2.2513524893542192</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>970.56040355000005</v>
+        <v>969.84780660000001</v>
       </c>
       <c r="C414" s="5">
-        <v>4.3729220000000169</v>
+        <v>3.4977281999999832</v>
       </c>
       <c r="D414" s="5">
-        <v>5.5684039570965016</v>
+        <v>4.430948025842496</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>972.20276111999999</v>
+        <v>971.2797478</v>
       </c>
       <c r="C415" s="5">
-        <v>1.6423575699999446</v>
+        <v>1.4319411999999829</v>
       </c>
       <c r="D415" s="5">
-        <v>2.0496152126941558</v>
+        <v>1.7862102420617809</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>973.11199241999998</v>
+        <v>971.94509630000005</v>
       </c>
       <c r="C416" s="5">
-        <v>0.90923129999998764</v>
+        <v>0.66534850000005008</v>
       </c>
       <c r="D416" s="5">
-        <v>1.1280644032003906</v>
+        <v>0.82513119488305531</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>973.07392508999999</v>
+        <v>972.42351440000004</v>
       </c>
       <c r="C417" s="5">
-        <v>-3.8067329999989852E-2</v>
+        <v>0.47841809999999896</v>
       </c>
       <c r="D417" s="5">
-        <v>-4.693290100888925E-2</v>
+        <v>0.59227472079383947</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>973.37262033000002</v>
+        <v>973.05940959999998</v>
       </c>
       <c r="C418" s="5">
-        <v>0.29869524000002912</v>
+        <v>0.63589519999993627</v>
       </c>
       <c r="D418" s="5">
-        <v>0.36897509709856724</v>
+        <v>0.78754235850588827</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>974.74817627000004</v>
+        <v>975.2403769</v>
       </c>
       <c r="C419" s="5">
-        <v>1.3755559400000266</v>
+        <v>2.1809673000000203</v>
       </c>
       <c r="D419" s="5">
-        <v>1.7090655364445428</v>
+        <v>2.7230258058619006</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>972.82712676000006</v>
+        <v>973.837716</v>
       </c>
       <c r="C420" s="5">
-        <v>-1.9210495099999889</v>
+        <v>-1.4026609000000008</v>
       </c>
       <c r="D420" s="5">
-        <v>-2.3395119500723927</v>
+        <v>-1.7123386770813265</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>974.50687919999996</v>
+        <v>975.3332332</v>
       </c>
       <c r="C421" s="5">
-        <v>1.679752439999902</v>
+        <v>1.4955171999999948</v>
       </c>
       <c r="D421" s="5">
-        <v>2.091796152399894</v>
+        <v>1.8584784833806545</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>974.96466017</v>
+        <v>975.68088539999997</v>
       </c>
       <c r="C422" s="5">
-        <v>0.45778097000004436</v>
+        <v>0.34765219999997043</v>
       </c>
       <c r="D422" s="5">
-        <v>0.5651665488315194</v>
+        <v>0.42857298602103633</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>975.54822922999995</v>
+        <v>976.11618099999998</v>
       </c>
       <c r="C423" s="5">
-        <v>0.58356905999994524</v>
+        <v>0.43529560000001766</v>
       </c>
       <c r="D423" s="5">
-        <v>0.72063416336685115</v>
+        <v>0.53669021290485563</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>976.70569406000004</v>
+        <v>977.09367910000003</v>
       </c>
       <c r="C424" s="5">
-        <v>1.1574648300000945</v>
+        <v>0.977498100000048</v>
       </c>
       <c r="D424" s="5">
-        <v>1.4330993658157043</v>
+        <v>1.2083397228301651</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>976.18439507000005</v>
+        <v>976.33987639999998</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.52129898999999114</v>
+        <v>-0.75380270000005112</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.63860148575642928</v>
+        <v>-0.921851151015185</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0346763657051783</v>
+        <v>1.0337659429324297</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>974.67333759999997</v>
+        <v>976.38690120000001</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.5110574700000825</v>
+        <v>4.7024800000031064E-2</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.8417739041049264</v>
+        <v>5.7812563265335903E-2</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>975.40798593</v>
+        <v>976.8675796</v>
       </c>
       <c r="C427" s="5">
-        <v>0.73464833000002727</v>
+        <v>0.48067839999998796</v>
       </c>
       <c r="D427" s="5">
-        <v>0.90824463247995979</v>
+        <v>0.59236606503421108</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>976.03026532000001</v>
+        <v>977.31749009999999</v>
       </c>
       <c r="C428" s="5">
-        <v>0.62227939000001697</v>
+        <v>0.44991049999998722</v>
       </c>
       <c r="D428" s="5">
-        <v>0.76825392315964525</v>
+        <v>0.55407950624075664</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>982.42326527</v>
+        <v>975.14480040000001</v>
       </c>
       <c r="C429" s="5">
-        <v>6.3929999499999894</v>
+        <v>-2.1726896999999781</v>
       </c>
       <c r="D429" s="5">
-        <v>8.1494330851195507</v>
+        <v>-2.635360359544292</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>983.11903024000003</v>
+        <v>974.32983190000004</v>
       </c>
       <c r="C430" s="5">
-        <v>0.69576497000002746</v>
+        <v>-0.81496849999996357</v>
       </c>
       <c r="D430" s="5">
-        <v>0.85317381225973321</v>
+        <v>-0.99829217353342159</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>980.42263821999995</v>
+        <v>970.75439630000005</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.6963920200000757</v>
+        <v>-3.5754355999999916</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.2420331280283654</v>
+        <v>-4.3157640558527222</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>976.90126208000004</v>
+        <v>967.15156230000002</v>
       </c>
       <c r="C432" s="5">
-        <v>-3.5213761399999157</v>
+        <v>-3.6028340000000298</v>
       </c>
       <c r="D432" s="5">
-        <v>-4.2258998847627964</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.3638554077714993</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>977.58669388999999</v>
+        <v>967.83015339999997</v>
       </c>
       <c r="C433" s="5">
-        <v>0.68543180999995457</v>
+        <v>0.67859109999994871</v>
       </c>
       <c r="D433" s="5">
-        <v>0.84522330754823738</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.8452233793967423</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>975.79277313</v>
+        <v>966.05413629999998</v>
       </c>
       <c r="C434" s="5">
-        <v>-1.7939207599999918</v>
+        <v>-1.77601709999999</v>
       </c>
       <c r="D434" s="5">
-        <v>-2.179970847944146</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.1799709483031449</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>965.46058860000005</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.59354769999993096</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.73479866168186803</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>965.25159629999996</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.20899230000009084</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.25945376947270615</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>966.62323519999995</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.3716388999999936</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.7186110046723213</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.9952109336993975</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>