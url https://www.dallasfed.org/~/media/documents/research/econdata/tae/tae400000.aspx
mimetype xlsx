--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7D016E63-85FD-4C81-8524-FB2F7937E26C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FBFBE4F3-4C5C-4A79-BF91-2F2150045B91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D6F73394-499D-4D65-9FEB-05097D6DE659}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1A5F37E6-E752-4A3C-AB09-68F1F5F35FA1}"/>
   </bookViews>
   <sheets>
     <sheet name="AE400000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Trade, Transportation, and Utilities</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA4FD71B-AEBE-4EF1-AA6B-AA9041673404}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC15DEBE-CD80-4169-99CD-F1D8A9ED8040}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-1.9120960000000196</v>
       </c>
       <c r="D431" s="5">
         <v>-0.81631205248516858</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>2800.2109888</v>
       </c>
       <c r="C432" s="5">
         <v>1.82420460000003</v>
       </c>
       <c r="D432" s="5">
         <v>0.78506339813768644</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2806.0742365000001</v>
+        <v>2807.7731764</v>
       </c>
       <c r="C433" s="5">
-        <v>5.8632477000001018</v>
+        <v>7.5621876000000157</v>
       </c>
       <c r="D433" s="5">
-        <v>2.5417700502457174</v>
+        <v>3.2892638893753379</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>2807.0836914000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.68948499999987689</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.29427785058491196</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>