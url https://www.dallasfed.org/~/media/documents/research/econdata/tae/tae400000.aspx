--- v1 (2025-12-13)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FBFBE4F3-4C5C-4A79-BF91-2F2150045B91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{39D05771-0831-4478-AF54-DF390DB55E0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1A5F37E6-E752-4A3C-AB09-68F1F5F35FA1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{64511098-B78B-4AB1-B5E3-E718F839053D}"/>
   </bookViews>
   <sheets>
     <sheet name="AE400000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Trade, Transportation, and Utilities</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC15DEBE-CD80-4169-99CD-F1D8A9ED8040}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6892F750-5CA1-44F3-8D1A-DE93A7F612F8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1561.7972092</v>
+        <v>1561.797998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1560.5424892000001</v>
+        <v>1560.5440020000001</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.2547199999999066</v>
+        <v>-1.2539959999999155</v>
       </c>
       <c r="D7" s="5">
-        <v>-0.95981017603103957</v>
+        <v>-0.95925830635111842</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1561.6194264999999</v>
+        <v>1561.6205649999999</v>
       </c>
       <c r="C8" s="5">
-        <v>1.0769372999998268</v>
+        <v>1.0765629999998509</v>
       </c>
       <c r="D8" s="5">
-        <v>0.8312757805619686</v>
+        <v>0.83098495687445872</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1557.8779477999999</v>
+        <v>1557.8802760000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-3.741478700000016</v>
+        <v>-3.7402889999998479</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.8374907695715157</v>
+        <v>-2.8365983273341056</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1560.0727449999999</v>
+        <v>1560.0781730000001</v>
       </c>
       <c r="C10" s="5">
-        <v>2.1947972000000391</v>
+        <v>2.1978970000000118</v>
       </c>
       <c r="D10" s="5">
-        <v>1.7037668019568963</v>
+        <v>1.7061892329158335</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1564.227637</v>
+        <v>1564.234111</v>
       </c>
       <c r="C11" s="5">
-        <v>4.154892000000018</v>
+        <v>4.1559379999998782</v>
       </c>
       <c r="D11" s="5">
-        <v>3.2431536126488858</v>
+        <v>3.2439706281232938</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1567.9684146</v>
+        <v>1567.9654379999999</v>
       </c>
       <c r="C12" s="5">
-        <v>3.7407776000000013</v>
+        <v>3.7313269999999648</v>
       </c>
       <c r="D12" s="5">
-        <v>2.9077923995869392</v>
+        <v>2.900337423501953</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1571.2512088999999</v>
+        <v>1571.2416559999999</v>
       </c>
       <c r="C13" s="5">
-        <v>3.2827942999999777</v>
+        <v>3.2762179999999717</v>
       </c>
       <c r="D13" s="5">
-        <v>2.5415265901798101</v>
+        <v>2.5363814631501613</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1572.5634806</v>
+        <v>1572.560393</v>
       </c>
       <c r="C14" s="5">
-        <v>1.3122717000001103</v>
+        <v>1.3187370000000556</v>
       </c>
       <c r="D14" s="5">
-        <v>1.0068279738975283</v>
+        <v>1.0118175143524422</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1569.3027245000001</v>
+        <v>1569.301723</v>
       </c>
       <c r="C15" s="5">
-        <v>-3.2607560999999805</v>
+        <v>-3.2586699999999382</v>
       </c>
       <c r="D15" s="5">
-        <v>-2.4600532619319715</v>
+        <v>-2.4585020852196493</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1568.4029740000001</v>
+        <v>1568.401942</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.89975049999998191</v>
+        <v>-0.89978100000007544</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.68584751797384769</v>
+        <v>-0.68587113009346279</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1562.3791940000001</v>
+        <v>1562.3789670000001</v>
       </c>
       <c r="C17" s="5">
-        <v>-6.0237799999999879</v>
+        <v>-6.0229749999998603</v>
       </c>
       <c r="D17" s="5">
-        <v>-4.5127300192680302</v>
+        <v>-4.5121425379894937</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1566.1802604</v>
+        <v>1566.180971</v>
       </c>
       <c r="C18" s="5">
-        <v>3.8010663999998542</v>
+        <v>3.8020039999998971</v>
       </c>
       <c r="D18" s="5">
-        <v>2.9588277230375493</v>
+        <v>2.9595678017510396</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1562.5422215999999</v>
+        <v>1562.543764</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.6380388000000039</v>
+        <v>-3.6372069999999894</v>
       </c>
       <c r="D19" s="5">
-        <v>-2.7521107434875347</v>
+        <v>-2.7514882846649935</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1564.7535666000001</v>
+        <v>1564.754903</v>
       </c>
       <c r="C20" s="5">
-        <v>2.2113450000001649</v>
+        <v>2.2111390000000029</v>
       </c>
       <c r="D20" s="5">
-        <v>1.7115484696887284</v>
+        <v>1.7113860832553396</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1555.8931255</v>
+        <v>1555.895585</v>
       </c>
       <c r="C21" s="5">
-        <v>-8.8604411000001164</v>
+        <v>-8.8593180000000302</v>
       </c>
       <c r="D21" s="5">
-        <v>-6.5873394591733252</v>
+        <v>-6.5865248609553895</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1563.0494835</v>
+        <v>1563.0552049999999</v>
       </c>
       <c r="C22" s="5">
-        <v>7.1563579999999547</v>
+        <v>7.1596199999999044</v>
       </c>
       <c r="D22" s="5">
-        <v>5.6612110171167185</v>
+        <v>5.663847977488401</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1564.6828743999999</v>
+        <v>1564.6900539999999</v>
       </c>
       <c r="C23" s="5">
-        <v>1.6333908999999949</v>
+        <v>1.6348490000000311</v>
       </c>
       <c r="D23" s="5">
-        <v>1.2612357835427579</v>
+        <v>1.2623635043103931</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1566.0259318999999</v>
+        <v>1566.0219139999999</v>
       </c>
       <c r="C24" s="5">
-        <v>1.3430574999999862</v>
+        <v>1.331860000000006</v>
       </c>
       <c r="D24" s="5">
-        <v>1.0349058423052337</v>
+        <v>1.0262323363589898</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1570.6414033999999</v>
+        <v>1570.6320760000001</v>
       </c>
       <c r="C25" s="5">
-        <v>4.6154715000000124</v>
+        <v>4.6101620000001731</v>
       </c>
       <c r="D25" s="5">
-        <v>3.5945976760278331</v>
+        <v>3.5904047393083172</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1573.9263169000001</v>
+        <v>1573.923014</v>
       </c>
       <c r="C26" s="5">
-        <v>3.2849135000001297</v>
+        <v>3.2909379999998691</v>
       </c>
       <c r="D26" s="5">
-        <v>2.5388082011086555</v>
+        <v>2.5435334194338299</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1567.6029957999999</v>
+        <v>1567.601725</v>
       </c>
       <c r="C27" s="5">
-        <v>-6.3233211000001575</v>
+        <v>-6.3212889999999788</v>
       </c>
       <c r="D27" s="5">
-        <v>-4.7159403326537896</v>
+        <v>-4.7144677853752874</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1564.5478978000001</v>
+        <v>1564.5467329999999</v>
       </c>
       <c r="C28" s="5">
-        <v>-3.0550979999998162</v>
+        <v>-3.0549920000000839</v>
       </c>
       <c r="D28" s="5">
-        <v>-2.3137713392016535</v>
+        <v>-2.3136937744308805</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1562.0329366999999</v>
+        <v>1562.032655</v>
       </c>
       <c r="C29" s="5">
-        <v>-2.5149611000001642</v>
+        <v>-2.5140779999999268</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.9119988741403304</v>
+        <v>-1.9113348303567146</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.2162180687623767E-2</v>
+        <v>-2.2165684978792122E-2</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1561.5304755</v>
+        <v>1561.5312160000001</v>
       </c>
       <c r="C30" s="5">
-        <v>-0.50246119999997063</v>
+        <v>-0.50143899999989117</v>
       </c>
       <c r="D30" s="5">
-        <v>-0.3853234002077599</v>
+        <v>-0.38454095645240605</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1563.8248687</v>
+        <v>1563.8265309999999</v>
       </c>
       <c r="C31" s="5">
-        <v>2.2943932000000586</v>
+        <v>2.2953149999998459</v>
       </c>
       <c r="D31" s="5">
-        <v>1.7775068598973487</v>
+        <v>1.7782259278386725</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1563.5620186000001</v>
+        <v>1563.563592</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.26285009999992326</v>
+        <v>-0.26293899999996029</v>
       </c>
       <c r="D32" s="5">
-        <v>-0.20151149911922239</v>
+        <v>-0.20157937635959522</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1570.546697</v>
+        <v>1570.5493039999999</v>
       </c>
       <c r="C33" s="5">
-        <v>6.9846783999998934</v>
+        <v>6.9857119999999213</v>
       </c>
       <c r="D33" s="5">
-        <v>5.4942767887920407</v>
+        <v>5.49510425366313</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1571.1416262</v>
+        <v>1571.14797</v>
       </c>
       <c r="C34" s="5">
-        <v>0.59492920000002414</v>
+        <v>0.59866600000009385</v>
       </c>
       <c r="D34" s="5">
-        <v>0.45551291593750598</v>
+        <v>0.45837926918284033</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1572.4915911999999</v>
+        <v>1572.4992179999999</v>
       </c>
       <c r="C35" s="5">
-        <v>1.3499649999998837</v>
+        <v>1.3512479999999414</v>
       </c>
       <c r="D35" s="5">
-        <v>1.0359571933696632</v>
+        <v>1.0369422171407017</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1572.0374975</v>
+        <v>1572.0319360000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.45409369999993032</v>
+        <v>-0.46728199999984099</v>
       </c>
       <c r="D36" s="5">
-        <v>-0.34597820201943685</v>
+        <v>-0.35600834951026172</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1570.8458952999999</v>
+        <v>1570.837675</v>
       </c>
       <c r="C37" s="5">
-        <v>-1.1916022000000339</v>
+        <v>-1.1942610000000968</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.90581575981765194</v>
+        <v>-0.90783165074578287</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1573.0460164000001</v>
+        <v>1573.0423659999999</v>
       </c>
       <c r="C38" s="5">
-        <v>2.2001211000001604</v>
+        <v>2.2046909999999116</v>
       </c>
       <c r="D38" s="5">
-        <v>1.6937233353274461</v>
+        <v>1.6972775419453745</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1583.4367569999999</v>
+        <v>1583.4349050000001</v>
       </c>
       <c r="C39" s="5">
-        <v>10.390740599999845</v>
+        <v>10.39253900000017</v>
       </c>
       <c r="D39" s="5">
-        <v>8.2209991507482982</v>
+        <v>8.2224938932364147</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1581.7097409999999</v>
+        <v>1581.708386</v>
       </c>
       <c r="C40" s="5">
-        <v>-1.7270160000000487</v>
+        <v>-1.726519000000053</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.3009881337280538</v>
+        <v>-1.300617490364453</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1584.4361197999999</v>
+        <v>1584.4359119999999</v>
       </c>
       <c r="C41" s="5">
-        <v>2.7263788000000204</v>
+        <v>2.727525999999898</v>
       </c>
       <c r="D41" s="5">
-        <v>2.0881516017075663</v>
+        <v>2.0890404064911161</v>
       </c>
       <c r="E41" s="5">
-        <v>1.4342324398952666</v>
+        <v>1.4342374295625682</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1589.8516476</v>
+        <v>1589.852547</v>
       </c>
       <c r="C42" s="5">
-        <v>5.4155278000000635</v>
+        <v>5.4166350000000421</v>
       </c>
       <c r="D42" s="5">
-        <v>4.1795324026748792</v>
+        <v>4.1804035936156447</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1593.0453657</v>
+        <v>1593.04718</v>
       </c>
       <c r="C43" s="5">
-        <v>3.1937181000000692</v>
+        <v>3.1946330000000671</v>
       </c>
       <c r="D43" s="5">
-        <v>2.4373905775066262</v>
+        <v>2.4380951535550643</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1589.8088714</v>
+        <v>1589.81071</v>
       </c>
       <c r="C44" s="5">
-        <v>-3.2364943000000039</v>
+        <v>-3.2364700000000539</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.4109094571253098</v>
+        <v>-2.4108888423768238</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1599.1623021</v>
+        <v>1599.165013</v>
       </c>
       <c r="C45" s="5">
-        <v>9.3534306999999899</v>
+        <v>9.3543030000000726</v>
       </c>
       <c r="D45" s="5">
-        <v>7.2930342776197143</v>
+        <v>7.2937278753216983</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1599.4336742999999</v>
+        <v>1599.4401419999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.27137219999985973</v>
+        <v>0.27512899999987894</v>
       </c>
       <c r="D46" s="5">
-        <v>0.20382593282255446</v>
+        <v>0.20664996135018043</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1600.8020551</v>
+        <v>1600.8089660000001</v>
       </c>
       <c r="C47" s="5">
-        <v>1.3683808000000681</v>
+        <v>1.3688240000001315</v>
       </c>
       <c r="D47" s="5">
-        <v>1.0314936599565394</v>
+        <v>1.0318251287957825</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1623.8701232999999</v>
+        <v>1623.864274</v>
       </c>
       <c r="C48" s="5">
-        <v>23.068068199999971</v>
+        <v>23.055307999999968</v>
       </c>
       <c r="D48" s="5">
-        <v>18.730938418621392</v>
+        <v>18.719655878607067</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1624.1845171</v>
+        <v>1624.1778569999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.31439380000006167</v>
+        <v>0.31358299999988049</v>
       </c>
       <c r="D49" s="5">
-        <v>0.23257682360722232</v>
+        <v>0.23197722326433468</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1625.8428584999999</v>
+        <v>1625.8382999999999</v>
       </c>
       <c r="C50" s="5">
-        <v>1.6583413999999266</v>
+        <v>1.6604429999999866</v>
       </c>
       <c r="D50" s="5">
-        <v>1.2321401972611001</v>
+        <v>1.2337155543680645</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1628.0026376000001</v>
+        <v>1628.000622</v>
       </c>
       <c r="C51" s="5">
-        <v>2.1597791000001507</v>
+        <v>2.1623220000001311</v>
       </c>
       <c r="D51" s="5">
-        <v>1.6057854682316908</v>
+        <v>1.6076944940279336</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1630.9022720999999</v>
+        <v>1630.900742</v>
       </c>
       <c r="C52" s="5">
-        <v>2.89963449999982</v>
+        <v>2.9001200000000154</v>
       </c>
       <c r="D52" s="5">
-        <v>2.1583813478297742</v>
+        <v>2.1587489832394668</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1636.2854784000001</v>
+        <v>1636.285363</v>
       </c>
       <c r="C53" s="5">
-        <v>5.3832063000002108</v>
+        <v>5.3846209999999246</v>
       </c>
       <c r="D53" s="5">
-        <v>4.0336080255582552</v>
+        <v>4.0346912297589244</v>
       </c>
       <c r="E53" s="5">
-        <v>3.2724171048653661</v>
+        <v>3.2724233657738466</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1638.442202</v>
+        <v>1638.443139</v>
       </c>
       <c r="C54" s="5">
-        <v>2.1567235999998502</v>
+        <v>2.1577760000000126</v>
       </c>
       <c r="D54" s="5">
-        <v>1.5931894533845137</v>
+        <v>1.5939726303113355</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1641.8687497999999</v>
+        <v>1641.870551</v>
       </c>
       <c r="C55" s="5">
-        <v>3.4265477999999803</v>
+        <v>3.4274120000000039</v>
       </c>
       <c r="D55" s="5">
-        <v>2.5386826809828289</v>
+        <v>2.5393288705196637</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1645.1425764999999</v>
+        <v>1645.1446149999999</v>
       </c>
       <c r="C56" s="5">
-        <v>3.2738266999999723</v>
+        <v>3.274063999999953</v>
       </c>
       <c r="D56" s="5">
-        <v>2.4191725278825293</v>
+        <v>2.419347123479243</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1649.4080220999999</v>
+        <v>1649.410498</v>
       </c>
       <c r="C57" s="5">
-        <v>4.2654456000000209</v>
+        <v>4.2658830000000307</v>
       </c>
       <c r="D57" s="5">
-        <v>3.1560548591441417</v>
+        <v>3.1563791591619816</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1653.9935181000001</v>
+        <v>1653.999877</v>
       </c>
       <c r="C58" s="5">
-        <v>4.5854960000001483</v>
+        <v>4.5893790000000081</v>
       </c>
       <c r="D58" s="5">
-        <v>3.3875893659122136</v>
+        <v>3.390496852041025</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1658.3139977000001</v>
+        <v>1658.3205599999999</v>
       </c>
       <c r="C59" s="5">
-        <v>4.3204795999999988</v>
+        <v>4.3206829999999172</v>
       </c>
       <c r="D59" s="5">
-        <v>3.1800087171164115</v>
+        <v>3.1801481808620968</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1663.1898444999999</v>
+        <v>1663.183608</v>
       </c>
       <c r="C60" s="5">
-        <v>4.8758467999998629</v>
+        <v>4.8630480000001626</v>
       </c>
       <c r="D60" s="5">
-        <v>3.5859122199122462</v>
+        <v>3.5763327061216321</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1669.6037438000001</v>
+        <v>1669.598747</v>
       </c>
       <c r="C61" s="5">
-        <v>6.4138993000001392</v>
+        <v>6.4151389999999537</v>
       </c>
       <c r="D61" s="5">
-        <v>4.7270871886317956</v>
+        <v>4.7280384318703073</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1676.5255784999999</v>
+        <v>1676.5206000000001</v>
       </c>
       <c r="C62" s="5">
-        <v>6.921834699999863</v>
+        <v>6.9218530000000555</v>
       </c>
       <c r="D62" s="5">
-        <v>5.0899745114949546</v>
+        <v>5.0900038591361829</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1682.030446</v>
+        <v>1682.0285249999999</v>
       </c>
       <c r="C63" s="5">
-        <v>5.5048675000000458</v>
+        <v>5.5079249999998865</v>
       </c>
       <c r="D63" s="5">
-        <v>4.0121385109050056</v>
+        <v>4.014419479497966</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1687.2699107999999</v>
+        <v>1687.268352</v>
       </c>
       <c r="C64" s="5">
-        <v>5.2394647999999506</v>
+        <v>5.2398270000001048</v>
       </c>
       <c r="D64" s="5">
-        <v>3.8026666066825809</v>
+        <v>3.8029384201324179</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1693.2554393</v>
+        <v>1693.255688</v>
       </c>
       <c r="C65" s="5">
-        <v>5.9855285000001004</v>
+        <v>5.9873359999999138</v>
       </c>
       <c r="D65" s="5">
-        <v>4.3410039698144054</v>
+        <v>4.3423446391492204</v>
       </c>
       <c r="E65" s="5">
-        <v>3.4816639059650267</v>
+        <v>3.4816864031313788</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1696.5833342000001</v>
+        <v>1696.584337</v>
       </c>
       <c r="C66" s="5">
-        <v>3.3278949000000466</v>
+        <v>3.3286490000000413</v>
       </c>
       <c r="D66" s="5">
-        <v>2.3841209775494976</v>
+        <v>2.3846667190770887</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1699.3072219999999</v>
+        <v>1699.3087829999999</v>
       </c>
       <c r="C67" s="5">
-        <v>2.7238877999998294</v>
+        <v>2.7244459999999435</v>
       </c>
       <c r="D67" s="5">
-        <v>1.9437204764417571</v>
+        <v>1.9441211638919098</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1700.3999146000001</v>
+        <v>1700.4019619999999</v>
       </c>
       <c r="C68" s="5">
-        <v>1.0926926000001913</v>
+        <v>1.0931789999999637</v>
       </c>
       <c r="D68" s="5">
-        <v>0.77436168540658823</v>
+        <v>0.77470689028114048</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1698.6389402</v>
+        <v>1698.6410559999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.7609744000001228</v>
+        <v>-1.7609059999999772</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.2356941749040007</v>
+        <v>-1.2356449716148799</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1698.8660915999999</v>
+        <v>1698.871077</v>
       </c>
       <c r="C70" s="5">
-        <v>0.22715139999991152</v>
+        <v>0.23002100000007886</v>
       </c>
       <c r="D70" s="5">
-        <v>0.16058871850612721</v>
+        <v>0.16261874170402368</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1704.6766093000001</v>
+        <v>1704.6812560000001</v>
       </c>
       <c r="C71" s="5">
-        <v>5.8105177000002186</v>
+        <v>5.8101790000000619</v>
       </c>
       <c r="D71" s="5">
-        <v>4.1823732628792465</v>
+        <v>4.1821123604476318</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1710.7298205</v>
+        <v>1710.7254740000001</v>
       </c>
       <c r="C72" s="5">
-        <v>6.0532111999998506</v>
+        <v>6.0442180000000008</v>
       </c>
       <c r="D72" s="5">
-        <v>4.3453465136676694</v>
+        <v>4.338752201826801</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1716.4452762999999</v>
+        <v>1716.4418579999999</v>
       </c>
       <c r="C73" s="5">
-        <v>5.7154557999999724</v>
+        <v>5.7163839999998345</v>
       </c>
       <c r="D73" s="5">
-        <v>4.0836303737842528</v>
+        <v>4.0843163665042814</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1722.7794223000001</v>
+        <v>1722.774431</v>
       </c>
       <c r="C74" s="5">
-        <v>6.3341460000001462</v>
+        <v>6.3325730000001386</v>
       </c>
       <c r="D74" s="5">
-        <v>4.519317872500217</v>
+        <v>4.5181818713824207</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1722.5706843999999</v>
+        <v>1722.569375</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.20873790000018744</v>
+        <v>-0.20505600000001323</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.14529928839986939</v>
+        <v>-0.14273846446453131</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1727.6129404999999</v>
+        <v>1727.6115990000001</v>
       </c>
       <c r="C76" s="5">
-        <v>5.0422561000000314</v>
+        <v>5.0422240000000329</v>
       </c>
       <c r="D76" s="5">
-        <v>3.5697095585724981</v>
+        <v>3.5696892232956801</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1730.1639416999999</v>
+        <v>1730.1644610000001</v>
       </c>
       <c r="C77" s="5">
-        <v>2.5510011999999733</v>
+        <v>2.5528620000000046</v>
       </c>
       <c r="D77" s="5">
-        <v>1.7863869585597936</v>
+        <v>1.7877020270297805</v>
       </c>
       <c r="E77" s="5">
-        <v>2.1797362372719231</v>
+        <v>2.1797518981669706</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1731.5406012000001</v>
+        <v>1731.5415089999999</v>
       </c>
       <c r="C78" s="5">
-        <v>1.3766595000001871</v>
+        <v>1.3770479999998315</v>
       </c>
       <c r="D78" s="5">
-        <v>0.95900746387802549</v>
+        <v>0.95927899706571562</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1731.6119151</v>
+        <v>1731.6130370000001</v>
       </c>
       <c r="C79" s="5">
-        <v>7.1313899999950081E-2</v>
+        <v>7.1528000000171232E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>4.9433474055815552E-2</v>
+        <v>4.95818919286517E-2</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1734.1356773</v>
+        <v>1734.137399</v>
       </c>
       <c r="C80" s="5">
-        <v>2.5237621999999647</v>
+        <v>2.5243619999998828</v>
       </c>
       <c r="D80" s="5">
-        <v>1.7630449843230478</v>
+        <v>1.7634662050305394</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1742.2346754</v>
+        <v>1742.2361350000001</v>
       </c>
       <c r="C81" s="5">
-        <v>8.0989981000000171</v>
+        <v>8.0987360000001445</v>
       </c>
       <c r="D81" s="5">
-        <v>5.7506288342681344</v>
+        <v>5.7504320695975109</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1747.6876178</v>
+        <v>1747.6910439999999</v>
       </c>
       <c r="C82" s="5">
-        <v>5.4529423999999835</v>
+        <v>5.4549089999998159</v>
       </c>
       <c r="D82" s="5">
-        <v>3.8211591933868805</v>
+        <v>3.8225578517282699</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1750.3377025</v>
+        <v>1750.3402599999999</v>
       </c>
       <c r="C83" s="5">
-        <v>2.6500846999999794</v>
+        <v>2.649216000000024</v>
       </c>
       <c r="D83" s="5">
-        <v>1.8348575071041706</v>
+        <v>1.8342473899914502</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1747.8368439000001</v>
+        <v>1747.8345039999999</v>
       </c>
       <c r="C84" s="5">
-        <v>-2.5008585999999013</v>
+        <v>-2.5057560000000194</v>
       </c>
       <c r="D84" s="5">
-        <v>-1.7011341305900984</v>
+        <v>-1.7044367836548169</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1751.1447444</v>
+        <v>1751.142726</v>
       </c>
       <c r="C85" s="5">
-        <v>3.3079004999999597</v>
+        <v>3.3082220000001143</v>
       </c>
       <c r="D85" s="5">
-        <v>2.2948716355660537</v>
+        <v>2.2951001093216572</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>1748.5987765</v>
+        <v>1748.594742</v>
       </c>
       <c r="C86" s="5">
-        <v>-2.5459679000000506</v>
+        <v>-2.5479840000000422</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.7307816838846635</v>
+        <v>-1.7321432855240571</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1756.6706168999999</v>
+        <v>1756.6698040000001</v>
       </c>
       <c r="C87" s="5">
-        <v>8.0718403999999282</v>
+        <v>8.0750620000001163</v>
       </c>
       <c r="D87" s="5">
-        <v>5.6822383409279364</v>
+        <v>5.684577573214411</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1762.5009008</v>
+        <v>1762.4999270000001</v>
       </c>
       <c r="C88" s="5">
-        <v>5.8302839000000404</v>
+        <v>5.8301229999999578</v>
       </c>
       <c r="D88" s="5">
-        <v>4.0562393993324175</v>
+        <v>4.0561273183123969</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1761.2332701</v>
+        <v>1761.233984</v>
       </c>
       <c r="C89" s="5">
-        <v>-1.2676306999999269</v>
+        <v>-1.2659430000001066</v>
       </c>
       <c r="D89" s="5">
-        <v>-0.85966138442992168</v>
+        <v>-0.85852183734099752</v>
       </c>
       <c r="E89" s="5">
-        <v>1.7957447644801006</v>
+        <v>1.7957554729821634</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1766.456025</v>
+        <v>1766.45679</v>
       </c>
       <c r="C90" s="5">
-        <v>5.2227548999999271</v>
+        <v>5.2228059999999914</v>
       </c>
       <c r="D90" s="5">
-        <v>3.6170908791809397</v>
+        <v>3.6171253582167884</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1770.6499475000001</v>
+        <v>1770.650664</v>
       </c>
       <c r="C91" s="5">
-        <v>4.1939225000000988</v>
+        <v>4.1938740000000507</v>
       </c>
       <c r="D91" s="5">
-        <v>2.8865408696743922</v>
+        <v>2.8865057851788833</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1776.3175197</v>
+        <v>1776.318722</v>
       </c>
       <c r="C92" s="5">
-        <v>5.6675721999999951</v>
+        <v>5.6680579999999736</v>
       </c>
       <c r="D92" s="5">
-        <v>3.9093576980224309</v>
+        <v>3.9096971029824568</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1778.1933403999999</v>
+        <v>1778.194174</v>
       </c>
       <c r="C93" s="5">
-        <v>1.8758206999998492</v>
+        <v>1.8754519999999957</v>
       </c>
       <c r="D93" s="5">
-        <v>1.2746059587962266</v>
+        <v>1.2743531057821889</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1781.6308896</v>
+        <v>1781.632562</v>
       </c>
       <c r="C94" s="5">
-        <v>3.4375492000001486</v>
+        <v>3.4383880000000318</v>
       </c>
       <c r="D94" s="5">
-        <v>2.3446282334175894</v>
+        <v>2.3452053356350699</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1786.6897305</v>
+        <v>1786.6902990000001</v>
       </c>
       <c r="C95" s="5">
-        <v>5.0588408999999501</v>
+        <v>5.0577370000000883</v>
       </c>
       <c r="D95" s="5">
-        <v>3.4610516272417069</v>
+        <v>3.4602812542475991</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1793.2717110999999</v>
+        <v>1793.2714579999999</v>
       </c>
       <c r="C96" s="5">
-        <v>6.5819805999999517</v>
+        <v>6.5811589999998432</v>
       </c>
       <c r="D96" s="5">
-        <v>4.5113544545772655</v>
+        <v>4.5107784002445639</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1790.5753847000001</v>
+        <v>1790.574713</v>
       </c>
       <c r="C97" s="5">
-        <v>-2.6963263999998617</v>
+        <v>-2.6967449999999644</v>
       </c>
       <c r="D97" s="5">
-        <v>-1.7894488514974549</v>
+        <v>-1.7897246171392878</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1802.7769648999999</v>
+        <v>1802.773762</v>
       </c>
       <c r="C98" s="5">
-        <v>12.201580199999853</v>
+        <v>12.199049000000059</v>
       </c>
       <c r="D98" s="5">
-        <v>8.4907430895443383</v>
+        <v>8.4889184832964037</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1810.3227944</v>
+        <v>1810.3225629999999</v>
       </c>
       <c r="C99" s="5">
-        <v>7.5458295000000817</v>
+        <v>7.5488009999999122</v>
       </c>
       <c r="D99" s="5">
-        <v>5.1400635342120138</v>
+        <v>5.1421438481145554</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1813.2983357000001</v>
+        <v>1813.297642</v>
       </c>
       <c r="C100" s="5">
-        <v>2.9755413000000317</v>
+        <v>2.9750790000000507</v>
       </c>
       <c r="D100" s="5">
-        <v>1.9903113765930236</v>
+        <v>1.9899996048193147</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1814.4816363</v>
+        <v>1814.4822549999999</v>
       </c>
       <c r="C101" s="5">
-        <v>1.1833005999999386</v>
+        <v>1.1846129999998993</v>
       </c>
       <c r="D101" s="5">
-        <v>0.78589838735529938</v>
+        <v>0.78677346448148278</v>
       </c>
       <c r="E101" s="5">
-        <v>3.0233568206996519</v>
+        <v>3.023350189908669</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1827.2129718000001</v>
+        <v>1827.2134579999999</v>
       </c>
       <c r="C102" s="5">
-        <v>12.731335500000114</v>
+        <v>12.73120300000005</v>
       </c>
       <c r="D102" s="5">
-        <v>8.7524651418481767</v>
+        <v>8.7523674074437618</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1831.2051918</v>
+        <v>1831.2056130000001</v>
       </c>
       <c r="C103" s="5">
-        <v>3.9922199999998611</v>
+        <v>3.9921550000001389</v>
       </c>
       <c r="D103" s="5">
-        <v>2.6535788362575197</v>
+        <v>2.6535343964974922</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1835.9590384999999</v>
+        <v>1835.9597249999999</v>
       </c>
       <c r="C104" s="5">
-        <v>4.75384669999994</v>
+        <v>4.75411199999985</v>
       </c>
       <c r="D104" s="5">
-        <v>3.160091610135507</v>
+        <v>3.1602697552068237</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1844.5495879</v>
+        <v>1844.549865</v>
       </c>
       <c r="C105" s="5">
-        <v>8.5905494000000999</v>
+        <v>8.5901400000000194</v>
       </c>
       <c r="D105" s="5">
-        <v>5.7616383818439809</v>
+        <v>5.7613544850962262</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1848.9635278999999</v>
+        <v>1848.964307</v>
       </c>
       <c r="C106" s="5">
-        <v>4.4139399999999114</v>
+        <v>4.4144420000000082</v>
       </c>
       <c r="D106" s="5">
-        <v>2.9096528089911589</v>
+        <v>2.9099876504895539</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1847.9797257</v>
+        <v>1847.980123</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.98380219999990004</v>
+        <v>-0.98418399999991379</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.63663445859976076</v>
+        <v>-0.63688053716496329</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1854.6807194</v>
+        <v>1854.6806409999999</v>
       </c>
       <c r="C108" s="5">
-        <v>6.7009937000000264</v>
+        <v>6.7005179999998745</v>
       </c>
       <c r="D108" s="5">
-        <v>4.4391815513116661</v>
+        <v>4.4388591318377024</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1856.8104392</v>
+        <v>1856.8101810000001</v>
       </c>
       <c r="C109" s="5">
-        <v>2.1297197999999753</v>
+        <v>2.1295400000001337</v>
       </c>
       <c r="D109" s="5">
-        <v>1.3866895121458667</v>
+        <v>1.3865717606082795</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1862.7699954</v>
+        <v>1862.768061</v>
       </c>
       <c r="C110" s="5">
-        <v>5.9595561999999518</v>
+        <v>5.9578799999999319</v>
       </c>
       <c r="D110" s="5">
-        <v>3.9202008975522284</v>
+        <v>3.91907931570743</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1865.8447397</v>
+        <v>1865.8447249999999</v>
       </c>
       <c r="C111" s="5">
-        <v>3.0747443000000203</v>
+        <v>3.076663999999937</v>
       </c>
       <c r="D111" s="5">
-        <v>1.9988377046358474</v>
+        <v>2.0000991225453513</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1871.2262736</v>
+        <v>1871.2258280000001</v>
       </c>
       <c r="C112" s="5">
-        <v>5.3815339000000222</v>
+        <v>5.3811030000001665</v>
       </c>
       <c r="D112" s="5">
-        <v>3.5165169195483292</v>
+        <v>3.5162308986260715</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1877.3706841000001</v>
+        <v>1877.371191</v>
       </c>
       <c r="C113" s="5">
-        <v>6.1444105000000491</v>
+        <v>6.1453629999998611</v>
       </c>
       <c r="D113" s="5">
-        <v>4.0123005715294147</v>
+        <v>4.0129348045486291</v>
       </c>
       <c r="E113" s="5">
-        <v>3.4659511863807113</v>
+        <v>3.4659438430275635</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1876.5404470999999</v>
+        <v>1876.5407339999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.83023700000012468</v>
+        <v>-0.83045700000002398</v>
       </c>
       <c r="D114" s="5">
-        <v>-0.52939183925889699</v>
+        <v>-0.52953163618584265</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1883.7391904999999</v>
+        <v>1883.7393910000001</v>
       </c>
       <c r="C115" s="5">
-        <v>7.1987434000000121</v>
+        <v>7.1986570000001393</v>
       </c>
       <c r="D115" s="5">
-        <v>4.7017938527042835</v>
+        <v>4.701735491338499</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1888.2967708000001</v>
+        <v>1888.2971319999999</v>
       </c>
       <c r="C116" s="5">
-        <v>4.5575803000001542</v>
+        <v>4.5577409999998508</v>
       </c>
       <c r="D116" s="5">
-        <v>2.9422667067098951</v>
+        <v>2.9423715179333731</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1889.0245785</v>
+        <v>1889.024658</v>
       </c>
       <c r="C117" s="5">
-        <v>0.7278076999998575</v>
+        <v>0.72752600000012535</v>
       </c>
       <c r="D117" s="5">
-        <v>0.46349867398722822</v>
+        <v>0.46331880639527423</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1890.6116539</v>
+        <v>1890.611797</v>
       </c>
       <c r="C118" s="5">
-        <v>1.5870754000000034</v>
+        <v>1.5871389999999792</v>
       </c>
       <c r="D118" s="5">
-        <v>1.0128590037991714</v>
+        <v>1.0128997377395033</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1897.6608292000001</v>
+        <v>1897.6611949999999</v>
       </c>
       <c r="C119" s="5">
-        <v>7.0491753000001154</v>
+        <v>7.0493979999998828</v>
       </c>
       <c r="D119" s="5">
-        <v>4.5671209109628075</v>
+        <v>4.5672678159447422</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1904.3429630000001</v>
+        <v>1904.3429369999999</v>
       </c>
       <c r="C120" s="5">
-        <v>6.6821337999999741</v>
+        <v>6.6817419999999856</v>
       </c>
       <c r="D120" s="5">
-        <v>4.3083000299938057</v>
+        <v>4.3080416587133685</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1906.6557971</v>
+        <v>1906.6556720000001</v>
       </c>
       <c r="C121" s="5">
-        <v>2.3128340999999182</v>
+        <v>2.3127350000002025</v>
       </c>
       <c r="D121" s="5">
-        <v>1.4671806987517799</v>
+        <v>1.4671174328545478</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1911.9135503</v>
+        <v>1911.912609</v>
       </c>
       <c r="C122" s="5">
-        <v>5.2577532000000247</v>
+        <v>5.2569369999998798</v>
       </c>
       <c r="D122" s="5">
-        <v>3.3597464862436199</v>
+        <v>3.3592172172730139</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1920.4619115999999</v>
+        <v>1920.461912</v>
       </c>
       <c r="C123" s="5">
-        <v>8.5483612999998968</v>
+        <v>8.549303000000009</v>
       </c>
       <c r="D123" s="5">
-        <v>5.4992481979978081</v>
+        <v>5.4998717540508668</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1923.6982124000001</v>
+        <v>1923.6979719999999</v>
       </c>
       <c r="C124" s="5">
-        <v>3.2363008000002083</v>
+        <v>3.2360599999999522</v>
       </c>
       <c r="D124" s="5">
-        <v>2.0410498026808055</v>
+        <v>2.0408965258110978</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1930.3007316999999</v>
+        <v>1930.301013</v>
       </c>
       <c r="C125" s="5">
-        <v>6.6025192999998126</v>
+        <v>6.6030410000000757</v>
       </c>
       <c r="D125" s="5">
-        <v>4.1972858616261988</v>
+        <v>4.1976243319027162</v>
       </c>
       <c r="E125" s="5">
-        <v>2.8193711581990577</v>
+        <v>2.8193583801510602</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1935.8117712000001</v>
+        <v>1935.8119300000001</v>
       </c>
       <c r="C126" s="5">
-        <v>5.5110395000001517</v>
+        <v>5.5109170000000631</v>
       </c>
       <c r="D126" s="5">
-        <v>3.4803318631503766</v>
+        <v>3.4802527680157569</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1943.4004894</v>
+        <v>1943.400588</v>
       </c>
       <c r="C127" s="5">
-        <v>7.5887181999999029</v>
+        <v>7.5886579999998958</v>
       </c>
       <c r="D127" s="5">
-        <v>4.806972681326549</v>
+        <v>4.8069333196635533</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1943.5671640999999</v>
+        <v>1943.5673139999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.16667469999993045</v>
+        <v>0.16672599999992599</v>
       </c>
       <c r="D128" s="5">
-        <v>0.10296591645666542</v>
+        <v>0.10299761756531467</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1944.3775492</v>
+        <v>1944.377551</v>
       </c>
       <c r="C129" s="5">
-        <v>0.81038510000007591</v>
+        <v>0.81023700000014287</v>
       </c>
       <c r="D129" s="5">
-        <v>0.50149815018079025</v>
+        <v>0.50140625107810699</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1949.0033943999999</v>
+        <v>1949.003487</v>
       </c>
       <c r="C130" s="5">
-        <v>4.6258451999999579</v>
+        <v>4.6259359999999106</v>
       </c>
       <c r="D130" s="5">
-        <v>2.8925597730710351</v>
+        <v>2.8926172929677696</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1958.9973901999999</v>
+        <v>1958.997605</v>
       </c>
       <c r="C131" s="5">
-        <v>9.9939957999999933</v>
+        <v>9.9941180000000713</v>
       </c>
       <c r="D131" s="5">
-        <v>6.3298357968002206</v>
+        <v>6.3299150803437509</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1955.9498392999999</v>
+        <v>1955.949756</v>
       </c>
       <c r="C132" s="5">
-        <v>-3.0475509000000329</v>
+        <v>-3.047849000000042</v>
       </c>
       <c r="D132" s="5">
-        <v>-1.8509122704748471</v>
+        <v>-1.8510915721165699</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1965.0946626</v>
+        <v>1965.094484</v>
       </c>
       <c r="C133" s="5">
-        <v>9.1448233000000982</v>
+        <v>9.1447279999999864</v>
       </c>
       <c r="D133" s="5">
-        <v>5.7570081954809726</v>
+        <v>5.7569469010137597</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1964.9766755999999</v>
+        <v>1964.976506</v>
       </c>
       <c r="C134" s="5">
-        <v>-0.11798700000008466</v>
+        <v>-0.1179779999999937</v>
       </c>
       <c r="D134" s="5">
-        <v>-7.2025870800596081E-2</v>
+        <v>-7.2020385054161196E-2</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1969.6744409</v>
+        <v>1969.6742979999999</v>
       </c>
       <c r="C135" s="5">
-        <v>4.6977653000001283</v>
+        <v>4.6977919999999358</v>
       </c>
       <c r="D135" s="5">
-        <v>2.9069240883616176</v>
+        <v>2.9069410820798725</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1977.5102076999999</v>
+        <v>1977.5101529999999</v>
       </c>
       <c r="C136" s="5">
-        <v>7.8357667999998739</v>
+        <v>7.8358550000000378</v>
       </c>
       <c r="D136" s="5">
-        <v>4.8796947310928429</v>
+        <v>4.87975122646509</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1981.3845745000001</v>
+        <v>1981.384683</v>
       </c>
       <c r="C137" s="5">
-        <v>3.874366800000189</v>
+        <v>3.8745300000000498</v>
       </c>
       <c r="D137" s="5">
-        <v>2.3765579028178552</v>
+        <v>2.3766591582780272</v>
       </c>
       <c r="E137" s="5">
-        <v>2.6464188694064861</v>
+        <v>2.6464095317759728</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1980.2868837999999</v>
+        <v>1980.286957</v>
       </c>
       <c r="C138" s="5">
-        <v>-1.0976907000001574</v>
+        <v>-1.097725999999966</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.662780285002873</v>
+        <v>-0.66280149788215947</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1980.1753398000001</v>
+        <v>1980.175362</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.11154399999986708</v>
+        <v>-0.11159500000007938</v>
       </c>
       <c r="D139" s="5">
-        <v>-6.7571694455592635E-2</v>
+        <v>-6.7602577423231391E-2</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1981.1313402999999</v>
+        <v>1981.1314139999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.95600049999984549</v>
+        <v>0.95605199999999968</v>
       </c>
       <c r="D140" s="5">
-        <v>0.58088375870506415</v>
+        <v>0.58091512767957099</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1978.7522445</v>
+        <v>1978.7522260000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-2.3790957999999591</v>
+        <v>-2.3791879999998855</v>
       </c>
       <c r="D141" s="5">
-        <v>-1.4315729419258072</v>
+        <v>-1.4316280025787109</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1977.5225668999999</v>
+        <v>1977.522606</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.2296776000000591</v>
+        <v>-1.2296200000000681</v>
       </c>
       <c r="D142" s="5">
-        <v>-0.74318552109035041</v>
+        <v>-0.74315083494838063</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1976.3071878999999</v>
+        <v>1976.30729</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.2153789999999844</v>
+        <v>-1.2153160000000298</v>
       </c>
       <c r="D143" s="5">
-        <v>-0.73502822233468823</v>
+        <v>-0.73499023585379408</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1971.6745866000001</v>
+        <v>1971.6745430000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-4.6326012999998056</v>
+        <v>-4.6327469999998812</v>
       </c>
       <c r="D144" s="5">
-        <v>-2.7769004399950892</v>
+        <v>-2.7769865117894255</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1968.1487562</v>
+        <v>1968.1486970000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-3.5258304000001317</v>
+        <v>-3.5258460000000014</v>
       </c>
       <c r="D145" s="5">
-        <v>-2.1249096182296201</v>
+        <v>-2.1249189741225583</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1962.7693746</v>
+        <v>1962.769311</v>
       </c>
       <c r="C146" s="5">
-        <v>-5.3793815999999879</v>
+        <v>-5.3793860000000677</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.2310040623351965</v>
+        <v>-3.2310067612245974</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1955.2586254</v>
+        <v>1955.2585819999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-7.5107491999999638</v>
+        <v>-7.510729000000083</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.4965085641150093</v>
+        <v>-4.4964968668730236</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1943.7978181999999</v>
+        <v>1943.797822</v>
       </c>
       <c r="C148" s="5">
-        <v>-11.46080720000009</v>
+        <v>-11.460759999999937</v>
       </c>
       <c r="D148" s="5">
-        <v>-6.8114489811959107</v>
+        <v>-6.8114219734855759</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1935.5485019</v>
+        <v>1935.5485100000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-8.2493162999999186</v>
+        <v>-8.249311999999918</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.9754943858808414</v>
+        <v>-4.9754918431112127</v>
       </c>
       <c r="E149" s="5">
-        <v>-2.3133354922563076</v>
+        <v>-2.3133404327422058</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1940.2951986999999</v>
+        <v>1940.2952210000001</v>
       </c>
       <c r="C150" s="5">
-        <v>4.7466967999998815</v>
+        <v>4.7467110000000048</v>
       </c>
       <c r="D150" s="5">
-        <v>2.9828734673678747</v>
+        <v>2.9828824988465286</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1938.3702251</v>
+        <v>1938.370226</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.9249735999999302</v>
+        <v>-1.9249950000000808</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.1840494220400677</v>
+        <v>-1.1840624998823657</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1938.6287809</v>
+        <v>1938.6288059999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.25855580000006739</v>
+        <v>0.25857999999993808</v>
       </c>
       <c r="D152" s="5">
-        <v>0.16018337468459709</v>
+        <v>0.160198378266041</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1937.2550541000001</v>
+        <v>1937.255044</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.3737267999999858</v>
+        <v>-1.3737619999999424</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.84702273540095963</v>
+        <v>-0.84704434383613414</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1939.4248127000001</v>
+        <v>1939.4248419999999</v>
       </c>
       <c r="C154" s="5">
-        <v>2.1697586000000229</v>
+        <v>2.1697979999999006</v>
       </c>
       <c r="D154" s="5">
-        <v>1.3523306829950288</v>
+        <v>1.3523553981297232</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1935.4723111000001</v>
+        <v>1935.472323</v>
       </c>
       <c r="C155" s="5">
-        <v>-3.9525016000000051</v>
+        <v>-3.9525189999999384</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.4183447100004862</v>
+        <v>-2.4183552010447862</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1933.6520504</v>
+        <v>1933.652047</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.8202607000000626</v>
+        <v>-1.8202759999999216</v>
       </c>
       <c r="D156" s="5">
-        <v>-1.1227489978298144</v>
+        <v>-1.1227583793433915</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1927.6628184000001</v>
+        <v>1927.662808</v>
       </c>
       <c r="C157" s="5">
-        <v>-5.9892319999999017</v>
+        <v>-5.9892389999999978</v>
       </c>
       <c r="D157" s="5">
-        <v>-3.6541724659071018</v>
+        <v>-3.6541766705973866</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1926.4276358</v>
+        <v>1926.427619</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.2351826000001438</v>
+        <v>-1.2351889999999912</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.76621626120035868</v>
+        <v>-0.76622022142687207</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1917.6077829000001</v>
+        <v>1917.6077700000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-8.8198528999998871</v>
+        <v>-8.8198489999999765</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.3577610172991115</v>
+        <v>-5.3577587530705522</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1916.3335486000001</v>
+        <v>1916.33356</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.2742342999999892</v>
+        <v>-1.2742100000000391</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.79448216378176229</v>
+        <v>-0.79446707344080769</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1913.1547553</v>
+        <v>1913.154761</v>
       </c>
       <c r="C161" s="5">
-        <v>-3.1787933000000521</v>
+        <v>-3.1787990000000264</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.9724865842502326</v>
+        <v>-1.9724900773483656</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.1569716066540114</v>
+        <v>-1.1569717258081091</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1905.5640195000001</v>
+        <v>1905.5640129999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-7.5907357999999476</v>
+        <v>-7.590748000000076</v>
       </c>
       <c r="D162" s="5">
-        <v>-4.6586475013936752</v>
+        <v>-4.6586548126669625</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1902.7205464000001</v>
+        <v>1902.7205389999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.8434730999999829</v>
+        <v>-2.8434740000000147</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.7760109877981156</v>
+        <v>-1.7760115513341557</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1898.4458956999999</v>
+        <v>1898.445888</v>
       </c>
       <c r="C164" s="5">
-        <v>-4.2746507000001657</v>
+        <v>-4.2746509999999489</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.6628558194291552</v>
+        <v>-2.6628560142368918</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1895.6527097000001</v>
+        <v>1895.652711</v>
       </c>
       <c r="C165" s="5">
-        <v>-2.7931859999998778</v>
+        <v>-2.7931770000000142</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.751344249531217</v>
+        <v>-1.7513386591094693</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1891.3117460000001</v>
+        <v>1891.3117500000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-4.3409636999999748</v>
+        <v>-4.3409609999998793</v>
       </c>
       <c r="D166" s="5">
-        <v>-2.7136017799437195</v>
+        <v>-2.713600111495984</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1890.7738028000001</v>
+        <v>1890.773815</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.53794319999997242</v>
+        <v>-0.53793500000006134</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.34078091866207583</v>
+        <v>-0.34077573145889772</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1889.711333</v>
+        <v>1889.7113429999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.0624698000001445</v>
+        <v>-1.0624720000000707</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.67222782253877345</v>
+        <v>-0.67222920586205159</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1893.9067416</v>
+        <v>1893.906743</v>
       </c>
       <c r="C169" s="5">
-        <v>4.1954086000000643</v>
+        <v>4.1954000000000633</v>
       </c>
       <c r="D169" s="5">
-        <v>2.6969316603664639</v>
+        <v>2.6969260499089653</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1898.4827236000001</v>
+        <v>1898.48272</v>
       </c>
       <c r="C170" s="5">
-        <v>4.5759820000000673</v>
+        <v>4.5759769999999662</v>
       </c>
       <c r="D170" s="5">
-        <v>2.9382338655958629</v>
+        <v>2.9382306101158662</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1904.0005083000001</v>
+        <v>1904.0005060000001</v>
       </c>
       <c r="C171" s="5">
-        <v>5.5177846999999929</v>
+        <v>5.5177860000001147</v>
       </c>
       <c r="D171" s="5">
-        <v>3.543997451295966</v>
+        <v>3.5439983064886382</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1903.5429031000001</v>
+        <v>1903.5429140000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.45760519999998905</v>
+        <v>-0.45759199999997691</v>
       </c>
       <c r="D172" s="5">
-        <v>-0.28802563283349958</v>
+        <v>-0.28801733582276556</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1904.9050724000001</v>
+        <v>1904.9050709999999</v>
       </c>
       <c r="C173" s="5">
-        <v>1.362169300000005</v>
+        <v>1.3621569999997973</v>
       </c>
       <c r="D173" s="5">
-        <v>0.86210401177420071</v>
+        <v>0.86209619160153572</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.43120834198832059</v>
+        <v>-0.43120871181837606</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1910.0068535</v>
+        <v>1910.0068429999999</v>
       </c>
       <c r="C174" s="5">
-        <v>5.1017810999999256</v>
+        <v>5.1017719999999827</v>
       </c>
       <c r="D174" s="5">
-        <v>3.2616471019915938</v>
+        <v>3.2616412006904127</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1915.9355075000001</v>
+        <v>1915.9355</v>
       </c>
       <c r="C175" s="5">
-        <v>5.9286540000000514</v>
+        <v>5.9286570000001575</v>
       </c>
       <c r="D175" s="5">
-        <v>3.7890476178468413</v>
+        <v>3.7890495892065612</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1918.1381666</v>
+        <v>1918.1381260000001</v>
       </c>
       <c r="C176" s="5">
-        <v>2.2026590999998916</v>
+        <v>2.2026260000000093</v>
       </c>
       <c r="D176" s="5">
-        <v>1.3883391412417012</v>
+        <v>1.3883181516411991</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1924.2226499000001</v>
+        <v>1924.222653</v>
       </c>
       <c r="C177" s="5">
-        <v>6.0844833000001017</v>
+        <v>6.08452699999998</v>
       </c>
       <c r="D177" s="5">
-        <v>3.873610171668318</v>
+        <v>3.8736385633200365</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1926.1152339</v>
+        <v>1926.1152460000001</v>
       </c>
       <c r="C178" s="5">
-        <v>1.8925839999999425</v>
+        <v>1.8925930000000335</v>
       </c>
       <c r="D178" s="5">
-        <v>1.1866749624846795</v>
+        <v>1.1866806342425429</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1924.4751106000001</v>
+        <v>1924.475126</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.6401232999999138</v>
+        <v>-1.6401200000000244</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.0170505410130537</v>
+        <v>-1.0170484978776817</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1930.7768814999999</v>
+        <v>1930.7769129999999</v>
       </c>
       <c r="C180" s="5">
-        <v>6.3017708999998376</v>
+        <v>6.3017869999998766</v>
       </c>
       <c r="D180" s="5">
-        <v>4.0009955282068965</v>
+        <v>4.0010059022994371</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1935.0890612000001</v>
+        <v>1935.0890999999999</v>
       </c>
       <c r="C181" s="5">
-        <v>4.3121797000001152</v>
+        <v>4.3121869999999944</v>
       </c>
       <c r="D181" s="5">
-        <v>2.7132365480326159</v>
+        <v>2.7132411529713796</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1931.1250034</v>
+        <v>1931.125002</v>
       </c>
       <c r="C182" s="5">
-        <v>-3.9640578000000914</v>
+        <v>-3.9640979999999217</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.4307092135913533</v>
+        <v>-2.4307335384583628</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1938.1672957000001</v>
+        <v>1938.167279</v>
       </c>
       <c r="C183" s="5">
-        <v>7.0422923000000992</v>
+        <v>7.0422770000000128</v>
       </c>
       <c r="D183" s="5">
-        <v>4.4649232796017291</v>
+        <v>4.4649133870815261</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1940.2756363000001</v>
+        <v>1940.2756199999999</v>
       </c>
       <c r="C184" s="5">
-        <v>2.1083406000000195</v>
+        <v>2.1083409999998821</v>
       </c>
       <c r="D184" s="5">
-        <v>1.3131996146096947</v>
+        <v>1.3131998766287012</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1943.8096005</v>
+        <v>1943.809571</v>
       </c>
       <c r="C185" s="5">
-        <v>3.5339641999999003</v>
+        <v>3.5339510000001155</v>
       </c>
       <c r="D185" s="5">
-        <v>2.2076749936027484</v>
+        <v>2.2076666834870418</v>
       </c>
       <c r="E185" s="5">
-        <v>2.0423342172628089</v>
+        <v>2.0423327436246863</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1949.2342815</v>
+        <v>1949.2342630000001</v>
       </c>
       <c r="C186" s="5">
-        <v>5.4246809999999641</v>
+        <v>5.42469200000005</v>
       </c>
       <c r="D186" s="5">
-        <v>3.400780282314142</v>
+        <v>3.4007873369078734</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1950.3002723</v>
+        <v>1950.30026</v>
       </c>
       <c r="C187" s="5">
-        <v>1.0659908000000087</v>
+        <v>1.0659969999999248</v>
       </c>
       <c r="D187" s="5">
-        <v>0.65822952484659858</v>
+        <v>0.65823337102008939</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1953.6826794999999</v>
+        <v>1953.6826060000001</v>
       </c>
       <c r="C188" s="5">
-        <v>3.3824071999999887</v>
+        <v>3.3823460000000978</v>
       </c>
       <c r="D188" s="5">
-        <v>2.1011275688261888</v>
+        <v>2.1010892018384686</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1962.2776133</v>
+        <v>1962.2776120000001</v>
       </c>
       <c r="C189" s="5">
-        <v>8.5949338000000353</v>
+        <v>8.5950060000000121</v>
       </c>
       <c r="D189" s="5">
-        <v>5.4088500797509376</v>
+        <v>5.408896829130061</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1966.4923303</v>
+        <v>1966.4924140000001</v>
       </c>
       <c r="C190" s="5">
-        <v>4.2147170000000642</v>
+        <v>4.2148019999999633</v>
       </c>
       <c r="D190" s="5">
-        <v>2.6081109966954674</v>
+        <v>2.6081642202621991</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1971.1814985000001</v>
+        <v>1971.1815340000001</v>
       </c>
       <c r="C191" s="5">
-        <v>4.6891682000000401</v>
+        <v>4.6891200000000026</v>
       </c>
       <c r="D191" s="5">
-        <v>2.8992685451376898</v>
+        <v>2.8992382265834005</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1980.7858223000001</v>
+        <v>1980.785903</v>
       </c>
       <c r="C192" s="5">
-        <v>9.6043237999999747</v>
+        <v>9.604368999999906</v>
       </c>
       <c r="D192" s="5">
-        <v>6.0060996321187554</v>
+        <v>6.0061285487661431</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1985.0349601999999</v>
+        <v>1985.035061</v>
       </c>
       <c r="C193" s="5">
-        <v>4.2491378999998233</v>
+        <v>4.2491580000000795</v>
       </c>
       <c r="D193" s="5">
-        <v>2.6048034666970699</v>
+        <v>2.6048158267457655</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1989.6863493000001</v>
+        <v>1989.686344</v>
       </c>
       <c r="C194" s="5">
-        <v>4.6513891000001877</v>
+        <v>4.6512829999999212</v>
       </c>
       <c r="D194" s="5">
-        <v>2.8483966372930603</v>
+        <v>2.8483306781312834</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1987.1702817</v>
+        <v>1987.1702069999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-2.5160676000000421</v>
+        <v>-2.5161370000000716</v>
       </c>
       <c r="D195" s="5">
-        <v>-1.5069561735549741</v>
+        <v>-1.506997454824921</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>2002.8383638</v>
+        <v>2002.838258</v>
       </c>
       <c r="C196" s="5">
-        <v>15.668082099999992</v>
+        <v>15.668051000000105</v>
       </c>
       <c r="D196" s="5">
-        <v>9.8828248125543361</v>
+        <v>9.8828047252410798</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>2009.9024666</v>
+        <v>2009.902364</v>
       </c>
       <c r="C197" s="5">
-        <v>7.0641028000000006</v>
+        <v>7.064106000000038</v>
       </c>
       <c r="D197" s="5">
-        <v>4.3155323936055145</v>
+        <v>4.3155346190046018</v>
       </c>
       <c r="E197" s="5">
-        <v>3.4001718112205648</v>
+        <v>3.4001681021664343</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>2008.0726881000001</v>
+        <v>2008.0726440000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-1.8297784999999749</v>
+        <v>-1.8297199999999521</v>
       </c>
       <c r="D198" s="5">
-        <v>-1.0870046042381287</v>
+        <v>-1.0869700805527627</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>2012.4200728999999</v>
+        <v>2012.4200679999999</v>
       </c>
       <c r="C199" s="5">
-        <v>4.3473847999998725</v>
+        <v>4.347423999999819</v>
       </c>
       <c r="D199" s="5">
-        <v>2.6291033785139639</v>
+        <v>2.6291274263351871</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>2020.781504</v>
+        <v>2020.7814189999999</v>
       </c>
       <c r="C200" s="5">
-        <v>8.361431100000118</v>
+        <v>8.3613510000000133</v>
       </c>
       <c r="D200" s="5">
-        <v>5.1014267348088449</v>
+        <v>5.1013767552378964</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>2021.4127214</v>
+        <v>2021.412722</v>
       </c>
       <c r="C201" s="5">
-        <v>0.63121739999996862</v>
+        <v>0.6313030000001163</v>
       </c>
       <c r="D201" s="5">
-        <v>0.37548025335241153</v>
+        <v>0.37553127593739077</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>2025.5823439999999</v>
+        <v>2025.5825400000001</v>
       </c>
       <c r="C202" s="5">
-        <v>4.1696225999999115</v>
+        <v>4.1698180000000775</v>
       </c>
       <c r="D202" s="5">
-        <v>2.503548346362483</v>
+        <v>2.5036670030668562</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>2028.5356283000001</v>
+        <v>2028.535752</v>
       </c>
       <c r="C203" s="5">
-        <v>2.9532843000001776</v>
+        <v>2.953211999999894</v>
       </c>
       <c r="D203" s="5">
-        <v>1.763689568669391</v>
+        <v>1.7636458725577508</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>2027.4462454</v>
+        <v>2027.44641</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.089382900000146</v>
+        <v>-1.0893419999999878</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.64253502105444671</v>
+        <v>-0.64251092973713897</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>2034.1911845</v>
+        <v>2034.191392</v>
       </c>
       <c r="C205" s="5">
-        <v>6.7449391000000105</v>
+        <v>6.7449819999999363</v>
       </c>
       <c r="D205" s="5">
-        <v>4.0660412656697842</v>
+        <v>4.0660672658655583</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>2040.5634309</v>
+        <v>2040.563519</v>
       </c>
       <c r="C206" s="5">
-        <v>6.3722463999999945</v>
+        <v>6.3721270000000914</v>
       </c>
       <c r="D206" s="5">
-        <v>3.8245309079179668</v>
+        <v>3.8244576097479221</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>2042.6690957000001</v>
+        <v>2042.6691060000001</v>
       </c>
       <c r="C207" s="5">
-        <v>2.1056648000001132</v>
+        <v>2.1055870000000141</v>
       </c>
       <c r="D207" s="5">
-        <v>1.2453364245266219</v>
+        <v>1.2452900963798141</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>2050.6834383</v>
+        <v>2050.6824769999998</v>
       </c>
       <c r="C208" s="5">
-        <v>8.0143425999999636</v>
+        <v>8.0133709999997791</v>
       </c>
       <c r="D208" s="5">
-        <v>4.8110972945197616</v>
+        <v>4.8105013657872453</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>2057.8858567000002</v>
+        <v>2057.8858399999999</v>
       </c>
       <c r="C209" s="5">
-        <v>7.2024184000001696</v>
+        <v>7.2033630000000812</v>
       </c>
       <c r="D209" s="5">
-        <v>4.2970202276404468</v>
+        <v>4.2975967692281403</v>
       </c>
       <c r="E209" s="5">
-        <v>2.3873491822302251</v>
+        <v>2.3873535779372679</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>2065.8644992</v>
+        <v>2065.8645350000002</v>
       </c>
       <c r="C210" s="5">
-        <v>7.9786424999997507</v>
+        <v>7.9786950000002435</v>
       </c>
       <c r="D210" s="5">
-        <v>4.753032047363126</v>
+        <v>4.7530640319443984</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>2071.9776882000001</v>
+        <v>2071.9777450000001</v>
       </c>
       <c r="C211" s="5">
-        <v>6.1131890000001476</v>
+        <v>6.1132099999999809</v>
       </c>
       <c r="D211" s="5">
-        <v>3.6093388706162743</v>
+        <v>3.6093514083192391</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>2082.3679781000001</v>
+        <v>2082.3679390000002</v>
       </c>
       <c r="C212" s="5">
-        <v>10.390289899999971</v>
+        <v>10.390194000000065</v>
       </c>
       <c r="D212" s="5">
-        <v>6.1863828656631314</v>
+        <v>6.1863240085344717</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>2083.1536424000001</v>
+        <v>2083.1536879999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.78566430000000764</v>
+        <v>0.78574899999966874</v>
       </c>
       <c r="D213" s="5">
-        <v>0.4536931249955245</v>
+        <v>0.45374214631539456</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>2088.3383702000001</v>
+        <v>2088.3386949999999</v>
       </c>
       <c r="C214" s="5">
-        <v>5.1847278000000188</v>
+        <v>5.1850070000000414</v>
       </c>
       <c r="D214" s="5">
-        <v>3.0278858972532463</v>
+        <v>3.0280511217036343</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>2093.9722588</v>
+        <v>2093.9724470000001</v>
       </c>
       <c r="C215" s="5">
-        <v>5.6338885999998638</v>
+        <v>5.6337520000001859</v>
       </c>
       <c r="D215" s="5">
-        <v>3.2858120808404667</v>
+        <v>3.2857307081992193</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>2097.1430412</v>
+        <v>2097.143337</v>
       </c>
       <c r="C216" s="5">
-        <v>3.1707824000000073</v>
+        <v>3.1708899999998721</v>
       </c>
       <c r="D216" s="5">
-        <v>1.8323013428896751</v>
+        <v>1.8323638744611515</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>2097.8354376000002</v>
+        <v>2097.835818</v>
       </c>
       <c r="C217" s="5">
-        <v>0.69239640000023428</v>
+        <v>0.69248100000004342</v>
       </c>
       <c r="D217" s="5">
-        <v>0.39691432765560641</v>
+        <v>0.39696285638852746</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>2104.3035217000001</v>
+        <v>2104.3037650000001</v>
       </c>
       <c r="C218" s="5">
-        <v>6.4680840999999418</v>
+        <v>6.4679470000000947</v>
       </c>
       <c r="D218" s="5">
-        <v>3.763252119785121</v>
+        <v>3.763170300979346</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>2108.4860456000001</v>
+        <v>2108.4861209999999</v>
       </c>
       <c r="C219" s="5">
-        <v>4.1825238999999783</v>
+        <v>4.1823559999997997</v>
       </c>
       <c r="D219" s="5">
-        <v>2.4113731333829769</v>
+        <v>2.4112749906350039</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>2115.4406853</v>
+        <v>2115.4387029999998</v>
       </c>
       <c r="C220" s="5">
-        <v>6.954639699999916</v>
+        <v>6.952581999999893</v>
       </c>
       <c r="D220" s="5">
-        <v>4.0306851796235277</v>
+        <v>4.0294707452318335</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>2118.0886460000002</v>
+        <v>2118.0885939999998</v>
       </c>
       <c r="C221" s="5">
-        <v>2.6479607000001124</v>
+        <v>2.6498910000000251</v>
       </c>
       <c r="D221" s="5">
-        <v>1.5124604092544125</v>
+        <v>1.5135719919331381</v>
       </c>
       <c r="E221" s="5">
-        <v>2.925467858384545</v>
+        <v>2.9254661667724058</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>2122.6202942</v>
+        <v>2122.6203230000001</v>
       </c>
       <c r="C222" s="5">
-        <v>4.5316481999998359</v>
+        <v>4.5317290000002686</v>
       </c>
       <c r="D222" s="5">
-        <v>2.5978263090958187</v>
+        <v>2.5978732396982673</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>2131.5639879999999</v>
+        <v>2131.5642590000002</v>
       </c>
       <c r="C223" s="5">
-        <v>8.9436937999998918</v>
+        <v>8.9439360000001216</v>
       </c>
       <c r="D223" s="5">
-        <v>5.1750547063059926</v>
+        <v>5.1751980413468512</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>2128.8873669999998</v>
+        <v>2128.8873720000001</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.6766210000000683</v>
+        <v>-2.6768870000000788</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.4964856114949243</v>
+        <v>-1.4966331161126112</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>2126.1919809000001</v>
+        <v>2126.1921729999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.6953860999997232</v>
+        <v>-2.6951990000002297</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.5087856659660837</v>
+        <v>-1.508681658395572</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>2125.6296996000001</v>
+        <v>2125.630052</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.5622812999999951</v>
+        <v>-0.5621209999999337</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.31688437572496841</v>
+        <v>-0.31679413833684</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>2127.7162714999999</v>
+        <v>2127.7165020000002</v>
       </c>
       <c r="C227" s="5">
-        <v>2.0865718999998535</v>
+        <v>2.0864500000002408</v>
       </c>
       <c r="D227" s="5">
-        <v>1.1843309025824755</v>
+        <v>1.1842611412164361</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>2129.2108864000002</v>
+        <v>2129.2112520000001</v>
       </c>
       <c r="C228" s="5">
-        <v>1.4946149000002151</v>
+        <v>1.4947499999998399</v>
       </c>
       <c r="D228" s="5">
-        <v>0.84620465909799325</v>
+        <v>0.84628135228270729</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>2132.5472620999999</v>
+        <v>2132.5479030000001</v>
       </c>
       <c r="C229" s="5">
-        <v>3.3363756999997349</v>
+        <v>3.3366510000000744</v>
       </c>
       <c r="D229" s="5">
-        <v>1.8966351240858881</v>
+        <v>1.8967926471652241</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>2122.1682930000002</v>
+        <v>2122.16903</v>
       </c>
       <c r="C230" s="5">
-        <v>-10.378969099999722</v>
+        <v>-10.378873000000112</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.6864962060326318</v>
+        <v>-5.6864432919724877</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>2118.6867544000002</v>
+        <v>2118.687437</v>
       </c>
       <c r="C231" s="5">
-        <v>-3.4815386000000217</v>
+        <v>-3.4815929999999753</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.951002068468155</v>
+        <v>-1.9510316074047962</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>2109.6787939000001</v>
+        <v>2109.6745030000002</v>
       </c>
       <c r="C232" s="5">
-        <v>-9.0079605000000811</v>
+        <v>-9.0129339999998592</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.9843745030677127</v>
+        <v>-4.9870608543115758</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>2102.5942710999998</v>
+        <v>2102.594548</v>
       </c>
       <c r="C233" s="5">
-        <v>-7.0845228000002862</v>
+        <v>-7.0799550000001545</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.9561254600547047</v>
+        <v>-3.9536295069914851</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.7315262715402171</v>
+        <v>-0.73151076134825299</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>2090.3399533000002</v>
+        <v>2090.3401130000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-12.254317799999626</v>
+        <v>-12.25443499999983</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.7739387100104853</v>
+        <v>-6.7740005696467538</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>2078.0386601</v>
+        <v>2078.0391789999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-12.301293200000146</v>
+        <v>-12.300934000000325</v>
       </c>
       <c r="D235" s="5">
-        <v>-6.8376535723396188</v>
+        <v>-6.8374598233039379</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>2066.2635214000002</v>
+        <v>2066.2637140000002</v>
       </c>
       <c r="C236" s="5">
-        <v>-11.775138699999843</v>
+        <v>-11.775464999999713</v>
       </c>
       <c r="D236" s="5">
-        <v>-6.5917948449478629</v>
+        <v>-6.5919702596277556</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>2052.2180447999999</v>
+        <v>2052.2184229999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-14.045476600000256</v>
+        <v>-14.045291000000361</v>
       </c>
       <c r="D237" s="5">
-        <v>-7.8588728018214482</v>
+        <v>-7.8587720988866021</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>2043.8863561000001</v>
+        <v>2043.886589</v>
       </c>
       <c r="C238" s="5">
-        <v>-8.3316886999998587</v>
+        <v>-8.3318339999998443</v>
       </c>
       <c r="D238" s="5">
-        <v>-4.7644901890841806</v>
+        <v>-4.7645705740854583</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>2035.5117941999999</v>
+        <v>2035.511978</v>
       </c>
       <c r="C239" s="5">
-        <v>-8.374561900000117</v>
+        <v>-8.3746109999999589</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.8075416054083604</v>
+        <v>-4.8075686243145626</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>2028.7215956</v>
+        <v>2028.721804</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.7901985999999397</v>
+        <v>-6.7901739999999791</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.9304072438865023</v>
+        <v>-3.9303929163494566</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>2024.6817761</v>
+        <v>2024.682088</v>
       </c>
       <c r="C241" s="5">
-        <v>-4.0398195000000214</v>
+        <v>-4.0397159999999985</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.3635772714230341</v>
+        <v>-2.3635171381826137</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>2026.5117557999999</v>
+        <v>2026.5121670000001</v>
       </c>
       <c r="C242" s="5">
-        <v>1.8299796999999671</v>
+        <v>1.8300790000000688</v>
       </c>
       <c r="D242" s="5">
-        <v>1.0900107999641806</v>
+        <v>1.0900700727001222</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>2017.7177042999999</v>
+        <v>2017.7219379999999</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.7940515000000232</v>
+        <v>-8.7902290000001813</v>
       </c>
       <c r="D243" s="5">
-        <v>-5.0848961604558323</v>
+        <v>-5.0827373685057413</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>2009.7878416999999</v>
+        <v>2009.780141</v>
       </c>
       <c r="C244" s="5">
-        <v>-7.9298625999999786</v>
+        <v>-7.9417969999999514</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.6155194332299976</v>
+        <v>-4.6223065973271744</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>2008.9689426</v>
+        <v>2008.969325</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.81889909999995325</v>
+        <v>-0.81081599999993159</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.48785234904085151</v>
+        <v>-0.48304943594920102</v>
       </c>
       <c r="E245" s="5">
-        <v>-4.4528480737759502</v>
+        <v>-4.4528424697503732</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>2010.9265398</v>
+        <v>2010.9266170000001</v>
       </c>
       <c r="C246" s="5">
-        <v>1.9575972000000093</v>
+        <v>1.9572920000000522</v>
       </c>
       <c r="D246" s="5">
-        <v>1.1756017380263772</v>
+        <v>1.1754172471769575</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>2012.731317</v>
+        <v>2012.7321669999999</v>
       </c>
       <c r="C247" s="5">
-        <v>1.8047771999999895</v>
+        <v>1.8055499999998119</v>
       </c>
       <c r="D247" s="5">
-        <v>1.0823145783992683</v>
+        <v>1.0827802713832435</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>2018.5840071</v>
+        <v>2018.584533</v>
       </c>
       <c r="C248" s="5">
-        <v>5.852690100000018</v>
+        <v>5.8523660000000746</v>
       </c>
       <c r="D248" s="5">
-        <v>3.5457525143633983</v>
+        <v>3.5455514918817377</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>2022.6574392</v>
+        <v>2022.6584700000001</v>
       </c>
       <c r="C249" s="5">
-        <v>4.0734320999999909</v>
+        <v>4.0739370000001145</v>
       </c>
       <c r="D249" s="5">
-        <v>2.4486161512972116</v>
+        <v>2.4489223878702004</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>2026.3212518</v>
+        <v>2026.322107</v>
       </c>
       <c r="C250" s="5">
-        <v>3.6638126000000284</v>
+        <v>3.6636369999998806</v>
       </c>
       <c r="D250" s="5">
-        <v>2.1954494107606859</v>
+        <v>2.1953420063506979</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>2028.9035392000001</v>
+        <v>2028.904049</v>
       </c>
       <c r="C251" s="5">
-        <v>2.5822874000000411</v>
+        <v>2.5819420000000264</v>
       </c>
       <c r="D251" s="5">
-        <v>1.5400108210269492</v>
+        <v>1.5398027330592035</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>2030.6630266</v>
+        <v>2030.662607</v>
       </c>
       <c r="C252" s="5">
-        <v>1.7594873999998981</v>
+        <v>1.7585579999999936</v>
       </c>
       <c r="D252" s="5">
-        <v>1.0456310985975437</v>
+        <v>1.0450758737035715</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>2032.8438206999999</v>
+        <v>2032.842756</v>
       </c>
       <c r="C253" s="5">
-        <v>2.1807940999999573</v>
+        <v>2.1801490000000285</v>
       </c>
       <c r="D253" s="5">
-        <v>1.2963577492368206</v>
+        <v>1.2959722762380776</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>2036.6994043</v>
+        <v>2036.698545</v>
       </c>
       <c r="C254" s="5">
-        <v>3.8555836000000454</v>
+        <v>3.8557889999999588</v>
       </c>
       <c r="D254" s="5">
-        <v>2.299866993900479</v>
+        <v>2.2999920137969587</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>2042.0029102000001</v>
+        <v>2042.0104590000001</v>
       </c>
       <c r="C255" s="5">
-        <v>5.3035059000001183</v>
+        <v>5.3119140000001153</v>
       </c>
       <c r="D255" s="5">
-        <v>3.1699081480988323</v>
+        <v>3.1750073403155721</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>2043.5336901000001</v>
+        <v>2043.5223719999999</v>
       </c>
       <c r="C256" s="5">
-        <v>1.5307798999999704</v>
+        <v>1.5119129999998222</v>
       </c>
       <c r="D256" s="5">
-        <v>0.90329382743565834</v>
+        <v>0.89211202247603261</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>2049.5820518</v>
+        <v>2049.5823180000002</v>
       </c>
       <c r="C257" s="5">
-        <v>6.0483616999999867</v>
+        <v>6.0599460000003091</v>
       </c>
       <c r="D257" s="5">
-        <v>3.6100988215136187</v>
+        <v>3.6171466904846961</v>
       </c>
       <c r="E257" s="5">
-        <v>2.0215896990144033</v>
+        <v>2.021583530151716</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>2052.7495479999998</v>
+        <v>2052.7489989999999</v>
       </c>
       <c r="C258" s="5">
-        <v>3.1674961999997322</v>
+        <v>3.1666809999996985</v>
       </c>
       <c r="D258" s="5">
-        <v>1.8703669396756384</v>
+        <v>1.8698812314809299</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>2056.1647379000001</v>
+        <v>2056.1660259999999</v>
       </c>
       <c r="C259" s="5">
-        <v>3.4151899000003141</v>
+        <v>3.4170269999999618</v>
       </c>
       <c r="D259" s="5">
-        <v>2.0148279590009421</v>
+        <v>2.015922261926506</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>2066.0953</v>
+        <v>2066.097812</v>
       </c>
       <c r="C260" s="5">
-        <v>9.9305620999998609</v>
+        <v>9.9317860000001019</v>
       </c>
       <c r="D260" s="5">
-        <v>5.9520376950539688</v>
+        <v>5.9527870268047067</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>2081.2681806000001</v>
+        <v>2081.2722319999998</v>
       </c>
       <c r="C261" s="5">
-        <v>15.172880600000099</v>
+        <v>15.174419999999827</v>
       </c>
       <c r="D261" s="5">
-        <v>9.1772969786178002</v>
+        <v>9.1782543984298073</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>2080.2646457999999</v>
+        <v>2080.2687460000002</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.003534800000125</v>
+        <v>-1.0034859999996115</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.5770776187017157</v>
+        <v>-0.57704851057559514</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>2082.8929068000002</v>
+        <v>2082.894714</v>
       </c>
       <c r="C263" s="5">
-        <v>2.6282610000002933</v>
+        <v>2.6259679999998298</v>
       </c>
       <c r="D263" s="5">
-        <v>1.5266912406404431</v>
+        <v>1.52534700581064</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>2090.4181490000001</v>
+        <v>2090.4159989999998</v>
       </c>
       <c r="C264" s="5">
-        <v>7.525242199999866</v>
+        <v>7.521284999999807</v>
       </c>
       <c r="D264" s="5">
-        <v>4.4226511685706349</v>
+        <v>4.42027519358692</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>2096.0509307000002</v>
+        <v>2096.0459660000001</v>
       </c>
       <c r="C265" s="5">
-        <v>5.6327817000001232</v>
+        <v>5.6299670000003061</v>
       </c>
       <c r="D265" s="5">
-        <v>3.2818398778948765</v>
+        <v>3.2801789991162567</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>2100.3384777000001</v>
+        <v>2100.3329140000001</v>
       </c>
       <c r="C266" s="5">
-        <v>4.2875469999999041</v>
+        <v>4.2869479999999385</v>
       </c>
       <c r="D266" s="5">
-        <v>2.4824478297098551</v>
+        <v>2.4821030494037277</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>2101.8024049000001</v>
+        <v>2101.8091079999999</v>
       </c>
       <c r="C267" s="5">
-        <v>1.4639271999999437</v>
+        <v>1.4761939999998503</v>
       </c>
       <c r="D267" s="5">
-        <v>0.83960878070641343</v>
+        <v>0.846673650539298</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>2106.5559237000002</v>
+        <v>2106.542821</v>
       </c>
       <c r="C268" s="5">
-        <v>4.7535188000001654</v>
+        <v>4.7337130000000798</v>
       </c>
       <c r="D268" s="5">
-        <v>2.7479819739082867</v>
+        <v>2.7363813224388522</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>2113.8443796000001</v>
+        <v>2113.843038</v>
       </c>
       <c r="C269" s="5">
-        <v>7.2884558999999172</v>
+        <v>7.3002169999999751</v>
       </c>
       <c r="D269" s="5">
-        <v>4.2317963011559101</v>
+        <v>4.2387825369634147</v>
       </c>
       <c r="E269" s="5">
-        <v>3.1353869313776928</v>
+        <v>3.1353080789019439</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>2121.7699532000001</v>
+        <v>2121.763516</v>
       </c>
       <c r="C270" s="5">
-        <v>7.925573600000007</v>
+        <v>7.9204780000000028</v>
       </c>
       <c r="D270" s="5">
-        <v>4.5931881633926475</v>
+        <v>4.5901769100282319</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>2125.6490687</v>
+        <v>2125.649774</v>
       </c>
       <c r="C271" s="5">
-        <v>3.879115499999898</v>
+        <v>3.886257999999998</v>
       </c>
       <c r="D271" s="5">
-        <v>2.2160894711162227</v>
+        <v>2.2202178880456058</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>2131.9438595000001</v>
+        <v>2131.9548829999999</v>
       </c>
       <c r="C272" s="5">
-        <v>6.2947908000001007</v>
+        <v>6.3051089999999022</v>
       </c>
       <c r="D272" s="5">
-        <v>3.6120744399835258</v>
+        <v>3.6180909311908982</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>2137.6919243000002</v>
+        <v>2137.710497</v>
       </c>
       <c r="C273" s="5">
-        <v>5.7480648000000656</v>
+        <v>5.7556140000001506</v>
       </c>
       <c r="D273" s="5">
-        <v>3.2838048125265695</v>
+        <v>3.2881645692616202</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>2143.4582897999999</v>
+        <v>2143.4761789999998</v>
       </c>
       <c r="C274" s="5">
-        <v>5.7663654999996652</v>
+        <v>5.7656819999997424</v>
       </c>
       <c r="D274" s="5">
-        <v>3.2854255907192931</v>
+        <v>3.2850014015264106</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>2150.9638487000002</v>
+        <v>2150.9742350000001</v>
       </c>
       <c r="C275" s="5">
-        <v>7.5055589000003238</v>
+        <v>7.4980560000003607</v>
       </c>
       <c r="D275" s="5">
-        <v>4.2838107143883031</v>
+        <v>4.279409292562697</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>2155.1350400000001</v>
+        <v>2155.1339630000002</v>
       </c>
       <c r="C276" s="5">
-        <v>4.1711912999999186</v>
+        <v>4.1597280000000865</v>
       </c>
       <c r="D276" s="5">
-        <v>2.352044464464198</v>
+        <v>2.3455002049827867</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>2160.074764</v>
+        <v>2160.0648070000002</v>
       </c>
       <c r="C277" s="5">
-        <v>4.9397239999998419</v>
+        <v>4.9308439999999791</v>
       </c>
       <c r="D277" s="5">
-        <v>2.7854260184471791</v>
+        <v>2.7803569678941376</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>2163.6309001999998</v>
+        <v>2163.5617630000002</v>
       </c>
       <c r="C278" s="5">
-        <v>3.5561361999998553</v>
+        <v>3.4969559999999547</v>
       </c>
       <c r="D278" s="5">
-        <v>1.993549426367025</v>
+        <v>1.9600865259948419</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>2167.7000950000001</v>
+        <v>2167.7151749999998</v>
       </c>
       <c r="C279" s="5">
-        <v>4.0691948000003322</v>
+        <v>4.1534119999996619</v>
       </c>
       <c r="D279" s="5">
-        <v>2.2803620508055067</v>
+        <v>2.3281316884652403</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>2183.1792325000001</v>
+        <v>2183.1717530000001</v>
       </c>
       <c r="C280" s="5">
-        <v>15.479137499999979</v>
+        <v>15.456578000000263</v>
       </c>
       <c r="D280" s="5">
-        <v>8.9136562809323472</v>
+        <v>8.9000874031589525</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>2181.2850822</v>
+        <v>2181.2814779999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-1.8941503000000921</v>
+        <v>-1.8902750000002015</v>
       </c>
       <c r="D281" s="5">
-        <v>-1.0361793883448045</v>
+        <v>-1.0340730483441751</v>
       </c>
       <c r="E281" s="5">
-        <v>3.1904289289621968</v>
+        <v>3.1903239165669728</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>2181.9528613000002</v>
+        <v>2181.9413399999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.66777910000018892</v>
+        <v>0.65986199999997552</v>
       </c>
       <c r="D282" s="5">
-        <v>0.36798746255488624</v>
+        <v>0.3636179926803651</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>2191.9903468000002</v>
+        <v>2191.985592</v>
       </c>
       <c r="C283" s="5">
-        <v>10.037485500000003</v>
+        <v>10.044252000000142</v>
       </c>
       <c r="D283" s="5">
-        <v>5.6621102938365642</v>
+        <v>5.6660550865514914</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>2194.7901372000001</v>
+        <v>2194.8001469999999</v>
       </c>
       <c r="C284" s="5">
-        <v>2.7997903999998925</v>
+        <v>2.8145549999999275</v>
       </c>
       <c r="D284" s="5">
-        <v>1.5435522667702317</v>
+        <v>1.5517530985913464</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>2202.5675354999998</v>
+        <v>2202.6787650000001</v>
       </c>
       <c r="C285" s="5">
-        <v>7.7773982999997315</v>
+        <v>7.8786180000001877</v>
       </c>
       <c r="D285" s="5">
-        <v>4.3361495337835176</v>
+        <v>4.3936812593133201</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>2207.0511486</v>
+        <v>2207.0828689999998</v>
       </c>
       <c r="C286" s="5">
-        <v>4.4836131000001842</v>
+        <v>4.4041039999997338</v>
       </c>
       <c r="D286" s="5">
-        <v>2.4702917434603178</v>
+        <v>2.4258787094001422</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>2213.5044542999999</v>
+        <v>2213.4959359999998</v>
       </c>
       <c r="C287" s="5">
-        <v>6.4533056999998735</v>
+        <v>6.4130669999999554</v>
       </c>
       <c r="D287" s="5">
-        <v>3.5657193431483325</v>
+        <v>3.5430775440481677</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>2218.9078282</v>
+        <v>2218.9345029999999</v>
       </c>
       <c r="C288" s="5">
-        <v>5.4033739000001333</v>
+        <v>5.4385670000001483</v>
       </c>
       <c r="D288" s="5">
-        <v>2.9689643990470804</v>
+        <v>2.9885754993046687</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>2226.7109657000001</v>
+        <v>2226.6673289999999</v>
       </c>
       <c r="C289" s="5">
-        <v>7.803137500000048</v>
+        <v>7.7328259999999318</v>
       </c>
       <c r="D289" s="5">
-        <v>4.3025740407715007</v>
+        <v>4.2630066809479228</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>2233.1868966000002</v>
+        <v>2233.0143710000002</v>
       </c>
       <c r="C290" s="5">
-        <v>6.475930900000094</v>
+        <v>6.3470420000003287</v>
       </c>
       <c r="D290" s="5">
-        <v>3.5463219031387494</v>
+        <v>3.4746994278373577</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>2236.7827671999999</v>
+        <v>2236.7850560000002</v>
       </c>
       <c r="C291" s="5">
-        <v>3.595870599999671</v>
+        <v>3.7706849999999577</v>
       </c>
       <c r="D291" s="5">
-        <v>1.949440494398047</v>
+        <v>2.0452546415442807</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>2245.7372203</v>
+        <v>2245.7371210000001</v>
       </c>
       <c r="C292" s="5">
-        <v>8.9544531000001371</v>
+        <v>8.9520649999999478</v>
       </c>
       <c r="D292" s="5">
-        <v>4.9111253232467345</v>
+        <v>4.9097814556353425</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>2249.9887721999999</v>
+        <v>2249.99215</v>
       </c>
       <c r="C293" s="5">
-        <v>4.2515518999998676</v>
+        <v>4.2550289999999222</v>
       </c>
       <c r="D293" s="5">
-        <v>2.2956032335804677</v>
+        <v>2.2975003860449039</v>
       </c>
       <c r="E293" s="5">
-        <v>3.1496887115143535</v>
+        <v>3.1500140029154133</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>2254.3010826999998</v>
+        <v>2254.2936249999998</v>
       </c>
       <c r="C294" s="5">
-        <v>4.3123104999999669</v>
+        <v>4.3014749999997548</v>
       </c>
       <c r="D294" s="5">
-        <v>2.3243099105175302</v>
+        <v>2.3184045778634088</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>2259.7818305000001</v>
+        <v>2259.7756239999999</v>
       </c>
       <c r="C295" s="5">
-        <v>5.4807478000002448</v>
+        <v>5.4819990000000871</v>
       </c>
       <c r="D295" s="5">
-        <v>2.9568184769737327</v>
+        <v>2.9575124581174173</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>2265.1932013000001</v>
+        <v>2265.2186529999999</v>
       </c>
       <c r="C296" s="5">
-        <v>5.411370799999986</v>
+        <v>5.4430290000000241</v>
       </c>
       <c r="D296" s="5">
-        <v>2.9117218412558765</v>
+        <v>2.9289907736339549</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>2270.9699264000001</v>
+        <v>2271.2028359999999</v>
       </c>
       <c r="C297" s="5">
-        <v>5.7767251000000215</v>
+        <v>5.98418300000003</v>
       </c>
       <c r="D297" s="5">
-        <v>3.1035462268512504</v>
+        <v>3.2165910844992762</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>2277.1997820000001</v>
+        <v>2277.2539929999998</v>
       </c>
       <c r="C298" s="5">
-        <v>6.2298556000000644</v>
+        <v>6.0511569999998756</v>
       </c>
       <c r="D298" s="5">
-        <v>3.3420342097952194</v>
+        <v>3.2444239020629428</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>2286.4270959999999</v>
+        <v>2286.4039090000001</v>
       </c>
       <c r="C299" s="5">
-        <v>9.2273139999997511</v>
+        <v>9.149916000000303</v>
       </c>
       <c r="D299" s="5">
-        <v>4.972295865722387</v>
+        <v>4.929542753252103</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>2292.5477774000001</v>
+        <v>2292.6640280000001</v>
       </c>
       <c r="C300" s="5">
-        <v>6.1206814000001941</v>
+        <v>6.2601190000000315</v>
       </c>
       <c r="D300" s="5">
-        <v>3.2600770108674348</v>
+        <v>3.3355025172249864</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>2300.2873196999999</v>
+        <v>2300.2256929999999</v>
       </c>
       <c r="C301" s="5">
-        <v>7.7395422999998118</v>
+        <v>7.5616649999997207</v>
       </c>
       <c r="D301" s="5">
-        <v>4.1272218770701974</v>
+        <v>4.0304310958029665</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>2307.7322316999998</v>
+        <v>2307.1489190000002</v>
       </c>
       <c r="C302" s="5">
-        <v>7.4449119999999311</v>
+        <v>6.9232260000003407</v>
       </c>
       <c r="D302" s="5">
-        <v>3.9537032051634613</v>
+        <v>3.6721562536337515</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>2316.4824641999999</v>
+        <v>2316.5644670000001</v>
       </c>
       <c r="C303" s="5">
-        <v>8.7502325000000383</v>
+        <v>9.4155479999999443</v>
       </c>
       <c r="D303" s="5">
-        <v>4.6461399868031439</v>
+        <v>5.0086690534056233</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>2321.8266011999999</v>
+        <v>2321.8849599999999</v>
       </c>
       <c r="C304" s="5">
-        <v>5.3441370000000461</v>
+        <v>5.3204929999997148</v>
       </c>
       <c r="D304" s="5">
-        <v>2.8038047282130885</v>
+        <v>2.791142714802386</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>2336.7451165000002</v>
+        <v>2336.7727359999999</v>
       </c>
       <c r="C305" s="5">
-        <v>14.918515300000308</v>
+        <v>14.887776000000031</v>
       </c>
       <c r="D305" s="5">
-        <v>7.9888045837952282</v>
+        <v>7.971551544940092</v>
       </c>
       <c r="E305" s="5">
-        <v>3.8558567656838294</v>
+        <v>3.8569283897279316</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>2339.3289138999999</v>
+        <v>2339.3477339999999</v>
       </c>
       <c r="C306" s="5">
-        <v>2.5837973999996393</v>
+        <v>2.5749980000000505</v>
       </c>
       <c r="D306" s="5">
-        <v>1.3349691101932848</v>
+        <v>1.3303793195194036</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>2346.2018422000001</v>
+        <v>2346.2328029999999</v>
       </c>
       <c r="C307" s="5">
-        <v>6.8729283000002397</v>
+        <v>6.8850689999999304</v>
       </c>
       <c r="D307" s="5">
-        <v>3.5831211820403386</v>
+        <v>3.5895240559260966</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>2352.0801391</v>
+        <v>2352.1482559999999</v>
       </c>
       <c r="C308" s="5">
-        <v>5.8782968999998957</v>
+        <v>5.9154530000000705</v>
       </c>
       <c r="D308" s="5">
-        <v>3.0483208960687236</v>
+        <v>3.0678159514303305</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>2357.8583321999999</v>
+        <v>2358.23504</v>
       </c>
       <c r="C309" s="5">
-        <v>5.7781930999999531</v>
+        <v>6.0867840000000797</v>
       </c>
       <c r="D309" s="5">
-        <v>2.9881164762557422</v>
+        <v>3.1498865141744048</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>2366.5254887999999</v>
+        <v>2366.6107929999998</v>
       </c>
       <c r="C310" s="5">
-        <v>8.6671565999999984</v>
+        <v>8.3757529999998042</v>
       </c>
       <c r="D310" s="5">
-        <v>4.5013123554348944</v>
+        <v>4.3462948565054838</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>2371.1760199</v>
+        <v>2371.1162610000001</v>
       </c>
       <c r="C311" s="5">
-        <v>4.6505311000000802</v>
+        <v>4.5054680000002918</v>
       </c>
       <c r="D311" s="5">
-        <v>2.3838116002715903</v>
+        <v>2.3085895209159712</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>2374.9943297999998</v>
+        <v>2375.1464959999998</v>
       </c>
       <c r="C312" s="5">
-        <v>3.8183098999998037</v>
+        <v>4.0302349999997205</v>
       </c>
       <c r="D312" s="5">
-        <v>1.9495690889027362</v>
+        <v>2.0588408184649243</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>2376.9753446999998</v>
+        <v>2376.810039</v>
       </c>
       <c r="C313" s="5">
-        <v>1.981014899999991</v>
+        <v>1.6635430000001179</v>
       </c>
       <c r="D313" s="5">
-        <v>1.0055409446600994</v>
+        <v>0.84372037724649296</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>2383.3485326</v>
+        <v>2382.2838879999999</v>
       </c>
       <c r="C314" s="5">
-        <v>6.3731879000001754</v>
+        <v>5.4738489999999729</v>
       </c>
       <c r="D314" s="5">
-        <v>3.2653345455085248</v>
+        <v>2.79890398835827</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>2384.1029462000001</v>
+        <v>2384.2265090000001</v>
       </c>
       <c r="C315" s="5">
-        <v>0.75441360000013447</v>
+        <v>1.9426210000001447</v>
       </c>
       <c r="D315" s="5">
-        <v>0.38050416937975839</v>
+        <v>0.982934378076461</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>2376.1832995</v>
+        <v>2376.3298530000002</v>
       </c>
       <c r="C316" s="5">
-        <v>-7.9196467000001576</v>
+        <v>-7.8966559999998935</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.914198442931982</v>
+        <v>-3.9028431358174687</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>2383.3062375999998</v>
+        <v>2383.4437699999999</v>
       </c>
       <c r="C317" s="5">
-        <v>7.1229380999998284</v>
+        <v>7.1139169999996739</v>
       </c>
       <c r="D317" s="5">
-        <v>3.6570691054086168</v>
+        <v>3.652131979354456</v>
       </c>
       <c r="E317" s="5">
-        <v>1.9925631071710193</v>
+        <v>1.997243175641028</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>2384.2809496999998</v>
+        <v>2384.4327039999998</v>
       </c>
       <c r="C318" s="5">
-        <v>0.97471210000003339</v>
+        <v>0.988933999999972</v>
       </c>
       <c r="D318" s="5">
-        <v>0.49187513839556996</v>
+        <v>0.49903954932311034</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>2390.8971723</v>
+        <v>2391.0739239999998</v>
       </c>
       <c r="C319" s="5">
-        <v>6.6162226000001283</v>
+        <v>6.6412199999999757</v>
       </c>
       <c r="D319" s="5">
-        <v>3.3812157149244682</v>
+        <v>3.3939676251956818</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>2393.5761607999998</v>
+        <v>2393.7803100000001</v>
       </c>
       <c r="C320" s="5">
-        <v>2.6789884999998321</v>
+        <v>2.7063860000002933</v>
       </c>
       <c r="D320" s="5">
-        <v>1.3529114751463123</v>
+        <v>1.3667320272374273</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>2397.7274315</v>
+        <v>2398.2073089999999</v>
       </c>
       <c r="C321" s="5">
-        <v>4.1512707000001683</v>
+        <v>4.4269989999997961</v>
       </c>
       <c r="D321" s="5">
-        <v>2.1011734555891115</v>
+        <v>2.2419637628891209</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>2396.0701491</v>
+        <v>2396.168142</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.6572823999999855</v>
+        <v>-2.0391669999999067</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.82628074318290556</v>
+        <v>-1.015587418119468</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>2397.3428174999999</v>
+        <v>2397.167516</v>
       </c>
       <c r="C323" s="5">
-        <v>1.2726683999999295</v>
+        <v>0.99937399999998888</v>
       </c>
       <c r="D323" s="5">
-        <v>0.63924314889436396</v>
+        <v>0.50163573969073116</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>2405.6701195999999</v>
+        <v>2405.6465520000002</v>
       </c>
       <c r="C324" s="5">
-        <v>8.3273020999999972</v>
+        <v>8.4790360000001783</v>
       </c>
       <c r="D324" s="5">
-        <v>4.2488281174981601</v>
+        <v>4.3280821521585855</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>2406.9605009000002</v>
+        <v>2406.5141549999998</v>
       </c>
       <c r="C325" s="5">
-        <v>1.2903813000002629</v>
+        <v>0.86760299999968993</v>
       </c>
       <c r="D325" s="5">
-        <v>0.64557227242312276</v>
+        <v>0.43364277525412831</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>2408.9132103000002</v>
+        <v>2407.2460839999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.9527094000000034</v>
+        <v>0.73192900000003647</v>
       </c>
       <c r="D326" s="5">
-        <v>0.97788693892810752</v>
+        <v>0.3655850230666724</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>2411.3088972999999</v>
+        <v>2411.445248</v>
       </c>
       <c r="C327" s="5">
-        <v>2.3956869999997252</v>
+        <v>4.1991640000001098</v>
       </c>
       <c r="D327" s="5">
-        <v>1.1999607760510456</v>
+        <v>2.1134622563546035</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>2412.8447067000002</v>
+        <v>2413.3262289999998</v>
       </c>
       <c r="C328" s="5">
-        <v>1.5358094000002893</v>
+        <v>1.8809809999997924</v>
       </c>
       <c r="D328" s="5">
-        <v>0.7669863621086348</v>
+        <v>0.94005285452485321</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>2417.4005794</v>
+        <v>2417.8070819999998</v>
       </c>
       <c r="C329" s="5">
-        <v>4.5558726999997816</v>
+        <v>4.4808530000000246</v>
       </c>
       <c r="D329" s="5">
-        <v>2.2894889012533337</v>
+        <v>2.2509491363718048</v>
       </c>
       <c r="E329" s="5">
-        <v>1.4305480874473586</v>
+        <v>1.4417504802305414</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>2421.1834797000001</v>
+        <v>2421.6538300000002</v>
       </c>
       <c r="C330" s="5">
-        <v>3.7829003000001649</v>
+        <v>3.8467480000003889</v>
       </c>
       <c r="D330" s="5">
-        <v>1.8940820436665229</v>
+        <v>1.9260039246400851</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>2419.6946745999999</v>
+        <v>2420.182014</v>
       </c>
       <c r="C331" s="5">
-        <v>-1.4888051000002633</v>
+        <v>-1.4718160000002172</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.73539917418218304</v>
+        <v>-0.72689466335085218</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>2422.1194722999999</v>
+        <v>2422.5621980000001</v>
       </c>
       <c r="C332" s="5">
-        <v>2.4247976999999992</v>
+        <v>2.3801840000000993</v>
       </c>
       <c r="D332" s="5">
-        <v>1.2091808021507777</v>
+        <v>1.1865723873429657</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>2426.4089711000001</v>
+        <v>2426.9780169999999</v>
       </c>
       <c r="C333" s="5">
-        <v>4.2894988000002741</v>
+        <v>4.4158189999998285</v>
       </c>
       <c r="D333" s="5">
-        <v>2.1459854214862073</v>
+        <v>2.2094091144164718</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>2429.4271385000002</v>
+        <v>2429.4513630000001</v>
       </c>
       <c r="C334" s="5">
-        <v>3.0181674000000385</v>
+        <v>2.4733460000002196</v>
       </c>
       <c r="D334" s="5">
-        <v>1.5029131391012918</v>
+        <v>1.2298042176600799</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>2435.9090396000001</v>
+        <v>2435.45786</v>
       </c>
       <c r="C335" s="5">
-        <v>6.4819010999999591</v>
+        <v>6.0064969999998539</v>
       </c>
       <c r="D335" s="5">
-        <v>3.249096992066014</v>
+        <v>3.0075187076442633</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>2434.3379977999998</v>
+        <v>2433.8105930000002</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.5710418000003301</v>
+        <v>-1.6472669999998288</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.77120166202048201</v>
+        <v>-0.80862967620950466</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>2440.8732988000002</v>
+        <v>2439.7495589999999</v>
       </c>
       <c r="C337" s="5">
-        <v>6.5353010000003451</v>
+        <v>5.9389659999997093</v>
       </c>
       <c r="D337" s="5">
-        <v>3.2695541502626879</v>
+        <v>2.9678522071268754</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>2436.1697132999998</v>
+        <v>2433.809252</v>
       </c>
       <c r="C338" s="5">
-        <v>-4.7035855000003721</v>
+        <v>-5.9403069999998479</v>
       </c>
       <c r="D338" s="5">
-        <v>-2.2880596741526316</v>
+        <v>-2.8829516464414118</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>2443.7658941</v>
+        <v>2443.961331</v>
       </c>
       <c r="C339" s="5">
-        <v>7.5961808000001838</v>
+        <v>10.152078999999958</v>
       </c>
       <c r="D339" s="5">
-        <v>3.8065400852067555</v>
+        <v>5.121974255392292</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>2448.7338703999999</v>
+        <v>2449.6948400000001</v>
       </c>
       <c r="C340" s="5">
-        <v>4.9679762999999184</v>
+        <v>5.7335090000001401</v>
       </c>
       <c r="D340" s="5">
-        <v>2.4669637836842728</v>
+        <v>2.8517978542481615</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>2449.6776817</v>
+        <v>2450.867823</v>
       </c>
       <c r="C341" s="5">
-        <v>0.94381130000010671</v>
+        <v>1.1729829999999311</v>
       </c>
       <c r="D341" s="5">
-        <v>0.46349566743277837</v>
+        <v>0.5761094967763114</v>
       </c>
       <c r="E341" s="5">
-        <v>1.3351987492288497</v>
+        <v>1.3673853983690254</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>2451.5247720000002</v>
+        <v>2452.5605839999998</v>
       </c>
       <c r="C342" s="5">
-        <v>1.8470903000002181</v>
+        <v>1.6927609999997912</v>
       </c>
       <c r="D342" s="5">
-        <v>0.90857811414837286</v>
+        <v>0.83196955151736418</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>2457.2734378</v>
+        <v>2458.1579299999999</v>
       </c>
       <c r="C343" s="5">
-        <v>5.7486657999997988</v>
+        <v>5.5973460000000159</v>
       </c>
       <c r="D343" s="5">
-        <v>2.8504985048214859</v>
+        <v>2.7733348475637909</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>2462.4258272000002</v>
+        <v>2463.3950420000001</v>
       </c>
       <c r="C344" s="5">
-        <v>5.1523894000001746</v>
+        <v>5.237112000000252</v>
       </c>
       <c r="D344" s="5">
-        <v>2.5453703693137264</v>
+        <v>2.5867746351882825</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>2467.168909</v>
+        <v>2467.5153890000001</v>
       </c>
       <c r="C345" s="5">
-        <v>4.7430817999997998</v>
+        <v>4.120347000000038</v>
       </c>
       <c r="D345" s="5">
-        <v>2.3360642191044834</v>
+        <v>2.0257233798956165</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>2474.6595477000001</v>
+        <v>2474.4722729999999</v>
       </c>
       <c r="C346" s="5">
-        <v>7.4906387000000905</v>
+        <v>6.9568839999997181</v>
       </c>
       <c r="D346" s="5">
-        <v>3.7048118713414624</v>
+        <v>3.4362252113745884</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>2476.2107159000002</v>
+        <v>2475.3565589999998</v>
       </c>
       <c r="C347" s="5">
-        <v>1.5511682000001201</v>
+        <v>0.88428599999997459</v>
       </c>
       <c r="D347" s="5">
-        <v>0.75478361415708406</v>
+        <v>0.42968004696390949</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>2477.3574840000001</v>
+        <v>2476.0689990000001</v>
       </c>
       <c r="C348" s="5">
-        <v>1.1467680999999175</v>
+        <v>0.71244000000024243</v>
       </c>
       <c r="D348" s="5">
-        <v>0.55715464168579754</v>
+        <v>0.34592294315038963</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>2481.1072353</v>
+        <v>2478.8708369999999</v>
       </c>
       <c r="C349" s="5">
-        <v>3.7497512999998435</v>
+        <v>2.8018379999998615</v>
       </c>
       <c r="D349" s="5">
-        <v>1.831528382961678</v>
+        <v>1.3663633020750687</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>2484.8227869000002</v>
+        <v>2481.2640080000001</v>
       </c>
       <c r="C350" s="5">
-        <v>3.7155516000002535</v>
+        <v>2.3931710000001658</v>
       </c>
       <c r="D350" s="5">
-        <v>1.8119206498594442</v>
+        <v>1.1646848235310925</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>2477.9492360999998</v>
+        <v>2478.9131870000001</v>
       </c>
       <c r="C351" s="5">
-        <v>-6.8735508000004302</v>
+        <v>-2.3508209999999963</v>
       </c>
       <c r="D351" s="5">
-        <v>-3.2694164173435847</v>
+        <v>-1.1310089377173371</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>2483.8233260000002</v>
+        <v>2485.6074410000001</v>
       </c>
       <c r="C352" s="5">
-        <v>5.8740899000003992</v>
+        <v>6.6942540000000008</v>
       </c>
       <c r="D352" s="5">
-        <v>2.8820370929352634</v>
+        <v>3.2891422699978801</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>2479.8641413</v>
+        <v>2482.0087960000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-3.9591847000001508</v>
+        <v>-3.5986450000000332</v>
       </c>
       <c r="D353" s="5">
-        <v>-1.896105175149454</v>
+        <v>-1.7235838312350316</v>
       </c>
       <c r="E353" s="5">
-        <v>1.2322625064311143</v>
+        <v>1.270610055253063</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>2487.8392456000001</v>
+        <v>2489.5437419999998</v>
       </c>
       <c r="C354" s="5">
-        <v>7.9751043000001118</v>
+        <v>7.5349459999997634</v>
       </c>
       <c r="D354" s="5">
-        <v>3.9281290468509367</v>
+        <v>3.7044377240271986</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>2489.4998049999999</v>
+        <v>2490.807061</v>
       </c>
       <c r="C355" s="5">
-        <v>1.6605593999997836</v>
+        <v>1.2633190000001377</v>
       </c>
       <c r="D355" s="5">
-        <v>0.8039116093655041</v>
+        <v>0.61064242799824253</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>2489.2062907999998</v>
+        <v>2490.6014060000002</v>
       </c>
       <c r="C356" s="5">
-        <v>-0.29351420000011785</v>
+        <v>-0.20565499999975145</v>
       </c>
       <c r="D356" s="5">
-        <v>-0.14138933941650889</v>
+        <v>-9.9033749542676297E-2</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>2491.1620329000002</v>
+        <v>2491.0986950000001</v>
       </c>
       <c r="C357" s="5">
-        <v>1.9557421000004069</v>
+        <v>0.49728899999990972</v>
       </c>
       <c r="D357" s="5">
-        <v>0.94691176463026494</v>
+        <v>0.23986277408007961</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>2494.5456705000001</v>
+        <v>2493.9877729999998</v>
       </c>
       <c r="C358" s="5">
-        <v>3.3836375999999291</v>
+        <v>2.8890779999996994</v>
       </c>
       <c r="D358" s="5">
-        <v>1.6421394588225446</v>
+        <v>1.4006243656917272</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>2499.2503161</v>
+        <v>2498.0475070000002</v>
       </c>
       <c r="C359" s="5">
-        <v>4.7046455999998216</v>
+        <v>4.0597340000003896</v>
       </c>
       <c r="D359" s="5">
-        <v>2.2867912208159202</v>
+        <v>1.9709536176435005</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>2505.4911278999998</v>
+        <v>2503.287538</v>
       </c>
       <c r="C360" s="5">
-        <v>6.2408117999998467</v>
+        <v>5.2400309999998171</v>
       </c>
       <c r="D360" s="5">
-        <v>3.0379861909960004</v>
+        <v>2.5464257244234956</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>2506.9056784999998</v>
+        <v>2503.5306110000001</v>
       </c>
       <c r="C361" s="5">
-        <v>1.4145505999999841</v>
+        <v>0.24307300000009491</v>
       </c>
       <c r="D361" s="5">
-        <v>0.67960391989638769</v>
+        <v>0.11658406163383983</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>2506.4167284</v>
+        <v>2502.0890610000001</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.48895009999978356</v>
+        <v>-1.4415500000000065</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.23379863153578651</v>
+        <v>-0.68878412559137958</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>2509.0192535000001</v>
+        <v>2510.8026580000001</v>
       </c>
       <c r="C363" s="5">
-        <v>2.6025251000000935</v>
+        <v>8.7135969999999361</v>
       </c>
       <c r="D363" s="5">
-        <v>1.2531544587988996</v>
+        <v>4.2600158145271294</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>2520.8270315</v>
+        <v>2523.3360160000002</v>
       </c>
       <c r="C364" s="5">
-        <v>11.807777999999871</v>
+        <v>12.533358000000135</v>
       </c>
       <c r="D364" s="5">
-        <v>5.7958517089932604</v>
+        <v>6.1573530407553978</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>2519.3028343999999</v>
+        <v>2522.4585240000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-1.5241971000000376</v>
+        <v>-0.87749200000007477</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.72316197233489588</v>
+        <v>-0.41650368636145796</v>
       </c>
       <c r="E365" s="5">
-        <v>1.5903570055787464</v>
+        <v>1.6297173509291607</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>2519.4656383000001</v>
+        <v>2521.7854729999999</v>
       </c>
       <c r="C366" s="5">
-        <v>0.16280390000019906</v>
+        <v>-0.67305100000021412</v>
       </c>
       <c r="D366" s="5">
-        <v>7.7574688380610546E-2</v>
+        <v>-0.31971863157382874</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>2520.5870303000002</v>
+        <v>2522.1566849999999</v>
       </c>
       <c r="C367" s="5">
-        <v>1.1213920000000144</v>
+        <v>0.37121200000001409</v>
       </c>
       <c r="D367" s="5">
-        <v>0.53541889007462373</v>
+        <v>0.17678554607605257</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>2518.6526776000001</v>
+        <v>2520.2855589999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.9343527000000904</v>
+        <v>-1.8711260000000038</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.91702875960402164</v>
+        <v>-0.88662694599674907</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>2318.0088363999998</v>
+        <v>2317.4424680000002</v>
       </c>
       <c r="C369" s="5">
-        <v>-200.64384120000022</v>
+        <v>-202.84309099999973</v>
       </c>
       <c r="D369" s="5">
-        <v>-63.071500826912327</v>
+        <v>-63.464881180137425</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>2370.0233589999998</v>
+        <v>2369.0934090000001</v>
       </c>
       <c r="C370" s="5">
-        <v>52.014522599999964</v>
+        <v>51.650940999999875</v>
       </c>
       <c r="D370" s="5">
-        <v>30.512007850706535</v>
+        <v>30.280278474440124</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>2426.0038764999999</v>
+        <v>2424.6411499999999</v>
       </c>
       <c r="C371" s="5">
-        <v>55.980517500000133</v>
+        <v>55.54774099999986</v>
       </c>
       <c r="D371" s="5">
-        <v>32.332454694518617</v>
+        <v>32.063695159085825</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>2433.9478159</v>
+        <v>2431.169144</v>
       </c>
       <c r="C372" s="5">
-        <v>7.9439394000000902</v>
+        <v>6.5279940000000352</v>
       </c>
       <c r="D372" s="5">
-        <v>4.0009403818628941</v>
+        <v>3.2790995194627248</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>2448.1965759</v>
+        <v>2444.2299250000001</v>
       </c>
       <c r="C373" s="5">
-        <v>14.248759999999947</v>
+        <v>13.060781000000134</v>
       </c>
       <c r="D373" s="5">
-        <v>7.2556754320045824</v>
+        <v>6.6406004207893554</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>2462.3967932999999</v>
+        <v>2457.9475940000002</v>
       </c>
       <c r="C374" s="5">
-        <v>14.200217399999929</v>
+        <v>13.717669000000114</v>
       </c>
       <c r="D374" s="5">
-        <v>7.1867267722691697</v>
+        <v>6.9465417024354492</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>2492.8122039</v>
+        <v>2495.3431679999999</v>
       </c>
       <c r="C375" s="5">
-        <v>30.415410600000087</v>
+        <v>37.395573999999669</v>
       </c>
       <c r="D375" s="5">
-        <v>15.871946522764535</v>
+        <v>19.86487256975542</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>2497.5030333999998</v>
+        <v>2500.5500189999998</v>
       </c>
       <c r="C376" s="5">
-        <v>4.6908294999998361</v>
+        <v>5.2068509999999151</v>
       </c>
       <c r="D376" s="5">
-        <v>2.2816079397772082</v>
+        <v>2.5328899778369385</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>2498.4206976</v>
+        <v>2501.9562219999998</v>
       </c>
       <c r="C377" s="5">
-        <v>0.91766420000021753</v>
+        <v>1.406203000000005</v>
       </c>
       <c r="D377" s="5">
-        <v>0.44181133708578457</v>
+        <v>0.676920113155699</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.82888553590554359</v>
+        <v>-0.81279045046451781</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>2501.8674418999999</v>
+        <v>2504.4204519999998</v>
       </c>
       <c r="C378" s="5">
-        <v>3.4467442999998639</v>
+        <v>2.4642300000000432</v>
       </c>
       <c r="D378" s="5">
-        <v>1.6681022046920235</v>
+        <v>1.1883291004341823</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>2508.3705049</v>
+        <v>2509.9169830000001</v>
       </c>
       <c r="C379" s="5">
-        <v>6.5030630000001111</v>
+        <v>5.4965310000002319</v>
       </c>
       <c r="D379" s="5">
-        <v>3.1641203524826356</v>
+        <v>2.6657029829473711</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>2528.4287580999999</v>
+        <v>2529.7845990000001</v>
       </c>
       <c r="C380" s="5">
-        <v>20.058253199999854</v>
+        <v>19.867615999999998</v>
       </c>
       <c r="D380" s="5">
-        <v>10.029320463320456</v>
+        <v>9.9234235044844077</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>2523.6131092000001</v>
+        <v>2522.6034</v>
       </c>
       <c r="C381" s="5">
-        <v>-4.8156488999998146</v>
+        <v>-7.181199000000106</v>
       </c>
       <c r="D381" s="5">
-        <v>-2.2617314603643579</v>
+        <v>-3.3537095871544298</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>2539.8730317999998</v>
+        <v>2538.5698229999998</v>
       </c>
       <c r="C382" s="5">
-        <v>16.259922599999754</v>
+        <v>15.96642299999985</v>
       </c>
       <c r="D382" s="5">
-        <v>8.0116958181707609</v>
+        <v>7.8652703772390753</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>2550.8141174000002</v>
+        <v>2549.5106540000002</v>
       </c>
       <c r="C383" s="5">
-        <v>10.941085600000406</v>
+        <v>10.940831000000344</v>
       </c>
       <c r="D383" s="5">
-        <v>5.2935240965957586</v>
+        <v>5.2961801555598376</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>2568.3188559</v>
+        <v>2565.0717370000002</v>
       </c>
       <c r="C384" s="5">
-        <v>17.504738499999803</v>
+        <v>15.561083000000053</v>
       </c>
       <c r="D384" s="5">
-        <v>8.5529274844370118</v>
+        <v>7.5752122869698235</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>2571.5982097000001</v>
+        <v>2567.6150619999999</v>
       </c>
       <c r="C385" s="5">
-        <v>3.2793538000000808</v>
+        <v>2.5433249999996406</v>
       </c>
       <c r="D385" s="5">
-        <v>1.543024254997194</v>
+        <v>1.1963364300695112</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>2582.9104462999999</v>
+        <v>2578.9022709999999</v>
       </c>
       <c r="C386" s="5">
-        <v>11.312236599999778</v>
+        <v>11.287209000000075</v>
       </c>
       <c r="D386" s="5">
-        <v>5.408299704424957</v>
+        <v>5.404618193038857</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>2613.5594381000001</v>
+        <v>2616.3891990000002</v>
       </c>
       <c r="C387" s="5">
-        <v>30.648991800000204</v>
+        <v>37.486928000000262</v>
       </c>
       <c r="D387" s="5">
-        <v>15.206343113206922</v>
+        <v>18.90758424472665</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>2628.8605782</v>
+        <v>2632.0446999999999</v>
       </c>
       <c r="C388" s="5">
-        <v>15.301140099999884</v>
+        <v>15.655500999999731</v>
       </c>
       <c r="D388" s="5">
-        <v>7.2561170299498601</v>
+        <v>7.4214366306416757</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2646.2343501999999</v>
+        <v>2649.9529000000002</v>
       </c>
       <c r="C389" s="5">
-        <v>17.373771999999917</v>
+        <v>17.908200000000306</v>
       </c>
       <c r="D389" s="5">
-        <v>8.2253464913843999</v>
+        <v>8.4772660825366728</v>
       </c>
       <c r="E389" s="5">
-        <v>5.9162835443202333</v>
+        <v>5.9152385121149509</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>2643.7168403000001</v>
+        <v>2646.2741339999998</v>
       </c>
       <c r="C390" s="5">
-        <v>-2.5175098999998227</v>
+        <v>-3.6787660000004507</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.1356721256432389</v>
+        <v>-1.6532250303996965</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>2685.3631964000001</v>
+        <v>2686.6493610000002</v>
       </c>
       <c r="C391" s="5">
-        <v>41.646356100000048</v>
+        <v>40.37522700000045</v>
       </c>
       <c r="D391" s="5">
-        <v>20.630503463263739</v>
+        <v>19.926150657516615</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2691.8728335000001</v>
+        <v>2692.850586</v>
       </c>
       <c r="C392" s="5">
-        <v>6.5096370999999635</v>
+        <v>6.2012249999997948</v>
       </c>
       <c r="D392" s="5">
-        <v>2.948040528559881</v>
+        <v>2.8052299735973119</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>2702.9881811999999</v>
+        <v>2701.3482789999998</v>
       </c>
       <c r="C393" s="5">
-        <v>11.115347699999802</v>
+        <v>8.4976929999997992</v>
       </c>
       <c r="D393" s="5">
-        <v>5.0691662776165769</v>
+        <v>3.8531994681253678</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>2701.5689862999998</v>
+        <v>2699.8829780000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-1.4191949000000932</v>
+        <v>-1.4653009999997266</v>
       </c>
       <c r="D394" s="5">
-        <v>-0.6282397168819398</v>
+        <v>-0.64898140788638425</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>2698.4637610999998</v>
+        <v>2697.7251970000002</v>
       </c>
       <c r="C395" s="5">
-        <v>-3.1052251999999498</v>
+        <v>-2.1577809999998863</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.3706122630096962</v>
+        <v>-0.95485086414524023</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>2717.6646426000002</v>
+        <v>2714.7243790000002</v>
       </c>
       <c r="C396" s="5">
-        <v>19.200881500000378</v>
+        <v>16.999182000000019</v>
       </c>
       <c r="D396" s="5">
-        <v>8.8807963393006553</v>
+        <v>7.8292083563070491</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>2722.3583798</v>
+        <v>2719.0437390000002</v>
       </c>
       <c r="C397" s="5">
-        <v>4.6937371999997595</v>
+        <v>4.3193599999999606</v>
       </c>
       <c r="D397" s="5">
-        <v>2.0923471197469734</v>
+        <v>1.9261004140745941</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2730.1980423</v>
+        <v>2726.8444669999999</v>
       </c>
       <c r="C398" s="5">
-        <v>7.8396625000000313</v>
+        <v>7.8007279999997081</v>
       </c>
       <c r="D398" s="5">
-        <v>3.5109400395903601</v>
+        <v>3.4975536084173253</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2728.5409485</v>
+        <v>2731.68993</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.6570937999999842</v>
+        <v>4.8454630000001089</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.72591359243036058</v>
+        <v>2.1533023014272068</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2725.7295774999998</v>
+        <v>2728.674516</v>
       </c>
       <c r="C400" s="5">
-        <v>-2.8113710000002357</v>
+        <v>-3.0154139999999643</v>
       </c>
       <c r="D400" s="5">
-        <v>-1.2294454989899006</v>
+        <v>-1.3166240394447581</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2732.1386223</v>
+        <v>2735.1211699999999</v>
       </c>
       <c r="C401" s="5">
-        <v>6.4090448000001743</v>
+        <v>6.4466539999998531</v>
       </c>
       <c r="D401" s="5">
-        <v>2.8583529884297798</v>
+        <v>2.8722013426923931</v>
       </c>
       <c r="E401" s="5">
-        <v>3.2462836140535911</v>
+        <v>3.2139541046182218</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>2739.4964636999998</v>
+        <v>2741.563251</v>
       </c>
       <c r="C402" s="5">
-        <v>7.3578413999998702</v>
+        <v>6.4420810000001438</v>
       </c>
       <c r="D402" s="5">
-        <v>3.2799840272180081</v>
+        <v>2.8632846305687965</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>2747.0181711</v>
+        <v>2747.8141900000001</v>
       </c>
       <c r="C403" s="5">
-        <v>7.5217074000001958</v>
+        <v>6.2509390000000167</v>
       </c>
       <c r="D403" s="5">
-        <v>3.344996942329348</v>
+        <v>2.7706499808258345</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>2752.7948876999999</v>
+        <v>2753.0775199999998</v>
       </c>
       <c r="C404" s="5">
-        <v>5.7767165999998724</v>
+        <v>5.2633299999997689</v>
       </c>
       <c r="D404" s="5">
-        <v>2.5528774059476955</v>
+        <v>2.322923411124056</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>2755.8344493999998</v>
+        <v>2753.7910160000001</v>
       </c>
       <c r="C405" s="5">
-        <v>3.039561699999922</v>
+        <v>0.71349600000030478</v>
       </c>
       <c r="D405" s="5">
-        <v>1.3330839576151998</v>
+        <v>0.31143934982240662</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>2759.7470065000002</v>
+        <v>2757.7416079999998</v>
       </c>
       <c r="C406" s="5">
-        <v>3.9125571000004129</v>
+        <v>3.9505919999996877</v>
       </c>
       <c r="D406" s="5">
-        <v>1.7170495279301479</v>
+        <v>1.7351699836709367</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>2761.6188839000001</v>
+        <v>2761.8211940000001</v>
       </c>
       <c r="C407" s="5">
-        <v>1.871877399999903</v>
+        <v>4.0795860000002904</v>
       </c>
       <c r="D407" s="5">
-        <v>0.81697763193246953</v>
+        <v>1.7897004468864219</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>2756.9125646000002</v>
+        <v>2754.7113410000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-4.7063192999999046</v>
+        <v>-7.10985299999993</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.0259666315889824</v>
+        <v>-3.0458356597271363</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>2755.8909165</v>
+        <v>2754.0004629999999</v>
       </c>
       <c r="C409" s="5">
-        <v>-1.0216481000002204</v>
+        <v>-0.71087800000032075</v>
       </c>
       <c r="D409" s="5">
-        <v>-0.44378703377948581</v>
+        <v>-0.3092316310701726</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>2755.5946804</v>
+        <v>2753.660848</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.29623609999998735</v>
+        <v>-0.339614999999867</v>
       </c>
       <c r="D410" s="5">
-        <v>-0.12891411244758677</v>
+        <v>-0.14788004182335612</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>2755.3279342999999</v>
+        <v>2757.977472</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.26674610000009125</v>
+        <v>4.3166240000000471</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.11610014912869504</v>
+        <v>1.8974171504381632</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>2756.7845244999999</v>
+        <v>2759.0361859999998</v>
       </c>
       <c r="C412" s="5">
-        <v>1.4565901999999369</v>
+        <v>1.0587139999997817</v>
       </c>
       <c r="D412" s="5">
-        <v>0.63622166714345507</v>
+        <v>0.46162181083448939</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>2755.4198412000001</v>
+        <v>2757.389799</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.3646832999997969</v>
+        <v>-1.6463869999997769</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.59241795259993291</v>
+        <v>-0.71372502463497023</v>
       </c>
       <c r="E413" s="5">
-        <v>0.85212436550534676</v>
+        <v>0.81417339912586151</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>2763.9163020999999</v>
+        <v>2765.3366839999999</v>
       </c>
       <c r="C414" s="5">
-        <v>8.4964608999998745</v>
+        <v>7.9468849999998383</v>
       </c>
       <c r="D414" s="5">
-        <v>3.7636578878176064</v>
+        <v>3.5137885067671126</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>2764.6910852999999</v>
+        <v>2764.995066</v>
       </c>
       <c r="C415" s="5">
-        <v>0.77478320000000167</v>
+        <v>-0.34161799999992581</v>
       </c>
       <c r="D415" s="5">
-        <v>0.33690405866499962</v>
+        <v>-0.148142243781757</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>2765.3556703999998</v>
+        <v>2765.1035470000002</v>
       </c>
       <c r="C416" s="5">
-        <v>0.66458509999984017</v>
+        <v>0.10848100000021077</v>
       </c>
       <c r="D416" s="5">
-        <v>0.28884143797047734</v>
+        <v>4.7090606276833924E-2</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>2768.2189892000001</v>
+        <v>2765.9418310000001</v>
       </c>
       <c r="C417" s="5">
-        <v>2.8633188000003429</v>
+        <v>0.83828399999993053</v>
       </c>
       <c r="D417" s="5">
-        <v>1.2496105491333287</v>
+        <v>0.36440581520575943</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>2773.0733153000001</v>
+        <v>2770.6954999999998</v>
       </c>
       <c r="C418" s="5">
-        <v>4.8543260999999802</v>
+        <v>4.7536689999997179</v>
       </c>
       <c r="D418" s="5">
-        <v>2.1247248099881544</v>
+        <v>2.0819794329954844</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>2771.9078534</v>
+        <v>2772.9798420000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.1654619000000821</v>
+        <v>2.2843420000003789</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.50316953310436396</v>
+        <v>0.99385688661022265</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>2769.1227316</v>
+        <v>2767.8755820000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-2.7851218000000699</v>
+        <v>-5.1042600000000675</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.1990797034919121</v>
+        <v>-2.1866299425573166</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>2776.9848244</v>
+        <v>2776.3935590000001</v>
       </c>
       <c r="C421" s="5">
-        <v>7.8620928000000276</v>
+        <v>8.5179769999999735</v>
       </c>
       <c r="D421" s="5">
-        <v>3.4607495125114296</v>
+        <v>3.7560825393741837</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>2776.1108172999998</v>
+        <v>2775.4353099999998</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.87400710000019899</v>
+        <v>-0.95824900000025082</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.37702579322672625</v>
+        <v>-0.41338465035218874</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>2771.2031114000001</v>
+        <v>2773.2572060000002</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.9077058999996552</v>
+        <v>-2.178103999999621</v>
       </c>
       <c r="D423" s="5">
-        <v>-2.1008964921453877</v>
+        <v>-0.93768089899096685</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>2770.1291234</v>
+        <v>2771.8115779999998</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.0739880000000994</v>
+        <v>-1.4456280000003972</v>
       </c>
       <c r="D424" s="5">
-        <v>-0.46407354287799629</v>
+        <v>-0.62373900030178175</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>2778.5014627</v>
+        <v>2779.4911830000001</v>
       </c>
       <c r="C425" s="5">
-        <v>8.3723393000000215</v>
+        <v>7.6796050000002651</v>
       </c>
       <c r="D425" s="5">
-        <v>3.6877375905897791</v>
+        <v>3.3758645418276112</v>
       </c>
       <c r="E425" s="5">
-        <v>0.83768074668242321</v>
+        <v>0.80153281222754558</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>2776.8678826999999</v>
+        <v>2776.4822279999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-1.6335800000001655</v>
+        <v>-3.0089550000002419</v>
       </c>
       <c r="D426" s="5">
-        <v>-0.70324580695142469</v>
+        <v>-1.2913603825385533</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>2784.1625196</v>
+        <v>2783.3137590000001</v>
       </c>
       <c r="C427" s="5">
-        <v>7.2946369000001141</v>
+        <v>6.8315310000002683</v>
       </c>
       <c r="D427" s="5">
-        <v>3.1982619153775982</v>
+        <v>2.9928847674835612</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>2783.9944974999999</v>
+        <v>2782.4647049999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.16802210000014384</v>
+        <v>-0.84905400000025111</v>
       </c>
       <c r="D428" s="5">
-        <v>-7.2395058836993709E-2</v>
+        <v>-0.36544823576438734</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>2791.5214835000002</v>
+        <v>2784.0191829999999</v>
       </c>
       <c r="C429" s="5">
-        <v>7.5269860000003064</v>
+        <v>1.5544780000000173</v>
       </c>
       <c r="D429" s="5">
-        <v>3.2930790548874489</v>
+        <v>0.67246710571338131</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>2800.2988802</v>
+        <v>2783.595026</v>
       </c>
       <c r="C430" s="5">
-        <v>8.7773966999998265</v>
+        <v>-0.42415699999992285</v>
       </c>
       <c r="D430" s="5">
-        <v>3.8391074603029818</v>
+        <v>-0.1826719132481891</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>2798.3867842</v>
+        <v>2777.4261430000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-1.9120960000000196</v>
+        <v>-6.1688829999998234</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.81631205248516858</v>
+        <v>-2.6272114899242527</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>2800.2109888</v>
+        <v>2778.8756619999999</v>
       </c>
       <c r="C432" s="5">
-        <v>1.82420460000003</v>
+        <v>1.449518999999782</v>
       </c>
       <c r="D432" s="5">
-        <v>0.78506339813768644</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.62807227428940404</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2807.7731764</v>
+        <v>2786.380232</v>
       </c>
       <c r="C433" s="5">
-        <v>7.5621876000000157</v>
+        <v>7.5045700000000579</v>
       </c>
       <c r="D433" s="5">
-        <v>3.2892638893753379</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.2892639381602695</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>2807.0836914000001</v>
+        <v>2785.6959999999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.68948499999987689</v>
+        <v>-0.68423200000006545</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.29427785058491196</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.29427798546982631</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>2781.2928959999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-4.4031039999999848</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.8803317385535645</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>2777.4783040000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-3.8145919999997204</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.6334626367356941</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>2790.7759489999999</v>
+      </c>
+      <c r="C437" s="5">
+        <v>13.297644999999648</v>
+      </c>
+      <c r="D437" s="5">
+        <v>5.8989262326355263</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.40600114398707809</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>