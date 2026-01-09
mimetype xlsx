--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5FE24D3C-4D54-41B0-8231-22B4FF1E3835}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{18155B10-A3F2-4806-A5A3-EE9A7F43B14D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8F2E02B3-6FB3-4F38-8CE6-2C66A9A666A7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D42CFB9E-BA21-4932-AC96-9A8617B20072}"/>
   </bookViews>
   <sheets>
     <sheet name="AE410000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Wholesale Trade</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C78CB56-7686-4FF0-A840-AA54FE54AE8D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DFFA97C-F480-4B13-9539-21DA794B10C2}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-0.9582060799999681</v>
       </c>
       <c r="D431" s="5">
         <v>-1.7365156074937049</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>654.22544116999995</v>
       </c>
       <c r="C432" s="5">
         <v>-1.6873168100000839</v>
       </c>
       <c r="D432" s="5">
         <v>-3.0436618190724851</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>655.49214724000001</v>
+        <v>655.19606001</v>
       </c>
       <c r="C433" s="5">
-        <v>1.2667060700000548</v>
+        <v>0.97061884000004284</v>
       </c>
       <c r="D433" s="5">
-        <v>2.3483331333081559</v>
+        <v>1.7949377348067452</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>654.58347837999997</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.61258163000002241</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-1.1161996844162192</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>