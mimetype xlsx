--- v1 (2026-01-09)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{18155B10-A3F2-4806-A5A3-EE9A7F43B14D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{39922061-1F4F-4662-B6F7-15266C2C9DCB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D42CFB9E-BA21-4932-AC96-9A8617B20072}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{0A5A9D01-8C5F-4935-B5D6-D86201F7239A}"/>
   </bookViews>
   <sheets>
     <sheet name="AE410000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Wholesale Trade</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DFFA97C-F480-4B13-9539-21DA794B10C2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6C19B43-4126-49B0-8C82-A2F48A81BABA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>362.64721042999997</v>
+        <v>362.6483399</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>362.6554524</v>
+        <v>362.65630540000001</v>
       </c>
       <c r="C7" s="5">
-        <v>8.2419700000286866E-3</v>
+        <v>7.9655000000116161E-3</v>
       </c>
       <c r="D7" s="5">
-        <v>2.7276096721262633E-2</v>
+        <v>2.636095019088458E-2</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>362.60495128000002</v>
+        <v>362.60557899999998</v>
       </c>
       <c r="C8" s="5">
-        <v>-5.0501119999978528E-2</v>
+        <v>-5.072640000003048E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>-0.16697653611306151</v>
+        <v>-0.16772043313837415</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>361.97483754000001</v>
+        <v>361.97554550000001</v>
       </c>
       <c r="C9" s="5">
-        <v>-0.63011374000001297</v>
+        <v>-0.63003349999996772</v>
       </c>
       <c r="D9" s="5">
-        <v>-2.0654746962010861</v>
+        <v>-2.0652106416863991</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>362.29357186999999</v>
+        <v>362.29399640000003</v>
       </c>
       <c r="C10" s="5">
-        <v>0.31873432999998386</v>
+        <v>0.31845090000001619</v>
       </c>
       <c r="D10" s="5">
-        <v>1.0617837336984071</v>
+        <v>1.0608328994204719</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>364.04048573</v>
+        <v>364.04109510000001</v>
       </c>
       <c r="C11" s="5">
-        <v>1.7469138600000065</v>
+        <v>1.7470986999999809</v>
       </c>
       <c r="D11" s="5">
-        <v>5.9421251249266671</v>
+        <v>5.9427634772984961</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>366.42237116000001</v>
+        <v>366.42294620000001</v>
       </c>
       <c r="C12" s="5">
-        <v>2.3818854300000112</v>
+        <v>2.3818511000000058</v>
       </c>
       <c r="D12" s="5">
-        <v>8.1402942886386285</v>
+        <v>8.140158589228097</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>366.94960759999998</v>
+        <v>366.9500716</v>
       </c>
       <c r="C13" s="5">
-        <v>0.52723643999996739</v>
+        <v>0.52712539999998853</v>
       </c>
       <c r="D13" s="5">
-        <v>1.7403816343449341</v>
+        <v>1.7400094394948384</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>367.00099143</v>
+        <v>367.00144870000003</v>
       </c>
       <c r="C14" s="5">
-        <v>5.1383830000020225E-2</v>
+        <v>5.1377100000024711E-2</v>
       </c>
       <c r="D14" s="5">
-        <v>0.16816507120802626</v>
+        <v>0.16814281603800829</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>367.56972689999998</v>
+        <v>367.56784329999999</v>
       </c>
       <c r="C15" s="5">
-        <v>0.5687354699999787</v>
+        <v>0.56639459999996689</v>
       </c>
       <c r="D15" s="5">
-        <v>1.8755526826657487</v>
+        <v>1.8677650676207191</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>368.13398322</v>
+        <v>368.13212140000002</v>
       </c>
       <c r="C16" s="5">
-        <v>0.56425632000002679</v>
+        <v>0.5642781000000241</v>
       </c>
       <c r="D16" s="5">
-        <v>1.8577530791290098</v>
+        <v>1.8578349949188278</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>367.22172296000002</v>
+        <v>367.21974340000003</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.91226025999998228</v>
+        <v>-0.9123779999999897</v>
       </c>
       <c r="D17" s="5">
-        <v>-2.9334826189569396</v>
+        <v>-2.9338707164902389</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>362.42670860999999</v>
+        <v>362.42777009999998</v>
       </c>
       <c r="C18" s="5">
-        <v>-4.7950143500000308</v>
+        <v>-4.7919733000000519</v>
       </c>
       <c r="D18" s="5">
-        <v>-14.591327268305044</v>
+        <v>-14.582800163088583</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>362.34944496999998</v>
+        <v>362.35019579999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-7.7263640000012401E-2</v>
+        <v>-7.7574299999980667E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.25552127332144625</v>
+        <v>-0.25654670814855285</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>362.78668614999998</v>
+        <v>362.78727409999999</v>
       </c>
       <c r="C20" s="5">
-        <v>0.4372411800000009</v>
+        <v>0.43707829999999603</v>
       </c>
       <c r="D20" s="5">
-        <v>1.4576694016429581</v>
+        <v>1.4571197473508546</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>360.75776625999998</v>
+        <v>360.75846580000001</v>
       </c>
       <c r="C21" s="5">
-        <v>-2.0289198899999974</v>
+        <v>-2.0288082999999801</v>
       </c>
       <c r="D21" s="5">
-        <v>-6.5084880139874679</v>
+        <v>-6.5081307614706763</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>361.28542283000002</v>
+        <v>361.28583739999999</v>
       </c>
       <c r="C22" s="5">
-        <v>0.5276565700000333</v>
+        <v>0.52737159999998084</v>
       </c>
       <c r="D22" s="5">
-        <v>1.7693492176646286</v>
+        <v>1.7683824975957441</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>361.75018421999999</v>
+        <v>361.7507584</v>
       </c>
       <c r="C23" s="5">
-        <v>0.46476138999997829</v>
+        <v>0.46492100000000391</v>
       </c>
       <c r="D23" s="5">
-        <v>1.5546616891469522</v>
+        <v>1.5551975838376642</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>361.64750716999998</v>
+        <v>361.64805710000002</v>
       </c>
       <c r="C24" s="5">
-        <v>-0.10267705000001115</v>
+        <v>-0.10270129999997835</v>
       </c>
       <c r="D24" s="5">
-        <v>-0.34006975468424683</v>
+        <v>-0.3401494070573885</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>361.81380933999998</v>
+        <v>361.81424190000001</v>
       </c>
       <c r="C25" s="5">
-        <v>0.16630216999999448</v>
+        <v>0.16618479999999636</v>
       </c>
       <c r="D25" s="5">
-        <v>0.55321300126893735</v>
+        <v>0.55282073366436091</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>361.17150749000001</v>
+        <v>361.17191860000003</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.64230184999996709</v>
+        <v>-0.64232329999998683</v>
       </c>
       <c r="D26" s="5">
-        <v>-2.1095962171823301</v>
+        <v>-2.1096634841763495</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>360.55052398999999</v>
+        <v>360.54887189999999</v>
       </c>
       <c r="C27" s="5">
-        <v>-0.62098350000002256</v>
+        <v>-0.62304670000003171</v>
       </c>
       <c r="D27" s="5">
-        <v>-2.0438313587578194</v>
+        <v>-2.0505553209502203</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>360.31044722000001</v>
+        <v>360.30880000000002</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.24007676999997329</v>
+        <v>-0.24007189999997536</v>
       </c>
       <c r="D28" s="5">
-        <v>-0.7961142222808304</v>
+        <v>-0.7961017665521819</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>359.69586515999998</v>
+        <v>359.69412130000001</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.61458206000003202</v>
+        <v>-0.61467870000001312</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.0277483694577381</v>
+        <v>-2.028073421981158</v>
       </c>
       <c r="E29" s="5">
-        <v>-2.0494043052076694</v>
+        <v>-2.0493511678653431</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>357.95318070000002</v>
+        <v>357.95408279999998</v>
       </c>
       <c r="C30" s="5">
-        <v>-1.742684459999964</v>
+        <v>-1.7400385000000256</v>
       </c>
       <c r="D30" s="5">
-        <v>-5.6614136152598142</v>
+        <v>-5.6530718415749863</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>357.28494082999998</v>
+        <v>357.28550910000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.66823987000003626</v>
+        <v>-0.66857369999996763</v>
       </c>
       <c r="D31" s="5">
-        <v>-2.2173441820179329</v>
+        <v>-2.2184350042472212</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>356.91244032999998</v>
+        <v>356.91295309999998</v>
       </c>
       <c r="C32" s="5">
-        <v>-0.37250050000000101</v>
+        <v>-0.37255600000003142</v>
       </c>
       <c r="D32" s="5">
-        <v>-1.2439547083109459</v>
+        <v>-1.2441370198236101</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>358.03592960999998</v>
+        <v>358.03654699999998</v>
       </c>
       <c r="C33" s="5">
-        <v>1.1234892800000011</v>
+        <v>1.123593900000003</v>
       </c>
       <c r="D33" s="5">
-        <v>3.8434491752686428</v>
+        <v>3.843807680843403</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>357.97982345999998</v>
+        <v>357.98021139999997</v>
       </c>
       <c r="C34" s="5">
-        <v>-5.6106150000005073E-2</v>
+        <v>-5.6335600000011254E-2</v>
       </c>
       <c r="D34" s="5">
-        <v>-0.18788444580288832</v>
+        <v>-0.18865182245215717</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>358.45420562999999</v>
+        <v>358.45470019999999</v>
       </c>
       <c r="C35" s="5">
-        <v>0.47438217000001259</v>
+        <v>0.47448880000001736</v>
       </c>
       <c r="D35" s="5">
-        <v>1.6018388060044408</v>
+        <v>1.6021997417511535</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>356.20644579999998</v>
+        <v>356.20693349999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-2.2477598300000068</v>
+        <v>-2.2477666999999997</v>
       </c>
       <c r="D36" s="5">
-        <v>-7.2706690430028971</v>
+        <v>-7.2706808160088006</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>356.17913286999999</v>
+        <v>356.17948139999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.7312929999993685E-2</v>
+        <v>-2.7452100000004975E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>-9.1973903528419498E-2</v>
+        <v>-9.2442221193345109E-2</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>356.23820424000002</v>
+        <v>356.23855329999998</v>
       </c>
       <c r="C38" s="5">
-        <v>5.9071370000026491E-2</v>
+        <v>5.9071899999992183E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.19919847148555103</v>
+        <v>0.1992000652640602</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>361.41632077999998</v>
+        <v>361.41486859999998</v>
       </c>
       <c r="C39" s="5">
-        <v>5.1781165399999622</v>
+        <v>5.1763152999999988</v>
       </c>
       <c r="D39" s="5">
-        <v>18.90694217187572</v>
+        <v>18.899810989762923</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>361.32708681000003</v>
+        <v>361.3257223</v>
       </c>
       <c r="C40" s="5">
-        <v>-8.9233969999952478E-2</v>
+        <v>-8.9146299999981693E-2</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.29587892598688104</v>
+        <v>-0.29558981314247168</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>361.78097358999997</v>
+        <v>361.77970140000002</v>
       </c>
       <c r="C41" s="5">
-        <v>0.45388677999994798</v>
+        <v>0.45397910000002639</v>
       </c>
       <c r="D41" s="5">
-        <v>1.5178573493660918</v>
+        <v>1.5181739890717028</v>
       </c>
       <c r="E41" s="5">
-        <v>0.57968651629412005</v>
+        <v>0.57982045757722922</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>363.15753345000002</v>
+        <v>363.1581875</v>
       </c>
       <c r="C42" s="5">
-        <v>1.376559860000043</v>
+        <v>1.3784860999999751</v>
       </c>
       <c r="D42" s="5">
-        <v>4.6627194501509539</v>
+        <v>4.6693981640256066</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>363.46359776999998</v>
+        <v>363.46399259999998</v>
       </c>
       <c r="C43" s="5">
-        <v>0.30606431999996175</v>
+        <v>0.3058050999999864</v>
       </c>
       <c r="D43" s="5">
-        <v>1.0160450808623045</v>
+        <v>1.0151787191747808</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>363.81405076999999</v>
+        <v>363.81451850000002</v>
       </c>
       <c r="C44" s="5">
-        <v>0.35045300000001589</v>
+        <v>0.35052590000003647</v>
       </c>
       <c r="D44" s="5">
-        <v>1.1632003306731642</v>
+        <v>1.1634423098339841</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>364.30245373999998</v>
+        <v>364.3029856</v>
       </c>
       <c r="C45" s="5">
-        <v>0.48840296999998145</v>
+        <v>0.48846709999997984</v>
       </c>
       <c r="D45" s="5">
-        <v>1.6228903912144377</v>
+        <v>1.6231029595650703</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>365.17613976000001</v>
+        <v>365.17648129999998</v>
       </c>
       <c r="C46" s="5">
-        <v>0.87368602000003648</v>
+        <v>0.87349569999997811</v>
       </c>
       <c r="D46" s="5">
-        <v>2.9161577746242173</v>
+        <v>2.9155098180481565</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>365.24827733000001</v>
+        <v>365.24869460000002</v>
       </c>
       <c r="C47" s="5">
-        <v>7.2137569999995321E-2</v>
+        <v>7.2213300000044001E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>0.23730793929199745</v>
+        <v>0.23755711369197741</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>365.39371855000002</v>
+        <v>365.39412270000003</v>
       </c>
       <c r="C48" s="5">
-        <v>0.14544122000000925</v>
+        <v>0.14542810000000372</v>
       </c>
       <c r="D48" s="5">
-        <v>0.47888578249135616</v>
+        <v>0.478841940148933</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>364.94260063000002</v>
+        <v>364.9428322</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.4511179200000015</v>
+        <v>-0.45129050000002735</v>
       </c>
       <c r="D49" s="5">
-        <v>-1.4715105051710364</v>
+        <v>-1.4720680116346863</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>366.10059252999997</v>
+        <v>366.10088159999998</v>
       </c>
       <c r="C50" s="5">
-        <v>1.1579918999999563</v>
+        <v>1.1580493999999817</v>
       </c>
       <c r="D50" s="5">
-        <v>3.8748550113904656</v>
+        <v>3.8750482854587043</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>366.77249848999998</v>
+        <v>366.7711281</v>
       </c>
       <c r="C51" s="5">
-        <v>0.67190596000000369</v>
+        <v>0.67024650000001884</v>
       </c>
       <c r="D51" s="5">
-        <v>2.2247326761107189</v>
+        <v>2.2191808619148379</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>366.81938631999998</v>
+        <v>366.81819089999999</v>
       </c>
       <c r="C52" s="5">
-        <v>4.688783000000285E-2</v>
+        <v>4.7062799999991967E-2</v>
       </c>
       <c r="D52" s="5">
-        <v>0.15351471037519104</v>
+        <v>0.1540885574034645</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>367.71996174999998</v>
+        <v>367.71901650000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.90057543000000351</v>
+        <v>0.90082560000001877</v>
       </c>
       <c r="D53" s="5">
-        <v>2.9862194078553062</v>
+        <v>2.987070049636209</v>
       </c>
       <c r="E53" s="5">
-        <v>1.6415977051160713</v>
+        <v>1.6416938476692566</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>369.00408210000001</v>
+        <v>369.00498440000001</v>
       </c>
       <c r="C54" s="5">
-        <v>1.2841203500000233</v>
+        <v>1.2859679000000028</v>
       </c>
       <c r="D54" s="5">
-        <v>4.2719682653840074</v>
+        <v>4.278244543556009</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>368.23537749000002</v>
+        <v>368.23560400000002</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.76870460999998613</v>
+        <v>-0.76938039999998864</v>
       </c>
       <c r="D55" s="5">
-        <v>-2.4713808771209433</v>
+        <v>-2.4735227046572383</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>368.53809507</v>
+        <v>368.53851209999999</v>
       </c>
       <c r="C56" s="5">
-        <v>0.30271757999997817</v>
+        <v>0.30290809999996782</v>
       </c>
       <c r="D56" s="5">
-        <v>0.99096415842971908</v>
+        <v>0.99159004876174794</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>370.14286931999999</v>
+        <v>370.14334600000001</v>
       </c>
       <c r="C57" s="5">
-        <v>1.6047742499999913</v>
+        <v>1.6048339000000169</v>
       </c>
       <c r="D57" s="5">
-        <v>5.3522964598065936</v>
+        <v>5.3524939927394044</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>369.20938336</v>
+        <v>369.20970369999998</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.93348595999998452</v>
+        <v>-0.9336423000000309</v>
       </c>
       <c r="D58" s="5">
-        <v>-2.9847264478226943</v>
+        <v>-2.985215623418358</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>369.96515398999998</v>
+        <v>369.9654984</v>
       </c>
       <c r="C59" s="5">
-        <v>0.75577062999997224</v>
+        <v>0.75579470000002402</v>
       </c>
       <c r="D59" s="5">
-        <v>2.4842417031144981</v>
+        <v>2.4843195350480851</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>371.74986505999999</v>
+        <v>371.7501542</v>
       </c>
       <c r="C60" s="5">
-        <v>1.7847110700000144</v>
+        <v>1.7846557999999959</v>
       </c>
       <c r="D60" s="5">
-        <v>5.9448823097215442</v>
+        <v>5.9446876116026282</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>372.09173086999999</v>
+        <v>372.09175449999998</v>
       </c>
       <c r="C61" s="5">
-        <v>0.3418658100000016</v>
+        <v>0.34160029999998187</v>
       </c>
       <c r="D61" s="5">
-        <v>1.1091336384625894</v>
+        <v>1.1082670055772015</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>373.2615677</v>
+        <v>373.26158409999999</v>
       </c>
       <c r="C62" s="5">
-        <v>1.1698368300000084</v>
+        <v>1.1698296000000141</v>
       </c>
       <c r="D62" s="5">
-        <v>3.8386624889870546</v>
+        <v>3.8386381049799745</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>373.80910908999999</v>
+        <v>373.80789559999999</v>
       </c>
       <c r="C63" s="5">
-        <v>0.54754138999999213</v>
+        <v>0.54631150000000162</v>
       </c>
       <c r="D63" s="5">
-        <v>1.7745645797692777</v>
+        <v>1.7705463246557418</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>375.50769291</v>
+        <v>375.5064941</v>
       </c>
       <c r="C64" s="5">
-        <v>1.6985838200000103</v>
+        <v>1.6985985000000028</v>
       </c>
       <c r="D64" s="5">
-        <v>5.5911456670137749</v>
+        <v>5.5912138091250396</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>376.84193825</v>
+        <v>376.84082719999998</v>
       </c>
       <c r="C65" s="5">
-        <v>1.3342453399999954</v>
+        <v>1.3343330999999807</v>
       </c>
       <c r="D65" s="5">
-        <v>4.3481328162495725</v>
+        <v>4.3484385820691918</v>
       </c>
       <c r="E65" s="5">
-        <v>2.4806856980480463</v>
+        <v>2.480646986066315</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>377.50003293999998</v>
+        <v>377.50176169999997</v>
       </c>
       <c r="C66" s="5">
-        <v>0.65809468999998444</v>
+        <v>0.66093449999999621</v>
       </c>
       <c r="D66" s="5">
-        <v>2.1158554235391147</v>
+        <v>2.1250803434410326</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>378.76561414999998</v>
+        <v>378.7659453</v>
       </c>
       <c r="C67" s="5">
-        <v>1.2655812099999935</v>
+        <v>1.2641836000000239</v>
       </c>
       <c r="D67" s="5">
-        <v>4.0980550582702779</v>
+        <v>4.0934267133055258</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>380.07630121</v>
+        <v>380.0767204</v>
       </c>
       <c r="C68" s="5">
-        <v>1.3106870600000207</v>
+        <v>1.3107751000000007</v>
       </c>
       <c r="D68" s="5">
-        <v>4.2324510467198539</v>
+        <v>4.2327370057236635</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>379.59921226</v>
+        <v>379.5996912</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.47708894999999529</v>
+        <v>-0.47702920000000404</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.4959383934161408</v>
+        <v>-1.4957506971005397</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>380.45470165</v>
+        <v>380.45500859999999</v>
       </c>
       <c r="C70" s="5">
-        <v>0.85548939000000246</v>
+        <v>0.8553173999999899</v>
       </c>
       <c r="D70" s="5">
-        <v>2.7381723183852236</v>
+        <v>2.7376114916551231</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>381.65710093000001</v>
+        <v>381.65736579999998</v>
       </c>
       <c r="C71" s="5">
-        <v>1.2023992800000087</v>
+        <v>1.2023571999999945</v>
       </c>
       <c r="D71" s="5">
-        <v>3.8591345136338884</v>
+        <v>3.8589939328137479</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>383.00587780000001</v>
+        <v>383.00600050000003</v>
       </c>
       <c r="C72" s="5">
-        <v>1.3487768699999947</v>
+        <v>1.3486347000000478</v>
       </c>
       <c r="D72" s="5">
-        <v>4.3242094086248128</v>
+        <v>4.3237416544063878</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>384.02138007000002</v>
+        <v>384.02118130000002</v>
       </c>
       <c r="C73" s="5">
-        <v>1.0155022700000131</v>
+        <v>1.015180799999996</v>
       </c>
       <c r="D73" s="5">
-        <v>3.228491569006553</v>
+        <v>3.2274535554736694</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>385.73697771000002</v>
+        <v>385.73663349999998</v>
       </c>
       <c r="C74" s="5">
-        <v>1.7155976399999986</v>
+        <v>1.7154521999999588</v>
       </c>
       <c r="D74" s="5">
-        <v>5.4946492928304558</v>
+        <v>5.4941748937344048</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>386.95946061000001</v>
+        <v>386.95830610000002</v>
       </c>
       <c r="C75" s="5">
-        <v>1.2224828999999886</v>
+        <v>1.2216726000000335</v>
       </c>
       <c r="D75" s="5">
-        <v>3.8700515438103045</v>
+        <v>3.8674450164499108</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>387.42007740999998</v>
+        <v>387.41871500000002</v>
       </c>
       <c r="C76" s="5">
-        <v>0.46061679999996841</v>
+        <v>0.46040890000000445</v>
       </c>
       <c r="D76" s="5">
-        <v>1.4378077266688161</v>
+        <v>1.4371588335541974</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>388.30826209000003</v>
+        <v>388.30670240000001</v>
       </c>
       <c r="C77" s="5">
-        <v>0.88818468000005169</v>
+        <v>0.88798739999998588</v>
       </c>
       <c r="D77" s="5">
-        <v>2.7860298262070815</v>
+        <v>2.7854131017439832</v>
       </c>
       <c r="E77" s="5">
-        <v>3.0427409149968776</v>
+        <v>3.0426308330744556</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>389.14335735999998</v>
+        <v>389.14616640000003</v>
       </c>
       <c r="C78" s="5">
-        <v>0.83509526999995387</v>
+        <v>0.83946400000002086</v>
       </c>
       <c r="D78" s="5">
-        <v>2.6114639063269607</v>
+        <v>2.6252990799363163</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>390.08333392999998</v>
+        <v>390.08397170000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.9399765699999989</v>
+        <v>0.93780529999997952</v>
       </c>
       <c r="D79" s="5">
-        <v>2.9374228785052692</v>
+        <v>2.9305260478866169</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>391.23676387</v>
+        <v>391.23723239999998</v>
       </c>
       <c r="C80" s="5">
-        <v>1.1534299400000236</v>
+        <v>1.1532606999999757</v>
       </c>
       <c r="D80" s="5">
-        <v>3.6065343282436046</v>
+        <v>3.6059905241196732</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>393.12335632999998</v>
+        <v>393.12385719999997</v>
       </c>
       <c r="C81" s="5">
-        <v>1.8865924599999744</v>
+        <v>1.8866247999999928</v>
       </c>
       <c r="D81" s="5">
-        <v>5.9425124784513228</v>
+        <v>5.9426097554410529</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>394.06183191000002</v>
+        <v>394.06216849999998</v>
       </c>
       <c r="C82" s="5">
-        <v>0.93847558000004483</v>
+        <v>0.9383113000000094</v>
       </c>
       <c r="D82" s="5">
-        <v>2.9025885270672624</v>
+        <v>2.9020699947579942</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>395.09549109</v>
+        <v>395.09566890000002</v>
       </c>
       <c r="C83" s="5">
-        <v>1.0336591799999724</v>
+        <v>1.0335004000000367</v>
       </c>
       <c r="D83" s="5">
-        <v>3.1935179113244505</v>
+        <v>3.19301749175811</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>396.30888874999999</v>
+        <v>396.30883999999998</v>
       </c>
       <c r="C84" s="5">
-        <v>1.2133976599999983</v>
+        <v>1.2131710999999541</v>
       </c>
       <c r="D84" s="5">
-        <v>3.7482730978004586</v>
+        <v>3.747559660997779</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>398.03169244999998</v>
+        <v>398.0312912</v>
       </c>
       <c r="C85" s="5">
-        <v>1.7228036999999858</v>
+        <v>1.7224512000000232</v>
       </c>
       <c r="D85" s="5">
-        <v>5.3430967322132483</v>
+        <v>5.3419778984622246</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>398.34391950000003</v>
+        <v>398.3432009</v>
       </c>
       <c r="C86" s="5">
-        <v>0.3122270500000468</v>
+        <v>0.31190970000000107</v>
       </c>
       <c r="D86" s="5">
-        <v>0.94538492815972042</v>
+        <v>0.94442084253045788</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>400.39386883999998</v>
+        <v>400.39277659999999</v>
       </c>
       <c r="C87" s="5">
-        <v>2.0499493399999551</v>
+        <v>2.0495756999999912</v>
       </c>
       <c r="D87" s="5">
-        <v>6.3532376877440067</v>
+        <v>6.3520585169682731</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>402.06760779000001</v>
+        <v>402.06608820000002</v>
       </c>
       <c r="C88" s="5">
-        <v>1.673738950000029</v>
+        <v>1.6733116000000336</v>
       </c>
       <c r="D88" s="5">
-        <v>5.1332303046551786</v>
+        <v>5.1319037059337713</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>402.73130810999999</v>
+        <v>402.72933619999998</v>
       </c>
       <c r="C89" s="5">
-        <v>0.66370031999997536</v>
+        <v>0.66324799999995321</v>
       </c>
       <c r="D89" s="5">
-        <v>1.9989453168198779</v>
+        <v>1.9975782455868618</v>
       </c>
       <c r="E89" s="5">
-        <v>3.7143289051771555</v>
+        <v>3.7142376659630827</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>403.92417351</v>
+        <v>403.92762420000003</v>
       </c>
       <c r="C90" s="5">
-        <v>1.1928654000000165</v>
+        <v>1.1982880000000478</v>
       </c>
       <c r="D90" s="5">
-        <v>3.6128041336169536</v>
+        <v>3.6295151995489938</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>406.60560534000001</v>
+        <v>406.60673379999997</v>
       </c>
       <c r="C91" s="5">
-        <v>2.6814318300000082</v>
+        <v>2.679109599999947</v>
       </c>
       <c r="D91" s="5">
-        <v>8.2635332571780129</v>
+        <v>8.256040513796691</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>409.56505953999999</v>
+        <v>409.56562050000002</v>
       </c>
       <c r="C92" s="5">
-        <v>2.9594541999999819</v>
+        <v>2.9588867000000505</v>
       </c>
       <c r="D92" s="5">
-        <v>9.0923898983487295</v>
+        <v>9.0905497425334723</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>409.59096276000002</v>
+        <v>409.59147410000003</v>
       </c>
       <c r="C93" s="5">
-        <v>2.5903220000031979E-2</v>
+        <v>2.5853600000004917E-2</v>
       </c>
       <c r="D93" s="5">
-        <v>7.5921219635222137E-2</v>
+        <v>7.5775631238728103E-2</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>411.64458394000002</v>
+        <v>411.64492389999998</v>
       </c>
       <c r="C94" s="5">
-        <v>2.0536211799999933</v>
+        <v>2.053449799999953</v>
       </c>
       <c r="D94" s="5">
-        <v>6.1853197927102865</v>
+        <v>6.1847813609657409</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>413.75256442</v>
+        <v>413.75264470000002</v>
       </c>
       <c r="C95" s="5">
-        <v>2.1079804799999806</v>
+        <v>2.1077208000000383</v>
       </c>
       <c r="D95" s="5">
-        <v>6.3211128706042397</v>
+        <v>6.320306752849425</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>415.02402849999999</v>
+        <v>415.02383250000003</v>
       </c>
       <c r="C96" s="5">
-        <v>1.271464079999987</v>
+        <v>1.271187800000007</v>
       </c>
       <c r="D96" s="5">
-        <v>3.7505761813443339</v>
+        <v>3.7497466478656039</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>416.82432932</v>
+        <v>416.82382389999998</v>
       </c>
       <c r="C97" s="5">
-        <v>1.8003008200000181</v>
+        <v>1.7999913999999535</v>
       </c>
       <c r="D97" s="5">
-        <v>5.3313913743371799</v>
+        <v>5.3304556717200358</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>418.21277730999998</v>
+        <v>418.2119649</v>
       </c>
       <c r="C98" s="5">
-        <v>1.3884479899999747</v>
+        <v>1.3881410000000187</v>
       </c>
       <c r="D98" s="5">
-        <v>4.0712682961983937</v>
+        <v>4.070356601263514</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>418.87344644000001</v>
+        <v>418.87229930000001</v>
       </c>
       <c r="C99" s="5">
-        <v>0.66066913000003069</v>
+        <v>0.66033440000001065</v>
       </c>
       <c r="D99" s="5">
-        <v>1.9122507556699864</v>
+        <v>1.9112772240876374</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>420.03655978</v>
+        <v>420.0350143</v>
       </c>
       <c r="C100" s="5">
-        <v>1.1631133399999953</v>
+        <v>1.1627149999999915</v>
       </c>
       <c r="D100" s="5">
-        <v>3.3834814077326136</v>
+        <v>3.3823142988954835</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>421.47446358000002</v>
+        <v>421.4723189</v>
       </c>
       <c r="C101" s="5">
-        <v>1.4379038000000151</v>
+        <v>1.4373046000000045</v>
       </c>
       <c r="D101" s="5">
-        <v>4.1861728919187158</v>
+        <v>4.184411165426738</v>
       </c>
       <c r="E101" s="5">
-        <v>4.6540100291583508</v>
+        <v>4.6539899171119892</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>427.64285423000001</v>
+        <v>427.6465058</v>
       </c>
       <c r="C102" s="5">
-        <v>6.1683906499999921</v>
+        <v>6.1741868999999951</v>
       </c>
       <c r="D102" s="5">
-        <v>19.047268461969892</v>
+        <v>19.066737602774218</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>428.97472858999998</v>
+        <v>428.97611790000002</v>
       </c>
       <c r="C103" s="5">
-        <v>1.3318743599999721</v>
+        <v>1.3296121000000198</v>
       </c>
       <c r="D103" s="5">
-        <v>3.8020339808800374</v>
+        <v>3.795432226984885</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>430.53487762999998</v>
+        <v>430.53544119999998</v>
       </c>
       <c r="C104" s="5">
-        <v>1.5601490399999989</v>
+        <v>1.55932329999996</v>
       </c>
       <c r="D104" s="5">
-        <v>4.4526770917086012</v>
+        <v>4.4502584073336182</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>433.51347222999999</v>
+        <v>433.51398160000002</v>
       </c>
       <c r="C105" s="5">
-        <v>2.9785946000000081</v>
+        <v>2.9785404000000426</v>
       </c>
       <c r="D105" s="5">
-        <v>8.6253301312289246</v>
+        <v>8.6251554374778152</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>434.27208944</v>
+        <v>434.27243270000002</v>
       </c>
       <c r="C106" s="5">
-        <v>0.75861721000001126</v>
+        <v>0.75845110000000204</v>
       </c>
       <c r="D106" s="5">
-        <v>2.120242361052882</v>
+        <v>2.1197711128082553</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>433.95722984000002</v>
+        <v>433.95724689999997</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.31485959999997704</v>
+        <v>-0.31518580000005159</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.86657305926133299</v>
+        <v>-0.86746658030802948</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>434.9288042</v>
+        <v>434.92855539999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.97157435999997688</v>
+        <v>0.97130850000002056</v>
       </c>
       <c r="D108" s="5">
-        <v>2.7199764195073195</v>
+        <v>2.7192228351096803</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>435.93109356999997</v>
+        <v>435.93059469999997</v>
       </c>
       <c r="C109" s="5">
-        <v>1.0022893699999713</v>
+        <v>1.0020392999999785</v>
       </c>
       <c r="D109" s="5">
-        <v>2.8007099160553439</v>
+        <v>2.8000038861443644</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>436.69195721</v>
+        <v>436.69121410000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.76086364000002504</v>
+        <v>0.76061940000005279</v>
       </c>
       <c r="D110" s="5">
-        <v>2.1146743818527325</v>
+        <v>2.1139914786645342</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>438.33922003999999</v>
+        <v>438.33820209999999</v>
       </c>
       <c r="C111" s="5">
-        <v>1.6472628299999883</v>
+        <v>1.6469879999999648</v>
       </c>
       <c r="D111" s="5">
-        <v>4.6216695162718535</v>
+        <v>4.6208903975366367</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>439.48221798999998</v>
+        <v>439.48082570000003</v>
       </c>
       <c r="C112" s="5">
-        <v>1.1429979499999945</v>
+        <v>1.1426236000000358</v>
       </c>
       <c r="D112" s="5">
-        <v>3.174346199342315</v>
+        <v>3.1732990752862289</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>440.24918257000002</v>
+        <v>440.24697040000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.76696458000003531</v>
+        <v>0.76614469999998391</v>
       </c>
       <c r="D113" s="5">
-        <v>2.1144040972992384</v>
+        <v>2.1121288533896276</v>
       </c>
       <c r="E113" s="5">
-        <v>4.4545329817915258</v>
+        <v>4.4545396359599421</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>440.69876899000002</v>
+        <v>440.70194729999997</v>
       </c>
       <c r="C114" s="5">
-        <v>0.44958642000000282</v>
+        <v>0.45497689999996282</v>
       </c>
       <c r="D114" s="5">
-        <v>1.2323571906110109</v>
+        <v>1.2472233771682717</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>441.45245463999998</v>
+        <v>441.45395509999997</v>
       </c>
       <c r="C115" s="5">
-        <v>0.75368564999996579</v>
+        <v>0.75200780000000123</v>
       </c>
       <c r="D115" s="5">
-        <v>2.0716612988826322</v>
+        <v>2.0669909636774397</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>443.05715672999997</v>
+        <v>443.05767370000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.6047020899999893</v>
+        <v>1.6037186000000361</v>
       </c>
       <c r="D116" s="5">
-        <v>4.4503360577756945</v>
+        <v>4.4475383887618847</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>439.98059133999999</v>
+        <v>439.981022</v>
       </c>
       <c r="C117" s="5">
-        <v>-3.0765653899999847</v>
+        <v>-3.0766517000000135</v>
       </c>
       <c r="D117" s="5">
-        <v>-8.0217472519053423</v>
+        <v>-8.0219547640113742</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>440.95790688</v>
+        <v>440.95817849999997</v>
       </c>
       <c r="C118" s="5">
-        <v>0.97731554000000642</v>
+        <v>0.97715649999997822</v>
       </c>
       <c r="D118" s="5">
-        <v>2.6983305784965328</v>
+        <v>2.6978834246300876</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>441.94440648</v>
+        <v>441.94435870000001</v>
       </c>
       <c r="C119" s="5">
-        <v>0.98649960000000192</v>
+        <v>0.98618020000003526</v>
       </c>
       <c r="D119" s="5">
-        <v>2.7178891299718844</v>
+        <v>2.7169966097410736</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>443.12414716000001</v>
+        <v>443.12389030000003</v>
       </c>
       <c r="C120" s="5">
-        <v>1.179740680000009</v>
+        <v>1.1795316000000184</v>
       </c>
       <c r="D120" s="5">
-        <v>3.2507705212048155</v>
+        <v>3.2501862754999555</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>443.93776501999997</v>
+        <v>443.93736999999999</v>
       </c>
       <c r="C121" s="5">
-        <v>0.81361785999996528</v>
+        <v>0.81347969999995939</v>
       </c>
       <c r="D121" s="5">
-        <v>2.2257004861508722</v>
+        <v>2.2253200199748635</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>445.67209478000001</v>
+        <v>445.67153519999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.7343297600000369</v>
+        <v>1.7341652000000067</v>
       </c>
       <c r="D122" s="5">
-        <v>4.7900891909730126</v>
+        <v>4.7896292333410306</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>446.85376840999999</v>
+        <v>446.85303329999999</v>
       </c>
       <c r="C123" s="5">
-        <v>1.1816736299999775</v>
+        <v>1.1814980999999989</v>
       </c>
       <c r="D123" s="5">
-        <v>3.2285416695089886</v>
+        <v>3.2280591887055454</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>447.52215766</v>
+        <v>447.52121540000002</v>
       </c>
       <c r="C124" s="5">
-        <v>0.66838925000001836</v>
+        <v>0.66818210000002409</v>
       </c>
       <c r="D124" s="5">
-        <v>1.8097609296237716</v>
+        <v>1.8091984208569167</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>448.90686237</v>
+        <v>448.90514109999998</v>
       </c>
       <c r="C125" s="5">
-        <v>1.3847047099999941</v>
+        <v>1.3839256999999634</v>
       </c>
       <c r="D125" s="5">
-        <v>3.7768342702749313</v>
+        <v>3.7746813060706152</v>
       </c>
       <c r="E125" s="5">
-        <v>1.9665408007028873</v>
+        <v>1.9666621878472679</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>450.22463619000001</v>
+        <v>450.22670729999999</v>
       </c>
       <c r="C126" s="5">
-        <v>1.3177738200000135</v>
+        <v>1.3215662000000066</v>
       </c>
       <c r="D126" s="5">
-        <v>3.5800547837030461</v>
+        <v>3.5905390981574081</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>451.14621654000001</v>
+        <v>451.14747130000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.92158034999999927</v>
+        <v>0.92076400000001968</v>
       </c>
       <c r="D127" s="5">
-        <v>2.4841645909192689</v>
+        <v>2.4819277233862236</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>451.29105650000002</v>
+        <v>451.29146639999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.14483996000001298</v>
+        <v>0.14399509999998372</v>
       </c>
       <c r="D128" s="5">
-        <v>0.38593958876145251</v>
+        <v>0.38368335807363874</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>452.22138665</v>
+        <v>452.22169530000002</v>
       </c>
       <c r="C129" s="5">
-        <v>0.93033014999997476</v>
+        <v>0.93022890000003144</v>
       </c>
       <c r="D129" s="5">
-        <v>2.5020248931411526</v>
+        <v>2.5017471993650897</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>453.07783694</v>
+        <v>453.0780355</v>
       </c>
       <c r="C130" s="5">
-        <v>0.85645028999999795</v>
+        <v>0.8563401999999769</v>
       </c>
       <c r="D130" s="5">
-        <v>2.2964713907911216</v>
+        <v>2.29617153258177</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>455.15675749000002</v>
+        <v>455.15669650000001</v>
       </c>
       <c r="C131" s="5">
-        <v>2.0789205500000207</v>
+        <v>2.078661000000011</v>
       </c>
       <c r="D131" s="5">
-        <v>5.6472305729575734</v>
+        <v>5.6465051026383772</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>455.86031047</v>
+        <v>455.86010920000001</v>
       </c>
       <c r="C132" s="5">
-        <v>0.70355297999998356</v>
+        <v>0.70341270000000122</v>
       </c>
       <c r="D132" s="5">
-        <v>1.870736242860449</v>
+        <v>1.8703603171529082</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>456.46762447999998</v>
+        <v>456.4673755</v>
       </c>
       <c r="C133" s="5">
-        <v>0.60731400999998186</v>
+        <v>0.60726629999999204</v>
       </c>
       <c r="D133" s="5">
-        <v>1.6104507220124242</v>
+        <v>1.6103239943859426</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>458.15699804000002</v>
+        <v>458.15665300000001</v>
       </c>
       <c r="C134" s="5">
-        <v>1.6893735600000355</v>
+        <v>1.6892775000000029</v>
       </c>
       <c r="D134" s="5">
-        <v>4.5326915422990055</v>
+        <v>4.5324310617838259</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>458.47057064000001</v>
+        <v>458.47014239999999</v>
       </c>
       <c r="C135" s="5">
-        <v>0.31357259999998632</v>
+        <v>0.31348939999998038</v>
       </c>
       <c r="D135" s="5">
-        <v>0.82440478494127944</v>
+        <v>0.82418584538850315</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>459.90886909</v>
+        <v>459.90839119999998</v>
       </c>
       <c r="C136" s="5">
-        <v>1.4382984499999907</v>
+        <v>1.4382487999999967</v>
       </c>
       <c r="D136" s="5">
-        <v>3.8302396705404362</v>
+        <v>3.8301088007512307</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>460.43744975999999</v>
+        <v>460.43638879999997</v>
       </c>
       <c r="C137" s="5">
-        <v>0.52858066999999664</v>
+        <v>0.52799759999999196</v>
       </c>
       <c r="D137" s="5">
-        <v>1.3879309334768219</v>
+        <v>1.3863916957538747</v>
       </c>
       <c r="E137" s="5">
-        <v>2.5685923643769648</v>
+        <v>2.5687493067563683</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>463.48639486000002</v>
+        <v>463.48725660000002</v>
       </c>
       <c r="C138" s="5">
-        <v>3.0489451000000258</v>
+        <v>3.0508678000000486</v>
       </c>
       <c r="D138" s="5">
-        <v>8.2420994909750966</v>
+        <v>8.2475076187916727</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>464.67774012000001</v>
+        <v>464.67865749999999</v>
       </c>
       <c r="C139" s="5">
-        <v>1.1913452599999914</v>
+        <v>1.1914008999999623</v>
       </c>
       <c r="D139" s="5">
-        <v>3.128461244766978</v>
+        <v>3.1286035273633273</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>466.01426548000001</v>
+        <v>466.01458129999997</v>
       </c>
       <c r="C140" s="5">
-        <v>1.336525359999996</v>
+        <v>1.3359237999999891</v>
       </c>
       <c r="D140" s="5">
-        <v>3.5066168244998197</v>
+        <v>3.5050064536030101</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>465.00174339</v>
+        <v>465.00192620000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-1.0125220900000045</v>
+        <v>-1.0126550999999608</v>
       </c>
       <c r="D141" s="5">
-        <v>-2.5763408378420061</v>
+        <v>-2.5766735189369894</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>464.00280941</v>
+        <v>464.00291429999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-0.99893398000000388</v>
+        <v>-0.99901190000002771</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.5476430447076037</v>
+        <v>-2.547838436791694</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>462.97687192000001</v>
+        <v>462.97682329999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.0259374899999898</v>
+        <v>-1.0260910000000081</v>
       </c>
       <c r="D143" s="5">
-        <v>-2.6212412202673785</v>
+        <v>-2.6216280905341449</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>462.23103287999999</v>
+        <v>462.23090660000003</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.74583904000002121</v>
+        <v>-0.74591669999995247</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.9161200063178896</v>
+        <v>-1.9163179559078314</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>461.16442518999997</v>
+        <v>461.16429570000003</v>
       </c>
       <c r="C145" s="5">
-        <v>-1.0666076900000121</v>
+        <v>-1.0666109000000006</v>
       </c>
       <c r="D145" s="5">
-        <v>-2.7341510823999937</v>
+        <v>-2.7341599443006515</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>458.95299374000001</v>
+        <v>458.9528358</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.2114314499999637</v>
+        <v>-2.2114599000000226</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.6050174518226026</v>
+        <v>-5.6050892016873854</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>457.65368724000001</v>
+        <v>457.65352369999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.2993065000000001</v>
+        <v>-1.2993121000000087</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.3448266953226224</v>
+        <v>-3.3448420209737151</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>455.04423664000001</v>
+        <v>455.0441295</v>
       </c>
       <c r="C148" s="5">
-        <v>-2.6094506000000024</v>
+        <v>-2.609394199999997</v>
       </c>
       <c r="D148" s="5">
-        <v>-6.6316187943273652</v>
+        <v>-6.6314822207424466</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>454.03297015999999</v>
+        <v>454.03246580000001</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.0112664800000175</v>
+        <v>-1.0116636999999855</v>
       </c>
       <c r="D149" s="5">
-        <v>-2.6344611468729018</v>
+        <v>-2.6354839416292353</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.3909554062855434</v>
+        <v>-1.3908377260733018</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>452.20693482000001</v>
+        <v>452.20711790000001</v>
       </c>
       <c r="C150" s="5">
-        <v>-1.8260353399999758</v>
+        <v>-1.825347899999997</v>
       </c>
       <c r="D150" s="5">
-        <v>-4.7208381110935278</v>
+        <v>-4.7191051154015229</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>451.19203821999997</v>
+        <v>451.19243319999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-1.0148966000000428</v>
+        <v>-1.0146847000000321</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.6601862209287841</v>
+        <v>-2.659636574325297</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>451.80986066999998</v>
+        <v>451.80999789999998</v>
       </c>
       <c r="C152" s="5">
-        <v>0.61782245000000557</v>
+        <v>0.61756470000000263</v>
       </c>
       <c r="D152" s="5">
-        <v>1.6556055602865882</v>
+        <v>1.6549081888592054</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>450.55278743999997</v>
+        <v>450.55288819999998</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.2570732300000032</v>
+        <v>-1.2571097000000009</v>
       </c>
       <c r="D153" s="5">
-        <v>-3.2881458521110574</v>
+        <v>-3.2882388086578396</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>450.93405383999999</v>
+        <v>450.93411209999999</v>
       </c>
       <c r="C154" s="5">
-        <v>0.38126640000001544</v>
+        <v>0.38122390000000905</v>
       </c>
       <c r="D154" s="5">
-        <v>1.0202025184419927</v>
+        <v>1.0200880368979037</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>450.35446768999998</v>
+        <v>450.35445829999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.57958615000001146</v>
+        <v>-0.57965380000001687</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.5315050058924085</v>
+        <v>-1.5316823066009455</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>450.22213386999999</v>
+        <v>450.22210000000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.13233381999998528</v>
+        <v>-0.1323582999999644</v>
       </c>
       <c r="D156" s="5">
-        <v>-0.35204311838873403</v>
+        <v>-0.35210814379020849</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>450.54872467000001</v>
+        <v>450.54868729999998</v>
       </c>
       <c r="C157" s="5">
-        <v>0.3265908000000195</v>
+        <v>0.32658729999997149</v>
       </c>
       <c r="D157" s="5">
-        <v>0.8739604628946962</v>
+        <v>0.87395112546813092</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>450.19628820000003</v>
+        <v>450.19625070000001</v>
       </c>
       <c r="C158" s="5">
-        <v>-0.35243646999998646</v>
+        <v>-0.3524365999999759</v>
       </c>
       <c r="D158" s="5">
-        <v>-0.93465795725141687</v>
+        <v>-0.93465837771863347</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>449.51105839000002</v>
+        <v>449.51104070000002</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.68522981000000982</v>
+        <v>-0.68520999999998367</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.8112699190388493</v>
+        <v>-1.811218142381632</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>450.22533530999999</v>
+        <v>450.2253273</v>
       </c>
       <c r="C160" s="5">
-        <v>0.71427691999997478</v>
+        <v>0.7142865999999799</v>
       </c>
       <c r="D160" s="5">
-        <v>1.9235635152402786</v>
+        <v>1.9235898883082525</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>449.54367747999999</v>
+        <v>449.5433511</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.68165783000000602</v>
+        <v>-0.68197620000000825</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.8017912982443263</v>
+        <v>-1.8026258627577674</v>
       </c>
       <c r="E161" s="5">
-        <v>-0.98875918161140941</v>
+        <v>-0.98872108013030591</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>448.31303449000001</v>
+        <v>448.31309529999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.2306429899999785</v>
+        <v>-1.230255800000009</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.2360332507663125</v>
+        <v>-3.2350327055602812</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>447.33099733</v>
+        <v>447.33113580000003</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.98203716000000441</v>
+        <v>-0.98195949999995946</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.5971808699947529</v>
+        <v>-2.5969776034978853</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>446.55365784000003</v>
+        <v>446.55370900000003</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.77733948999997438</v>
+        <v>-0.77742680000000064</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.0654582945115352</v>
+        <v>-2.0656874384252011</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>445.58878642000002</v>
+        <v>445.58883839999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.96487142000000858</v>
+        <v>-0.96487060000004021</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.5622556205680769</v>
+        <v>-2.562253178768481</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>445.47440928999998</v>
+        <v>445.47443349999998</v>
       </c>
       <c r="C166" s="5">
-        <v>-0.11437713000003669</v>
+        <v>-0.11440490000001091</v>
       </c>
       <c r="D166" s="5">
-        <v>-0.30759066473968755</v>
+        <v>-0.3076652044227246</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>445.66991359000002</v>
+        <v>445.66990950000002</v>
       </c>
       <c r="C167" s="5">
-        <v>0.19550430000003871</v>
+        <v>0.19547600000004195</v>
       </c>
       <c r="D167" s="5">
-        <v>0.52791421390090409</v>
+        <v>0.52783758300858352</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>444.54765605</v>
+        <v>444.54765700000002</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.122257540000021</v>
+        <v>-1.1222525000000019</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.9802620708104577</v>
+        <v>-2.9802488984015829</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>444.91512003000003</v>
+        <v>444.91511739999999</v>
       </c>
       <c r="C169" s="5">
-        <v>0.367463980000025</v>
+        <v>0.36746039999997038</v>
       </c>
       <c r="D169" s="5">
-        <v>0.99644443198487753</v>
+        <v>0.99643467785746065</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>445.11384872999997</v>
+        <v>445.11384429999998</v>
       </c>
       <c r="C170" s="5">
-        <v>0.19872869999994691</v>
+        <v>0.19872689999999693</v>
       </c>
       <c r="D170" s="5">
-        <v>0.5373185905189759</v>
+        <v>0.53731371493781488</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>445.11491287000001</v>
+        <v>445.11493489999998</v>
       </c>
       <c r="C171" s="5">
-        <v>1.0641400000395151E-3</v>
+        <v>1.0905999999977212E-3</v>
       </c>
       <c r="D171" s="5">
-        <v>2.8688947660837627E-3</v>
+        <v>2.9402312532234021E-3</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>445.25097548999997</v>
+        <v>445.25098539999999</v>
       </c>
       <c r="C172" s="5">
-        <v>0.1360626199999615</v>
+        <v>0.13605050000001029</v>
       </c>
       <c r="D172" s="5">
-        <v>0.36743304628361617</v>
+        <v>0.36740024332986287</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>445.65595829</v>
+        <v>445.65579709999997</v>
       </c>
       <c r="C173" s="5">
-        <v>0.40498280000002751</v>
+        <v>0.40481169999998201</v>
       </c>
       <c r="D173" s="5">
-        <v>1.0969496429954484</v>
+        <v>1.09648385151353</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.8648145630238413</v>
+        <v>-0.86477844472340193</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>445.88636262</v>
+        <v>445.88638200000003</v>
       </c>
       <c r="C174" s="5">
-        <v>0.23040432999999894</v>
+        <v>0.23058490000005349</v>
       </c>
       <c r="D174" s="5">
-        <v>0.62216769150660323</v>
+        <v>0.62265690433229715</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>446.07108806000002</v>
+        <v>446.07111120000002</v>
       </c>
       <c r="C175" s="5">
-        <v>0.18472544000002245</v>
+        <v>0.18472919999999249</v>
       </c>
       <c r="D175" s="5">
-        <v>0.49828014468309423</v>
+        <v>0.49829028835701727</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>446.58362645</v>
+        <v>446.58364069999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.5125383899999747</v>
+        <v>0.51252949999997099</v>
       </c>
       <c r="D176" s="5">
-        <v>1.3875541675733016</v>
+        <v>1.3875298756599097</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>448.46023022999998</v>
+        <v>448.46025939999998</v>
       </c>
       <c r="C177" s="5">
-        <v>1.8766037799999822</v>
+        <v>1.8766186999999945</v>
       </c>
       <c r="D177" s="5">
-        <v>5.1607498033263255</v>
+        <v>5.160791618446936</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>448.80754277</v>
+        <v>448.80756029999998</v>
       </c>
       <c r="C178" s="5">
-        <v>0.34731254000001854</v>
+        <v>0.34730089999999336</v>
       </c>
       <c r="D178" s="5">
-        <v>0.93331552362663217</v>
+        <v>0.93328404972452539</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>448.88944208999999</v>
+        <v>448.88943899999998</v>
       </c>
       <c r="C179" s="5">
-        <v>8.1899319999990894E-2</v>
+        <v>8.1878700000004301E-2</v>
       </c>
       <c r="D179" s="5">
-        <v>0.21919837051771474</v>
+        <v>0.21914311843143075</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>451.23125401999999</v>
+        <v>451.23126339999999</v>
       </c>
       <c r="C180" s="5">
-        <v>2.3418119300000058</v>
+        <v>2.3418244000000072</v>
       </c>
       <c r="D180" s="5">
-        <v>6.4430682059860578</v>
+        <v>6.4431035509089796</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>451.46015681</v>
+        <v>451.46016170000001</v>
       </c>
       <c r="C181" s="5">
-        <v>0.22890279000000646</v>
+        <v>0.22889830000002576</v>
       </c>
       <c r="D181" s="5">
-        <v>0.6104431548940914</v>
+        <v>0.61043113470800048</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>451.35983299999998</v>
+        <v>451.35982610000002</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.10032381000002033</v>
+        <v>-0.10033559999999397</v>
       </c>
       <c r="D182" s="5">
-        <v>-0.26633920738678984</v>
+        <v>-0.26637046629494066</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>454.23503096000002</v>
+        <v>454.23503899999997</v>
       </c>
       <c r="C183" s="5">
-        <v>2.8751979600000368</v>
+        <v>2.8752128999999513</v>
       </c>
       <c r="D183" s="5">
-        <v>7.9176784572696723</v>
+        <v>7.9177211761356725</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>454.45181692</v>
+        <v>454.4518003</v>
       </c>
       <c r="C184" s="5">
-        <v>0.21678595999998151</v>
+        <v>0.21676130000003013</v>
       </c>
       <c r="D184" s="5">
-        <v>0.57421174541059106</v>
+        <v>0.57414624552429849</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>454.28083785000001</v>
+        <v>454.2808177</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.17097906999998713</v>
+        <v>-0.17098260000000209</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.45054469037244527</v>
+        <v>-0.45055398943217861</v>
       </c>
       <c r="E185" s="5">
-        <v>1.935322393779737</v>
+        <v>1.9353547415124739</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>455.34834804000002</v>
+        <v>455.34833459999999</v>
       </c>
       <c r="C186" s="5">
-        <v>1.0675101900000072</v>
+        <v>1.0675168999999869</v>
       </c>
       <c r="D186" s="5">
-        <v>2.8566005963879482</v>
+        <v>2.8566189130415642</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>455.79825588</v>
+        <v>455.79825529999999</v>
       </c>
       <c r="C187" s="5">
-        <v>0.4499078399999803</v>
+        <v>0.44992070000000695</v>
       </c>
       <c r="D187" s="5">
-        <v>1.1921268807231211</v>
+        <v>1.1921611768113793</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>456.70637268000002</v>
+        <v>456.70638279999997</v>
       </c>
       <c r="C188" s="5">
-        <v>0.90811680000001616</v>
+        <v>0.90812749999997777</v>
       </c>
       <c r="D188" s="5">
-        <v>2.4172124238766912</v>
+        <v>2.4172412209172434</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>460.14824354000001</v>
+        <v>460.14826390000002</v>
       </c>
       <c r="C189" s="5">
-        <v>3.4418708599999945</v>
+        <v>3.441881100000046</v>
       </c>
       <c r="D189" s="5">
-        <v>9.4279753387535692</v>
+        <v>9.4280043432363847</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>461.03155978000001</v>
+        <v>461.03156619999999</v>
       </c>
       <c r="C190" s="5">
-        <v>0.8833162399999992</v>
+        <v>0.88330229999996845</v>
       </c>
       <c r="D190" s="5">
-        <v>2.3280381347318579</v>
+        <v>2.328000902089844</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>461.42386069000003</v>
+        <v>461.42385109999998</v>
       </c>
       <c r="C191" s="5">
-        <v>0.39230091000001721</v>
+        <v>0.39228489999999283</v>
       </c>
       <c r="D191" s="5">
-        <v>1.025896238263968</v>
+        <v>1.025854160435502</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>464.99421286</v>
+        <v>464.99422029999999</v>
       </c>
       <c r="C192" s="5">
-        <v>3.5703521699999783</v>
+        <v>3.570369200000016</v>
       </c>
       <c r="D192" s="5">
-        <v>9.6907463547537773</v>
+        <v>9.6907947727335131</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>465.70446788999999</v>
+        <v>465.7044669</v>
       </c>
       <c r="C193" s="5">
-        <v>0.7102550299999848</v>
+        <v>0.71024660000000495</v>
       </c>
       <c r="D193" s="5">
-        <v>1.8484161562026369</v>
+        <v>1.848394002939413</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>468.10294629999999</v>
+        <v>468.10293439999998</v>
       </c>
       <c r="C194" s="5">
-        <v>2.3984784099999956</v>
+        <v>2.3984674999999811</v>
       </c>
       <c r="D194" s="5">
-        <v>6.3583623533959965</v>
+        <v>6.3583326207746316</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>468.38894669000001</v>
+        <v>468.38895869999999</v>
       </c>
       <c r="C195" s="5">
-        <v>0.28600039000002653</v>
+        <v>0.28602430000000822</v>
       </c>
       <c r="D195" s="5">
-        <v>0.73564181877321388</v>
+        <v>0.73570354496967916</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>469.88995433000002</v>
+        <v>469.88994960000002</v>
       </c>
       <c r="C196" s="5">
-        <v>1.5010076400000116</v>
+        <v>1.5009909000000334</v>
       </c>
       <c r="D196" s="5">
-        <v>3.9140500485722818</v>
+        <v>3.9140055227377735</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>472.46853355000002</v>
+        <v>472.46852790000003</v>
       </c>
       <c r="C197" s="5">
-        <v>2.5785792199999946</v>
+        <v>2.5785783000000038</v>
       </c>
       <c r="D197" s="5">
-        <v>6.7875817330218302</v>
+        <v>6.7875793081556557</v>
       </c>
       <c r="E197" s="5">
-        <v>4.0036237905340499</v>
+        <v>4.0036271599763973</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>474.75198884000002</v>
+        <v>474.75198490000002</v>
       </c>
       <c r="C198" s="5">
-        <v>2.2834552900000062</v>
+        <v>2.2834569999999985</v>
       </c>
       <c r="D198" s="5">
-        <v>5.95631265265959</v>
+        <v>5.9563173054960616</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>476.98657114000002</v>
+        <v>476.98657050000003</v>
       </c>
       <c r="C199" s="5">
-        <v>2.2345822999999996</v>
+        <v>2.2345856000000026</v>
       </c>
       <c r="D199" s="5">
-        <v>5.796746961521082</v>
+        <v>5.79675579425456</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>479.41961414000002</v>
+        <v>479.4196159</v>
       </c>
       <c r="C200" s="5">
-        <v>2.4330429999999978</v>
+        <v>2.433045399999969</v>
       </c>
       <c r="D200" s="5">
-        <v>6.2957128863360357</v>
+        <v>6.2957192804853346</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>479.73115144000002</v>
+        <v>479.7311626</v>
       </c>
       <c r="C201" s="5">
-        <v>0.31153729999999769</v>
+        <v>0.31154670000000806</v>
       </c>
       <c r="D201" s="5">
-        <v>0.7825791349834299</v>
+        <v>0.78260282928177549</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>481.34307697000003</v>
+        <v>481.34307890000002</v>
       </c>
       <c r="C202" s="5">
-        <v>1.6119255300000077</v>
+        <v>1.6119163000000185</v>
       </c>
       <c r="D202" s="5">
-        <v>4.107427137220454</v>
+        <v>4.1074030841408149</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>483.21832401</v>
+        <v>483.21831350000002</v>
       </c>
       <c r="C203" s="5">
-        <v>1.8752470399999766</v>
+        <v>1.8752345999999989</v>
       </c>
       <c r="D203" s="5">
-        <v>4.776522010685702</v>
+        <v>4.7764896226532461</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>483.06465495999998</v>
+        <v>483.06465969999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.15366905000001907</v>
+        <v>-0.15365380000002915</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.38094720357605416</v>
+        <v>-0.38090947302691358</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>484.99187959</v>
+        <v>484.99187840000002</v>
       </c>
       <c r="C205" s="5">
-        <v>1.927224630000012</v>
+        <v>1.9272187000000258</v>
       </c>
       <c r="D205" s="5">
-        <v>4.893955002785888</v>
+        <v>4.8939395632356053</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>487.26913074999999</v>
+        <v>487.26912140000002</v>
       </c>
       <c r="C206" s="5">
-        <v>2.2772511599999916</v>
+        <v>2.2772429999999986</v>
       </c>
       <c r="D206" s="5">
-        <v>5.7823432573271383</v>
+        <v>5.7823220142139142</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>487.82527261000001</v>
+        <v>487.82528189999999</v>
       </c>
       <c r="C207" s="5">
-        <v>0.55614186000002519</v>
+        <v>0.55616049999997585</v>
       </c>
       <c r="D207" s="5">
-        <v>1.3782435920532077</v>
+        <v>1.3782901031184069</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>490.43185498999998</v>
+        <v>490.4318548</v>
       </c>
       <c r="C208" s="5">
-        <v>2.6065823799999635</v>
+        <v>2.6065729000000033</v>
       </c>
       <c r="D208" s="5">
-        <v>6.6037550078206664</v>
+        <v>6.6037301506628232</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>492.16203677999999</v>
+        <v>492.16203660000002</v>
       </c>
       <c r="C209" s="5">
-        <v>1.7301817900000174</v>
+        <v>1.7301818000000253</v>
       </c>
       <c r="D209" s="5">
-        <v>4.3165653838652451</v>
+        <v>4.3165654110049578</v>
       </c>
       <c r="E209" s="5">
-        <v>4.1682147765541799</v>
+        <v>4.1682159841487376</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
         <v>493.5245501</v>
       </c>
       <c r="C210" s="5">
-        <v>1.362513320000005</v>
+        <v>1.3625134999999773</v>
       </c>
       <c r="D210" s="5">
-        <v>3.3731623563503899</v>
+        <v>3.3731628100344135</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>496.21328382000002</v>
+        <v>496.21328399999999</v>
       </c>
       <c r="C211" s="5">
-        <v>2.6887337200000161</v>
+        <v>2.6887338999999884</v>
       </c>
       <c r="D211" s="5">
-        <v>6.7371249462951033</v>
+        <v>6.73712541091811</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>498.16554880000001</v>
+        <v>498.16554860000002</v>
       </c>
       <c r="C212" s="5">
-        <v>1.9522649799999954</v>
+        <v>1.952264600000035</v>
       </c>
       <c r="D212" s="5">
-        <v>4.8247041885303377</v>
+        <v>4.8247032272206614</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>499.56264704</v>
+        <v>499.5626522</v>
       </c>
       <c r="C213" s="5">
-        <v>1.3970982399999912</v>
+        <v>1.3971035999999799</v>
       </c>
       <c r="D213" s="5">
-        <v>3.4177813130475965</v>
+        <v>3.4177946297520023</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>501.13716550999999</v>
+        <v>501.13716499999998</v>
       </c>
       <c r="C214" s="5">
-        <v>1.5745184699999868</v>
+        <v>1.5745127999999795</v>
       </c>
       <c r="D214" s="5">
-        <v>3.8484094221514553</v>
+        <v>3.8483952820862033</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>503.58939824999999</v>
+        <v>503.58938979999999</v>
       </c>
       <c r="C215" s="5">
-        <v>2.4522327399999995</v>
+        <v>2.4522248000000104</v>
       </c>
       <c r="D215" s="5">
-        <v>6.0326453252811385</v>
+        <v>6.0326252700253935</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>504.32197011</v>
+        <v>504.32197179999997</v>
       </c>
       <c r="C216" s="5">
-        <v>0.73257186000000729</v>
+        <v>0.73258199999997942</v>
       </c>
       <c r="D216" s="5">
-        <v>1.7596754274355364</v>
+        <v>1.7597000092104853</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>505.66239094999997</v>
+        <v>505.66239030000003</v>
       </c>
       <c r="C217" s="5">
-        <v>1.3404208399999789</v>
+        <v>1.3404185000000552</v>
       </c>
       <c r="D217" s="5">
-        <v>3.2364803354780092</v>
+        <v>3.2364745916363402</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>506.42912605999999</v>
+        <v>506.4291212</v>
       </c>
       <c r="C218" s="5">
-        <v>0.76673511000001326</v>
+        <v>0.76673089999997046</v>
       </c>
       <c r="D218" s="5">
-        <v>1.8348095865889036</v>
+        <v>1.8347994302025272</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>509.58353553000001</v>
+        <v>509.5835414</v>
       </c>
       <c r="C219" s="5">
-        <v>3.1544094700000187</v>
+        <v>3.1544202000000041</v>
       </c>
       <c r="D219" s="5">
-        <v>7.7359263290977864</v>
+        <v>7.7359536282836316</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>510.34138827999999</v>
+        <v>510.34139019999998</v>
       </c>
       <c r="C220" s="5">
-        <v>0.75785274999998364</v>
+        <v>0.75784879999997656</v>
       </c>
       <c r="D220" s="5">
-        <v>1.7993105270142529</v>
+        <v>1.7993010510996887</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>511.92720222000003</v>
+        <v>511.92720400000002</v>
       </c>
       <c r="C221" s="5">
-        <v>1.5858139400000368</v>
+        <v>1.5858138000000395</v>
       </c>
       <c r="D221" s="5">
-        <v>3.7932230891877028</v>
+        <v>3.7932227340520042</v>
       </c>
       <c r="E221" s="5">
-        <v>4.0159874112426053</v>
+        <v>4.0159878109542024</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>512.57329623999999</v>
+        <v>512.57329719999996</v>
       </c>
       <c r="C222" s="5">
-        <v>0.64609401999996408</v>
+        <v>0.64609319999993886</v>
       </c>
       <c r="D222" s="5">
-        <v>1.5250553617288665</v>
+        <v>1.5250534073867783</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>514.56434598999999</v>
+        <v>514.56434639999998</v>
       </c>
       <c r="C223" s="5">
-        <v>1.9910497500000019</v>
+        <v>1.9910492000000204</v>
       </c>
       <c r="D223" s="5">
-        <v>4.7621898025995701</v>
+        <v>4.7621884497690781</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>513.71149087000003</v>
+        <v>513.71149030000004</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.85285511999995833</v>
+        <v>-0.85285609999993994</v>
       </c>
       <c r="D224" s="5">
-        <v>-1.9708867909465133</v>
+        <v>-1.970889033495038</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>515.00763804999997</v>
+        <v>515.00763919999997</v>
       </c>
       <c r="C225" s="5">
-        <v>1.2961471799999345</v>
+        <v>1.2961488999999347</v>
       </c>
       <c r="D225" s="5">
-        <v>3.0700953275409226</v>
+        <v>3.070099461742859</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>514.84387031999995</v>
+        <v>514.84386819999997</v>
       </c>
       <c r="C226" s="5">
-        <v>-0.16376773000001776</v>
+        <v>-0.163770999999997</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.38092237806430784</v>
+        <v>-0.3809299699100599</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>514.45680672000003</v>
+        <v>514.45680070000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.38706359999991946</v>
+        <v>-0.38706749999994372</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.89844818728289644</v>
+        <v>-0.89845720620890246</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>513.99323383000001</v>
+        <v>513.99323170000002</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.46357289000002311</v>
+        <v>-0.46356900000000678</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.0759674301866529</v>
+        <v>-1.0759584586003901</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>514.13263984000002</v>
+        <v>514.13263959999995</v>
       </c>
       <c r="C229" s="5">
-        <v>0.13940601000001607</v>
+        <v>0.13940789999992376</v>
       </c>
       <c r="D229" s="5">
-        <v>0.32595172872780243</v>
+        <v>0.32595615577231118</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>511.93539093999999</v>
+        <v>511.93538949999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.1972489000000337</v>
+        <v>-2.1972500999999625</v>
       </c>
       <c r="D230" s="5">
-        <v>-5.0095956053011541</v>
+        <v>-5.0095982795271059</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>511.21187407000002</v>
+        <v>511.21187830000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.723516869999969</v>
+        <v>-0.72351119999996172</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.6828356837845893</v>
+        <v>-1.6828226029083959</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>509.55585970999999</v>
+        <v>509.55586499999998</v>
       </c>
       <c r="C232" s="5">
-        <v>-1.6560143600000288</v>
+        <v>-1.6560133000000405</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.8187517319888675</v>
+        <v>-3.8187492999872674</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>507.20770146000001</v>
+        <v>507.2077079</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.3481582499999831</v>
+        <v>-2.3481570999999803</v>
       </c>
       <c r="D233" s="5">
-        <v>-5.3918676994657027</v>
+        <v>-5.3918650708225773</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.92190857206525534</v>
+        <v>-0.92190765857405044</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>502.13736283999998</v>
+        <v>502.13736590000002</v>
       </c>
       <c r="C234" s="5">
-        <v>-5.0703386200000296</v>
+        <v>-5.0703419999999824</v>
       </c>
       <c r="D234" s="5">
-        <v>-11.357830358696008</v>
+        <v>-11.357837382365654</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>496.36801115999998</v>
+        <v>496.36800950000003</v>
       </c>
       <c r="C235" s="5">
-        <v>-5.7693516799999998</v>
+        <v>-5.7693563999999924</v>
       </c>
       <c r="D235" s="5">
-        <v>-12.948757448198645</v>
+        <v>-12.948767307527287</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>492.22814743999999</v>
+        <v>492.22814369999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-4.1398637199999939</v>
+        <v>-4.1398658000000523</v>
       </c>
       <c r="D236" s="5">
-        <v>-9.5617994416615897</v>
+        <v>-9.5618040581445403</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>486.79015358999999</v>
+        <v>486.79015099999998</v>
       </c>
       <c r="C237" s="5">
-        <v>-5.437993849999998</v>
+        <v>-5.4379926999999952</v>
       </c>
       <c r="D237" s="5">
-        <v>-12.48064968485213</v>
+        <v>-12.48064729291155</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>483.59181283999999</v>
+        <v>483.59181319999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-3.1983407499999998</v>
+        <v>-3.1983377999999902</v>
       </c>
       <c r="D238" s="5">
-        <v>-7.6055562181962628</v>
+        <v>-7.6055494937313561</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>480.17830079999999</v>
+        <v>480.17827990000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-3.4135120400000005</v>
+        <v>-3.4135332999999832</v>
       </c>
       <c r="D239" s="5">
-        <v>-8.1491691554026691</v>
+        <v>-8.1492179501469373</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>478.55393621000002</v>
+        <v>478.55393859999998</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.6243645899999706</v>
+        <v>-1.624341300000026</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.9847211425939832</v>
+        <v>-3.9846652389736392</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>476.58148677999998</v>
+        <v>476.58148870000002</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.9724494300000401</v>
+        <v>-1.9724498999999582</v>
       </c>
       <c r="D241" s="5">
-        <v>-4.8354275956896453</v>
+        <v>-4.8354286982894461</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>475.23199369999998</v>
+        <v>475.23199399999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.349493080000002</v>
+        <v>-1.3494947000000366</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.3455098475229317</v>
+        <v>-3.3455137880351704</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>474.60178296999999</v>
+        <v>474.60179269999998</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.63021072999998751</v>
+        <v>-0.63020130000001018</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.5797786729291441</v>
+        <v>-1.5797552054587993</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>473.32400831000001</v>
+        <v>473.3240169</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.2777746599999773</v>
+        <v>-1.2777757999999722</v>
       </c>
       <c r="D244" s="5">
-        <v>-3.1833572836620139</v>
+        <v>-3.1833600175543819</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>473.27544302000001</v>
+        <v>473.27545450000002</v>
       </c>
       <c r="C245" s="5">
-        <v>-4.8565289999999095E-2</v>
+        <v>-4.8562399999980244E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.12305623680559652</v>
+        <v>-0.12304891593386547</v>
       </c>
       <c r="E245" s="5">
-        <v>-6.6900124628087916</v>
+        <v>-6.6900113841901643</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>475.27425667</v>
+        <v>475.27426809999997</v>
       </c>
       <c r="C246" s="5">
-        <v>1.9988136499999882</v>
+        <v>1.9988135999999486</v>
       </c>
       <c r="D246" s="5">
-        <v>5.1874306744635224</v>
+        <v>5.1874304129056359</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>474.78333803999999</v>
+        <v>474.78334819999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.49091863000001013</v>
+        <v>-0.49091989999999441</v>
       </c>
       <c r="D247" s="5">
-        <v>-1.2324823602779755</v>
+        <v>-1.2324855011296099</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>474.88399240000001</v>
+        <v>474.88394030000001</v>
       </c>
       <c r="C248" s="5">
-        <v>0.10065436000002137</v>
+        <v>0.10059210000002849</v>
       </c>
       <c r="D248" s="5">
-        <v>0.25469758071252624</v>
+        <v>0.25453984782091155</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>476.28529329000003</v>
+        <v>476.28530590000003</v>
       </c>
       <c r="C249" s="5">
-        <v>1.4013008900000159</v>
+        <v>1.4013656000000196</v>
       </c>
       <c r="D249" s="5">
-        <v>3.5990311467038572</v>
+        <v>3.5992004526125942</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>477.11302118999998</v>
+        <v>477.11303370000002</v>
       </c>
       <c r="C250" s="5">
-        <v>0.82772789999995666</v>
+        <v>0.82772779999999102</v>
       </c>
       <c r="D250" s="5">
-        <v>2.1055085426410658</v>
+        <v>2.1055082295539318</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>477.91680330000003</v>
+        <v>477.91676769999998</v>
       </c>
       <c r="C251" s="5">
-        <v>0.80378211000004285</v>
+        <v>0.80373399999996309</v>
       </c>
       <c r="D251" s="5">
-        <v>2.0404516811437734</v>
+        <v>2.040328363098709</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>479.25418757</v>
+        <v>479.25419199999999</v>
       </c>
       <c r="C252" s="5">
-        <v>1.3373842699999727</v>
+        <v>1.3374243000000092</v>
       </c>
       <c r="D252" s="5">
-        <v>3.4102031487643458</v>
+        <v>3.4103070555760784</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>479.76127678</v>
+        <v>479.76127480000002</v>
       </c>
       <c r="C253" s="5">
-        <v>0.50708921000000373</v>
+        <v>0.50708280000003469</v>
       </c>
       <c r="D253" s="5">
-        <v>1.2771108880861082</v>
+        <v>1.2770946384811799</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>480.71163931000001</v>
+        <v>480.71162859999998</v>
       </c>
       <c r="C254" s="5">
-        <v>0.9503625300000067</v>
+        <v>0.95035379999995939</v>
       </c>
       <c r="D254" s="5">
-        <v>2.403158672340977</v>
+        <v>2.4031363659656968</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>481.33039359999998</v>
+        <v>481.33039480000002</v>
       </c>
       <c r="C255" s="5">
-        <v>0.61875428999996984</v>
+        <v>0.61876620000003868</v>
       </c>
       <c r="D255" s="5">
-        <v>1.5555775943479233</v>
+        <v>1.5556077838511095</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>482.44466924</v>
+        <v>482.44468210000002</v>
       </c>
       <c r="C256" s="5">
-        <v>1.1142756400000167</v>
+        <v>1.1142873000000009</v>
       </c>
       <c r="D256" s="5">
-        <v>2.8136344624104082</v>
+        <v>2.8136642736179107</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>483.37538662999998</v>
+        <v>483.37541449999998</v>
       </c>
       <c r="C257" s="5">
-        <v>0.93071738999998388</v>
+        <v>0.93073239999995394</v>
       </c>
       <c r="D257" s="5">
-        <v>2.3397248451624275</v>
+        <v>2.3397629169528811</v>
       </c>
       <c r="E257" s="5">
-        <v>2.1340519054932505</v>
+        <v>2.1340553168281762</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>484.68206005000002</v>
+        <v>484.68210019999998</v>
       </c>
       <c r="C258" s="5">
-        <v>1.3066734200000383</v>
+        <v>1.3066857000000027</v>
       </c>
       <c r="D258" s="5">
-        <v>3.2925387748820034</v>
+        <v>3.2925699866960256</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>486.66335504</v>
+        <v>486.66339670000002</v>
       </c>
       <c r="C259" s="5">
-        <v>1.9812949899999808</v>
+        <v>1.9812965000000418</v>
       </c>
       <c r="D259" s="5">
-        <v>5.0171936038986509</v>
+        <v>5.0171970890156237</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>488.84212607000001</v>
+        <v>488.84203289999999</v>
       </c>
       <c r="C260" s="5">
-        <v>2.1787710300000072</v>
+        <v>2.1786361999999713</v>
       </c>
       <c r="D260" s="5">
-        <v>5.5066275898972394</v>
+        <v>5.5062779036563203</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>493.02867880000002</v>
+        <v>493.0287103</v>
       </c>
       <c r="C261" s="5">
-        <v>4.1865527300000167</v>
+        <v>4.1866774000000078</v>
       </c>
       <c r="D261" s="5">
-        <v>10.775239264440351</v>
+        <v>10.775577551339532</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>494.4598623</v>
+        <v>494.45988929999999</v>
       </c>
       <c r="C262" s="5">
-        <v>1.4311834999999746</v>
+        <v>1.431178999999986</v>
       </c>
       <c r="D262" s="5">
-        <v>3.5395647622469717</v>
+        <v>3.5395532249159478</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>496.00811455000002</v>
+        <v>496.00806410000001</v>
       </c>
       <c r="C263" s="5">
-        <v>1.5482522500000186</v>
+        <v>1.5481748000000266</v>
       </c>
       <c r="D263" s="5">
-        <v>3.8228281189976787</v>
+        <v>3.8226333677943147</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>497.80221188000002</v>
+        <v>497.80221260000002</v>
       </c>
       <c r="C264" s="5">
-        <v>1.7940973299999996</v>
+        <v>1.7941485000000057</v>
       </c>
       <c r="D264" s="5">
-        <v>4.427885883623417</v>
+        <v>4.4280151550773361</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>499.50514532</v>
+        <v>499.50511280000001</v>
       </c>
       <c r="C265" s="5">
-        <v>1.7029334399999811</v>
+        <v>1.7029001999999878</v>
       </c>
       <c r="D265" s="5">
-        <v>4.1832090620770757</v>
+        <v>4.1831258604065669</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>502.43201237</v>
+        <v>502.43194679999999</v>
       </c>
       <c r="C266" s="5">
-        <v>2.9268670499999985</v>
+        <v>2.9268339999999853</v>
       </c>
       <c r="D266" s="5">
-        <v>7.2625301726461977</v>
+        <v>7.2624459920269224</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>503.56020683000003</v>
+        <v>503.56013890000003</v>
       </c>
       <c r="C267" s="5">
-        <v>1.1281944600000315</v>
+        <v>1.1281921000000352</v>
       </c>
       <c r="D267" s="5">
-        <v>2.7280886441595653</v>
+        <v>2.7280832272158717</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>505.0934737</v>
+        <v>505.093458</v>
       </c>
       <c r="C268" s="5">
-        <v>1.5332668699999772</v>
+        <v>1.5333190999999715</v>
       </c>
       <c r="D268" s="5">
-        <v>3.7156385317432594</v>
+        <v>3.7157677400772249</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>507.26275278999998</v>
+        <v>507.2628234</v>
       </c>
       <c r="C269" s="5">
-        <v>2.169279089999975</v>
+        <v>2.1693654000000038</v>
       </c>
       <c r="D269" s="5">
-        <v>5.2772678632644565</v>
+        <v>5.2774829846409466</v>
       </c>
       <c r="E269" s="5">
-        <v>4.9417837193858949</v>
+        <v>4.9417922764460442</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>509.33974609000001</v>
+        <v>509.33989759999997</v>
       </c>
       <c r="C270" s="5">
-        <v>2.0769933000000265</v>
+        <v>2.07707419999997</v>
       </c>
       <c r="D270" s="5">
-        <v>5.0255874561683012</v>
+        <v>5.0257869193821803</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>511.41505494</v>
+        <v>511.41522529999997</v>
       </c>
       <c r="C271" s="5">
-        <v>2.075308849999999</v>
+        <v>2.0753277000000026</v>
       </c>
       <c r="D271" s="5">
-        <v>5.0004820996125687</v>
+        <v>5.0005270205993657</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>514.36637601999996</v>
+        <v>514.36629389999996</v>
       </c>
       <c r="C272" s="5">
-        <v>2.951321079999957</v>
+        <v>2.9510685999999851</v>
       </c>
       <c r="D272" s="5">
-        <v>7.1491551324356362</v>
+        <v>7.1485215386682288</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>515.90540093000004</v>
+        <v>515.90545559999998</v>
       </c>
       <c r="C273" s="5">
-        <v>1.5390249100000801</v>
+        <v>1.5391617000000224</v>
       </c>
       <c r="D273" s="5">
-        <v>3.6501750242800224</v>
+        <v>3.6505054057396569</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>517.91290936999997</v>
+        <v>517.91292420000002</v>
       </c>
       <c r="C274" s="5">
-        <v>2.0075084399999241</v>
+        <v>2.0074686000000384</v>
       </c>
       <c r="D274" s="5">
-        <v>4.7707232133732402</v>
+        <v>4.7706259842470899</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>520.39483138000003</v>
+        <v>520.39475460000006</v>
       </c>
       <c r="C275" s="5">
-        <v>2.4819220100000621</v>
+        <v>2.4818304000000353</v>
       </c>
       <c r="D275" s="5">
-        <v>5.904608269269529</v>
+        <v>5.9043843753191716</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>520.48809616000005</v>
+        <v>520.48805719999996</v>
       </c>
       <c r="C276" s="5">
-        <v>9.3264780000026803E-2</v>
+        <v>9.3302599999901759E-2</v>
       </c>
       <c r="D276" s="5">
-        <v>0.21527523556159611</v>
+        <v>0.21536265018975431</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>522.05311270000004</v>
+        <v>522.0529871</v>
       </c>
       <c r="C277" s="5">
-        <v>1.5650165399999878</v>
+        <v>1.5649299000000383</v>
       </c>
       <c r="D277" s="5">
-        <v>3.6684625163502682</v>
+        <v>3.668256337702247</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>522.99908963999997</v>
+        <v>522.99895360000005</v>
       </c>
       <c r="C278" s="5">
-        <v>0.94597693999992316</v>
+        <v>0.94596650000005411</v>
       </c>
       <c r="D278" s="5">
-        <v>2.1962406513079014</v>
+        <v>2.196216704729026</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>524.07096368999999</v>
+        <v>524.07071080000003</v>
       </c>
       <c r="C279" s="5">
-        <v>1.0718740500000195</v>
+        <v>1.0717571999999791</v>
       </c>
       <c r="D279" s="5">
-        <v>2.4872837103610657</v>
+        <v>2.4870101507738829</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>526.29101675000004</v>
+        <v>526.29080759999999</v>
       </c>
       <c r="C280" s="5">
-        <v>2.2200530600000548</v>
+        <v>2.2200967999999648</v>
       </c>
       <c r="D280" s="5">
-        <v>5.2035288371678812</v>
+        <v>5.2036363284897025</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>527.57463679</v>
+        <v>527.5748231</v>
       </c>
       <c r="C281" s="5">
-        <v>1.2836200399999598</v>
+        <v>1.2840155000000095</v>
       </c>
       <c r="D281" s="5">
-        <v>2.9663737313216254</v>
+        <v>2.9673011100519231</v>
       </c>
       <c r="E281" s="5">
-        <v>4.0042135733961315</v>
+        <v>4.0042358247064147</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>528.96097653000004</v>
+        <v>528.96135270000002</v>
       </c>
       <c r="C282" s="5">
-        <v>1.3863397400000395</v>
+        <v>1.3865296000000171</v>
       </c>
       <c r="D282" s="5">
-        <v>3.199287866868894</v>
+        <v>3.1997312173271286</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>530.97554205999995</v>
+        <v>530.97622320000005</v>
       </c>
       <c r="C283" s="5">
-        <v>2.0145655299999135</v>
+        <v>2.0148705000000291</v>
       </c>
       <c r="D283" s="5">
-        <v>4.6671983702701203</v>
+        <v>4.6679163803068802</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>533.03667185999996</v>
+        <v>533.03653729999996</v>
       </c>
       <c r="C284" s="5">
-        <v>2.0611298000000033</v>
+        <v>2.0603140999999141</v>
       </c>
       <c r="D284" s="5">
-        <v>4.7588833106472883</v>
+        <v>4.7569533577274115</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>532.92622897000001</v>
+        <v>532.92624409999996</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.11044288999994478</v>
+        <v>-0.11029320000000098</v>
       </c>
       <c r="D285" s="5">
-        <v>-0.24835166048552404</v>
+        <v>-0.24801549981308124</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>533.47821739999995</v>
+        <v>533.47819340000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.55198842999993758</v>
+        <v>0.55194930000004661</v>
       </c>
       <c r="D286" s="5">
-        <v>1.2500278134031317</v>
+        <v>1.2499386589047479</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>534.84111333999999</v>
+        <v>534.84097859999997</v>
       </c>
       <c r="C287" s="5">
-        <v>1.362895940000044</v>
+        <v>1.3627851999999621</v>
       </c>
       <c r="D287" s="5">
-        <v>3.109128050090737</v>
+        <v>3.1088720046201557</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>535.89602773000001</v>
+        <v>535.895894</v>
       </c>
       <c r="C288" s="5">
-        <v>1.0549143900000217</v>
+        <v>1.0549154000000271</v>
       </c>
       <c r="D288" s="5">
-        <v>2.39271168704418</v>
+        <v>2.3927146121307086</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>537.03173861000005</v>
+        <v>537.03139160000001</v>
       </c>
       <c r="C289" s="5">
-        <v>1.1357108800000333</v>
+        <v>1.1354976000000079</v>
       </c>
       <c r="D289" s="5">
-        <v>2.5729827616189249</v>
+        <v>2.5724945747564787</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>538.61077561000002</v>
+        <v>538.61049700000001</v>
       </c>
       <c r="C290" s="5">
-        <v>1.5790369999999712</v>
+        <v>1.5791054000000031</v>
       </c>
       <c r="D290" s="5">
-        <v>3.585988311272148</v>
+        <v>3.5861485230322288</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>540.68048162000002</v>
+        <v>540.67997649999995</v>
       </c>
       <c r="C291" s="5">
-        <v>2.0697060100000044</v>
+        <v>2.0694794999999431</v>
       </c>
       <c r="D291" s="5">
-        <v>4.7099254170325455</v>
+        <v>4.709401506127131</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>543.17310236000003</v>
+        <v>543.17282720000003</v>
       </c>
       <c r="C292" s="5">
-        <v>2.4926207400000067</v>
+        <v>2.4928507000000764</v>
       </c>
       <c r="D292" s="5">
-        <v>5.6746372230316089</v>
+        <v>5.6751795275611361</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>543.16933816000005</v>
+        <v>543.16974289999996</v>
       </c>
       <c r="C293" s="5">
-        <v>-3.7641999999777909E-3</v>
+        <v>-3.0843000000686516E-3</v>
       </c>
       <c r="D293" s="5">
-        <v>-8.3157060186689336E-3</v>
+        <v>-6.8137510332300089E-3</v>
       </c>
       <c r="E293" s="5">
-        <v>2.9559232537949898</v>
+        <v>2.9559636125858102</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>543.94793795999999</v>
+        <v>543.94838000000004</v>
       </c>
       <c r="C294" s="5">
-        <v>0.77859979999993811</v>
+        <v>0.77863710000008268</v>
       </c>
       <c r="D294" s="5">
-        <v>1.7337524375933278</v>
+        <v>1.7338348494083</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>545.52128295</v>
+        <v>545.52392540000005</v>
       </c>
       <c r="C295" s="5">
-        <v>1.5733449900000096</v>
+        <v>1.57554540000001</v>
       </c>
       <c r="D295" s="5">
-        <v>3.5266995449661387</v>
+        <v>3.5317077531741292</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>546.90793732999998</v>
+        <v>546.90699280000001</v>
       </c>
       <c r="C296" s="5">
-        <v>1.3866543799999818</v>
+        <v>1.383067399999959</v>
       </c>
       <c r="D296" s="5">
-        <v>3.0932737322899584</v>
+        <v>3.0851450343397646</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>548.26267997000002</v>
+        <v>548.26199480000002</v>
       </c>
       <c r="C297" s="5">
-        <v>1.3547426400000404</v>
+        <v>1.3550020000000131</v>
       </c>
       <c r="D297" s="5">
-        <v>3.0133472321193011</v>
+        <v>3.013937285304169</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>550.58867602999999</v>
+        <v>550.58825820000004</v>
       </c>
       <c r="C298" s="5">
-        <v>2.3259960599999658</v>
+        <v>2.3262634000000162</v>
       </c>
       <c r="D298" s="5">
-        <v>5.2114690155619758</v>
+        <v>5.2120887125258308</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>553.04014616999996</v>
+        <v>553.04004039999995</v>
       </c>
       <c r="C299" s="5">
-        <v>2.4514701399999694</v>
+        <v>2.4517821999999114</v>
       </c>
       <c r="D299" s="5">
-        <v>5.4757455517518094</v>
+        <v>5.4764640047672897</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>554.81082413000001</v>
+        <v>554.81054089999998</v>
       </c>
       <c r="C300" s="5">
-        <v>1.7706779600000573</v>
+        <v>1.7705005000000256</v>
       </c>
       <c r="D300" s="5">
-        <v>3.9104440563512588</v>
+        <v>3.9100459805603505</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>557.74422343000003</v>
+        <v>557.74358280000001</v>
       </c>
       <c r="C301" s="5">
-        <v>2.9333993000000191</v>
+        <v>2.9330419000000347</v>
       </c>
       <c r="D301" s="5">
-        <v>6.5324382720478358</v>
+        <v>6.5316225207490808</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>560.03174787</v>
+        <v>560.03125729999999</v>
       </c>
       <c r="C302" s="5">
-        <v>2.2875244399999701</v>
+        <v>2.2876744999999801</v>
       </c>
       <c r="D302" s="5">
-        <v>5.0342163255772121</v>
+        <v>5.0345599657668272</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>563.32048589999999</v>
+        <v>563.31983720000005</v>
       </c>
       <c r="C303" s="5">
-        <v>3.2887380299999904</v>
+        <v>3.2885799000000588</v>
       </c>
       <c r="D303" s="5">
-        <v>7.2790135412465373</v>
+        <v>7.2786587527898128</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>565.47782054000004</v>
+        <v>565.47792930000003</v>
       </c>
       <c r="C304" s="5">
-        <v>2.1573346400000446</v>
+        <v>2.1580920999999762</v>
       </c>
       <c r="D304" s="5">
-        <v>4.6936552836106538</v>
+        <v>4.6953436687139138</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>566.75688019999996</v>
+        <v>566.75836419999996</v>
       </c>
       <c r="C305" s="5">
-        <v>1.2790596599999162</v>
+        <v>1.280434899999932</v>
       </c>
       <c r="D305" s="5">
-        <v>2.7483144551462946</v>
+        <v>2.7513057943592045</v>
       </c>
       <c r="E305" s="5">
-        <v>4.3425761328692358</v>
+        <v>4.3427715936568134</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>568.14082654000003</v>
+        <v>568.14213329999995</v>
       </c>
       <c r="C306" s="5">
-        <v>1.3839463400000795</v>
+        <v>1.383769099999995</v>
       </c>
       <c r="D306" s="5">
-        <v>2.9699194878608504</v>
+        <v>2.9695261323702926</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>567.99540052999998</v>
+        <v>568.00041629999998</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.14542601000005106</v>
+        <v>-0.14171699999997145</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.30672983185442426</v>
+        <v>-0.29891689997335602</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>568.11300343000005</v>
+        <v>568.11041239999997</v>
       </c>
       <c r="C308" s="5">
-        <v>0.11760290000006535</v>
+        <v>0.10999609999998938</v>
       </c>
       <c r="D308" s="5">
-        <v>0.24874197568627299</v>
+        <v>0.23263363110084256</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>567.25592595000001</v>
+        <v>567.25273100000004</v>
       </c>
       <c r="C309" s="5">
-        <v>-0.85707748000004358</v>
+        <v>-0.85768139999993309</v>
       </c>
       <c r="D309" s="5">
-        <v>-1.7954206365701553</v>
+        <v>-1.796683378877928</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>566.87265327</v>
+        <v>566.86990449999996</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.38327268000000458</v>
+        <v>-0.38282650000007834</v>
       </c>
       <c r="D310" s="5">
-        <v>-0.80778690324997404</v>
+        <v>-0.80685454796346479</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>566.37172340999996</v>
+        <v>566.37333439999998</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.50092986000004203</v>
+        <v>-0.49657009999998536</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.055268540783616</v>
+        <v>-1.0461334389960664</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>566.28654051000001</v>
+        <v>566.2858334</v>
       </c>
       <c r="C312" s="5">
-        <v>-8.5182899999949768E-2</v>
+        <v>-8.7500999999974738E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>-0.18033203568080802</v>
+        <v>-0.18523475337137718</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>565.93030856999997</v>
+        <v>565.92971809999995</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.35623194000004332</v>
+        <v>-0.35611530000005587</v>
       </c>
       <c r="D313" s="5">
-        <v>-0.75227358704620384</v>
+        <v>-0.75202905937726827</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>565.91409207000004</v>
+        <v>565.91360229999998</v>
       </c>
       <c r="C314" s="5">
-        <v>-1.6216499999927692E-2</v>
+        <v>-1.611579999996593E-2</v>
       </c>
       <c r="D314" s="5">
-        <v>-3.4380087316576713E-2</v>
+        <v>-3.416666551930847E-2</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>563.02112094999995</v>
+        <v>563.02109849999999</v>
       </c>
       <c r="C315" s="5">
-        <v>-2.8929711200000838</v>
+        <v>-2.8925037999999859</v>
       </c>
       <c r="D315" s="5">
-        <v>-5.964867290779452</v>
+        <v>-5.963935688850186</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>561.91316561999997</v>
+        <v>561.91470330000004</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.1079553299999816</v>
+        <v>-1.1063951999999517</v>
       </c>
       <c r="D316" s="5">
-        <v>-2.3360584985517741</v>
+        <v>-2.3328046193600627</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>559.98697608999998</v>
+        <v>559.98974169999997</v>
       </c>
       <c r="C317" s="5">
-        <v>-1.9261895299999878</v>
+        <v>-1.9249616000000742</v>
       </c>
       <c r="D317" s="5">
-        <v>-4.0368212588212327</v>
+        <v>-4.0342852783979977</v>
       </c>
       <c r="E317" s="5">
-        <v>-1.1944987959583209</v>
+        <v>-1.1942695384044577</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>564.94208877999995</v>
+        <v>564.94470130000002</v>
       </c>
       <c r="C318" s="5">
-        <v>4.9551126899999645</v>
+        <v>4.954959600000052</v>
       </c>
       <c r="D318" s="5">
-        <v>11.150663096507074</v>
+        <v>11.150243882193255</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>563.74601845999996</v>
+        <v>563.75445639999998</v>
       </c>
       <c r="C319" s="5">
-        <v>-1.1960703199999898</v>
+        <v>-1.1902449000000388</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.5112110364471474</v>
+        <v>-2.4991102239441454</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>562.09950425</v>
+        <v>562.09807439999997</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.6465142099999639</v>
+        <v>-1.6563820000000078</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.449044598279305</v>
+        <v>-3.4693312419443512</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>562.19566046</v>
+        <v>562.17648129999998</v>
       </c>
       <c r="C321" s="5">
-        <v>9.6156210000003739E-2</v>
+        <v>7.8406900000004498E-2</v>
       </c>
       <c r="D321" s="5">
-        <v>0.20547265555086458</v>
+        <v>0.16751613601315718</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>560.85866113999998</v>
+        <v>560.85666040000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-1.3369993200000181</v>
+        <v>-1.3198208999999679</v>
       </c>
       <c r="D322" s="5">
-        <v>-2.8167758841173174</v>
+        <v>-2.7811442723506885</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>559.86910422999995</v>
+        <v>559.87464899999998</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.98955691000003299</v>
+        <v>-0.98201140000003306</v>
       </c>
       <c r="D323" s="5">
-        <v>-2.0968074543469051</v>
+        <v>-2.080980013484568</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>560.76411999000004</v>
+        <v>560.76437520000002</v>
       </c>
       <c r="C324" s="5">
-        <v>0.89501576000009209</v>
+        <v>0.88972620000004099</v>
       </c>
       <c r="D324" s="5">
-        <v>1.9352962986224131</v>
+        <v>1.9237392895597338</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>560.35197232999997</v>
+        <v>560.35256230000005</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.4121476600000733</v>
+        <v>-0.41181289999997261</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.87841358573301775</v>
+        <v>-0.8777025905623681</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>561.69101412999999</v>
+        <v>561.69147820000001</v>
       </c>
       <c r="C326" s="5">
-        <v>1.3390418000000182</v>
+        <v>1.3389158999999609</v>
       </c>
       <c r="D326" s="5">
-        <v>2.9055634151368581</v>
+        <v>2.905283527623026</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>559.71191417</v>
+        <v>559.71286689999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.979099959999985</v>
+        <v>-1.9786113000000114</v>
       </c>
       <c r="D327" s="5">
-        <v>-4.1471777805116457</v>
+        <v>-4.1461701973133591</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>560.34889318</v>
+        <v>560.35208520000003</v>
       </c>
       <c r="C328" s="5">
-        <v>0.63697901000000456</v>
+        <v>0.63921830000003865</v>
       </c>
       <c r="D328" s="5">
-        <v>1.3742380899871787</v>
+        <v>1.3790972269332569</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>560.43737299999998</v>
+        <v>560.44224459999998</v>
       </c>
       <c r="C329" s="5">
-        <v>8.8479819999975007E-2</v>
+        <v>9.0159399999947709E-2</v>
       </c>
       <c r="D329" s="5">
-        <v>0.18964620607591076</v>
+        <v>0.19324827509903386</v>
       </c>
       <c r="E329" s="5">
-        <v>8.0429890199384957E-2</v>
+        <v>8.080556951388651E-2</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>561.39608198999997</v>
+        <v>561.40041629999996</v>
       </c>
       <c r="C330" s="5">
-        <v>0.95870898999999099</v>
+        <v>0.95817169999997986</v>
       </c>
       <c r="D330" s="5">
-        <v>2.072197303309542</v>
+        <v>2.0710068664578918</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>561.50823675000004</v>
+        <v>561.51863000000003</v>
       </c>
       <c r="C331" s="5">
-        <v>0.11215476000006674</v>
+        <v>0.11821370000006937</v>
       </c>
       <c r="D331" s="5">
-        <v>0.23999756148467277</v>
+        <v>0.25297602142257958</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>563.55037721999997</v>
+        <v>563.55311300000005</v>
       </c>
       <c r="C332" s="5">
-        <v>2.0421404699999357</v>
+        <v>2.0344830000000229</v>
       </c>
       <c r="D332" s="5">
-        <v>4.452625851609171</v>
+        <v>4.4355118716999486</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>565.55872667999995</v>
+        <v>565.51567030000001</v>
       </c>
       <c r="C333" s="5">
-        <v>2.0083494599999767</v>
+        <v>1.9625572999999576</v>
       </c>
       <c r="D333" s="5">
-        <v>4.3613187603296355</v>
+        <v>4.259943696486701</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>568.02378738000004</v>
+        <v>568.01772949999997</v>
       </c>
       <c r="C334" s="5">
-        <v>2.4650607000000946</v>
+        <v>2.5020591999999624</v>
       </c>
       <c r="D334" s="5">
-        <v>5.3575790129407386</v>
+        <v>5.440383023778872</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>570.95760256000005</v>
+        <v>570.96456220000005</v>
       </c>
       <c r="C335" s="5">
-        <v>2.9338151800000105</v>
+        <v>2.9468327000000727</v>
       </c>
       <c r="D335" s="5">
-        <v>6.3770746488891472</v>
+        <v>6.4062526485506144</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>570.49688179999998</v>
+        <v>570.51153169999998</v>
       </c>
       <c r="C336" s="5">
-        <v>-0.460720760000072</v>
+        <v>-0.45303050000006806</v>
       </c>
       <c r="D336" s="5">
-        <v>-0.96402575292862114</v>
+        <v>-0.94799307995501181</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>572.04525304000003</v>
+        <v>572.04591679999999</v>
       </c>
       <c r="C337" s="5">
-        <v>1.5483712400000513</v>
+        <v>1.5343851000000086</v>
       </c>
       <c r="D337" s="5">
-        <v>3.3059492884674802</v>
+        <v>3.2755588305805272</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>573.39916086000005</v>
+        <v>573.40078489999996</v>
       </c>
       <c r="C338" s="5">
-        <v>1.3539078200000176</v>
+        <v>1.354868099999976</v>
       </c>
       <c r="D338" s="5">
-        <v>2.8774056092580436</v>
+        <v>2.8794697271635972</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>574.04208342000004</v>
+        <v>574.04582809999999</v>
       </c>
       <c r="C339" s="5">
-        <v>0.64292255999998815</v>
+        <v>0.6450432000000319</v>
       </c>
       <c r="D339" s="5">
-        <v>1.3538259741615599</v>
+        <v>1.358315279208866</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>575.33528105000005</v>
+        <v>575.34372699999994</v>
       </c>
       <c r="C340" s="5">
-        <v>1.2931976300000088</v>
+        <v>1.2978988999999501</v>
       </c>
       <c r="D340" s="5">
-        <v>2.7370991457635441</v>
+        <v>2.7471554726444358</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>576.82703143000003</v>
+        <v>576.82817539999996</v>
       </c>
       <c r="C341" s="5">
-        <v>1.4917503799999849</v>
+        <v>1.4844484000000193</v>
       </c>
       <c r="D341" s="5">
-        <v>3.1561601549995322</v>
+        <v>3.1404443994260234</v>
       </c>
       <c r="E341" s="5">
-        <v>2.9244406635958065</v>
+        <v>2.9237501201742955</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>577.31598477</v>
+        <v>577.32714710000005</v>
       </c>
       <c r="C342" s="5">
-        <v>0.48895333999996637</v>
+        <v>0.49897170000008373</v>
       </c>
       <c r="D342" s="5">
-        <v>1.0219479973094359</v>
+        <v>1.0429847442735118</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>578.85386706999998</v>
+        <v>578.85836819999997</v>
       </c>
       <c r="C343" s="5">
-        <v>1.5378822999999784</v>
+        <v>1.5312210999999252</v>
       </c>
       <c r="D343" s="5">
-        <v>3.243870710485286</v>
+        <v>3.2295512262960901</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>581.19598044999998</v>
+        <v>581.2039671</v>
       </c>
       <c r="C344" s="5">
-        <v>2.3421133800000007</v>
+        <v>2.3455989000000272</v>
       </c>
       <c r="D344" s="5">
-        <v>4.9648663325056797</v>
+        <v>4.9723809327184787</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>583.00512316000004</v>
+        <v>582.93301299999996</v>
       </c>
       <c r="C345" s="5">
-        <v>1.8091427100000601</v>
+        <v>1.7290458999999601</v>
       </c>
       <c r="D345" s="5">
-        <v>3.7999702412860437</v>
+        <v>3.6289207058897377</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>584.79175939000004</v>
+        <v>584.77503579999996</v>
       </c>
       <c r="C346" s="5">
-        <v>1.7866362299999992</v>
+        <v>1.8420227999999952</v>
       </c>
       <c r="D346" s="5">
-        <v>3.7400554402832409</v>
+        <v>3.8585071028477635</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>587.76287058000003</v>
+        <v>587.77645189999998</v>
       </c>
       <c r="C347" s="5">
-        <v>2.9711111899999878</v>
+        <v>3.0014161000000286</v>
       </c>
       <c r="D347" s="5">
-        <v>6.2700403103710611</v>
+        <v>6.3359963858306223</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>588.38307508000003</v>
+        <v>588.42523219999998</v>
       </c>
       <c r="C348" s="5">
-        <v>0.62020449999999983</v>
+        <v>0.64878029999999853</v>
       </c>
       <c r="D348" s="5">
-        <v>1.2736087092685144</v>
+        <v>1.3326157474666811</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>589.92054851</v>
+        <v>589.91756959999998</v>
       </c>
       <c r="C349" s="5">
-        <v>1.5374734299999773</v>
+        <v>1.4923373999999967</v>
       </c>
       <c r="D349" s="5">
-        <v>3.181117817093182</v>
+        <v>3.0861982708844327</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>591.99960615999998</v>
+        <v>592.00263319999999</v>
       </c>
       <c r="C350" s="5">
-        <v>2.0790576499999815</v>
+        <v>2.0850636000000122</v>
       </c>
       <c r="D350" s="5">
-        <v>4.3121086676844778</v>
+        <v>4.3248308387439316</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>593.42450151000003</v>
+        <v>593.43067480000002</v>
       </c>
       <c r="C351" s="5">
-        <v>1.4248953500000425</v>
+        <v>1.4280416000000287</v>
       </c>
       <c r="D351" s="5">
-        <v>2.9268472637377529</v>
+        <v>2.9333806933039996</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>594.01952208</v>
+        <v>594.03332139999998</v>
       </c>
       <c r="C352" s="5">
-        <v>0.59502056999997421</v>
+        <v>0.60264659999995729</v>
       </c>
       <c r="D352" s="5">
-        <v>1.2098852862022946</v>
+        <v>1.2254655727630626</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>595.08074095999996</v>
+        <v>595.07638499999996</v>
       </c>
       <c r="C353" s="5">
-        <v>1.0612188799999558</v>
+        <v>1.0430635999999822</v>
       </c>
       <c r="D353" s="5">
-        <v>2.1649965756779022</v>
+        <v>2.1275496055268572</v>
       </c>
       <c r="E353" s="5">
-        <v>3.1645031413918945</v>
+        <v>3.1635433874820373</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>596.08116094000002</v>
+        <v>596.09901090000005</v>
       </c>
       <c r="C354" s="5">
-        <v>1.0004199800000606</v>
+        <v>1.0226259000000937</v>
       </c>
       <c r="D354" s="5">
-        <v>2.0361382621152169</v>
+        <v>2.0817770420694437</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>597.47751768000001</v>
+        <v>597.47688700000003</v>
       </c>
       <c r="C355" s="5">
-        <v>1.3963567399999874</v>
+        <v>1.3778760999999804</v>
       </c>
       <c r="D355" s="5">
-        <v>2.8475761502344987</v>
+        <v>2.8093231742851055</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>597.55043422999995</v>
+        <v>597.57231009999998</v>
       </c>
       <c r="C356" s="5">
-        <v>7.2916549999945346E-2</v>
+        <v>9.5423099999948136E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>0.14654713069697234</v>
+        <v>0.19182057127944407</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>597.19061605000002</v>
+        <v>597.07251099999996</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.35981817999993382</v>
+        <v>-0.49979910000001837</v>
       </c>
       <c r="D357" s="5">
-        <v>-0.720198094183222</v>
+        <v>-0.99905506592791182</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>599.11063919000003</v>
+        <v>599.07957869999996</v>
       </c>
       <c r="C358" s="5">
-        <v>1.9200231400000121</v>
+        <v>2.0070676999999932</v>
       </c>
       <c r="D358" s="5">
-        <v>3.9270706154362234</v>
+        <v>4.109237533081278</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>600.15444463999995</v>
+        <v>600.18313350000005</v>
       </c>
       <c r="C359" s="5">
-        <v>1.0438054499999225</v>
+        <v>1.1035548000000972</v>
       </c>
       <c r="D359" s="5">
-        <v>2.1108607591326933</v>
+        <v>2.233034273785961</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>601.83368109000003</v>
+        <v>601.90767889999995</v>
       </c>
       <c r="C360" s="5">
-        <v>1.6792364500000758</v>
+        <v>1.7245453999998972</v>
       </c>
       <c r="D360" s="5">
-        <v>3.4097639585471295</v>
+        <v>3.503054786808768</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>601.93091910999999</v>
+        <v>601.92456749999997</v>
       </c>
       <c r="C361" s="5">
-        <v>9.7238019999963399E-2</v>
+        <v>1.6888600000015686E-2</v>
       </c>
       <c r="D361" s="5">
-        <v>0.19405588985654809</v>
+        <v>3.3675343465700003E-2</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>601.90552394999997</v>
+        <v>601.91109100000006</v>
       </c>
       <c r="C362" s="5">
-        <v>-2.5395160000016404E-2</v>
+        <v>-1.3476499999910629E-2</v>
       </c>
       <c r="D362" s="5">
-        <v>-5.0615644965645856E-2</v>
+        <v>-2.6863513524144622E-2</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>602.58351878999997</v>
+        <v>602.59280769999998</v>
       </c>
       <c r="C363" s="5">
-        <v>0.67799483999999666</v>
+        <v>0.68171669999992446</v>
       </c>
       <c r="D363" s="5">
-        <v>1.3601025212763629</v>
+        <v>1.3676026625016657</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>603.53695230000005</v>
+        <v>603.55548610000005</v>
       </c>
       <c r="C364" s="5">
-        <v>0.9534335100000817</v>
+        <v>0.96267840000007254</v>
       </c>
       <c r="D364" s="5">
-        <v>1.9153020189755621</v>
+        <v>1.9340070046205415</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>603.38669315000004</v>
+        <v>603.37734360000002</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.15025915000001078</v>
+        <v>-0.1781425000000354</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.29834840041189636</v>
+        <v>-0.35361175611201556</v>
       </c>
       <c r="E365" s="5">
-        <v>1.3957689466812084</v>
+        <v>1.3949400126170408</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>604.39821212000004</v>
+        <v>604.42441540000004</v>
       </c>
       <c r="C366" s="5">
-        <v>1.0115189699999974</v>
+        <v>1.0470718000000261</v>
       </c>
       <c r="D366" s="5">
-        <v>2.0303352049652501</v>
+        <v>2.1024128001837061</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>604.14290804999996</v>
+        <v>604.13434440000003</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.25530407000007926</v>
+        <v>-0.29007100000001174</v>
       </c>
       <c r="D367" s="5">
-        <v>-0.50571645438793889</v>
+        <v>-0.57437767469848966</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>602.92454222000003</v>
+        <v>602.94963429999996</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.2183658299999252</v>
+        <v>-1.1847101000000748</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.3933590894897772</v>
+        <v>-2.3279898876714111</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>574.92037931000004</v>
+        <v>574.76308710000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-28.004162909999991</v>
+        <v>-28.18654719999995</v>
       </c>
       <c r="D369" s="5">
-        <v>-43.488492390443682</v>
+        <v>-43.701867104440808</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>573.05760688999999</v>
+        <v>573.01495069999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-1.8627724200000557</v>
+        <v>-1.7481364000000212</v>
       </c>
       <c r="D370" s="5">
-        <v>-3.8195198912538864</v>
+        <v>-3.5893488472737878</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>571.52535791000003</v>
+        <v>571.5674808</v>
       </c>
       <c r="C371" s="5">
-        <v>-1.532248979999963</v>
+        <v>-1.4474698999999873</v>
       </c>
       <c r="D371" s="5">
-        <v>-3.1618086128582079</v>
+        <v>-2.9895096408363742</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>569.82046164999997</v>
+        <v>569.91647869999997</v>
       </c>
       <c r="C372" s="5">
-        <v>-1.704896260000055</v>
+        <v>-1.6510021000000279</v>
       </c>
       <c r="D372" s="5">
-        <v>-3.5215247329977495</v>
+        <v>-3.4117199736023895</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>570.26659488999996</v>
+        <v>570.26923650000003</v>
       </c>
       <c r="C373" s="5">
-        <v>0.44613323999999466</v>
+        <v>0.35275780000006307</v>
       </c>
       <c r="D373" s="5">
-        <v>0.94358011275981202</v>
+        <v>0.74529062806525381</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>569.86439459999997</v>
+        <v>569.87929780000002</v>
       </c>
       <c r="C374" s="5">
-        <v>-0.40220028999999613</v>
+        <v>-0.38993870000001607</v>
       </c>
       <c r="D374" s="5">
-        <v>-0.84306630116112169</v>
+        <v>-0.81745716217507258</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>571.79888260999996</v>
+        <v>571.81214729999999</v>
       </c>
       <c r="C375" s="5">
-        <v>1.9344880099999955</v>
+        <v>1.9328494999999748</v>
       </c>
       <c r="D375" s="5">
-        <v>4.1504985877314216</v>
+        <v>4.1468068016664361</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>572.87916856000004</v>
+        <v>572.898686</v>
       </c>
       <c r="C376" s="5">
-        <v>1.080285950000075</v>
+        <v>1.0865387000000055</v>
       </c>
       <c r="D376" s="5">
-        <v>2.2908380857905586</v>
+        <v>2.3041824468384986</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>575.77920379</v>
+        <v>575.77368449999994</v>
       </c>
       <c r="C377" s="5">
-        <v>2.9000352299999577</v>
+        <v>2.8749984999999469</v>
       </c>
       <c r="D377" s="5">
-        <v>6.2466713737927115</v>
+        <v>6.1910284924300285</v>
       </c>
       <c r="E377" s="5">
-        <v>-4.5754223076870044</v>
+        <v>-4.5748584020913308</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>576.10254627999996</v>
+        <v>576.1306495</v>
       </c>
       <c r="C378" s="5">
-        <v>0.32334248999995907</v>
+        <v>0.35696500000005926</v>
       </c>
       <c r="D378" s="5">
-        <v>0.67597381768698117</v>
+        <v>0.74651147666697781</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>576.15960594000001</v>
+        <v>576.14292339999997</v>
       </c>
       <c r="C379" s="5">
-        <v>5.7059660000049917E-2</v>
+        <v>1.2273899999968307E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>0.11891789789097995</v>
+        <v>2.5567822031380416E-2</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>580.58867617999999</v>
+        <v>580.59387170000002</v>
       </c>
       <c r="C380" s="5">
-        <v>4.4290702399999873</v>
+        <v>4.45094830000005</v>
       </c>
       <c r="D380" s="5">
-        <v>9.6248593273746241</v>
+        <v>9.6747330664518572</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>583.96587975</v>
+        <v>583.75769170000001</v>
       </c>
       <c r="C381" s="5">
-        <v>3.377203570000006</v>
+        <v>3.163819999999987</v>
       </c>
       <c r="D381" s="5">
-        <v>7.2079370381025409</v>
+        <v>6.7387277865111228</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>586.74351282999999</v>
+        <v>586.67808730000002</v>
       </c>
       <c r="C382" s="5">
-        <v>2.7776330799999869</v>
+        <v>2.9203956000000062</v>
       </c>
       <c r="D382" s="5">
-        <v>5.8595119760264769</v>
+        <v>6.1712712711630591</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>589.64413736999995</v>
+        <v>589.69846600000005</v>
       </c>
       <c r="C383" s="5">
-        <v>2.9006245399999671</v>
+        <v>3.0203787000000375</v>
       </c>
       <c r="D383" s="5">
-        <v>6.0963048904536965</v>
+        <v>6.3558952020942083</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>596.68678555999998</v>
+        <v>596.8247063</v>
       </c>
       <c r="C384" s="5">
-        <v>7.0426481900000226</v>
+        <v>7.1262402999999495</v>
       </c>
       <c r="D384" s="5">
-        <v>15.312721122398143</v>
+        <v>15.505200819112485</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>598.85723021000001</v>
+        <v>598.89934149999999</v>
       </c>
       <c r="C385" s="5">
-        <v>2.1704446500000358</v>
+        <v>2.0746351999999888</v>
       </c>
       <c r="D385" s="5">
-        <v>4.4533874474955271</v>
+        <v>4.2520277339552548</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>598.61943599999995</v>
+        <v>598.65691760000004</v>
       </c>
       <c r="C386" s="5">
-        <v>-0.23779421000006096</v>
+        <v>-0.24242389999994884</v>
       </c>
       <c r="D386" s="5">
-        <v>-0.47545669963521275</v>
+        <v>-0.48465891020276208</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>605.87144424999997</v>
+        <v>605.89251579999996</v>
       </c>
       <c r="C387" s="5">
-        <v>7.2520082500000171</v>
+        <v>7.235598199999913</v>
       </c>
       <c r="D387" s="5">
-        <v>15.546300818083081</v>
+        <v>15.507715072655582</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>609.88626247000002</v>
+        <v>609.90216480000004</v>
       </c>
       <c r="C388" s="5">
-        <v>4.014818220000052</v>
+        <v>4.0096490000000813</v>
       </c>
       <c r="D388" s="5">
-        <v>8.2481308121336241</v>
+        <v>8.2368245918454051</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>613.16244387999996</v>
+        <v>613.1752219</v>
       </c>
       <c r="C389" s="5">
-        <v>3.2761814099999356</v>
+        <v>3.27305709999996</v>
       </c>
       <c r="D389" s="5">
-        <v>6.6400512271364454</v>
+        <v>6.6333528243524897</v>
       </c>
       <c r="E389" s="5">
-        <v>6.4926346495200127</v>
+        <v>6.4958747519834104</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>615.64418928999999</v>
+        <v>615.62554160000002</v>
       </c>
       <c r="C390" s="5">
-        <v>2.4817454100000305</v>
+        <v>2.4503197000000227</v>
       </c>
       <c r="D390" s="5">
-        <v>4.9665344969069825</v>
+        <v>4.9021516179469815</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>620.12223936999999</v>
+        <v>620.14442050000002</v>
       </c>
       <c r="C391" s="5">
-        <v>4.4780500800000027</v>
+        <v>4.5188789000000043</v>
       </c>
       <c r="D391" s="5">
-        <v>9.0863128863719833</v>
+        <v>9.1728201110989218</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>623.00296237999999</v>
+        <v>623.00702120000005</v>
       </c>
       <c r="C392" s="5">
-        <v>2.880723009999997</v>
+        <v>2.86260070000003</v>
       </c>
       <c r="D392" s="5">
-        <v>5.7191495174330642</v>
+        <v>5.6820442747330224</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>629.03662029999998</v>
+        <v>628.65903539999999</v>
       </c>
       <c r="C393" s="5">
-        <v>6.033657919999996</v>
+        <v>5.6520141999999396</v>
       </c>
       <c r="D393" s="5">
-        <v>12.261233678378325</v>
+        <v>11.446555059433861</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>633.32379638999998</v>
+        <v>633.15162840000005</v>
       </c>
       <c r="C394" s="5">
-        <v>4.2871760900000027</v>
+        <v>4.4925930000000562</v>
       </c>
       <c r="D394" s="5">
-        <v>8.4922024896496815</v>
+        <v>8.9207933826149777</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>632.77289693</v>
+        <v>632.92119990000003</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.55089945999998235</v>
+        <v>-0.23042850000001636</v>
       </c>
       <c r="D395" s="5">
-        <v>-1.0388458054063521</v>
+        <v>-0.43585354603380422</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>641.92628682999998</v>
+        <v>642.16986069999996</v>
       </c>
       <c r="C396" s="5">
-        <v>9.1533898999999792</v>
+        <v>9.2486607999999251</v>
       </c>
       <c r="D396" s="5">
-        <v>18.808495240631373</v>
+        <v>19.015441440456947</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>643.61318014999995</v>
+        <v>643.72677769999996</v>
       </c>
       <c r="C397" s="5">
-        <v>1.6868933199999674</v>
+        <v>1.5569169999999986</v>
       </c>
       <c r="D397" s="5">
-        <v>3.1994126310782356</v>
+        <v>2.9484656488897754</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>645.97698800000001</v>
+        <v>646.05287899999996</v>
       </c>
       <c r="C398" s="5">
-        <v>2.3638078500000574</v>
+        <v>2.3261013000000048</v>
       </c>
       <c r="D398" s="5">
-        <v>4.4973834020562764</v>
+        <v>4.4234147385067368</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>648.57795143999999</v>
+        <v>648.60505909999995</v>
       </c>
       <c r="C399" s="5">
-        <v>2.6009634399999868</v>
+        <v>2.5521800999999869</v>
       </c>
       <c r="D399" s="5">
-        <v>4.9401309688355877</v>
+        <v>4.8448705999832642</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>650.15013083999997</v>
+        <v>650.13692200000003</v>
       </c>
       <c r="C400" s="5">
-        <v>1.5721793999999818</v>
+        <v>1.5318629000000783</v>
       </c>
       <c r="D400" s="5">
-        <v>2.9479454311055919</v>
+        <v>2.8712430480362094</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>651.19301400999996</v>
+        <v>651.19988909999995</v>
       </c>
       <c r="C401" s="5">
-        <v>1.0428831699999819</v>
+        <v>1.0629670999999234</v>
       </c>
       <c r="D401" s="5">
-        <v>1.9419512795424199</v>
+        <v>1.9797270779057685</v>
       </c>
       <c r="E401" s="5">
-        <v>6.2023645625371771</v>
+        <v>6.2012726284300657</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>654.28358370000001</v>
+        <v>654.20335850000004</v>
       </c>
       <c r="C402" s="5">
-        <v>3.0905696900000521</v>
+        <v>3.0034694000000854</v>
       </c>
       <c r="D402" s="5">
-        <v>5.8462537833033235</v>
+        <v>5.6772290256775104</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>654.23718310000004</v>
+        <v>654.30767709999998</v>
       </c>
       <c r="C403" s="5">
-        <v>-4.6400599999969927E-2</v>
+        <v>0.10431859999994231</v>
       </c>
       <c r="D403" s="5">
-        <v>-8.5068628123952106E-2</v>
+        <v>0.1915186840546923</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>655.24727844999995</v>
+        <v>655.23968030000003</v>
       </c>
       <c r="C404" s="5">
-        <v>1.010095349999915</v>
+        <v>0.93200320000005377</v>
       </c>
       <c r="D404" s="5">
-        <v>1.8685278142817507</v>
+        <v>1.7227483081382999</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>655.09845622</v>
+        <v>654.55841799999996</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.14882222999995065</v>
+        <v>-0.68126230000007126</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.27220831530684331</v>
+        <v>-1.2405476149324079</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>655.59003241999994</v>
+        <v>655.30287999999996</v>
       </c>
       <c r="C406" s="5">
-        <v>0.4915761999999404</v>
+        <v>0.74446199999999862</v>
       </c>
       <c r="D406" s="5">
-        <v>0.90418789142099332</v>
+        <v>1.3733899483000744</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>656.77288432</v>
+        <v>657.05660290000003</v>
       </c>
       <c r="C407" s="5">
-        <v>1.1828519000000597</v>
+        <v>1.7537229000000707</v>
       </c>
       <c r="D407" s="5">
-        <v>2.1867215318425393</v>
+        <v>3.2591362449962746</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>655.61451779000004</v>
+        <v>655.95995440000002</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.1583665299999666</v>
+        <v>-1.0966485000000148</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.0960590298999993</v>
+        <v>-1.984554902506297</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>654.77753899000004</v>
+        <v>654.96701870000004</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.83697879999999714</v>
+        <v>-0.99293569999997544</v>
       </c>
       <c r="D409" s="5">
-        <v>-1.5212480237867698</v>
+        <v>-1.8014099479719214</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>654.93771925999999</v>
+        <v>655.04505210000002</v>
       </c>
       <c r="C410" s="5">
-        <v>0.16018026999995527</v>
+        <v>7.8033399999981157E-2</v>
       </c>
       <c r="D410" s="5">
-        <v>0.29395504148965745</v>
+        <v>0.14306287451064659</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>653.24705740000002</v>
+        <v>653.27091810000002</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.6906618599999774</v>
+        <v>-1.7741340000000037</v>
       </c>
       <c r="D411" s="5">
-        <v>-3.0540863413691</v>
+        <v>-3.2021183333776126</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>652.61336959000005</v>
+        <v>652.55615560000001</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.63368780999996943</v>
+        <v>-0.71476250000000618</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.1578794575977325</v>
+        <v>-1.3050822804899775</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>653.60200617999999</v>
+        <v>653.59384910000006</v>
       </c>
       <c r="C413" s="5">
-        <v>0.98863658999994186</v>
+        <v>1.0376935000000458</v>
       </c>
       <c r="D413" s="5">
-        <v>1.8330893892864575</v>
+        <v>1.9250160113165604</v>
       </c>
       <c r="E413" s="5">
-        <v>0.36993519865418101</v>
+        <v>0.36762291272940395</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>653.28371836999997</v>
+        <v>653.1265717</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.31828781000001527</v>
+        <v>-0.46727740000005724</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.58280733392900297</v>
+        <v>-0.85455706767428863</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>653.84361591000004</v>
+        <v>653.97318910000001</v>
       </c>
       <c r="C415" s="5">
-        <v>0.55989754000006542</v>
+        <v>0.84661740000001373</v>
       </c>
       <c r="D415" s="5">
-        <v>1.0333231575827551</v>
+        <v>1.5666416789219317</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>654.15145298000004</v>
+        <v>654.13873450000006</v>
       </c>
       <c r="C416" s="5">
-        <v>0.30783707000000504</v>
+        <v>0.16554540000004181</v>
       </c>
       <c r="D416" s="5">
-        <v>0.5664390337974945</v>
+        <v>0.30418875758577713</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>653.22824479999997</v>
+        <v>652.56596879999995</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.92320818000007421</v>
+        <v>-1.5727657000001045</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.6804836269313173</v>
+        <v>-2.8473473964941709</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>654.03745961000004</v>
+        <v>653.63566700000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.80921481000007134</v>
+        <v>1.0696982000000617</v>
       </c>
       <c r="D418" s="5">
-        <v>1.4967223873872948</v>
+        <v>1.9848938905978386</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>654.68540514999995</v>
+        <v>655.11886879999997</v>
       </c>
       <c r="C419" s="5">
-        <v>0.64794553999990967</v>
+        <v>1.4832017999999607</v>
       </c>
       <c r="D419" s="5">
-        <v>1.1953218682374089</v>
+        <v>2.7572303705704959</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>656.39519832999997</v>
+        <v>656.834022</v>
       </c>
       <c r="C420" s="5">
-        <v>1.7097931800000197</v>
+        <v>1.7151532000000316</v>
       </c>
       <c r="D420" s="5">
-        <v>3.1793608272421503</v>
+        <v>3.1873310240237318</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>656.81299854999997</v>
+        <v>657.06010779999997</v>
       </c>
       <c r="C421" s="5">
-        <v>0.41780022000000372</v>
+        <v>0.22608579999996437</v>
       </c>
       <c r="D421" s="5">
-        <v>0.76648816308608758</v>
+        <v>0.4138292967438284</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>657.24886055000002</v>
+        <v>657.37718199999995</v>
       </c>
       <c r="C422" s="5">
-        <v>0.43586200000004283</v>
+        <v>0.3170741999999791</v>
       </c>
       <c r="D422" s="5">
-        <v>0.79923449292400583</v>
+        <v>0.58061739013601787</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>657.06169283999998</v>
+        <v>657.0765083</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.18716771000003973</v>
+        <v>-0.30067369999994753</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.34119466048003755</v>
+        <v>-0.54748199135544739</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>657.13558422999995</v>
+        <v>657.03028719999998</v>
       </c>
       <c r="C424" s="5">
-        <v>7.389138999997158E-2</v>
+        <v>-4.6221100000025217E-2</v>
       </c>
       <c r="D424" s="5">
-        <v>0.13503227028452969</v>
+        <v>-8.437961999332444E-2</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>656.90385199000002</v>
+        <v>656.85620800000004</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.23173223999992842</v>
+        <v>-0.17407919999993737</v>
       </c>
       <c r="D425" s="5">
-        <v>-0.42234812583215042</v>
+        <v>-0.31747532400285827</v>
       </c>
       <c r="E425" s="5">
-        <v>0.50517681689776772</v>
+        <v>0.49914161592741202</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>654.73759815000005</v>
+        <v>651.95899399999996</v>
       </c>
       <c r="C426" s="5">
-        <v>-2.1662538399999676</v>
+        <v>-4.8972140000000763</v>
       </c>
       <c r="D426" s="5">
-        <v>-3.8862175965553192</v>
+        <v>-8.5887462502222789</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>654.74517700000001</v>
+        <v>652.46685539999999</v>
       </c>
       <c r="C427" s="5">
-        <v>7.5788499999589476E-3</v>
+        <v>0.50786140000002433</v>
       </c>
       <c r="D427" s="5">
-        <v>1.3891365112295162E-2</v>
+        <v>0.93878836030176771</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>655.01092947999996</v>
+        <v>652.61290469999994</v>
       </c>
       <c r="C428" s="5">
-        <v>0.26575247999994644</v>
+        <v>0.14604929999995875</v>
       </c>
       <c r="D428" s="5">
-        <v>0.48815304524252312</v>
+        <v>0.26894099881269451</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>656.02520841</v>
+        <v>654.72926719999998</v>
       </c>
       <c r="C429" s="5">
-        <v>1.0142789300000459</v>
+        <v>2.1163625000000366</v>
       </c>
       <c r="D429" s="5">
-        <v>1.8740975592866471</v>
+        <v>3.9616518595029238</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>656.87096406000001</v>
+        <v>654.31660490000002</v>
       </c>
       <c r="C430" s="5">
-        <v>0.84575565000000097</v>
+        <v>-0.4126622999999654</v>
       </c>
       <c r="D430" s="5">
-        <v>1.5580714703208542</v>
+        <v>-0.75371878969463513</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>655.91275798000004</v>
+        <v>651.97913340000002</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.9582060799999681</v>
+        <v>-2.3374714999999924</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.7365156074937049</v>
+        <v>-4.2036293985118878</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>654.22544116999995</v>
+        <v>650.20310429999995</v>
       </c>
       <c r="C432" s="5">
-        <v>-1.6873168100000839</v>
+        <v>-1.7760291000000734</v>
       </c>
       <c r="D432" s="5">
-        <v>-3.0436618190724851</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.2203365685327889</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>655.19606001</v>
+        <v>651.16775559999996</v>
       </c>
       <c r="C433" s="5">
-        <v>0.97061884000004284</v>
+        <v>0.96465130000001409</v>
       </c>
       <c r="D433" s="5">
-        <v>1.7949377348067452</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.7949378479472644</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>654.58347837999997</v>
+        <v>650.55894020000005</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.61258163000002241</v>
+        <v>-0.60881539999991219</v>
       </c>
       <c r="D434" s="5">
-        <v>-1.1161996844162192</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-1.116199813098917</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>651.85455420000005</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.2956140000000005</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.4161993994011643</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>653.2203634</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.3658091999999442</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.5434984172426844</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>656.32970339999997</v>
+      </c>
+      <c r="C437" s="5">
+        <v>3.1093399999999747</v>
+      </c>
+      <c r="D437" s="5">
+        <v>5.863959897243709</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-8.0155229346645651E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>