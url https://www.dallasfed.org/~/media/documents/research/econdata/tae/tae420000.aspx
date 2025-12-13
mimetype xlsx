--- v0 (2025-11-23)
+++ v1 (2025-12-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{FC913BCE-6023-4167-8B4F-A937B8B044EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1CD32AF4-F2B2-4129-A97F-B2A199827EB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{6A5398E6-1FCA-4766-8A2A-7C47AAABE3A2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CFF01577-9993-402A-BE9C-EA04821147E0}"/>
   </bookViews>
   <sheets>
     <sheet name="AE420000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Retail Trade</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB9342B9-0FD5-42A2-AAAE-D78316839602}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91EAC73B-495F-4D9E-89E7-F92B47F32C77}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>1.8182781999998952</v>
       </c>
       <c r="D431" s="5">
         <v>1.5509280408367854</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1422.9354931</v>
       </c>
       <c r="C432" s="5">
         <v>4.2875584000000799</v>
       </c>
       <c r="D432" s="5">
         <v>3.6876392729014995</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1424.5644032</v>
+        <v>1426.9818892000001</v>
       </c>
       <c r="C433" s="5">
-        <v>1.6289100999999846</v>
+        <v>4.0463961000000381</v>
       </c>
       <c r="D433" s="5">
-        <v>1.3823860841114088</v>
+        <v>3.466316079410392</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>1428.7627628</v>
+      </c>
+      <c r="C434" s="5">
+        <v>1.7808735999999499</v>
+      </c>
+      <c r="D434" s="5">
+        <v>1.5079225820008091</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>