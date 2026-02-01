--- v1 (2025-12-13)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{1CD32AF4-F2B2-4129-A97F-B2A199827EB5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D25DD23A-EA79-40F0-B544-83AF2EB1643F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CFF01577-9993-402A-BE9C-EA04821147E0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{8B328122-D42F-4361-8E56-E3C697D87B86}"/>
   </bookViews>
   <sheets>
     <sheet name="AE420000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Retail Trade</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91EAC73B-495F-4D9E-89E7-F92B47F32C77}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E9568F1-871A-4CE0-8AFC-DDA3C11B70AC}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>897.76125062000006</v>
+        <v>897.76125060000004</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>896.46365356000001</v>
+        <v>896.46365360000004</v>
       </c>
       <c r="C7" s="5">
-        <v>-1.2975970600000437</v>
+        <v>-1.2975969999999961</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.7207220341992513</v>
+        <v>-1.7207219553036168</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>898.24788121999995</v>
+        <v>898.24788120000005</v>
       </c>
       <c r="C8" s="5">
-        <v>1.7842276599999423</v>
+        <v>1.7842276000000084</v>
       </c>
       <c r="D8" s="5">
-        <v>2.4146733678958698</v>
+        <v>2.4146732856957565</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>895.36307351000005</v>
+        <v>895.36307350000004</v>
       </c>
       <c r="C9" s="5">
-        <v>-2.8848077099999045</v>
+        <v>-2.8848077000000103</v>
       </c>
       <c r="D9" s="5">
-        <v>-3.786561966514268</v>
+        <v>-3.7865619537023498</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>897.36040381999999</v>
+        <v>897.36040379999997</v>
       </c>
       <c r="C10" s="5">
-        <v>1.9973303099999384</v>
+        <v>1.9973302999999305</v>
       </c>
       <c r="D10" s="5">
-        <v>2.7099874778178101</v>
+        <v>2.7099874641134836</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>898.56088953999995</v>
+        <v>898.56088950000003</v>
       </c>
       <c r="C11" s="5">
-        <v>1.2004857199999606</v>
+        <v>1.2004857000000584</v>
       </c>
       <c r="D11" s="5">
-        <v>1.6172208017206202</v>
+        <v>1.6172207746156353</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>897.58279994999998</v>
+        <v>897.58280000000002</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.97808958999996776</v>
+        <v>-0.97808950000001005</v>
       </c>
       <c r="D12" s="5">
-        <v>-1.2984164098148954</v>
+        <v>-1.2984162911114927</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>898.23778905999995</v>
+        <v>898.23778909999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.65498910999997406</v>
+        <v>0.65498909999996613</v>
       </c>
       <c r="D13" s="5">
-        <v>0.87919372896512193</v>
+        <v>0.87919371543896396</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>898.43670244999998</v>
+        <v>898.43670250000002</v>
       </c>
       <c r="C14" s="5">
-        <v>0.19891339000002972</v>
+        <v>0.19891340000003765</v>
       </c>
       <c r="D14" s="5">
-        <v>0.26606207116013358</v>
+        <v>0.26606208454040825</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>896.66763999</v>
+        <v>896.66764000000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.7690624599999865</v>
+        <v>-1.7690625000000182</v>
       </c>
       <c r="D15" s="5">
-        <v>-2.337432313092358</v>
+        <v>-2.3374323652440188</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>896.14319321999994</v>
+        <v>896.14319320000004</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.52444677000005413</v>
+        <v>-0.52444679999996424</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.69960769131793832</v>
+        <v>-0.69960773120113506</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>891.94981322000001</v>
+        <v>891.94981319999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-4.1933799999999337</v>
+        <v>-4.1933800000000474</v>
       </c>
       <c r="D17" s="5">
-        <v>-5.4729505916643824</v>
+        <v>-5.4729505917835759</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>893.36487334000003</v>
+        <v>893.3648733</v>
       </c>
       <c r="C18" s="5">
-        <v>1.415060120000021</v>
+        <v>1.4150601000000051</v>
       </c>
       <c r="D18" s="5">
-        <v>1.9204752507478551</v>
+        <v>1.9204752234106559</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>889.53298223000002</v>
+        <v>889.53298219999999</v>
       </c>
       <c r="C19" s="5">
-        <v>-3.831891110000015</v>
+        <v>-3.8318911000000071</v>
       </c>
       <c r="D19" s="5">
-        <v>-5.0274279249698406</v>
+        <v>-5.0274279123777017</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>891.24097547999997</v>
+        <v>891.24097549999999</v>
       </c>
       <c r="C20" s="5">
-        <v>1.7079932499999586</v>
+        <v>1.7079932999999983</v>
       </c>
       <c r="D20" s="5">
-        <v>2.328610524814545</v>
+        <v>2.3286105937835311</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
         <v>883.27862900000002</v>
       </c>
       <c r="C21" s="5">
-        <v>-7.962346479999951</v>
+        <v>-7.9623464999999669</v>
       </c>
       <c r="D21" s="5">
-        <v>-10.209388427628896</v>
+        <v>-10.209388451808332</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>888.54217897000001</v>
+        <v>888.54217900000003</v>
       </c>
       <c r="C22" s="5">
-        <v>5.2635499699999855</v>
+        <v>5.2635500000000093</v>
       </c>
       <c r="D22" s="5">
-        <v>7.3900164876917307</v>
+        <v>7.3900165312016819</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>889.00525174999996</v>
+        <v>889.0052518</v>
       </c>
       <c r="C23" s="5">
-        <v>0.46307277999994767</v>
+        <v>0.46307279999996354</v>
       </c>
       <c r="D23" s="5">
-        <v>0.62718791635432147</v>
+        <v>0.62718794349905238</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>889.57323158999998</v>
+        <v>889.57323159999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.56797984000002089</v>
+        <v>0.56797979999998915</v>
       </c>
       <c r="D24" s="5">
-        <v>0.76937218776371719</v>
+        <v>0.76937213334651311</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>891.77455226999996</v>
+        <v>891.77455229999998</v>
       </c>
       <c r="C25" s="5">
-        <v>2.2013206799999807</v>
+        <v>2.2013206999999966</v>
       </c>
       <c r="D25" s="5">
-        <v>3.0102474047255301</v>
+        <v>3.0102474324140482</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>896.21134136000001</v>
+        <v>896.21134140000004</v>
       </c>
       <c r="C26" s="5">
-        <v>4.4367890900000475</v>
+        <v>4.4367891000000554</v>
       </c>
       <c r="D26" s="5">
-        <v>6.136393068961743</v>
+        <v>6.1363930829610336</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>889.79604959000005</v>
+        <v>889.79604959999995</v>
       </c>
       <c r="C27" s="5">
-        <v>-6.4152917699999534</v>
+        <v>-6.4152918000000909</v>
       </c>
       <c r="D27" s="5">
-        <v>-8.2596371991253026</v>
+        <v>-8.2596372358881958</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>888.82253242000002</v>
+        <v>888.8225324</v>
       </c>
       <c r="C28" s="5">
-        <v>-0.97351717000003646</v>
+        <v>-0.97351719999994657</v>
       </c>
       <c r="D28" s="5">
-        <v>-1.3050366043890982</v>
+        <v>-1.3050366443487893</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>888.52588753999999</v>
+        <v>888.52588749999995</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.29664488000003075</v>
+        <v>-0.29664490000004662</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.39976613344020473</v>
+        <v>-0.3997661603522662</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.38386976814753782</v>
+        <v>-0.38386977039842618</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>889.70940916999996</v>
+        <v>889.70940919999998</v>
       </c>
       <c r="C30" s="5">
-        <v>1.1835216299999729</v>
+        <v>1.1835217000000284</v>
       </c>
       <c r="D30" s="5">
-        <v>1.6101690813244085</v>
+        <v>1.6101691773306337</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>892.84507125000005</v>
+        <v>892.84507129999997</v>
       </c>
       <c r="C31" s="5">
-        <v>3.1356620800000883</v>
+        <v>3.1356620999999905</v>
       </c>
       <c r="D31" s="5">
-        <v>4.3121902801457779</v>
+        <v>4.3121903080369339</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>893.70535354000003</v>
+        <v>893.7053535</v>
       </c>
       <c r="C32" s="5">
-        <v>0.86028228999998646</v>
+        <v>0.86028220000002875</v>
       </c>
       <c r="D32" s="5">
-        <v>1.1623821167905835</v>
+        <v>1.16238199447527</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>898.40982631999998</v>
+        <v>898.40982629999996</v>
       </c>
       <c r="C33" s="5">
-        <v>4.7044727799999464</v>
+        <v>4.7044727999999623</v>
       </c>
       <c r="D33" s="5">
-        <v>6.5029424220506504</v>
+        <v>6.5029424508012523</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>900.18643966000002</v>
+        <v>900.18643970000005</v>
       </c>
       <c r="C34" s="5">
-        <v>1.7766133400000399</v>
+        <v>1.7766134000000875</v>
       </c>
       <c r="D34" s="5">
-        <v>2.3989910225120648</v>
+        <v>2.3989911044683732</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>900.02228984999999</v>
+        <v>900.02228990000003</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.16414981000002626</v>
+        <v>-0.16414980000001833</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.21860175453368713</v>
+        <v>-0.21860174122002585</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>902.87086162000003</v>
+        <v>902.87086160000001</v>
       </c>
       <c r="C36" s="5">
-        <v>2.848571770000035</v>
+        <v>2.8485716999999795</v>
       </c>
       <c r="D36" s="5">
-        <v>3.8648178644761</v>
+        <v>3.864817767625417</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>899.89203667000004</v>
+        <v>899.89203669999995</v>
       </c>
       <c r="C37" s="5">
-        <v>-2.9788249499999893</v>
+        <v>-2.9788249000000633</v>
       </c>
       <c r="D37" s="5">
-        <v>-3.8880791262889347</v>
+        <v>-3.888079062291272</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>902.07633066999995</v>
+        <v>902.07633069999997</v>
       </c>
       <c r="C38" s="5">
-        <v>2.1842939999999089</v>
+        <v>2.1842940000000226</v>
       </c>
       <c r="D38" s="5">
-        <v>2.9519430406499181</v>
+        <v>2.9519430405503089</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>908.39410988999998</v>
+        <v>908.39410989999999</v>
       </c>
       <c r="C39" s="5">
-        <v>6.317779220000034</v>
+        <v>6.3177792000000181</v>
       </c>
       <c r="D39" s="5">
-        <v>8.7357271227805011</v>
+        <v>8.7357270937503237</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>907.77384264</v>
+        <v>907.77384259999997</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.62026724999998351</v>
+        <v>-0.62026730000002317</v>
       </c>
       <c r="D40" s="5">
-        <v>-0.81631062054169368</v>
+        <v>-0.81631068608905011</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>910.84951904000002</v>
+        <v>910.84951899999999</v>
       </c>
       <c r="C41" s="5">
         <v>3.0756764000000203</v>
       </c>
       <c r="D41" s="5">
-        <v>4.1424107042186353</v>
+        <v>4.1424107044044645</v>
       </c>
       <c r="E41" s="5">
-        <v>2.5124345630272993</v>
+        <v>2.5124345631404088</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>911.76470895</v>
+        <v>911.76470900000004</v>
       </c>
       <c r="C42" s="5">
-        <v>0.91518990999998096</v>
+        <v>0.91519000000005235</v>
       </c>
       <c r="D42" s="5">
-        <v>1.2124036714717956</v>
+        <v>1.2124037914130081</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>915.22244917</v>
+        <v>915.22244920000003</v>
       </c>
       <c r="C43" s="5">
-        <v>3.4577402200000051</v>
+        <v>3.4577401999999893</v>
       </c>
       <c r="D43" s="5">
-        <v>4.6469636672084036</v>
+        <v>4.646963639506585</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>912.39057738999998</v>
+        <v>912.39057739999998</v>
       </c>
       <c r="C44" s="5">
-        <v>-2.8318717800000286</v>
+        <v>-2.8318718000000445</v>
       </c>
       <c r="D44" s="5">
-        <v>-3.6504862625230117</v>
+        <v>-3.6504862877497546</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>917.87779346000002</v>
+        <v>917.87779350000005</v>
       </c>
       <c r="C45" s="5">
-        <v>5.487216070000045</v>
+        <v>5.4872161000000688</v>
       </c>
       <c r="D45" s="5">
-        <v>7.4605000938428923</v>
+        <v>7.4605001359052459</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>916.98325565000005</v>
+        <v>916.98325569999997</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.89453780999997434</v>
+        <v>-0.8945378000000801</v>
       </c>
       <c r="D46" s="5">
-        <v>-1.1632378598556814</v>
+        <v>-1.1632378468711235</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>916.88680445</v>
+        <v>916.88680450000004</v>
       </c>
       <c r="C47" s="5">
-        <v>-9.6451200000046811E-2</v>
+        <v>-9.6451199999933124E-2</v>
       </c>
       <c r="D47" s="5">
-        <v>-0.12614680309381843</v>
+        <v>-0.12614680308676851</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>927.23140384999999</v>
+        <v>927.23140390000003</v>
       </c>
       <c r="C48" s="5">
         <v>10.344599399999993</v>
       </c>
       <c r="D48" s="5">
-        <v>14.411298412066852</v>
+        <v>14.411298411231543</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>927.11674926000001</v>
+        <v>927.11674930000004</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.11465458999998646</v>
+        <v>-0.11465459999999439</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.14828226863419225</v>
+        <v>-0.14828228155039369</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>926.45170836</v>
+        <v>926.45170840000003</v>
       </c>
       <c r="C50" s="5">
         <v>-0.66504090000000815</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.8573980338007936</v>
+        <v>-0.8573980337639231</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>926.89314911999998</v>
+        <v>926.89314909999996</v>
       </c>
       <c r="C51" s="5">
-        <v>0.44144075999997767</v>
+        <v>0.44144069999993008</v>
       </c>
       <c r="D51" s="5">
-        <v>0.57328337695119469</v>
+        <v>0.57328329880199647</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>928.77149241999996</v>
+        <v>928.77149240000006</v>
       </c>
       <c r="C52" s="5">
-        <v>1.8783432999999832</v>
+        <v>1.8783433000000969</v>
       </c>
       <c r="D52" s="5">
-        <v>2.4590806599127824</v>
+        <v>2.4590806599667392</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>932.76095115999999</v>
+        <v>932.76095120000002</v>
       </c>
       <c r="C53" s="5">
-        <v>3.9894587400000319</v>
+        <v>3.9894587999999658</v>
       </c>
       <c r="D53" s="5">
-        <v>5.2780320739481912</v>
+        <v>5.27803215532896</v>
       </c>
       <c r="E53" s="5">
-        <v>2.4056039622322833</v>
+        <v>2.4056039711209509</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>936.23852830999999</v>
+        <v>936.23852829999998</v>
       </c>
       <c r="C54" s="5">
-        <v>3.4775771500000019</v>
+        <v>3.4775770999999622</v>
       </c>
       <c r="D54" s="5">
-        <v>4.5668036268041501</v>
+        <v>4.566803559591448</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>938.77238648000002</v>
+        <v>938.77238650000004</v>
       </c>
       <c r="C55" s="5">
-        <v>2.5338581700000304</v>
+        <v>2.5338582000000542</v>
       </c>
       <c r="D55" s="5">
-        <v>3.2964904815029783</v>
+        <v>3.2964905211506412</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>942.60817063000002</v>
+        <v>942.60817059999999</v>
       </c>
       <c r="C56" s="5">
-        <v>3.835784149999995</v>
+        <v>3.8357840999999553</v>
       </c>
       <c r="D56" s="5">
-        <v>5.0148510470717111</v>
+        <v>5.0148509801170249</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>946.20235951999996</v>
+        <v>946.20235949999994</v>
       </c>
       <c r="C57" s="5">
-        <v>3.5941888899999412</v>
+        <v>3.5941888999999492</v>
       </c>
       <c r="D57" s="5">
-        <v>4.6728191128386332</v>
+        <v>4.6728191262652041</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>949.18871402000002</v>
+        <v>949.188714</v>
       </c>
       <c r="C58" s="5">
         <v>2.9863545000000613</v>
       </c>
       <c r="D58" s="5">
-        <v>3.8538183409146276</v>
+        <v>3.8538183409973836</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>950.51027566000005</v>
+        <v>950.51027569999997</v>
       </c>
       <c r="C59" s="5">
-        <v>1.3215616400000272</v>
+        <v>1.3215616999999611</v>
       </c>
       <c r="D59" s="5">
-        <v>1.6836216099103352</v>
+        <v>1.6836216869701603</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>950.80335547000004</v>
+        <v>950.80335549999995</v>
       </c>
       <c r="C60" s="5">
-        <v>0.29307980999999472</v>
+        <v>0.29307979999998679</v>
       </c>
       <c r="D60" s="5">
-        <v>0.37063546148758952</v>
+        <v>0.37063544880409083</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>955.39247642999999</v>
+        <v>955.39247639999996</v>
       </c>
       <c r="C61" s="5">
-        <v>4.5891209599999456</v>
+        <v>4.5891209000000117</v>
       </c>
       <c r="D61" s="5">
-        <v>5.9481395308846663</v>
+        <v>5.9481394508477559</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>962.17705954999997</v>
+        <v>962.17705960000001</v>
       </c>
       <c r="C62" s="5">
-        <v>6.7845831199999793</v>
+        <v>6.7845832000000428</v>
       </c>
       <c r="D62" s="5">
-        <v>8.8624675688378396</v>
+        <v>8.8624676777431901</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
         <v>965.74848510000004</v>
       </c>
       <c r="C63" s="5">
-        <v>3.5714255500000718</v>
+        <v>3.5714255000000321</v>
       </c>
       <c r="D63" s="5">
-        <v>4.5462474914039985</v>
+        <v>4.5462474262102814</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>967.67338267000002</v>
+        <v>967.67338270000005</v>
       </c>
       <c r="C64" s="5">
-        <v>1.9248975699999846</v>
+        <v>1.9248976000000084</v>
       </c>
       <c r="D64" s="5">
-        <v>2.4181947430753636</v>
+        <v>2.4181947811777071</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>970.71905848999995</v>
+        <v>970.71905849999996</v>
       </c>
       <c r="C65" s="5">
-        <v>3.0456758199999285</v>
+        <v>3.0456757999999127</v>
       </c>
       <c r="D65" s="5">
-        <v>3.8429777106672836</v>
+        <v>3.8429776848721175</v>
       </c>
       <c r="E65" s="5">
-        <v>4.0694357201375597</v>
+        <v>4.0694357167468054</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>971.98812419000001</v>
+        <v>971.98812420000002</v>
       </c>
       <c r="C66" s="5">
         <v>1.2690657000000556</v>
       </c>
       <c r="D66" s="5">
-        <v>1.5801449437230941</v>
+        <v>1.5801449437065962</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>973.17503051000006</v>
+        <v>973.17503050000005</v>
       </c>
       <c r="C67" s="5">
-        <v>1.1869063200000483</v>
+        <v>1.1869063000000324</v>
       </c>
       <c r="D67" s="5">
-        <v>1.4752158711402119</v>
+        <v>1.4752158460996645</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>972.28451921999999</v>
+        <v>972.28451919999998</v>
       </c>
       <c r="C68" s="5">
-        <v>-0.89051129000006313</v>
+        <v>-0.89051130000007106</v>
       </c>
       <c r="D68" s="5">
-        <v>-1.0925596614981936</v>
+        <v>-1.09255967371652</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>970.10701366000001</v>
+        <v>970.10701370000004</v>
       </c>
       <c r="C69" s="5">
-        <v>-2.177505559999986</v>
+        <v>-2.1775054999999384</v>
       </c>
       <c r="D69" s="5">
-        <v>-2.6546340464643658</v>
+        <v>-2.6546339742698266</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>970.32845858999997</v>
+        <v>970.32845859999998</v>
       </c>
       <c r="C70" s="5">
-        <v>0.22144492999996146</v>
+        <v>0.22144489999993766</v>
       </c>
       <c r="D70" s="5">
-        <v>0.27426643563575048</v>
+        <v>0.27426639842171863</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>974.60798537999995</v>
+        <v>974.60798539999996</v>
       </c>
       <c r="C71" s="5">
-        <v>4.2795267899999772</v>
+        <v>4.2795267999999851</v>
       </c>
       <c r="D71" s="5">
-        <v>5.4227541984203764</v>
+        <v>5.4227542113436167</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>977.06802829000003</v>
+        <v>977.06802830000004</v>
       </c>
       <c r="C72" s="5">
-        <v>2.4600429100000838</v>
+        <v>2.4600429000000759</v>
       </c>
       <c r="D72" s="5">
-        <v>3.0713691100501261</v>
+        <v>3.0713690973275254</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>981.35161571000003</v>
+        <v>981.35161570000002</v>
       </c>
       <c r="C73" s="5">
-        <v>4.2835874200000035</v>
+        <v>4.2835873999999876</v>
       </c>
       <c r="D73" s="5">
-        <v>5.389676671996102</v>
+        <v>5.3896766461654533</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>985.51470846999996</v>
+        <v>985.51470849999998</v>
       </c>
       <c r="C74" s="5">
-        <v>4.1630927599999268</v>
+        <v>4.1630927999999585</v>
       </c>
       <c r="D74" s="5">
-        <v>5.2111147855348428</v>
+        <v>5.2111148368331195</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
         <v>986.21344190000002</v>
       </c>
       <c r="C75" s="5">
-        <v>0.69873343000006116</v>
+        <v>0.69873340000003736</v>
       </c>
       <c r="D75" s="5">
-        <v>0.85412984510813139</v>
+        <v>0.85412980826700124</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>989.66002617000004</v>
+        <v>989.66002619999995</v>
       </c>
       <c r="C76" s="5">
-        <v>3.4465842700000167</v>
+        <v>3.4465842999999268</v>
       </c>
       <c r="D76" s="5">
-        <v>4.2752728370397675</v>
+        <v>4.2752728749708924</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>989.53834613000004</v>
+        <v>989.53834610000001</v>
       </c>
       <c r="C77" s="5">
-        <v>-0.1216800400000011</v>
+        <v>-0.12168009999993501</v>
       </c>
       <c r="D77" s="5">
-        <v>-0.1474418929821808</v>
+        <v>-0.1474419656315229</v>
       </c>
       <c r="E77" s="5">
-        <v>1.9386955963627939</v>
+        <v>1.9386955922221727</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>992.00244278000002</v>
+        <v>992.00244280000004</v>
       </c>
       <c r="C78" s="5">
-        <v>2.4640966499999877</v>
+        <v>2.4640967000000273</v>
       </c>
       <c r="D78" s="5">
-        <v>3.0294443841712315</v>
+        <v>3.0294444465804871</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>989.84872931999996</v>
+        <v>989.84872929999995</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.1537134600000627</v>
+        <v>-2.1537135000000944</v>
       </c>
       <c r="D79" s="5">
-        <v>-2.5744065759002344</v>
+        <v>-2.5744066230929064</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>991.53016218000005</v>
+        <v>991.53016219999995</v>
       </c>
       <c r="C80" s="5">
-        <v>1.6814328600000863</v>
+        <v>1.6814329000000043</v>
       </c>
       <c r="D80" s="5">
-        <v>2.0575644641636526</v>
+        <v>2.0575645136116982</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>995.17473265000001</v>
+        <v>995.17473270000005</v>
       </c>
       <c r="C81" s="5">
-        <v>3.6445704699999624</v>
+        <v>3.6445705000000999</v>
       </c>
       <c r="D81" s="5">
-        <v>4.5011165751469129</v>
+        <v>4.5011166128573032</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>999.39146871000003</v>
+        <v>999.39146870000002</v>
       </c>
       <c r="C82" s="5">
-        <v>4.2167360600000166</v>
+        <v>4.216735999999969</v>
       </c>
       <c r="D82" s="5">
-        <v>5.2048020576534793</v>
+        <v>5.2048019815919888</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1000.4031646</v>
+        <v>1000.4031649999999</v>
       </c>
       <c r="C83" s="5">
-        <v>1.0116958899999418</v>
+        <v>1.0116962999999259</v>
       </c>
       <c r="D83" s="5">
-        <v>1.2215606885759067</v>
+        <v>1.2215611863973574</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>998.47675963999995</v>
+        <v>998.47675960000004</v>
       </c>
       <c r="C84" s="5">
-        <v>-1.9264049600000135</v>
+        <v>-1.9264053999999078</v>
       </c>
       <c r="D84" s="5">
-        <v>-2.2864376454409419</v>
+        <v>-2.2864381612510254</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
         <v>998.56194919999996</v>
       </c>
       <c r="C85" s="5">
-        <v>8.5189560000003439E-2</v>
+        <v>8.5189599999921484E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>0.10243148441140271</v>
+        <v>0.10243153253381987</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
         <v>998.22562029999995</v>
       </c>
       <c r="C86" s="5">
         <v>-0.33632890000001225</v>
       </c>
       <c r="D86" s="5">
         <v>-0.40342802053738858</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1001.4599834000001</v>
+        <v>1001.459983</v>
       </c>
       <c r="C87" s="5">
-        <v>3.2343631000001096</v>
+        <v>3.2343627000000197</v>
       </c>
       <c r="D87" s="5">
-        <v>3.9581775406025699</v>
+        <v>3.9581770423307905</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1003.6166516</v>
+        <v>1003.616652</v>
       </c>
       <c r="C88" s="5">
-        <v>2.1566681999998991</v>
+        <v>2.156669000000079</v>
       </c>
       <c r="D88" s="5">
-        <v>2.6150582938300637</v>
+        <v>2.6150592764418557</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1003.7775096</v>
+        <v>1003.77751</v>
       </c>
       <c r="C89" s="5">
-        <v>0.16085800000007566</v>
+        <v>0.16085799999996198</v>
       </c>
       <c r="D89" s="5">
-        <v>0.19250363390763692</v>
+        <v>0.19250363383076508</v>
       </c>
       <c r="E89" s="5">
-        <v>1.4389703568020495</v>
+        <v>1.4389704003002768</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1004.4318511</v>
+        <v>1004.4318510000001</v>
       </c>
       <c r="C90" s="5">
-        <v>0.65434149999998681</v>
+        <v>0.65434100000004491</v>
       </c>
       <c r="D90" s="5">
-        <v>0.78506557343607231</v>
+        <v>0.78506497108001838</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1005.6616091</v>
+        <v>1005.661609</v>
       </c>
       <c r="C91" s="5">
         <v>1.2297579999999471</v>
       </c>
       <c r="D91" s="5">
-        <v>1.4791321443810235</v>
+        <v>1.4791321445293049</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
         <v>1008.509148</v>
       </c>
       <c r="C92" s="5">
-        <v>2.8475389000000177</v>
+        <v>2.8475389999999834</v>
       </c>
       <c r="D92" s="5">
-        <v>3.4512273263066051</v>
+        <v>3.451227449749017</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1008.3877902</v>
+        <v>1008.38779</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.12135779999994156</v>
+        <v>-0.12135799999998653</v>
       </c>
       <c r="D93" s="5">
-        <v>-0.14430510238881977</v>
+        <v>-0.14430534004898909</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1009.4561764</v>
+        <v>1009.456176</v>
       </c>
       <c r="C94" s="5">
-        <v>1.0683861999999635</v>
+        <v>1.0683860000000323</v>
       </c>
       <c r="D94" s="5">
-        <v>1.2788341943318793</v>
+        <v>1.2788339537948668</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1010.8839452</v>
+        <v>1010.883945</v>
       </c>
       <c r="C95" s="5">
-        <v>1.4277687999999671</v>
+        <v>1.4277690000000121</v>
       </c>
       <c r="D95" s="5">
-        <v>1.7105386656292243</v>
+        <v>1.7105389077895383</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1013.3347036</v>
+        <v>1013.334704</v>
       </c>
       <c r="C96" s="5">
-        <v>2.4507584000000406</v>
+        <v>2.4507589999999482</v>
       </c>
       <c r="D96" s="5">
-        <v>2.9483532249260813</v>
+        <v>2.9483539569912454</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1016.7518138</v>
+        <v>1016.751814</v>
       </c>
       <c r="C97" s="5">
-        <v>3.4171102000000246</v>
+        <v>3.4171099999999797</v>
       </c>
       <c r="D97" s="5">
-        <v>4.1224733693472793</v>
+        <v>4.1224731219129396</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1016.4403376</v>
+        <v>1016.440338</v>
       </c>
       <c r="C98" s="5">
-        <v>-0.31147620000001552</v>
+        <v>-0.31147599999997055</v>
       </c>
       <c r="D98" s="5">
-        <v>-0.36699449393039485</v>
+        <v>-0.36699425860665658</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1019.7264807</v>
+        <v>1019.726481</v>
       </c>
       <c r="C99" s="5">
-        <v>3.2861431000000039</v>
+        <v>3.2861430000000382</v>
       </c>
       <c r="D99" s="5">
-        <v>3.9493235611387734</v>
+        <v>3.9493234372305785</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1022.0782674</v>
+        <v>1022.078267</v>
       </c>
       <c r="C100" s="5">
-        <v>2.3517866999999342</v>
+        <v>2.3517859999999473</v>
       </c>
       <c r="D100" s="5">
-        <v>2.8029265770077361</v>
+        <v>2.8029257312818689</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1023.6843206</v>
+        <v>1023.684321</v>
       </c>
       <c r="C101" s="5">
-        <v>1.6060532000000194</v>
+        <v>1.6060539999999719</v>
       </c>
       <c r="D101" s="5">
-        <v>1.9020145493668705</v>
+        <v>1.9020155057436261</v>
       </c>
       <c r="E101" s="5">
-        <v>1.9831895823141821</v>
+        <v>1.9831895815239031</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
         <v>1026.135391</v>
       </c>
       <c r="C102" s="5">
-        <v>2.4510704000000487</v>
+        <v>2.4510700000000725</v>
       </c>
       <c r="D102" s="5">
-        <v>2.9113750945955585</v>
+        <v>2.9113746120499107</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1027.0364182999999</v>
+        <v>1027.0364179999999</v>
       </c>
       <c r="C103" s="5">
-        <v>0.90102729999989606</v>
+        <v>0.90102699999988545</v>
       </c>
       <c r="D103" s="5">
-        <v>1.0587977205712251</v>
+        <v>1.0587973663365613</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1029.4765943</v>
+        <v>1029.476594</v>
       </c>
       <c r="C104" s="5">
         <v>2.440176000000065</v>
       </c>
       <c r="D104" s="5">
-        <v>2.888681167392515</v>
+        <v>2.8886811682472091</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1031.9531797</v>
+        <v>1031.95318</v>
       </c>
       <c r="C105" s="5">
-        <v>2.4765853999999763</v>
+        <v>2.4765859999999975</v>
       </c>
       <c r="D105" s="5">
-        <v>2.9253131063749827</v>
+        <v>2.9253138253548805</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1033.1760724999999</v>
+        <v>1033.1760730000001</v>
       </c>
       <c r="C106" s="5">
-        <v>1.2228927999999541</v>
+        <v>1.2228930000001128</v>
       </c>
       <c r="D106" s="5">
-        <v>1.4313379097845358</v>
+        <v>1.4313381449843732</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1032.6348562000001</v>
+        <v>1032.6348559999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.54121629999985998</v>
+        <v>-0.54121700000018791</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.62679699900003438</v>
+        <v>-0.62679780705228172</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1035.7379099</v>
+        <v>1035.7379100000001</v>
       </c>
       <c r="C108" s="5">
-        <v>3.1030536999999185</v>
+        <v>3.1030540000001565</v>
       </c>
       <c r="D108" s="5">
-        <v>3.6661823292338802</v>
+        <v>3.6661826902770756</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1036.0030898</v>
+        <v>1036.0030899999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.26517990000002101</v>
+        <v>0.26517999999987296</v>
       </c>
       <c r="D109" s="5">
-        <v>0.30766891887656911</v>
+        <v>0.30766903503294252</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1040.6783534000001</v>
+        <v>1040.678353</v>
       </c>
       <c r="C110" s="5">
-        <v>4.6752636000001075</v>
+        <v>4.6752630000000863</v>
       </c>
       <c r="D110" s="5">
-        <v>5.5518004232343321</v>
+        <v>5.5517996918689416</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1040.5319708</v>
+        <v>1040.5319710000001</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.1463826000001518</v>
+        <v>-0.1463819999999032</v>
       </c>
       <c r="D111" s="5">
-        <v>-0.16866237991044475</v>
+        <v>-0.16866168918825419</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1043.7084761000001</v>
+        <v>1043.708476</v>
       </c>
       <c r="C112" s="5">
-        <v>3.1765053000001444</v>
+        <v>3.1765049999999064</v>
       </c>
       <c r="D112" s="5">
-        <v>3.7254629058086186</v>
+        <v>3.7254625473062131</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1047.1470727000001</v>
+        <v>1047.1470730000001</v>
       </c>
       <c r="C113" s="5">
-        <v>3.4385965999999826</v>
+        <v>3.4385970000000725</v>
       </c>
       <c r="D113" s="5">
-        <v>4.0259451982078032</v>
+        <v>4.025945675443432</v>
       </c>
       <c r="E113" s="5">
-        <v>2.2919909612612033</v>
+        <v>2.2919909505969782</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1048.6789533000001</v>
+        <v>1048.6789530000001</v>
       </c>
       <c r="C114" s="5">
-        <v>1.5318806000000222</v>
+        <v>1.531880000000001</v>
       </c>
       <c r="D114" s="5">
-        <v>1.7696842598528439</v>
+        <v>1.7696835606132444</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1053.2791465</v>
+        <v>1053.279147</v>
       </c>
       <c r="C115" s="5">
-        <v>4.6001931999999215</v>
+        <v>4.600193999999874</v>
       </c>
       <c r="D115" s="5">
-        <v>5.3928641157148238</v>
+        <v>5.3928650778869214</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1056.7454674000001</v>
+        <v>1056.745467</v>
       </c>
       <c r="C116" s="5">
-        <v>3.4663209000000279</v>
+        <v>3.4663199999999961</v>
       </c>
       <c r="D116" s="5">
-        <v>4.0214479593434937</v>
+        <v>4.0214468942946002</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1058.0483942999999</v>
+        <v>1058.0483939999999</v>
       </c>
       <c r="C117" s="5">
-        <v>1.3029268999998749</v>
+        <v>1.3029269999999542</v>
       </c>
       <c r="D117" s="5">
-        <v>1.4896289182694922</v>
+        <v>1.489629033942963</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1059.0386807</v>
+        <v>1059.038681</v>
       </c>
       <c r="C118" s="5">
-        <v>0.99028640000005907</v>
+        <v>0.9902870000000803</v>
       </c>
       <c r="D118" s="5">
-        <v>1.1289465730838888</v>
+        <v>1.1289472609428808</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1063.9029284999999</v>
+        <v>1063.9029290000001</v>
       </c>
       <c r="C119" s="5">
-        <v>4.8642477999999301</v>
+        <v>4.8642480000000887</v>
       </c>
       <c r="D119" s="5">
-        <v>5.6530841820063182</v>
+        <v>5.6530844187013818</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1068.3975825</v>
+        <v>1068.3975829999999</v>
       </c>
       <c r="C120" s="5">
-        <v>4.4946540000000823</v>
+        <v>4.4946539999998549</v>
       </c>
       <c r="D120" s="5">
-        <v>5.1890923995354443</v>
+        <v>5.1890923970394409</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1068.8384034999999</v>
+        <v>1068.8384040000001</v>
       </c>
       <c r="C121" s="5">
-        <v>0.44082099999991442</v>
+        <v>0.44082100000014179</v>
       </c>
       <c r="D121" s="5">
-        <v>0.49624530020297986</v>
+        <v>0.49624529997063238</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1071.0995286</v>
+        <v>1071.0995290000001</v>
       </c>
       <c r="C122" s="5">
-        <v>2.2611251000000721</v>
+        <v>2.2611249999999927</v>
       </c>
       <c r="D122" s="5">
-        <v>2.5683436054906528</v>
+        <v>2.5683434893631896</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1076.4238021000001</v>
+        <v>1076.423802</v>
       </c>
       <c r="C123" s="5">
-        <v>5.3242735000001176</v>
+        <v>5.3242729999999483</v>
       </c>
       <c r="D123" s="5">
-        <v>6.130832471355907</v>
+        <v>6.1308318774284221</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1077.3813963</v>
+        <v>1077.381396</v>
       </c>
       <c r="C124" s="5">
-        <v>0.95759419999990314</v>
+        <v>0.95759399999997186</v>
       </c>
       <c r="D124" s="5">
-        <v>1.0727672209429162</v>
+        <v>1.0727669958911612</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1081.3836163999999</v>
+        <v>1081.3836160000001</v>
       </c>
       <c r="C125" s="5">
-        <v>4.0022200999999313</v>
+        <v>4.0022200000000794</v>
       </c>
       <c r="D125" s="5">
-        <v>4.5499334250513668</v>
+        <v>4.549933310326626</v>
       </c>
       <c r="E125" s="5">
-        <v>3.2695066999254729</v>
+        <v>3.2695066321404953</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1084.2341637</v>
+        <v>1084.234164</v>
       </c>
       <c r="C126" s="5">
-        <v>2.8505473000000165</v>
+        <v>2.8505479999998897</v>
       </c>
       <c r="D126" s="5">
-        <v>3.2094883762751047</v>
+        <v>3.2094891770848122</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
         <v>1088.815427</v>
       </c>
       <c r="C127" s="5">
-        <v>4.581263300000046</v>
+        <v>4.5812630000000354</v>
       </c>
       <c r="D127" s="5">
-        <v>5.1899227550525451</v>
+        <v>5.1899224057886828</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1089.2126934</v>
+        <v>1089.2126929999999</v>
       </c>
       <c r="C128" s="5">
-        <v>0.39726640000003499</v>
+        <v>0.39726599999994505</v>
       </c>
       <c r="D128" s="5">
-        <v>0.4387130115660165</v>
+        <v>0.43871256894743027</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1088.6219738</v>
+        <v>1088.6219739999999</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.59071960000005674</v>
+        <v>-0.59071900000003552</v>
       </c>
       <c r="D129" s="5">
-        <v>-0.64886583557293154</v>
+        <v>-0.64886517871544092</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1091.6198769</v>
+        <v>1091.6198770000001</v>
       </c>
       <c r="C130" s="5">
-        <v>2.9979031000000305</v>
+        <v>2.9979030000001785</v>
       </c>
       <c r="D130" s="5">
-        <v>3.3551363464767059</v>
+        <v>3.3551362322342682</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1097.2149359</v>
+        <v>1097.2149360000001</v>
       </c>
       <c r="C131" s="5">
         <v>5.595058999999992</v>
       </c>
       <c r="D131" s="5">
-        <v>6.3269387332109295</v>
+        <v>6.3269387326150506</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
         <v>1094.071729</v>
       </c>
       <c r="C132" s="5">
-        <v>-3.1432068999999956</v>
+        <v>-3.1432070000000749</v>
       </c>
       <c r="D132" s="5">
-        <v>-3.384007128278621</v>
+        <v>-3.3840072339455407</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1101.8180056000001</v>
+        <v>1101.818006</v>
       </c>
       <c r="C133" s="5">
-        <v>7.7462766000001011</v>
+        <v>7.7462769999999637</v>
       </c>
       <c r="D133" s="5">
-        <v>8.8350625865758037</v>
+        <v>8.8350630607087144</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1097.9089512</v>
+        <v>1097.9089509999999</v>
       </c>
       <c r="C134" s="5">
-        <v>-3.9090544000000591</v>
+        <v>-3.9090550000000803</v>
       </c>
       <c r="D134" s="5">
-        <v>-4.175286827507807</v>
+        <v>-4.1752874544323522</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1103.4664792000001</v>
+        <v>1103.4664789999999</v>
       </c>
       <c r="C135" s="5">
         <v>5.5575280000000475</v>
       </c>
       <c r="D135" s="5">
-        <v>6.2463030608435277</v>
+        <v>6.2463030620133031</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1107.5869938999999</v>
+        <v>1107.586994</v>
       </c>
       <c r="C136" s="5">
-        <v>4.1205146999998306</v>
+        <v>4.1205150000000685</v>
       </c>
       <c r="D136" s="5">
-        <v>4.5741708305252926</v>
+        <v>4.5741711712701028</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1108.0883233</v>
+        <v>1108.0883229999999</v>
       </c>
       <c r="C137" s="5">
-        <v>0.50132940000003146</v>
+        <v>0.50132899999994152</v>
       </c>
       <c r="D137" s="5">
-        <v>0.54451271323312511</v>
+        <v>0.5445122776465583</v>
       </c>
       <c r="E137" s="5">
-        <v>2.4694943121943869</v>
+        <v>2.4694943223552368</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1105.7905891</v>
+        <v>1105.790589</v>
       </c>
       <c r="C138" s="5">
-        <v>-2.2977341999999226</v>
+        <v>-2.2977339999999913</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.4601388347179287</v>
+        <v>-2.4601386236765888</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1105.5573608</v>
+        <v>1105.5573609999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.23322830000006434</v>
+        <v>-0.23322800000005373</v>
       </c>
       <c r="D139" s="5">
-        <v>-0.25280512182671577</v>
+        <v>-0.25280479704504755</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1105.7009447</v>
+        <v>1105.700945</v>
       </c>
       <c r="C140" s="5">
-        <v>0.14358390000006693</v>
+        <v>0.14358400000014626</v>
       </c>
       <c r="D140" s="5">
-        <v>0.1559609800721562</v>
+        <v>0.155961088741563</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1105.1943295000001</v>
+        <v>1105.19433</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.50661519999994198</v>
+        <v>-0.5066150000000107</v>
       </c>
       <c r="D141" s="5">
-        <v>-0.54843813463428814</v>
+        <v>-0.54843791852052792</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1104.0778054</v>
+        <v>1104.0778049999999</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.116524100000106</v>
+        <v>-1.1165250000001379</v>
       </c>
       <c r="D142" s="5">
-        <v>-1.2055882799669737</v>
+        <v>-1.2055892458235795</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1104.3114596999999</v>
+        <v>1104.3114599999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.23365429999989829</v>
+        <v>0.23365499999999884</v>
       </c>
       <c r="D143" s="5">
-        <v>0.25424996781506781</v>
+        <v>0.25425073049640812</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1101.1151273</v>
+        <v>1101.115127</v>
       </c>
       <c r="C144" s="5">
-        <v>-3.1963323999998465</v>
+        <v>-3.1963329999998678</v>
       </c>
       <c r="D144" s="5">
-        <v>-3.4185321691712178</v>
+        <v>-3.4185327997866666</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1100.1469085000001</v>
+        <v>1100.1469090000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.96821879999993143</v>
+        <v>-0.96821799999997893</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.0500809393935051</v>
+        <v>-1.0500800762306639</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1096.9367439</v>
+        <v>1096.9367440000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.2101646000000983</v>
+        <v>-3.2101649999999609</v>
       </c>
       <c r="D146" s="5">
-        <v>-3.4458781767335855</v>
+        <v>-3.4458785976959505</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1092.9490711000001</v>
+        <v>1092.949071</v>
       </c>
       <c r="C147" s="5">
-        <v>-3.9876727999999275</v>
+        <v>-3.9876730000000862</v>
       </c>
       <c r="D147" s="5">
-        <v>-4.2761642144691141</v>
+        <v>-4.2761644242865664</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
         <v>1089.8392670000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-3.1098041000000194</v>
+        <v>-3.1098039999999401</v>
       </c>
       <c r="D148" s="5">
-        <v>-3.36147012530571</v>
+        <v>-3.3614700192017288</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1086.2982454</v>
+        <v>1086.298245</v>
       </c>
       <c r="C149" s="5">
-        <v>-3.5410216000000219</v>
+        <v>-3.5410220000001118</v>
       </c>
       <c r="D149" s="5">
-        <v>-3.8300215947762339</v>
+        <v>-3.8300220197202473</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.9664567744118844</v>
+        <v>-1.9664567839688396</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1092.3823394999999</v>
+        <v>1092.3823400000001</v>
       </c>
       <c r="C150" s="5">
-        <v>6.084094099999902</v>
+        <v>6.0840950000001612</v>
       </c>
       <c r="D150" s="5">
-        <v>6.9318565037646884</v>
+        <v>6.9318575635942015</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1092.6129802999999</v>
+        <v>1092.6129800000001</v>
       </c>
       <c r="C151" s="5">
-        <v>0.23064079999994647</v>
+        <v>0.23063999999999396</v>
       </c>
       <c r="D151" s="5">
-        <v>0.2536571428095602</v>
+        <v>0.25365626183688761</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1093.3060975000001</v>
+        <v>1093.3060969999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.69311720000018795</v>
+        <v>0.69311699999980192</v>
       </c>
       <c r="D152" s="5">
-        <v>0.76390154326633208</v>
+        <v>0.76390132228194574</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1093.0159397</v>
+        <v>1093.01594</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.29015780000008817</v>
+        <v>-0.29015699999990829</v>
       </c>
       <c r="D153" s="5">
-        <v>-0.31800935530332808</v>
+        <v>-0.31800847993769255</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
         <v>1093.8406520000001</v>
       </c>
       <c r="C154" s="5">
-        <v>0.8247123000001011</v>
+        <v>0.82471200000009048</v>
       </c>
       <c r="D154" s="5">
-        <v>0.90920182311973186</v>
+        <v>0.90920149076132439</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1090.9569939</v>
+        <v>1090.9569939999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.8836581000000479</v>
+        <v>-2.8836580000001959</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.1180539572176147</v>
+        <v>-3.1180538506522915</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1088.3547122</v>
+        <v>1088.3547120000001</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.6022817000000487</v>
+        <v>-2.6022819999998319</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.8251287999994212</v>
+        <v>-2.825129121173342</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1083.2257727000001</v>
+        <v>1083.2257729999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-5.1289394999998876</v>
+        <v>-5.1289390000001731</v>
       </c>
       <c r="D157" s="5">
-        <v>-5.5107787124030638</v>
+        <v>-5.5107781900130881</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1083.7871821000001</v>
+        <v>1083.787182</v>
       </c>
       <c r="C158" s="5">
-        <v>0.56140940000000228</v>
+        <v>0.56140900000013971</v>
       </c>
       <c r="D158" s="5">
-        <v>0.62370651237853014</v>
+        <v>0.62370606655162142</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1074.8902432</v>
+        <v>1074.8902430000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-8.8969389000001229</v>
+        <v>-8.8969389999999748</v>
       </c>
       <c r="D159" s="5">
-        <v>-9.418120909543692</v>
+        <v>-9.4181210114986929</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1073.5349242</v>
+        <v>1073.534924</v>
       </c>
       <c r="C160" s="5">
         <v>-1.3553190000000086</v>
       </c>
       <c r="D160" s="5">
-        <v>-1.502619715043263</v>
+        <v>-1.5026197153208853</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1073.0358022</v>
+        <v>1073.0358020000001</v>
       </c>
       <c r="C161" s="5">
         <v>-0.499121999999943</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.55649534298995995</v>
+        <v>-0.55649534309347715</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.2208841592224462</v>
+        <v>-1.2208841412608473</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1064.0509502</v>
+        <v>1064.0509500000001</v>
       </c>
       <c r="C162" s="5">
         <v>-8.9848520000000462</v>
       </c>
       <c r="D162" s="5">
-        <v>-9.5978965765323387</v>
+        <v>-9.5978965782396504</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1063.9476555000001</v>
+        <v>1063.9476560000001</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.1032946999998785</v>
+        <v>-0.10329400000000533</v>
       </c>
       <c r="D163" s="5">
-        <v>-0.11643002596620766</v>
+        <v>-0.11642923739489941</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
         <v>1061.068031</v>
       </c>
       <c r="C164" s="5">
-        <v>-2.8796245000000908</v>
+        <v>-2.8796250000000327</v>
       </c>
       <c r="D164" s="5">
-        <v>-3.1999425013846672</v>
+        <v>-3.1999430472764989</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
         <v>1060.155937</v>
       </c>
       <c r="C165" s="5">
         <v>-0.91209400000002461</v>
       </c>
       <c r="D165" s="5">
         <v>-1.0266570374659834</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1058.1928362000001</v>
+        <v>1058.1928359999999</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.9631007999998928</v>
+        <v>-1.9631010000000515</v>
       </c>
       <c r="D166" s="5">
-        <v>-2.1995602145269633</v>
+        <v>-2.1995604363402754</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1057.8861068000001</v>
+        <v>1057.886107</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.30672939999999471</v>
+        <v>-0.30672899999990477</v>
       </c>
       <c r="D167" s="5">
-        <v>-0.34727984755361652</v>
+        <v>-0.34727939545974307</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1058.3990424000001</v>
+        <v>1058.399042</v>
       </c>
       <c r="C168" s="5">
-        <v>0.51293559999999161</v>
+        <v>0.51293499999997039</v>
       </c>
       <c r="D168" s="5">
-        <v>0.58339629703538787</v>
+        <v>0.58339561268341278</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>1061.651292</v>
       </c>
       <c r="C169" s="5">
-        <v>3.2522495999999137</v>
+        <v>3.2522500000000036</v>
       </c>
       <c r="D169" s="5">
-        <v>3.750321793967748</v>
+        <v>3.7503222644911016</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1065.5791621000001</v>
+        <v>1065.579162</v>
       </c>
       <c r="C170" s="5">
-        <v>3.9278701000000638</v>
+        <v>3.9278699999999844</v>
       </c>
       <c r="D170" s="5">
-        <v>4.5311955518622993</v>
+        <v>4.5311954341444194</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1068.8956556000001</v>
+        <v>1068.8956559999999</v>
       </c>
       <c r="C171" s="5">
-        <v>3.3164934999999787</v>
+        <v>3.3164939999999206</v>
       </c>
       <c r="D171" s="5">
-        <v>3.7994648117085195</v>
+        <v>3.7994653947255541</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1067.6979781</v>
+        <v>1067.6979779999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-1.1976775000000544</v>
+        <v>-1.1976779999999962</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.3363221693685978</v>
+        <v>-1.3363227233186614</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1067.6009713000001</v>
+        <v>1067.6009710000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-9.7006799999917348E-2</v>
+        <v>-9.7006999999848631E-2</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.10897277122514648</v>
+        <v>-0.10897299579329944</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.50649110578203649</v>
+        <v>-0.50649111519580625</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1069.4732945000001</v>
+        <v>1069.473295</v>
       </c>
       <c r="C174" s="5">
-        <v>1.8723231999999825</v>
+        <v>1.872323999999935</v>
       </c>
       <c r="D174" s="5">
-        <v>2.124938975331947</v>
+        <v>2.1249398926471708</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1073.3447212999999</v>
+        <v>1073.3447209999999</v>
       </c>
       <c r="C175" s="5">
-        <v>3.871426799999881</v>
+        <v>3.8714259999999285</v>
       </c>
       <c r="D175" s="5">
-        <v>4.4314635520743106</v>
+        <v>4.4314626159254633</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1074.0571546000001</v>
+        <v>1074.057155</v>
       </c>
       <c r="C176" s="5">
-        <v>0.71243330000015703</v>
+        <v>0.71243400000003021</v>
       </c>
       <c r="D176" s="5">
-        <v>0.79941500054163672</v>
+        <v>0.7994157890991227</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
         <v>1077.2467830000001</v>
       </c>
       <c r="C177" s="5">
-        <v>3.1896283999999469</v>
+        <v>3.1896280000000843</v>
       </c>
       <c r="D177" s="5">
-        <v>3.6224272325909856</v>
+        <v>3.6224267694988876</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1078.3475182</v>
+        <v>1078.347518</v>
       </c>
       <c r="C178" s="5">
-        <v>1.1007351999999173</v>
+        <v>1.100734999999986</v>
       </c>
       <c r="D178" s="5">
-        <v>1.2330794196113493</v>
+        <v>1.2330791943043318</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1076.7975455000001</v>
+        <v>1076.797546</v>
       </c>
       <c r="C179" s="5">
-        <v>-1.5499726999998984</v>
+        <v>-1.5499720000000252</v>
       </c>
       <c r="D179" s="5">
-        <v>-1.7112605218283838</v>
+        <v>-1.711259755401795</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1078.5435077</v>
+        <v>1078.543508</v>
       </c>
       <c r="C180" s="5">
-        <v>1.7459621999998944</v>
+        <v>1.7459619999999632</v>
       </c>
       <c r="D180" s="5">
-        <v>1.963173505345428</v>
+        <v>1.963173277534902</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1084.5163766999999</v>
+        <v>1084.5163769999999</v>
       </c>
       <c r="C181" s="5">
         <v>5.972868999999946</v>
       </c>
       <c r="D181" s="5">
-        <v>6.8516778714994508</v>
+        <v>6.8516778695350222</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1080.8918713</v>
+        <v>1080.891871</v>
       </c>
       <c r="C182" s="5">
-        <v>-3.6245053999998618</v>
+        <v>-3.624505999999883</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.9375549865163006</v>
+        <v>-3.9375556253349209</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1082.9510914</v>
+        <v>1082.9510909999999</v>
       </c>
       <c r="C183" s="5">
-        <v>2.0592200999999477</v>
+        <v>2.0592199999998684</v>
       </c>
       <c r="D183" s="5">
-        <v>2.3102415834153733</v>
+        <v>2.3102414706949181</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1083.6161655000001</v>
+        <v>1083.616166</v>
       </c>
       <c r="C184" s="5">
-        <v>0.66507410000008349</v>
+        <v>0.66507500000011532</v>
       </c>
       <c r="D184" s="5">
-        <v>0.73945183193391273</v>
+        <v>0.7394528362406394</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1085.7502668</v>
+        <v>1085.7502669999999</v>
       </c>
       <c r="C185" s="5">
-        <v>2.1341012999998838</v>
+        <v>2.1341009999998732</v>
       </c>
       <c r="D185" s="5">
-        <v>2.3890783913252056</v>
+        <v>2.389078050721416</v>
       </c>
       <c r="E185" s="5">
-        <v>1.7000073986350728</v>
+        <v>1.7000074459467607</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1088.9788004</v>
+        <v>1088.9788000000001</v>
       </c>
       <c r="C186" s="5">
-        <v>3.2285335999999916</v>
+        <v>3.2285330000001977</v>
       </c>
       <c r="D186" s="5">
-        <v>3.6272005336794866</v>
+        <v>3.6271998478487166</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1090.8384831999999</v>
+        <v>1090.838483</v>
       </c>
       <c r="C187" s="5">
-        <v>1.8596827999999732</v>
+        <v>1.8596829999999045</v>
       </c>
       <c r="D187" s="5">
-        <v>2.0686350049539115</v>
+        <v>2.0686352302863087</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1091.8026508999999</v>
+        <v>1091.802651</v>
       </c>
       <c r="C188" s="5">
-        <v>0.96416769999996177</v>
+        <v>0.96416799999997238</v>
       </c>
       <c r="D188" s="5">
-        <v>1.0658245225602991</v>
+        <v>1.065824856000952</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
         <v>1096.9381960000001</v>
       </c>
       <c r="C189" s="5">
-        <v>5.1355451000001722</v>
+        <v>5.1355450000000928</v>
       </c>
       <c r="D189" s="5">
-        <v>5.7928157150192616</v>
+        <v>5.7928155987422292</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1098.8716221</v>
+        <v>1098.8716219999999</v>
       </c>
       <c r="C190" s="5">
-        <v>1.933426099999906</v>
+        <v>1.9334259999998267</v>
       </c>
       <c r="D190" s="5">
-        <v>2.1357041071004002</v>
+        <v>2.1357039955651969</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1103.9618945</v>
+        <v>1103.9618949999999</v>
       </c>
       <c r="C191" s="5">
-        <v>5.0902724000000035</v>
+        <v>5.0902730000000247</v>
       </c>
       <c r="D191" s="5">
-        <v>5.7025587463251037</v>
+        <v>5.7025594362456911</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1108.3674656999999</v>
+        <v>1108.3674659999999</v>
       </c>
       <c r="C192" s="5">
-        <v>4.4055711999999403</v>
+        <v>4.405571000000009</v>
       </c>
       <c r="D192" s="5">
-        <v>4.8953495422686455</v>
+        <v>4.8953493128676584</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1110.2609600999999</v>
+        <v>1110.2609600000001</v>
       </c>
       <c r="C193" s="5">
-        <v>1.8934944000000087</v>
+        <v>1.8934940000001461</v>
       </c>
       <c r="D193" s="5">
-        <v>2.0694083148113718</v>
+        <v>2.069407872968676</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1111.6129546</v>
+        <v>1111.6129550000001</v>
       </c>
       <c r="C194" s="5">
-        <v>1.3519945000000462</v>
+        <v>1.3519949999999881</v>
       </c>
       <c r="D194" s="5">
-        <v>1.4710988327161001</v>
+        <v>1.4710993805461481</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1108.1536228</v>
+        <v>1108.1536229999999</v>
       </c>
       <c r="C195" s="5">
-        <v>-3.4593317999999726</v>
+        <v>-3.4593320000001313</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.6711323851913114</v>
+        <v>-3.6711325925186777</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1118.6874941000001</v>
+        <v>1118.687494</v>
       </c>
       <c r="C196" s="5">
-        <v>10.533871300000101</v>
+        <v>10.53387100000009</v>
       </c>
       <c r="D196" s="5">
-        <v>12.02262622816388</v>
+        <v>12.022625865384029</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1122.4892057</v>
+        <v>1122.489206</v>
       </c>
       <c r="C197" s="5">
-        <v>3.8017115999998623</v>
+        <v>3.8017119999999522</v>
       </c>
       <c r="D197" s="5">
-        <v>4.1551342524822621</v>
+        <v>4.1551346982500181</v>
       </c>
       <c r="E197" s="5">
-        <v>3.3837374968628486</v>
+        <v>3.3837375054497798</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
         <v>1119.881934</v>
       </c>
       <c r="C198" s="5">
-        <v>-2.6072716999999557</v>
+        <v>-2.6072719999999663</v>
       </c>
       <c r="D198" s="5">
-        <v>-2.7519764680283609</v>
+        <v>-2.7519767799181305</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1120.3876932000001</v>
+        <v>1120.3876929999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.50575920000005681</v>
+        <v>0.50575899999989815</v>
       </c>
       <c r="D199" s="5">
-        <v>0.54329014517400243</v>
+        <v>0.54328992979837398</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1123.8014229</v>
+        <v>1123.8014230000001</v>
       </c>
       <c r="C200" s="5">
-        <v>3.4137296999999762</v>
+        <v>3.4137300000002142</v>
       </c>
       <c r="D200" s="5">
-        <v>3.7182009756377976</v>
+        <v>3.7182013085650834</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1124.7680839</v>
+        <v>1124.768084</v>
       </c>
       <c r="C201" s="5">
         <v>0.96666099999993094</v>
       </c>
       <c r="D201" s="5">
-        <v>1.0371021056716945</v>
+        <v>1.0371021055791685</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1125.4097938</v>
+        <v>1125.4097939999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.64170990000002348</v>
+        <v>0.64170999999987544</v>
       </c>
       <c r="D202" s="5">
-        <v>0.68678408856304163</v>
+        <v>0.68678419586190032</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1125.3828392</v>
+        <v>1125.3828390000001</v>
       </c>
       <c r="C203" s="5">
-        <v>-2.6954599999953643E-2</v>
+        <v>-2.6954999999816209E-2</v>
       </c>
       <c r="D203" s="5">
-        <v>-2.8737318300375847E-2</v>
+        <v>-2.873774469405177E-2</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1124.7732856</v>
+        <v>1124.7732860000001</v>
       </c>
       <c r="C204" s="5">
-        <v>-0.60955360000002656</v>
+        <v>-0.60955300000000534</v>
       </c>
       <c r="D204" s="5">
-        <v>-0.64803653721320353</v>
+        <v>-0.64803590134722144</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1127.8979892</v>
+        <v>1127.8979899999999</v>
       </c>
       <c r="C205" s="5">
-        <v>3.1247035999999753</v>
+        <v>3.1247039999998378</v>
       </c>
       <c r="D205" s="5">
-        <v>3.3851004340226032</v>
+        <v>3.3851008727763476</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1130.7051302</v>
+        <v>1130.7051309999999</v>
       </c>
       <c r="C206" s="5">
         <v>2.8071410000000014</v>
       </c>
       <c r="D206" s="5">
-        <v>3.0278134307796911</v>
+        <v>3.027813428602677</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1131.6092183999999</v>
+        <v>1131.6092180000001</v>
       </c>
       <c r="C207" s="5">
-        <v>0.90408819999993284</v>
+        <v>0.90408700000011777</v>
       </c>
       <c r="D207" s="5">
-        <v>0.96372575326371113</v>
+        <v>0.96372446779138254</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1135.9299311</v>
+        <v>1135.9299309999999</v>
       </c>
       <c r="C208" s="5">
-        <v>4.3207127000000582</v>
+        <v>4.3207129999998415</v>
       </c>
       <c r="D208" s="5">
-        <v>4.6792969303008913</v>
+        <v>4.6792972637401897</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1137.7913887</v>
+        <v>1137.791389</v>
       </c>
       <c r="C209" s="5">
-        <v>1.8614575999999943</v>
+        <v>1.8614580000000842</v>
       </c>
       <c r="D209" s="5">
-        <v>1.9842703159263841</v>
+        <v>1.9842707463436193</v>
       </c>
       <c r="E209" s="5">
-        <v>1.3632365391395673</v>
+        <v>1.3632365387752365</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1144.1796755</v>
+        <v>1144.1796750000001</v>
       </c>
       <c r="C210" s="5">
-        <v>6.3882868000000599</v>
+        <v>6.3882860000001074</v>
       </c>
       <c r="D210" s="5">
-        <v>6.9495686570639759</v>
+        <v>6.9495677578366166</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1144.3026313</v>
+        <v>1144.302631</v>
       </c>
       <c r="C211" s="5">
-        <v>0.12295579999999973</v>
+        <v>0.12295599999993101</v>
       </c>
       <c r="D211" s="5">
-        <v>0.12903060654165799</v>
+        <v>0.12903081660331495</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1150.0698789</v>
+        <v>1150.0698789999999</v>
       </c>
       <c r="C212" s="5">
-        <v>5.7672476000000188</v>
+        <v>5.7672479999998814</v>
       </c>
       <c r="D212" s="5">
-        <v>6.218457547436218</v>
+        <v>6.2184579924315031</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1151.0349653000001</v>
+        <v>1151.0349650000001</v>
       </c>
       <c r="C213" s="5">
-        <v>0.96508640000001833</v>
+        <v>0.96508600000015576</v>
       </c>
       <c r="D213" s="5">
-        <v>1.0116461049076708</v>
+        <v>1.0116456835845389</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1152.9536725999999</v>
+        <v>1152.9536720000001</v>
       </c>
       <c r="C214" s="5">
-        <v>1.9187072999998236</v>
+        <v>1.9187070000000404</v>
       </c>
       <c r="D214" s="5">
-        <v>2.0187707737392424</v>
+        <v>2.0187704557255604</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1154.8036265000001</v>
+        <v>1154.803627</v>
       </c>
       <c r="C215" s="5">
-        <v>1.8499539000001732</v>
+        <v>1.849954999999909</v>
       </c>
       <c r="D215" s="5">
-        <v>1.9425244663765051</v>
+        <v>1.9425256326517149</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
         <v>1158.7033980000001</v>
       </c>
       <c r="C216" s="5">
-        <v>3.8997715000000426</v>
+        <v>3.8997710000001007</v>
       </c>
       <c r="D216" s="5">
-        <v>4.1285206084924031</v>
+        <v>4.1285200674729516</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1155.6749671</v>
+        <v>1155.674968</v>
       </c>
       <c r="C217" s="5">
-        <v>-3.0284309000001031</v>
+        <v>-3.0284300000000712</v>
       </c>
       <c r="D217" s="5">
-        <v>-3.0916704709227361</v>
+        <v>-3.0916695652961956</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1161.4197717</v>
+        <v>1161.4197730000001</v>
       </c>
       <c r="C218" s="5">
-        <v>5.7448045999999522</v>
+        <v>5.7448050000000421</v>
       </c>
       <c r="D218" s="5">
-        <v>6.1309634089846909</v>
+        <v>6.1309638427045954</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1162.5758842</v>
+        <v>1162.5758840000001</v>
       </c>
       <c r="C219" s="5">
-        <v>1.1561125000000629</v>
+        <v>1.1561110000000099</v>
       </c>
       <c r="D219" s="5">
-        <v>1.2010779975102137</v>
+        <v>1.2010764292760712</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1169.11088</v>
+        <v>1169.1108790000001</v>
       </c>
       <c r="C220" s="5">
-        <v>6.5349957999999333</v>
+        <v>6.5349949999999808</v>
       </c>
       <c r="D220" s="5">
-        <v>6.9578603645580106</v>
+        <v>6.9578594875218558</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1170.3296324999999</v>
+        <v>1170.3296319999999</v>
       </c>
       <c r="C221" s="5">
-        <v>1.2187524999999368</v>
+        <v>1.2187529999998787</v>
       </c>
       <c r="D221" s="5">
-        <v>1.2581505692768724</v>
+        <v>1.2581510894853487</v>
       </c>
       <c r="E221" s="5">
-        <v>2.8597723733150282</v>
+        <v>2.8597723022493415</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1172.8021756000001</v>
+        <v>1172.802175</v>
       </c>
       <c r="C222" s="5">
-        <v>2.4725431000001663</v>
+        <v>2.472543000000087</v>
       </c>
       <c r="D222" s="5">
-        <v>2.5648946355532498</v>
+        <v>2.564894531718287</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1175.8067487999999</v>
+        <v>1175.8067490000001</v>
       </c>
       <c r="C223" s="5">
-        <v>3.0045731999998679</v>
+        <v>3.0045740000000478</v>
       </c>
       <c r="D223" s="5">
-        <v>3.1179398537729774</v>
+        <v>3.1179406973082635</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1175.1937769000001</v>
+        <v>1175.193777</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.61297189999982038</v>
+        <v>-0.61297200000012708</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.62379373187608778</v>
+        <v>-0.62379383324447923</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1170.5198938000001</v>
+        <v>1170.519894</v>
       </c>
       <c r="C225" s="5">
-        <v>-4.6738831000000118</v>
+        <v>-4.6738829999999325</v>
       </c>
       <c r="D225" s="5">
-        <v>-4.6695167865904779</v>
+        <v>-4.6695166884702317</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1167.7762451000001</v>
+        <v>1167.776245</v>
       </c>
       <c r="C226" s="5">
-        <v>-2.7436486999999943</v>
+        <v>-2.7436490000000049</v>
       </c>
       <c r="D226" s="5">
-        <v>-2.7767693414850525</v>
+        <v>-2.7767696407347553</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1170.9221574000001</v>
+        <v>1170.922157</v>
       </c>
       <c r="C227" s="5">
-        <v>3.1459122999999636</v>
+        <v>3.145911999999953</v>
       </c>
       <c r="D227" s="5">
-        <v>3.2810517617257284</v>
+        <v>3.2810514444733485</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1172.6435521999999</v>
+        <v>1172.643552</v>
       </c>
       <c r="C228" s="5">
-        <v>1.7213947999998709</v>
+        <v>1.7213950000000295</v>
       </c>
       <c r="D228" s="5">
-        <v>1.7784770656784854</v>
+        <v>1.7784772745970567</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1173.1928985</v>
+        <v>1173.1928989999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.54934630000002471</v>
+        <v>0.54934699999989789</v>
       </c>
       <c r="D229" s="5">
-        <v>0.56361264474709127</v>
+        <v>0.56361336487344982</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1168.2808458</v>
+        <v>1168.280847</v>
       </c>
       <c r="C230" s="5">
-        <v>-4.9120527000000038</v>
+        <v>-4.9120519999999033</v>
       </c>
       <c r="D230" s="5">
-        <v>-4.9101918420477837</v>
+        <v>-4.9101911563024014</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1166.6792981999999</v>
+        <v>1166.6792969999999</v>
       </c>
       <c r="C231" s="5">
-        <v>-1.6015476000000035</v>
+        <v>-1.6015500000000884</v>
       </c>
       <c r="D231" s="5">
-        <v>-1.6326835024137232</v>
+        <v>-1.6326859289906626</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1160.6160256000001</v>
+        <v>1160.6160239999999</v>
       </c>
       <c r="C232" s="5">
-        <v>-6.0632725999998911</v>
+        <v>-6.063272999999981</v>
       </c>
       <c r="D232" s="5">
-        <v>-6.0612332047489943</v>
+        <v>-6.0612335993121995</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1157.8179424</v>
+        <v>1157.817941</v>
       </c>
       <c r="C233" s="5">
-        <v>-2.7980832000000646</v>
+        <v>-2.798082999999906</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.8549782378502697</v>
+        <v>-2.8549780403654412</v>
       </c>
       <c r="E233" s="5">
-        <v>-1.0690740243219365</v>
+        <v>-1.0690741016800898</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1154.5608990999999</v>
+        <v>1154.5608999999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.2570433000000776</v>
+        <v>-3.257041000000072</v>
       </c>
       <c r="D234" s="5">
-        <v>-3.3239629368381207</v>
+        <v>-3.3239606297362223</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1150.8195326</v>
+        <v>1150.8195350000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-3.7413664999999128</v>
+        <v>-3.7413649999998597</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.8200495807186541</v>
+        <v>-3.8200480734404296</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1144.9026472</v>
+        <v>1144.9026490000001</v>
       </c>
       <c r="C236" s="5">
-        <v>-5.9168853999999556</v>
+        <v>-5.9168859999999768</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.9982322475412131</v>
+        <v>-5.9982328265366984</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1141.4966133</v>
+        <v>1141.496611</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.4060339000000113</v>
+        <v>-3.4060380000000805</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.512109076218628</v>
+        <v>-3.5121132295415136</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1138.2910721000001</v>
+        <v>1138.2910690000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-3.2055411999999706</v>
+        <v>-3.2055419999999231</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.3182668452255482</v>
+        <v>-3.3182676671927203</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1136.0685218000001</v>
+        <v>1136.0685189999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.2225502999999662</v>
+        <v>-2.222550000000183</v>
       </c>
       <c r="D239" s="5">
-        <v>-2.318040304421598</v>
+        <v>-2.3180400011302171</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1133.1265289999999</v>
+        <v>1133.126528</v>
       </c>
       <c r="C240" s="5">
-        <v>-2.9419928000002074</v>
+        <v>-2.9419909999999163</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.0636705943817732</v>
+        <v>-3.0636687539954743</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1131.8090376</v>
+        <v>1131.809039</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.3174913999998807</v>
+        <v>-1.3174890000000232</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.3863575601462785</v>
+        <v>-1.3863550520404</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1136.4904303999999</v>
+        <v>1136.4904349999999</v>
       </c>
       <c r="C242" s="5">
-        <v>4.6813927999999123</v>
+        <v>4.6813959999999497</v>
       </c>
       <c r="D242" s="5">
-        <v>5.077929882446508</v>
+        <v>5.0779334264190901</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1128.2952620999999</v>
+        <v>1128.2952640000001</v>
       </c>
       <c r="C243" s="5">
-        <v>-8.1951682999999775</v>
+        <v>-8.1951709999998457</v>
       </c>
       <c r="D243" s="5">
-        <v>-8.3180640074885908</v>
+        <v>-8.3180666078726198</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1122.1720017</v>
+        <v>1122.172006</v>
       </c>
       <c r="C244" s="5">
-        <v>-6.1232603999999355</v>
+        <v>-6.123258000000078</v>
       </c>
       <c r="D244" s="5">
-        <v>-6.3214905083127544</v>
+        <v>-6.3214880937699451</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1120.6106497000001</v>
+        <v>1120.6106460000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-1.5613519999999426</v>
+        <v>-1.5613599999999224</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.6569213695090568</v>
+        <v>-1.6569297880215217</v>
       </c>
       <c r="E245" s="5">
-        <v>-3.2135702287420242</v>
+        <v>-3.2135704312773239</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1122.0404395999999</v>
+        <v>1122.0404470000001</v>
       </c>
       <c r="C246" s="5">
-        <v>1.4297898999998324</v>
+        <v>1.4298009999999977</v>
       </c>
       <c r="D246" s="5">
-        <v>1.5418731145679265</v>
+        <v>1.541885173964852</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1122.2121938</v>
+        <v>1122.2121979999999</v>
       </c>
       <c r="C247" s="5">
-        <v>0.17175420000012309</v>
+        <v>0.17175099999985832</v>
       </c>
       <c r="D247" s="5">
-        <v>0.1838424369881464</v>
+        <v>0.18383900767109385</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1127.5660983</v>
+        <v>1127.566114</v>
       </c>
       <c r="C248" s="5">
-        <v>5.3539044999999987</v>
+        <v>5.3539160000000265</v>
       </c>
       <c r="D248" s="5">
-        <v>5.8776557304939914</v>
+        <v>5.8776686660186872</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1128.6275243</v>
+        <v>1128.627502</v>
       </c>
       <c r="C249" s="5">
-        <v>1.0614259999999831</v>
+        <v>1.061388000000079</v>
       </c>
       <c r="D249" s="5">
-        <v>1.1354779382169333</v>
+        <v>1.1354370605102027</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1130.6556734999999</v>
+        <v>1130.6556399999999</v>
       </c>
       <c r="C250" s="5">
-        <v>2.0281491999999162</v>
+        <v>2.028137999999899</v>
       </c>
       <c r="D250" s="5">
-        <v>2.1778469671722034</v>
+        <v>2.1778348648430645</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1131.9438499</v>
+        <v>1131.943818</v>
       </c>
       <c r="C251" s="5">
-        <v>1.2881764000001112</v>
+        <v>1.2881780000000163</v>
       </c>
       <c r="D251" s="5">
-        <v>1.3757813617165882</v>
+        <v>1.3757831222681149</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1130.5294128</v>
+        <v>1130.5294040000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.4144370999999865</v>
+        <v>-1.4144139999998515</v>
       </c>
       <c r="D252" s="5">
-        <v>-1.4892151484569571</v>
+        <v>-1.4891910357959004</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1131.1184052999999</v>
+        <v>1131.118426</v>
       </c>
       <c r="C253" s="5">
-        <v>0.58899249999990388</v>
+        <v>0.58902199999988625</v>
       </c>
       <c r="D253" s="5">
-        <v>0.62698040141613287</v>
+        <v>0.62701189899627696</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1133.653507</v>
+        <v>1133.653552</v>
       </c>
       <c r="C254" s="5">
-        <v>2.5351017000000411</v>
+        <v>2.5351259999999911</v>
       </c>
       <c r="D254" s="5">
-        <v>2.7228831173494061</v>
+        <v>2.7229094894352546</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1136.8095928</v>
+        <v>1136.809636</v>
       </c>
       <c r="C255" s="5">
-        <v>3.156085800000028</v>
+        <v>3.1560839999999644</v>
       </c>
       <c r="D255" s="5">
-        <v>3.3924259566974202</v>
+        <v>3.3924238554554842</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1137.2529586000001</v>
+        <v>1137.2529919999999</v>
       </c>
       <c r="C256" s="5">
-        <v>0.44336580000003778</v>
+        <v>0.44335599999999431</v>
       </c>
       <c r="D256" s="5">
-        <v>0.46901582973866152</v>
+        <v>0.46900542267114265</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1141.2583023</v>
+        <v>1141.2582990000001</v>
       </c>
       <c r="C257" s="5">
-        <v>4.0053436999999121</v>
+        <v>4.0053070000001298</v>
       </c>
       <c r="D257" s="5">
-        <v>4.3091712580213049</v>
+        <v>4.3091308771613601</v>
       </c>
       <c r="E257" s="5">
-        <v>1.842535817906743</v>
+        <v>1.8425358596851904</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1142.4860533000001</v>
+        <v>1142.4860550000001</v>
       </c>
       <c r="C258" s="5">
-        <v>1.2277510000001257</v>
+        <v>1.2277559999999994</v>
       </c>
       <c r="D258" s="5">
-        <v>1.2986103182766273</v>
+        <v>1.2986156419581896</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1140.2373861000001</v>
+        <v>1140.237378</v>
       </c>
       <c r="C259" s="5">
-        <v>-2.2486671999999999</v>
+        <v>-2.2486770000000433</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.3364667203798262</v>
+        <v>-2.3364767896072225</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1146.9804945999999</v>
+        <v>1146.9805120000001</v>
       </c>
       <c r="C260" s="5">
-        <v>6.7431084999998347</v>
+        <v>6.7431340000000546</v>
       </c>
       <c r="D260" s="5">
-        <v>7.3319625223466023</v>
+        <v>7.3319912109611751</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1155.2946729</v>
+        <v>1155.294615</v>
       </c>
       <c r="C261" s="5">
-        <v>8.3141783000000942</v>
+        <v>8.3141029999999319</v>
       </c>
       <c r="D261" s="5">
-        <v>9.0538144284086677</v>
+        <v>9.053728990425336</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1152.8777755999999</v>
+        <v>1152.8775909999999</v>
       </c>
       <c r="C262" s="5">
-        <v>-2.4168973000000733</v>
+        <v>-2.4170240000000831</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.4817369728811767</v>
+        <v>-2.4818657015583168</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1154.2903991000001</v>
+        <v>1154.290297</v>
       </c>
       <c r="C263" s="5">
-        <v>1.4126235000001088</v>
+        <v>1.4127060000000711</v>
       </c>
       <c r="D263" s="5">
-        <v>1.4803120513708468</v>
+        <v>1.4803993266454096</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1156.2681808</v>
+        <v>1156.2681640000001</v>
       </c>
       <c r="C264" s="5">
-        <v>1.9777816999999231</v>
+        <v>1.9778670000000602</v>
       </c>
       <c r="D264" s="5">
-        <v>2.0755887199037648</v>
+        <v>2.0756792688884529</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1158.9575216000001</v>
+        <v>1158.957623</v>
       </c>
       <c r="C265" s="5">
-        <v>2.6893408000000818</v>
+        <v>2.6894589999999425</v>
       </c>
       <c r="D265" s="5">
-        <v>2.8270381514847287</v>
+        <v>2.8271640389027963</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1158.6395395</v>
+        <v>1158.639721</v>
       </c>
       <c r="C266" s="5">
-        <v>-0.3179821000001084</v>
+        <v>-0.31790200000000368</v>
       </c>
       <c r="D266" s="5">
-        <v>-0.32874650347173295</v>
+        <v>-0.32866378808931174</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1160.1299524000001</v>
+        <v>1160.130134</v>
       </c>
       <c r="C267" s="5">
-        <v>1.4904129000001376</v>
+        <v>1.4904129999999896</v>
       </c>
       <c r="D267" s="5">
-        <v>1.5545847323589435</v>
+        <v>1.5545845921534074</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1163.4353567000001</v>
+        <v>1163.4354860000001</v>
       </c>
       <c r="C268" s="5">
-        <v>3.3054042999999638</v>
+        <v>3.3053520000000844</v>
       </c>
       <c r="D268" s="5">
-        <v>3.4730900240008689</v>
+        <v>3.4730336546128004</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1165.3243726999999</v>
+        <v>1165.3244010000001</v>
       </c>
       <c r="C269" s="5">
-        <v>1.8890159999998559</v>
+        <v>1.8889149999999972</v>
       </c>
       <c r="D269" s="5">
-        <v>1.9658780839447498</v>
+        <v>1.9657718135766888</v>
       </c>
       <c r="E269" s="5">
-        <v>2.1087312444079576</v>
+        <v>2.1087340193790771</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1172.3037627000001</v>
+        <v>1172.30359</v>
       </c>
       <c r="C270" s="5">
-        <v>6.979390000000194</v>
+        <v>6.9791889999999057</v>
       </c>
       <c r="D270" s="5">
-        <v>7.4286082851259927</v>
+        <v>7.4283870659641593</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1168.0819282</v>
+        <v>1168.0819289999999</v>
       </c>
       <c r="C271" s="5">
-        <v>-4.2218345000001136</v>
+        <v>-4.2216610000000401</v>
       </c>
       <c r="D271" s="5">
-        <v>-4.2369981634799654</v>
+        <v>-4.2368280863288028</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1169.5325605</v>
+        <v>1169.532555</v>
       </c>
       <c r="C272" s="5">
-        <v>1.4506323000000521</v>
+        <v>1.4506260000000566</v>
       </c>
       <c r="D272" s="5">
-        <v>1.5004925348395259</v>
+        <v>1.5004859726903019</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1172.8037604000001</v>
+        <v>1172.803586</v>
       </c>
       <c r="C273" s="5">
-        <v>3.271199900000056</v>
+        <v>3.2710309999999936</v>
       </c>
       <c r="D273" s="5">
-        <v>3.4085359503173818</v>
+        <v>3.4083572595821954</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1175.4627233000001</v>
+        <v>1175.4623039999999</v>
       </c>
       <c r="C274" s="5">
-        <v>2.6589629000000059</v>
+        <v>2.658717999999908</v>
       </c>
       <c r="D274" s="5">
-        <v>2.7548043328826211</v>
+        <v>2.7545478483802954</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1178.0128139999999</v>
+        <v>1178.012575</v>
       </c>
       <c r="C275" s="5">
-        <v>2.5500906999998278</v>
+        <v>2.5502710000000661</v>
       </c>
       <c r="D275" s="5">
-        <v>2.6346110458089989</v>
+        <v>2.6348005011717301</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1181.3540547</v>
+        <v>1181.353926</v>
       </c>
       <c r="C276" s="5">
-        <v>3.3412407000000712</v>
+        <v>3.3413510000000315</v>
       </c>
       <c r="D276" s="5">
-        <v>3.4572046765320774</v>
+        <v>3.4573213034137407</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1182.9259943</v>
+        <v>1182.9260019999999</v>
       </c>
       <c r="C277" s="5">
-        <v>1.5719395999999506</v>
+        <v>1.5720759999999245</v>
       </c>
       <c r="D277" s="5">
-        <v>1.6084880736662033</v>
+        <v>1.6086288446911068</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1185.6213938999999</v>
+        <v>1185.622402</v>
       </c>
       <c r="C278" s="5">
-        <v>2.6953995999999734</v>
+        <v>2.6964000000000397</v>
       </c>
       <c r="D278" s="5">
-        <v>2.7688327336962582</v>
+        <v>2.7698732879321009</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1189.4296545</v>
+        <v>1189.4301310000001</v>
       </c>
       <c r="C279" s="5">
-        <v>3.8082606000000396</v>
+        <v>3.8077290000001085</v>
       </c>
       <c r="D279" s="5">
-        <v>3.9232730113389014</v>
+        <v>3.9227122524612579</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1201.9852671000001</v>
+        <v>1201.9853989999999</v>
       </c>
       <c r="C280" s="5">
-        <v>12.555612600000131</v>
+        <v>12.555267999999842</v>
       </c>
       <c r="D280" s="5">
-        <v>13.429127094998972</v>
+        <v>13.428731168629039</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1197.6266722</v>
+        <v>1197.6267029999999</v>
       </c>
       <c r="C281" s="5">
-        <v>-4.358594900000071</v>
+        <v>-4.358696000000009</v>
       </c>
       <c r="D281" s="5">
-        <v>-4.2656526630253433</v>
+        <v>-4.2657491834019901</v>
       </c>
       <c r="E281" s="5">
-        <v>2.7719577704495402</v>
+        <v>2.7719579176648468</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1196.3357318999999</v>
+        <v>1196.335276</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.2909403000001021</v>
+        <v>-1.2914269999998851</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.2858574820924118</v>
+        <v>-1.286339361409583</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1200.2810073000001</v>
+        <v>1200.280976</v>
       </c>
       <c r="C283" s="5">
-        <v>3.9452754000001278</v>
+        <v>3.945699999999988</v>
       </c>
       <c r="D283" s="5">
-        <v>4.0299325196933466</v>
+        <v>4.0303756920978095</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1199.8959821999999</v>
+        <v>1199.8958620000001</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.3850251000001208</v>
+        <v>-0.38511399999993046</v>
       </c>
       <c r="D284" s="5">
-        <v>-0.38425654931174558</v>
+        <v>-0.38434512535338028</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1205.9785989</v>
+        <v>1205.9782150000001</v>
       </c>
       <c r="C285" s="5">
-        <v>6.0826167000000169</v>
+        <v>6.0823530000000119</v>
       </c>
       <c r="D285" s="5">
-        <v>6.2556474696135123</v>
+        <v>6.2553693070761529</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1209.0004346000001</v>
+        <v>1208.999681</v>
       </c>
       <c r="C286" s="5">
-        <v>3.0218357000001106</v>
+        <v>3.0214659999999185</v>
       </c>
       <c r="D286" s="5">
-        <v>3.0486418499885648</v>
+        <v>3.0482646997087803</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1212.5667768999999</v>
+        <v>1212.5662769999999</v>
       </c>
       <c r="C287" s="5">
-        <v>3.5663422999998602</v>
+        <v>3.5665959999998904</v>
       </c>
       <c r="D287" s="5">
-        <v>3.5977908015701443</v>
+        <v>3.5980531848464503</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1217.0340537</v>
+        <v>1217.033674</v>
       </c>
       <c r="C288" s="5">
-        <v>4.467276800000036</v>
+        <v>4.4673970000001191</v>
       </c>
       <c r="D288" s="5">
-        <v>4.5116696989745408</v>
+        <v>4.5117954617144962</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1222.6350692999999</v>
+        <v>1222.634861</v>
       </c>
       <c r="C289" s="5">
-        <v>5.6010155999999824</v>
+        <v>5.6011869999999817</v>
       </c>
       <c r="D289" s="5">
-        <v>5.6645772432751595</v>
+        <v>5.6647568118724623</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1226.9093453999999</v>
+        <v>1226.9122</v>
       </c>
       <c r="C290" s="5">
-        <v>4.2742760999999518</v>
+        <v>4.2773389999999836</v>
       </c>
       <c r="D290" s="5">
-        <v>4.2767555424690906</v>
+        <v>4.2798801708962664</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1228.4124929</v>
+        <v>1228.413256</v>
       </c>
       <c r="C291" s="5">
-        <v>1.5031475000000682</v>
+        <v>1.5010560000000623</v>
       </c>
       <c r="D291" s="5">
-        <v>1.4801266387759249</v>
+        <v>1.4780498304893808</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1234.6450413</v>
+        <v>1234.6451529999999</v>
       </c>
       <c r="C292" s="5">
-        <v>6.2325484000000415</v>
+        <v>6.2318969999998899</v>
       </c>
       <c r="D292" s="5">
-        <v>6.2611968840883714</v>
+        <v>6.2605201255958365</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1237.4357771</v>
+        <v>1237.4357520000001</v>
       </c>
       <c r="C293" s="5">
-        <v>2.7907357999999931</v>
+        <v>2.7905990000001566</v>
       </c>
       <c r="D293" s="5">
-        <v>2.7464018263162027</v>
+        <v>2.7462652699980827</v>
       </c>
       <c r="E293" s="5">
-        <v>3.3239995254006782</v>
+        <v>3.3239947723510355</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1240.4231812999999</v>
+        <v>1240.4222890000001</v>
       </c>
       <c r="C294" s="5">
-        <v>2.9874041999999008</v>
+        <v>2.9865369999999984</v>
       </c>
       <c r="D294" s="5">
-        <v>2.935805235530986</v>
+        <v>2.9349417300490899</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1242.7554132</v>
+        <v>1242.75515</v>
       </c>
       <c r="C295" s="5">
-        <v>2.3322319000001244</v>
+        <v>2.3328609999998662</v>
       </c>
       <c r="D295" s="5">
-        <v>2.2797072336932844</v>
+        <v>2.2803301976363155</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1244.7719474999999</v>
+        <v>1244.771487</v>
       </c>
       <c r="C296" s="5">
-        <v>2.0165342999998757</v>
+        <v>2.0163370000000214</v>
       </c>
       <c r="D296" s="5">
-        <v>1.9646297079068287</v>
+        <v>1.964436187528773</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1245.5304156</v>
+        <v>1245.5296149999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.75846810000007281</v>
+        <v>0.7581279999999424</v>
       </c>
       <c r="D297" s="5">
-        <v>0.73364292053990088</v>
+        <v>0.73331312169144791</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1245.906264</v>
+        <v>1245.905154</v>
       </c>
       <c r="C298" s="5">
-        <v>0.37584839999999531</v>
+        <v>0.37553900000011708</v>
       </c>
       <c r="D298" s="5">
-        <v>0.36271083208694321</v>
+        <v>0.36241198500785998</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1250.9987755</v>
+        <v>1250.998002</v>
       </c>
       <c r="C299" s="5">
-        <v>5.0925115000000005</v>
+        <v>5.0928480000000036</v>
       </c>
       <c r="D299" s="5">
-        <v>5.0166555628253562</v>
+        <v>5.0169991089813015</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1253.2033016</v>
+        <v>1253.2027909999999</v>
       </c>
       <c r="C300" s="5">
-        <v>2.2045261000000664</v>
+        <v>2.2047889999998915</v>
       </c>
       <c r="D300" s="5">
-        <v>2.1352718748548494</v>
+        <v>2.1355303225810029</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1255.0996746999999</v>
+        <v>1255.0994659999999</v>
       </c>
       <c r="C301" s="5">
-        <v>1.8963730999998916</v>
+        <v>1.8966749999999593</v>
       </c>
       <c r="D301" s="5">
-        <v>1.8310541790081514</v>
+        <v>1.8313488634459363</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1258.3293699000001</v>
+        <v>1258.3352850000001</v>
       </c>
       <c r="C302" s="5">
-        <v>3.2296952000001511</v>
+        <v>3.2358190000002196</v>
       </c>
       <c r="D302" s="5">
-        <v>3.1319894994690234</v>
+        <v>3.1380130296304154</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1260.0185253</v>
+        <v>1260.019534</v>
       </c>
       <c r="C303" s="5">
-        <v>1.6891553999998905</v>
+        <v>1.6842489999999088</v>
       </c>
       <c r="D303" s="5">
-        <v>1.6228017182650545</v>
+        <v>1.6180456360923134</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1263.0807024000001</v>
+        <v>1263.0805190000001</v>
       </c>
       <c r="C304" s="5">
-        <v>3.062177100000099</v>
+        <v>3.0609850000000733</v>
       </c>
       <c r="D304" s="5">
-        <v>2.9556145717207771</v>
+        <v>2.9544461424747981</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1269.3423390999999</v>
+        <v>1269.341878</v>
       </c>
       <c r="C305" s="5">
-        <v>6.2616366999998263</v>
+        <v>6.2613589999998567</v>
       </c>
       <c r="D305" s="5">
-        <v>6.1138313737055805</v>
+        <v>6.1135537058033096</v>
       </c>
       <c r="E305" s="5">
-        <v>2.5784418545562682</v>
+        <v>2.5784066727045696</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1270.0367100999999</v>
+        <v>1270.0351559999999</v>
       </c>
       <c r="C306" s="5">
-        <v>0.69437100000004648</v>
+        <v>0.69327799999996387</v>
       </c>
       <c r="D306" s="5">
-        <v>0.65841713181942207</v>
+        <v>0.65737785055672848</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1276.240497</v>
+        <v>1276.239546</v>
       </c>
       <c r="C307" s="5">
-        <v>6.2037869000000683</v>
+        <v>6.2043900000001031</v>
       </c>
       <c r="D307" s="5">
-        <v>6.0217489137197378</v>
+        <v>6.0223577031987441</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1280.7521492000001</v>
+        <v>1280.7508769999999</v>
       </c>
       <c r="C308" s="5">
-        <v>4.5116522000000714</v>
+        <v>4.5113309999999274</v>
       </c>
       <c r="D308" s="5">
-        <v>4.325593533956007</v>
+        <v>4.3252828543710375</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1285.5405092000001</v>
+        <v>1285.5388419999999</v>
       </c>
       <c r="C309" s="5">
-        <v>4.7883600000000115</v>
+        <v>4.7879649999999856</v>
       </c>
       <c r="D309" s="5">
-        <v>4.5798650779781402</v>
+        <v>4.5794841182501989</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1292.6354667000001</v>
+        <v>1292.6337980000001</v>
       </c>
       <c r="C310" s="5">
-        <v>7.0949574999999641</v>
+        <v>7.0949560000001384</v>
       </c>
       <c r="D310" s="5">
-        <v>6.8276353677930723</v>
+        <v>6.8276430053850978</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1297.0975466</v>
+        <v>1297.096753</v>
       </c>
       <c r="C311" s="5">
-        <v>4.4620798999999352</v>
+        <v>4.4629549999999654</v>
       </c>
       <c r="D311" s="5">
-        <v>4.2218654136998213</v>
+        <v>4.2227147440305757</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1298.783999</v>
+        <v>1298.7838839999999</v>
       </c>
       <c r="C312" s="5">
-        <v>1.6864524000000074</v>
+        <v>1.6871309999999085</v>
       </c>
       <c r="D312" s="5">
-        <v>1.5714141821403294</v>
+        <v>1.5720519917144404</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1299.8417701999999</v>
+        <v>1299.8419779999999</v>
       </c>
       <c r="C313" s="5">
-        <v>1.0577711999999337</v>
+        <v>1.0580939999999828</v>
       </c>
       <c r="D313" s="5">
-        <v>0.9817080365683184</v>
+        <v>0.98200905536722782</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1305.8344771</v>
+        <v>1305.844173</v>
       </c>
       <c r="C314" s="5">
-        <v>5.9927069000000301</v>
+        <v>6.0021950000000288</v>
       </c>
       <c r="D314" s="5">
-        <v>5.6748654997726966</v>
+        <v>5.6840788483622617</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1307.6824108999999</v>
+        <v>1307.685688</v>
       </c>
       <c r="C315" s="5">
-        <v>1.8479337999999643</v>
+        <v>1.8415150000000722</v>
       </c>
       <c r="D315" s="5">
-        <v>1.711443364866394</v>
+        <v>1.7054397196342164</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1300.8916988000001</v>
+        <v>1300.8908730000001</v>
       </c>
       <c r="C316" s="5">
-        <v>-6.7907120999998369</v>
+        <v>-6.7948149999999714</v>
       </c>
       <c r="D316" s="5">
-        <v>-6.056589725276873</v>
+        <v>-6.0601303808276663</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1303.5650221999999</v>
+        <v>1303.564437</v>
       </c>
       <c r="C317" s="5">
-        <v>2.6733233999998447</v>
+        <v>2.6735639999999421</v>
       </c>
       <c r="D317" s="5">
-        <v>2.4940552433293739</v>
+        <v>2.4942838537404421</v>
       </c>
       <c r="E317" s="5">
-        <v>2.6960956115483325</v>
+        <v>2.6960868142097194</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1305.0253594000001</v>
+        <v>1305.023621</v>
       </c>
       <c r="C318" s="5">
-        <v>1.46033720000014</v>
+        <v>1.4591840000000502</v>
       </c>
       <c r="D318" s="5">
-        <v>1.3526309698674188</v>
+        <v>1.3515568491820007</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1310.4710092</v>
+        <v>1310.4686509999999</v>
       </c>
       <c r="C319" s="5">
-        <v>5.4456497999999556</v>
+        <v>5.4450299999998606</v>
       </c>
       <c r="D319" s="5">
-        <v>5.1239329825659707</v>
+        <v>5.1233433335682754</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1313.9249296</v>
+        <v>1313.9204729999999</v>
       </c>
       <c r="C320" s="5">
-        <v>3.4539204000000154</v>
+        <v>3.4518219999999928</v>
       </c>
       <c r="D320" s="5">
-        <v>3.2090118684947377</v>
+        <v>3.2070397849784049</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1316.7764287</v>
+        <v>1316.77035</v>
       </c>
       <c r="C321" s="5">
-        <v>2.8514990999999554</v>
+        <v>2.8498770000001059</v>
       </c>
       <c r="D321" s="5">
-        <v>2.6355684109992783</v>
+        <v>2.634060255809012</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1316.2330265999999</v>
+        <v>1316.2283110000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-0.54340210000009392</v>
+        <v>-0.54203899999993155</v>
       </c>
       <c r="D322" s="5">
-        <v>-0.49408881890193879</v>
+        <v>-0.49285449380378488</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1316.6239335</v>
+        <v>1316.6229490000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.39090690000011818</v>
+        <v>0.39463799999998628</v>
       </c>
       <c r="D323" s="5">
-        <v>0.35696966814209308</v>
+        <v>0.36038376029712271</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1320.8335867999999</v>
+        <v>1320.8356590000001</v>
       </c>
       <c r="C324" s="5">
-        <v>4.2096532999998999</v>
+        <v>4.2127100000000155</v>
       </c>
       <c r="D324" s="5">
-        <v>3.9049652203028362</v>
+        <v>3.907853738577538</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1322.8536996</v>
+        <v>1322.8574880000001</v>
       </c>
       <c r="C325" s="5">
-        <v>2.0201128000001063</v>
+        <v>2.0218290000000252</v>
       </c>
       <c r="D325" s="5">
-        <v>1.8508244348847347</v>
+        <v>1.8524071456059277</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1319.2449934000001</v>
+        <v>1319.2620460000001</v>
       </c>
       <c r="C326" s="5">
-        <v>-3.608706199999915</v>
+        <v>-3.5954420000000482</v>
       </c>
       <c r="D326" s="5">
-        <v>-3.224892754047104</v>
+        <v>-3.213206870636387</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1323.8858505999999</v>
+        <v>1323.898306</v>
       </c>
       <c r="C327" s="5">
-        <v>4.6408571999998003</v>
+        <v>4.6362599999999929</v>
       </c>
       <c r="D327" s="5">
-        <v>4.304016014720724</v>
+        <v>4.2996130878102834</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1323.6219748000001</v>
+        <v>1323.6162320000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.26387579999982336</v>
+        <v>-0.28207399999996596</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.23892094630935112</v>
+        <v>-0.25537643093007656</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1324.3901237</v>
+        <v>1324.388365</v>
       </c>
       <c r="C329" s="5">
-        <v>0.76814889999991465</v>
+        <v>0.77213299999993978</v>
       </c>
       <c r="D329" s="5">
-        <v>0.69863343698313152</v>
+        <v>0.7022716769374826</v>
       </c>
       <c r="E329" s="5">
-        <v>1.5975498839984281</v>
+        <v>1.5974605787745899</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1326.5481491999999</v>
+        <v>1326.550146</v>
       </c>
       <c r="C330" s="5">
-        <v>2.1580254999998942</v>
+        <v>2.161781000000019</v>
       </c>
       <c r="D330" s="5">
-        <v>1.9729574051158494</v>
+        <v>1.9764243714483154</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1323.42119</v>
+        <v>1323.4165780000001</v>
       </c>
       <c r="C331" s="5">
-        <v>-3.1269591999998738</v>
+        <v>-3.1335679999999684</v>
       </c>
       <c r="D331" s="5">
-        <v>-2.792271979643568</v>
+        <v>-2.7980928050009068</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1322.8450545999999</v>
+        <v>1322.832809</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.57613540000011199</v>
+        <v>-0.58376900000007481</v>
       </c>
       <c r="D332" s="5">
-        <v>-0.52115646584751651</v>
+        <v>-0.52804670559619682</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1324.4200069999999</v>
+        <v>1324.3992290000001</v>
       </c>
       <c r="C333" s="5">
-        <v>1.5749524000000292</v>
+        <v>1.5664200000001074</v>
       </c>
       <c r="D333" s="5">
-        <v>1.4380881727681816</v>
+        <v>1.4302597599814115</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1322.8057426</v>
+        <v>1322.7913120000001</v>
       </c>
       <c r="C334" s="5">
-        <v>-1.6142643999999109</v>
+        <v>-1.6079170000000431</v>
       </c>
       <c r="D334" s="5">
-        <v>-1.4528503942893845</v>
+        <v>-1.4471983298852797</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1323.640065</v>
+        <v>1323.6416280000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.83432240000001912</v>
+        <v>0.85031600000002072</v>
       </c>
       <c r="D335" s="5">
-        <v>0.75949721635522049</v>
+        <v>0.7741164383061605</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1319.7313647000001</v>
+        <v>1319.7402709999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-3.908700299999964</v>
+        <v>-3.9013570000001891</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.4866016582141834</v>
+        <v>-3.4801531351561832</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1320.2515994</v>
+        <v>1320.2642000000001</v>
       </c>
       <c r="C337" s="5">
-        <v>0.52023469999994632</v>
+        <v>0.52392900000018017</v>
       </c>
       <c r="D337" s="5">
-        <v>0.47406383826478216</v>
+        <v>0.47743439386085385</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1313.2808614999999</v>
+        <v>1313.3071849999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-6.970737900000131</v>
+        <v>-6.9570150000001831</v>
       </c>
       <c r="D338" s="5">
-        <v>-6.1550393740673499</v>
+        <v>-6.1432143558989072</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1319.834239</v>
+        <v>1319.8626180000001</v>
       </c>
       <c r="C339" s="5">
-        <v>6.5533775000001242</v>
+        <v>6.555433000000221</v>
       </c>
       <c r="D339" s="5">
-        <v>6.1552074390837097</v>
+        <v>6.1570645396351376</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1322.8597175</v>
+        <v>1322.8519699999999</v>
       </c>
       <c r="C340" s="5">
-        <v>3.0254784999999629</v>
+        <v>2.9893519999998261</v>
       </c>
       <c r="D340" s="5">
-        <v>2.7857279403121993</v>
+        <v>2.7519888932127756</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1322.1315844000001</v>
+        <v>1322.1280630000001</v>
       </c>
       <c r="C341" s="5">
-        <v>-0.72813309999992271</v>
+        <v>-0.72390699999982644</v>
       </c>
       <c r="D341" s="5">
-        <v>-0.6585123102746171</v>
+        <v>-0.65470560973810432</v>
       </c>
       <c r="E341" s="5">
-        <v>-0.17053429043174528</v>
+        <v>-0.17066761229058702</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1325.7231552000001</v>
+        <v>1325.7291090000001</v>
       </c>
       <c r="C342" s="5">
-        <v>3.5915707999999995</v>
+        <v>3.6010459999999966</v>
       </c>
       <c r="D342" s="5">
-        <v>3.3089479057611504</v>
+        <v>3.3178176521949432</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1323.9341916999999</v>
+        <v>1323.9304</v>
       </c>
       <c r="C343" s="5">
-        <v>-1.7889635000001363</v>
+        <v>-1.7987090000001444</v>
       </c>
       <c r="D343" s="5">
-        <v>-1.6073452216512463</v>
+        <v>-1.6160289044921172</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1323.7402096000001</v>
+        <v>1323.727781</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.19398209999985738</v>
+        <v>-0.20261899999991329</v>
       </c>
       <c r="D344" s="5">
-        <v>-0.17568171202151373</v>
+        <v>-0.18349774389585516</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1323.9335257</v>
+        <v>1323.8529659999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.19331609999994726</v>
+        <v>0.12518499999987398</v>
       </c>
       <c r="D345" s="5">
-        <v>0.17538617975312309</v>
+        <v>0.11354310346378682</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1327.2005161</v>
+        <v>1327.18444</v>
       </c>
       <c r="C346" s="5">
-        <v>3.2669903999999406</v>
+        <v>3.3314740000000711</v>
       </c>
       <c r="D346" s="5">
-        <v>3.001688585746165</v>
+        <v>3.0619470378821845</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1325.2266039000001</v>
+        <v>1325.2320830000001</v>
       </c>
       <c r="C347" s="5">
-        <v>-1.9739121999998588</v>
+        <v>-1.9523569999998927</v>
       </c>
       <c r="D347" s="5">
-        <v>-1.7702030676149727</v>
+        <v>-1.7510495530948189</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1325.2634900999999</v>
+        <v>1325.2721180000001</v>
       </c>
       <c r="C348" s="5">
-        <v>3.6886199999798919E-2</v>
+        <v>4.0034999999988941E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>3.3405771229233494E-2</v>
+        <v>3.6257787437099509E-2</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1324.8815614</v>
+        <v>1324.93427</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.38192869999988943</v>
+        <v>-0.33784800000012183</v>
       </c>
       <c r="D349" s="5">
-        <v>-0.34528128925219725</v>
+        <v>-0.30548416529061484</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1325.2420750000001</v>
+        <v>1325.2625969999999</v>
       </c>
       <c r="C350" s="5">
-        <v>0.36051360000010391</v>
+        <v>0.32832699999994475</v>
       </c>
       <c r="D350" s="5">
-        <v>0.32702120410996738</v>
+        <v>0.29777313376142533</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1316.6766046</v>
+        <v>1316.7431839999999</v>
       </c>
       <c r="C351" s="5">
-        <v>-8.5654704000000947</v>
+        <v>-8.5194129999999859</v>
       </c>
       <c r="D351" s="5">
-        <v>-7.4861325384058874</v>
+        <v>-7.4471801245864722</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1321.3982249000001</v>
+        <v>1321.383233</v>
       </c>
       <c r="C352" s="5">
-        <v>4.7216203000000405</v>
+        <v>4.64004900000009</v>
       </c>
       <c r="D352" s="5">
-        <v>4.3891118096487158</v>
+        <v>4.3115872012299716</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1318.6752669</v>
+        <v>1318.6700060000001</v>
       </c>
       <c r="C353" s="5">
-        <v>-2.7229580000000624</v>
+        <v>-2.7132269999999608</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.4449628183843997</v>
+        <v>-2.4363510548730205</v>
       </c>
       <c r="E353" s="5">
-        <v>-0.2614200841112635</v>
+        <v>-0.26155234857911935</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1319.4629758000001</v>
+        <v>1319.4675319999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.78770890000009786</v>
+        <v>0.79752599999983431</v>
       </c>
       <c r="D354" s="5">
-        <v>0.71917813202275749</v>
+        <v>0.72817389362516138</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1316.742289</v>
+        <v>1316.736586</v>
       </c>
       <c r="C355" s="5">
-        <v>-2.7206868000000668</v>
+        <v>-2.7309459999999035</v>
       </c>
       <c r="D355" s="5">
-        <v>-2.4464890502338577</v>
+        <v>-2.4556011588578563</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1314.7844143</v>
+        <v>1314.7818159999999</v>
       </c>
       <c r="C356" s="5">
-        <v>-1.9578747000000476</v>
+        <v>-1.9547700000000532</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.7697698224274916</v>
+        <v>-1.7669938752288283</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1313.387547</v>
+        <v>1313.2212179999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-1.3968672999999399</v>
+        <v>-1.5605980000000272</v>
       </c>
       <c r="D357" s="5">
-        <v>-1.2674933275866551</v>
+        <v>-1.4150942453692306</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1312.8232084000001</v>
+        <v>1312.812013</v>
       </c>
       <c r="C358" s="5">
-        <v>-0.56433859999992819</v>
+        <v>-0.40920499999992899</v>
       </c>
       <c r="D358" s="5">
-        <v>-0.51440125508659396</v>
+        <v>-0.37328463880692553</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1314.0065927999999</v>
+        <v>1314.017417</v>
       </c>
       <c r="C359" s="5">
-        <v>1.1833843999997953</v>
+        <v>1.2054040000000441</v>
       </c>
       <c r="D359" s="5">
-        <v>1.0870639233718116</v>
+        <v>1.1074030102610433</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1314.5294421000001</v>
+        <v>1314.5371560000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.52284930000018903</v>
+        <v>0.51973900000007234</v>
       </c>
       <c r="D360" s="5">
-        <v>0.47853190211857299</v>
+        <v>0.47567511270656393</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1312.9094101999999</v>
+        <v>1313.001685</v>
       </c>
       <c r="C361" s="5">
-        <v>-1.6200319000001855</v>
+        <v>-1.5354710000001432</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.4689021581519635</v>
+        <v>-1.3927136370336712</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1312.3461691</v>
+        <v>1312.362807</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.56324109999991379</v>
+        <v>-0.63887799999997696</v>
       </c>
       <c r="D362" s="5">
-        <v>-0.51358976015661861</v>
+        <v>-0.58233376978019669</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1313.1047962</v>
+        <v>1313.212653</v>
       </c>
       <c r="C363" s="5">
-        <v>0.75862710000001243</v>
+        <v>0.84984600000007049</v>
       </c>
       <c r="D363" s="5">
-        <v>0.69589296162841929</v>
+        <v>0.77985695151701062</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1317.8789008000001</v>
+        <v>1317.871412</v>
       </c>
       <c r="C364" s="5">
-        <v>4.7741046000001006</v>
+        <v>4.6587589999999182</v>
       </c>
       <c r="D364" s="5">
-        <v>4.4511939186639315</v>
+        <v>4.3411797226858617</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1317.964299</v>
+        <v>1317.9646969999999</v>
       </c>
       <c r="C365" s="5">
-        <v>8.5398199999872304E-2</v>
+        <v>9.3284999999923457E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>7.7787398204098857E-2</v>
+        <v>8.497459615384173E-2</v>
       </c>
       <c r="E365" s="5">
-        <v>-5.3915313181795987E-2</v>
+        <v>-5.3486391348178675E-2</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1313.9055235000001</v>
+        <v>1313.9043899999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-4.0587754999999106</v>
+        <v>-4.0603069999999661</v>
       </c>
       <c r="D366" s="5">
-        <v>-3.6335400630606807</v>
+        <v>-3.6348868825500036</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1317.3881497</v>
+        <v>1317.3696050000001</v>
       </c>
       <c r="C367" s="5">
-        <v>3.4826261999999133</v>
+        <v>3.4652150000001711</v>
       </c>
       <c r="D367" s="5">
-        <v>3.227490556805801</v>
+        <v>3.2111229406631248</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1314.6598573000001</v>
+        <v>1314.652351</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.7282923999998729</v>
+        <v>-2.7172540000001391</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.4570704048868297</v>
+        <v>-2.4472759066024419</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1152.1348281</v>
+        <v>1151.9058419999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-162.52502920000006</v>
+        <v>-162.74650900000006</v>
       </c>
       <c r="D369" s="5">
-        <v>-79.475204574041754</v>
+        <v>-79.522699603271477</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1199.1026320999999</v>
+        <v>1199.094284</v>
       </c>
       <c r="C370" s="5">
-        <v>46.967803999999887</v>
+        <v>47.188442000000123</v>
       </c>
       <c r="D370" s="5">
-        <v>61.523833411136543</v>
+        <v>61.896038744965274</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1255.2232058</v>
+        <v>1255.2385340000001</v>
       </c>
       <c r="C371" s="5">
-        <v>56.120573700000023</v>
+        <v>56.144250000000056</v>
       </c>
       <c r="D371" s="5">
-        <v>73.131160493134658</v>
+        <v>73.170999313372874</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1262.7141159</v>
+        <v>1262.7276810000001</v>
       </c>
       <c r="C372" s="5">
-        <v>7.4909101000000646</v>
+        <v>7.4891470000000027</v>
       </c>
       <c r="D372" s="5">
-        <v>7.4011447215662551</v>
+        <v>7.3992518513964267</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1275.6596904999999</v>
+        <v>1275.799096</v>
       </c>
       <c r="C373" s="5">
-        <v>12.945574599999873</v>
+        <v>13.071414999999888</v>
       </c>
       <c r="D373" s="5">
-        <v>13.020588463542415</v>
+        <v>13.154301749046059</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1284.9714252000001</v>
+        <v>1284.994473</v>
       </c>
       <c r="C374" s="5">
-        <v>9.3117347000002155</v>
+        <v>9.1953770000000077</v>
       </c>
       <c r="D374" s="5">
-        <v>9.1198224958342511</v>
+        <v>9.0002854496720417</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1300.5200703</v>
+        <v>1300.670703</v>
       </c>
       <c r="C375" s="5">
-        <v>15.548645099999931</v>
+        <v>15.676230000000032</v>
       </c>
       <c r="D375" s="5">
-        <v>15.526885492361075</v>
+        <v>15.662661241258657</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1300.8311389999999</v>
+        <v>1300.8351700000001</v>
       </c>
       <c r="C376" s="5">
-        <v>0.31106869999985065</v>
+        <v>0.16446700000005876</v>
       </c>
       <c r="D376" s="5">
-        <v>0.2874034056541408</v>
+        <v>0.15184297938950486</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1302.8163910000001</v>
+        <v>1302.847188</v>
       </c>
       <c r="C377" s="5">
-        <v>1.9852520000001732</v>
+        <v>2.0120179999998982</v>
       </c>
       <c r="D377" s="5">
-        <v>1.8468200193959561</v>
+        <v>1.8719259813777978</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.1493412994186047</v>
+        <v>-1.1470344413936906</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1307.8553927999999</v>
+        <v>1307.8379239999999</v>
       </c>
       <c r="C378" s="5">
-        <v>5.0390017999998236</v>
+        <v>4.9907359999999699</v>
       </c>
       <c r="D378" s="5">
-        <v>4.7413490816629267</v>
+        <v>4.6948599920186851</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1308.9700161000001</v>
+        <v>1308.9111</v>
       </c>
       <c r="C379" s="5">
-        <v>1.1146233000001757</v>
+        <v>1.0731760000001032</v>
       </c>
       <c r="D379" s="5">
-        <v>1.0275107029098063</v>
+        <v>0.98914336976341222</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1319.8571528</v>
+        <v>1319.7991360000001</v>
       </c>
       <c r="C380" s="5">
-        <v>10.887136699999928</v>
+        <v>10.888036000000056</v>
       </c>
       <c r="D380" s="5">
-        <v>10.450270121362305</v>
+        <v>10.451665354929073</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1316.7640168</v>
+        <v>1316.420717</v>
       </c>
       <c r="C381" s="5">
-        <v>-3.0931359999999586</v>
+        <v>-3.3784190000001217</v>
       </c>
       <c r="D381" s="5">
-        <v>-2.7762794910901167</v>
+        <v>-3.0288773936096636</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1329.3599675</v>
+        <v>1329.33863</v>
       </c>
       <c r="C382" s="5">
-        <v>12.595950700000003</v>
+        <v>12.917912999999999</v>
       </c>
       <c r="D382" s="5">
-        <v>12.102617745293776</v>
+        <v>12.432276480702287</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1333.8846060000001</v>
+        <v>1333.9328290000001</v>
       </c>
       <c r="C383" s="5">
-        <v>4.5246385000000373</v>
+        <v>4.5941990000001169</v>
       </c>
       <c r="D383" s="5">
-        <v>4.1616788652945047</v>
+        <v>4.2269496015668873</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1338.2781613</v>
+        <v>1338.288474</v>
       </c>
       <c r="C384" s="5">
-        <v>4.393555299999889</v>
+        <v>4.3556449999998677</v>
       </c>
       <c r="D384" s="5">
-        <v>4.0249619739506137</v>
+        <v>3.9894592390346206</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1335.5803126999999</v>
+        <v>1335.792473</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.697848600000043</v>
+        <v>-2.4960009999999784</v>
       </c>
       <c r="D385" s="5">
-        <v>-2.3924499626359563</v>
+        <v>-2.2152675211563055</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1341.3635164</v>
+        <v>1341.434645</v>
       </c>
       <c r="C386" s="5">
-        <v>5.7832037000000582</v>
+        <v>5.6421720000000732</v>
       </c>
       <c r="D386" s="5">
-        <v>5.3216790838130912</v>
+        <v>5.1880295725704295</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1353.7375101</v>
+        <v>1353.928124</v>
       </c>
       <c r="C387" s="5">
-        <v>12.373993700000028</v>
+        <v>12.493478999999979</v>
       </c>
       <c r="D387" s="5">
-        <v>11.649215264444557</v>
+        <v>11.766870718521293</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1353.3618982999999</v>
+        <v>1353.410292</v>
       </c>
       <c r="C388" s="5">
-        <v>-0.37561180000011518</v>
+        <v>-0.51783199999999852</v>
       </c>
       <c r="D388" s="5">
-        <v>-0.33244772463014716</v>
+        <v>-0.45799544454143692</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1357.2847452999999</v>
+        <v>1357.361607</v>
       </c>
       <c r="C389" s="5">
-        <v>3.922847000000047</v>
+        <v>3.9513150000000223</v>
       </c>
       <c r="D389" s="5">
-        <v>3.5343045743748913</v>
+        <v>3.560236847589926</v>
       </c>
       <c r="E389" s="5">
-        <v>4.1808158598765965</v>
+        <v>4.1842527275731456</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1357.2890531</v>
+        <v>1357.2469510000001</v>
       </c>
       <c r="C390" s="5">
-        <v>4.3078000001059991E-3</v>
+        <v>-0.11465599999996812</v>
       </c>
       <c r="D390" s="5">
-        <v>3.808670402993819E-3</v>
+        <v>-0.10131662522542273</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1373.9074576</v>
+        <v>1373.7954279999999</v>
       </c>
       <c r="C391" s="5">
-        <v>16.618404499999997</v>
+        <v>16.548476999999821</v>
       </c>
       <c r="D391" s="5">
-        <v>15.723514314646758</v>
+        <v>15.653373179405715</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1375.4588165</v>
+        <v>1375.3105479999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.5513588999999683</v>
+        <v>1.5151200000000244</v>
       </c>
       <c r="D392" s="5">
-        <v>1.363436606792634</v>
+        <v>1.3315032891611844</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1379.9923272999999</v>
+        <v>1379.423004</v>
       </c>
       <c r="C393" s="5">
-        <v>4.5335107999999309</v>
+        <v>4.1124560000000656</v>
       </c>
       <c r="D393" s="5">
-        <v>4.0276921609799565</v>
+        <v>3.6478468914466822</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1375.6797964</v>
+        <v>1375.5586840000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-4.3125308999999561</v>
+        <v>-3.8643199999999069</v>
       </c>
       <c r="D394" s="5">
-        <v>-3.6862596691291438</v>
+        <v>-3.3103685853267839</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1374.9028573000001</v>
+        <v>1375.1307200000001</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.77693909999993593</v>
+        <v>-0.42796399999997448</v>
       </c>
       <c r="D395" s="5">
-        <v>-0.67561968581063558</v>
+        <v>-0.37270596918148602</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1380.9957479</v>
+        <v>1381.0608540000001</v>
       </c>
       <c r="C396" s="5">
-        <v>6.0928905999999188</v>
+        <v>5.9301339999999527</v>
       </c>
       <c r="D396" s="5">
-        <v>5.4493537502680045</v>
+        <v>5.2994189644119949</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1380.3573211999999</v>
+        <v>1380.6608369999999</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.63842670000008184</v>
+        <v>-0.40001700000016172</v>
       </c>
       <c r="D397" s="5">
-        <v>-0.55334501086139465</v>
+        <v>-0.34702051096553443</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1385.3542227</v>
+        <v>1385.4893709999999</v>
       </c>
       <c r="C398" s="5">
-        <v>4.9969015000001491</v>
+        <v>4.8285339999999906</v>
       </c>
       <c r="D398" s="5">
-        <v>4.4315484585048415</v>
+        <v>4.2783876304944846</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1383.6993416</v>
+        <v>1383.936205</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.6548811000000114</v>
+        <v>-1.5531659999999192</v>
       </c>
       <c r="D399" s="5">
-        <v>-1.4240848434124431</v>
+        <v>-1.3369648137584123</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1378.472098</v>
+        <v>1378.568448</v>
       </c>
       <c r="C400" s="5">
-        <v>-5.2272436000000653</v>
+        <v>-5.3677569999999832</v>
       </c>
       <c r="D400" s="5">
-        <v>-4.4402627565658719</v>
+        <v>-4.5563234765496619</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1387.1777030999999</v>
+        <v>1387.3097749999999</v>
       </c>
       <c r="C401" s="5">
-        <v>8.705605099999957</v>
+        <v>8.7413269999999557</v>
       </c>
       <c r="D401" s="5">
-        <v>7.8473394973694877</v>
+        <v>7.8801008412068052</v>
       </c>
       <c r="E401" s="5">
-        <v>2.202408735787631</v>
+        <v>2.2063514869991474</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1390.6561959000001</v>
+        <v>1390.59491</v>
       </c>
       <c r="C402" s="5">
-        <v>3.4784928000001401</v>
+        <v>3.2851350000000821</v>
       </c>
       <c r="D402" s="5">
-        <v>3.050975368844</v>
+        <v>2.8788897703535321</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1391.4984282999999</v>
+        <v>1391.332183</v>
       </c>
       <c r="C403" s="5">
-        <v>0.84223239999982979</v>
+        <v>0.73727299999995921</v>
       </c>
       <c r="D403" s="5">
-        <v>0.72918976074896058</v>
+        <v>0.638080896992399</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1395.3526228000001</v>
+        <v>1395.0840949999999</v>
       </c>
       <c r="C404" s="5">
-        <v>3.854194500000176</v>
+        <v>3.7519119999999475</v>
       </c>
       <c r="D404" s="5">
-        <v>3.3748839338152647</v>
+        <v>3.2843874642801474</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1396.6212903999999</v>
+        <v>1395.8578789999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2686675999998442</v>
+        <v>0.77378399999997782</v>
       </c>
       <c r="D405" s="5">
-        <v>1.0965237116293602</v>
+        <v>0.66761468533269586</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1398.5654692999999</v>
+        <v>1398.23867</v>
       </c>
       <c r="C406" s="5">
-        <v>1.9441788999999972</v>
+        <v>2.3807910000000447</v>
       </c>
       <c r="D406" s="5">
-        <v>1.6833197054492155</v>
+        <v>2.0660432901430159</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1401.3491340999999</v>
+        <v>1401.7389639999999</v>
       </c>
       <c r="C407" s="5">
-        <v>2.7836647999999968</v>
+        <v>3.5002939999999398</v>
       </c>
       <c r="D407" s="5">
-        <v>2.4147664243964417</v>
+        <v>3.0457393764643292</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1398.7292559</v>
+        <v>1398.878557</v>
       </c>
       <c r="C408" s="5">
-        <v>-2.6198781999999028</v>
+        <v>-2.8604069999998956</v>
       </c>
       <c r="D408" s="5">
-        <v>-2.2205229161975648</v>
+        <v>-2.421438823297295</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1396.4737782</v>
+        <v>1396.8571629999999</v>
       </c>
       <c r="C409" s="5">
-        <v>-2.2554777000000286</v>
+        <v>-2.0213940000001003</v>
       </c>
       <c r="D409" s="5">
-        <v>-1.9179534420490696</v>
+        <v>-1.7202974276961713</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1394.8386502999999</v>
+        <v>1395.071719</v>
       </c>
       <c r="C410" s="5">
-        <v>-1.6351279000000432</v>
+        <v>-1.7854439999998704</v>
       </c>
       <c r="D410" s="5">
-        <v>-1.396063824692606</v>
+        <v>-1.5230868158136013</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1398.0726878</v>
+        <v>1398.349387</v>
       </c>
       <c r="C411" s="5">
-        <v>3.2340375000001131</v>
+        <v>3.2776679999999487</v>
       </c>
       <c r="D411" s="5">
-        <v>2.8180453997214139</v>
+        <v>2.8560730521935085</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1395.9716285</v>
+        <v>1396.140858</v>
       </c>
       <c r="C412" s="5">
-        <v>-2.1010593000000881</v>
+        <v>-2.2085289999999986</v>
       </c>
       <c r="D412" s="5">
-        <v>-1.788559032658088</v>
+        <v>-1.8788823809121835</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1391.0567205</v>
+        <v>1391.2405269999999</v>
       </c>
       <c r="C413" s="5">
-        <v>-4.9149079999999685</v>
+        <v>-4.9003310000000511</v>
       </c>
       <c r="D413" s="5">
-        <v>-4.1440748824407851</v>
+        <v>-4.1315291773772795</v>
       </c>
       <c r="E413" s="5">
-        <v>0.27963377664819156</v>
+        <v>0.28333628659107379</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1400.4513403999999</v>
+        <v>1400.3937490000001</v>
       </c>
       <c r="C414" s="5">
-        <v>9.3946198999999524</v>
+        <v>9.1532220000001416</v>
       </c>
       <c r="D414" s="5">
-        <v>8.4122150162900802</v>
+        <v>8.1870601343498208</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1399.6747826999999</v>
+        <v>1399.4785469999999</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.77655770000001212</v>
+        <v>-0.91520200000013574</v>
       </c>
       <c r="D415" s="5">
-        <v>-0.6633807717866369</v>
+        <v>-0.78142553632777334</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1398.8981633999999</v>
+        <v>1398.5186169999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.77661929999999302</v>
+        <v>-0.95992999999998574</v>
       </c>
       <c r="D416" s="5">
-        <v>-0.66380019249733246</v>
+        <v>-0.82000560303476799</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1400.8399108000001</v>
+        <v>1399.9177609999999</v>
       </c>
       <c r="C417" s="5">
-        <v>1.9417474000001675</v>
+        <v>1.3991439999999784</v>
       </c>
       <c r="D417" s="5">
-        <v>1.6784410525460647</v>
+        <v>1.2071645936039488</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1403.3698367</v>
+        <v>1402.75028</v>
       </c>
       <c r="C418" s="5">
-        <v>2.5299258999998528</v>
+        <v>2.8325190000000475</v>
       </c>
       <c r="D418" s="5">
-        <v>2.1888647996848976</v>
+        <v>2.4552190741996993</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1404.5715442000001</v>
+        <v>1405.055239</v>
       </c>
       <c r="C419" s="5">
-        <v>1.2017075000001114</v>
+        <v>2.3049590000000535</v>
       </c>
       <c r="D419" s="5">
-        <v>1.032414935656889</v>
+        <v>1.9897236042814015</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1399.4217372999999</v>
+        <v>1399.7019789999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-5.1498069000001578</v>
+        <v>-5.3532600000000912</v>
       </c>
       <c r="D420" s="5">
-        <v>-4.3121053551423145</v>
+        <v>-4.4773997351099437</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1407.2777286999999</v>
+        <v>1407.7280390000001</v>
       </c>
       <c r="C421" s="5">
-        <v>7.8559913999999935</v>
+        <v>8.0260600000001432</v>
       </c>
       <c r="D421" s="5">
-        <v>6.9484240460168767</v>
+        <v>7.102155541832933</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1407.2405292000001</v>
+        <v>1407.572062</v>
       </c>
       <c r="C422" s="5">
-        <v>-3.7199499999815089E-2</v>
+        <v>-0.15597700000012082</v>
       </c>
       <c r="D422" s="5">
-        <v>-3.1715779875263195E-2</v>
+        <v>-0.13287962840701217</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1402.8278682</v>
+        <v>1403.1496649999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-4.412661000000071</v>
+        <v>-4.4223970000000463</v>
       </c>
       <c r="D423" s="5">
-        <v>-3.6985992376371457</v>
+        <v>-3.7057612120710459</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1401.24343</v>
+        <v>1401.474107</v>
       </c>
       <c r="C424" s="5">
-        <v>-1.5844382000000223</v>
+        <v>-1.67555799999991</v>
       </c>
       <c r="D424" s="5">
-        <v>-1.3469643299229506</v>
+        <v>-1.4235946821502865</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1405.2159623</v>
+        <v>1405.454035</v>
       </c>
       <c r="C425" s="5">
-        <v>3.9725323000000117</v>
+        <v>3.9799279999999726</v>
       </c>
       <c r="D425" s="5">
-        <v>3.4555565185652393</v>
+        <v>3.4615118136620548</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0178766682433116</v>
+        <v>1.0216427514981419</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1403.1401722000001</v>
+        <v>1403.154295</v>
       </c>
       <c r="C426" s="5">
-        <v>-2.0757900999999492</v>
+        <v>-2.2997399999999288</v>
       </c>
       <c r="D426" s="5">
-        <v>-1.7583129578764845</v>
+        <v>-1.9459809576159337</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1405.8892484</v>
+        <v>1405.7447999999999</v>
       </c>
       <c r="C427" s="5">
-        <v>2.7490761999999904</v>
+        <v>2.5905049999998937</v>
       </c>
       <c r="D427" s="5">
-        <v>2.3765784719538052</v>
+        <v>2.2380761597503573</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1406.5979496</v>
+        <v>1406.334756</v>
       </c>
       <c r="C428" s="5">
-        <v>0.7087011999999504</v>
+        <v>0.58995600000002923</v>
       </c>
       <c r="D428" s="5">
-        <v>0.6065934949394336</v>
+        <v>0.50477411037728181</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1411.9048444</v>
+        <v>1407.771651</v>
       </c>
       <c r="C429" s="5">
-        <v>5.3068948000000091</v>
+        <v>1.4368950000000495</v>
       </c>
       <c r="D429" s="5">
-        <v>4.6225690314769308</v>
+        <v>1.2329899809863321</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1416.8296565000001</v>
+        <v>1407.1740219999999</v>
       </c>
       <c r="C430" s="5">
-        <v>4.9248121000000538</v>
+        <v>-0.59762900000009722</v>
       </c>
       <c r="D430" s="5">
-        <v>4.2669152146585843</v>
+        <v>-0.50823775693398243</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1418.6479347</v>
+        <v>1404.257809</v>
       </c>
       <c r="C431" s="5">
-        <v>1.8182781999998952</v>
+        <v>-2.9162129999999706</v>
       </c>
       <c r="D431" s="5">
-        <v>1.5509280408367854</v>
+        <v>-2.4587169093262973</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1422.9354931</v>
+        <v>1408.6251930000001</v>
       </c>
       <c r="C432" s="5">
-        <v>4.2875584000000799</v>
+        <v>4.3673840000001292</v>
       </c>
       <c r="D432" s="5">
-        <v>3.6876392729014995</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.7966280298324717</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1426.9818892000001</v>
+        <v>1412.630895</v>
       </c>
       <c r="C433" s="5">
-        <v>4.0463961000000381</v>
+        <v>4.0057019999999284</v>
       </c>
       <c r="D433" s="5">
-        <v>3.466316079410392</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.4663161184877334</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1428.7627628</v>
+        <v>1414.3938579999999</v>
       </c>
       <c r="C434" s="5">
-        <v>1.7808735999999499</v>
+        <v>1.7629629999998997</v>
       </c>
       <c r="D434" s="5">
-        <v>1.5079225820008091</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.5079221021290889</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1412.659887</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-1.7339709999998831</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-1.4612566209742606</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1412.77333</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.1134429999999611</v>
+      </c>
+      <c r="D436" s="5">
+        <v>9.6408019559190983E-2</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>1419.910216</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.1368860000000041</v>
+      </c>
+      <c r="D437" s="5">
+        <v>6.2333196484879672</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.0285772881928557</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>