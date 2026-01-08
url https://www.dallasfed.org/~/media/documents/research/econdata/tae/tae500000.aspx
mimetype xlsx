--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DDE3BE0D-F40B-464C-BA1E-D7A05B8C961F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4621AB4D-C9DB-44AA-920F-FB3B91BCD9DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{CC8A957A-EDA2-44EF-820D-53489D1F2585}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D090CAB5-624A-4F7B-A523-7FB615E6176D}"/>
   </bookViews>
   <sheets>
     <sheet name="AE500000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Information</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD764FC7-C687-45FC-BAB4-04F20A998086}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB4B36AE-D3EC-49EF-A8AD-51A956A4C3DF}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>2.5404752800000097</v>
       </c>
       <c r="D431" s="5">
         <v>14.724942459269474</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>223.24578299999999</v>
       </c>
       <c r="C432" s="5">
         <v>4.4690539999976409E-2</v>
       </c>
       <c r="D432" s="5">
         <v>0.2405353166261559</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>223.22584069000001</v>
+        <v>221.93195541</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.994230999997626E-2</v>
+        <v>-1.3138275899999883</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.10714208246412893</v>
+        <v>-6.8379776223227999</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>220.95122386</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.98073155000000156</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-5.1758711154809678</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>