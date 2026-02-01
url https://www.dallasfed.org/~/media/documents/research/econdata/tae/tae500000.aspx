--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{4621AB4D-C9DB-44AA-920F-FB3B91BCD9DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{D75A2442-01C1-4756-A6FF-66F23DECB915}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{D090CAB5-624A-4F7B-A523-7FB615E6176D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AB4D9E2D-224F-46A6-8CB2-DB80B8541D22}"/>
   </bookViews>
   <sheets>
     <sheet name="AE500000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Information</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB4B36AE-D3EC-49EF-A8AD-51A956A4C3DF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC4935B3-7E20-4A4B-8134-E320C2A8D218}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>175.28055484000001</v>
+        <v>175.2784217</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>175.72032976</v>
+        <v>175.71951680000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.43977491999999074</v>
+        <v>0.44109510000001251</v>
       </c>
       <c r="D7" s="5">
-        <v>3.0526688856002737</v>
+        <v>3.0619978191733344</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>175.79515254</v>
+        <v>175.7946067</v>
       </c>
       <c r="C8" s="5">
-        <v>7.4822780000005196E-2</v>
+        <v>7.5089899999994714E-2</v>
       </c>
       <c r="D8" s="5">
-        <v>0.51216561462270604</v>
+        <v>0.51400074731589029</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>175.81794685</v>
+        <v>175.81818000000001</v>
       </c>
       <c r="C9" s="5">
-        <v>2.2794309999994766E-2</v>
+        <v>2.3573300000009567E-2</v>
       </c>
       <c r="D9" s="5">
-        <v>0.15570786232583789</v>
+        <v>0.16103356624463938</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>176.09830625999999</v>
+        <v>176.09857170000001</v>
       </c>
       <c r="C10" s="5">
-        <v>0.28035940999998843</v>
+        <v>0.28039169999999558</v>
       </c>
       <c r="D10" s="5">
-        <v>1.9303924456281596</v>
+        <v>1.9306141469431104</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>177.56332498</v>
+        <v>177.56340599999999</v>
       </c>
       <c r="C11" s="5">
-        <v>1.4650187200000175</v>
+        <v>1.4648342999999784</v>
       </c>
       <c r="D11" s="5">
-        <v>10.452888996004717</v>
+        <v>10.451495905449093</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>179.78600847000001</v>
+        <v>179.78615540000001</v>
       </c>
       <c r="C12" s="5">
-        <v>2.2226834900000085</v>
+        <v>2.2227494000000263</v>
       </c>
       <c r="D12" s="5">
-        <v>16.099796855689497</v>
+        <v>16.100299747055736</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>180.28732178000001</v>
+        <v>180.28753839999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.50131331000000046</v>
+        <v>0.50138299999997571</v>
       </c>
       <c r="D13" s="5">
-        <v>3.3978623874541203</v>
+        <v>3.398339189328814</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>180.43783256</v>
+        <v>180.43816889999999</v>
       </c>
       <c r="C14" s="5">
-        <v>0.15051077999999052</v>
+        <v>0.15063050000000544</v>
       </c>
       <c r="D14" s="5">
-        <v>1.0064188136858609</v>
+        <v>1.0072218105853681</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>178.45685999</v>
+        <v>178.45722380000001</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.9809725700000058</v>
+        <v>-1.9809450999999854</v>
       </c>
       <c r="D15" s="5">
-        <v>-12.407333787419262</v>
+        <v>-12.407150239825238</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>179.01843571000001</v>
+        <v>179.01907840000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.56157572000000755</v>
+        <v>0.56185460000000376</v>
       </c>
       <c r="D16" s="5">
-        <v>3.8422593355588619</v>
+        <v>3.8441926000752025</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>177.90283668000001</v>
+        <v>177.9038851</v>
       </c>
       <c r="C17" s="5">
-        <v>-1.1155990299999985</v>
+        <v>-1.1151933000000156</v>
       </c>
       <c r="D17" s="5">
-        <v>-7.2270467831585421</v>
+        <v>-7.2244827310203208</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>178.88732217</v>
+        <v>178.8853728</v>
       </c>
       <c r="C18" s="5">
-        <v>0.9844854899999973</v>
+        <v>0.98148770000000241</v>
       </c>
       <c r="D18" s="5">
-        <v>6.8464949407574194</v>
+        <v>6.8249690958786413</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>177.80367317</v>
+        <v>177.80290160000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-1.0836490000000083</v>
+        <v>-1.0824711999999863</v>
       </c>
       <c r="D19" s="5">
-        <v>-7.0318930984060053</v>
+        <v>-7.0245768204095675</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>177.89128249000001</v>
+        <v>177.8907529</v>
       </c>
       <c r="C20" s="5">
-        <v>8.7609320000012758E-2</v>
+        <v>8.7851299999982757E-2</v>
       </c>
       <c r="D20" s="5">
-        <v>0.59288178947671799</v>
+        <v>0.59452638925860946</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>178.43665806000001</v>
+        <v>178.43684440000001</v>
       </c>
       <c r="C21" s="5">
-        <v>0.54537557000000447</v>
+        <v>0.54609150000001705</v>
       </c>
       <c r="D21" s="5">
-        <v>3.7416080139913266</v>
+        <v>3.7466142969278415</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>178.16022036000001</v>
+        <v>178.1604561</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.27643770000000245</v>
+        <v>-0.2763883000000078</v>
       </c>
       <c r="D22" s="5">
-        <v>-1.8433053726319204</v>
+        <v>-1.8429768629925847</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>177.35691911999999</v>
+        <v>177.35701689999999</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.80330124000002456</v>
+        <v>-0.8034392000000139</v>
       </c>
       <c r="D23" s="5">
-        <v>-5.2784627090339153</v>
+        <v>-5.279340060510207</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>177.55286735999999</v>
+        <v>177.55299769999999</v>
       </c>
       <c r="C24" s="5">
-        <v>0.19594824000000699</v>
+        <v>0.19598080000000095</v>
       </c>
       <c r="D24" s="5">
-        <v>1.333875146264063</v>
+        <v>1.3340974002064909</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>177.68024281999999</v>
+        <v>177.6804247</v>
       </c>
       <c r="C25" s="5">
-        <v>0.12737545999999611</v>
+        <v>0.1274270000000115</v>
       </c>
       <c r="D25" s="5">
-        <v>0.86427832258393344</v>
+        <v>0.8646287803238506</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>177.80544015000001</v>
+        <v>177.80572380000001</v>
       </c>
       <c r="C26" s="5">
-        <v>0.1251973300000202</v>
+        <v>0.12529910000000655</v>
       </c>
       <c r="D26" s="5">
-        <v>0.84883042568570932</v>
+        <v>0.84952222562773017</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>178.48824718</v>
+        <v>178.488561</v>
       </c>
       <c r="C27" s="5">
-        <v>0.68280702999999221</v>
+        <v>0.68283719999999448</v>
       </c>
       <c r="D27" s="5">
-        <v>4.7068178273095063</v>
+        <v>4.7070225432101154</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>179.38772023000001</v>
+        <v>179.38828179999999</v>
       </c>
       <c r="C28" s="5">
-        <v>0.89947305000001165</v>
+        <v>0.899720799999983</v>
       </c>
       <c r="D28" s="5">
-        <v>6.2177339268742582</v>
+        <v>6.2194830509811894</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>179.91836294000001</v>
+        <v>179.9192888</v>
       </c>
       <c r="C29" s="5">
-        <v>0.53064270999999508</v>
+        <v>0.53100700000001666</v>
       </c>
       <c r="D29" s="5">
-        <v>3.6080172441735225</v>
+        <v>3.6105231509155011</v>
       </c>
       <c r="E29" s="5">
-        <v>1.1329365498681687</v>
+        <v>1.1328609821348978</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>175.65057838000001</v>
+        <v>175.6490211</v>
       </c>
       <c r="C30" s="5">
-        <v>-4.2677845599999955</v>
+        <v>-4.2702677000000051</v>
       </c>
       <c r="D30" s="5">
-        <v>-25.029722230190298</v>
+        <v>-25.042326802065052</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>175.99789200000001</v>
+        <v>175.9972386</v>
       </c>
       <c r="C31" s="5">
-        <v>0.34731361999999422</v>
+        <v>0.34821750000000407</v>
       </c>
       <c r="D31" s="5">
-        <v>2.3987330793945771</v>
+        <v>2.4050655367972018</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>176.18485161000001</v>
+        <v>176.1843767</v>
       </c>
       <c r="C32" s="5">
-        <v>0.18695961000000239</v>
+        <v>0.18713809999999853</v>
       </c>
       <c r="D32" s="5">
-        <v>1.2822140581454589</v>
+        <v>1.2834501460846637</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>176.5053522</v>
+        <v>176.50547230000001</v>
       </c>
       <c r="C33" s="5">
-        <v>0.32050058999999465</v>
+        <v>0.3210956000000067</v>
       </c>
       <c r="D33" s="5">
-        <v>2.2049121440223196</v>
+        <v>2.2090527008135075</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>176.94361669</v>
+        <v>176.94380219999999</v>
       </c>
       <c r="C34" s="5">
-        <v>0.43826448999999457</v>
+        <v>0.43832989999998517</v>
       </c>
       <c r="D34" s="5">
-        <v>3.0206414622610867</v>
+        <v>3.0210963778482203</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>177.03882184</v>
+        <v>177.0389232</v>
       </c>
       <c r="C35" s="5">
-        <v>9.5205149999998184E-2</v>
+        <v>9.5121000000006006E-2</v>
       </c>
       <c r="D35" s="5">
-        <v>0.64757846239305028</v>
+        <v>0.64700370650903061</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>175.81702743</v>
+        <v>175.8171299</v>
       </c>
       <c r="C36" s="5">
-        <v>-1.2217944100000011</v>
+        <v>-1.2217933000000016</v>
       </c>
       <c r="D36" s="5">
-        <v>-7.9743131299270242</v>
+        <v>-7.9743017643619574</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>175.39053676</v>
+        <v>175.3906771</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.42649066999999263</v>
+        <v>-0.42645279999999275</v>
       </c>
       <c r="D37" s="5">
-        <v>-2.8723928968129475</v>
+        <v>-2.8721395854789167</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>175.47304313000001</v>
+        <v>175.47325549999999</v>
       </c>
       <c r="C38" s="5">
-        <v>8.2506370000004381E-2</v>
+        <v>8.2578399999988505E-2</v>
       </c>
       <c r="D38" s="5">
-        <v>0.5659610191758313</v>
+        <v>0.56645594220705586</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>176.10761839</v>
+        <v>176.1078693</v>
       </c>
       <c r="C39" s="5">
-        <v>0.6345752599999912</v>
+        <v>0.634613800000011</v>
       </c>
       <c r="D39" s="5">
-        <v>4.4270073398634091</v>
+        <v>4.4272761129674931</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>175.77224233000001</v>
+        <v>175.7726706</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.33537605999998732</v>
+        <v>-0.33519870000000651</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.2614728772195947</v>
+        <v>-2.2602862271001611</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>176.18400029</v>
+        <v>176.18468279999999</v>
       </c>
       <c r="C41" s="5">
-        <v>0.41175795999998854</v>
+        <v>0.41201219999999239</v>
       </c>
       <c r="D41" s="5">
-        <v>2.8475809395604568</v>
+        <v>2.849354875638066</v>
       </c>
       <c r="E41" s="5">
-        <v>-2.0755872769058881</v>
+        <v>-2.0757118510797534</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>176.89576622999999</v>
+        <v>176.89466830000001</v>
       </c>
       <c r="C42" s="5">
-        <v>0.71176593999999227</v>
+        <v>0.70998550000001615</v>
       </c>
       <c r="D42" s="5">
-        <v>4.9570624584645229</v>
+        <v>4.9443669790650846</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>176.88254165999999</v>
+        <v>176.88200470000001</v>
       </c>
       <c r="C43" s="5">
-        <v>-1.3224570000005542E-2</v>
+        <v>-1.2663599999996222E-2</v>
       </c>
       <c r="D43" s="5">
-        <v>-8.9674053976107615E-2</v>
+        <v>-8.5872221221883205E-2</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>177.53084611</v>
+        <v>177.5304715</v>
       </c>
       <c r="C44" s="5">
-        <v>0.64830445000001191</v>
+        <v>0.64846679999999424</v>
       </c>
       <c r="D44" s="5">
-        <v>4.487956130759474</v>
+        <v>4.4891166770209212</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>177.78107757000001</v>
+        <v>177.7810963</v>
       </c>
       <c r="C45" s="5">
-        <v>0.25023146000000906</v>
+        <v>0.25062479999999709</v>
       </c>
       <c r="D45" s="5">
-        <v>1.7045858496052002</v>
+        <v>1.7072897654560437</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>178.34876256999999</v>
+        <v>178.348907</v>
       </c>
       <c r="C46" s="5">
-        <v>0.56768499999998312</v>
+        <v>0.56781069999999545</v>
       </c>
       <c r="D46" s="5">
-        <v>3.8998198488366276</v>
+        <v>3.9006981757052861</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>179.62053370999999</v>
+        <v>179.62065039999999</v>
       </c>
       <c r="C47" s="5">
-        <v>1.2717711399999985</v>
+        <v>1.2717433999999912</v>
       </c>
       <c r="D47" s="5">
-        <v>8.9006782331391818</v>
+        <v>8.9004689214369659</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>179.18068694999999</v>
+        <v>179.18077099999999</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.43984675999999467</v>
+        <v>-0.43987939999999526</v>
       </c>
       <c r="D48" s="5">
-        <v>-2.8992515420116605</v>
+        <v>-2.8994619408381883</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>178.87781769</v>
+        <v>178.87791859999999</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.30286925999999426</v>
+        <v>-0.30285240000000613</v>
       </c>
       <c r="D49" s="5">
-        <v>-2.0096098425683384</v>
+        <v>-2.0094980764771897</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>179.18687513</v>
+        <v>179.18702429999999</v>
       </c>
       <c r="C50" s="5">
-        <v>0.30905744000000368</v>
+        <v>0.30910570000000348</v>
       </c>
       <c r="D50" s="5">
-        <v>2.0931245238063667</v>
+        <v>2.0934532902253</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>179.29500924999999</v>
+        <v>179.2951946</v>
       </c>
       <c r="C51" s="5">
-        <v>0.10813411999998834</v>
+        <v>0.10817030000001182</v>
       </c>
       <c r="D51" s="5">
-        <v>0.72657386266870017</v>
+        <v>0.72681716365554649</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>179.07818685000001</v>
+        <v>179.07846610000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-0.21682239999998387</v>
+        <v>-0.21672849999998789</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.4415531614658139</v>
+        <v>-1.4409315281845525</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>179.33621764</v>
+        <v>179.33662050000001</v>
       </c>
       <c r="C53" s="5">
-        <v>0.25803078999999229</v>
+        <v>0.25815439999999512</v>
       </c>
       <c r="D53" s="5">
-        <v>1.742828685529263</v>
+        <v>1.7436674801317498</v>
       </c>
       <c r="E53" s="5">
-        <v>1.7891620946348219</v>
+        <v>1.7889964382306722</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>179.02825525</v>
+        <v>179.02765930000001</v>
       </c>
       <c r="C54" s="5">
-        <v>-0.30796239000000014</v>
+        <v>-0.30896119999999883</v>
       </c>
       <c r="D54" s="5">
-        <v>-2.0413300030106218</v>
+        <v>-2.0478834565786919</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>179.16841586000001</v>
+        <v>179.1680399</v>
       </c>
       <c r="C55" s="5">
-        <v>0.14016061000000946</v>
+        <v>0.14038059999998609</v>
       </c>
       <c r="D55" s="5">
-        <v>0.94353179846202728</v>
+        <v>0.94502227695345553</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>179.81620511</v>
+        <v>179.81592330000001</v>
       </c>
       <c r="C56" s="5">
-        <v>0.64778924999998821</v>
+        <v>0.64788340000001199</v>
       </c>
       <c r="D56" s="5">
-        <v>4.4259631154328627</v>
+        <v>4.4266287084084421</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>180.50510639999999</v>
+        <v>180.50505709999999</v>
       </c>
       <c r="C57" s="5">
-        <v>0.68890128999998979</v>
+        <v>0.68913379999997915</v>
       </c>
       <c r="D57" s="5">
-        <v>4.6954898459041994</v>
+        <v>4.6971156832749994</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>180.87180967</v>
+        <v>180.87190000000001</v>
       </c>
       <c r="C58" s="5">
-        <v>0.36670327000001635</v>
+        <v>0.36684290000002306</v>
       </c>
       <c r="D58" s="5">
-        <v>2.4652720238745651</v>
+        <v>2.4662219266661234</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>182.07584015</v>
+        <v>182.07595699999999</v>
       </c>
       <c r="C59" s="5">
-        <v>1.2040304800000001</v>
+        <v>1.2040569999999775</v>
       </c>
       <c r="D59" s="5">
-        <v>8.2872351064949399</v>
+        <v>8.287420084185948</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>186.04932707</v>
+        <v>186.0493889</v>
       </c>
       <c r="C60" s="5">
-        <v>3.9734869199999991</v>
+        <v>3.9734319000000085</v>
       </c>
       <c r="D60" s="5">
-        <v>29.571465678446284</v>
+        <v>29.570984553273782</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>186.04905119</v>
+        <v>186.04911799999999</v>
       </c>
       <c r="C61" s="5">
-        <v>-2.7588000000378088E-4</v>
+        <v>-2.7090000000384862E-4</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.7793845603963909E-3</v>
+        <v>-1.7472639850080185E-3</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>186.98947748000001</v>
+        <v>186.9895688</v>
       </c>
       <c r="C62" s="5">
-        <v>0.94042629000000488</v>
+        <v>0.9404508000000078</v>
       </c>
       <c r="D62" s="5">
-        <v>6.2371720704770262</v>
+        <v>6.2373368710054944</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>187.37175780999999</v>
+        <v>187.37188130000001</v>
       </c>
       <c r="C63" s="5">
-        <v>0.38228032999998618</v>
+        <v>0.38231250000001182</v>
       </c>
       <c r="D63" s="5">
-        <v>2.4810477362184225</v>
+        <v>2.4812576515789386</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>188.79375772</v>
+        <v>188.79391079999999</v>
       </c>
       <c r="C64" s="5">
-        <v>1.4219999100000109</v>
+        <v>1.4220294999999794</v>
       </c>
       <c r="D64" s="5">
-        <v>9.496943123890178</v>
+        <v>9.497142541230442</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>190.77161301000001</v>
+        <v>190.77179609999999</v>
       </c>
       <c r="C65" s="5">
-        <v>1.9778552900000079</v>
+        <v>1.977885299999997</v>
       </c>
       <c r="D65" s="5">
-        <v>13.321797065031449</v>
+        <v>13.321999551261833</v>
       </c>
       <c r="E65" s="5">
-        <v>6.3765119619927813</v>
+        <v>6.3763750917788631</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>192.18948907000001</v>
+        <v>192.18927600000001</v>
       </c>
       <c r="C66" s="5">
-        <v>1.4178760599999976</v>
+        <v>1.4174799000000178</v>
       </c>
       <c r="D66" s="5">
-        <v>9.2925516445985465</v>
+        <v>9.2898389764874967</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>194.24173254999999</v>
+        <v>194.24147450000001</v>
       </c>
       <c r="C67" s="5">
-        <v>2.0522434799999871</v>
+        <v>2.0521985000000029</v>
       </c>
       <c r="D67" s="5">
-        <v>13.59387920897337</v>
+        <v>13.593579520405342</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>195.85625490000001</v>
+        <v>195.85604950000001</v>
       </c>
       <c r="C68" s="5">
-        <v>1.6145223500000156</v>
+        <v>1.6145750000000021</v>
       </c>
       <c r="D68" s="5">
-        <v>10.443162042765653</v>
+        <v>10.443532829297485</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>193.45604256999999</v>
+        <v>193.45594059999999</v>
       </c>
       <c r="C69" s="5">
-        <v>-2.4002123300000164</v>
+        <v>-2.4001089000000206</v>
       </c>
       <c r="D69" s="5">
-        <v>-13.754142809270197</v>
+        <v>-13.75360294414425</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>192.90629417</v>
+        <v>192.9063428</v>
       </c>
       <c r="C70" s="5">
-        <v>-0.54974839999999858</v>
+        <v>-0.54959779999998659</v>
       </c>
       <c r="D70" s="5">
-        <v>-3.3572711566981606</v>
+        <v>-3.3563675183344688</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>194.93321914000001</v>
+        <v>194.9333264</v>
       </c>
       <c r="C71" s="5">
-        <v>2.0269249700000103</v>
+        <v>2.0269835999999941</v>
       </c>
       <c r="D71" s="5">
-        <v>13.363561299121752</v>
+        <v>13.363966889674517</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>195.01143832</v>
+        <v>195.01149140000001</v>
       </c>
       <c r="C72" s="5">
-        <v>7.8219179999990729E-2</v>
+        <v>7.8165000000012697E-2</v>
       </c>
       <c r="D72" s="5">
-        <v>0.48257779548432911</v>
+        <v>0.4822425253393714</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>196.15790268000001</v>
+        <v>196.15794980000001</v>
       </c>
       <c r="C73" s="5">
-        <v>1.1464643600000102</v>
+        <v>1.1464584000000002</v>
       </c>
       <c r="D73" s="5">
-        <v>7.2873916273786143</v>
+        <v>7.2873504618402141</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>197.03830851999999</v>
+        <v>197.03836469999999</v>
       </c>
       <c r="C74" s="5">
-        <v>0.88040583999998034</v>
+        <v>0.8804148999999768</v>
       </c>
       <c r="D74" s="5">
-        <v>5.5208631368517613</v>
+        <v>5.5209200010915449</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>197.41392665999999</v>
+        <v>197.41399229999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.37561814000000027</v>
+        <v>0.37562760000000139</v>
       </c>
       <c r="D75" s="5">
-        <v>2.3117222796749104</v>
+        <v>2.3117804464879654</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>198.51472522</v>
+        <v>198.5147825</v>
       </c>
       <c r="C76" s="5">
-        <v>1.1007985600000154</v>
+        <v>1.1007902000000058</v>
       </c>
       <c r="D76" s="5">
-        <v>6.9003876723449098</v>
+        <v>6.9003312847596199</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>200.70251565000001</v>
+        <v>200.70256140000001</v>
       </c>
       <c r="C77" s="5">
-        <v>2.1877904300000068</v>
+        <v>2.1877789000000121</v>
       </c>
       <c r="D77" s="5">
-        <v>14.056770250693095</v>
+        <v>14.056687317534955</v>
       </c>
       <c r="E77" s="5">
-        <v>5.2056500877200484</v>
+        <v>5.20557309991172</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>198.8221289</v>
+        <v>198.82211649999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.8803867500000138</v>
+        <v>-1.8804449000000147</v>
       </c>
       <c r="D78" s="5">
-        <v>-10.681207366123481</v>
+        <v>-10.68151853430841</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>200.05241096</v>
+        <v>200.0522905</v>
       </c>
       <c r="C79" s="5">
-        <v>1.2302820600000075</v>
+        <v>1.2301740000000052</v>
       </c>
       <c r="D79" s="5">
-        <v>7.6834199151453397</v>
+        <v>7.682722419482868</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>201.06566337000001</v>
+        <v>201.06551099999999</v>
       </c>
       <c r="C80" s="5">
-        <v>1.0132524100000069</v>
+        <v>1.0132204999999885</v>
       </c>
       <c r="D80" s="5">
-        <v>6.2501266162279245</v>
+        <v>6.249928136879479</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>203.65919203999999</v>
+        <v>203.659121</v>
       </c>
       <c r="C81" s="5">
-        <v>2.5935286699999835</v>
+        <v>2.5936100000000124</v>
       </c>
       <c r="D81" s="5">
-        <v>16.625431925637436</v>
+        <v>16.626004316718589</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>204.84765633000001</v>
+        <v>204.8476733</v>
       </c>
       <c r="C82" s="5">
-        <v>1.1884642900000131</v>
+        <v>1.1885522999999978</v>
       </c>
       <c r="D82" s="5">
-        <v>7.2318494722883431</v>
+        <v>7.2324049263181811</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>205.54008698999999</v>
+        <v>205.54015010000001</v>
       </c>
       <c r="C83" s="5">
-        <v>0.69243065999998521</v>
+        <v>0.69247680000000855</v>
       </c>
       <c r="D83" s="5">
-        <v>4.132534169171409</v>
+        <v>4.1328143310082277</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>206.59334973</v>
+        <v>206.59338679999999</v>
       </c>
       <c r="C84" s="5">
-        <v>1.0532627400000081</v>
+        <v>1.0532366999999851</v>
       </c>
       <c r="D84" s="5">
-        <v>6.3255448599973452</v>
+        <v>6.325382041596006</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>207.77210787000001</v>
+        <v>207.77214219999999</v>
       </c>
       <c r="C85" s="5">
-        <v>1.1787581400000136</v>
+        <v>1.1787554</v>
       </c>
       <c r="D85" s="5">
-        <v>7.0658330117258528</v>
+        <v>7.0658147606254662</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>208.96945475999999</v>
+        <v>208.96948380000001</v>
       </c>
       <c r="C86" s="5">
-        <v>1.1973468899999773</v>
+        <v>1.1973416000000157</v>
       </c>
       <c r="D86" s="5">
-        <v>7.1387969843831334</v>
+        <v>7.1387632209786389</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>212.35129666</v>
+        <v>212.3513236</v>
       </c>
       <c r="C87" s="5">
-        <v>3.3818419000000119</v>
+        <v>3.3818397999999945</v>
       </c>
       <c r="D87" s="5">
-        <v>21.245405950179517</v>
+        <v>21.245388341814397</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>214.64652853000001</v>
+        <v>214.64655149999999</v>
       </c>
       <c r="C88" s="5">
-        <v>2.2952318700000092</v>
+        <v>2.2952278999999862</v>
       </c>
       <c r="D88" s="5">
-        <v>13.769911913952138</v>
+        <v>13.769884811093203</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>215.40834924999999</v>
+        <v>215.40838529999999</v>
       </c>
       <c r="C89" s="5">
-        <v>0.76182071999997447</v>
+        <v>0.76183380000000511</v>
       </c>
       <c r="D89" s="5">
-        <v>4.3431545841536856</v>
+        <v>4.3432301412368091</v>
       </c>
       <c r="E89" s="5">
-        <v>7.3271795086241598</v>
+        <v>7.3271730053764861</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>219.08050373</v>
+        <v>219.08051209999999</v>
       </c>
       <c r="C90" s="5">
-        <v>3.6721544800000174</v>
+        <v>3.6721268000000009</v>
       </c>
       <c r="D90" s="5">
-        <v>22.488235615187357</v>
+        <v>22.488045780992394</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>221.02569876999999</v>
+        <v>221.02564369999999</v>
       </c>
       <c r="C91" s="5">
-        <v>1.9451950399999873</v>
+        <v>1.9451315999999963</v>
       </c>
       <c r="D91" s="5">
-        <v>11.19070841230938</v>
+        <v>11.190324989542866</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>220.94212743</v>
+        <v>220.94201150000001</v>
       </c>
       <c r="C92" s="5">
-        <v>-8.3571339999991778E-2</v>
+        <v>-8.3632199999982504E-2</v>
       </c>
       <c r="D92" s="5">
-        <v>-0.45278589072080822</v>
+        <v>-0.45311505430684074</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>224.34935306</v>
+        <v>224.3493119</v>
       </c>
       <c r="C93" s="5">
-        <v>3.4072256299999992</v>
+        <v>3.4073003999999969</v>
       </c>
       <c r="D93" s="5">
-        <v>20.158771832812473</v>
+        <v>20.159263875039969</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>226.02876721000001</v>
+        <v>226.02878000000001</v>
       </c>
       <c r="C94" s="5">
-        <v>1.6794141500000137</v>
+        <v>1.6794681000000082</v>
       </c>
       <c r="D94" s="5">
-        <v>9.3620739806492992</v>
+        <v>9.3623890089688402</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>228.34080186</v>
+        <v>228.34083240000001</v>
       </c>
       <c r="C95" s="5">
-        <v>2.3120346499999869</v>
+        <v>2.3120523999999989</v>
       </c>
       <c r="D95" s="5">
-        <v>12.98939047131169</v>
+        <v>12.989495092835579</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>229.87325770999999</v>
+        <v>229.87328429999999</v>
       </c>
       <c r="C96" s="5">
-        <v>1.532455849999991</v>
+        <v>1.5324518999999839</v>
       </c>
       <c r="D96" s="5">
-        <v>8.3575420743703166</v>
+        <v>8.357518571608157</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>231.17549109000001</v>
+        <v>231.17551639999999</v>
       </c>
       <c r="C97" s="5">
-        <v>1.3022333800000183</v>
+        <v>1.3022320999999977</v>
       </c>
       <c r="D97" s="5">
-        <v>7.0138674231979614</v>
+        <v>7.0138594761188111</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>231.76629498</v>
+        <v>231.76631219999999</v>
       </c>
       <c r="C98" s="5">
-        <v>0.59080388999998945</v>
+        <v>0.5907957999999951</v>
       </c>
       <c r="D98" s="5">
-        <v>3.1102575447104819</v>
+        <v>3.1102140095830233</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>232.37525941000001</v>
+        <v>232.37527009999999</v>
       </c>
       <c r="C99" s="5">
-        <v>0.60896443000001454</v>
+        <v>0.60895790000000716</v>
       </c>
       <c r="D99" s="5">
-        <v>3.1989581845924819</v>
+        <v>3.1989231434270904</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>235.14246700000001</v>
+        <v>235.1424744</v>
       </c>
       <c r="C100" s="5">
-        <v>2.7672075899999982</v>
+        <v>2.7672043000000031</v>
       </c>
       <c r="D100" s="5">
-        <v>15.264134157714526</v>
+        <v>15.264114056261224</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>234.80407088999999</v>
+        <v>234.80409739999999</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.33839611000001923</v>
+        <v>-0.33837700000000837</v>
       </c>
       <c r="D101" s="5">
-        <v>-1.7133296869716208</v>
+        <v>-1.7132336423463901</v>
       </c>
       <c r="E101" s="5">
-        <v>9.0041642803221134</v>
+        <v>9.0041583446194728</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>232.34551121000001</v>
+        <v>232.3455199</v>
       </c>
       <c r="C102" s="5">
-        <v>-2.4585596799999792</v>
+        <v>-2.4585774999999899</v>
       </c>
       <c r="D102" s="5">
-        <v>-11.865900272035601</v>
+        <v>-11.865980123017383</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>234.46102991999999</v>
+        <v>234.46101580000001</v>
       </c>
       <c r="C103" s="5">
-        <v>2.115518709999975</v>
+        <v>2.1154959000000133</v>
       </c>
       <c r="D103" s="5">
-        <v>11.490171084032941</v>
+        <v>11.490040474143882</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>236.77279583999999</v>
+        <v>236.77269849999999</v>
       </c>
       <c r="C104" s="5">
-        <v>2.3117659199999991</v>
+        <v>2.3116826999999773</v>
       </c>
       <c r="D104" s="5">
-        <v>12.495100471086328</v>
+        <v>12.494626793544207</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>236.81471617</v>
+        <v>236.8147017</v>
       </c>
       <c r="C105" s="5">
-        <v>4.1920330000010608E-2</v>
+        <v>4.2003200000010565E-2</v>
       </c>
       <c r="D105" s="5">
-        <v>0.21266551996468319</v>
+        <v>0.2130864247220865</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>238.18560350999999</v>
+        <v>238.18561270000001</v>
       </c>
       <c r="C106" s="5">
-        <v>1.3708873399999959</v>
+        <v>1.3709110000000067</v>
       </c>
       <c r="D106" s="5">
-        <v>7.1721283761087218</v>
+        <v>7.1722565788879811</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>238.98648041999999</v>
+        <v>238.98649700000001</v>
       </c>
       <c r="C107" s="5">
-        <v>0.8008769099999995</v>
+        <v>0.80088430000000699</v>
       </c>
       <c r="D107" s="5">
-        <v>4.1103490771470241</v>
+        <v>4.1103875475331009</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>241.96455516</v>
+        <v>241.9645697</v>
       </c>
       <c r="C108" s="5">
-        <v>2.9780747400000109</v>
+        <v>2.9780726999999843</v>
       </c>
       <c r="D108" s="5">
-        <v>16.02217993388799</v>
+        <v>16.022167006888189</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>242.73945289</v>
+        <v>242.73946849999999</v>
       </c>
       <c r="C109" s="5">
-        <v>0.77489772999999218</v>
+        <v>0.77489879999998834</v>
       </c>
       <c r="D109" s="5">
-        <v>3.9114495269131577</v>
+        <v>3.911454784235957</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>244.22259736999999</v>
+        <v>244.22260840000001</v>
       </c>
       <c r="C110" s="5">
-        <v>1.4831444799999929</v>
+        <v>1.483139900000026</v>
       </c>
       <c r="D110" s="5">
-        <v>7.5835136598079611</v>
+        <v>7.5834889449719389</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>245.94243861000001</v>
+        <v>245.94244509999999</v>
       </c>
       <c r="C111" s="5">
-        <v>1.7198412400000223</v>
+        <v>1.7198366999999735</v>
       </c>
       <c r="D111" s="5">
-        <v>8.7856346588783616</v>
+        <v>8.7856101489200977</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>246.83095101000001</v>
+        <v>246.8309553</v>
       </c>
       <c r="C112" s="5">
-        <v>0.88851239999999621</v>
+        <v>0.88851020000001313</v>
       </c>
       <c r="D112" s="5">
-        <v>4.4224068482474399</v>
+        <v>4.4223955606388143</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>248.01531492000001</v>
+        <v>248.01533130000001</v>
       </c>
       <c r="C113" s="5">
-        <v>1.1843639100000019</v>
+        <v>1.1843760000000145</v>
       </c>
       <c r="D113" s="5">
-        <v>5.9123473501462964</v>
+        <v>5.9124091995737205</v>
       </c>
       <c r="E113" s="5">
-        <v>5.6264970108585333</v>
+        <v>5.6264920613774638</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>248.07379663</v>
+        <v>248.07379520000001</v>
       </c>
       <c r="C114" s="5">
-        <v>5.8481709999995246E-2</v>
+        <v>5.8463899999992464E-2</v>
       </c>
       <c r="D114" s="5">
-        <v>0.28332579802039515</v>
+        <v>0.28323938345016231</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>249.30098206</v>
+        <v>249.30098899999999</v>
       </c>
       <c r="C115" s="5">
-        <v>1.2271854299999916</v>
+        <v>1.2271937999999807</v>
       </c>
       <c r="D115" s="5">
-        <v>6.1004318685159653</v>
+        <v>6.1004746510833652</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>249.86808869000001</v>
+        <v>249.8680166</v>
       </c>
       <c r="C116" s="5">
-        <v>0.56710663000001205</v>
+        <v>0.56702760000001717</v>
       </c>
       <c r="D116" s="5">
-        <v>2.7641574113028922</v>
+        <v>2.7637672986133843</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>250.74273425000001</v>
+        <v>250.74273310000001</v>
       </c>
       <c r="C117" s="5">
-        <v>0.87464556000000471</v>
+        <v>0.87471650000000523</v>
       </c>
       <c r="D117" s="5">
-        <v>4.2823359717870213</v>
+        <v>4.2826912738650247</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>252.05926846</v>
+        <v>252.05927209999999</v>
       </c>
       <c r="C118" s="5">
-        <v>1.3165342099999862</v>
+        <v>1.3165389999999775</v>
       </c>
       <c r="D118" s="5">
-        <v>6.485817545871031</v>
+        <v>6.4858418596808631</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>252.16655501</v>
+        <v>252.1665634</v>
       </c>
       <c r="C119" s="5">
-        <v>0.10728654999999776</v>
+        <v>0.10729130000001419</v>
       </c>
       <c r="D119" s="5">
-        <v>0.5119656217577484</v>
+        <v>0.51198833418206746</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>251.02333913999999</v>
+        <v>251.0233465</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.1432158700000059</v>
+        <v>-1.1432168999999988</v>
       </c>
       <c r="D120" s="5">
-        <v>-5.3066668622261943</v>
+        <v>-5.3066713525963038</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>252.20684324000001</v>
+        <v>252.20685309999999</v>
       </c>
       <c r="C121" s="5">
-        <v>1.1835041000000217</v>
+        <v>1.183506599999987</v>
       </c>
       <c r="D121" s="5">
-        <v>5.8066996269130478</v>
+        <v>5.8067120379271087</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>253.95500801</v>
+        <v>253.95501519999999</v>
       </c>
       <c r="C122" s="5">
-        <v>1.7481647699999883</v>
+        <v>1.7481621000000018</v>
       </c>
       <c r="D122" s="5">
-        <v>8.6423079932951055</v>
+        <v>8.6422939356861193</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>254.73667735999999</v>
+        <v>254.73668040000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.78166934999998716</v>
+        <v>0.78166520000002038</v>
       </c>
       <c r="D123" s="5">
-        <v>3.7567546108058902</v>
+        <v>3.756734218609914</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>256.14360840000001</v>
+        <v>256.14361050000002</v>
       </c>
       <c r="C124" s="5">
-        <v>1.4069310400000177</v>
+        <v>1.406930100000011</v>
       </c>
       <c r="D124" s="5">
-        <v>6.8327780769492863</v>
+        <v>6.8327732882349057</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>258.26467682999998</v>
+        <v>258.26468620000003</v>
       </c>
       <c r="C125" s="5">
-        <v>2.1210684299999798</v>
+        <v>2.1210757000000058</v>
       </c>
       <c r="D125" s="5">
-        <v>10.402232431939073</v>
+        <v>10.402269635841744</v>
       </c>
       <c r="E125" s="5">
-        <v>4.1325520213564282</v>
+        <v>4.1325489219867562</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>260.93596710000003</v>
+        <v>260.93596589999999</v>
       </c>
       <c r="C126" s="5">
-        <v>2.6712902700000427</v>
+        <v>2.6712796999999568</v>
       </c>
       <c r="D126" s="5">
-        <v>13.142876318696972</v>
+        <v>13.142820816102695</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>262.66924074000002</v>
+        <v>262.66924690000002</v>
       </c>
       <c r="C127" s="5">
-        <v>1.7332736399999931</v>
+        <v>1.7332810000000336</v>
       </c>
       <c r="D127" s="5">
-        <v>8.2687878518193934</v>
+        <v>8.2688242955882174</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>264.18222789999999</v>
+        <v>264.18218580000001</v>
       </c>
       <c r="C128" s="5">
-        <v>1.512987159999966</v>
+        <v>1.5129388999999946</v>
       </c>
       <c r="D128" s="5">
-        <v>7.1352914375687471</v>
+        <v>7.1350564113789927</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>268.47816134999999</v>
+        <v>268.4781615</v>
       </c>
       <c r="C129" s="5">
-        <v>4.2959334500000068</v>
+        <v>4.2959756999999854</v>
       </c>
       <c r="D129" s="5">
-        <v>21.356879011069395</v>
+        <v>21.357111897690075</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>270.49968360999998</v>
+        <v>270.49968610000002</v>
       </c>
       <c r="C130" s="5">
-        <v>2.0215222599999834</v>
+        <v>2.0215246000000207</v>
       </c>
       <c r="D130" s="5">
-        <v>9.4192058714188232</v>
+        <v>9.4192172245133108</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>274.05106438000001</v>
+        <v>274.05106910000001</v>
       </c>
       <c r="C131" s="5">
-        <v>3.551380770000037</v>
+        <v>3.5513829999999871</v>
       </c>
       <c r="D131" s="5">
-        <v>16.943686485019715</v>
+        <v>16.943697736706675</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>276.82301625999997</v>
+        <v>276.82301999999999</v>
       </c>
       <c r="C132" s="5">
-        <v>2.7719518799999605</v>
+        <v>2.7719508999999789</v>
       </c>
       <c r="D132" s="5">
-        <v>12.836196627297403</v>
+        <v>12.83619160026872</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>278.64310587</v>
+        <v>278.64311140000001</v>
       </c>
       <c r="C133" s="5">
-        <v>1.820089610000025</v>
+        <v>1.8200914000000239</v>
       </c>
       <c r="D133" s="5">
-        <v>8.1815677246155794</v>
+        <v>8.1815759495368123</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>280.72444553000003</v>
+        <v>280.72444969999998</v>
       </c>
       <c r="C134" s="5">
-        <v>2.081339660000026</v>
+        <v>2.0813382999999703</v>
       </c>
       <c r="D134" s="5">
-        <v>9.341031083897299</v>
+        <v>9.3410245342584464</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>279.51926329999998</v>
+        <v>279.51926420000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-1.2051822300000481</v>
+        <v>-1.2051854999999705</v>
       </c>
       <c r="D135" s="5">
-        <v>-5.0318181456940669</v>
+        <v>-5.0318314047062547</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>280.36058888000002</v>
+        <v>280.36059010000002</v>
       </c>
       <c r="C136" s="5">
-        <v>0.84132558000004565</v>
+        <v>0.84132590000001528</v>
       </c>
       <c r="D136" s="5">
-        <v>3.6722791070844307</v>
+        <v>3.6722805150261939</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>279.71041451000002</v>
+        <v>279.71041930000001</v>
       </c>
       <c r="C137" s="5">
-        <v>-0.650174370000002</v>
+        <v>-0.65017080000001215</v>
       </c>
       <c r="D137" s="5">
-        <v>-2.7476555005572112</v>
+        <v>-2.7476405937381654</v>
       </c>
       <c r="E137" s="5">
-        <v>8.3037827484695015</v>
+        <v>8.3037806738287081</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>276.24377218000001</v>
+        <v>276.24376999999998</v>
       </c>
       <c r="C138" s="5">
-        <v>-3.4666423300000133</v>
+        <v>-3.4666493000000287</v>
       </c>
       <c r="D138" s="5">
-        <v>-13.899374334757642</v>
+        <v>-13.899400181921784</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>277.60915890000001</v>
+        <v>277.60916020000002</v>
       </c>
       <c r="C139" s="5">
-        <v>1.3653867200000036</v>
+        <v>1.3653902000000357</v>
       </c>
       <c r="D139" s="5">
-        <v>6.0951507148014672</v>
+        <v>6.0951667238267726</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>276.58274972999999</v>
+        <v>276.58273639999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-1.0264091700000222</v>
+        <v>-1.0264238000000319</v>
       </c>
       <c r="D140" s="5">
-        <v>-4.3476605839319893</v>
+        <v>-4.3477212789778559</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>275.84750946000003</v>
+        <v>275.84750730000002</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.73524026999996295</v>
+        <v>-0.73522909999996955</v>
       </c>
       <c r="D141" s="5">
-        <v>-3.1437329802145864</v>
+        <v>-3.1436860650469911</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>274.03682813</v>
+        <v>274.0368282</v>
       </c>
       <c r="C142" s="5">
-        <v>-1.8106813300000226</v>
+        <v>-1.8106791000000158</v>
       </c>
       <c r="D142" s="5">
-        <v>-7.5986367653693936</v>
+        <v>-7.5986277996424541</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>272.30548456000002</v>
+        <v>272.30548629999998</v>
       </c>
       <c r="C143" s="5">
-        <v>-1.7313435699999786</v>
+        <v>-1.7313419000000181</v>
       </c>
       <c r="D143" s="5">
-        <v>-7.3235310060510432</v>
+        <v>-7.3235241838297327</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>269.88743819000001</v>
+        <v>269.88743959999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.4180463700000132</v>
+        <v>-2.4180466999999908</v>
       </c>
       <c r="D144" s="5">
-        <v>-10.150557292748907</v>
+        <v>-10.150558549363819</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>268.72752099000002</v>
+        <v>268.72752279999997</v>
       </c>
       <c r="C145" s="5">
-        <v>-1.1599171999999953</v>
+        <v>-1.1599168000000191</v>
       </c>
       <c r="D145" s="5">
-        <v>-5.0371591999241456</v>
+        <v>-5.0371574780046391</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>267.46388780000001</v>
+        <v>267.46388999999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.2636331900000073</v>
+        <v>-1.2636327999999821</v>
       </c>
       <c r="D146" s="5">
-        <v>-5.4990687704369439</v>
+        <v>-5.4990670808028881</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>265.97284782000003</v>
+        <v>265.97284819999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-1.4910399799999823</v>
+        <v>-1.491041800000005</v>
       </c>
       <c r="D147" s="5">
-        <v>-6.4883321509228935</v>
+        <v>-6.4883397777629632</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>264.05269866999998</v>
+        <v>264.0526989</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.9201491500000429</v>
+        <v>-1.9201492999999914</v>
       </c>
       <c r="D148" s="5">
-        <v>-8.3273713864898902</v>
+        <v>-8.3273719999765401</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>261.27404181000003</v>
+        <v>261.27404569999999</v>
       </c>
       <c r="C149" s="5">
-        <v>-2.7786568599999555</v>
+        <v>-2.7786532000000079</v>
       </c>
       <c r="D149" s="5">
-        <v>-11.921919936585612</v>
+        <v>-11.921905120924571</v>
       </c>
       <c r="E149" s="5">
-        <v>-6.591235700786136</v>
+        <v>-6.5912359096735429</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>260.79245209999999</v>
+        <v>260.79245079999998</v>
       </c>
       <c r="C150" s="5">
-        <v>-0.48158971000003703</v>
+        <v>-0.4815949000000046</v>
       </c>
       <c r="D150" s="5">
-        <v>-2.1895967348690482</v>
+        <v>-2.1896200607561922</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>258.65430048000002</v>
+        <v>258.65430049999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.1381516199999737</v>
+        <v>-2.1381503000000066</v>
       </c>
       <c r="D151" s="5">
-        <v>-9.4066689344662553</v>
+        <v>-9.40666343132348</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>256.49217549000002</v>
+        <v>256.49216919999998</v>
       </c>
       <c r="C152" s="5">
-        <v>-2.1621249899999953</v>
+        <v>-2.1621312999999986</v>
       </c>
       <c r="D152" s="5">
-        <v>-9.5823925244654546</v>
+        <v>-9.5824192162695887</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>253.69182946999999</v>
+        <v>253.69182929999999</v>
       </c>
       <c r="C153" s="5">
-        <v>-2.8003460200000347</v>
+        <v>-2.8003398999999831</v>
       </c>
       <c r="D153" s="5">
-        <v>-12.342655401126878</v>
+        <v>-12.342630310370984</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>252.27987902999999</v>
+        <v>252.27987920000001</v>
       </c>
       <c r="C154" s="5">
-        <v>-1.4119504399999983</v>
+        <v>-1.4119500999999843</v>
       </c>
       <c r="D154" s="5">
-        <v>-6.4780389592197229</v>
+        <v>-6.4780374509432974</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>250.07057709</v>
+        <v>250.0705773</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.2093019399999889</v>
+        <v>-2.209301900000014</v>
       </c>
       <c r="D155" s="5">
-        <v>-10.017141138577257</v>
+        <v>-10.017140959430703</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>247.92572632</v>
+        <v>247.92572709999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-2.144850770000005</v>
+        <v>-2.1448502000000076</v>
       </c>
       <c r="D156" s="5">
-        <v>-9.8204685390031798</v>
+        <v>-9.8204660431865705</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>246.63474836</v>
+        <v>246.634749</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.2909779599999922</v>
+        <v>-1.2909780999999896</v>
       </c>
       <c r="D157" s="5">
-        <v>-6.072656169332058</v>
+        <v>-6.0726567905747597</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>245.2932721</v>
+        <v>245.29327309999999</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.3414762600000074</v>
+        <v>-1.341475900000006</v>
       </c>
       <c r="D158" s="5">
-        <v>-6.3351877467109796</v>
+        <v>-6.3351860811757259</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>244.97883612000001</v>
+        <v>244.978836</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.31443597999998474</v>
+        <v>-0.31443709999999214</v>
       </c>
       <c r="D159" s="5">
-        <v>-1.527454280288143</v>
+        <v>-1.527459676494014</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>243.24915666000001</v>
+        <v>243.2491565</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.7296794599999998</v>
+        <v>-1.7296795000000031</v>
       </c>
       <c r="D160" s="5">
-        <v>-8.1512363043632519</v>
+        <v>-8.1512364894461342</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>242.22913360999999</v>
+        <v>242.2291367</v>
       </c>
       <c r="C161" s="5">
-        <v>-1.0200230500000202</v>
+        <v>-1.0200198</v>
       </c>
       <c r="D161" s="5">
-        <v>-4.9175440615570443</v>
+        <v>-4.9175287560051739</v>
       </c>
       <c r="E161" s="5">
-        <v>-7.2892462136937457</v>
+        <v>-7.2892464113591071</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>240.84465847999999</v>
+        <v>240.84465710000001</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.3844751299999984</v>
+        <v>-1.3844795999999917</v>
       </c>
       <c r="D162" s="5">
-        <v>-6.6471209469304959</v>
+        <v>-6.6471416559772507</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>239.74661917</v>
+        <v>239.7466191</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.0980393099999901</v>
+        <v>-1.0980380000000025</v>
       </c>
       <c r="D163" s="5">
-        <v>-5.3358209346162644</v>
+        <v>-5.3358147573701276</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>238.41477750999999</v>
+        <v>238.4147749</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.3318416600000091</v>
+        <v>-1.3318442000000061</v>
       </c>
       <c r="D164" s="5">
-        <v>-6.466293054089034</v>
+        <v>-6.4663050136819606</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>236.77383789999999</v>
+        <v>236.77383800000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.6409396100000038</v>
+        <v>-1.6409368999999856</v>
       </c>
       <c r="D165" s="5">
-        <v>-7.95366117430728</v>
+        <v>-7.9536486158882314</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>235.59188055000001</v>
+        <v>235.5918806</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.1819573499999763</v>
+        <v>-1.1819574000000159</v>
       </c>
       <c r="D166" s="5">
-        <v>-5.8285492473494571</v>
+        <v>-5.8285494847889252</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>233.95647776999999</v>
+        <v>233.9564776</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.635402780000021</v>
+        <v>-1.6354029999999966</v>
       </c>
       <c r="D167" s="5">
-        <v>-8.0192244692377059</v>
+        <v>-8.0192255055249184</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>234.17037329999999</v>
+        <v>234.1703736</v>
       </c>
       <c r="C168" s="5">
-        <v>0.21389553000000205</v>
+        <v>0.21389600000000542</v>
       </c>
       <c r="D168" s="5">
-        <v>1.1026377262091103</v>
+        <v>1.1026401620741977</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>233.02176889</v>
+        <v>233.02176919999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-1.1486044099999901</v>
+        <v>-1.1486044000000106</v>
       </c>
       <c r="D169" s="5">
-        <v>-5.7297720450977589</v>
+        <v>-5.7297719894076167</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>231.64208244</v>
+        <v>231.64208289999999</v>
       </c>
       <c r="C170" s="5">
-        <v>-1.3796864500000083</v>
+        <v>-1.379686300000003</v>
       </c>
       <c r="D170" s="5">
-        <v>-6.8781511159727193</v>
+        <v>-6.878150383504722</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>230.46910482999999</v>
+        <v>230.4691047</v>
       </c>
       <c r="C171" s="5">
-        <v>-1.1729776100000038</v>
+        <v>-1.1729781999999886</v>
       </c>
       <c r="D171" s="5">
-        <v>-5.91009000162056</v>
+        <v>-5.9100928806465225</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>229.99074350999999</v>
+        <v>229.99074350000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.47836132000000475</v>
+        <v>-0.47836119999999482</v>
       </c>
       <c r="D172" s="5">
-        <v>-2.4624804438154735</v>
+        <v>-2.4624798344943355</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>229.04281366999999</v>
+        <v>229.04281570000001</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.94792984000000047</v>
+        <v>-0.94792780000000221</v>
       </c>
       <c r="D173" s="5">
-        <v>-4.835328048511867</v>
+        <v>-4.8353178775565109</v>
       </c>
       <c r="E173" s="5">
-        <v>-5.4437382256547924</v>
+        <v>-5.4437385938138405</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>229.32375519000001</v>
+        <v>229.3237541</v>
       </c>
       <c r="C174" s="5">
-        <v>0.28094152000002737</v>
+        <v>0.28093839999999659</v>
       </c>
       <c r="D174" s="5">
-        <v>1.481878007152293</v>
+        <v>1.4818614257323448</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>226.99775449000001</v>
+        <v>226.99775410000001</v>
       </c>
       <c r="C175" s="5">
-        <v>-2.3260007000000087</v>
+        <v>-2.3259999999999934</v>
       </c>
       <c r="D175" s="5">
-        <v>-11.514889846524856</v>
+        <v>-11.51488662386847</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>227.96277576</v>
+        <v>227.96277559999999</v>
       </c>
       <c r="C176" s="5">
-        <v>0.96502126999999405</v>
+        <v>0.96502149999997755</v>
       </c>
       <c r="D176" s="5">
-        <v>5.2224729987829566</v>
+        <v>5.2224742819199088</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>227.00390199</v>
+        <v>227.0039017</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.95887376999999674</v>
+        <v>-0.95887389999998618</v>
       </c>
       <c r="D177" s="5">
-        <v>-4.9323779331707289</v>
+        <v>-4.9323785898697121</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>226.36064314000001</v>
+        <v>226.36064300000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.64325884999999516</v>
+        <v>-0.64325869999998986</v>
       </c>
       <c r="D178" s="5">
-        <v>-3.3479295714417989</v>
+        <v>-3.3479288070835445</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>225.69139731999999</v>
+        <v>225.69139709999999</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.66924582000001465</v>
+        <v>-0.66924590000002127</v>
       </c>
       <c r="D179" s="5">
-        <v>-3.4907291636199878</v>
+        <v>-3.4907295762554469</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>225.14600181</v>
+        <v>225.1460021</v>
       </c>
       <c r="C180" s="5">
-        <v>-0.54539550999999165</v>
+        <v>-0.54539499999998498</v>
       </c>
       <c r="D180" s="5">
-        <v>-2.8616316597902869</v>
+        <v>-2.8616290220924046</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>224.26087941</v>
+        <v>224.26087960000001</v>
       </c>
       <c r="C181" s="5">
-        <v>-0.8851224000000002</v>
+        <v>-0.88512249999999426</v>
       </c>
       <c r="D181" s="5">
-        <v>-4.6169113827586594</v>
+        <v>-4.6169118873261912</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>223.60331350999999</v>
+        <v>223.60331360000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-0.6575659000000087</v>
+        <v>-0.65756600000000276</v>
       </c>
       <c r="D182" s="5">
-        <v>-3.4623841329467941</v>
+        <v>-3.4623846481436904</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>223.72001277000001</v>
+        <v>223.72001259999999</v>
       </c>
       <c r="C183" s="5">
-        <v>0.11669926000001851</v>
+        <v>0.11669899999998279</v>
       </c>
       <c r="D183" s="5">
-        <v>0.62808456447587258</v>
+        <v>0.62808316086255811</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>223.03821461999999</v>
+        <v>223.0382146</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.68179815000002009</v>
+        <v>-0.68179799999998636</v>
       </c>
       <c r="D184" s="5">
-        <v>-3.5963817105115203</v>
+        <v>-3.5963809351860387</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>223.06486753999999</v>
+        <v>223.06486849999999</v>
       </c>
       <c r="C185" s="5">
-        <v>2.6652920000003633E-2</v>
+        <v>2.6653899999985242E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>0.14349349716804571</v>
+        <v>0.14349877675510214</v>
       </c>
       <c r="E185" s="5">
-        <v>-2.6099688674855792</v>
+        <v>-2.6099693115150702</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>223.65248539999999</v>
+        <v>223.6524848</v>
       </c>
       <c r="C186" s="5">
-        <v>0.58761785999999461</v>
+        <v>0.58761630000000764</v>
       </c>
       <c r="D186" s="5">
-        <v>3.2073548775400917</v>
+        <v>3.2073462249484042</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>223.27277422</v>
+        <v>223.272774</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.37971117999998683</v>
+        <v>-0.37971079999999802</v>
       </c>
       <c r="D187" s="5">
-        <v>-2.0184109449902787</v>
+        <v>-2.0184089492328083</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>223.07792787</v>
+        <v>223.07792800000001</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.19484635000000594</v>
+        <v>-0.19484599999998409</v>
       </c>
       <c r="D188" s="5">
-        <v>-1.0422077702049393</v>
+        <v>-1.0422059080988921</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>223.69888209999999</v>
+        <v>223.698882</v>
       </c>
       <c r="C189" s="5">
-        <v>0.62095422999999528</v>
+        <v>0.62095399999998335</v>
       </c>
       <c r="D189" s="5">
-        <v>3.3919066745549342</v>
+        <v>3.391905396896866</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>223.02082295</v>
+        <v>223.02082290000001</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.67805914999999573</v>
+        <v>-0.67805909999998448</v>
       </c>
       <c r="D190" s="5">
-        <v>-3.577318935205398</v>
+        <v>-3.5773186773688903</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>223.49105137000001</v>
+        <v>223.49105119999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.47022842000001219</v>
+        <v>0.47022829999997384</v>
       </c>
       <c r="D191" s="5">
-        <v>2.5596888115062555</v>
+        <v>2.5596881512729652</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>223.82041226999999</v>
+        <v>223.82041240000001</v>
       </c>
       <c r="C192" s="5">
-        <v>0.3293608999999833</v>
+        <v>0.32936120000002234</v>
       </c>
       <c r="D192" s="5">
-        <v>1.7828561366290296</v>
+        <v>1.7828577751046959</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
         <v>223.76909280000001</v>
       </c>
       <c r="C193" s="5">
-        <v>-5.1319469999981493E-2</v>
+        <v>-5.1319599999999355E-2</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.2747996069817793</v>
+        <v>-0.27480030205393469</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>225.34985662</v>
+        <v>225.3498567</v>
       </c>
       <c r="C194" s="5">
-        <v>1.5807638199999872</v>
+        <v>1.5807638999999938</v>
       </c>
       <c r="D194" s="5">
-        <v>8.8143617401396757</v>
+        <v>8.8143622036934488</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>223.37604472999999</v>
+        <v>223.3760446</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.9738118900000075</v>
+        <v>-1.9738121000000035</v>
       </c>
       <c r="D195" s="5">
-        <v>-10.018811006019401</v>
+        <v>-10.018812017748168</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>223.50560934999999</v>
+        <v>223.50560949999999</v>
       </c>
       <c r="C196" s="5">
-        <v>0.12956461999999647</v>
+        <v>0.12956489999999121</v>
       </c>
       <c r="D196" s="5">
-        <v>0.69825975619677294</v>
+        <v>0.69826127041958674</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>223.46990987000001</v>
+        <v>223.46991009999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-3.5699479999976802E-2</v>
+        <v>-3.5699399999998604E-2</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.19150195938612002</v>
+        <v>-0.1915015304924772</v>
       </c>
       <c r="E197" s="5">
-        <v>0.18158051264052233</v>
+        <v>0.18158018459997205</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>222.89487</v>
+        <v>222.89486980000001</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.57503987000001189</v>
+        <v>-0.57504029999998352</v>
       </c>
       <c r="D198" s="5">
-        <v>-3.0445487617680511</v>
+        <v>-3.0445510031902767</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>223.13473826000001</v>
+        <v>223.13473819999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.2398682600000086</v>
+        <v>0.23986839999997756</v>
       </c>
       <c r="D199" s="5">
-        <v>1.2990506409796376</v>
+        <v>1.2990514048410784</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>222.86134337999999</v>
+        <v>222.8613435</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.27339488000001211</v>
+        <v>-0.273394699999983</v>
       </c>
       <c r="D200" s="5">
-        <v>-1.4604271040445593</v>
+        <v>-1.4604261493766701</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>222.82972402999999</v>
+        <v>222.829724</v>
       </c>
       <c r="C201" s="5">
-        <v>-3.1619349999999713E-2</v>
+        <v>-3.1619500000005019E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-0.17012203648464341</v>
+        <v>-0.17012284281062717</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>222.62208512999999</v>
+        <v>222.62208509999999</v>
       </c>
       <c r="C202" s="5">
         <v>-0.20763890000000629</v>
       </c>
       <c r="D202" s="5">
-        <v>-1.1124801550101648</v>
+        <v>-1.112480155159179</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>222.89213903000001</v>
+        <v>222.89213899999999</v>
       </c>
       <c r="C203" s="5">
-        <v>0.27005390000002194</v>
+        <v>0.27005389999999352</v>
       </c>
       <c r="D203" s="5">
-        <v>1.4654231197998469</v>
+        <v>1.4654231199983325</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>221.42775187999999</v>
+        <v>221.4277519</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.4643871500000216</v>
+        <v>-1.464387099999982</v>
       </c>
       <c r="D204" s="5">
-        <v>-7.6051883282640116</v>
+        <v>-7.6051880788895909</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>221.28901384</v>
+        <v>221.28901389999999</v>
       </c>
       <c r="C205" s="5">
-        <v>-0.13873803999999268</v>
+        <v>-0.13873800000001779</v>
       </c>
       <c r="D205" s="5">
-        <v>-0.74928783397069099</v>
+        <v>-0.7492876186177222</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>222.44215324999999</v>
+        <v>222.4421533</v>
       </c>
       <c r="C206" s="5">
-        <v>1.1531394099999943</v>
+        <v>1.1531394000000148</v>
       </c>
       <c r="D206" s="5">
-        <v>6.4355832373982347</v>
+        <v>6.4355831781845341</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>221.18283264999999</v>
+        <v>221.18283249999999</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.2593205999999952</v>
+        <v>-1.2593208000000118</v>
       </c>
       <c r="D207" s="5">
-        <v>-6.5860141260040805</v>
+        <v>-6.5860151381815335</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>220.87664816</v>
+        <v>220.87664820000001</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.30618448999999259</v>
+        <v>-0.30618429999998398</v>
       </c>
       <c r="D208" s="5">
-        <v>-1.648576537214097</v>
+        <v>-1.6485755230906785</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>220.92297643000001</v>
+        <v>220.92297690000001</v>
       </c>
       <c r="C209" s="5">
-        <v>4.6328270000003613E-2</v>
+        <v>4.6328700000003664E-2</v>
       </c>
       <c r="D209" s="5">
-        <v>0.25198726540225369</v>
+        <v>0.25198960689796213</v>
       </c>
       <c r="E209" s="5">
-        <v>-1.1397209769680616</v>
+        <v>-1.1397208683980198</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>220.91086749999999</v>
+        <v>220.91086730000001</v>
       </c>
       <c r="C210" s="5">
-        <v>-1.2108930000010787E-2</v>
+        <v>-1.2109600000002274E-2</v>
       </c>
       <c r="D210" s="5">
-        <v>-6.5752945332908652E-2</v>
+        <v>-6.5756582276743636E-2</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>221.58890013000001</v>
+        <v>221.5889</v>
       </c>
       <c r="C211" s="5">
-        <v>0.67803263000001834</v>
+        <v>0.67803269999998861</v>
       </c>
       <c r="D211" s="5">
-        <v>3.7459254116673613</v>
+        <v>3.7459258083964775</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>221.17355047999999</v>
+        <v>221.17355040000001</v>
       </c>
       <c r="C212" s="5">
-        <v>-0.41534965000002444</v>
+        <v>-0.41534959999998478</v>
       </c>
       <c r="D212" s="5">
-        <v>-2.2262541129022262</v>
+        <v>-2.2262538489538519</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>220.72729050000001</v>
+        <v>220.7272901</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.44625997999997935</v>
+        <v>-0.44626030000000583</v>
       </c>
       <c r="D213" s="5">
-        <v>-2.3945405048366175</v>
+        <v>-2.3945422037386699</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>221.55840871000001</v>
+        <v>221.5584087</v>
       </c>
       <c r="C214" s="5">
-        <v>0.83111820999999964</v>
+        <v>0.83111859999999638</v>
       </c>
       <c r="D214" s="5">
-        <v>4.6131936881165014</v>
+        <v>4.6131959064049877</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>221.24951364</v>
+        <v>221.249514</v>
       </c>
       <c r="C215" s="5">
-        <v>-0.30889507000000549</v>
+        <v>-0.30889469999999619</v>
       </c>
       <c r="D215" s="5">
-        <v>-1.6602615239921237</v>
+        <v>-1.6602595506002071</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>221.53565459000001</v>
+        <v>221.53565470000001</v>
       </c>
       <c r="C216" s="5">
-        <v>0.28614095000000361</v>
+        <v>0.28614070000000424</v>
       </c>
       <c r="D216" s="5">
-        <v>1.5630412991586518</v>
+        <v>1.5630399212471335</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>222.03637312999999</v>
+        <v>222.03637320000001</v>
       </c>
       <c r="C217" s="5">
-        <v>0.50071853999997984</v>
+        <v>0.50071850000000495</v>
       </c>
       <c r="D217" s="5">
-        <v>2.7462317280809279</v>
+        <v>2.7462315045828412</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
         <v>221.84348120000001</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.1928919299999734</v>
+        <v>-0.19289200000000051</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.037521589535928</v>
+        <v>-1.0375219639273792</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>221.32335071</v>
+        <v>221.3233506</v>
       </c>
       <c r="C219" s="5">
-        <v>-0.52013049000001388</v>
+        <v>-0.52013060000001587</v>
       </c>
       <c r="D219" s="5">
-        <v>-2.777501181040265</v>
+        <v>-2.7775017608874131</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>221.20601106000001</v>
+        <v>221.20601120000001</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.11733964999999102</v>
+        <v>-0.11733939999999166</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.6343556442253151</v>
+        <v>-0.63435429694095324</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>220.43295742999999</v>
+        <v>220.43295860000001</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.77305363000002103</v>
+        <v>-0.77305259999999976</v>
       </c>
       <c r="D221" s="5">
-        <v>-4.1139923153615365</v>
+        <v>-4.1139869363380761</v>
       </c>
       <c r="E221" s="5">
-        <v>-0.22180535855458317</v>
+        <v>-0.22180504123018308</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>220.32176935000001</v>
+        <v>220.3217693</v>
       </c>
       <c r="C222" s="5">
-        <v>-0.11118807999997671</v>
+        <v>-0.1111893000000066</v>
       </c>
       <c r="D222" s="5">
-        <v>-0.60361283537819777</v>
+        <v>-0.60361943690091513</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>220.00239458999999</v>
+        <v>220.00239439999999</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.31937476000001652</v>
+        <v>-0.31937490000001389</v>
       </c>
       <c r="D223" s="5">
-        <v>-1.7256982419061151</v>
+        <v>-1.7256989927447619</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>219.61965617999999</v>
+        <v>219.61965559999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.38273841000000175</v>
+        <v>-0.38273879999999849</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.067781420586523</v>
+        <v>-2.067783509248533</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>219.05226539</v>
+        <v>219.05226390000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.56739078999999037</v>
+        <v>-0.5673916999999733</v>
       </c>
       <c r="D225" s="5">
-        <v>-3.0565437443143439</v>
+        <v>-3.0565485850113427</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>218.98580544999999</v>
+        <v>218.98580430000001</v>
       </c>
       <c r="C226" s="5">
-        <v>-6.6459940000015649E-2</v>
+        <v>-6.6459600000001728E-2</v>
       </c>
       <c r="D226" s="5">
-        <v>-0.36347024920411197</v>
+        <v>-0.36346839530976283</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>218.19808667999999</v>
+        <v>218.19808639999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.7877187699999979</v>
+        <v>-0.78771790000001829</v>
       </c>
       <c r="D227" s="5">
-        <v>-4.232163427488878</v>
+        <v>-4.2321588671268451</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>217.66877486999999</v>
+        <v>217.66877650000001</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.52931180999999583</v>
+        <v>-0.52930989999998701</v>
       </c>
       <c r="D228" s="5">
-        <v>-2.8724714976628318</v>
+        <v>-2.8724612740035016</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>217.08841074</v>
+        <v>217.08841179999999</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.58036412999999243</v>
+        <v>-0.58036470000001827</v>
       </c>
       <c r="D229" s="5">
-        <v>-3.1530213078460823</v>
+        <v>-3.1530243360250121</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>215.87766694999999</v>
+        <v>215.87766819999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-1.2107437900000093</v>
+        <v>-1.2107436000000007</v>
       </c>
       <c r="D230" s="5">
-        <v>-6.4911062230387673</v>
+        <v>-6.4911052047121442</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>215.12194248</v>
+        <v>215.12194310000001</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.75572446999998988</v>
+        <v>-0.75572509999997806</v>
       </c>
       <c r="D231" s="5">
-        <v>-4.1209022167615128</v>
+        <v>-4.120905562823074</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>214.31183557</v>
+        <v>214.3118355</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.81010691000000179</v>
+        <v>-0.81010760000000914</v>
       </c>
       <c r="D232" s="5">
-        <v>-4.4265324804725896</v>
+        <v>-4.4265361604867266</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>213.69019589000001</v>
+        <v>213.6901967</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.62163967999998704</v>
+        <v>-0.62163879999999949</v>
       </c>
       <c r="D233" s="5">
-        <v>-3.425761146883699</v>
+        <v>-3.4257563755432208</v>
       </c>
       <c r="E233" s="5">
-        <v>-3.0588717851509073</v>
+        <v>-3.0588719322301894</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>212.43299483999999</v>
+        <v>212.4329946</v>
       </c>
       <c r="C234" s="5">
-        <v>-1.2572010500000204</v>
+        <v>-1.2572021000000007</v>
       </c>
       <c r="D234" s="5">
-        <v>-6.8359210352407773</v>
+        <v>-6.8359265359855925</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>210.97699868000001</v>
+        <v>210.97699789999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.4559961599999838</v>
+        <v>-1.4559967000000142</v>
       </c>
       <c r="D235" s="5">
-        <v>-7.9216226982355975</v>
+        <v>-7.9216255349689346</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>209.57569902</v>
+        <v>209.5756974</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.4012996600000065</v>
+        <v>-1.4013004999999907</v>
       </c>
       <c r="D236" s="5">
-        <v>-7.6855338653729959</v>
+        <v>-7.6855383328225173</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>207.64284662</v>
+        <v>207.64284319999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.9328524000000016</v>
+        <v>-1.9328542000000084</v>
       </c>
       <c r="D237" s="5">
-        <v>-10.52275403263514</v>
+        <v>-10.522763417744086</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>205.78416501999999</v>
+        <v>205.78416129999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.8586816000000113</v>
+        <v>-1.8586818999999934</v>
       </c>
       <c r="D238" s="5">
-        <v>-10.228238528800659</v>
+        <v>-10.22824025953215</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>204.05728348</v>
+        <v>204.05728149999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.7268815399999937</v>
+        <v>-1.7268798000000061</v>
       </c>
       <c r="D239" s="5">
-        <v>-9.6180361322973251</v>
+        <v>-9.6180270499560905</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>202.58972220999999</v>
+        <v>202.5897258</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.4675612700000045</v>
+        <v>-1.4675556999999912</v>
       </c>
       <c r="D240" s="5">
-        <v>-8.296967443433978</v>
+        <v>-8.2969372653902145</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>201.24991921</v>
+        <v>201.24992370000001</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.3398029999999892</v>
+        <v>-1.3398020999999858</v>
       </c>
       <c r="D241" s="5">
-        <v>-7.6536639224705656</v>
+        <v>-7.6536588360072821</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>200.23146875</v>
+        <v>200.23147449999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.0184504599999968</v>
+        <v>-1.0184492000000205</v>
       </c>
       <c r="D242" s="5">
-        <v>-5.9065440312723316</v>
+        <v>-5.9065367978978873</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>199.94885567</v>
+        <v>199.9488595</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.2826130800000044</v>
+        <v>-0.28261499999999273</v>
       </c>
       <c r="D243" s="5">
-        <v>-1.6806318048507296</v>
+        <v>-1.6806430862497779</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>199.05049948999999</v>
+        <v>199.0505004</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.8983561800000075</v>
+        <v>-0.8983590999999933</v>
       </c>
       <c r="D244" s="5">
-        <v>-5.260260733925282</v>
+        <v>-5.2602773132196639</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>198.89850823</v>
+        <v>198.89850749999999</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.15199125999998842</v>
+        <v>-0.15199290000001042</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.91245929013064053</v>
+        <v>-0.91246909018655176</v>
       </c>
       <c r="E245" s="5">
-        <v>-6.9220244749151894</v>
+        <v>-6.9220251693464796</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>197.75928207000001</v>
+        <v>197.75927970000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.1392261599999927</v>
+        <v>-1.1392277999999862</v>
       </c>
       <c r="D246" s="5">
-        <v>-6.6607705996599371</v>
+        <v>-6.6607799119873246</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>196.67246218</v>
+        <v>196.67245930000001</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.0868198900000152</v>
+        <v>-1.0868203999999935</v>
       </c>
       <c r="D247" s="5">
-        <v>-6.3990758660510627</v>
+        <v>-6.3990788530841396</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>196.37806509000001</v>
+        <v>196.37805969999999</v>
       </c>
       <c r="C248" s="5">
-        <v>-0.2943970899999897</v>
+        <v>-0.29439960000001975</v>
       </c>
       <c r="D248" s="5">
-        <v>-1.7815533439688891</v>
+        <v>-1.7815684343536531</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>196.99506434</v>
+        <v>196.99505579999999</v>
       </c>
       <c r="C249" s="5">
-        <v>0.61699924999999212</v>
+        <v>0.61699609999999439</v>
       </c>
       <c r="D249" s="5">
-        <v>3.8361130422443379</v>
+        <v>3.836093224978665</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>195.88940708999999</v>
+        <v>195.88940020000001</v>
       </c>
       <c r="C250" s="5">
-        <v>-1.1056572500000073</v>
+        <v>-1.1056555999999773</v>
       </c>
       <c r="D250" s="5">
-        <v>-6.5310683245499268</v>
+        <v>-6.5310591513968568</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>196.16932944999999</v>
+        <v>196.16932560000001</v>
       </c>
       <c r="C251" s="5">
-        <v>0.27992236000000048</v>
+        <v>0.27992539999999622</v>
       </c>
       <c r="D251" s="5">
-        <v>1.7283194557705217</v>
+        <v>1.7283384346219011</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>194.65715815999999</v>
+        <v>194.6571601</v>
       </c>
       <c r="C252" s="5">
-        <v>-1.5121712899999977</v>
+        <v>-1.5121655000000089</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.867926045057839</v>
+        <v>-8.8678936835326674</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>195.13580603</v>
+        <v>195.13580640000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.47864787000000319</v>
+        <v>0.4786463000000083</v>
       </c>
       <c r="D253" s="5">
-        <v>2.9909478371697995</v>
+        <v>2.9909378633728334</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>195.11808884000001</v>
+        <v>195.11813480000001</v>
       </c>
       <c r="C254" s="5">
-        <v>-1.7717189999984839E-2</v>
+        <v>-1.7671599999999899E-2</v>
       </c>
       <c r="D254" s="5">
-        <v>-0.10889859104303845</v>
+        <v>-0.10861851176151571</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>194.71656738999999</v>
+        <v>194.7165717</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.40152145000001838</v>
+        <v>-0.40156310000000417</v>
       </c>
       <c r="D255" s="5">
-        <v>-2.4416476227468675</v>
+        <v>-2.4418974672969496</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>194.76750185</v>
+        <v>194.76749620000001</v>
       </c>
       <c r="C256" s="5">
-        <v>5.0934460000007675E-2</v>
+        <v>5.0924500000007811E-2</v>
       </c>
       <c r="D256" s="5">
-        <v>0.31435108517960941</v>
+        <v>0.31428951985357223</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>194.43951111999999</v>
+        <v>194.43950530000001</v>
       </c>
       <c r="C257" s="5">
-        <v>-0.32799073000001044</v>
+        <v>-0.32799090000000319</v>
       </c>
       <c r="D257" s="5">
-        <v>-2.00220166585936</v>
+        <v>-2.0022027515672058</v>
       </c>
       <c r="E257" s="5">
-        <v>-2.2418454264341525</v>
+        <v>-2.2418479937563074</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>195.62845053000001</v>
+        <v>195.62844870000001</v>
       </c>
       <c r="C258" s="5">
-        <v>1.1889394100000175</v>
+        <v>1.1889433999999994</v>
       </c>
       <c r="D258" s="5">
-        <v>7.5895115891244203</v>
+        <v>7.5895381564907716</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>195.15010337000001</v>
+        <v>195.15009330000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-0.47834715999999844</v>
+        <v>-0.4783553999999981</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.8950773927252316</v>
+        <v>-2.8951266212247195</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>195.15357915000001</v>
+        <v>195.1535628</v>
       </c>
       <c r="C260" s="5">
-        <v>3.4757800000022598E-3</v>
+        <v>3.4694999999942411E-3</v>
       </c>
       <c r="D260" s="5">
-        <v>2.13750571211202E-2</v>
+        <v>2.1336434234076052E-2</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>195.33463782000001</v>
+        <v>195.334619</v>
       </c>
       <c r="C261" s="5">
-        <v>0.18105866999999876</v>
+        <v>0.18105620000000044</v>
       </c>
       <c r="D261" s="5">
-        <v>1.1190290253966895</v>
+        <v>1.1190137758667174</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>195.55755457000001</v>
+        <v>195.55754060000001</v>
       </c>
       <c r="C262" s="5">
-        <v>0.222916749999996</v>
+        <v>0.22292160000000649</v>
       </c>
       <c r="D262" s="5">
-        <v>1.378073566371274</v>
+        <v>1.3781038711754734</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>195.20290691</v>
+        <v>195.2029</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.35464766000001191</v>
+        <v>-0.35464060000001041</v>
       </c>
       <c r="D263" s="5">
-        <v>-2.1546489850714834</v>
+        <v>-2.1546066715952605</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>196.5753229</v>
+        <v>196.57532409999999</v>
       </c>
       <c r="C264" s="5">
-        <v>1.3724159900000075</v>
+        <v>1.3724240999999893</v>
       </c>
       <c r="D264" s="5">
-        <v>8.7708702784156767</v>
+        <v>8.7709244510131956</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>196.25274457</v>
+        <v>196.25274590000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.32257832999999891</v>
+        <v>-0.32257819999998105</v>
       </c>
       <c r="D265" s="5">
-        <v>-1.9515132049557127</v>
+        <v>-1.9515124137688522</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>196.51635250999999</v>
+        <v>196.51644959999999</v>
       </c>
       <c r="C266" s="5">
-        <v>0.26360793999998577</v>
+        <v>0.26370369999997934</v>
       </c>
       <c r="D266" s="5">
-        <v>1.6238088836589837</v>
+        <v>1.6244031145377091</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>196.23290259999999</v>
+        <v>196.2329192</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.28344991000000164</v>
+        <v>-0.28353039999998941</v>
       </c>
       <c r="D267" s="5">
-        <v>-1.7171826748258123</v>
+        <v>-1.7176655907066851</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>195.97602370000001</v>
+        <v>195.97602079999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.25687889999997537</v>
+        <v>-0.25689840000001141</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.5596006860440048</v>
+        <v>-1.5597180951479106</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>196.14428323000001</v>
+        <v>196.14427330000001</v>
       </c>
       <c r="C269" s="5">
-        <v>0.16825953000000027</v>
+        <v>0.16825250000002256</v>
       </c>
       <c r="D269" s="5">
-        <v>1.0351655342707877</v>
+        <v>1.0351220952976803</v>
       </c>
       <c r="E269" s="5">
-        <v>0.8767621869548492</v>
+        <v>0.87676009943027378</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>197.58123472</v>
+        <v>197.58124380000001</v>
       </c>
       <c r="C270" s="5">
-        <v>1.4369514899999842</v>
+        <v>1.436970500000001</v>
       </c>
       <c r="D270" s="5">
-        <v>9.1542081016785737</v>
+        <v>9.1543346094433709</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>197.15562969999999</v>
+        <v>197.1556071</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.42560502000000611</v>
+        <v>-0.42563670000001252</v>
       </c>
       <c r="D271" s="5">
-        <v>-2.5544858852984853</v>
+        <v>-2.5546736657896418</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>197.37290379999999</v>
+        <v>197.37281519999999</v>
       </c>
       <c r="C272" s="5">
-        <v>0.21727409999999736</v>
+        <v>0.21720809999999346</v>
       </c>
       <c r="D272" s="5">
-        <v>1.3304975398073626</v>
+        <v>1.3300910841635538</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>197.07661081000001</v>
+        <v>197.07658720000001</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.29629298999998355</v>
+        <v>-0.29622799999998506</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.7866211925111952</v>
+        <v>-1.7862333328463209</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>196.95351481</v>
+        <v>196.95349350000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.12309600000000387</v>
+        <v>-0.12309369999999831</v>
       </c>
       <c r="D274" s="5">
-        <v>-0.74696231271175195</v>
+        <v>-0.74694849310521505</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>197.05792786999999</v>
+        <v>197.05791529999999</v>
       </c>
       <c r="C275" s="5">
-        <v>0.10441305999998463</v>
+        <v>0.10442179999998302</v>
       </c>
       <c r="D275" s="5">
-        <v>0.63802695920631702</v>
+        <v>0.63808059096492897</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>196.89151749999999</v>
+        <v>196.89152010000001</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.16641036999999415</v>
+        <v>-0.16639519999998242</v>
       </c>
       <c r="D276" s="5">
-        <v>-1.0086757669507729</v>
+        <v>-1.008584306535909</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>196.99229880999999</v>
+        <v>196.9923229</v>
       </c>
       <c r="C277" s="5">
-        <v>0.10078131000000212</v>
+        <v>0.10080279999999675</v>
       </c>
       <c r="D277" s="5">
-        <v>0.61596671919486035</v>
+        <v>0.61609842613978838</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>197.42931458999999</v>
+        <v>197.42947620000001</v>
       </c>
       <c r="C278" s="5">
-        <v>0.43701577999999586</v>
+        <v>0.43715330000000563</v>
       </c>
       <c r="D278" s="5">
-        <v>2.6948522934417962</v>
+        <v>2.6957103520463432</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>197.68142515</v>
+        <v>197.6814674</v>
       </c>
       <c r="C279" s="5">
-        <v>0.25211056000000553</v>
+        <v>0.25199119999999198</v>
       </c>
       <c r="D279" s="5">
-        <v>1.5431676136241856</v>
+        <v>1.5424306037002289</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>198.41717847999999</v>
+        <v>198.41718779999999</v>
       </c>
       <c r="C280" s="5">
-        <v>0.73575332999999432</v>
+        <v>0.73572039999999106</v>
       </c>
       <c r="D280" s="5">
-        <v>4.5588685071483948</v>
+        <v>4.5586592775868295</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>198.02965266000001</v>
+        <v>198.02964220000001</v>
       </c>
       <c r="C281" s="5">
-        <v>-0.38752581999997915</v>
+        <v>-0.3875455999999815</v>
       </c>
       <c r="D281" s="5">
-        <v>-2.3186904272210151</v>
+        <v>-2.3188074010413784</v>
       </c>
       <c r="E281" s="5">
-        <v>0.9612155903566233</v>
+        <v>0.96121536880986458</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>198.34592649999999</v>
+        <v>198.34594659999999</v>
       </c>
       <c r="C282" s="5">
-        <v>0.3162738399999796</v>
+        <v>0.31630439999997861</v>
       </c>
       <c r="D282" s="5">
-        <v>1.9334489575688618</v>
+        <v>1.9336375246002513</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>198.75550074</v>
+        <v>198.75546560000001</v>
       </c>
       <c r="C283" s="5">
-        <v>0.40957424000001197</v>
+        <v>0.40951900000001729</v>
       </c>
       <c r="D283" s="5">
-        <v>2.5062760150374341</v>
+        <v>2.5059338846112</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>199.28736542999999</v>
+        <v>199.2871394</v>
       </c>
       <c r="C284" s="5">
-        <v>0.53186468999999192</v>
+        <v>0.53167379999999298</v>
       </c>
       <c r="D284" s="5">
-        <v>3.2588552969781581</v>
+        <v>3.2576689936054892</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>199.89345015000001</v>
+        <v>199.8934175</v>
       </c>
       <c r="C285" s="5">
-        <v>0.60608472000001257</v>
+        <v>0.60627809999999727</v>
       </c>
       <c r="D285" s="5">
-        <v>3.7111804023423511</v>
+        <v>3.7123886715126009</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>200.71021748000001</v>
+        <v>200.71018950000001</v>
       </c>
       <c r="C286" s="5">
-        <v>0.81676733000000468</v>
+        <v>0.81677200000001449</v>
       </c>
       <c r="D286" s="5">
-        <v>5.0149211905176072</v>
+        <v>5.0149513492032227</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>201.0971959</v>
+        <v>201.09717950000001</v>
       </c>
       <c r="C287" s="5">
-        <v>0.38697841999999127</v>
+        <v>0.38698999999999728</v>
       </c>
       <c r="D287" s="5">
-        <v>2.3383474668148274</v>
+        <v>2.3384185130223667</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>201.49166163999999</v>
+        <v>201.4916613</v>
       </c>
       <c r="C288" s="5">
-        <v>0.39446573999998691</v>
+        <v>0.39448179999999411</v>
       </c>
       <c r="D288" s="5">
-        <v>2.3794430119426391</v>
+        <v>2.3795411306370529</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>202.31186882</v>
+        <v>202.31190459999999</v>
       </c>
       <c r="C289" s="5">
-        <v>0.82020718000001125</v>
+        <v>0.82024329999998713</v>
       </c>
       <c r="D289" s="5">
-        <v>4.9956729331293914</v>
+        <v>4.9958978883597238</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>201.96931047000001</v>
+        <v>201.96962669999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.34255834999999024</v>
+        <v>-0.34227789999999914</v>
       </c>
       <c r="D290" s="5">
-        <v>-2.0130473439946006</v>
+        <v>-2.011414229599684</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>203.08561861000001</v>
+        <v>203.0856776</v>
       </c>
       <c r="C291" s="5">
-        <v>1.116308140000001</v>
+        <v>1.1160509000000047</v>
       </c>
       <c r="D291" s="5">
-        <v>6.8379260351393967</v>
+        <v>6.8362910900439999</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>203.82313855000001</v>
+        <v>203.82315639999999</v>
       </c>
       <c r="C292" s="5">
-        <v>0.73751993999999854</v>
+        <v>0.737478799999991</v>
       </c>
       <c r="D292" s="5">
-        <v>4.4459909623546956</v>
+        <v>4.4457366667660647</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>204.01522052000001</v>
+        <v>204.01521270000001</v>
       </c>
       <c r="C293" s="5">
-        <v>0.19208197000000382</v>
+        <v>0.19205630000001861</v>
       </c>
       <c r="D293" s="5">
-        <v>1.1367543438262073</v>
+        <v>1.1366015387709094</v>
       </c>
       <c r="E293" s="5">
-        <v>3.0225614091626607</v>
+        <v>3.0225629019492217</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>203.40470612999999</v>
+        <v>203.40475140000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-0.61051439000002006</v>
+        <v>-0.61046129999999721</v>
       </c>
       <c r="D294" s="5">
-        <v>-3.532475647271327</v>
+        <v>-3.5321736359141598</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>203.21766341</v>
+        <v>203.21765099999999</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.18704271999999378</v>
+        <v>-0.18710040000001982</v>
       </c>
       <c r="D295" s="5">
-        <v>-1.0979075217278811</v>
+        <v>-1.0982441388485586</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>202.75296259999999</v>
+        <v>202.7524142</v>
       </c>
       <c r="C296" s="5">
-        <v>-0.46470081000001073</v>
+        <v>-0.46523679999998535</v>
       </c>
       <c r="D296" s="5">
-        <v>-2.7098074832515362</v>
+        <v>-2.7128939136810248</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>202.77810708000001</v>
+        <v>202.77810009999999</v>
       </c>
       <c r="C297" s="5">
-        <v>2.5144480000022895E-2</v>
+        <v>2.568589999998494E-2</v>
       </c>
       <c r="D297" s="5">
-        <v>0.14891997094945708</v>
+        <v>0.15212921577232308</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>202.14230118</v>
+        <v>202.14228800000001</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.63580590000000825</v>
+        <v>-0.63581209999998123</v>
       </c>
       <c r="D298" s="5">
-        <v>-3.6983586849424044</v>
+        <v>-3.6983942546007453</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>202.26911926</v>
+        <v>202.26910960000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.12681807999999251</v>
+        <v>0.12682159999999953</v>
       </c>
       <c r="D299" s="5">
-        <v>0.755447540276033</v>
+        <v>0.75546863053568281</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>202.15954506</v>
+        <v>202.1595552</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.10957419999999729</v>
+        <v>-0.10955440000000749</v>
       </c>
       <c r="D300" s="5">
-        <v>-0.64813638998988399</v>
+        <v>-0.64801965161058739</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>201.80367838999999</v>
+        <v>201.80375290000001</v>
       </c>
       <c r="C301" s="5">
-        <v>-0.35586667000001171</v>
+        <v>-0.35580229999999347</v>
       </c>
       <c r="D301" s="5">
-        <v>-2.0920588034518905</v>
+        <v>-2.0916839385772379</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>201.64236210999999</v>
+        <v>201.6429976</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.16131627999999409</v>
+        <v>-0.16075530000000526</v>
       </c>
       <c r="D302" s="5">
-        <v>-0.95504065897439316</v>
+        <v>-0.95173367706081757</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>201.23255577</v>
+        <v>201.23263069999999</v>
       </c>
       <c r="C303" s="5">
-        <v>-0.40980633999998872</v>
+        <v>-0.41036690000001386</v>
       </c>
       <c r="D303" s="5">
-        <v>-2.4117340761668826</v>
+        <v>-2.4149886410191557</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>201.11880629000001</v>
+        <v>201.11880859999999</v>
       </c>
       <c r="C304" s="5">
-        <v>-0.11374947999999563</v>
+        <v>-0.11382209999999304</v>
       </c>
       <c r="D304" s="5">
-        <v>-0.67621168058679126</v>
+        <v>-0.67664179469308916</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>201.56754423999999</v>
+        <v>201.56745710000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.4487379499999804</v>
+        <v>0.44864850000001866</v>
       </c>
       <c r="D305" s="5">
-        <v>2.7105522763210876</v>
+        <v>2.7100052855377532</v>
       </c>
       <c r="E305" s="5">
-        <v>-1.1997517997732299</v>
+        <v>-1.1997907252138895</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>200.24981102999999</v>
+        <v>200.24971869999999</v>
       </c>
       <c r="C306" s="5">
-        <v>-1.3177332100000001</v>
+        <v>-1.3177384000000245</v>
       </c>
       <c r="D306" s="5">
-        <v>-7.5688997365467188</v>
+        <v>-7.5689316390735728</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>199.82416706000001</v>
+        <v>199.8240198</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.42564396999998166</v>
+        <v>-0.42569889999998622</v>
       </c>
       <c r="D307" s="5">
-        <v>-2.5210691769195104</v>
+        <v>-2.5213918791819001</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>199.52769881</v>
+        <v>199.52681759999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.29646825000000376</v>
+        <v>-0.29720220000001518</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.7659184025822339</v>
+        <v>-1.7702557829419097</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>200.48416933999999</v>
+        <v>200.48420369999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.95647052999999005</v>
+        <v>0.9573861000000079</v>
       </c>
       <c r="D309" s="5">
-        <v>5.9065206615876109</v>
+        <v>5.9123514518502951</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>201.09275344</v>
+        <v>201.09286209999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.60858410000000163</v>
+        <v>0.60865839999999594</v>
       </c>
       <c r="D310" s="5">
-        <v>3.7041228163163353</v>
+        <v>3.7045819724368156</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>200.80291957</v>
+        <v>200.80306920000001</v>
       </c>
       <c r="C311" s="5">
-        <v>-0.28983386999999539</v>
+        <v>-0.28979289999998059</v>
       </c>
       <c r="D311" s="5">
-        <v>-1.7159086230054799</v>
+        <v>-1.7156670671170215</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>201.29772416</v>
+        <v>201.297901</v>
       </c>
       <c r="C312" s="5">
-        <v>0.4948045900000011</v>
+        <v>0.49483179999998583</v>
       </c>
       <c r="D312" s="5">
-        <v>2.9973623426981622</v>
+        <v>2.9975271482727495</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>201.68747664</v>
+        <v>201.6877016</v>
       </c>
       <c r="C313" s="5">
-        <v>0.38975247999999851</v>
+        <v>0.38980060000000094</v>
       </c>
       <c r="D313" s="5">
-        <v>2.3483418744782325</v>
+        <v>2.3486328173103699</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>201.30811918000001</v>
+        <v>201.3091627</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.37935745999999426</v>
+        <v>-0.37853889999999524</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.2338967065530402</v>
+        <v>-2.2291236953881133</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>201.47608983000001</v>
+        <v>201.476247</v>
       </c>
       <c r="C315" s="5">
-        <v>0.16797065000000089</v>
+        <v>0.16708429999999908</v>
       </c>
       <c r="D315" s="5">
-        <v>1.0058827972978523</v>
+        <v>1.0005454765625865</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>201.93336203999999</v>
+        <v>201.93330030000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.45727220999998508</v>
+        <v>0.45705330000001254</v>
       </c>
       <c r="D316" s="5">
-        <v>2.7577883536182624</v>
+        <v>2.7564494241638648</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>202.50117062000001</v>
+        <v>202.50076999999999</v>
       </c>
       <c r="C317" s="5">
-        <v>0.56780858000001899</v>
+        <v>0.56746969999997532</v>
       </c>
       <c r="D317" s="5">
-        <v>3.4269089394155516</v>
+        <v>3.4248330376979164</v>
       </c>
       <c r="E317" s="5">
-        <v>0.46318289163080895</v>
+        <v>0.46302757073377609</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>202.37481148000001</v>
+        <v>202.3742024</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.12635914000000525</v>
+        <v>-0.12656759999998712</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.74622609581287414</v>
+        <v>-0.74745442122731154</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>202.46999162</v>
+        <v>202.4693268</v>
       </c>
       <c r="C319" s="5">
-        <v>9.5180139999996527E-2</v>
+        <v>9.5124400000003106E-2</v>
       </c>
       <c r="D319" s="5">
-        <v>0.56584156012973175</v>
+        <v>0.56551103765163369</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>201.44271603000001</v>
+        <v>201.44134500000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.0272755899999879</v>
+        <v>-1.0279817999999921</v>
       </c>
       <c r="D320" s="5">
-        <v>-5.9214009586376015</v>
+        <v>-5.925377603432425</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>203.32315297</v>
+        <v>203.32331819999999</v>
       </c>
       <c r="C321" s="5">
-        <v>1.8804369399999814</v>
+        <v>1.881973199999976</v>
       </c>
       <c r="D321" s="5">
-        <v>11.795213336834752</v>
+        <v>11.80543464664694</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>203.33469306000001</v>
+        <v>203.3352495</v>
       </c>
       <c r="C322" s="5">
-        <v>1.1540090000011105E-2</v>
+        <v>1.1931300000014744E-2</v>
       </c>
       <c r="D322" s="5">
-        <v>6.8130124477328025E-2</v>
+        <v>7.0440429516538394E-2</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>203.39279912000001</v>
+        <v>203.39352270000001</v>
       </c>
       <c r="C323" s="5">
-        <v>5.810606000000007E-2</v>
+        <v>5.8273200000002134E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>0.34345819944829881</v>
+        <v>0.34444675831919458</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>203.77505216</v>
+        <v>203.77571380000001</v>
       </c>
       <c r="C324" s="5">
-        <v>0.38225303999999483</v>
+        <v>0.38219110000000001</v>
       </c>
       <c r="D324" s="5">
-        <v>2.2787184170514729</v>
+        <v>2.2783371615322956</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>203.6320126</v>
+        <v>203.6326794</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.14303956000000539</v>
+        <v>-0.14303440000000478</v>
       </c>
       <c r="D325" s="5">
-        <v>-0.83909357981941657</v>
+        <v>-0.839060713323736</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>204.12306024</v>
+        <v>204.12464919999999</v>
       </c>
       <c r="C326" s="5">
-        <v>0.491047640000005</v>
+        <v>0.49196979999999257</v>
       </c>
       <c r="D326" s="5">
-        <v>2.9324250827654552</v>
+        <v>2.9379956456168532</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>203.09362684000001</v>
+        <v>203.09396269999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.0294333999999878</v>
+        <v>-1.0306865000000016</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.8867665199059722</v>
+        <v>-5.8936898839076939</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>202.74489030000001</v>
+        <v>202.74456900000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-0.34873654000000442</v>
+        <v>-0.34939369999997894</v>
       </c>
       <c r="D328" s="5">
-        <v>-2.0411972338304163</v>
+        <v>-2.0450039997043534</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>203.06427428000001</v>
+        <v>203.06320030000001</v>
       </c>
       <c r="C329" s="5">
-        <v>0.31938397999999779</v>
+        <v>0.31863129999999273</v>
       </c>
       <c r="D329" s="5">
-        <v>1.9068243958270115</v>
+        <v>1.9022947831667469</v>
       </c>
       <c r="E329" s="5">
-        <v>0.27807427397872342</v>
+        <v>0.27774230191817129</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>203.72813345</v>
+        <v>203.7264035</v>
       </c>
       <c r="C330" s="5">
-        <v>0.66385916999999495</v>
+        <v>0.66320319999999811</v>
       </c>
       <c r="D330" s="5">
-        <v>3.9943618280912307</v>
+        <v>3.9903652540306256</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>204.00377655</v>
+        <v>204.00156519999999</v>
       </c>
       <c r="C331" s="5">
-        <v>0.27564309999999637</v>
+        <v>0.27516169999998397</v>
       </c>
       <c r="D331" s="5">
-        <v>1.6357303111295129</v>
+        <v>1.6328662856074372</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>205.34359928999999</v>
+        <v>205.3403313</v>
       </c>
       <c r="C332" s="5">
-        <v>1.3398227399999882</v>
+        <v>1.3387661000000151</v>
       </c>
       <c r="D332" s="5">
-        <v>8.1721731750356685</v>
+        <v>8.1655856154994275</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>204.02429787</v>
+        <v>204.0262386</v>
       </c>
       <c r="C333" s="5">
-        <v>-1.319301419999988</v>
+        <v>-1.3140927000000033</v>
       </c>
       <c r="D333" s="5">
-        <v>-7.4431295212556865</v>
+        <v>-7.4148838110481901</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>203.2438276</v>
+        <v>203.24588259999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.78047026999999503</v>
+        <v>-0.78035600000001182</v>
       </c>
       <c r="D334" s="5">
-        <v>-4.4950945667658342</v>
+        <v>-4.4944083582167504</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>203.19292532</v>
+        <v>203.19483589999999</v>
       </c>
       <c r="C335" s="5">
-        <v>-5.090228000000252E-2</v>
+        <v>-5.1046700000000556E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.30012555464665747</v>
+        <v>-0.30097285631474069</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>203.34977107</v>
+        <v>203.35125500000001</v>
       </c>
       <c r="C336" s="5">
-        <v>0.15684575000000223</v>
+        <v>0.15641910000002213</v>
       </c>
       <c r="D336" s="5">
-        <v>0.93022934725526252</v>
+        <v>0.92767946527976264</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>203.31757714</v>
+        <v>203.318735</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.2193930000005366E-2</v>
+        <v>-3.2520000000005211E-2</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.18981626653999939</v>
+        <v>-0.19173569531197865</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>203.23251583000001</v>
+        <v>203.23453359999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-8.5061309999986179E-2</v>
+        <v>-8.4201400000011972E-2</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.5008864833119353</v>
+        <v>-0.49583158430264174</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>204.57265552999999</v>
+        <v>204.5728177</v>
       </c>
       <c r="C339" s="5">
-        <v>1.3401396999999804</v>
+        <v>1.3382841000000099</v>
       </c>
       <c r="D339" s="5">
-        <v>8.2063312225940432</v>
+        <v>8.1944695064826831</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>204.54659049</v>
+        <v>204.5458059</v>
       </c>
       <c r="C340" s="5">
-        <v>-2.6065039999991768E-2</v>
+        <v>-2.7011799999996811E-2</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.15278747107486668</v>
+        <v>-0.15833301269434497</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>204.99747467</v>
+        <v>204.99547960000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.45088418000000274</v>
+        <v>0.44967370000000528</v>
       </c>
       <c r="D341" s="5">
-        <v>2.6774786048932686</v>
+        <v>2.6702136623176775</v>
       </c>
       <c r="E341" s="5">
-        <v>0.95201403440092758</v>
+        <v>0.95156547180645923</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>204.82344370000001</v>
+        <v>204.81924050000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.17403096999998979</v>
+        <v>-0.17623910000000365</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.0139872204359412</v>
+        <v>-1.0268020105055675</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>205.00449062000001</v>
+        <v>205.00051120000001</v>
       </c>
       <c r="C343" s="5">
-        <v>0.18104692</v>
+        <v>0.1812706999999989</v>
       </c>
       <c r="D343" s="5">
-        <v>1.0658722418875666</v>
+        <v>1.0672181219305577</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>204.87932599999999</v>
+        <v>204.8743083</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.12516462000002093</v>
+        <v>-0.12620290000000978</v>
       </c>
       <c r="D344" s="5">
-        <v>-0.73019964099592105</v>
+        <v>-0.73625062664355312</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>204.75478663999999</v>
+        <v>204.7586076</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.12453935999999999</v>
+        <v>-0.11570069999999077</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.72700649583953281</v>
+        <v>-0.67558691289888451</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>205.90410244</v>
+        <v>205.9076159</v>
       </c>
       <c r="C346" s="5">
-        <v>1.1493158000000108</v>
+        <v>1.1490082999999913</v>
       </c>
       <c r="D346" s="5">
-        <v>6.9476476005236432</v>
+        <v>6.9455973722129194</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>206.20760426000001</v>
+        <v>206.21384209999999</v>
       </c>
       <c r="C347" s="5">
-        <v>0.30350182000000814</v>
+        <v>0.30622619999999756</v>
       </c>
       <c r="D347" s="5">
-        <v>1.783205452930825</v>
+        <v>1.7993125812927335</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>206.01504399999999</v>
+        <v>206.017133</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.1925602600000218</v>
+        <v>-0.19670909999999253</v>
       </c>
       <c r="D348" s="5">
-        <v>-1.114843522600395</v>
+        <v>-1.1387034297895338</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>205.28792974000001</v>
+        <v>205.28907559999999</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.72711425999997914</v>
+        <v>-0.72805740000001151</v>
       </c>
       <c r="D349" s="5">
-        <v>-4.1540522869718766</v>
+        <v>-4.1592948545493336</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>206.16718886999999</v>
+        <v>206.16924460000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.8792591299999799</v>
+        <v>0.88016900000002352</v>
       </c>
       <c r="D350" s="5">
-        <v>5.2624831965802699</v>
+        <v>5.2680278425020433</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>206.50908971999999</v>
+        <v>206.5092314</v>
       </c>
       <c r="C351" s="5">
-        <v>0.34190085000000181</v>
+        <v>0.33998679999999126</v>
       </c>
       <c r="D351" s="5">
-        <v>2.0082922343804377</v>
+        <v>1.9969270322670818</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>206.90931620999999</v>
+        <v>206.9074124</v>
       </c>
       <c r="C352" s="5">
-        <v>0.40022648999999433</v>
+        <v>0.3981809999999939</v>
       </c>
       <c r="D352" s="5">
-        <v>2.350619889410277</v>
+        <v>2.3384769614331002</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>206.81168298</v>
+        <v>206.80792769999999</v>
       </c>
       <c r="C353" s="5">
-        <v>-9.763322999998536E-2</v>
+        <v>-9.9484700000004977E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.56477057652246643</v>
+        <v>-0.57545759127175522</v>
       </c>
       <c r="E353" s="5">
-        <v>0.88499056533279941</v>
+        <v>0.88414052033565227</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>207.09454158</v>
+        <v>207.08731879999999</v>
       </c>
       <c r="C354" s="5">
-        <v>0.2828585999999973</v>
+        <v>0.279391099999998</v>
       </c>
       <c r="D354" s="5">
-        <v>1.6536557596530832</v>
+        <v>1.633262988169415</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>208.05497808999999</v>
+        <v>208.04857569999999</v>
       </c>
       <c r="C355" s="5">
-        <v>0.96043650999999386</v>
+        <v>0.96125689999999508</v>
       </c>
       <c r="D355" s="5">
-        <v>5.7093764293436378</v>
+        <v>5.714582882176078</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>209.26198681</v>
+        <v>209.25427550000001</v>
       </c>
       <c r="C356" s="5">
-        <v>1.2070087200000046</v>
+        <v>1.2056998000000192</v>
       </c>
       <c r="D356" s="5">
-        <v>7.1881545757588095</v>
+        <v>7.1803374412614751</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>210.13515963</v>
+        <v>210.1395335</v>
       </c>
       <c r="C357" s="5">
-        <v>0.87317282000000773</v>
+        <v>0.88525799999999322</v>
       </c>
       <c r="D357" s="5">
-        <v>5.1236807910806537</v>
+        <v>5.1964495078321127</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>210.65395631000001</v>
+        <v>210.66648889999999</v>
       </c>
       <c r="C358" s="5">
-        <v>0.51879668000000834</v>
+        <v>0.52695539999999141</v>
       </c>
       <c r="D358" s="5">
-        <v>3.0032077128545609</v>
+        <v>3.0510258398515733</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>211.11132971000001</v>
+        <v>211.12090000000001</v>
       </c>
       <c r="C359" s="5">
-        <v>0.45737339999999449</v>
+        <v>0.45441110000001572</v>
       </c>
       <c r="D359" s="5">
-        <v>2.6367883287004901</v>
+        <v>2.619349663771886</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>209.07052232999999</v>
+        <v>209.0727651</v>
       </c>
       <c r="C360" s="5">
-        <v>-2.0408073800000182</v>
+        <v>-2.048134900000008</v>
       </c>
       <c r="D360" s="5">
-        <v>-11.003043177961958</v>
+        <v>-11.039991953330286</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>211.24343451999999</v>
+        <v>211.2446295</v>
       </c>
       <c r="C361" s="5">
-        <v>2.1729121900000052</v>
+        <v>2.171864400000004</v>
       </c>
       <c r="D361" s="5">
-        <v>13.210051400028355</v>
+        <v>13.203163353289259</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>211.43285782000001</v>
+        <v>211.43496339999999</v>
       </c>
       <c r="C362" s="5">
-        <v>0.18942330000001562</v>
+        <v>0.19033389999998462</v>
       </c>
       <c r="D362" s="5">
-        <v>1.0813702905346334</v>
+        <v>1.0865882895819912</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>212.18044291999999</v>
+        <v>212.18017750000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.74758509999998068</v>
+        <v>0.74521410000002675</v>
       </c>
       <c r="D363" s="5">
-        <v>4.326457418833396</v>
+        <v>4.3124250060031066</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>212.97118753999999</v>
+        <v>212.9671074</v>
       </c>
       <c r="C364" s="5">
-        <v>0.79074461999999812</v>
+        <v>0.78692989999998986</v>
       </c>
       <c r="D364" s="5">
-        <v>4.5649203102176683</v>
+        <v>4.5424528379845119</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>213.25951972999999</v>
+        <v>213.25234689999999</v>
       </c>
       <c r="C365" s="5">
-        <v>0.28833219000000554</v>
+        <v>0.28523949999998877</v>
       </c>
       <c r="D365" s="5">
-        <v>1.6367785281874436</v>
+        <v>1.6191239459017792</v>
       </c>
       <c r="E365" s="5">
-        <v>3.1177333200385737</v>
+        <v>3.1161374090786342</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>212.98248150000001</v>
+        <v>212.96947499999999</v>
       </c>
       <c r="C366" s="5">
-        <v>-0.27703822999998806</v>
+        <v>-0.28287190000000351</v>
       </c>
       <c r="D366" s="5">
-        <v>-1.5477895258069307</v>
+        <v>-1.5801971283799454</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>212.58804373999999</v>
+        <v>212.57760279999999</v>
       </c>
       <c r="C367" s="5">
-        <v>-0.39443776000001662</v>
+        <v>-0.39187219999999456</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.199869805381105</v>
+        <v>-2.1858377171444565</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>211.17037206000001</v>
+        <v>211.1615864</v>
       </c>
       <c r="C368" s="5">
-        <v>-1.4176716799999838</v>
+        <v>-1.4160163999999895</v>
       </c>
       <c r="D368" s="5">
-        <v>-7.7152808245479543</v>
+        <v>-7.7069646129377052</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>194.17277412000001</v>
+        <v>194.17818840000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-16.997597939999991</v>
+        <v>-16.983397999999994</v>
       </c>
       <c r="D369" s="5">
-        <v>-63.468777735659707</v>
+        <v>-63.438302854105302</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>193.41660052</v>
+        <v>193.43903750000001</v>
       </c>
       <c r="C370" s="5">
-        <v>-0.75617360000001099</v>
+        <v>-0.7391508999999985</v>
       </c>
       <c r="D370" s="5">
-        <v>-4.5743940837704944</v>
+        <v>-4.4734416360797002</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>193.40330625000001</v>
+        <v>193.41731300000001</v>
       </c>
       <c r="C371" s="5">
-        <v>-1.3294269999988728E-2</v>
+        <v>-2.1724500000004809E-2</v>
       </c>
       <c r="D371" s="5">
-        <v>-8.2449461316069783E-2</v>
+        <v>-0.13468482700146334</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>193.32008082999999</v>
+        <v>193.3230872</v>
       </c>
       <c r="C372" s="5">
-        <v>-8.3225420000019312E-2</v>
+        <v>-9.4225800000003801E-2</v>
       </c>
       <c r="D372" s="5">
-        <v>-0.51516426905420243</v>
+        <v>-0.58303203377847446</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>193.94756018000001</v>
+        <v>193.94850270000001</v>
       </c>
       <c r="C373" s="5">
-        <v>0.62747935000001576</v>
+        <v>0.62541550000000257</v>
       </c>
       <c r="D373" s="5">
-        <v>3.9652568898355334</v>
+        <v>3.9519192328549391</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>198.79155446999999</v>
+        <v>198.79334900000001</v>
       </c>
       <c r="C374" s="5">
-        <v>4.8439942899999835</v>
+        <v>4.8448463000000004</v>
       </c>
       <c r="D374" s="5">
-        <v>34.45077476976914</v>
+        <v>34.45749882325233</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>198.45914532</v>
+        <v>198.45897930000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-0.33240914999998949</v>
+        <v>-0.33436969999999633</v>
       </c>
       <c r="D375" s="5">
-        <v>-1.9882274334114491</v>
+        <v>-1.999827850265512</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>198.35227465</v>
+        <v>198.34517</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.10687067000000638</v>
+        <v>-0.11380930000001399</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.64429207444742786</v>
+        <v>-0.68599178254820092</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>198.77750176999999</v>
+        <v>198.76393279999999</v>
       </c>
       <c r="C377" s="5">
-        <v>0.42522711999998819</v>
+        <v>0.4187627999999961</v>
       </c>
       <c r="D377" s="5">
-        <v>2.6031075922637203</v>
+        <v>2.5631673250107401</v>
       </c>
       <c r="E377" s="5">
-        <v>-6.7907955426023463</v>
+        <v>-6.7940232830328569</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>200.77126466000001</v>
+        <v>200.7505452</v>
       </c>
       <c r="C378" s="5">
-        <v>1.9937628900000277</v>
+        <v>1.9866124000000127</v>
       </c>
       <c r="D378" s="5">
-        <v>12.722839020017096</v>
+        <v>12.675586191936983</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>200.8143743</v>
+        <v>200.79718560000001</v>
       </c>
       <c r="C379" s="5">
-        <v>4.3109639999983074E-2</v>
+        <v>4.6640400000001137E-2</v>
       </c>
       <c r="D379" s="5">
-        <v>0.25796871278318534</v>
+        <v>0.27915268056437625</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>201.83413143000001</v>
+        <v>201.82194469999999</v>
       </c>
       <c r="C380" s="5">
-        <v>1.0197571300000163</v>
+        <v>1.0247590999999829</v>
       </c>
       <c r="D380" s="5">
-        <v>6.2668393929337318</v>
+        <v>6.2990008794780339</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>202.88415219000001</v>
+        <v>202.88919050000001</v>
       </c>
       <c r="C381" s="5">
-        <v>1.0500207599999953</v>
+        <v>1.0672458000000233</v>
       </c>
       <c r="D381" s="5">
-        <v>6.4246359143945053</v>
+        <v>6.5335191189873409</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>204.30848007</v>
+        <v>204.36828489999999</v>
       </c>
       <c r="C382" s="5">
-        <v>1.4243278799999928</v>
+        <v>1.4790943999999797</v>
       </c>
       <c r="D382" s="5">
-        <v>8.7575013347213968</v>
+        <v>9.1076220561061128</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>205.92430780000001</v>
+        <v>205.93941219999999</v>
       </c>
       <c r="C383" s="5">
-        <v>1.6158277300000066</v>
+        <v>1.5711273000000006</v>
       </c>
       <c r="D383" s="5">
-        <v>9.9144174872299207</v>
+        <v>9.6255089898066757</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>209.12450102</v>
+        <v>209.12695579999999</v>
       </c>
       <c r="C384" s="5">
-        <v>3.2001932199999885</v>
+        <v>3.1875435999999979</v>
       </c>
       <c r="D384" s="5">
-        <v>20.328259547308392</v>
+        <v>20.239333797188142</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>210.91982648000001</v>
+        <v>210.92071780000001</v>
       </c>
       <c r="C385" s="5">
-        <v>1.795325460000015</v>
+        <v>1.7937620000000152</v>
       </c>
       <c r="D385" s="5">
-        <v>10.802574604646198</v>
+        <v>10.792586288860996</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>212.56273483999999</v>
+        <v>212.56563489999999</v>
       </c>
       <c r="C386" s="5">
-        <v>1.6429083599999785</v>
+        <v>1.6449170999999865</v>
       </c>
       <c r="D386" s="5">
-        <v>9.7581263141899512</v>
+        <v>9.7705305940491307</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>216.02511956000001</v>
+        <v>216.02556060000001</v>
       </c>
       <c r="C387" s="5">
-        <v>3.4623847200000171</v>
+        <v>3.4599257000000136</v>
       </c>
       <c r="D387" s="5">
-        <v>21.396314192757828</v>
+        <v>21.379414659828335</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>216.62017241000001</v>
+        <v>216.60678830000001</v>
       </c>
       <c r="C388" s="5">
-        <v>0.59505285000000185</v>
+        <v>0.58122769999999946</v>
       </c>
       <c r="D388" s="5">
-        <v>3.356005376346971</v>
+        <v>3.2768696236597838</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>218.55495888999999</v>
+        <v>218.5323746</v>
       </c>
       <c r="C389" s="5">
-        <v>1.9347864799999854</v>
+        <v>1.925586299999992</v>
       </c>
       <c r="D389" s="5">
-        <v>11.260552478066121</v>
+        <v>11.205089178594175</v>
       </c>
       <c r="E389" s="5">
-        <v>9.9495450661634557</v>
+        <v>9.9456885972825759</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>220.29326975000001</v>
+        <v>220.2531257</v>
       </c>
       <c r="C390" s="5">
-        <v>1.7383108600000128</v>
+        <v>1.7207511000000011</v>
       </c>
       <c r="D390" s="5">
-        <v>9.9731768629187414</v>
+        <v>9.8690947057020963</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>221.73502955999999</v>
+        <v>221.70134580000001</v>
       </c>
       <c r="C391" s="5">
-        <v>1.4417598099999793</v>
+        <v>1.4482201000000146</v>
       </c>
       <c r="D391" s="5">
-        <v>8.1426352111640519</v>
+        <v>8.1819956562668938</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>224.09092340000001</v>
+        <v>224.0498825</v>
       </c>
       <c r="C392" s="5">
-        <v>2.3558938400000216</v>
+        <v>2.3485366999999826</v>
       </c>
       <c r="D392" s="5">
-        <v>13.521859685332638</v>
+        <v>13.479311628220358</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>226.15479277</v>
+        <v>226.19218559999999</v>
       </c>
       <c r="C393" s="5">
-        <v>2.0638693699999919</v>
+        <v>2.1423030999999924</v>
       </c>
       <c r="D393" s="5">
-        <v>11.629339993413979</v>
+        <v>12.097136370118333</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>228.49174581</v>
+        <v>228.6147565</v>
       </c>
       <c r="C394" s="5">
-        <v>2.3369530399999974</v>
+        <v>2.4225709000000109</v>
       </c>
       <c r="D394" s="5">
-        <v>13.129701205081879</v>
+        <v>13.637049916464349</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>229.28277394</v>
+        <v>229.2961104</v>
       </c>
       <c r="C395" s="5">
-        <v>0.79102813000000083</v>
+        <v>0.68135390000000484</v>
       </c>
       <c r="D395" s="5">
-        <v>4.2343677829077997</v>
+        <v>3.6356410985038057</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>234.72532846999999</v>
+        <v>234.7208679</v>
       </c>
       <c r="C396" s="5">
-        <v>5.4425545299999953</v>
+        <v>5.4247574999999983</v>
       </c>
       <c r="D396" s="5">
-        <v>32.514175211478943</v>
+        <v>32.391522015325556</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>234.85925079</v>
+        <v>234.85722039999999</v>
       </c>
       <c r="C397" s="5">
-        <v>0.13392232000001059</v>
+        <v>0.13635249999998678</v>
       </c>
       <c r="D397" s="5">
-        <v>0.68681145946252187</v>
+        <v>0.69932765017510778</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>236.22044826000001</v>
+        <v>236.2221203</v>
       </c>
       <c r="C398" s="5">
-        <v>1.3611974700000076</v>
+        <v>1.3648999000000117</v>
       </c>
       <c r="D398" s="5">
-        <v>7.1810033073294921</v>
+        <v>7.2012282783661785</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>236.50839348</v>
+        <v>236.50940420000001</v>
       </c>
       <c r="C399" s="5">
-        <v>0.28794521999998324</v>
+        <v>0.28728390000000559</v>
       </c>
       <c r="D399" s="5">
-        <v>1.4726086555104212</v>
+        <v>1.4691934108747473</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>238.61578506000001</v>
+        <v>238.59595719999999</v>
       </c>
       <c r="C400" s="5">
-        <v>2.1073915800000123</v>
+        <v>2.0865529999999808</v>
       </c>
       <c r="D400" s="5">
-        <v>11.232409004675858</v>
+        <v>11.115846557492315</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>237.52796339</v>
+        <v>237.49315630000001</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.087821670000011</v>
+        <v>-1.102800899999977</v>
       </c>
       <c r="D401" s="5">
-        <v>-5.3355533922828098</v>
+        <v>-5.4076044442985971</v>
       </c>
       <c r="E401" s="5">
-        <v>8.6811137099612736</v>
+        <v>8.6764177320205693</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>237.51777333000001</v>
+        <v>237.44802039999999</v>
       </c>
       <c r="C402" s="5">
-        <v>-1.0190059999985124E-2</v>
+        <v>-4.5135900000019546E-2</v>
       </c>
       <c r="D402" s="5">
-        <v>-5.146841236378652E-2</v>
+        <v>-0.22782340751220653</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>237.44012875999999</v>
+        <v>237.38035600000001</v>
       </c>
       <c r="C403" s="5">
-        <v>-7.764457000001812E-2</v>
+        <v>-6.7664399999983971E-2</v>
       </c>
       <c r="D403" s="5">
-        <v>-0.39157551798068013</v>
+        <v>-0.34142268070512793</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>237.12941205999999</v>
+        <v>237.0544931</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.3107167000000004</v>
+        <v>-0.32586290000000417</v>
       </c>
       <c r="D404" s="5">
-        <v>-1.5590797813428536</v>
+        <v>-1.6349145166029255</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>235.93229264000001</v>
+        <v>236.012946</v>
       </c>
       <c r="C405" s="5">
-        <v>-1.1971194199999786</v>
+        <v>-1.0415471000000025</v>
       </c>
       <c r="D405" s="5">
-        <v>-5.8926463650150644</v>
+        <v>-5.1468810648728436</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>234.75821216</v>
+        <v>234.9663291</v>
       </c>
       <c r="C406" s="5">
-        <v>-1.1740804800000149</v>
+        <v>-1.0466169000000036</v>
       </c>
       <c r="D406" s="5">
-        <v>-5.8108525514517728</v>
+        <v>-5.1935965439255831</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>232.86184420000001</v>
+        <v>232.8774512</v>
       </c>
       <c r="C407" s="5">
-        <v>-1.8963679599999921</v>
+        <v>-2.0888779</v>
       </c>
       <c r="D407" s="5">
-        <v>-9.2742701565272085</v>
+        <v>-10.161666485910581</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>232.25649948</v>
+        <v>232.2384399</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.60534472000000505</v>
+        <v>-0.63901129999999284</v>
       </c>
       <c r="D408" s="5">
-        <v>-3.0752872954453503</v>
+        <v>-3.243534683084881</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>231.57715318000001</v>
+        <v>231.56831460000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-0.67934629999999174</v>
+        <v>-0.67012529999999515</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.4540600067552663</v>
+        <v>-3.4081792217189988</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>230.71544982</v>
+        <v>230.71215549999999</v>
       </c>
       <c r="C410" s="5">
-        <v>-0.86170336000000702</v>
+        <v>-0.8561591000000135</v>
       </c>
       <c r="D410" s="5">
-        <v>-4.3749652037482711</v>
+        <v>-4.3475488625612009</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>230.51011699</v>
+        <v>230.50834019999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.20533283000000324</v>
+        <v>-0.20381530000000225</v>
       </c>
       <c r="D411" s="5">
-        <v>-1.0627674265211717</v>
+        <v>-1.0549660665009841</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>229.23064360999999</v>
+        <v>229.20540539999999</v>
       </c>
       <c r="C412" s="5">
-        <v>-1.2794733800000131</v>
+        <v>-1.3029348000000027</v>
       </c>
       <c r="D412" s="5">
-        <v>-6.4611143933995585</v>
+        <v>-6.5759816810509353</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>228.20478424999999</v>
+        <v>228.1627502</v>
       </c>
       <c r="C413" s="5">
-        <v>-1.0258593599999983</v>
+        <v>-1.0426551999999845</v>
       </c>
       <c r="D413" s="5">
-        <v>-5.2400429443383967</v>
+        <v>-5.3242725223918601</v>
       </c>
       <c r="E413" s="5">
-        <v>-3.9250869695254265</v>
+        <v>-3.928705250021558</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>227.71186964</v>
+        <v>227.6170324</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.49291460999998549</v>
+        <v>-0.54571780000000558</v>
       </c>
       <c r="D414" s="5">
-        <v>-2.5613880141478806</v>
+        <v>-2.8326931812227119</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>226.83717748999999</v>
+        <v>226.7551982</v>
       </c>
       <c r="C415" s="5">
-        <v>-0.87469215000001554</v>
+        <v>-0.8618342000000041</v>
       </c>
       <c r="D415" s="5">
-        <v>-4.5133212257920885</v>
+        <v>-4.4501656094855235</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>226.7072311</v>
+        <v>226.60094659999999</v>
       </c>
       <c r="C416" s="5">
-        <v>-0.12994638999998642</v>
+        <v>-0.15425160000000915</v>
       </c>
       <c r="D416" s="5">
-        <v>-0.68527255463818326</v>
+        <v>-0.81326005992372608</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>226.29988784</v>
+        <v>226.42935270000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.40734326000000465</v>
+        <v>-0.17159389999997643</v>
       </c>
       <c r="D417" s="5">
-        <v>-2.1349567932369085</v>
+        <v>-0.90492666464870863</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>225.15896825999999</v>
+        <v>225.42888439999999</v>
       </c>
       <c r="C418" s="5">
-        <v>-1.140919580000002</v>
+        <v>-1.0004683000000227</v>
       </c>
       <c r="D418" s="5">
-        <v>-5.884980891328806</v>
+        <v>-5.1751768711073121</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>225.94669740000001</v>
+        <v>225.97394800000001</v>
       </c>
       <c r="C419" s="5">
-        <v>0.78772914000001037</v>
+        <v>0.54506360000002019</v>
       </c>
       <c r="D419" s="5">
-        <v>4.279988303849791</v>
+        <v>2.9403729512454291</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>225.62345318999999</v>
+        <v>225.59141339999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.3232442100000128</v>
+        <v>-0.38253460000001382</v>
       </c>
       <c r="D420" s="5">
-        <v>-1.7033019713993069</v>
+        <v>-2.0125842958137574</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>225.49227547999999</v>
+        <v>225.47448800000001</v>
       </c>
       <c r="C421" s="5">
-        <v>-0.13117771000000289</v>
+        <v>-0.1169253999999853</v>
       </c>
       <c r="D421" s="5">
-        <v>-0.69545458491742096</v>
+        <v>-0.62019731766287389</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>226.06795971</v>
+        <v>226.0563454</v>
       </c>
       <c r="C422" s="5">
-        <v>0.57568423000000735</v>
+        <v>0.58185739999998987</v>
       </c>
       <c r="D422" s="5">
-        <v>3.1069991429567567</v>
+        <v>3.1410416620083703</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>223.15156411999999</v>
+        <v>223.14446380000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-2.9163955900000076</v>
+        <v>-2.9118815999999867</v>
       </c>
       <c r="D423" s="5">
-        <v>-14.428125442329787</v>
+        <v>-14.408039973184438</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>223.03773204999999</v>
+        <v>223.00704970000001</v>
       </c>
       <c r="C424" s="5">
-        <v>-0.11383207000000084</v>
+        <v>-0.13741410000000087</v>
       </c>
       <c r="D424" s="5">
-        <v>-0.61041872278139175</v>
+        <v>-0.73647163630711221</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>223.40845282999999</v>
+        <v>223.3576276</v>
       </c>
       <c r="C425" s="5">
-        <v>0.37072077999999919</v>
+        <v>0.35057789999999045</v>
       </c>
       <c r="D425" s="5">
-        <v>2.0129079098687441</v>
+        <v>1.9028548063430684</v>
       </c>
       <c r="E425" s="5">
-        <v>-2.1017663743392756</v>
+        <v>-2.106006609662614</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>223.90986298999999</v>
+        <v>223.91416140000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.50141016000000604</v>
+        <v>0.55653380000001107</v>
       </c>
       <c r="D426" s="5">
-        <v>2.7267335891925093</v>
+        <v>3.0313234655626964</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>223.97242399000001</v>
+        <v>223.92050860000001</v>
       </c>
       <c r="C427" s="5">
-        <v>6.256100000001652E-2</v>
+        <v>6.347199999993336E-3</v>
       </c>
       <c r="D427" s="5">
-        <v>0.33579884589598485</v>
+        <v>3.4021196094813355E-2</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>223.17533924</v>
+        <v>223.24517119999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.79708475000001044</v>
+        <v>-0.67533740000001785</v>
       </c>
       <c r="D428" s="5">
-        <v>-4.1880145300110865</v>
+        <v>-3.5597286589491239</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>223.03417241</v>
+        <v>222.58046849999999</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.14116683000000307</v>
+        <v>-0.66470269999999232</v>
       </c>
       <c r="D429" s="5">
-        <v>-0.75641018977730123</v>
+        <v>-3.5150135583002506</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>220.66061718</v>
+        <v>222.7994242</v>
       </c>
       <c r="C430" s="5">
-        <v>-2.3735552299999938</v>
+        <v>0.2189557000000093</v>
       </c>
       <c r="D430" s="5">
-        <v>-12.048948842260298</v>
+        <v>1.1868655289967611</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>223.20109246000001</v>
+        <v>223.118244</v>
       </c>
       <c r="C431" s="5">
-        <v>2.5404752800000097</v>
+        <v>0.31881979999999999</v>
       </c>
       <c r="D431" s="5">
-        <v>14.724942459269474</v>
+        <v>1.7307461067264329</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>223.24578299999999</v>
+        <v>222.93375839999999</v>
       </c>
       <c r="C432" s="5">
-        <v>4.4690539999976409E-2</v>
+        <v>-0.18448560000001635</v>
       </c>
       <c r="D432" s="5">
-        <v>0.2405353166261559</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.98772161145306292</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>221.93195541</v>
+        <v>221.6217671</v>
       </c>
       <c r="C433" s="5">
-        <v>-1.3138275899999883</v>
+        <v>-1.3119912999999883</v>
       </c>
       <c r="D433" s="5">
-        <v>-6.8379776223227999</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-6.837977679475582</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>220.95122386</v>
+        <v>220.6424063</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.98073155000000156</v>
+        <v>-0.97936079999999492</v>
       </c>
       <c r="D434" s="5">
-        <v>-5.1758711154809678</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.1758710744474463</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>221.08476390000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.44235760000000823</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.4325411353595561</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>221.0503343</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-3.4429600000009941E-2</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.18671639872771539</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>220.31735800000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.73297629999999003</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-3.9072843011682901</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-1.3611666781510823</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>