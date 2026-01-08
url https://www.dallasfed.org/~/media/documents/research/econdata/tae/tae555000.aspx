--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B788A69E-BC40-4F57-BEC1-0CF4C8D400CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0145F15D-C2B9-4B54-A3D0-9237018B74FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{F74A6A03-3FB1-4E3D-A68C-C67856C25631}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AD4D1C9B-5FB9-4BDB-A891-5FCC2FDEB083}"/>
   </bookViews>
   <sheets>
     <sheet name="AE555000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Financial Activities</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18ECA906-7B84-4087-9A37-C45D23E887C1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ED8E65B-5E13-4128-AEAF-1C38A4BA5CFA}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-2.482813780000015</v>
       </c>
       <c r="D431" s="5">
         <v>-3.1254820390179905</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>936.85600092000004</v>
       </c>
       <c r="C432" s="5">
         <v>-0.18086966999999277</v>
       </c>
       <c r="D432" s="5">
         <v>-0.23138185886834028</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>936.58095204000006</v>
+        <v>936.29319442999997</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.27504887999998573</v>
+        <v>-0.56280649000007088</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.35173625563629241</v>
+        <v>-0.71851041014123762</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>932.77463431000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-3.518560119999961</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-4.4175123347358962</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>