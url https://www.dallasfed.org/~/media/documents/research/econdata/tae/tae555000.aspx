--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{0145F15D-C2B9-4B54-A3D0-9237018B74FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{5D5FD668-33F9-47B3-AA90-EC402B782564}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AD4D1C9B-5FB9-4BDB-A891-5FCC2FDEB083}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{FED16407-DACE-4FEE-AB59-A1DB42EA062D}"/>
   </bookViews>
   <sheets>
     <sheet name="AE555000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Financial Activities</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ED8E65B-5E13-4128-AEAF-1C38A4BA5CFA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{349BB39E-0294-4DFF-93EA-A6886DDC5F00}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>454.20053594000001</v>
+        <v>454.20091209999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>456.28293239999999</v>
+        <v>456.28309719999999</v>
       </c>
       <c r="C7" s="5">
-        <v>2.082396459999984</v>
+        <v>2.0821851000000038</v>
       </c>
       <c r="D7" s="5">
-        <v>5.6425752881627655</v>
+        <v>5.6419832678745951</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>456.41238217</v>
+        <v>456.41235690000002</v>
       </c>
       <c r="C8" s="5">
-        <v>0.1294497700000079</v>
+        <v>0.12925970000003417</v>
       </c>
       <c r="D8" s="5">
-        <v>0.34097778148265423</v>
+        <v>0.34047622321156101</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>460.06648354999999</v>
+        <v>460.0665267</v>
       </c>
       <c r="C9" s="5">
-        <v>3.654101379999986</v>
+        <v>3.6541697999999769</v>
       </c>
       <c r="D9" s="5">
-        <v>10.041912451203894</v>
+        <v>10.042109414147383</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>461.37575670000001</v>
+        <v>461.37576780000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.3092731500000241</v>
+        <v>1.3092411000000084</v>
       </c>
       <c r="D10" s="5">
-        <v>3.4689638330189121</v>
+        <v>3.4688772515005128</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>462.43636751999998</v>
+        <v>462.43637580000001</v>
       </c>
       <c r="C11" s="5">
-        <v>1.0606108199999653</v>
+        <v>1.060608000000002</v>
       </c>
       <c r="D11" s="5">
-        <v>2.7937068350181393</v>
+        <v>2.7936992447538556</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>460.76524189000003</v>
+        <v>460.76472230000002</v>
       </c>
       <c r="C12" s="5">
-        <v>-1.6711256299999491</v>
+        <v>-1.6716534999999908</v>
       </c>
       <c r="D12" s="5">
-        <v>-4.2513297384213615</v>
+        <v>-4.2526459748472467</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>461.27563034000002</v>
+        <v>461.27572789999999</v>
       </c>
       <c r="C13" s="5">
-        <v>0.51038844999999355</v>
+        <v>0.51100559999997586</v>
       </c>
       <c r="D13" s="5">
-        <v>1.3373649854246494</v>
+        <v>1.3389934922932945</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>461.84236245</v>
+        <v>461.84353399999998</v>
       </c>
       <c r="C14" s="5">
-        <v>0.56673210999997536</v>
+        <v>0.56780609999998433</v>
       </c>
       <c r="D14" s="5">
-        <v>1.484346725388086</v>
+        <v>1.4871784027413293</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>456.83273616000002</v>
+        <v>456.8323019</v>
       </c>
       <c r="C15" s="5">
-        <v>-5.0096262899999715</v>
+        <v>-5.0112320999999724</v>
       </c>
       <c r="D15" s="5">
-        <v>-12.26731578570892</v>
+        <v>-12.270987083689434</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>456.67938461</v>
+        <v>456.67898200000002</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.15335155000002487</v>
+        <v>-0.15331989999998541</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.40207820615490997</v>
+        <v>-0.40199575637420715</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>456.86948998999998</v>
+        <v>456.86908519999997</v>
       </c>
       <c r="C17" s="5">
-        <v>0.19010537999997723</v>
+        <v>0.19010319999995318</v>
       </c>
       <c r="D17" s="5">
-        <v>0.5006783549048377</v>
+        <v>0.50067304271845803</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>449.58321281000002</v>
+        <v>449.58353240000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-7.2862771799999564</v>
+        <v>-7.2855527999999481</v>
       </c>
       <c r="D18" s="5">
-        <v>-17.54534867601172</v>
+        <v>-17.543768632045264</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>450.41200056000002</v>
+        <v>450.4121179</v>
       </c>
       <c r="C19" s="5">
-        <v>0.8287877500000036</v>
+        <v>0.82858549999997422</v>
       </c>
       <c r="D19" s="5">
-        <v>2.2347169680575263</v>
+        <v>2.2341644835667251</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>450.51937405000001</v>
+        <v>450.5193635</v>
       </c>
       <c r="C20" s="5">
-        <v>0.1073734899999863</v>
+        <v>0.10724559999999883</v>
       </c>
       <c r="D20" s="5">
-        <v>0.28644276896696574</v>
+        <v>0.28610107227264869</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>450.96045335999997</v>
+        <v>450.96048730000001</v>
       </c>
       <c r="C21" s="5">
-        <v>0.4410793099999637</v>
+        <v>0.44112380000001394</v>
       </c>
       <c r="D21" s="5">
-        <v>1.1812025165918172</v>
+        <v>1.1813223301847975</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>450.52992431000001</v>
+        <v>450.52991539999999</v>
       </c>
       <c r="C22" s="5">
-        <v>-0.43052904999996144</v>
+        <v>-0.4305719000000181</v>
       </c>
       <c r="D22" s="5">
-        <v>-1.1396358961632824</v>
+        <v>-1.1397486423463388</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>449.86727721</v>
+        <v>449.86726820000001</v>
       </c>
       <c r="C23" s="5">
-        <v>-0.66264710000001514</v>
+        <v>-0.66264719999998078</v>
       </c>
       <c r="D23" s="5">
-        <v>-1.7507724457172857</v>
+        <v>-1.7507727421372743</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>450.40143475999997</v>
+        <v>450.40098319999998</v>
       </c>
       <c r="C24" s="5">
-        <v>0.53415754999997489</v>
+        <v>0.53371499999997241</v>
       </c>
       <c r="D24" s="5">
-        <v>1.4341822478838084</v>
+        <v>1.4329862915557046</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>450.87048224</v>
+        <v>450.8705837</v>
       </c>
       <c r="C25" s="5">
-        <v>0.46904748000002883</v>
+        <v>0.46960050000001274</v>
       </c>
       <c r="D25" s="5">
-        <v>1.2568611501947435</v>
+        <v>1.2583528012811485</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>450.18065568999998</v>
+        <v>450.18169979999999</v>
       </c>
       <c r="C26" s="5">
-        <v>-0.68982655000002069</v>
+        <v>-0.68888390000000754</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.8206147455126831</v>
+        <v>-1.818147333844955</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>450.08180656000002</v>
+        <v>450.08146820000002</v>
       </c>
       <c r="C27" s="5">
-        <v>-9.8849129999962315E-2</v>
+        <v>-0.10023159999997233</v>
       </c>
       <c r="D27" s="5">
-        <v>-0.26317392052043198</v>
+        <v>-0.2668494564900703</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>450.31781595000001</v>
+        <v>450.31751480000003</v>
       </c>
       <c r="C28" s="5">
-        <v>0.23600938999999244</v>
+        <v>0.23604660000000877</v>
       </c>
       <c r="D28" s="5">
-        <v>0.6310619189683786</v>
+        <v>0.63116217725101009</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>450.19929565000001</v>
+        <v>450.19901670000002</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.11852030000000013</v>
+        <v>-0.11849810000001071</v>
       </c>
       <c r="D29" s="5">
-        <v>-0.31537429192391997</v>
+        <v>-0.31531551529585533</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.4599780651025629</v>
+        <v>-1.4599518146604429</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>447.88553282999999</v>
+        <v>447.8856998</v>
       </c>
       <c r="C30" s="5">
-        <v>-2.3137628200000222</v>
+        <v>-2.313316900000018</v>
       </c>
       <c r="D30" s="5">
-        <v>-5.9959251354887115</v>
+        <v>-5.9948056409786732</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>448.33367592000002</v>
+        <v>448.33369060000001</v>
       </c>
       <c r="C31" s="5">
-        <v>0.4481430900000305</v>
+        <v>0.44799080000001368</v>
       </c>
       <c r="D31" s="5">
-        <v>1.2073197421212711</v>
+        <v>1.2069067532093136</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>448.58076224000001</v>
+        <v>448.58076610000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.24708631999999398</v>
+        <v>0.24707549999999401</v>
       </c>
       <c r="D32" s="5">
-        <v>0.66335411617675089</v>
+        <v>0.66332495776917355</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>447.74997267999998</v>
+        <v>447.74997869999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.8307895600000279</v>
+        <v>-0.83078740000001972</v>
       </c>
       <c r="D33" s="5">
-        <v>-2.1999489503535807</v>
+        <v>-2.1999432700242516</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>447.86176956000003</v>
+        <v>447.86172490000001</v>
       </c>
       <c r="C34" s="5">
-        <v>0.11179688000004262</v>
+        <v>0.11174620000002733</v>
       </c>
       <c r="D34" s="5">
-        <v>0.30003495421468962</v>
+        <v>0.29989875093998641</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>447.63739177000002</v>
+        <v>447.63734970000002</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.22437779000000546</v>
+        <v>-0.22437519999999722</v>
       </c>
       <c r="D35" s="5">
-        <v>-0.59954360792908723</v>
+        <v>-0.59953676605625228</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>446.53815623999998</v>
+        <v>446.53785959999999</v>
       </c>
       <c r="C36" s="5">
-        <v>-1.099235530000044</v>
+        <v>-1.0994901000000254</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.9072909045720685</v>
+        <v>-2.907955399085449</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>446.29286474999998</v>
+        <v>446.29291910000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.24529148999999961</v>
+        <v>-0.24494049999998424</v>
       </c>
       <c r="D37" s="5">
-        <v>-0.65719380549895678</v>
+        <v>-0.65625669033742007</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>444.42848299000002</v>
+        <v>444.42937019999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-1.8643817599999579</v>
+        <v>-1.8635489000000121</v>
       </c>
       <c r="D38" s="5">
-        <v>-4.8993918048688361</v>
+        <v>-4.8972525749593876</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>448.75407908</v>
+        <v>448.75387719999998</v>
       </c>
       <c r="C39" s="5">
-        <v>4.3255960899999764</v>
+        <v>4.3245069999999828</v>
       </c>
       <c r="D39" s="5">
-        <v>12.325483048797125</v>
+        <v>12.322185903839621</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>448.94362975000001</v>
+        <v>448.94347759999999</v>
       </c>
       <c r="C40" s="5">
-        <v>0.18955067000001691</v>
+        <v>0.18960040000001754</v>
       </c>
       <c r="D40" s="5">
-        <v>0.50805104127187306</v>
+        <v>0.5081848712037873</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>448.02687572000002</v>
+        <v>448.02676819999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.91675402999999278</v>
+        <v>-0.91670940000000201</v>
       </c>
       <c r="D41" s="5">
-        <v>-2.4230951316437932</v>
+        <v>-2.4229793025785762</v>
       </c>
       <c r="E41" s="5">
-        <v>-0.48254627472560374</v>
+        <v>-0.48250849500356408</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>451.54574452000003</v>
+        <v>451.5457207</v>
       </c>
       <c r="C42" s="5">
-        <v>3.518868800000007</v>
+        <v>3.5189525000000117</v>
       </c>
       <c r="D42" s="5">
-        <v>9.8429641468442686</v>
+        <v>9.8432109425133252</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>452.43467792000001</v>
+        <v>452.4345634</v>
       </c>
       <c r="C43" s="5">
-        <v>0.88893339999998489</v>
+        <v>0.88884269999999788</v>
       </c>
       <c r="D43" s="5">
-        <v>2.3881216609152656</v>
+        <v>2.3878754784174339</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>452.97249326999997</v>
+        <v>452.9724812</v>
       </c>
       <c r="C44" s="5">
-        <v>0.53781534999995984</v>
+        <v>0.53791780000000244</v>
       </c>
       <c r="D44" s="5">
-        <v>1.4358196925146727</v>
+        <v>1.4360953628680617</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>452.97072558000002</v>
+        <v>452.97068949999999</v>
       </c>
       <c r="C45" s="5">
-        <v>-1.7676899999514717E-3</v>
+        <v>-1.7917000000124972E-3</v>
       </c>
       <c r="D45" s="5">
-        <v>-4.6828063589798852E-3</v>
+        <v>-4.7464102480243575E-3</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>453.64700395</v>
+        <v>453.64693149999999</v>
       </c>
       <c r="C46" s="5">
-        <v>0.67627836999997726</v>
+        <v>0.67624200000000201</v>
       </c>
       <c r="D46" s="5">
-        <v>1.8063665407798135</v>
+        <v>1.8062687410671519</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>455.89342911</v>
+        <v>455.89337519999998</v>
       </c>
       <c r="C47" s="5">
-        <v>2.2464251600000011</v>
+        <v>2.2464436999999862</v>
       </c>
       <c r="D47" s="5">
-        <v>6.1068515637614729</v>
+        <v>6.1069043468716222</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>459.77129463</v>
+        <v>459.77113370000001</v>
       </c>
       <c r="C48" s="5">
-        <v>3.8778655200000003</v>
+        <v>3.8777585000000272</v>
       </c>
       <c r="D48" s="5">
-        <v>10.698629550830695</v>
+        <v>10.698321671024647</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>460.10417765</v>
+        <v>460.10418989999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.33288301999999703</v>
+        <v>0.33305619999998726</v>
       </c>
       <c r="D49" s="5">
-        <v>0.87229055671598221</v>
+        <v>0.87274647586790266</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>459.94566674999999</v>
+        <v>459.94650430000002</v>
       </c>
       <c r="C50" s="5">
-        <v>-0.15851090000001022</v>
+        <v>-0.15768559999997933</v>
       </c>
       <c r="D50" s="5">
-        <v>-0.41263062838284847</v>
+        <v>-0.410486270269661</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>460.38230246000001</v>
+        <v>460.38218540000003</v>
       </c>
       <c r="C51" s="5">
-        <v>0.43663571000001866</v>
+        <v>0.4356811000000107</v>
       </c>
       <c r="D51" s="5">
-        <v>1.1451510742177096</v>
+        <v>1.1426322984773751</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>461.38587362999999</v>
+        <v>461.38584520000001</v>
       </c>
       <c r="C52" s="5">
-        <v>1.0035711699999865</v>
+        <v>1.0036597999999799</v>
       </c>
       <c r="D52" s="5">
-        <v>2.6474286987568485</v>
+        <v>2.6476659972223926</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>462.11737339000001</v>
+        <v>462.1174236</v>
       </c>
       <c r="C53" s="5">
-        <v>0.73149976000001971</v>
+        <v>0.73157839999998941</v>
       </c>
       <c r="D53" s="5">
-        <v>1.9192062516450559</v>
+        <v>1.9194144981751871</v>
       </c>
       <c r="E53" s="5">
-        <v>3.1450117021118329</v>
+        <v>3.1450476623552825</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>462.93183929999998</v>
+        <v>462.93161880000002</v>
       </c>
       <c r="C54" s="5">
-        <v>0.81446590999996715</v>
+        <v>0.81419520000002876</v>
       </c>
       <c r="D54" s="5">
-        <v>2.1355809549542304</v>
+        <v>2.1348640095959937</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>463.64050029999999</v>
+        <v>463.64026760000002</v>
       </c>
       <c r="C55" s="5">
-        <v>0.70866100000000642</v>
+        <v>0.70864879999999175</v>
       </c>
       <c r="D55" s="5">
-        <v>1.8525183155470915</v>
+        <v>1.8524870442121033</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>465.33090419000001</v>
+        <v>465.33084600000001</v>
       </c>
       <c r="C56" s="5">
-        <v>1.6904038900000273</v>
+        <v>1.6905783999999926</v>
       </c>
       <c r="D56" s="5">
-        <v>4.463931835892665</v>
+        <v>4.4644042397478323</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>470.44517234</v>
+        <v>470.44509579999999</v>
       </c>
       <c r="C57" s="5">
-        <v>5.1142681499999867</v>
+        <v>5.1142497999999819</v>
       </c>
       <c r="D57" s="5">
-        <v>14.015904550528235</v>
+        <v>14.0158530433935</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>470.16384648000002</v>
+        <v>470.16376330000003</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.28132585999998128</v>
+        <v>-0.28133249999996224</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.71524361724538688</v>
+        <v>-0.71526055930140053</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>470.00895915000001</v>
+        <v>470.00892160000001</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.15488733000000821</v>
+        <v>-0.15484170000001996</v>
       </c>
       <c r="D59" s="5">
-        <v>-0.39460371586215182</v>
+        <v>-0.39448774527145458</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>471.45270828000002</v>
+        <v>471.45270570000002</v>
       </c>
       <c r="C60" s="5">
-        <v>1.4437491300000147</v>
+        <v>1.4437841000000162</v>
       </c>
       <c r="D60" s="5">
-        <v>3.7490150019727553</v>
+        <v>3.7491076535992152</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>471.03510167000002</v>
+        <v>471.0351498</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.41760661000000709</v>
+        <v>-0.41755590000002485</v>
       </c>
       <c r="D61" s="5">
-        <v>-1.0577810001374699</v>
+        <v>-1.0576531845214676</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>471.1142509</v>
+        <v>471.11498669999997</v>
       </c>
       <c r="C62" s="5">
-        <v>7.9149229999984527E-2</v>
+        <v>7.983689999997523E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>0.2018255168611427</v>
+        <v>0.2035806458977385</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>471.93248968</v>
+        <v>471.9323938</v>
       </c>
       <c r="C63" s="5">
-        <v>0.8182387800000015</v>
+        <v>0.81740710000002537</v>
       </c>
       <c r="D63" s="5">
-        <v>2.1042040390354622</v>
+        <v>2.1020415038804252</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>473.00698843999999</v>
+        <v>473.007026</v>
       </c>
       <c r="C64" s="5">
-        <v>1.0744987599999831</v>
+        <v>1.0746321999999964</v>
       </c>
       <c r="D64" s="5">
-        <v>2.7666416667777582</v>
+        <v>2.7669901344946179</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>473.37279247999999</v>
+        <v>473.37290439999998</v>
       </c>
       <c r="C65" s="5">
-        <v>0.36580404000000044</v>
+        <v>0.3658783999999855</v>
       </c>
       <c r="D65" s="5">
-        <v>0.93198790982287338</v>
+        <v>0.93217809506764837</v>
       </c>
       <c r="E65" s="5">
-        <v>2.4356191171590158</v>
+        <v>2.435632206272853</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>468.48914430999997</v>
+        <v>468.48881849999998</v>
       </c>
       <c r="C66" s="5">
-        <v>-4.8836481700000149</v>
+        <v>-4.8840859000000023</v>
       </c>
       <c r="D66" s="5">
-        <v>-11.701186110423823</v>
+        <v>-11.702173511213598</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>468.55326812999999</v>
+        <v>468.55297789999997</v>
       </c>
       <c r="C67" s="5">
-        <v>6.412382000002026E-2</v>
+        <v>6.4159399999994093E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>0.16437208558155447</v>
+        <v>0.16446347290630658</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>468.85751986999998</v>
+        <v>468.85741940000003</v>
       </c>
       <c r="C68" s="5">
-        <v>0.30425173999998378</v>
+        <v>0.30444150000005266</v>
       </c>
       <c r="D68" s="5">
-        <v>0.7820003825206312</v>
+        <v>0.78249034220425617</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>470.75614638000002</v>
+        <v>470.75604650000002</v>
       </c>
       <c r="C69" s="5">
-        <v>1.8986265100000423</v>
+        <v>1.8986270999999988</v>
       </c>
       <c r="D69" s="5">
-        <v>4.9690719370367731</v>
+        <v>4.9690746043670853</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>471.10587390000001</v>
+        <v>471.10581739999998</v>
       </c>
       <c r="C70" s="5">
-        <v>0.34972751999998763</v>
+        <v>0.34977089999995314</v>
       </c>
       <c r="D70" s="5">
-        <v>0.89513871960400504</v>
+        <v>0.89525039694224873</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>472.14152510999998</v>
+        <v>472.14153859999999</v>
       </c>
       <c r="C71" s="5">
-        <v>1.0356512099999691</v>
+        <v>1.0357212000000118</v>
       </c>
       <c r="D71" s="5">
-        <v>2.6701395413706086</v>
+        <v>2.6703225028353206</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>472.56509306999999</v>
+        <v>472.56517339999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.42356796000001395</v>
+        <v>0.42363480000000209</v>
       </c>
       <c r="D72" s="5">
-        <v>1.0818726681784074</v>
+        <v>1.0820442024933152</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>473.32714282000001</v>
+        <v>473.32729210000002</v>
       </c>
       <c r="C73" s="5">
-        <v>0.76204975000001696</v>
+        <v>0.76211870000003046</v>
       </c>
       <c r="D73" s="5">
-        <v>1.9523532165486301</v>
+        <v>1.9525310997530188</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>475.53138115000002</v>
+        <v>475.5320337</v>
       </c>
       <c r="C74" s="5">
-        <v>2.2042383300000097</v>
+        <v>2.2047415999999771</v>
       </c>
       <c r="D74" s="5">
-        <v>5.7336607257797878</v>
+        <v>5.7350016938709336</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>473.35373327999997</v>
+        <v>473.35356689999998</v>
       </c>
       <c r="C75" s="5">
-        <v>-2.1776478700000439</v>
+        <v>-2.1784668000000238</v>
       </c>
       <c r="D75" s="5">
-        <v>-5.3589618843256304</v>
+        <v>-5.3609195086718238</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>475.49019922000002</v>
+        <v>475.49021979999998</v>
       </c>
       <c r="C76" s="5">
-        <v>2.1364659400000505</v>
+        <v>2.1366529000000014</v>
       </c>
       <c r="D76" s="5">
-        <v>5.5526536601278931</v>
+        <v>5.5531536941295423</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>476.27379287000002</v>
+        <v>476.27389299999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.78359365000000025</v>
+        <v>0.78367320000000973</v>
       </c>
       <c r="D77" s="5">
-        <v>1.9955873129077428</v>
+        <v>1.9957916566359035</v>
       </c>
       <c r="E77" s="5">
-        <v>0.61283631760957746</v>
+        <v>0.61283368207925015</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>477.78078141999998</v>
+        <v>477.78041300000001</v>
       </c>
       <c r="C78" s="5">
-        <v>1.50698854999996</v>
+        <v>1.5065200000000232</v>
       </c>
       <c r="D78" s="5">
-        <v>3.8637257425386817</v>
+        <v>3.862502638119869</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>478.66492312000003</v>
+        <v>478.66463590000001</v>
       </c>
       <c r="C79" s="5">
-        <v>0.88414170000004333</v>
+        <v>0.88422289999999748</v>
       </c>
       <c r="D79" s="5">
-        <v>2.2433621412103921</v>
+        <v>2.2435720220137734</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>479.38407008000001</v>
+        <v>479.38394929999998</v>
       </c>
       <c r="C80" s="5">
-        <v>0.71914695999998912</v>
+        <v>0.7193133999999759</v>
       </c>
       <c r="D80" s="5">
-        <v>1.8178544045315048</v>
+        <v>1.8182797138538209</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>479.49362951000001</v>
+        <v>479.4935342</v>
       </c>
       <c r="C81" s="5">
-        <v>0.10955942999999024</v>
+        <v>0.10958490000001575</v>
       </c>
       <c r="D81" s="5">
-        <v>0.2745954802732431</v>
+        <v>0.27465946685651943</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>480.48699564999998</v>
+        <v>480.48698350000001</v>
       </c>
       <c r="C82" s="5">
-        <v>0.9933661399999778</v>
+        <v>0.99344930000000886</v>
       </c>
       <c r="D82" s="5">
-        <v>2.5145612606464196</v>
+        <v>2.5147746781842617</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>481.77166421999999</v>
+        <v>481.77172869999998</v>
       </c>
       <c r="C83" s="5">
-        <v>1.284668570000008</v>
+        <v>1.2847451999999748</v>
       </c>
       <c r="D83" s="5">
-        <v>3.2560198089724324</v>
+        <v>3.2562169779835726</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>483.24445744000002</v>
+        <v>483.24461960000002</v>
       </c>
       <c r="C84" s="5">
-        <v>1.4727932200000282</v>
+        <v>1.4728909000000385</v>
       </c>
       <c r="D84" s="5">
-        <v>3.730755907182548</v>
+        <v>3.7310070094837444</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>485.28931060000002</v>
+        <v>485.28956010000002</v>
       </c>
       <c r="C85" s="5">
-        <v>2.0448531600000024</v>
+        <v>2.0449404999999956</v>
       </c>
       <c r="D85" s="5">
-        <v>5.1976707974397351</v>
+        <v>5.1978962081933755</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>485.21062548999998</v>
+        <v>485.21116660000001</v>
       </c>
       <c r="C86" s="5">
-        <v>-7.8685110000037639E-2</v>
+        <v>-7.8393500000004224E-2</v>
       </c>
       <c r="D86" s="5">
-        <v>-0.1943953272513288</v>
+        <v>-0.19367543128049336</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>489.29714131999998</v>
+        <v>489.29687869999998</v>
       </c>
       <c r="C87" s="5">
-        <v>4.0865158299999962</v>
+        <v>4.0857120999999665</v>
       </c>
       <c r="D87" s="5">
-        <v>10.58812831062561</v>
+        <v>10.585936119552141</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>493.08256340000003</v>
+        <v>493.0825117</v>
       </c>
       <c r="C88" s="5">
-        <v>3.7854220800000462</v>
+        <v>3.7856330000000185</v>
       </c>
       <c r="D88" s="5">
-        <v>9.6891320176782258</v>
+        <v>9.689700487835772</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>492.57353117999997</v>
+        <v>492.57353740000002</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.50903222000005144</v>
+        <v>-0.50897429999997712</v>
       </c>
       <c r="D89" s="5">
-        <v>-1.2318064576940735</v>
+        <v>-1.2316672203323331</v>
       </c>
       <c r="E89" s="5">
-        <v>3.4223462541952188</v>
+        <v>3.4223258170483106</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>494.38747638000001</v>
+        <v>494.38716740000001</v>
       </c>
       <c r="C90" s="5">
-        <v>1.8139452000000347</v>
+        <v>1.8136299999999892</v>
       </c>
       <c r="D90" s="5">
-        <v>4.509718619913694</v>
+        <v>4.5089189942886243</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>496.20121101000001</v>
+        <v>496.2009784</v>
       </c>
       <c r="C91" s="5">
-        <v>1.813734629999999</v>
+        <v>1.813810999999987</v>
       </c>
       <c r="D91" s="5">
-        <v>4.4923046888333706</v>
+        <v>4.4925005416921016</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>498.11731062000001</v>
+        <v>498.11720550000001</v>
       </c>
       <c r="C92" s="5">
-        <v>1.9160996100000034</v>
+        <v>1.9162271000000146</v>
       </c>
       <c r="D92" s="5">
-        <v>4.7335386415593872</v>
+        <v>4.7338625792092692</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>499.99449552999999</v>
+        <v>499.99442169999998</v>
       </c>
       <c r="C93" s="5">
-        <v>1.8771849099999827</v>
+        <v>1.8772161999999639</v>
       </c>
       <c r="D93" s="5">
-        <v>4.6171928497458214</v>
+        <v>4.6172724086542383</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>502.96815067</v>
+        <v>502.96818789999998</v>
       </c>
       <c r="C94" s="5">
-        <v>2.9736551400000053</v>
+        <v>2.9737662</v>
       </c>
       <c r="D94" s="5">
-        <v>7.3749919248260021</v>
+        <v>7.3752775627314193</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>504.14244543000001</v>
+        <v>504.1425418</v>
       </c>
       <c r="C95" s="5">
-        <v>1.1742947600000093</v>
+        <v>1.1743539000000283</v>
       </c>
       <c r="D95" s="5">
-        <v>2.8379336511343611</v>
+        <v>2.8380782031363516</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>504.87386683</v>
+        <v>504.87406140000002</v>
       </c>
       <c r="C96" s="5">
-        <v>0.7314213999999879</v>
+        <v>0.73151960000001282</v>
       </c>
       <c r="D96" s="5">
-        <v>1.7549471272544359</v>
+        <v>1.7551842902751469</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>505.90689634</v>
+        <v>505.90715369999998</v>
       </c>
       <c r="C97" s="5">
-        <v>1.0330295100000058</v>
+        <v>1.0330922999999643</v>
       </c>
       <c r="D97" s="5">
-        <v>2.48315762744864</v>
+        <v>2.4833092945533375</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>508.45400480000001</v>
+        <v>508.45450060000002</v>
       </c>
       <c r="C98" s="5">
-        <v>2.547108460000004</v>
+        <v>2.5473469000000364</v>
       </c>
       <c r="D98" s="5">
-        <v>6.211825513141811</v>
+        <v>6.2124199639985056</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>516.22366263000004</v>
+        <v>516.22332840000001</v>
       </c>
       <c r="C99" s="5">
-        <v>7.7696578300000283</v>
+        <v>7.7688277999999968</v>
       </c>
       <c r="D99" s="5">
-        <v>19.959549323544266</v>
+        <v>19.957213641102612</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>518.20296367000003</v>
+        <v>518.20283029999996</v>
       </c>
       <c r="C100" s="5">
-        <v>1.9793010399999957</v>
+        <v>1.9795018999999456</v>
       </c>
       <c r="D100" s="5">
-        <v>4.699308990988138</v>
+        <v>4.6997990877926332</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>520.82010974000002</v>
+        <v>520.82002650000004</v>
       </c>
       <c r="C101" s="5">
-        <v>2.6171460699999898</v>
+        <v>2.6171962000000804</v>
       </c>
       <c r="D101" s="5">
-        <v>6.2317234637586427</v>
+        <v>6.2318478127743493</v>
       </c>
       <c r="E101" s="5">
-        <v>5.7344897303623021</v>
+        <v>5.7344714961945042</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>523.43419229999995</v>
+        <v>523.43396089999999</v>
       </c>
       <c r="C102" s="5">
-        <v>2.6140825599999289</v>
+        <v>2.6139343999999483</v>
       </c>
       <c r="D102" s="5">
-        <v>6.1920799285018813</v>
+        <v>6.1917202493587453</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>525.85622551999995</v>
+        <v>525.85606470000005</v>
       </c>
       <c r="C103" s="5">
-        <v>2.422033220000003</v>
+        <v>2.422103800000059</v>
       </c>
       <c r="D103" s="5">
-        <v>5.6961513749066439</v>
+        <v>5.6963241951283994</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>527.92798248999998</v>
+        <v>527.92790300000001</v>
       </c>
       <c r="C104" s="5">
-        <v>2.071756970000024</v>
+        <v>2.0718382999999676</v>
       </c>
       <c r="D104" s="5">
-        <v>4.8315356067786919</v>
+        <v>4.8317309147703824</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>531.57203558000003</v>
+        <v>531.57199679999997</v>
       </c>
       <c r="C105" s="5">
-        <v>3.6440530900000567</v>
+        <v>3.6440937999999505</v>
       </c>
       <c r="D105" s="5">
-        <v>8.6048764328130023</v>
+        <v>8.6049775870480349</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>533.11099950000005</v>
+        <v>533.11107230000005</v>
       </c>
       <c r="C106" s="5">
-        <v>1.5389639200000147</v>
+        <v>1.5390755000000809</v>
       </c>
       <c r="D106" s="5">
-        <v>3.5299985738335593</v>
+        <v>3.5302588614289254</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>533.13848111000004</v>
+        <v>533.13858700000003</v>
       </c>
       <c r="C107" s="5">
-        <v>2.7481609999995271E-2</v>
+        <v>2.751469999998335E-2</v>
       </c>
       <c r="D107" s="5">
-        <v>6.1876951735606589E-2</v>
+        <v>6.1951469095666845E-2</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>538.53095151000002</v>
+        <v>538.53114330000005</v>
       </c>
       <c r="C108" s="5">
-        <v>5.3924703999999792</v>
+        <v>5.3925563000000238</v>
       </c>
       <c r="D108" s="5">
-        <v>12.835995132404543</v>
+        <v>12.836208418582085</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>541.0414978</v>
+        <v>541.04174049999995</v>
       </c>
       <c r="C109" s="5">
-        <v>2.5105462899999793</v>
+        <v>2.5105971999998928</v>
       </c>
       <c r="D109" s="5">
-        <v>5.7398993589056646</v>
+        <v>5.7400166588381873</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>543.69538506000004</v>
+        <v>543.69581670000002</v>
       </c>
       <c r="C110" s="5">
-        <v>2.6538872600000332</v>
+        <v>2.6540762000000768</v>
       </c>
       <c r="D110" s="5">
-        <v>6.0475988888190946</v>
+        <v>6.0480383352154998</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>548.22138026000005</v>
+        <v>548.22101929999997</v>
       </c>
       <c r="C111" s="5">
-        <v>4.5259952000000112</v>
+        <v>4.5252025999999432</v>
       </c>
       <c r="D111" s="5">
-        <v>10.459701295581091</v>
+        <v>10.457776237724993</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>548.00578901999995</v>
+        <v>548.0055969</v>
       </c>
       <c r="C112" s="5">
-        <v>-0.21559124000009433</v>
+        <v>-0.21542239999996582</v>
       </c>
       <c r="D112" s="5">
-        <v>-0.47088761148367242</v>
+        <v>-0.470519942227976</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>549.74867386000005</v>
+        <v>549.74852869999995</v>
       </c>
       <c r="C113" s="5">
-        <v>1.7428848400001016</v>
+        <v>1.7429317999999512</v>
       </c>
       <c r="D113" s="5">
-        <v>3.88396784381837</v>
+        <v>3.8840757157398986</v>
       </c>
       <c r="E113" s="5">
-        <v>5.5544253340066962</v>
+        <v>5.5544143327983075</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>550.25170946000003</v>
+        <v>550.25156890000005</v>
       </c>
       <c r="C114" s="5">
-        <v>0.5030355999999756</v>
+        <v>0.50304020000010041</v>
       </c>
       <c r="D114" s="5">
-        <v>1.1035768886621389</v>
+        <v>1.1035873240117011</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>551.26480179999999</v>
+        <v>551.26471549999997</v>
       </c>
       <c r="C115" s="5">
-        <v>1.0130923399999574</v>
+        <v>1.0131465999999136</v>
       </c>
       <c r="D115" s="5">
-        <v>2.2318827766108607</v>
+        <v>2.2320041026183457</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>553.47208659</v>
+        <v>553.47206100000005</v>
       </c>
       <c r="C116" s="5">
-        <v>2.207284790000017</v>
+        <v>2.2073455000000877</v>
       </c>
       <c r="D116" s="5">
-        <v>4.912083022078062</v>
+        <v>4.9122219010527379</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>554.28334356000005</v>
+        <v>554.28333859999998</v>
       </c>
       <c r="C117" s="5">
-        <v>0.81125697000004493</v>
+        <v>0.81127759999992577</v>
       </c>
       <c r="D117" s="5">
-        <v>1.773160687925035</v>
+        <v>1.7732062256069492</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>555.49363509</v>
+        <v>555.49371710000003</v>
       </c>
       <c r="C118" s="5">
-        <v>1.2102915299999495</v>
+        <v>1.2103785000000471</v>
       </c>
       <c r="D118" s="5">
-        <v>2.6519275019310617</v>
+        <v>2.6521203845947028</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>556.32623505000004</v>
+        <v>556.3263187</v>
       </c>
       <c r="C119" s="5">
-        <v>0.83259996000003866</v>
+        <v>0.83260159999997541</v>
       </c>
       <c r="D119" s="5">
-        <v>1.8135178901002247</v>
+        <v>1.8135212217965213</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>560.29687690000003</v>
+        <v>560.2970282</v>
       </c>
       <c r="C120" s="5">
-        <v>3.9706418499999927</v>
+        <v>3.9707094999999981</v>
       </c>
       <c r="D120" s="5">
-        <v>8.9090404472594855</v>
+        <v>8.9091968503056229</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>561.82310662999998</v>
+        <v>561.82328670000004</v>
       </c>
       <c r="C121" s="5">
-        <v>1.5262297299999545</v>
+        <v>1.5262585000000399</v>
       </c>
       <c r="D121" s="5">
-        <v>3.3181787288461217</v>
+        <v>3.3182413083203244</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>561.85165766</v>
+        <v>561.85192389999997</v>
       </c>
       <c r="C122" s="5">
-        <v>2.8551030000016908E-2</v>
+        <v>2.8637199999934637E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>6.0999295509400753E-2</v>
+        <v>6.1183429774236409E-2</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>562.47344516999999</v>
+        <v>562.47318150000001</v>
       </c>
       <c r="C123" s="5">
-        <v>0.62178750999999011</v>
+        <v>0.62125760000003538</v>
       </c>
       <c r="D123" s="5">
-        <v>1.3361238141870624</v>
+        <v>1.3349775503848083</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>563.35868486000004</v>
+        <v>563.35852260000001</v>
       </c>
       <c r="C124" s="5">
-        <v>0.88523969000004854</v>
+        <v>0.8853411000000051</v>
       </c>
       <c r="D124" s="5">
-        <v>1.9050344517320239</v>
+        <v>1.9052554794959375</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>564.63156391999996</v>
+        <v>564.63145429999997</v>
       </c>
       <c r="C125" s="5">
-        <v>1.2728790599999229</v>
+        <v>1.2729316999999583</v>
       </c>
       <c r="D125" s="5">
-        <v>2.7452850567206033</v>
+        <v>2.7454008033730659</v>
       </c>
       <c r="E125" s="5">
-        <v>2.7072170916759619</v>
+        <v>2.707224271285269</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>563.67382270999997</v>
+        <v>563.67370889999995</v>
       </c>
       <c r="C126" s="5">
-        <v>-0.95774120999999468</v>
+        <v>-0.95774540000002162</v>
       </c>
       <c r="D126" s="5">
-        <v>-2.0165855639114438</v>
+        <v>-2.0165946919482258</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>564.30191909999996</v>
+        <v>564.30188009999995</v>
       </c>
       <c r="C127" s="5">
-        <v>0.62809638999999606</v>
+        <v>0.62817119999999704</v>
       </c>
       <c r="D127" s="5">
-        <v>1.3453739696516864</v>
+        <v>1.3455354684509979</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>565.39974751</v>
+        <v>565.39975530000004</v>
       </c>
       <c r="C128" s="5">
-        <v>1.0978284100000337</v>
+        <v>1.0978752000000895</v>
       </c>
       <c r="D128" s="5">
-        <v>2.3596979508768712</v>
+        <v>2.359799765831383</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>565.85602290999998</v>
+        <v>565.856042</v>
       </c>
       <c r="C129" s="5">
-        <v>0.45627539999998135</v>
+        <v>0.45628669999996418</v>
       </c>
       <c r="D129" s="5">
-        <v>0.97270512386671282</v>
+        <v>0.97272930719680684</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>565.96299350000004</v>
+        <v>565.96306300000003</v>
       </c>
       <c r="C130" s="5">
-        <v>0.10697059000005993</v>
+        <v>0.10702100000003156</v>
       </c>
       <c r="D130" s="5">
-        <v>0.22708648798572817</v>
+        <v>0.22719360639642527</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>566.64241572000003</v>
+        <v>566.64246949999995</v>
       </c>
       <c r="C131" s="5">
-        <v>0.67942221999999219</v>
+        <v>0.67940649999991365</v>
       </c>
       <c r="D131" s="5">
-        <v>1.4501149531404245</v>
+        <v>1.4500810003069464</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>567.45540906999997</v>
+        <v>567.45550490000005</v>
       </c>
       <c r="C132" s="5">
-        <v>0.81299334999994244</v>
+        <v>0.81303540000010344</v>
       </c>
       <c r="D132" s="5">
-        <v>1.7353581000145279</v>
+        <v>1.7354484004623361</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>567.92068087999996</v>
+        <v>567.92078300000003</v>
       </c>
       <c r="C133" s="5">
-        <v>0.46527180999999018</v>
+        <v>0.46527809999997771</v>
       </c>
       <c r="D133" s="5">
-        <v>0.98836116982556899</v>
+        <v>0.98837442410675269</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>569.57483548000005</v>
+        <v>569.57496130000004</v>
       </c>
       <c r="C134" s="5">
-        <v>1.6541546000000835</v>
+        <v>1.6541783000000123</v>
       </c>
       <c r="D134" s="5">
-        <v>3.5517194230915594</v>
+        <v>3.5517704796051097</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>570.58648169000003</v>
+        <v>570.58633359999999</v>
       </c>
       <c r="C135" s="5">
-        <v>1.0116462099999808</v>
+        <v>1.0113722999999482</v>
       </c>
       <c r="D135" s="5">
-        <v>2.1523159620376209</v>
+        <v>2.1517270250754228</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>571.73375057999999</v>
+        <v>571.73364370000002</v>
       </c>
       <c r="C136" s="5">
-        <v>1.1472688899999639</v>
+        <v>1.147310100000027</v>
       </c>
       <c r="D136" s="5">
-        <v>2.4396827866925763</v>
+        <v>2.4397720319707217</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>573.45836875999998</v>
+        <v>573.45831120000003</v>
       </c>
       <c r="C137" s="5">
-        <v>1.7246181799999931</v>
+        <v>1.7246675000000096</v>
       </c>
       <c r="D137" s="5">
-        <v>3.6804269844898929</v>
+        <v>3.6805346878342915</v>
       </c>
       <c r="E137" s="5">
-        <v>1.5632857608453898</v>
+        <v>1.5632952845220371</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>574.31922200999998</v>
+        <v>574.31913180000004</v>
       </c>
       <c r="C138" s="5">
-        <v>0.86085324999999102</v>
+        <v>0.86082060000001093</v>
       </c>
       <c r="D138" s="5">
-        <v>1.8163406833525908</v>
+        <v>1.8162714081816356</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>576.07024025999999</v>
+        <v>576.07023189999995</v>
       </c>
       <c r="C139" s="5">
-        <v>1.7510182500000155</v>
+        <v>1.7511000999999169</v>
       </c>
       <c r="D139" s="5">
-        <v>3.7206089970343026</v>
+        <v>3.7207864351240127</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>576.89180492000003</v>
+        <v>576.89182500000004</v>
       </c>
       <c r="C140" s="5">
-        <v>0.82156466000003547</v>
+        <v>0.82159310000008645</v>
       </c>
       <c r="D140" s="5">
-        <v>1.7248722005736461</v>
+        <v>1.7249324046327397</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>577.67619323999998</v>
+        <v>577.6762205</v>
       </c>
       <c r="C141" s="5">
-        <v>0.78438831999994818</v>
+        <v>0.78439549999995961</v>
       </c>
       <c r="D141" s="5">
-        <v>1.6438732358128538</v>
+        <v>1.6438883382788427</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>578.31239731000005</v>
+        <v>578.31244660000004</v>
       </c>
       <c r="C142" s="5">
-        <v>0.63620407000007617</v>
+        <v>0.63622610000004443</v>
       </c>
       <c r="D142" s="5">
-        <v>1.3296138547009617</v>
+        <v>1.3296601116995266</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>579.17560720999995</v>
+        <v>579.17563510000002</v>
       </c>
       <c r="C143" s="5">
-        <v>0.86320989999990161</v>
+        <v>0.86318849999997838</v>
       </c>
       <c r="D143" s="5">
-        <v>1.8059411514884882</v>
+        <v>1.8058958566961936</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>578.56087716000002</v>
+        <v>578.56092369999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-0.61473004999993464</v>
+        <v>-0.61471140000003288</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.2662566708293688</v>
+        <v>-1.2662184178328428</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>578.64185788999998</v>
+        <v>578.64189039999997</v>
       </c>
       <c r="C145" s="5">
-        <v>8.0980729999964751E-2</v>
+        <v>8.0966699999976299E-2</v>
       </c>
       <c r="D145" s="5">
-        <v>0.16809245925755167</v>
+        <v>0.16806330110672452</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>578.47565483999995</v>
+        <v>578.47567309999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-0.16620305000003555</v>
+        <v>-0.16621729999997115</v>
       </c>
       <c r="D146" s="5">
-        <v>-0.34413149535157395</v>
+        <v>-0.34416093476394849</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>578.15066823999996</v>
+        <v>578.15063640000005</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.32498659999998836</v>
+        <v>-0.32503669999994145</v>
       </c>
       <c r="D147" s="5">
-        <v>-0.67207870019402316</v>
+        <v>-0.67218196685409071</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>577.46032277999996</v>
+        <v>577.46027779999997</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.69034546000000319</v>
+        <v>-0.69035860000008142</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.4234969020721411</v>
+        <v>-1.4235238970266129</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>578.24264296000001</v>
+        <v>578.24262309999995</v>
       </c>
       <c r="C149" s="5">
-        <v>0.7823201800000561</v>
+        <v>0.78234529999997449</v>
       </c>
       <c r="D149" s="5">
-        <v>1.6378804125138924</v>
+        <v>1.6379335252598937</v>
       </c>
       <c r="E149" s="5">
-        <v>0.83428448526179366</v>
+        <v>0.8342911431501232</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>579.96837445000006</v>
+        <v>579.96830790000001</v>
       </c>
       <c r="C150" s="5">
-        <v>1.7257314900000438</v>
+        <v>1.7256848000000673</v>
       </c>
       <c r="D150" s="5">
-        <v>3.640704353043489</v>
+        <v>3.6406043578058878</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>579.33691740999996</v>
+        <v>579.33691969999995</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.63145704000010028</v>
+        <v>-0.63138820000006035</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.2987385145318053</v>
+        <v>-1.2985979238363643</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>579.27894412000001</v>
+        <v>579.27895509999996</v>
       </c>
       <c r="C152" s="5">
-        <v>-5.7973289999949884E-2</v>
+        <v>-5.7964599999991151E-2</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.12001595298877232</v>
+        <v>-0.11999797242810972</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>578.26680298999997</v>
+        <v>578.26682430000005</v>
       </c>
       <c r="C153" s="5">
-        <v>-1.0121411300000318</v>
+        <v>-1.012130799999909</v>
       </c>
       <c r="D153" s="5">
-        <v>-2.0766597276282717</v>
+        <v>-2.0766386973323336</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>580.44124843999998</v>
+        <v>580.44127660000004</v>
       </c>
       <c r="C154" s="5">
-        <v>2.1744454500000074</v>
+        <v>2.1744522999999845</v>
       </c>
       <c r="D154" s="5">
-        <v>4.6068385074461649</v>
+        <v>4.6068531481952668</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>579.65797143999998</v>
+        <v>579.65798270000005</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.78327699999999822</v>
+        <v>-0.78329389999998966</v>
       </c>
       <c r="D155" s="5">
-        <v>-1.6073763324860879</v>
+        <v>-1.607410678864829</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>579.24837232000004</v>
+        <v>579.24838629999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.40959911999993892</v>
+        <v>-0.40959640000005493</v>
       </c>
       <c r="D156" s="5">
-        <v>-0.84465876540658069</v>
+        <v>-0.84465316176982608</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>579.67808721999995</v>
+        <v>579.67809420000003</v>
       </c>
       <c r="C157" s="5">
-        <v>0.42971489999990808</v>
+        <v>0.42970790000003944</v>
       </c>
       <c r="D157" s="5">
-        <v>0.89386019559178909</v>
+        <v>0.89384555360343398</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>579.66539703000001</v>
+        <v>579.6654006</v>
       </c>
       <c r="C158" s="5">
-        <v>-1.2690189999943868E-2</v>
+        <v>-1.2693600000034166E-2</v>
       </c>
       <c r="D158" s="5">
-        <v>-2.626698320523646E-2</v>
+        <v>-2.6274040279472555E-2</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>579.99737272000004</v>
+        <v>579.9973698</v>
       </c>
       <c r="C159" s="5">
-        <v>0.33197569000003568</v>
+        <v>0.33196920000000318</v>
       </c>
       <c r="D159" s="5">
-        <v>0.68941158453894591</v>
+        <v>0.68939806006160786</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>581.86778887000003</v>
+        <v>581.86776629999997</v>
       </c>
       <c r="C160" s="5">
-        <v>1.8704161499999827</v>
+        <v>1.8703964999999698</v>
       </c>
       <c r="D160" s="5">
-        <v>3.9392258560725368</v>
+        <v>3.9391837552371189</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>581.15390658000001</v>
+        <v>581.15390990000003</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.71388229000001502</v>
+        <v>-0.71385639999994055</v>
       </c>
       <c r="D161" s="5">
-        <v>-1.4623626545363422</v>
+        <v>-1.4623100334687833</v>
       </c>
       <c r="E161" s="5">
-        <v>0.50346747259892854</v>
+        <v>0.50347149858869233</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>582.43419721999999</v>
+        <v>582.43414619999999</v>
       </c>
       <c r="C162" s="5">
-        <v>1.2802906399999756</v>
+        <v>1.2802362999999559</v>
       </c>
       <c r="D162" s="5">
-        <v>2.6758857236629519</v>
+        <v>2.675770754677731</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>583.17180989999997</v>
+        <v>583.17181649999998</v>
       </c>
       <c r="C163" s="5">
-        <v>0.73761267999998381</v>
+        <v>0.73767029999999068</v>
       </c>
       <c r="D163" s="5">
-        <v>1.5303473170507953</v>
+        <v>1.530467831981519</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>583.44019840999999</v>
+        <v>583.4402053</v>
       </c>
       <c r="C164" s="5">
-        <v>0.26838851000002251</v>
+        <v>0.26838880000002518</v>
       </c>
       <c r="D164" s="5">
-        <v>0.55366648254062678</v>
+        <v>0.55366707602313436</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>584.19458429999997</v>
+        <v>584.19459749999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.75438588999998046</v>
+        <v>0.75439219999998386</v>
       </c>
       <c r="D165" s="5">
-        <v>1.5626771292502006</v>
+        <v>1.562690274645484</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>585.79038362999995</v>
+        <v>585.79040280000004</v>
       </c>
       <c r="C166" s="5">
-        <v>1.5957993299999771</v>
+        <v>1.5958053000000518</v>
       </c>
       <c r="D166" s="5">
-        <v>3.3276463621998875</v>
+        <v>3.3276589224677133</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>585.21421387999999</v>
+        <v>585.21421729999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-0.57616974999996273</v>
+        <v>-0.57618550000006508</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.1739278894499994</v>
+        <v>-1.1739597679713776</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>585.76757391000001</v>
+        <v>585.76757529999998</v>
       </c>
       <c r="C168" s="5">
-        <v>0.55336003000002165</v>
+        <v>0.5533580000000029</v>
       </c>
       <c r="D168" s="5">
-        <v>1.1406016980189726</v>
+        <v>1.1405974852389367</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>587.35977326</v>
+        <v>587.35977370000001</v>
       </c>
       <c r="C169" s="5">
-        <v>1.5921993499999871</v>
+        <v>1.5921984000000293</v>
       </c>
       <c r="D169" s="5">
-        <v>3.3109774803499636</v>
+        <v>3.3109754672243641</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>586.96919434999995</v>
+        <v>586.9691947</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.39057891000004474</v>
+        <v>-0.39057900000000245</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.79505666491026528</v>
+        <v>-0.7950568468498953</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>587.79880347999995</v>
+        <v>587.79880449999996</v>
       </c>
       <c r="C171" s="5">
-        <v>0.82960912999999437</v>
+        <v>0.82960979999995743</v>
       </c>
       <c r="D171" s="5">
-        <v>1.7092998713487129</v>
+        <v>1.7093012615165826</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>587.93121759999997</v>
+        <v>587.93120850000003</v>
       </c>
       <c r="C172" s="5">
-        <v>0.13241412000002128</v>
+        <v>0.13240400000006503</v>
       </c>
       <c r="D172" s="5">
-        <v>0.27066057792457521</v>
+        <v>0.27063986607287482</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>588.46711471000003</v>
+        <v>588.46712160000004</v>
       </c>
       <c r="C173" s="5">
-        <v>0.53589711000006446</v>
+        <v>0.53591310000001613</v>
       </c>
       <c r="D173" s="5">
-        <v>1.0992956628319339</v>
+        <v>1.0993286451321138</v>
       </c>
       <c r="E173" s="5">
-        <v>1.2583943852390256</v>
+        <v>1.2583949923452131</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>591.06604527000002</v>
+        <v>591.06601149999995</v>
       </c>
       <c r="C174" s="5">
-        <v>2.5989305599999852</v>
+        <v>2.5988898999999037</v>
       </c>
       <c r="D174" s="5">
-        <v>5.4303765497007328</v>
+        <v>5.4302894527210377</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>590.77144121000003</v>
+        <v>590.77144499999997</v>
       </c>
       <c r="C175" s="5">
-        <v>-0.29460405999998329</v>
+        <v>-0.29456649999997353</v>
       </c>
       <c r="D175" s="5">
-        <v>-0.59647707005239248</v>
+        <v>-0.59640126561578688</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>591.26687096000001</v>
+        <v>591.26687430000004</v>
       </c>
       <c r="C176" s="5">
-        <v>0.49542974999997114</v>
+        <v>0.49542930000006891</v>
       </c>
       <c r="D176" s="5">
-        <v>1.0109925289393251</v>
+        <v>1.0109915998972374</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>593.09967968000001</v>
+        <v>593.09968730000003</v>
       </c>
       <c r="C177" s="5">
-        <v>1.8328087200000027</v>
+        <v>1.8328129999999874</v>
       </c>
       <c r="D177" s="5">
-        <v>3.7838369986116671</v>
+        <v>3.7838459641264865</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>592.89771463</v>
+        <v>592.89772740000001</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.20196505000001252</v>
+        <v>-0.20195990000001984</v>
       </c>
       <c r="D178" s="5">
-        <v>-0.40786510973948031</v>
+        <v>-0.40785472363907838</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>594.03008104000003</v>
+        <v>594.03008320000004</v>
       </c>
       <c r="C179" s="5">
-        <v>1.1323664100000315</v>
+        <v>1.1323558000000276</v>
       </c>
       <c r="D179" s="5">
-        <v>2.3160904006160221</v>
+        <v>2.3160684205371318</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>596.11330307000003</v>
+        <v>596.11330350000003</v>
       </c>
       <c r="C180" s="5">
-        <v>2.0832220300000017</v>
+        <v>2.0832202999999936</v>
       </c>
       <c r="D180" s="5">
-        <v>4.290443123769605</v>
+        <v>4.2904394758901399</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>596.79362933000004</v>
+        <v>596.79362920000005</v>
       </c>
       <c r="C181" s="5">
-        <v>0.68032626000001528</v>
+        <v>0.68032570000002579</v>
       </c>
       <c r="D181" s="5">
-        <v>1.3781533311447491</v>
+        <v>1.378152188608861</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>598.09103344000005</v>
+        <v>598.09103330000005</v>
       </c>
       <c r="C182" s="5">
-        <v>1.2974041100000022</v>
+        <v>1.2974040999999943</v>
       </c>
       <c r="D182" s="5">
-        <v>2.64016860101981</v>
+        <v>2.6401685810084174</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>599.97060949000002</v>
+        <v>599.97060969999995</v>
       </c>
       <c r="C183" s="5">
-        <v>1.8795760499999687</v>
+        <v>1.8795763999999053</v>
       </c>
       <c r="D183" s="5">
-        <v>3.837020318378892</v>
+        <v>3.8370210461871723</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>600.22272669999995</v>
+        <v>600.2227216</v>
       </c>
       <c r="C184" s="5">
-        <v>0.25211720999993759</v>
+        <v>0.25211190000004535</v>
       </c>
       <c r="D184" s="5">
-        <v>0.50542619216222828</v>
+        <v>0.50541552227030273</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>602.59987779999994</v>
+        <v>602.59988229999999</v>
       </c>
       <c r="C185" s="5">
-        <v>2.3771510999999919</v>
+        <v>2.3771606999999904</v>
       </c>
       <c r="D185" s="5">
-        <v>4.8574389024201414</v>
+        <v>4.8574589903654708</v>
       </c>
       <c r="E185" s="5">
-        <v>2.4016232575654772</v>
+        <v>2.4016228233064263</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>602.14035137999997</v>
+        <v>602.14033089999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.45952641999997468</v>
+        <v>-0.45955140000000938</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.91125936932427987</v>
+        <v>-0.9113086913030366</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>602.63213021000001</v>
+        <v>602.63213169999995</v>
       </c>
       <c r="C187" s="5">
-        <v>0.49177883000004385</v>
+        <v>0.49180079999996451</v>
       </c>
       <c r="D187" s="5">
-        <v>0.98447592644426152</v>
+        <v>0.98452013886056733</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>603.01859032000004</v>
+        <v>603.01859249999995</v>
       </c>
       <c r="C188" s="5">
-        <v>0.38646011000003</v>
+        <v>0.38646080000000893</v>
       </c>
       <c r="D188" s="5">
-        <v>0.77226437192770003</v>
+        <v>0.77226575370752393</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>604.27994317000002</v>
+        <v>604.27994799999999</v>
       </c>
       <c r="C189" s="5">
-        <v>1.2613528499999802</v>
+        <v>1.261355500000036</v>
       </c>
       <c r="D189" s="5">
-        <v>2.5391570783849238</v>
+        <v>2.5391624651836198</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>604.49725464000005</v>
+        <v>604.4972626</v>
       </c>
       <c r="C190" s="5">
-        <v>0.21731147000002693</v>
+        <v>0.2173146000000088</v>
       </c>
       <c r="D190" s="5">
-        <v>0.43239921088622513</v>
+        <v>0.43240544771794287</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>606.03627994999999</v>
+        <v>606.03628200000003</v>
       </c>
       <c r="C191" s="5">
-        <v>1.5390253099999427</v>
+        <v>1.5390194000000292</v>
       </c>
       <c r="D191" s="5">
-        <v>3.0982967063336364</v>
+        <v>3.098284600122625</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>610.60897905000002</v>
+        <v>610.60897899999998</v>
       </c>
       <c r="C192" s="5">
-        <v>4.5726991000000226</v>
+        <v>4.5726969999999483</v>
       </c>
       <c r="D192" s="5">
-        <v>9.4396642085150084</v>
+        <v>9.4396596586425296</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>612.49100713999997</v>
+        <v>612.49100639999995</v>
       </c>
       <c r="C193" s="5">
-        <v>1.8820280899999489</v>
+        <v>1.8820273999999699</v>
       </c>
       <c r="D193" s="5">
-        <v>3.7620068703874576</v>
+        <v>3.7620054679873283</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>615.72068596999998</v>
+        <v>615.72068509999997</v>
       </c>
       <c r="C194" s="5">
-        <v>3.2296788300000117</v>
+        <v>3.2296787000000222</v>
       </c>
       <c r="D194" s="5">
-        <v>6.5144025187269694</v>
+        <v>6.514402256960472</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>616.96737084999995</v>
+        <v>616.96736969999995</v>
       </c>
       <c r="C195" s="5">
-        <v>1.2466848799999752</v>
+        <v>1.2466845999999805</v>
       </c>
       <c r="D195" s="5">
-        <v>2.456949703010114</v>
+        <v>2.4569491485405992</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>618.92085662</v>
+        <v>618.92085499999996</v>
       </c>
       <c r="C196" s="5">
-        <v>1.953485770000043</v>
+        <v>1.9534853000000112</v>
       </c>
       <c r="D196" s="5">
-        <v>3.8663950856122398</v>
+        <v>3.8663941464484264</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>619.68003439999995</v>
+        <v>619.6800356</v>
       </c>
       <c r="C197" s="5">
-        <v>0.75917777999995906</v>
+        <v>0.75918060000003607</v>
       </c>
       <c r="D197" s="5">
-        <v>1.481909311921914</v>
+        <v>1.481914857635247</v>
       </c>
       <c r="E197" s="5">
-        <v>2.8344108967225612</v>
+        <v>2.8344103279291266</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>619.60548224000001</v>
+        <v>619.60547659999997</v>
       </c>
       <c r="C198" s="5">
-        <v>-7.4552159999939249E-2</v>
+        <v>-7.4559000000022024E-2</v>
       </c>
       <c r="D198" s="5">
-        <v>-0.14427351883574691</v>
+        <v>-0.14428674658274465</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>620.80415832000006</v>
+        <v>620.80415700000003</v>
       </c>
       <c r="C199" s="5">
-        <v>1.1986760800000411</v>
+        <v>1.1986804000000575</v>
       </c>
       <c r="D199" s="5">
-        <v>2.3463565606185011</v>
+        <v>2.3463651285957843</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>623.49199925000005</v>
+        <v>623.49199999999996</v>
       </c>
       <c r="C200" s="5">
-        <v>2.687840929999993</v>
+        <v>2.6878429999999298</v>
       </c>
       <c r="D200" s="5">
-        <v>5.321057607242663</v>
+        <v>5.3210618148316513</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>625.95459387000005</v>
+        <v>625.95459579999999</v>
       </c>
       <c r="C201" s="5">
-        <v>2.4625946200000044</v>
+        <v>2.462595800000031</v>
       </c>
       <c r="D201" s="5">
-        <v>4.8439449545424784</v>
+        <v>4.8439473203107264</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>627.20957299999998</v>
+        <v>627.20957599999997</v>
       </c>
       <c r="C202" s="5">
-        <v>1.2549791299999242</v>
+        <v>1.2549801999999772</v>
       </c>
       <c r="D202" s="5">
-        <v>2.432593035893782</v>
+        <v>2.4325951252724298</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>629.53973658999996</v>
+        <v>629.53973840000003</v>
       </c>
       <c r="C203" s="5">
-        <v>2.3301635899999837</v>
+        <v>2.3301624000000629</v>
       </c>
       <c r="D203" s="5">
-        <v>4.5503850275199653</v>
+        <v>4.5503826337673026</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>627.30425116000004</v>
+        <v>627.30425090000006</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.2354854299999261</v>
+        <v>-2.2354874999999765</v>
       </c>
       <c r="D204" s="5">
-        <v>-4.1789352444179144</v>
+        <v>-4.1789390269601263</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>629.74370006000004</v>
+        <v>629.74369960000001</v>
       </c>
       <c r="C205" s="5">
-        <v>2.4394489000000021</v>
+        <v>2.4394486999999572</v>
       </c>
       <c r="D205" s="5">
-        <v>4.7676517493147275</v>
+        <v>4.7676513520560126</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>632.10984085999996</v>
+        <v>632.10984029999997</v>
       </c>
       <c r="C206" s="5">
-        <v>2.3661407999999255</v>
+        <v>2.3661406999999599</v>
       </c>
       <c r="D206" s="5">
-        <v>4.603120594686505</v>
+        <v>4.6031203995398506</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>633.43318640999996</v>
+        <v>633.43318590000001</v>
       </c>
       <c r="C207" s="5">
-        <v>1.3233455499999991</v>
+        <v>1.3233456000000388</v>
       </c>
       <c r="D207" s="5">
-        <v>2.5413747501924489</v>
+        <v>2.5413748495989319</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>634.54095050000001</v>
+        <v>634.54094999999995</v>
       </c>
       <c r="C208" s="5">
-        <v>1.1077640900000461</v>
+        <v>1.1077640999999403</v>
       </c>
       <c r="D208" s="5">
-        <v>2.1188940748998908</v>
+        <v>2.1188940959342206</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>636.91669350999996</v>
+        <v>636.91669520000005</v>
       </c>
       <c r="C209" s="5">
-        <v>2.375743009999951</v>
+        <v>2.3757452000000967</v>
       </c>
       <c r="D209" s="5">
-        <v>4.586522861392206</v>
+        <v>4.5865271804556462</v>
       </c>
       <c r="E209" s="5">
-        <v>2.781541788205133</v>
+        <v>2.781541861891812</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>639.32498368999995</v>
+        <v>639.32498129999999</v>
       </c>
       <c r="C210" s="5">
-        <v>2.4082901799999945</v>
+        <v>2.4082860999999411</v>
       </c>
       <c r="D210" s="5">
-        <v>4.6329651103460323</v>
+        <v>4.6329570849230395</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>640.74993540000003</v>
+        <v>640.74993449999999</v>
       </c>
       <c r="C211" s="5">
-        <v>1.424951710000073</v>
+        <v>1.4249532000000045</v>
       </c>
       <c r="D211" s="5">
-        <v>2.7076371517757103</v>
+        <v>2.7076400280585222</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>642.42095738</v>
+        <v>642.42095719999998</v>
       </c>
       <c r="C212" s="5">
-        <v>1.6710219799999777</v>
+        <v>1.6710226999999804</v>
       </c>
       <c r="D212" s="5">
-        <v>3.1747797495697894</v>
+        <v>3.1747811417038863</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>642.12399097000002</v>
+        <v>642.12399119999998</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.29696640999998181</v>
+        <v>-0.29696599999999762</v>
       </c>
       <c r="D213" s="5">
-        <v>-0.55330552376480213</v>
+        <v>-0.55330476195177836</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>643.80605772000001</v>
+        <v>643.80605869999999</v>
       </c>
       <c r="C214" s="5">
-        <v>1.68206674999999</v>
+        <v>1.6820675000000165</v>
       </c>
       <c r="D214" s="5">
-        <v>3.1891296795748092</v>
+        <v>3.1891311209345519</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>645.40164549999997</v>
+        <v>645.40164649999997</v>
       </c>
       <c r="C215" s="5">
-        <v>1.5955877799999598</v>
+        <v>1.5955877999999757</v>
       </c>
       <c r="D215" s="5">
-        <v>3.0149165545462875</v>
+        <v>3.0149165882016993</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>645.01009968999995</v>
+        <v>645.01009939999994</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.39154581000002509</v>
+        <v>-0.39154710000002524</v>
       </c>
       <c r="D216" s="5">
-        <v>-0.72557977393166162</v>
+        <v>-0.72558215535991621</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>646.16482006000001</v>
+        <v>646.16482050000002</v>
       </c>
       <c r="C217" s="5">
-        <v>1.1547203700000637</v>
+        <v>1.1547211000000743</v>
       </c>
       <c r="D217" s="5">
-        <v>2.1695627051004474</v>
+        <v>2.1695640911895353</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>645.50354351999999</v>
+        <v>645.5035431</v>
       </c>
       <c r="C218" s="5">
-        <v>-0.66127654000001712</v>
+        <v>-0.66127740000001722</v>
       </c>
       <c r="D218" s="5">
-        <v>-1.2211753563974748</v>
+        <v>-1.2211769347989176</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>645.72484153000005</v>
+        <v>645.72484150000003</v>
       </c>
       <c r="C219" s="5">
-        <v>0.221298010000055</v>
+        <v>0.22129840000002332</v>
       </c>
       <c r="D219" s="5">
-        <v>0.41217265735060682</v>
+        <v>0.41217338537347104</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>646.82057056999997</v>
+        <v>646.8205706</v>
       </c>
       <c r="C220" s="5">
-        <v>1.0957290399999238</v>
+        <v>1.0957290999999714</v>
       </c>
       <c r="D220" s="5">
-        <v>2.055389673506669</v>
+        <v>2.0553897872046312</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>646.36354963999997</v>
+        <v>646.36355089999995</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.45702092999999877</v>
+        <v>-0.45701970000004621</v>
       </c>
       <c r="D221" s="5">
-        <v>-0.84459108560507312</v>
+        <v>-0.84458882130815649</v>
       </c>
       <c r="E221" s="5">
-        <v>1.4832169145919449</v>
+        <v>1.4832168431435866</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>647.31715548</v>
+        <v>647.31715550000001</v>
       </c>
       <c r="C222" s="5">
-        <v>0.95360584000002291</v>
+        <v>0.95360460000006242</v>
       </c>
       <c r="D222" s="5">
-        <v>1.784844327866919</v>
+        <v>1.7848419846123065</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>648.89667728999996</v>
+        <v>648.89667689999999</v>
       </c>
       <c r="C223" s="5">
-        <v>1.5795218099999602</v>
+        <v>1.579521399999976</v>
       </c>
       <c r="D223" s="5">
-        <v>2.9677445004870906</v>
+        <v>2.967743719682403</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>647.01617811000006</v>
+        <v>647.01617580000004</v>
       </c>
       <c r="C224" s="5">
-        <v>-1.8804991799999016</v>
+        <v>-1.8805010999999467</v>
       </c>
       <c r="D224" s="5">
-        <v>-3.4226964334507337</v>
+        <v>-3.4226998745562454</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>649.95938820000003</v>
+        <v>649.95938760000001</v>
       </c>
       <c r="C225" s="5">
-        <v>2.9432100899999796</v>
+        <v>2.9432117999999718</v>
       </c>
       <c r="D225" s="5">
-        <v>5.5973390951729929</v>
+        <v>5.5973424494944357</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>650.70352840999999</v>
+        <v>650.70352830000002</v>
       </c>
       <c r="C226" s="5">
-        <v>0.744140209999955</v>
+        <v>0.74414070000000265</v>
       </c>
       <c r="D226" s="5">
-        <v>1.3825675454113728</v>
+        <v>1.3825684628266721</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>650.14412897</v>
+        <v>650.14413030000003</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.55939943999999286</v>
+        <v>-0.55939799999998741</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.0267570283208127</v>
+        <v>-1.0267543979112781</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>649.42765855000005</v>
+        <v>649.42765770000005</v>
       </c>
       <c r="C228" s="5">
-        <v>-0.71647041999995054</v>
+        <v>-0.71647259999997459</v>
       </c>
       <c r="D228" s="5">
-        <v>-1.3144354367954247</v>
+        <v>-1.3144394093373979</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>648.60364754</v>
+        <v>648.60365019999995</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.82401101000004928</v>
+        <v>-0.82400750000010703</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.5120111113594681</v>
+        <v>-1.5120047175633755</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>646.59481053000002</v>
+        <v>646.5948095</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.0088370099999793</v>
+        <v>-2.0088406999999506</v>
       </c>
       <c r="D230" s="5">
-        <v>-3.653945063930053</v>
+        <v>-3.6539516471536193</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>644.47751530999994</v>
+        <v>644.47751540000002</v>
       </c>
       <c r="C231" s="5">
-        <v>-2.1172952200000736</v>
+        <v>-2.117294099999981</v>
       </c>
       <c r="D231" s="5">
-        <v>-3.8594359749114626</v>
+        <v>-3.8594339760237961</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>642.38486048000004</v>
+        <v>642.38486120000005</v>
       </c>
       <c r="C232" s="5">
-        <v>-2.0926548299999013</v>
+        <v>-2.0926541999999699</v>
       </c>
       <c r="D232" s="5">
-        <v>-3.8276290784248768</v>
+        <v>-3.8276279460813023</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>641.18360457999995</v>
+        <v>641.18360580000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-1.201255900000092</v>
+        <v>-1.2012554000000364</v>
       </c>
       <c r="D233" s="5">
-        <v>-2.2210567850339147</v>
+        <v>-2.2210558675845316</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.80139807742640734</v>
+        <v>-0.80139808205264007</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>637.90097031000005</v>
+        <v>637.90097160000005</v>
       </c>
       <c r="C234" s="5">
-        <v>-3.2826342699999032</v>
+        <v>-3.2826341999999613</v>
       </c>
       <c r="D234" s="5">
-        <v>-5.9735046428093463</v>
+        <v>-5.9735045079457265</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>635.81052479000004</v>
+        <v>635.81052539999996</v>
       </c>
       <c r="C235" s="5">
-        <v>-2.0904455200000029</v>
+        <v>-2.0904462000000876</v>
       </c>
       <c r="D235" s="5">
-        <v>-3.8623728172863192</v>
+        <v>-3.8623740434474918</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>632.94605487000001</v>
+        <v>632.94605090000005</v>
       </c>
       <c r="C236" s="5">
-        <v>-2.8644699200000332</v>
+        <v>-2.8644744999999148</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.2743017552126181</v>
+        <v>-5.2743099755026339</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>630.97771591000003</v>
+        <v>630.97771420000004</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.9683389599999828</v>
+        <v>-1.9683367000000089</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.6685954607427518</v>
+        <v>-3.6685913429490458</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>629.21062426000003</v>
+        <v>629.21062219999999</v>
       </c>
       <c r="C238" s="5">
-        <v>-1.7670916499999976</v>
+        <v>-1.7670920000000478</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.3093887897827523</v>
+        <v>-3.3093894440266447</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>627.34823591999998</v>
+        <v>627.34823610000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-1.8623883400000523</v>
+        <v>-1.8623860999999806</v>
       </c>
       <c r="D239" s="5">
-        <v>-3.4946015669042652</v>
+        <v>-3.494597443191072</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>626.50787661000004</v>
+        <v>626.50787390000005</v>
       </c>
       <c r="C240" s="5">
-        <v>-0.8403593099999398</v>
+        <v>-0.84036219999995865</v>
       </c>
       <c r="D240" s="5">
-        <v>-1.5956602595031955</v>
+        <v>-1.5956657061669377</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>625.00613078000003</v>
+        <v>625.00613529999998</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.5017458300000044</v>
+        <v>-1.501738600000067</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.8387923735892606</v>
+        <v>-2.8387788983085582</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>624.07480580000004</v>
+        <v>624.07480610000005</v>
       </c>
       <c r="C242" s="5">
-        <v>-0.93132497999999941</v>
+        <v>-0.93132919999993646</v>
       </c>
       <c r="D242" s="5">
-        <v>-1.7735442361540121</v>
+        <v>-1.7735521939315158</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>622.76141966</v>
+        <v>622.7614221</v>
       </c>
       <c r="C243" s="5">
-        <v>-1.3133861400000342</v>
+        <v>-1.3133840000000419</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.4964121253926441</v>
+        <v>-2.4964081035781627</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>622.65435373000003</v>
+        <v>622.65435609999997</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.10706592999997611</v>
+        <v>-0.10706600000003164</v>
       </c>
       <c r="D244" s="5">
-        <v>-0.20611055202707229</v>
+        <v>-0.20611068584862613</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>622.59766425999999</v>
+        <v>622.59766549999995</v>
       </c>
       <c r="C245" s="5">
-        <v>-5.6689470000037545E-2</v>
+        <v>-5.669060000002446E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.10919912380542574</v>
+        <v>-0.10920129898314146</v>
       </c>
       <c r="E245" s="5">
-        <v>-2.8986923850266688</v>
+        <v>-2.8986923763920203</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>622.90742342999999</v>
+        <v>622.90742990000001</v>
       </c>
       <c r="C246" s="5">
-        <v>0.30975917000000663</v>
+        <v>0.30976440000006278</v>
       </c>
       <c r="D246" s="5">
-        <v>0.59866887342576725</v>
+        <v>0.59867900788208583</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>622.93163279999999</v>
+        <v>622.93163200000004</v>
       </c>
       <c r="C247" s="5">
-        <v>2.4209369999994124E-2</v>
+        <v>2.4202100000024984E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>4.6648111182423513E-2</v>
+        <v>4.6634099418985109E-2</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>623.32171063999999</v>
+        <v>623.32170340000005</v>
       </c>
       <c r="C248" s="5">
-        <v>0.39007784000000356</v>
+        <v>0.39007140000001073</v>
       </c>
       <c r="D248" s="5">
-        <v>0.75402966481443734</v>
+        <v>0.75401717420917613</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>623.17917943999998</v>
+        <v>623.17917509999995</v>
       </c>
       <c r="C249" s="5">
-        <v>-0.14253120000000763</v>
+        <v>-0.14252830000009453</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.27405189877287572</v>
+        <v>-0.27404633298711012</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>624.11292944000002</v>
+        <v>624.11292370000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.93375000000003183</v>
+        <v>0.9337486000000581</v>
       </c>
       <c r="D250" s="5">
-        <v>1.8129301543465148</v>
+        <v>1.812927426455313</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>624.43973155000003</v>
+        <v>624.43972729999996</v>
       </c>
       <c r="C251" s="5">
-        <v>0.32680211000001691</v>
+        <v>0.32680359999994835</v>
       </c>
       <c r="D251" s="5">
-        <v>0.63016466095104917</v>
+        <v>0.63016754817384335</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>624.2651869</v>
+        <v>624.26518009999995</v>
       </c>
       <c r="C252" s="5">
-        <v>-0.17454465000002983</v>
+        <v>-0.17454720000000634</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.3349112194489301</v>
+        <v>-0.33491610707113706</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>624.58784860000003</v>
+        <v>624.58785479999995</v>
       </c>
       <c r="C253" s="5">
-        <v>0.32266170000002603</v>
+        <v>0.32267469999999321</v>
       </c>
       <c r="D253" s="5">
-        <v>0.62200591749232981</v>
+        <v>0.6220310561159792</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>625.04220765000002</v>
+        <v>625.04221080000002</v>
       </c>
       <c r="C254" s="5">
-        <v>0.45435904999999366</v>
+        <v>0.45435600000007526</v>
       </c>
       <c r="D254" s="5">
-        <v>0.87644616724145141</v>
+        <v>0.87644025158106764</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>628.87099654999997</v>
+        <v>628.87100329999998</v>
       </c>
       <c r="C255" s="5">
-        <v>3.8287888999999495</v>
+        <v>3.8287924999999632</v>
       </c>
       <c r="D255" s="5">
-        <v>7.6035610588425229</v>
+        <v>7.6035684109998058</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>630.66909110999995</v>
+        <v>630.6691065</v>
       </c>
       <c r="C256" s="5">
-        <v>1.7980945599999814</v>
+        <v>1.7981032000000141</v>
       </c>
       <c r="D256" s="5">
-        <v>3.4855651047834835</v>
+        <v>3.4855820794809977</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>631.89734367999995</v>
+        <v>631.8973479</v>
       </c>
       <c r="C257" s="5">
-        <v>1.2282525699999951</v>
+        <v>1.2282414000000017</v>
       </c>
       <c r="D257" s="5">
-        <v>2.3622430610589218</v>
+        <v>2.3622212894052419</v>
       </c>
       <c r="E257" s="5">
-        <v>1.493690059221997</v>
+        <v>1.4936905348868601</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>633.61829949000003</v>
+        <v>633.61831129999996</v>
       </c>
       <c r="C258" s="5">
-        <v>1.7209558100000777</v>
+        <v>1.7209633999999596</v>
       </c>
       <c r="D258" s="5">
-        <v>3.3175698593918224</v>
+        <v>3.3175846883757076</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>634.41759152999998</v>
+        <v>634.41759230000002</v>
       </c>
       <c r="C259" s="5">
-        <v>0.7992920399999548</v>
+        <v>0.79928100000006452</v>
       </c>
       <c r="D259" s="5">
-        <v>1.5243139142854245</v>
+        <v>1.5242926852248262</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>636.44690438999999</v>
+        <v>636.44689619999997</v>
       </c>
       <c r="C260" s="5">
-        <v>2.0293128600000045</v>
+        <v>2.0293038999999453</v>
       </c>
       <c r="D260" s="5">
-        <v>3.9066968919646561</v>
+        <v>3.9066793333621508</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>638.65710119000005</v>
+        <v>638.65708759999995</v>
       </c>
       <c r="C261" s="5">
-        <v>2.2101968000000625</v>
+        <v>2.2101913999999852</v>
       </c>
       <c r="D261" s="5">
-        <v>4.2477772031202843</v>
+        <v>4.247766681548959</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>638.27771000999996</v>
+        <v>638.2776867</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.3793911800000842</v>
+        <v>-0.37940089999995052</v>
       </c>
       <c r="D262" s="5">
-        <v>-0.71052976364276432</v>
+        <v>-0.71054792304521275</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>639.36816595000005</v>
+        <v>639.36813889999996</v>
       </c>
       <c r="C263" s="5">
-        <v>1.0904559400000835</v>
+        <v>1.0904521999999588</v>
       </c>
       <c r="D263" s="5">
-        <v>2.0694958010519127</v>
+        <v>2.0694887126448069</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>641.74880801999996</v>
+        <v>641.74877839999999</v>
       </c>
       <c r="C264" s="5">
-        <v>2.380642069999908</v>
+        <v>2.3806395000000293</v>
       </c>
       <c r="D264" s="5">
-        <v>4.5607621298309864</v>
+        <v>4.560757301962215</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>642.55242727999996</v>
+        <v>642.5524355</v>
       </c>
       <c r="C265" s="5">
-        <v>0.80361926000000494</v>
+        <v>0.80365710000000945</v>
       </c>
       <c r="D265" s="5">
-        <v>1.513072725151221</v>
+        <v>1.513144532919819</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>645.81323850000001</v>
+        <v>645.81323480000003</v>
       </c>
       <c r="C266" s="5">
-        <v>3.2608112200000505</v>
+        <v>3.2607993000000306</v>
       </c>
       <c r="D266" s="5">
-        <v>6.2626147788447772</v>
+        <v>6.2625911605689755</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>646.02092745000004</v>
+        <v>646.02101870000001</v>
       </c>
       <c r="C267" s="5">
-        <v>0.2076889500000334</v>
+        <v>0.20778389999998126</v>
       </c>
       <c r="D267" s="5">
-        <v>0.386594793247097</v>
+        <v>0.38677184945021814</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>646.93611515999999</v>
+        <v>646.93615039999997</v>
       </c>
       <c r="C268" s="5">
-        <v>0.91518770999994103</v>
+        <v>0.9151316999999608</v>
       </c>
       <c r="D268" s="5">
-        <v>1.7132923501737896</v>
+        <v>1.7131864335688585</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>648.65462384</v>
+        <v>648.65464410000004</v>
       </c>
       <c r="C269" s="5">
-        <v>1.7185086800000136</v>
+        <v>1.7184937000000673</v>
       </c>
       <c r="D269" s="5">
-        <v>3.2346437898904901</v>
+        <v>3.2346150019626041</v>
       </c>
       <c r="E269" s="5">
-        <v>2.6518991300723327</v>
+        <v>2.6519016507491333</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>651.26822312000002</v>
+        <v>651.26825470000006</v>
       </c>
       <c r="C270" s="5">
-        <v>2.6135992800000167</v>
+        <v>2.6136106000000154</v>
       </c>
       <c r="D270" s="5">
-        <v>4.9437170594539781</v>
+        <v>4.9437387905205243</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>653.15845922999995</v>
+        <v>653.15846880000004</v>
       </c>
       <c r="C271" s="5">
-        <v>1.8902361099999325</v>
+        <v>1.8902140999999801</v>
       </c>
       <c r="D271" s="5">
-        <v>3.5390102360482345</v>
+        <v>3.5389681932664896</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>654.93048549000002</v>
+        <v>654.93046379999998</v>
       </c>
       <c r="C272" s="5">
-        <v>1.7720262600000751</v>
+        <v>1.7719949999999471</v>
       </c>
       <c r="D272" s="5">
-        <v>3.3046343709751014</v>
+        <v>3.3045751527672973</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>657.00396369999999</v>
+        <v>657.00390040000002</v>
       </c>
       <c r="C273" s="5">
-        <v>2.073478209999962</v>
+        <v>2.0734366000000364</v>
       </c>
       <c r="D273" s="5">
-        <v>3.8659984779687351</v>
+        <v>3.8659196705827403</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>658.90325612000004</v>
+        <v>658.90314790000002</v>
       </c>
       <c r="C274" s="5">
-        <v>1.8992924200000516</v>
+        <v>1.8992475000000013</v>
       </c>
       <c r="D274" s="5">
-        <v>3.5246971401362348</v>
+        <v>3.5246127929896565</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>661.25327282000001</v>
+        <v>661.25314030000004</v>
       </c>
       <c r="C275" s="5">
-        <v>2.3500166999999692</v>
+        <v>2.3499924000000192</v>
       </c>
       <c r="D275" s="5">
-        <v>4.3648300038044319</v>
+        <v>4.3647847119312244</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>661.87041490000001</v>
+        <v>661.87030679999998</v>
       </c>
       <c r="C276" s="5">
-        <v>0.61714208000000781</v>
+        <v>0.61716649999993933</v>
       </c>
       <c r="D276" s="5">
-        <v>1.125716578720537</v>
+        <v>1.1257615784331598</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>664.01255399000001</v>
+        <v>664.01258010000004</v>
       </c>
       <c r="C277" s="5">
-        <v>2.1421390900000006</v>
+        <v>2.1422733000000562</v>
       </c>
       <c r="D277" s="5">
-        <v>3.9536773904285116</v>
+        <v>3.9539301810225469</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>665.85935056999995</v>
+        <v>665.85943329999998</v>
       </c>
       <c r="C278" s="5">
-        <v>1.846796579999932</v>
+        <v>1.8468531999999414</v>
       </c>
       <c r="D278" s="5">
-        <v>3.389051335679949</v>
+        <v>3.3891566981579135</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>668.88626184999998</v>
+        <v>668.88657109999997</v>
       </c>
       <c r="C279" s="5">
-        <v>3.0269112800000357</v>
+        <v>3.0271377999999913</v>
       </c>
       <c r="D279" s="5">
-        <v>5.5935228777874269</v>
+        <v>5.5939512802105185</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>671.12275829999999</v>
+        <v>671.12291549999998</v>
       </c>
       <c r="C280" s="5">
-        <v>2.2364964500000042</v>
+        <v>2.2363444000000072</v>
       </c>
       <c r="D280" s="5">
-        <v>4.08694988008933</v>
+        <v>4.0866649720839643</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>672.80865116999996</v>
+        <v>672.80873789999998</v>
       </c>
       <c r="C281" s="5">
-        <v>1.6858928699999751</v>
+        <v>1.6858224000000064</v>
       </c>
       <c r="D281" s="5">
-        <v>3.0564573928943073</v>
+        <v>3.0563271375124268</v>
       </c>
       <c r="E281" s="5">
-        <v>3.7237115781291186</v>
+        <v>3.723721709186778</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>672.78541977999998</v>
+        <v>672.78551089999996</v>
       </c>
       <c r="C282" s="5">
-        <v>-2.3231389999978092E-2</v>
+        <v>-2.3227000000019871E-2</v>
       </c>
       <c r="D282" s="5">
-        <v>-4.1426896534968449E-2</v>
+        <v>-4.1419064306313924E-2</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>676.31000792999998</v>
+        <v>676.30997850000006</v>
       </c>
       <c r="C283" s="5">
-        <v>3.5245881499999996</v>
+        <v>3.5244676000000936</v>
       </c>
       <c r="D283" s="5">
-        <v>6.4708977027776671</v>
+        <v>6.470669064247847</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>678.48645726999996</v>
+        <v>678.48631609999995</v>
       </c>
       <c r="C284" s="5">
-        <v>2.1764493399999765</v>
+        <v>2.1763375999998971</v>
       </c>
       <c r="D284" s="5">
-        <v>3.9308388414254436</v>
+        <v>3.9306336191353042</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>679.94537894999996</v>
+        <v>679.94514670000001</v>
       </c>
       <c r="C285" s="5">
-        <v>1.4589216800000031</v>
+        <v>1.4588306000000557</v>
       </c>
       <c r="D285" s="5">
-        <v>2.6110465607217304</v>
+        <v>2.6108821711393615</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>681.42187355999999</v>
+        <v>681.42152929999997</v>
       </c>
       <c r="C286" s="5">
-        <v>1.4764946100000316</v>
+        <v>1.4763825999999654</v>
       </c>
       <c r="D286" s="5">
-        <v>2.6371358393987299</v>
+        <v>2.6369342970037568</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>683.62240214999997</v>
+        <v>683.62201270000003</v>
       </c>
       <c r="C287" s="5">
-        <v>2.2005285899999762</v>
+        <v>2.2004834000000528</v>
       </c>
       <c r="D287" s="5">
-        <v>3.944757187953285</v>
+        <v>3.9446767627439039</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>686.44420937999996</v>
+        <v>686.44398309999997</v>
       </c>
       <c r="C288" s="5">
-        <v>2.8218072299999903</v>
+        <v>2.821970399999941</v>
       </c>
       <c r="D288" s="5">
-        <v>5.0672868273542893</v>
+        <v>5.067589478528256</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>687.94004051000002</v>
+        <v>687.94009359999995</v>
       </c>
       <c r="C289" s="5">
-        <v>1.495831130000056</v>
+        <v>1.4961104999999861</v>
       </c>
       <c r="D289" s="5">
-        <v>2.6464897006593935</v>
+        <v>2.6469907973045714</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>689.18052824999995</v>
+        <v>689.18072500000005</v>
       </c>
       <c r="C290" s="5">
-        <v>1.240487739999935</v>
+        <v>1.2406314000000975</v>
       </c>
       <c r="D290" s="5">
-        <v>2.1854193991740045</v>
+        <v>2.1856748362926171</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>689.47773676999998</v>
+        <v>689.47896000000003</v>
       </c>
       <c r="C291" s="5">
-        <v>0.29720852000002651</v>
+        <v>0.29823499999997694</v>
       </c>
       <c r="D291" s="5">
-        <v>0.51872819187026575</v>
+        <v>0.52052385972212178</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>691.79512568999996</v>
+        <v>691.79540629999997</v>
       </c>
       <c r="C292" s="5">
-        <v>2.3173889199999849</v>
+        <v>2.3164462999999387</v>
       </c>
       <c r="D292" s="5">
-        <v>4.1086953052463571</v>
+        <v>4.1069856305594898</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>691.38482398999997</v>
+        <v>691.38499049999996</v>
       </c>
       <c r="C293" s="5">
-        <v>-0.41030169999999089</v>
+        <v>-0.41041580000000977</v>
       </c>
       <c r="D293" s="5">
-        <v>-0.70939948979622525</v>
+        <v>-0.70959583517361535</v>
       </c>
       <c r="E293" s="5">
-        <v>2.760988995563074</v>
+        <v>2.7610004974045088</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>691.44577358000004</v>
+        <v>691.44593899999995</v>
       </c>
       <c r="C294" s="5">
-        <v>6.0949590000063836E-2</v>
+        <v>6.0948499999994965E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>0.10583828004810947</v>
+        <v>0.10583636085588211</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>692.95764501999997</v>
+        <v>692.95747200000005</v>
       </c>
       <c r="C295" s="5">
-        <v>1.5118714399999362</v>
+        <v>1.5115330000000995</v>
       </c>
       <c r="D295" s="5">
-        <v>2.6556291657358067</v>
+        <v>2.6550268813148481</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>694.02365216999999</v>
+        <v>694.02324060000001</v>
       </c>
       <c r="C296" s="5">
-        <v>1.0660071500000186</v>
+        <v>1.0657685999999558</v>
       </c>
       <c r="D296" s="5">
-        <v>1.861711933177701</v>
+        <v>1.8612922594170023</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>696.04926679000005</v>
+        <v>696.04867460000003</v>
       </c>
       <c r="C297" s="5">
-        <v>2.0256146200000558</v>
+        <v>2.0254340000000184</v>
       </c>
       <c r="D297" s="5">
-        <v>3.5591572443108399</v>
+        <v>3.5588369145500343</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>697.78928972999995</v>
+        <v>697.78854239999998</v>
       </c>
       <c r="C298" s="5">
-        <v>1.7400229399999034</v>
+        <v>1.7398677999999563</v>
       </c>
       <c r="D298" s="5">
-        <v>3.0414180869428709</v>
+        <v>3.0411457990416002</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>698.85849456999995</v>
+        <v>698.85767129999999</v>
       </c>
       <c r="C299" s="5">
-        <v>1.0692048399999976</v>
+        <v>1.0691289000000097</v>
       </c>
       <c r="D299" s="5">
-        <v>1.8543049137001555</v>
+        <v>1.8541741029317826</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>700.56816073000005</v>
+        <v>700.56752289999997</v>
       </c>
       <c r="C300" s="5">
-        <v>1.7096661600000971</v>
+        <v>1.709851599999979</v>
       </c>
       <c r="D300" s="5">
-        <v>2.9754665504904576</v>
+        <v>2.9757971944048167</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>703.16595677999999</v>
+        <v>703.16595610000002</v>
       </c>
       <c r="C301" s="5">
-        <v>2.5977960499999426</v>
+        <v>2.598433200000045</v>
       </c>
       <c r="D301" s="5">
-        <v>4.5416355012103171</v>
+        <v>4.5427764498848999</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>704.30603389999999</v>
+        <v>704.30690579999998</v>
       </c>
       <c r="C302" s="5">
-        <v>1.1400771200000008</v>
+        <v>1.1409496999999647</v>
       </c>
       <c r="D302" s="5">
-        <v>1.9630622867859548</v>
+        <v>1.9645781899877424</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>707.41959880000002</v>
+        <v>707.42215580000004</v>
       </c>
       <c r="C303" s="5">
-        <v>3.1135649000000285</v>
+        <v>3.11525000000006</v>
       </c>
       <c r="D303" s="5">
-        <v>5.4358108836100483</v>
+        <v>5.4388178500848428</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>709.03069527000002</v>
+        <v>709.03148080000005</v>
       </c>
       <c r="C304" s="5">
-        <v>1.6110964700000068</v>
+        <v>1.6093250000000126</v>
       </c>
       <c r="D304" s="5">
-        <v>2.7674056102881428</v>
+        <v>2.7643144383081575</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>710.81209405000004</v>
+        <v>710.81209669999998</v>
       </c>
       <c r="C305" s="5">
-        <v>1.7813987800000177</v>
+        <v>1.7806158999999298</v>
       </c>
       <c r="D305" s="5">
-        <v>3.056943386418487</v>
+        <v>3.0555778941972367</v>
       </c>
       <c r="E305" s="5">
-        <v>2.8099069267799148</v>
+        <v>2.8098825498005908</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>712.28103575</v>
+        <v>712.28139780000004</v>
       </c>
       <c r="C306" s="5">
-        <v>1.4689416999999594</v>
+        <v>1.4693011000000524</v>
       </c>
       <c r="D306" s="5">
-        <v>2.5082636107347733</v>
+        <v>2.5088842816578971</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>713.24147020999999</v>
+        <v>713.24135349999995</v>
       </c>
       <c r="C307" s="5">
-        <v>0.96043445999998767</v>
+        <v>0.95995569999990948</v>
       </c>
       <c r="D307" s="5">
-        <v>1.6301250619964014</v>
+        <v>1.6293056057480104</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>714.39731029999996</v>
+        <v>714.39691849999997</v>
       </c>
       <c r="C308" s="5">
-        <v>1.1558400899999697</v>
+        <v>1.1555650000000242</v>
       </c>
       <c r="D308" s="5">
-        <v>1.9620809948163842</v>
+        <v>1.961610174292705</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>716.02718284000002</v>
+        <v>716.02477969999995</v>
       </c>
       <c r="C309" s="5">
-        <v>1.6298725400000649</v>
+        <v>1.6278611999999839</v>
       </c>
       <c r="D309" s="5">
-        <v>2.7723742840881194</v>
+        <v>2.7689115902318706</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>717.60266608999996</v>
+        <v>717.60155880000002</v>
       </c>
       <c r="C310" s="5">
-        <v>1.5754832499999338</v>
+        <v>1.576779100000067</v>
       </c>
       <c r="D310" s="5">
-        <v>2.6725630622827845</v>
+        <v>2.6747970492813744</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>718.86091383999997</v>
+        <v>718.85945939999999</v>
       </c>
       <c r="C311" s="5">
-        <v>1.2582477500000095</v>
+        <v>1.2579005999999708</v>
       </c>
       <c r="D311" s="5">
-        <v>2.1244956957074512</v>
+        <v>2.1239071946198784</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>720.16919901000006</v>
+        <v>720.16788940000004</v>
       </c>
       <c r="C312" s="5">
-        <v>1.3082851700000901</v>
+        <v>1.3084300000000439</v>
       </c>
       <c r="D312" s="5">
-        <v>2.2059240083434517</v>
+        <v>2.2061751671573759</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>720.71591532000002</v>
+        <v>720.71584849999999</v>
       </c>
       <c r="C313" s="5">
-        <v>0.54671630999996523</v>
+        <v>0.54795909999995729</v>
       </c>
       <c r="D313" s="5">
-        <v>0.91479304822064123</v>
+        <v>0.91688293092369033</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>722.23074479000002</v>
+        <v>722.23269540000001</v>
       </c>
       <c r="C314" s="5">
-        <v>1.5148294699999951</v>
+        <v>1.5168469000000186</v>
       </c>
       <c r="D314" s="5">
-        <v>2.5515701561336535</v>
+        <v>2.5550079751415211</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>722.93306195000002</v>
+        <v>722.93762330000004</v>
       </c>
       <c r="C315" s="5">
-        <v>0.70231716000000688</v>
+        <v>0.70492790000002969</v>
       </c>
       <c r="D315" s="5">
-        <v>1.1731745404539584</v>
+        <v>1.1775558501847083</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>724.12021664999997</v>
+        <v>724.12227919999998</v>
       </c>
       <c r="C316" s="5">
-        <v>1.1871546999999509</v>
+        <v>1.1846558999999388</v>
       </c>
       <c r="D316" s="5">
-        <v>1.9884591074234459</v>
+        <v>1.9842232436984464</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>724.79114836999997</v>
+        <v>724.79156369999998</v>
       </c>
       <c r="C317" s="5">
-        <v>0.67093171999999868</v>
+        <v>0.66928450000000339</v>
       </c>
       <c r="D317" s="5">
-        <v>1.1175404773372088</v>
+        <v>1.114779623852824</v>
       </c>
       <c r="E317" s="5">
-        <v>1.9666314680088393</v>
+        <v>1.9666895182145483</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>728.43379989000005</v>
+        <v>728.43431859999998</v>
       </c>
       <c r="C318" s="5">
-        <v>3.6426515200000722</v>
+        <v>3.6427548999999999</v>
       </c>
       <c r="D318" s="5">
-        <v>6.200485112992582</v>
+        <v>6.2006623260085103</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>728.84925181999995</v>
+        <v>728.84847720000005</v>
       </c>
       <c r="C319" s="5">
-        <v>0.41545192999990377</v>
+        <v>0.41415860000006433</v>
       </c>
       <c r="D319" s="5">
-        <v>0.68655400681763012</v>
+        <v>0.68440954092163775</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>728.61263642999995</v>
+        <v>728.61115610000002</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.23661538999999721</v>
+        <v>-0.23732110000003104</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.38887607267763524</v>
+        <v>-0.39003424061060388</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>732.03813403000004</v>
+        <v>732.0328892</v>
       </c>
       <c r="C321" s="5">
-        <v>3.4254976000000852</v>
+        <v>3.4217330999999831</v>
       </c>
       <c r="D321" s="5">
-        <v>5.7898681764600779</v>
+        <v>5.7833521341631888</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>733.80466037999997</v>
+        <v>733.80283929999996</v>
       </c>
       <c r="C322" s="5">
-        <v>1.7665263499999355</v>
+        <v>1.76995009999996</v>
       </c>
       <c r="D322" s="5">
-        <v>2.9345389261986821</v>
+        <v>2.9403236249725406</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>733.17817703000003</v>
+        <v>733.17625109999994</v>
       </c>
       <c r="C323" s="5">
-        <v>-0.62648334999994404</v>
+        <v>-0.62658820000001469</v>
       </c>
       <c r="D323" s="5">
-        <v>-1.0196991425801771</v>
+        <v>-1.0198715207228037</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>737.39033509000001</v>
+        <v>737.3884918</v>
       </c>
       <c r="C324" s="5">
-        <v>4.2121580599999788</v>
+        <v>4.2122407000000521</v>
       </c>
       <c r="D324" s="5">
-        <v>7.1161452608432541</v>
+        <v>7.1163086040531232</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>738.74499184000001</v>
+        <v>738.74495620000005</v>
       </c>
       <c r="C325" s="5">
-        <v>1.3546567500000037</v>
+        <v>1.3564644000000499</v>
       </c>
       <c r="D325" s="5">
-        <v>2.2269265087909718</v>
+        <v>2.2299338734853347</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>740.86022817000003</v>
+        <v>740.86381589999996</v>
       </c>
       <c r="C326" s="5">
-        <v>2.1152363300000161</v>
+        <v>2.1188596999999163</v>
       </c>
       <c r="D326" s="5">
-        <v>3.4905693407370819</v>
+        <v>3.4966434466454643</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>742.12457101999996</v>
+        <v>742.13240819999999</v>
       </c>
       <c r="C327" s="5">
-        <v>1.2643428499999345</v>
+        <v>1.268592300000023</v>
       </c>
       <c r="D327" s="5">
-        <v>2.0672369531650858</v>
+        <v>2.0742403521939679</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>745.1612513</v>
+        <v>745.16719160000002</v>
       </c>
       <c r="C328" s="5">
-        <v>3.0366802800000414</v>
+        <v>3.0347834000000375</v>
       </c>
       <c r="D328" s="5">
-        <v>5.0222767621818321</v>
+        <v>5.0190144739298059</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>747.93229102999999</v>
+        <v>747.93566610000005</v>
       </c>
       <c r="C329" s="5">
-        <v>2.771039729999984</v>
+        <v>2.7684745000000248</v>
       </c>
       <c r="D329" s="5">
-        <v>4.5548648873369402</v>
+        <v>4.5505247679907823</v>
       </c>
       <c r="E329" s="5">
-        <v>3.1928015004105248</v>
+        <v>3.1932080282297104</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>750.56090093</v>
+        <v>750.56207489999997</v>
       </c>
       <c r="C330" s="5">
-        <v>2.6286099000000149</v>
+        <v>2.6264087999999219</v>
       </c>
       <c r="D330" s="5">
-        <v>4.2998870110700249</v>
+        <v>4.2961968608940415</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>751.81458827999995</v>
+        <v>751.81026010000005</v>
       </c>
       <c r="C331" s="5">
-        <v>1.2536873499999501</v>
+        <v>1.2481852000000799</v>
       </c>
       <c r="D331" s="5">
-        <v>2.0229177472367743</v>
+        <v>2.0139550804994633</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>754.51637316999995</v>
+        <v>754.50978510000004</v>
       </c>
       <c r="C332" s="5">
-        <v>2.701784889999999</v>
+        <v>2.6995249999999942</v>
       </c>
       <c r="D332" s="5">
-        <v>4.3986876528770535</v>
+        <v>4.3949612409139638</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>756.41673678999996</v>
+        <v>756.40128890000005</v>
       </c>
       <c r="C333" s="5">
-        <v>1.9003636200000074</v>
+        <v>1.8915038000000095</v>
       </c>
       <c r="D333" s="5">
-        <v>3.0646028105512535</v>
+        <v>3.0501445419784279</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>758.59992306000004</v>
+        <v>758.59534980000001</v>
       </c>
       <c r="C334" s="5">
-        <v>2.1831862700000784</v>
+        <v>2.194060899999954</v>
       </c>
       <c r="D334" s="5">
-        <v>3.5189780441957641</v>
+        <v>3.5368603343794991</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>760.62503604000005</v>
+        <v>760.62554829999999</v>
       </c>
       <c r="C335" s="5">
-        <v>2.0251129800000172</v>
+        <v>2.0301984999999831</v>
       </c>
       <c r="D335" s="5">
-        <v>3.2509038193573758</v>
+        <v>3.2592080579880944</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>762.09986248999996</v>
+        <v>762.10226450000005</v>
       </c>
       <c r="C336" s="5">
-        <v>1.4748264499999095</v>
+        <v>1.4767162000000553</v>
       </c>
       <c r="D336" s="5">
-        <v>2.3517341544111448</v>
+        <v>2.3547781654553512</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>762.64492822</v>
+        <v>762.64797859999999</v>
       </c>
       <c r="C337" s="5">
-        <v>0.545065730000033</v>
+        <v>0.54571409999994103</v>
       </c>
       <c r="D337" s="5">
-        <v>0.86164293304173967</v>
+        <v>0.86266919022370825</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>767.23770807000005</v>
+        <v>767.24468209999998</v>
       </c>
       <c r="C338" s="5">
-        <v>4.5927798500000563</v>
+        <v>4.5967034999999896</v>
       </c>
       <c r="D338" s="5">
-        <v>7.4708378217455129</v>
+        <v>7.4774023655242772</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>768.67514627000003</v>
+        <v>768.68807019999997</v>
       </c>
       <c r="C339" s="5">
-        <v>1.4374381999999741</v>
+        <v>1.4433880999999928</v>
       </c>
       <c r="D339" s="5">
-        <v>2.2715406019756301</v>
+        <v>2.2810196038821173</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>768.22286180000003</v>
+        <v>768.23453070000005</v>
       </c>
       <c r="C340" s="5">
-        <v>-0.45228446999999505</v>
+        <v>-0.45353949999991983</v>
       </c>
       <c r="D340" s="5">
-        <v>-0.70379327705570871</v>
+        <v>-0.7057280506795105</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>770.19296855000005</v>
+        <v>770.20385169999997</v>
       </c>
       <c r="C341" s="5">
-        <v>1.9701067500000136</v>
+        <v>1.9693209999999226</v>
       </c>
       <c r="D341" s="5">
-        <v>3.1211779043101906</v>
+        <v>3.1198674028040552</v>
       </c>
       <c r="E341" s="5">
-        <v>2.9762958207546042</v>
+        <v>2.9772862305275538</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>770.07717757</v>
+        <v>770.08333479999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.11579098000004251</v>
+        <v>-0.12051689999998416</v>
       </c>
       <c r="D342" s="5">
-        <v>-0.18025916381168017</v>
+        <v>-0.18760732412091974</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>772.09604979000005</v>
+        <v>772.08597180000004</v>
       </c>
       <c r="C343" s="5">
-        <v>2.0188722200000484</v>
+        <v>2.0026370000000497</v>
       </c>
       <c r="D343" s="5">
-        <v>3.1917398992872048</v>
+        <v>3.1656789116866646</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>773.54419832999997</v>
+        <v>773.5048438</v>
       </c>
       <c r="C344" s="5">
-        <v>1.4481485399999201</v>
+        <v>1.4188719999999648</v>
       </c>
       <c r="D344" s="5">
-        <v>2.2740919833782902</v>
+        <v>2.2276814748086515</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>772.97807941999997</v>
+        <v>772.94881859999998</v>
       </c>
       <c r="C345" s="5">
-        <v>-0.56611891000000014</v>
+        <v>-0.55602520000002187</v>
       </c>
       <c r="D345" s="5">
-        <v>-0.87469452577856321</v>
+        <v>-0.85920416149746215</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>775.43544808000001</v>
+        <v>775.4244751</v>
       </c>
       <c r="C346" s="5">
-        <v>2.4573686600000428</v>
+        <v>2.4756565000000137</v>
       </c>
       <c r="D346" s="5">
-        <v>3.8823264430549953</v>
+        <v>3.9118804397362927</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>778.27916892999997</v>
+        <v>778.29275700000005</v>
       </c>
       <c r="C347" s="5">
-        <v>2.8437208499999542</v>
+        <v>2.8682819000000563</v>
       </c>
       <c r="D347" s="5">
-        <v>4.4905639934623709</v>
+        <v>4.5302066233984695</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>779.56862192000006</v>
+        <v>779.59091999999998</v>
       </c>
       <c r="C348" s="5">
-        <v>1.2894529900000862</v>
+        <v>1.2981629999999313</v>
       </c>
       <c r="D348" s="5">
-        <v>2.0063774355969954</v>
+        <v>2.0200191181299454</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>781.87861582000005</v>
+        <v>781.88737660000004</v>
       </c>
       <c r="C349" s="5">
-        <v>2.3099938999999949</v>
+        <v>2.2964566000000559</v>
       </c>
       <c r="D349" s="5">
-        <v>3.6143299883424573</v>
+        <v>3.5927000958260624</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>782.98737449999999</v>
+        <v>782.99721280000006</v>
       </c>
       <c r="C350" s="5">
-        <v>1.1087586799999372</v>
+        <v>1.1098362000000179</v>
       </c>
       <c r="D350" s="5">
-        <v>1.7150191362154787</v>
+        <v>1.7166794835657084</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>785.19250446000001</v>
+        <v>785.20965379999996</v>
       </c>
       <c r="C351" s="5">
-        <v>2.205129960000022</v>
+        <v>2.2124409999998988</v>
       </c>
       <c r="D351" s="5">
-        <v>3.4324068942333641</v>
+        <v>3.4439204259054446</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>786.77517329</v>
+        <v>786.79560860000004</v>
       </c>
       <c r="C352" s="5">
-        <v>1.5826688299999887</v>
+        <v>1.5859548000000814</v>
       </c>
       <c r="D352" s="5">
-        <v>2.4457688201290573</v>
+        <v>2.45084919567089</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>788.03865834999999</v>
+        <v>788.05793719999997</v>
       </c>
       <c r="C353" s="5">
-        <v>1.2634850599999936</v>
+        <v>1.2623285999999325</v>
       </c>
       <c r="D353" s="5">
-        <v>1.9441966413014544</v>
+        <v>1.9423505022191589</v>
       </c>
       <c r="E353" s="5">
-        <v>2.3170413816679059</v>
+        <v>2.3180987034266742</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>789.58110915999998</v>
+        <v>789.59311090000006</v>
       </c>
       <c r="C354" s="5">
-        <v>1.5424508099999912</v>
+        <v>1.5351737000000867</v>
       </c>
       <c r="D354" s="5">
-        <v>2.3742458355292984</v>
+        <v>2.3628656959040928</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>792.00822413000003</v>
+        <v>791.99969940000005</v>
       </c>
       <c r="C355" s="5">
-        <v>2.4271149700000478</v>
+        <v>2.406588499999998</v>
       </c>
       <c r="D355" s="5">
-        <v>3.7517198644828609</v>
+        <v>3.7193997884392038</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>794.23843750000003</v>
+        <v>794.17393419999996</v>
       </c>
       <c r="C356" s="5">
-        <v>2.2302133700000013</v>
+        <v>2.1742347999999083</v>
       </c>
       <c r="D356" s="5">
-        <v>3.4319036320993757</v>
+        <v>3.3444945039564855</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>796.82125830999996</v>
+        <v>796.699792</v>
       </c>
       <c r="C357" s="5">
-        <v>2.5828208099999301</v>
+        <v>2.5258578000000398</v>
       </c>
       <c r="D357" s="5">
-        <v>3.9728938191912144</v>
+        <v>3.884056318958895</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>799.74852004000002</v>
+        <v>799.73875840000005</v>
       </c>
       <c r="C358" s="5">
-        <v>2.9272617300000547</v>
+        <v>3.0389664000000494</v>
       </c>
       <c r="D358" s="5">
-        <v>4.4985817286974816</v>
+        <v>4.6745936973765945</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>801.66107884999997</v>
+        <v>801.69795710000005</v>
       </c>
       <c r="C359" s="5">
-        <v>1.9125588099999504</v>
+        <v>1.9591987000000017</v>
       </c>
       <c r="D359" s="5">
-        <v>2.9077884590836822</v>
+        <v>2.9796932579276181</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>804.41314965000004</v>
+        <v>804.51702929999999</v>
       </c>
       <c r="C360" s="5">
-        <v>2.7520708000000695</v>
+        <v>2.8190721999999369</v>
       </c>
       <c r="D360" s="5">
-        <v>4.1982320024966047</v>
+        <v>4.302224862138937</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>806.91827132000003</v>
+        <v>806.91771270000004</v>
       </c>
       <c r="C361" s="5">
-        <v>2.5051216699999941</v>
+        <v>2.4006834000000481</v>
       </c>
       <c r="D361" s="5">
-        <v>3.8017456793558946</v>
+        <v>3.6401636457273678</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>808.46922501999995</v>
+        <v>808.4789912</v>
       </c>
       <c r="C362" s="5">
-        <v>1.5509536999999227</v>
+        <v>1.5612784999999576</v>
       </c>
       <c r="D362" s="5">
-        <v>2.3310240787442815</v>
+        <v>2.3467090125878887</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>808.84383366999998</v>
+        <v>808.87128419999999</v>
       </c>
       <c r="C363" s="5">
-        <v>0.37460865000002741</v>
+        <v>0.39229299999999512</v>
       </c>
       <c r="D363" s="5">
-        <v>0.55744578189456107</v>
+        <v>0.58382462361024068</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>811.65501479</v>
+        <v>811.68528049999998</v>
       </c>
       <c r="C364" s="5">
-        <v>2.8111811200000147</v>
+        <v>2.8139962999999852</v>
       </c>
       <c r="D364" s="5">
-        <v>4.2513213018265272</v>
+        <v>4.2555132649038763</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>813.63983332999999</v>
+        <v>813.67345250000005</v>
       </c>
       <c r="C365" s="5">
-        <v>1.984818539999992</v>
+        <v>1.9881720000000769</v>
       </c>
       <c r="D365" s="5">
-        <v>2.9742673694963084</v>
+        <v>2.9792478584431681</v>
       </c>
       <c r="E365" s="5">
-        <v>3.2487206952009018</v>
+        <v>3.2504609230906256</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>816.88677236000001</v>
+        <v>816.90111279999996</v>
       </c>
       <c r="C366" s="5">
-        <v>3.2469390300000214</v>
+        <v>3.2276602999999113</v>
       </c>
       <c r="D366" s="5">
-        <v>4.8952780022260001</v>
+        <v>4.8653697627582648</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>818.70132269999999</v>
+        <v>818.68774459999997</v>
       </c>
       <c r="C367" s="5">
-        <v>1.8145503399999825</v>
+        <v>1.7866318000000092</v>
       </c>
       <c r="D367" s="5">
-        <v>2.6983675094659265</v>
+        <v>2.6563027832454233</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>818.44717678999996</v>
+        <v>818.34222950000003</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.25414591000003384</v>
+        <v>-0.34551509999994323</v>
       </c>
       <c r="D368" s="5">
-        <v>-0.37187546353281142</v>
+        <v>-0.50526842043090436</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>793.59487875000002</v>
+        <v>793.35180260000004</v>
       </c>
       <c r="C369" s="5">
-        <v>-24.852298039999937</v>
+        <v>-24.990426899999989</v>
       </c>
       <c r="D369" s="5">
-        <v>-30.928574482132376</v>
+        <v>-31.076043662450314</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>794.87622228999999</v>
+        <v>794.86277029999997</v>
       </c>
       <c r="C370" s="5">
-        <v>1.2813435399999662</v>
+        <v>1.5109676999999238</v>
       </c>
       <c r="D370" s="5">
-        <v>1.9548267763318972</v>
+        <v>2.3095367083226348</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>795.41721500000006</v>
+        <v>795.49055050000004</v>
       </c>
       <c r="C371" s="5">
-        <v>0.54099271000006866</v>
+        <v>0.62778020000007473</v>
       </c>
       <c r="D371" s="5">
-        <v>0.81978410311911443</v>
+        <v>0.95188415336155963</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>795.41187262999995</v>
+        <v>795.60539500000004</v>
       </c>
       <c r="C372" s="5">
-        <v>-5.3423700001076213E-3</v>
+        <v>0.11484450000000379</v>
       </c>
       <c r="D372" s="5">
-        <v>-8.0594272606981932E-3</v>
+        <v>0.17338091672505218</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>797.52209474000006</v>
+        <v>797.52801680000005</v>
       </c>
       <c r="C373" s="5">
-        <v>2.1102221100001088</v>
+        <v>1.9226218000000017</v>
       </c>
       <c r="D373" s="5">
-        <v>3.230458086014365</v>
+        <v>2.9387167209084186</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>800.15977764000002</v>
+        <v>800.18423700000005</v>
       </c>
       <c r="C374" s="5">
-        <v>2.6376828999999589</v>
+        <v>2.656220200000007</v>
       </c>
       <c r="D374" s="5">
-        <v>4.0418135766805641</v>
+        <v>4.0707105171008617</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>805.86567769999999</v>
+        <v>805.91582449999999</v>
       </c>
       <c r="C375" s="5">
-        <v>5.7059000599999763</v>
+        <v>5.7315874999999323</v>
       </c>
       <c r="D375" s="5">
-        <v>8.9008610131183108</v>
+        <v>8.9422394557235449</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>809.51656899</v>
+        <v>809.56396310000002</v>
       </c>
       <c r="C376" s="5">
-        <v>3.6508912900000041</v>
+        <v>3.6481386000000384</v>
       </c>
       <c r="D376" s="5">
-        <v>5.5740044864606597</v>
+        <v>5.5693413866108932</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>812.93459194000002</v>
+        <v>812.98214719999999</v>
       </c>
       <c r="C377" s="5">
-        <v>3.4180229500000223</v>
+        <v>3.4181840999999622</v>
       </c>
       <c r="D377" s="5">
-        <v>5.1860972414401907</v>
+        <v>5.1860367488600456</v>
       </c>
       <c r="E377" s="5">
-        <v>-8.6677343108143567E-2</v>
+        <v>-8.4961024336738245E-2</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>817.60506081000005</v>
+        <v>817.60872510000002</v>
       </c>
       <c r="C378" s="5">
-        <v>4.6704688700000361</v>
+        <v>4.6265779000000293</v>
       </c>
       <c r="D378" s="5">
-        <v>7.1163100672747115</v>
+        <v>7.0469021401485588</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>818.19418721</v>
+        <v>818.15234129999999</v>
       </c>
       <c r="C379" s="5">
-        <v>0.58912639999994099</v>
+        <v>0.54361619999997401</v>
       </c>
       <c r="D379" s="5">
-        <v>0.86809650085539758</v>
+        <v>0.80078677680957</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>826.56179729999997</v>
+        <v>826.40772870000001</v>
       </c>
       <c r="C380" s="5">
-        <v>8.367610089999971</v>
+        <v>8.2553874000000178</v>
       </c>
       <c r="D380" s="5">
-        <v>12.98668554932798</v>
+        <v>12.803431453162029</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>829.53998826999998</v>
+        <v>829.12798989999999</v>
       </c>
       <c r="C381" s="5">
-        <v>2.9781909700000142</v>
+        <v>2.7202611999999817</v>
       </c>
       <c r="D381" s="5">
-        <v>4.4104501535776386</v>
+        <v>4.0223055928405138</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>831.27980366999998</v>
+        <v>831.24908319999997</v>
       </c>
       <c r="C382" s="5">
-        <v>1.7398153999999977</v>
+        <v>2.1210932999999841</v>
       </c>
       <c r="D382" s="5">
-        <v>2.5460264790484688</v>
+        <v>3.1134303127515972</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>833.31782366000004</v>
+        <v>833.43034750000004</v>
       </c>
       <c r="C383" s="5">
-        <v>2.0380199900000662</v>
+        <v>2.1812643000000662</v>
       </c>
       <c r="D383" s="5">
-        <v>2.9819949331417739</v>
+        <v>3.1947424305337924</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>841.06886614999996</v>
+        <v>841.38208399999996</v>
       </c>
       <c r="C384" s="5">
-        <v>7.751042489999918</v>
+        <v>7.9517364999999245</v>
       </c>
       <c r="D384" s="5">
-        <v>11.750797830651937</v>
+        <v>12.069490658508286</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>844.39433370999996</v>
+        <v>844.44133839999995</v>
       </c>
       <c r="C385" s="5">
-        <v>3.3254675599999928</v>
+        <v>3.0592543999999862</v>
       </c>
       <c r="D385" s="5">
-        <v>4.8491803981504544</v>
+        <v>4.4515053938944726</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>847.31184311000004</v>
+        <v>847.38281570000004</v>
       </c>
       <c r="C386" s="5">
-        <v>2.9175094000000854</v>
+        <v>2.9414773000000878</v>
       </c>
       <c r="D386" s="5">
-        <v>4.2258862204878067</v>
+        <v>4.2610288014403253</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>859.26426232999995</v>
+        <v>859.36479059999999</v>
       </c>
       <c r="C387" s="5">
-        <v>11.952419219999911</v>
+        <v>11.981974899999955</v>
       </c>
       <c r="D387" s="5">
-        <v>18.304611205694997</v>
+        <v>18.351792955117219</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>863.97167680999996</v>
+        <v>864.05831669999998</v>
       </c>
       <c r="C388" s="5">
-        <v>4.7074144800000113</v>
+        <v>4.6935260999999855</v>
       </c>
       <c r="D388" s="5">
-        <v>6.7758585549926087</v>
+        <v>6.7544491442953936</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>868.09691629999998</v>
+        <v>868.17887659999997</v>
       </c>
       <c r="C389" s="5">
-        <v>4.1252394900000127</v>
+        <v>4.1205598999999893</v>
       </c>
       <c r="D389" s="5">
-        <v>5.8825755494535503</v>
+        <v>5.875121763584068</v>
       </c>
       <c r="E389" s="5">
-        <v>6.785579664946928</v>
+        <v>6.7894146987241388</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>870.03914619</v>
+        <v>869.99924090000002</v>
       </c>
       <c r="C390" s="5">
-        <v>1.9422298900000214</v>
+        <v>1.8203643000000511</v>
       </c>
       <c r="D390" s="5">
-        <v>2.7180959298640728</v>
+        <v>2.5453342215312702</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>874.02215807000005</v>
+        <v>873.91547349999996</v>
       </c>
       <c r="C391" s="5">
-        <v>3.9830118800000491</v>
+        <v>3.9162325999999439</v>
       </c>
       <c r="D391" s="5">
-        <v>5.6340164323813058</v>
+        <v>5.5374663747888908</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>877.54109511000001</v>
+        <v>877.2879709</v>
       </c>
       <c r="C392" s="5">
-        <v>3.5189370399999689</v>
+        <v>3.3724974000000429</v>
       </c>
       <c r="D392" s="5">
-        <v>4.9398036844086057</v>
+        <v>4.7304442488648624</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>885.38054179999995</v>
+        <v>884.73864609999998</v>
       </c>
       <c r="C393" s="5">
-        <v>7.8394466899999316</v>
+        <v>7.4506751999999778</v>
       </c>
       <c r="D393" s="5">
-        <v>11.262833370318726</v>
+        <v>10.681205934976902</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>888.40834923</v>
+        <v>888.30140440000002</v>
       </c>
       <c r="C394" s="5">
-        <v>3.0278074300000526</v>
+        <v>3.5627583000000413</v>
       </c>
       <c r="D394" s="5">
-        <v>4.1818100538477232</v>
+        <v>4.9407608135939141</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>888.37682575999997</v>
+        <v>888.59815049999997</v>
       </c>
       <c r="C395" s="5">
-        <v>-3.1523470000024645E-2</v>
+        <v>0.29674609999995027</v>
       </c>
       <c r="D395" s="5">
-        <v>-4.2571394647339389E-2</v>
+        <v>0.40160953504531083</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>898.40242888</v>
+        <v>898.84958170000004</v>
       </c>
       <c r="C396" s="5">
-        <v>10.025603120000028</v>
+        <v>10.25143120000007</v>
       </c>
       <c r="D396" s="5">
-        <v>14.415366676533115</v>
+        <v>14.757053309196833</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>901.48974759999999</v>
+        <v>901.63931700000001</v>
       </c>
       <c r="C397" s="5">
-        <v>3.0873187199999848</v>
+        <v>2.7897352999999612</v>
       </c>
       <c r="D397" s="5">
-        <v>4.2025855059367068</v>
+        <v>3.7886465074446818</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>905.25986664000004</v>
+        <v>905.42182009999999</v>
       </c>
       <c r="C398" s="5">
-        <v>3.7701190400000542</v>
+        <v>3.7825030999999854</v>
       </c>
       <c r="D398" s="5">
-        <v>5.1355764483080435</v>
+        <v>5.1519623473312182</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>909.18089964000001</v>
+        <v>909.35498770000004</v>
       </c>
       <c r="C399" s="5">
-        <v>3.9210329999999658</v>
+        <v>3.9331676000000471</v>
       </c>
       <c r="D399" s="5">
-        <v>5.3232947423893284</v>
+        <v>5.3391865152997653</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>910.13108185999999</v>
+        <v>910.26603469999998</v>
       </c>
       <c r="C400" s="5">
-        <v>0.95018221999998786</v>
+        <v>0.91104699999993954</v>
       </c>
       <c r="D400" s="5">
-        <v>1.2613502606298566</v>
+        <v>1.2088795643518724</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>911.04226994999999</v>
+        <v>911.14320120000002</v>
       </c>
       <c r="C401" s="5">
-        <v>0.91118808999999601</v>
+        <v>0.87716650000004392</v>
       </c>
       <c r="D401" s="5">
-        <v>1.2080311218071627</v>
+        <v>1.1625134893963551</v>
       </c>
       <c r="E401" s="5">
-        <v>4.9470690246247617</v>
+        <v>4.9487871403020911</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>914.08313007000004</v>
+        <v>913.96613060000004</v>
       </c>
       <c r="C402" s="5">
-        <v>3.0408601200000476</v>
+        <v>2.8229294000000209</v>
       </c>
       <c r="D402" s="5">
-        <v>4.0796913581673255</v>
+        <v>3.7818860029163126</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>916.41288684999995</v>
+        <v>916.20971899999995</v>
       </c>
       <c r="C403" s="5">
-        <v>2.3297567799999115</v>
+        <v>2.2435883999999078</v>
       </c>
       <c r="D403" s="5">
-        <v>3.1017237789409124</v>
+        <v>2.9858380092258052</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>918.74291155000003</v>
+        <v>918.39958460000003</v>
       </c>
       <c r="C404" s="5">
-        <v>2.3300247000000809</v>
+        <v>2.1898656000000756</v>
       </c>
       <c r="D404" s="5">
-        <v>3.0940885863789402</v>
+        <v>2.906169052597285</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>918.17050396000002</v>
+        <v>917.26657560000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.57240759000001162</v>
+        <v>-1.1330090000000155</v>
       </c>
       <c r="D405" s="5">
-        <v>-0.74508355794785652</v>
+        <v>-1.4704093801432672</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>919.69143250000002</v>
+        <v>919.48622980000005</v>
       </c>
       <c r="C406" s="5">
-        <v>1.5209285399999999</v>
+        <v>2.2196542000000363</v>
       </c>
       <c r="D406" s="5">
-        <v>2.0059829050611988</v>
+        <v>2.9427898596783741</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>921.19795022999995</v>
+        <v>921.54248029999997</v>
       </c>
       <c r="C407" s="5">
-        <v>1.5065177299999277</v>
+        <v>2.0562504999999192</v>
       </c>
       <c r="D407" s="5">
-        <v>1.9834890459517363</v>
+        <v>2.7168187421555912</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>919.73419464000006</v>
+        <v>920.32597980000003</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.4637555899998915</v>
+        <v>-1.2165004999999383</v>
       </c>
       <c r="D408" s="5">
-        <v>-1.8901876913273385</v>
+        <v>-1.5726332924408282</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>920.78161423999995</v>
+        <v>921.03815810000003</v>
       </c>
       <c r="C409" s="5">
-        <v>1.0474195999998983</v>
+        <v>0.71217830000000504</v>
       </c>
       <c r="D409" s="5">
-        <v>1.3751866318958861</v>
+        <v>0.93256159499277569</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>921.34203482999999</v>
+        <v>921.60001490000002</v>
       </c>
       <c r="C410" s="5">
-        <v>0.56042059000003519</v>
+        <v>0.56185679999998683</v>
       </c>
       <c r="D410" s="5">
-        <v>0.7328127301946763</v>
+        <v>0.73449171504387234</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>919.68000844000005</v>
+        <v>919.92934279999997</v>
       </c>
       <c r="C411" s="5">
-        <v>-1.6620263899999372</v>
+        <v>-1.6706721000000471</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.1433541889104846</v>
+        <v>-2.1537956933947444</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>919.09732614999996</v>
+        <v>919.27609659999996</v>
       </c>
       <c r="C412" s="5">
-        <v>-0.58268229000009342</v>
+        <v>-0.65324620000001232</v>
       </c>
       <c r="D412" s="5">
-        <v>-0.75764108737368385</v>
+        <v>-0.84880552836079648</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>920.46124053000005</v>
+        <v>920.57992439999998</v>
       </c>
       <c r="C413" s="5">
-        <v>1.3639143800000966</v>
+        <v>1.3038278000000219</v>
       </c>
       <c r="D413" s="5">
-        <v>1.7953724558632755</v>
+        <v>1.715323906445243</v>
       </c>
       <c r="E413" s="5">
-        <v>1.0338675702189937</v>
+        <v>1.0357014339317461</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>919.69650829</v>
+        <v>919.49338390000003</v>
       </c>
       <c r="C414" s="5">
-        <v>-0.76473224000005757</v>
+        <v>-1.0865404999999555</v>
       </c>
       <c r="D414" s="5">
-        <v>-0.99243393036851923</v>
+        <v>-1.4071758505628473</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>919.94481082000004</v>
+        <v>919.64319369999998</v>
       </c>
       <c r="C415" s="5">
-        <v>0.24830253000004632</v>
+        <v>0.14980979999995725</v>
       </c>
       <c r="D415" s="5">
-        <v>0.32446125343594812</v>
+        <v>0.19568704173247298</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>921.46821156999999</v>
+        <v>921.04552220000005</v>
       </c>
       <c r="C416" s="5">
-        <v>1.5234007499999507</v>
+        <v>1.4023285000000669</v>
       </c>
       <c r="D416" s="5">
-        <v>2.0053626951871184</v>
+        <v>1.8452584091150248</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>922.92674079999995</v>
+        <v>921.83703760000003</v>
       </c>
       <c r="C417" s="5">
-        <v>1.4585292299999537</v>
+        <v>0.79151539999998022</v>
       </c>
       <c r="D417" s="5">
-        <v>1.9160211224176216</v>
+        <v>1.0361276096783723</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>923.51658029999999</v>
+        <v>923.19704530000001</v>
       </c>
       <c r="C418" s="5">
-        <v>0.58983950000003915</v>
+        <v>1.3600076999999828</v>
       </c>
       <c r="D418" s="5">
-        <v>0.76961761126868034</v>
+        <v>1.7848243132919217</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>923.49966529999995</v>
+        <v>923.97444170000006</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.6915000000039981E-2</v>
+        <v>0.77739640000004329</v>
       </c>
       <c r="D419" s="5">
-        <v>-2.1976817518620795E-2</v>
+        <v>1.0151769231500518</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>924.05607254999995</v>
+        <v>924.73549839999998</v>
       </c>
       <c r="C420" s="5">
-        <v>0.55640725000000657</v>
+        <v>0.76105669999992642</v>
       </c>
       <c r="D420" s="5">
-        <v>0.72539896113850144</v>
+        <v>0.9929027129741419</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>924.24337381999999</v>
+        <v>924.60729979999996</v>
       </c>
       <c r="C421" s="5">
-        <v>0.18730127000003449</v>
+        <v>-0.12819860000001881</v>
       </c>
       <c r="D421" s="5">
-        <v>0.24350498729839298</v>
+        <v>-0.16623248033126314</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>926.12948118999998</v>
+        <v>926.47666279999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.8861073699999906</v>
+        <v>1.8693630000000212</v>
       </c>
       <c r="D422" s="5">
-        <v>2.4765184401148943</v>
+        <v>2.4533106370777658</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>928.88684203000003</v>
+        <v>929.20323359999998</v>
       </c>
       <c r="C423" s="5">
-        <v>2.7573608400000467</v>
+        <v>2.7265707999999904</v>
       </c>
       <c r="D423" s="5">
-        <v>3.6318430301810922</v>
+        <v>3.5892618415084288</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>931.55068094000001</v>
+        <v>931.76703529999997</v>
       </c>
       <c r="C424" s="5">
-        <v>2.6638389099999813</v>
+        <v>2.5638016999999991</v>
       </c>
       <c r="D424" s="5">
-        <v>3.4961321088114339</v>
+        <v>3.3616776769288759</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>932.27037497000003</v>
+        <v>932.39120479999997</v>
       </c>
       <c r="C425" s="5">
-        <v>0.71969403000002785</v>
+        <v>0.6241694999999936</v>
       </c>
       <c r="D425" s="5">
-        <v>0.93104115896498474</v>
+        <v>0.80682092670714134</v>
       </c>
       <c r="E425" s="5">
-        <v>1.2829583604411443</v>
+        <v>1.2830260672584304</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>935.10142513999995</v>
+        <v>935.64629249999996</v>
       </c>
       <c r="C426" s="5">
-        <v>2.8310501699999122</v>
+        <v>3.25508769999999</v>
       </c>
       <c r="D426" s="5">
-        <v>3.7055554082589204</v>
+        <v>4.2707252293727516</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>936.36671523999996</v>
+        <v>936.83897469999999</v>
       </c>
       <c r="C427" s="5">
-        <v>1.2652901000000156</v>
+        <v>1.1926822000000357</v>
       </c>
       <c r="D427" s="5">
-        <v>1.6358641548053443</v>
+        <v>1.5404278151865292</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>936.52675524000006</v>
+        <v>936.92454139999995</v>
       </c>
       <c r="C428" s="5">
-        <v>0.16004000000009455</v>
+        <v>8.5566699999958473E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>0.2052920422322746</v>
+        <v>0.10965773130529044</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>938.19715739000003</v>
+        <v>938.84257830000001</v>
       </c>
       <c r="C429" s="5">
-        <v>1.6704021499999726</v>
+        <v>1.918036900000061</v>
       </c>
       <c r="D429" s="5">
-        <v>2.1614584677885462</v>
+        <v>2.4844445381469349</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>939.51968437000005</v>
+        <v>939.00132580000002</v>
       </c>
       <c r="C430" s="5">
-        <v>1.3225269800000206</v>
+        <v>0.15874750000000404</v>
       </c>
       <c r="D430" s="5">
-        <v>1.7047533342495313</v>
+        <v>0.20309502785875733</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>937.03687059000004</v>
+        <v>938.00864720000004</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.482813780000015</v>
+        <v>-0.99267859999997654</v>
       </c>
       <c r="D431" s="5">
-        <v>-3.1254820390179905</v>
+        <v>-1.2612468547909317</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>936.85600092000004</v>
+        <v>937.58696299999997</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.18086966999999277</v>
+        <v>-0.42168420000007245</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.23138185886834028</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.53813123967531018</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>936.29319442999997</v>
+        <v>937.02371740000001</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.56280649000007088</v>
+        <v>-0.56324559999995927</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.71851041014123762</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.71851040014716538</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>932.77463431000001</v>
+        <v>933.50241200000005</v>
       </c>
       <c r="C434" s="5">
-        <v>-3.518560119999961</v>
+        <v>-3.5213053999999602</v>
       </c>
       <c r="D434" s="5">
-        <v>-4.4175123347358962</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.4175123321004701</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>935.0988433</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.5964312999999493</v>
+      </c>
+      <c r="D435" s="5">
+        <v>2.0715957204718638</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>934.71146150000004</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-0.38738179999995737</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-0.4959908319679518</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>935.85360519999995</v>
+      </c>
+      <c r="C437" s="5">
+        <v>1.1421436999999059</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.4762000256574037</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.37134631710116217</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>