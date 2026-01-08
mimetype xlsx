--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C1DA31EA-5D66-4BDF-BDF2-B737D52F9C7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B62428CC-3632-417B-8275-E162E138FB87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{09D902FA-CF5E-4EDF-BF19-9DEA5106B50D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{236BE3C8-36FD-464A-8E55-0D353F9DFCAF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE600000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Professional and Business Services</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0ED482E7-BA3E-49E8-A94B-2C029CF0E8E1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECF52603-AC4C-4E95-9947-77E2889C59F1}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-14.838850399999956</v>
       </c>
       <c r="D431" s="5">
         <v>-8.0750090273333353</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>2113.9169287999998</v>
       </c>
       <c r="C432" s="5">
         <v>6.4582491999999547</v>
       </c>
       <c r="D432" s="5">
         <v>3.7399850762897646</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2118.8016487</v>
+        <v>2118.7615885</v>
       </c>
       <c r="C433" s="5">
-        <v>4.8847199000001638</v>
+        <v>4.844659700000193</v>
       </c>
       <c r="D433" s="5">
-        <v>2.8084060501098351</v>
+        <v>2.7850828831218921</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>2109.4434667</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-9.3181217999999717</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-5.1516898213876505</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>