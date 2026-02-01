--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{B62428CC-3632-417B-8275-E162E138FB87}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{66A9939D-CB18-430E-82A4-510BEC0AE718}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{236BE3C8-36FD-464A-8E55-0D353F9DFCAF}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{1D73826A-5D6E-4970-9278-08F50E451BED}"/>
   </bookViews>
   <sheets>
     <sheet name="AE600000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Professional and Business Services</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECF52603-AC4C-4E95-9947-77E2889C59F1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A9E2786-49A8-4EE6-87F6-6AFCD4919B83}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>616.35782391999999</v>
+        <v>616.36008179999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>620.26281814000004</v>
+        <v>620.26443830000005</v>
       </c>
       <c r="C7" s="5">
-        <v>3.9049942200000487</v>
+        <v>3.9043565000000626</v>
       </c>
       <c r="D7" s="5">
-        <v>7.8733132192996713</v>
+        <v>7.8719524651345019</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>627.16139880000003</v>
+        <v>627.16251469999997</v>
       </c>
       <c r="C8" s="5">
-        <v>6.8985806599999933</v>
+        <v>6.8980763999999226</v>
       </c>
       <c r="D8" s="5">
-        <v>14.193889295210504</v>
+        <v>14.19274814026128</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>635.92226893999998</v>
+        <v>635.92311380000001</v>
       </c>
       <c r="C9" s="5">
-        <v>8.7608701399999518</v>
+        <v>8.7605991000000358</v>
       </c>
       <c r="D9" s="5">
-        <v>18.112690186833792</v>
+        <v>18.112051348909208</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>642.76204776999998</v>
+        <v>642.76241049999999</v>
       </c>
       <c r="C10" s="5">
-        <v>6.8397788300000002</v>
+        <v>6.8392966999999771</v>
       </c>
       <c r="D10" s="5">
-        <v>13.698387676557289</v>
+        <v>13.697344983806792</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>656.65952918999994</v>
+        <v>656.65941859999998</v>
       </c>
       <c r="C11" s="5">
-        <v>13.897481419999963</v>
+        <v>13.897008099999994</v>
       </c>
       <c r="D11" s="5">
-        <v>29.264807311069376</v>
+        <v>29.263670701476109</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>654.18450527000005</v>
+        <v>654.18415979999997</v>
       </c>
       <c r="C12" s="5">
-        <v>-2.4750239199998987</v>
+        <v>-2.475258800000006</v>
       </c>
       <c r="D12" s="5">
-        <v>-4.4303425673857477</v>
+        <v>-4.4307550601219825</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>659.21709211999996</v>
+        <v>659.21647329999996</v>
       </c>
       <c r="C13" s="5">
-        <v>5.032586849999916</v>
+        <v>5.0323134999999866</v>
       </c>
       <c r="D13" s="5">
-        <v>9.6322858687312163</v>
+        <v>9.6317456539638755</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>663.94813954000006</v>
+        <v>663.94732309999995</v>
       </c>
       <c r="C14" s="5">
-        <v>4.7310474200000954</v>
+        <v>4.7308497999999872</v>
       </c>
       <c r="D14" s="5">
-        <v>8.9603248540545355</v>
+        <v>8.9599444240010762</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>666.78823922000004</v>
+        <v>666.7871672</v>
       </c>
       <c r="C15" s="5">
-        <v>2.8400996799999803</v>
+        <v>2.8398441000000503</v>
       </c>
       <c r="D15" s="5">
-        <v>5.2556152881500395</v>
+        <v>5.255137770193441</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>670.38582991999999</v>
+        <v>670.38444179999999</v>
       </c>
       <c r="C16" s="5">
-        <v>3.5975906999999552</v>
+        <v>3.5972745999999916</v>
       </c>
       <c r="D16" s="5">
-        <v>6.6701086638219387</v>
+        <v>6.6695161439123352</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>672.15942906999999</v>
+        <v>672.15754010000001</v>
       </c>
       <c r="C17" s="5">
-        <v>1.7735991499999955</v>
+        <v>1.7730983000000151</v>
       </c>
       <c r="D17" s="5">
-        <v>3.2213731737543938</v>
+        <v>3.2204569760226009</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>658.69507199999998</v>
+        <v>658.69737629999997</v>
       </c>
       <c r="C18" s="5">
-        <v>-13.464357070000005</v>
+        <v>-13.460163800000032</v>
       </c>
       <c r="D18" s="5">
-        <v>-21.558583442863977</v>
+        <v>-21.552644971919598</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>662.60380783000005</v>
+        <v>662.60535800000002</v>
       </c>
       <c r="C19" s="5">
-        <v>3.9087358300000687</v>
+        <v>3.9079817000000503</v>
       </c>
       <c r="D19" s="5">
-        <v>7.3579367722458322</v>
+        <v>7.3564439521402569</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>664.78909114999999</v>
+        <v>664.79016360000003</v>
       </c>
       <c r="C20" s="5">
-        <v>2.1852833199999395</v>
+        <v>2.1848056000000042</v>
       </c>
       <c r="D20" s="5">
-        <v>4.0302119444409978</v>
+        <v>4.0293052716402267</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>660.08913749999999</v>
+        <v>660.08998819999999</v>
       </c>
       <c r="C21" s="5">
-        <v>-4.6999536499999977</v>
+        <v>-4.7001754000000346</v>
       </c>
       <c r="D21" s="5">
-        <v>-8.1615763448536391</v>
+        <v>-8.1619339107426132</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>664.31765475999998</v>
+        <v>664.31798319999996</v>
       </c>
       <c r="C22" s="5">
-        <v>4.2285172599999896</v>
+        <v>4.2279949999999644</v>
       </c>
       <c r="D22" s="5">
-        <v>7.9638839159142494</v>
+        <v>7.9628547711677378</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>664.26385409</v>
+        <v>664.2637684</v>
       </c>
       <c r="C23" s="5">
-        <v>-5.3800669999986894E-2</v>
+        <v>-5.4214799999954266E-2</v>
       </c>
       <c r="D23" s="5">
-        <v>-9.7140357935399102E-2</v>
+        <v>-9.7887710687583063E-2</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>661.45466911999995</v>
+        <v>661.45434439999997</v>
       </c>
       <c r="C24" s="5">
-        <v>-2.8091849700000466</v>
+        <v>-2.8094240000000354</v>
       </c>
       <c r="D24" s="5">
-        <v>-4.9584335368260462</v>
+        <v>-4.9588463031596692</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>663.57737573999998</v>
+        <v>663.57681830000001</v>
       </c>
       <c r="C25" s="5">
-        <v>2.1227066200000309</v>
+        <v>2.1224739000000454</v>
       </c>
       <c r="D25" s="5">
-        <v>3.9196822367556283</v>
+        <v>3.9192468537031511</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>662.56923298000004</v>
+        <v>662.56853890000002</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.0081427599999415</v>
+        <v>-1.0082793999999922</v>
       </c>
       <c r="D26" s="5">
-        <v>-1.8079483229147209</v>
+        <v>-1.8081928277673631</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>663.07323020000001</v>
+        <v>663.0722796</v>
       </c>
       <c r="C27" s="5">
-        <v>0.50399721999997382</v>
+        <v>0.50374069999998028</v>
       </c>
       <c r="D27" s="5">
-        <v>0.91663382877438249</v>
+        <v>0.91616629984394571</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>665.25080733000004</v>
+        <v>665.2496261</v>
       </c>
       <c r="C28" s="5">
-        <v>2.1775771300000315</v>
+        <v>2.1773464999999987</v>
       </c>
       <c r="D28" s="5">
-        <v>4.0128474451245122</v>
+        <v>4.0124205908684152</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>664.28467521000005</v>
+        <v>664.28305550000005</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.96613211999999749</v>
+        <v>-0.96657059999995454</v>
       </c>
       <c r="D29" s="5">
-        <v>-1.7288859714298277</v>
+        <v>-1.7296674150657942</v>
       </c>
       <c r="E29" s="5">
-        <v>-1.1715604244212474</v>
+        <v>-1.1715236578062393</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>665.55660422000005</v>
+        <v>665.55865779999999</v>
       </c>
       <c r="C30" s="5">
-        <v>1.271929010000008</v>
+        <v>1.2756022999999459</v>
       </c>
       <c r="D30" s="5">
-        <v>2.3220338917429695</v>
+        <v>2.3288165728320154</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>666.65545524000004</v>
+        <v>666.65669779999996</v>
       </c>
       <c r="C31" s="5">
-        <v>1.0988510199999837</v>
+        <v>1.098039999999969</v>
       </c>
       <c r="D31" s="5">
-        <v>1.9993209961864489</v>
+        <v>1.9978257379518416</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>667.81332206000002</v>
+        <v>667.81418410000003</v>
       </c>
       <c r="C32" s="5">
-        <v>1.1578668199999811</v>
+        <v>1.1574863000000732</v>
       </c>
       <c r="D32" s="5">
-        <v>2.1042204469205572</v>
+        <v>2.1035183431441951</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>668.37769013000002</v>
+        <v>668.3784508</v>
       </c>
       <c r="C33" s="5">
-        <v>0.56436807000000044</v>
+        <v>0.56426669999996193</v>
       </c>
       <c r="D33" s="5">
-        <v>1.0188452276825188</v>
+        <v>1.0186600536117085</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>670.07566741999995</v>
+        <v>670.07590679999998</v>
       </c>
       <c r="C34" s="5">
-        <v>1.6979772899999261</v>
+        <v>1.6974559999999883</v>
       </c>
       <c r="D34" s="5">
-        <v>3.0914932330256217</v>
+        <v>3.0905272617067325</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>670.31830400000001</v>
+        <v>670.31824749999998</v>
       </c>
       <c r="C35" s="5">
-        <v>0.24263658000006672</v>
+        <v>0.24234069999999974</v>
       </c>
       <c r="D35" s="5">
-        <v>0.4353903347596999</v>
+        <v>0.43485819151816152</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>672.33326642999998</v>
+        <v>672.33295420000002</v>
       </c>
       <c r="C36" s="5">
-        <v>2.0149624299999687</v>
+        <v>2.0147067000000334</v>
       </c>
       <c r="D36" s="5">
-        <v>3.6674128409160511</v>
+        <v>3.6669399824273752</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>672.37338396999996</v>
+        <v>672.37291660000005</v>
       </c>
       <c r="C37" s="5">
-        <v>4.011753999998291E-2</v>
+        <v>3.9962400000035814E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>7.1626457422735434E-2</v>
+        <v>7.1349410728882567E-2</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>673.07012473999998</v>
+        <v>673.06957650000004</v>
       </c>
       <c r="C38" s="5">
-        <v>0.69674077000001944</v>
+        <v>0.69665989999998601</v>
       </c>
       <c r="D38" s="5">
-        <v>1.2506006100080125</v>
+        <v>1.2504555000178774</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>681.03078698000002</v>
+        <v>681.029988</v>
       </c>
       <c r="C39" s="5">
-        <v>7.9606622400000333</v>
+        <v>7.9604114999999638</v>
       </c>
       <c r="D39" s="5">
-        <v>15.153508175264975</v>
+        <v>15.153012569931512</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>679.24909405000005</v>
+        <v>679.24825069999997</v>
       </c>
       <c r="C40" s="5">
-        <v>-1.7816929299999629</v>
+        <v>-1.7817373000000316</v>
       </c>
       <c r="D40" s="5">
-        <v>-3.0946239967479361</v>
+        <v>-3.0947035361109987</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>684.32215064000002</v>
+        <v>684.32109349999996</v>
       </c>
       <c r="C41" s="5">
-        <v>5.0730565899999647</v>
+        <v>5.0728427999999894</v>
       </c>
       <c r="D41" s="5">
-        <v>9.3398211665648887</v>
+        <v>9.3394233354122669</v>
       </c>
       <c r="E41" s="5">
-        <v>3.0163988690038002</v>
+        <v>3.0164909121334516</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>687.07406020999997</v>
+        <v>687.07562540000004</v>
       </c>
       <c r="C42" s="5">
-        <v>2.7519095699999525</v>
+        <v>2.7545319000000745</v>
       </c>
       <c r="D42" s="5">
-        <v>4.933813573749779</v>
+        <v>4.938627437289167</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>689.81736276000004</v>
+        <v>689.81818320000002</v>
       </c>
       <c r="C43" s="5">
-        <v>2.7433025500000667</v>
+        <v>2.7425577999999859</v>
       </c>
       <c r="D43" s="5">
-        <v>4.8979079313259399</v>
+        <v>4.8965375231450725</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>691.26920239000003</v>
+        <v>691.26980709999998</v>
       </c>
       <c r="C44" s="5">
-        <v>1.4518396299999949</v>
+        <v>1.4516238999999587</v>
       </c>
       <c r="D44" s="5">
-        <v>2.5550487392603571</v>
+        <v>2.5546616040051928</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>698.44572925</v>
+        <v>698.4463528</v>
       </c>
       <c r="C45" s="5">
-        <v>7.1765268599999672</v>
+        <v>7.1765457000000197</v>
       </c>
       <c r="D45" s="5">
-        <v>13.194543283108896</v>
+        <v>13.194567713816552</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>702.56883485000003</v>
+        <v>702.56896059999997</v>
       </c>
       <c r="C46" s="5">
-        <v>4.1231056000000308</v>
+        <v>4.1226077999999688</v>
       </c>
       <c r="D46" s="5">
-        <v>7.3184963944600057</v>
+        <v>7.3175771747778784</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>705.61885817999996</v>
+        <v>705.61884050000003</v>
       </c>
       <c r="C47" s="5">
-        <v>3.0500233299999309</v>
+        <v>3.0498799000000645</v>
       </c>
       <c r="D47" s="5">
-        <v>5.3356977699023922</v>
+        <v>5.3354398553100202</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>710.88949918000003</v>
+        <v>710.88922409999998</v>
       </c>
       <c r="C48" s="5">
-        <v>5.2706410000000687</v>
+        <v>5.2703835999999455</v>
       </c>
       <c r="D48" s="5">
-        <v>9.3409997117154031</v>
+        <v>9.3405248720384257</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>713.81858729999999</v>
+        <v>713.81822169999998</v>
       </c>
       <c r="C49" s="5">
-        <v>2.9290881199999603</v>
+        <v>2.9289976000000024</v>
       </c>
       <c r="D49" s="5">
-        <v>5.0579784797294636</v>
+        <v>5.0578206115348356</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>719.71080954000001</v>
+        <v>719.71041920000005</v>
       </c>
       <c r="C50" s="5">
-        <v>5.8922222400000237</v>
+        <v>5.8921975000000657</v>
       </c>
       <c r="D50" s="5">
-        <v>10.367721477065771</v>
+        <v>10.36768150392402</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>721.86138855000002</v>
+        <v>721.86076430000003</v>
       </c>
       <c r="C51" s="5">
-        <v>2.1505790100000013</v>
+        <v>2.1503450999999814</v>
       </c>
       <c r="D51" s="5">
-        <v>3.6452598130910285</v>
+        <v>3.6448588040848273</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>722.56621056999995</v>
+        <v>722.56570910000005</v>
       </c>
       <c r="C52" s="5">
-        <v>0.70482201999993777</v>
+        <v>0.70494480000002113</v>
       </c>
       <c r="D52" s="5">
-        <v>1.1779868999662213</v>
+        <v>1.1781942330807871</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>725.16959225999994</v>
+        <v>725.16905589999999</v>
       </c>
       <c r="C53" s="5">
-        <v>2.603381689999992</v>
+        <v>2.6033467999999402</v>
       </c>
       <c r="D53" s="5">
-        <v>4.4102739098255128</v>
+        <v>4.4102167497402034</v>
       </c>
       <c r="E53" s="5">
-        <v>5.9690368902713509</v>
+        <v>5.96912221294843</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>733.97905358000003</v>
+        <v>733.98010959999999</v>
       </c>
       <c r="C54" s="5">
-        <v>8.8094613200000822</v>
+        <v>8.8110537000000022</v>
       </c>
       <c r="D54" s="5">
-        <v>15.592318133073292</v>
+        <v>15.595339839254807</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>734.06344782999997</v>
+        <v>734.06389349999995</v>
       </c>
       <c r="C55" s="5">
-        <v>8.4394249999945714E-2</v>
+        <v>8.3783899999957612E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>0.13806547907617706</v>
+        <v>0.13706614758874913</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>740.19068315000004</v>
+        <v>740.19104000000004</v>
       </c>
       <c r="C56" s="5">
-        <v>6.127235320000068</v>
+        <v>6.1271465000000944</v>
       </c>
       <c r="D56" s="5">
-        <v>10.489289478417053</v>
+        <v>10.489123715720726</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>754.49875442999996</v>
+        <v>754.49919390000002</v>
       </c>
       <c r="C57" s="5">
-        <v>14.308071279999922</v>
+        <v>14.308153899999979</v>
       </c>
       <c r="D57" s="5">
-        <v>25.828481160754514</v>
+        <v>25.828632699532484</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>749.31676037</v>
+        <v>749.31678569999997</v>
       </c>
       <c r="C58" s="5">
-        <v>-5.1819940599999654</v>
+        <v>-5.1824082000000544</v>
       </c>
       <c r="D58" s="5">
-        <v>-7.9374424214740174</v>
+        <v>-7.9380485540618828</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>754.50923477000003</v>
+        <v>754.50924220000002</v>
       </c>
       <c r="C59" s="5">
-        <v>5.1924744000000373</v>
+        <v>5.1924565000000484</v>
       </c>
       <c r="D59" s="5">
-        <v>8.6398992864242796</v>
+        <v>8.6398680546299964</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>765.97733661999996</v>
+        <v>765.97711089999996</v>
       </c>
       <c r="C60" s="5">
-        <v>11.468101849999925</v>
+        <v>11.46786869999994</v>
       </c>
       <c r="D60" s="5">
-        <v>19.844008150915961</v>
+        <v>19.843570198779361</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>771.43391469999995</v>
+        <v>771.43365960000006</v>
       </c>
       <c r="C61" s="5">
-        <v>5.4565780799999857</v>
+        <v>5.4565487000000985</v>
       </c>
       <c r="D61" s="5">
-        <v>8.8914281151350814</v>
+        <v>8.891381073319149</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>774.00810621999995</v>
+        <v>774.00787290000005</v>
       </c>
       <c r="C62" s="5">
-        <v>2.5741915199999994</v>
+        <v>2.5742132999999967</v>
       </c>
       <c r="D62" s="5">
-        <v>4.0785837722153495</v>
+        <v>4.078620290106949</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>772.82985728000006</v>
+        <v>772.82944329999998</v>
       </c>
       <c r="C63" s="5">
-        <v>-1.1782489399998894</v>
+        <v>-1.1784296000000722</v>
       </c>
       <c r="D63" s="5">
-        <v>-1.8115065428534916</v>
+        <v>-1.8117825196117709</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>779.19728840000005</v>
+        <v>779.19708390000005</v>
       </c>
       <c r="C64" s="5">
-        <v>6.367431119999992</v>
+        <v>6.3676406000000725</v>
       </c>
       <c r="D64" s="5">
-        <v>10.34749654166076</v>
+        <v>10.347858329640269</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>783.74605754000004</v>
+        <v>783.74594890000003</v>
       </c>
       <c r="C65" s="5">
-        <v>4.5487691399999903</v>
+        <v>4.548864999999978</v>
       </c>
       <c r="D65" s="5">
-        <v>7.2346750974591645</v>
+        <v>7.2348344482310978</v>
       </c>
       <c r="E65" s="5">
-        <v>8.0776229319607715</v>
+        <v>8.0776878885573602</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>784.40095435000001</v>
+        <v>784.40157350000004</v>
       </c>
       <c r="C66" s="5">
-        <v>0.65489680999996835</v>
+        <v>0.6556246000000101</v>
       </c>
       <c r="D66" s="5">
-        <v>1.0073390037319108</v>
+        <v>1.0084637604368174</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>789.64102361000005</v>
+        <v>789.64113850000001</v>
       </c>
       <c r="C67" s="5">
-        <v>5.2400692600000411</v>
+        <v>5.2395649999999705</v>
       </c>
       <c r="D67" s="5">
-        <v>8.3176110690589056</v>
+        <v>8.316774212591449</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>793.59721662000004</v>
+        <v>793.59734749999996</v>
       </c>
       <c r="C68" s="5">
-        <v>3.9561930099999927</v>
+        <v>3.9562089999999444</v>
       </c>
       <c r="D68" s="5">
-        <v>6.1806055094269396</v>
+        <v>6.1806302581370876</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>794.87640766000004</v>
+        <v>794.87667710000005</v>
       </c>
       <c r="C69" s="5">
-        <v>1.2791910400000006</v>
+        <v>1.2793296000000964</v>
       </c>
       <c r="D69" s="5">
-        <v>1.9515079397557589</v>
+        <v>1.9517208770710281</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>798.44850506</v>
+        <v>798.44846270000005</v>
       </c>
       <c r="C70" s="5">
-        <v>3.5720973999999615</v>
+        <v>3.5717855999999983</v>
       </c>
       <c r="D70" s="5">
-        <v>5.5279885143753704</v>
+        <v>5.5274920817853568</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>801.09804449000001</v>
+        <v>801.09808640000006</v>
       </c>
       <c r="C71" s="5">
-        <v>2.6495394300000044</v>
+        <v>2.6496237000000065</v>
       </c>
       <c r="D71" s="5">
-        <v>4.0555176682934624</v>
+        <v>4.0556492385658505</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>796.10685384999999</v>
+        <v>796.10671560000003</v>
       </c>
       <c r="C72" s="5">
-        <v>-4.9911906400000134</v>
+        <v>-4.991370800000027</v>
       </c>
       <c r="D72" s="5">
-        <v>-7.2255699262045674</v>
+        <v>-7.2258215003935362</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>805.42075266999996</v>
+        <v>805.4206064</v>
       </c>
       <c r="C73" s="5">
-        <v>9.3138988199999631</v>
+        <v>9.3138907999999674</v>
       </c>
       <c r="D73" s="5">
-        <v>14.978710123095595</v>
+        <v>14.978699155023346</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>809.64971191999996</v>
+        <v>809.64961240000002</v>
       </c>
       <c r="C74" s="5">
-        <v>4.2289592500000026</v>
+        <v>4.2290060000000267</v>
       </c>
       <c r="D74" s="5">
-        <v>6.4859234855741521</v>
+        <v>6.485998480992361</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>817.30778774999999</v>
+        <v>817.30753530000004</v>
       </c>
       <c r="C75" s="5">
-        <v>7.6580758300000298</v>
+        <v>7.6579229000000169</v>
       </c>
       <c r="D75" s="5">
-        <v>11.959682268624894</v>
+        <v>11.959432425072603</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>823.03662951000001</v>
+        <v>823.03656950000004</v>
       </c>
       <c r="C76" s="5">
-        <v>5.728841760000023</v>
+        <v>5.729034200000001</v>
       </c>
       <c r="D76" s="5">
-        <v>8.7432536419256301</v>
+        <v>8.7435615603158379</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>827.12371753000002</v>
+        <v>827.1236811</v>
       </c>
       <c r="C77" s="5">
-        <v>4.0870880200000101</v>
+        <v>4.0871115999999574</v>
       </c>
       <c r="D77" s="5">
-        <v>6.1245159940948035</v>
+        <v>6.124552758248103</v>
       </c>
       <c r="E77" s="5">
-        <v>5.5346575045178037</v>
+        <v>5.5346674851565414</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>826.02006012000004</v>
+        <v>826.02047479999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.1036574099999825</v>
+        <v>-1.1032063000000107</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.5894992574739586</v>
+        <v>-1.5888543920810627</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>830.31672908999997</v>
+        <v>830.31674180000005</v>
       </c>
       <c r="C79" s="5">
-        <v>4.2966689699999279</v>
+        <v>4.2962670000000571</v>
       </c>
       <c r="D79" s="5">
-        <v>6.4236927895110707</v>
+        <v>6.4230712162964831</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>833.60033542999997</v>
+        <v>833.60034459999997</v>
       </c>
       <c r="C80" s="5">
-        <v>3.2836063400000057</v>
+        <v>3.283602799999926</v>
       </c>
       <c r="D80" s="5">
-        <v>4.8501633064827576</v>
+        <v>4.8501578874871276</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>836.98353534</v>
+        <v>836.98366850000002</v>
       </c>
       <c r="C81" s="5">
-        <v>3.3831999100000303</v>
+        <v>3.3833239000000503</v>
       </c>
       <c r="D81" s="5">
-        <v>4.9804451799405403</v>
+        <v>4.9806317445971304</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>841.47610881000003</v>
+        <v>841.47605950000002</v>
       </c>
       <c r="C82" s="5">
-        <v>4.4925734700000248</v>
+        <v>4.4923909999999978</v>
       </c>
       <c r="D82" s="5">
-        <v>6.6346876944813449</v>
+        <v>6.6344091293997209</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>840.35257443</v>
+        <v>840.35261419999995</v>
       </c>
       <c r="C83" s="5">
-        <v>-1.1235343800000237</v>
+        <v>-1.1234453000000713</v>
       </c>
       <c r="D83" s="5">
-        <v>-1.5905196483730011</v>
+        <v>-1.590394560262165</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>851.88776626000003</v>
+        <v>851.88768340000001</v>
       </c>
       <c r="C84" s="5">
-        <v>11.535191830000031</v>
+        <v>11.535069200000066</v>
       </c>
       <c r="D84" s="5">
-        <v>17.774199068943062</v>
+        <v>17.773994719043774</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>859.23598974000004</v>
+        <v>859.23591810000005</v>
       </c>
       <c r="C85" s="5">
-        <v>7.3482234800000015</v>
+        <v>7.3482347000000345</v>
       </c>
       <c r="D85" s="5">
-        <v>10.856442071874174</v>
+        <v>10.85646054934697</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>861.2779779</v>
+        <v>861.27793410000004</v>
       </c>
       <c r="C86" s="5">
-        <v>2.0419881599999599</v>
+        <v>2.0420159999999896</v>
       </c>
       <c r="D86" s="5">
-        <v>2.8893918575531918</v>
+        <v>2.8894320112615945</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>875.76744459999998</v>
+        <v>875.76730620000001</v>
       </c>
       <c r="C87" s="5">
-        <v>14.48946669999998</v>
+        <v>14.489372099999969</v>
       </c>
       <c r="D87" s="5">
-        <v>22.164620015710291</v>
+        <v>22.164462895245119</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>881.57039597999994</v>
+        <v>881.57038769999997</v>
       </c>
       <c r="C88" s="5">
-        <v>5.8029513799999677</v>
+        <v>5.803081499999962</v>
       </c>
       <c r="D88" s="5">
-        <v>8.2476333238600485</v>
+        <v>8.247826403825087</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>884.08340683999995</v>
+        <v>884.08340490000001</v>
       </c>
       <c r="C89" s="5">
-        <v>2.5130108600000085</v>
+        <v>2.5130172000000357</v>
       </c>
       <c r="D89" s="5">
-        <v>3.4748727935479007</v>
+        <v>3.4748817312526326</v>
       </c>
       <c r="E89" s="5">
-        <v>6.8864775731611205</v>
+        <v>6.8864820463426568</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>891.66995597000005</v>
+        <v>891.67018519999999</v>
       </c>
       <c r="C90" s="5">
-        <v>7.586549130000094</v>
+        <v>7.5867802999999867</v>
       </c>
       <c r="D90" s="5">
-        <v>10.797696382014642</v>
+        <v>10.798041105768919</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>897.13657769999998</v>
+        <v>897.13657639999997</v>
       </c>
       <c r="C91" s="5">
-        <v>5.4666217299999289</v>
+        <v>5.4663911999999755</v>
       </c>
       <c r="D91" s="5">
-        <v>7.6101315743014597</v>
+        <v>7.6097977314567355</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>904.81133196999997</v>
+        <v>904.81131540000001</v>
       </c>
       <c r="C92" s="5">
-        <v>7.674754269999994</v>
+        <v>7.6747390000000451</v>
       </c>
       <c r="D92" s="5">
-        <v>10.762718494124135</v>
+        <v>10.762696079090151</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>918.41052574000003</v>
+        <v>918.41058469999996</v>
       </c>
       <c r="C93" s="5">
-        <v>13.599193770000056</v>
+        <v>13.599269299999946</v>
       </c>
       <c r="D93" s="5">
-        <v>19.604041812988605</v>
+        <v>19.604160236948932</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>925.76969236000002</v>
+        <v>925.7696598</v>
       </c>
       <c r="C94" s="5">
-        <v>7.3591666199999963</v>
+        <v>7.3590751000000409</v>
       </c>
       <c r="D94" s="5">
-        <v>10.050818430495445</v>
+        <v>10.050687203420129</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>932.80063329999996</v>
+        <v>932.80066169999998</v>
       </c>
       <c r="C95" s="5">
-        <v>7.0309409399999367</v>
+        <v>7.0310018999999784</v>
       </c>
       <c r="D95" s="5">
-        <v>9.5041254543509535</v>
+        <v>9.5042116779548547</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>932.33314554000003</v>
+        <v>932.3331015</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.46748775999992631</v>
+        <v>-0.46756019999997989</v>
       </c>
       <c r="D96" s="5">
-        <v>-0.5997440029158807</v>
+        <v>-0.59983666253877743</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>944.16360646999999</v>
+        <v>944.16357740000001</v>
       </c>
       <c r="C97" s="5">
-        <v>11.830460929999958</v>
+        <v>11.83047590000001</v>
       </c>
       <c r="D97" s="5">
-        <v>16.335854528582281</v>
+        <v>16.335877489344639</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>949.45368506</v>
+        <v>949.45365370000002</v>
       </c>
       <c r="C98" s="5">
-        <v>5.2900785900000074</v>
+        <v>5.2900763000000097</v>
       </c>
       <c r="D98" s="5">
-        <v>6.9346220710533979</v>
+        <v>6.9346191961821013</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>953.22224516000006</v>
+        <v>953.22217220000005</v>
       </c>
       <c r="C99" s="5">
-        <v>3.7685601000000588</v>
+        <v>3.7685185000000274</v>
       </c>
       <c r="D99" s="5">
-        <v>4.8683929724870678</v>
+        <v>4.8683382175220169</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>960.78027334000001</v>
+        <v>960.78028389999997</v>
       </c>
       <c r="C100" s="5">
-        <v>7.5580281799999511</v>
+        <v>7.5581116999999267</v>
       </c>
       <c r="D100" s="5">
-        <v>9.9408030793034499</v>
+        <v>9.9409185587080664</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>968.37323927</v>
+        <v>968.37326759999996</v>
       </c>
       <c r="C101" s="5">
-        <v>7.5929659299999912</v>
+        <v>7.5929836999999907</v>
       </c>
       <c r="D101" s="5">
-        <v>9.9067639464535784</v>
+        <v>9.9067880347416306</v>
       </c>
       <c r="E101" s="5">
-        <v>9.5341493548984459</v>
+        <v>9.5341527997049305</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>981.94693269000004</v>
+        <v>981.94697389999999</v>
       </c>
       <c r="C102" s="5">
-        <v>13.573693420000041</v>
+        <v>13.573706300000026</v>
       </c>
       <c r="D102" s="5">
-        <v>18.179694364330178</v>
+        <v>18.179712392495674</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>986.00615775999995</v>
+        <v>986.00619459999996</v>
       </c>
       <c r="C103" s="5">
-        <v>4.0592250699999113</v>
+        <v>4.0592206999999689</v>
       </c>
       <c r="D103" s="5">
-        <v>5.0749789894658948</v>
+        <v>5.0749731832818945</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>989.11362865000001</v>
+        <v>989.11364209999999</v>
       </c>
       <c r="C104" s="5">
-        <v>3.1074708900000587</v>
+        <v>3.1074475000000348</v>
       </c>
       <c r="D104" s="5">
-        <v>3.8481357263105531</v>
+        <v>3.848106111132843</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>991.77981746</v>
+        <v>991.77982059999999</v>
       </c>
       <c r="C105" s="5">
-        <v>2.6661888099999942</v>
+        <v>2.6661785000000009</v>
       </c>
       <c r="D105" s="5">
-        <v>3.2830285115952096</v>
+        <v>3.2830155822036078</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>996.54169318000004</v>
+        <v>996.54168870000001</v>
       </c>
       <c r="C106" s="5">
-        <v>4.7618757200000346</v>
+        <v>4.7618681000000151</v>
       </c>
       <c r="D106" s="5">
-        <v>5.9162230915053016</v>
+        <v>5.9162133536880601</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1002.5637196</v>
+        <v>1002.563724</v>
       </c>
       <c r="C107" s="5">
-        <v>6.0220264199999747</v>
+        <v>6.0220352999999704</v>
       </c>
       <c r="D107" s="5">
-        <v>7.4974428176440622</v>
+        <v>7.4974542781134135</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1006.2971990999999</v>
+        <v>1006.297178</v>
       </c>
       <c r="C108" s="5">
-        <v>3.7334794999999303</v>
+        <v>3.7334540000000516</v>
       </c>
       <c r="D108" s="5">
-        <v>4.5613912020624037</v>
+        <v>4.561359386073649</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1010.3779039</v>
+        <v>1010.377894</v>
       </c>
       <c r="C109" s="5">
-        <v>4.080704800000035</v>
+        <v>4.0807159999999385</v>
       </c>
       <c r="D109" s="5">
-        <v>4.9762158428060088</v>
+        <v>4.976229913373964</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1011.5150258</v>
+        <v>1011.515</v>
       </c>
       <c r="C110" s="5">
-        <v>1.137121900000011</v>
+        <v>1.137106000000017</v>
       </c>
       <c r="D110" s="5">
-        <v>1.3589217364166295</v>
+        <v>1.358902630690606</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1025.5811653999999</v>
+        <v>1025.5811550000001</v>
       </c>
       <c r="C111" s="5">
-        <v>14.066139599999929</v>
+        <v>14.066155000000094</v>
       </c>
       <c r="D111" s="5">
-        <v>18.024556263432046</v>
+        <v>18.024578025797268</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1028.5013409999999</v>
+        <v>1028.50134</v>
       </c>
       <c r="C112" s="5">
-        <v>2.9201755999999932</v>
+        <v>2.9201849999999467</v>
       </c>
       <c r="D112" s="5">
-        <v>3.4708243720892984</v>
+        <v>3.4708357559126934</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1034.4412083</v>
+        <v>1034.4412170000001</v>
       </c>
       <c r="C113" s="5">
-        <v>5.9398673000000599</v>
+        <v>5.9398770000000241</v>
       </c>
       <c r="D113" s="5">
-        <v>7.1547450681670677</v>
+        <v>7.1547571328826942</v>
       </c>
       <c r="E113" s="5">
-        <v>6.8225727798720159</v>
+        <v>6.822570553165086</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1039.0229385</v>
+        <v>1039.0229549999999</v>
       </c>
       <c r="C114" s="5">
-        <v>4.5817302000000382</v>
+        <v>4.5817379999998593</v>
       </c>
       <c r="D114" s="5">
-        <v>5.4464278970084878</v>
+        <v>5.4464373491835083</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1043.9524028000001</v>
+        <v>1043.9524200000001</v>
       </c>
       <c r="C115" s="5">
-        <v>4.9294643000000633</v>
+        <v>4.9294650000001639</v>
       </c>
       <c r="D115" s="5">
-        <v>5.8441236873164382</v>
+        <v>5.8441244437331674</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1049.1532101</v>
+        <v>1049.1532110000001</v>
       </c>
       <c r="C116" s="5">
-        <v>5.2008072999999513</v>
+        <v>5.2007909999999811</v>
       </c>
       <c r="D116" s="5">
-        <v>6.1447666988613481</v>
+        <v>6.1447468056202492</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1048.7404018</v>
+        <v>1048.740403</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.41280830000005153</v>
+        <v>-0.41280800000004092</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.47114124280638325</v>
+        <v>-0.47114090075142112</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1049.5940820000001</v>
+        <v>1049.5940800000001</v>
       </c>
       <c r="C118" s="5">
-        <v>0.85368020000009892</v>
+        <v>0.85367700000006153</v>
       </c>
       <c r="D118" s="5">
-        <v>0.98119138590699873</v>
+        <v>0.98118769032453645</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1052.331733</v>
+        <v>1052.3317340000001</v>
       </c>
       <c r="C119" s="5">
-        <v>2.7376509999999143</v>
+        <v>2.7376540000000205</v>
       </c>
       <c r="D119" s="5">
-        <v>3.1752478284466035</v>
+        <v>3.1752513641832847</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1058.3514009999999</v>
+        <v>1058.351394</v>
       </c>
       <c r="C120" s="5">
-        <v>6.0196679999999105</v>
+        <v>6.0196599999999307</v>
       </c>
       <c r="D120" s="5">
-        <v>7.084513466747544</v>
+        <v>7.0845037464753791</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1060.1196075</v>
+        <v>1060.1196050000001</v>
       </c>
       <c r="C121" s="5">
-        <v>1.768206500000133</v>
+        <v>1.7682110000000648</v>
       </c>
       <c r="D121" s="5">
-        <v>2.0233868815853873</v>
+        <v>2.0233920919230375</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1062.0906749000001</v>
+        <v>1062.0906640000001</v>
       </c>
       <c r="C122" s="5">
-        <v>1.9710674000000381</v>
+        <v>1.9710589999999684</v>
       </c>
       <c r="D122" s="5">
-        <v>2.2541031740414663</v>
+        <v>2.2540934747663277</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1066.2589814999999</v>
+        <v>1066.2589809999999</v>
       </c>
       <c r="C123" s="5">
-        <v>4.1683065999998234</v>
+        <v>4.1683169999998881</v>
       </c>
       <c r="D123" s="5">
-        <v>4.8125482119715901</v>
+        <v>4.8125605301905683</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1070.6218108999999</v>
+        <v>1070.6218120000001</v>
       </c>
       <c r="C124" s="5">
-        <v>4.3628294000000096</v>
+        <v>4.362831000000142</v>
       </c>
       <c r="D124" s="5">
-        <v>5.0220789263807353</v>
+        <v>5.0220808122029448</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1079.3937370000001</v>
+        <v>1079.39374</v>
       </c>
       <c r="C125" s="5">
-        <v>8.7719261000002007</v>
+        <v>8.7719279999998889</v>
       </c>
       <c r="D125" s="5">
-        <v>10.287346008172161</v>
+        <v>10.287348326717737</v>
       </c>
       <c r="E125" s="5">
-        <v>4.3455856494614142</v>
+        <v>4.3455850618914216</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1090.2489912000001</v>
+        <v>1090.2489969999999</v>
       </c>
       <c r="C126" s="5">
-        <v>10.85525419999999</v>
+        <v>10.855256999999938</v>
       </c>
       <c r="D126" s="5">
-        <v>12.758579510511492</v>
+        <v>12.758582948133924</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1091.1330269</v>
+        <v>1091.1330330000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.88403569999991305</v>
+        <v>0.88403600000015103</v>
       </c>
       <c r="D127" s="5">
-        <v>0.97737921585252518</v>
+        <v>0.97737954378707137</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1098.8854624000001</v>
+        <v>1098.8854590000001</v>
       </c>
       <c r="C128" s="5">
-        <v>7.7524355000000469</v>
+        <v>7.752426000000014</v>
       </c>
       <c r="D128" s="5">
-        <v>8.867116176304247</v>
+        <v>8.8671048307444433</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1101.8198915</v>
+        <v>1101.819892</v>
       </c>
       <c r="C129" s="5">
-        <v>2.9344290999999885</v>
+        <v>2.934432999999899</v>
       </c>
       <c r="D129" s="5">
-        <v>3.2519273542520821</v>
+        <v>3.2519317501062739</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
         <v>1107.824934</v>
       </c>
       <c r="C130" s="5">
-        <v>6.005042499999945</v>
+        <v>6.0050420000000031</v>
       </c>
       <c r="D130" s="5">
-        <v>6.739785359246131</v>
+        <v>6.739784777990776</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1118.7769453999999</v>
+        <v>1118.7769450000001</v>
       </c>
       <c r="C131" s="5">
-        <v>10.952011399999947</v>
+        <v>10.952011000000084</v>
       </c>
       <c r="D131" s="5">
-        <v>12.530039596662569</v>
+        <v>12.530039113864099</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1122.7889970000001</v>
+        <v>1122.7889950000001</v>
       </c>
       <c r="C132" s="5">
-        <v>4.0120516000001771</v>
+        <v>4.0120500000000447</v>
       </c>
       <c r="D132" s="5">
-        <v>4.3892258125783901</v>
+        <v>4.3892240290943185</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1129.4912671</v>
+        <v>1129.4912670000001</v>
       </c>
       <c r="C133" s="5">
-        <v>6.7022700999998506</v>
+        <v>6.7022719999999936</v>
       </c>
       <c r="D133" s="5">
-        <v>7.4030842133756991</v>
+        <v>7.4030863950460102</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1134.5246474</v>
+        <v>1134.5246440000001</v>
       </c>
       <c r="C134" s="5">
-        <v>5.0333803000000898</v>
+        <v>5.0333769999999731</v>
       </c>
       <c r="D134" s="5">
-        <v>5.480625043067433</v>
+        <v>5.4806213618176614</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1135.6549974</v>
+        <v>1135.654998</v>
       </c>
       <c r="C135" s="5">
-        <v>1.1303499999999076</v>
+        <v>1.1303539999998975</v>
       </c>
       <c r="D135" s="5">
-        <v>1.2021577515217041</v>
+        <v>1.20216203259087</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1137.4020759</v>
+        <v>1137.402077</v>
       </c>
       <c r="C136" s="5">
-        <v>1.7470785000000433</v>
+        <v>1.7470789999999852</v>
       </c>
       <c r="D136" s="5">
-        <v>1.86176629979391</v>
+        <v>1.8617668361410766</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1138.5730621</v>
+        <v>1138.573063</v>
       </c>
       <c r="C137" s="5">
-        <v>1.1709862000000157</v>
+        <v>1.1709860000000845</v>
       </c>
       <c r="D137" s="5">
-        <v>1.2424520297193098</v>
+        <v>1.2424518151020525</v>
       </c>
       <c r="E137" s="5">
-        <v>5.4826448469563305</v>
+        <v>5.4826446371645687</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1139.0365366999999</v>
+        <v>1139.0365389999999</v>
       </c>
       <c r="C138" s="5">
-        <v>0.4634745999999268</v>
+        <v>0.46347599999990052</v>
       </c>
       <c r="D138" s="5">
-        <v>0.48957455399962768</v>
+        <v>0.48957603576347264</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1135.6061376</v>
+        <v>1135.6061400000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-3.4303990999999314</v>
+        <v>-3.4303989999998521</v>
       </c>
       <c r="D139" s="5">
-        <v>-3.5547347502549953</v>
+        <v>-3.5547346412813208</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1133.0281907000001</v>
+        <v>1133.0281869999999</v>
       </c>
       <c r="C140" s="5">
-        <v>-2.5779468999999153</v>
+        <v>-2.5779530000002069</v>
       </c>
       <c r="D140" s="5">
-        <v>-2.6903715573572184</v>
+        <v>-2.6903778384920751</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1126.1490765999999</v>
+        <v>1126.149077</v>
       </c>
       <c r="C141" s="5">
-        <v>-6.8791141000001517</v>
+        <v>-6.8791099999998551</v>
       </c>
       <c r="D141" s="5">
-        <v>-7.047294833050044</v>
+        <v>-7.0472907943164742</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1123.4822641000001</v>
+        <v>1123.482264</v>
       </c>
       <c r="C142" s="5">
-        <v>-2.6668124999998781</v>
+        <v>-2.6668130000000474</v>
       </c>
       <c r="D142" s="5">
-        <v>-2.8049765520401837</v>
+        <v>-2.8049770701307097</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1120.7884376</v>
+        <v>1120.788438</v>
       </c>
       <c r="C143" s="5">
-        <v>-2.6938265000001138</v>
+        <v>-2.6938259999999445</v>
       </c>
       <c r="D143" s="5">
-        <v>-2.8396536666108307</v>
+        <v>-2.8396531467243413</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1112.8342841000001</v>
+        <v>1112.834284</v>
       </c>
       <c r="C144" s="5">
-        <v>-7.9541534999998476</v>
+        <v>-7.9541540000000168</v>
       </c>
       <c r="D144" s="5">
-        <v>-8.1916337836895554</v>
+        <v>-8.1916342758768579</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1112.6178109</v>
+        <v>1112.6178110000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.2164732000001095</v>
+        <v>-0.21647299999995084</v>
       </c>
       <c r="D145" s="5">
-        <v>-0.23317946132087597</v>
+        <v>-0.23317924613714958</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1101.5819919999999</v>
+        <v>1101.5819899999999</v>
       </c>
       <c r="C146" s="5">
-        <v>-11.035818900000095</v>
+        <v>-11.035821000000169</v>
       </c>
       <c r="D146" s="5">
-        <v>-11.274217549777655</v>
+        <v>-11.274219578526946</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1090.1401343</v>
+        <v>1090.1401350000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-11.4418576999999</v>
+        <v>-11.441854999999805</v>
       </c>
       <c r="D147" s="5">
-        <v>-11.776148586286904</v>
+        <v>-11.776145984364227</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1088.5696522000001</v>
+        <v>1088.569653</v>
       </c>
       <c r="C148" s="5">
-        <v>-1.5704820999999356</v>
+        <v>-1.5704820000000836</v>
       </c>
       <c r="D148" s="5">
-        <v>-1.7151168049045817</v>
+        <v>-1.7151166954664565</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1083.9707152000001</v>
+        <v>1083.970716</v>
       </c>
       <c r="C149" s="5">
         <v>-4.5989369999999781</v>
       </c>
       <c r="D149" s="5">
-        <v>-4.9535455602129908</v>
+        <v>-4.9535455566568354</v>
       </c>
       <c r="E149" s="5">
-        <v>-4.7956823077555111</v>
+        <v>-4.7956823127476405</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1077.8491045000001</v>
+        <v>1077.8491059999999</v>
       </c>
       <c r="C150" s="5">
-        <v>-6.1216107000000193</v>
+        <v>-6.1216100000001461</v>
       </c>
       <c r="D150" s="5">
-        <v>-6.5702922180427166</v>
+        <v>-6.5702914852177274</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1075.6103751000001</v>
+        <v>1075.6103760000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.2387294000000111</v>
+        <v>-2.2387299999998049</v>
       </c>
       <c r="D151" s="5">
-        <v>-2.4641643260472801</v>
+        <v>-2.4641649755494099</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1075.2960442000001</v>
+        <v>1075.2960430000001</v>
       </c>
       <c r="C152" s="5">
-        <v>-0.314330899999959</v>
+        <v>-0.31433300000003328</v>
       </c>
       <c r="D152" s="5">
-        <v>-0.35011879120406819</v>
+        <v>-0.35012112624708269</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1076.8375392999999</v>
+        <v>1076.8375390000001</v>
       </c>
       <c r="C153" s="5">
-        <v>1.5414950999997927</v>
+        <v>1.5414960000000519</v>
       </c>
       <c r="D153" s="5">
-        <v>1.7338935069398875</v>
+        <v>1.7338945292172614</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1077.9177302000001</v>
+        <v>1077.9177299999999</v>
       </c>
       <c r="C154" s="5">
-        <v>1.0801909000001615</v>
+        <v>1.0801909999997861</v>
       </c>
       <c r="D154" s="5">
-        <v>1.2104003249965078</v>
+        <v>1.2104004380082412</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1074.9834493000001</v>
+        <v>1074.9834490000001</v>
       </c>
       <c r="C155" s="5">
-        <v>-2.9342808999999761</v>
+        <v>-2.9342809999998281</v>
       </c>
       <c r="D155" s="5">
-        <v>-3.2181437334919183</v>
+        <v>-3.2181438421172825</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1074.9314431</v>
+        <v>1074.9314429999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-5.200620000005074E-2</v>
+        <v>-5.2006000000119457E-2</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.8038881622990424E-2</v>
+        <v>-5.8038658498871243E-2</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1080.8918197</v>
+        <v>1080.8918200000001</v>
       </c>
       <c r="C157" s="5">
-        <v>5.9603766000000178</v>
+        <v>5.9603770000001077</v>
       </c>
       <c r="D157" s="5">
-        <v>6.8605881192019602</v>
+        <v>6.8605885944038603</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1076.1009461000001</v>
+        <v>1076.100946</v>
       </c>
       <c r="C158" s="5">
-        <v>-4.7908735999999408</v>
+        <v>-4.7908740000000307</v>
       </c>
       <c r="D158" s="5">
-        <v>-5.1910366781704358</v>
+        <v>-5.1910370996647188</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1072.2724295</v>
+        <v>1072.27243</v>
       </c>
       <c r="C159" s="5">
-        <v>-3.8285166000000572</v>
+        <v>-3.828516000000036</v>
       </c>
       <c r="D159" s="5">
-        <v>-4.1867625613727704</v>
+        <v>-4.1867619183961091</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1073.4731850999999</v>
+        <v>1073.4731850000001</v>
       </c>
       <c r="C160" s="5">
-        <v>1.2007555999998658</v>
+        <v>1.200755000000072</v>
       </c>
       <c r="D160" s="5">
-        <v>1.3520953024244609</v>
+        <v>1.3520946220017205</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
         <v>1069.0374220000001</v>
       </c>
       <c r="C161" s="5">
-        <v>-4.4357630999998037</v>
+        <v>-4.4357629999999517</v>
       </c>
       <c r="D161" s="5">
-        <v>-4.8474367140908248</v>
+        <v>-4.8474366077231323</v>
       </c>
       <c r="E161" s="5">
-        <v>-1.3776472916286031</v>
+        <v>-1.3776473644145915</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1067.8807012</v>
+        <v>1067.8807019999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.1567208000001301</v>
+        <v>-1.1567200000001776</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.2907257677483686</v>
+        <v>-1.290724880374905</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1064.8899146000001</v>
+        <v>1064.889915</v>
       </c>
       <c r="C163" s="5">
-        <v>-2.9907865999998648</v>
+        <v>-2.9907869999999548</v>
       </c>
       <c r="D163" s="5">
-        <v>-3.3095211112573519</v>
+        <v>-3.3095215446492854</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1064.4324426000001</v>
+        <v>1064.432442</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.4574720000000525</v>
+        <v>-0.45747299999993629</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.51429839238770203</v>
+        <v>-0.51429951375819849</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1064.9474909</v>
+        <v>1064.9474909999999</v>
       </c>
       <c r="C165" s="5">
-        <v>0.51504829999998947</v>
+        <v>0.51504899999986264</v>
       </c>
       <c r="D165" s="5">
-        <v>0.58219331148974263</v>
+        <v>0.58219410518220993</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1064.8808157000001</v>
+        <v>1064.8808160000001</v>
       </c>
       <c r="C166" s="5">
-        <v>-6.6675199999963297E-2</v>
+        <v>-6.6674999999804641E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>-7.5104824403715575E-2</v>
+        <v>-7.5104599188346999E-2</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1060.4985027</v>
+        <v>1060.498503</v>
       </c>
       <c r="C167" s="5">
         <v>-4.3823130000000674</v>
       </c>
       <c r="D167" s="5">
-        <v>-4.82811328447238</v>
+        <v>-4.8281132831427982</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1061.3683294</v>
+        <v>1061.36833</v>
       </c>
       <c r="C168" s="5">
-        <v>0.86982669999997597</v>
+        <v>0.86982699999998658</v>
       </c>
       <c r="D168" s="5">
-        <v>0.98869882094401174</v>
+        <v>0.98869916320150075</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1065.9011316000001</v>
+        <v>1065.901132</v>
       </c>
       <c r="C169" s="5">
-        <v>4.5328022000001056</v>
+        <v>4.5328019999999469</v>
       </c>
       <c r="D169" s="5">
-        <v>5.2469663403685196</v>
+        <v>5.2469661003563761</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1067.3159125</v>
+        <v>1067.3159129999999</v>
       </c>
       <c r="C170" s="5">
-        <v>1.4147808999998688</v>
+        <v>1.4147809999999481</v>
       </c>
       <c r="D170" s="5">
-        <v>1.604450782578537</v>
+        <v>1.6044508962076431</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1072.1836645000001</v>
+        <v>1072.183665</v>
       </c>
       <c r="C171" s="5">
         <v>4.8677520000001095</v>
       </c>
       <c r="D171" s="5">
-        <v>5.6122808299396976</v>
+        <v>5.6122808272440095</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1076.0166839000001</v>
+        <v>1076.0166839999999</v>
       </c>
       <c r="C172" s="5">
-        <v>3.833019400000012</v>
+        <v>3.833018999999922</v>
       </c>
       <c r="D172" s="5">
-        <v>4.3753221509467366</v>
+        <v>4.3753216832584485</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1082.9964465999999</v>
+        <v>1082.996447</v>
       </c>
       <c r="C173" s="5">
-        <v>6.9797626999998101</v>
+        <v>6.9797630000000481</v>
       </c>
       <c r="D173" s="5">
-        <v>8.0678017434286922</v>
+        <v>8.0678021018815613</v>
       </c>
       <c r="E173" s="5">
-        <v>1.3057564041008662</v>
+        <v>1.3057564415177136</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1088.8421198999999</v>
+        <v>1088.84212</v>
       </c>
       <c r="C174" s="5">
-        <v>5.845673300000044</v>
+        <v>5.8456730000000334</v>
       </c>
       <c r="D174" s="5">
-        <v>6.6730147191926603</v>
+        <v>6.6730143639651907</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1090.7202327</v>
+        <v>1090.720233</v>
       </c>
       <c r="C175" s="5">
-        <v>1.8781128000000535</v>
+        <v>1.8781129999999848</v>
       </c>
       <c r="D175" s="5">
-        <v>2.0895954049693799</v>
+        <v>2.0895956294116669</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1093.1243795</v>
+        <v>1093.12438</v>
       </c>
       <c r="C176" s="5">
-        <v>2.404146800000035</v>
+        <v>2.4041469999999663</v>
       </c>
       <c r="D176" s="5">
-        <v>2.6773217376774516</v>
+        <v>2.6773219623645428</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1104.0572374000001</v>
+        <v>1104.057237</v>
       </c>
       <c r="C177" s="5">
-        <v>10.932857900000045</v>
+        <v>10.932857000000013</v>
       </c>
       <c r="D177" s="5">
-        <v>12.684479901138346</v>
+        <v>12.684478792722519</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1104.9050242000001</v>
+        <v>1104.9050239999999</v>
       </c>
       <c r="C178" s="5">
-        <v>0.8477867999999944</v>
+        <v>0.84778699999992568</v>
       </c>
       <c r="D178" s="5">
-        <v>0.92536124868216607</v>
+        <v>0.92536146824204746</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1109.5589706999999</v>
+        <v>1109.5589709999999</v>
       </c>
       <c r="C179" s="5">
-        <v>4.6539464999998472</v>
+        <v>4.6539470000000165</v>
       </c>
       <c r="D179" s="5">
-        <v>5.1732482959841342</v>
+        <v>5.1732488656727194</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
         <v>1117.3787050000001</v>
       </c>
       <c r="C180" s="5">
-        <v>7.8197343000001638</v>
+        <v>7.8197340000001532</v>
       </c>
       <c r="D180" s="5">
-        <v>8.7927652774692167</v>
+        <v>8.7927649244877273</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1118.0434811</v>
+        <v>1118.0434809999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.66477609999992637</v>
+        <v>0.66477599999984704</v>
       </c>
       <c r="D181" s="5">
-        <v>0.71627177387241225</v>
+        <v>0.71627166577312718</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1115.7874552999999</v>
+        <v>1115.7874549999999</v>
       </c>
       <c r="C182" s="5">
-        <v>-2.2560258000000886</v>
+        <v>-2.2560260000000198</v>
       </c>
       <c r="D182" s="5">
-        <v>-2.3947074485316189</v>
+        <v>-2.3947076586871785</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1125.4908836</v>
+        <v>1125.4908840000001</v>
       </c>
       <c r="C183" s="5">
-        <v>9.7034283000000414</v>
+        <v>9.703429000000142</v>
       </c>
       <c r="D183" s="5">
-        <v>10.949688366650401</v>
+        <v>10.949689197799684</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1128.0582769</v>
+        <v>1128.0582770000001</v>
       </c>
       <c r="C184" s="5">
-        <v>2.5673933000000488</v>
+        <v>2.5673930000000382</v>
       </c>
       <c r="D184" s="5">
-        <v>2.7719644351517303</v>
+        <v>2.7719641061755507</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1130.0887757999999</v>
+        <v>1130.0887760000001</v>
       </c>
       <c r="C185" s="5">
-        <v>2.0304988999998841</v>
+        <v>2.0304989999999634</v>
       </c>
       <c r="D185" s="5">
-        <v>2.1815063166763959</v>
+        <v>2.1815064249838922</v>
       </c>
       <c r="E185" s="5">
-        <v>4.3483364463330787</v>
+        <v>4.3483364262597579</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1137.6761131000001</v>
+        <v>1137.676113</v>
       </c>
       <c r="C186" s="5">
-        <v>7.587337300000172</v>
+        <v>7.5873369999999341</v>
       </c>
       <c r="D186" s="5">
-        <v>8.3609834796387617</v>
+        <v>8.3609831352119421</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1144.0882885000001</v>
+        <v>1144.0882879999999</v>
       </c>
       <c r="C187" s="5">
-        <v>6.4121754000000237</v>
+        <v>6.4121749999999338</v>
       </c>
       <c r="D187" s="5">
-        <v>6.9770958579526754</v>
+        <v>6.9770954097645221</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1147.5724554999999</v>
+        <v>1147.5724560000001</v>
       </c>
       <c r="C188" s="5">
-        <v>3.484166999999843</v>
+        <v>3.4841680000001816</v>
       </c>
       <c r="D188" s="5">
-        <v>3.7162742888547484</v>
+        <v>3.7162753750525912</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1161.5961794</v>
+        <v>1161.5961789999999</v>
       </c>
       <c r="C189" s="5">
-        <v>14.02372390000005</v>
+        <v>14.023722999999791</v>
       </c>
       <c r="D189" s="5">
-        <v>15.6913028906978</v>
+        <v>15.69130180774907</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1159.5431421999999</v>
+        <v>1159.543142</v>
       </c>
       <c r="C190" s="5">
-        <v>-2.0530372000000625</v>
+        <v>-2.0530369999999039</v>
       </c>
       <c r="D190" s="5">
-        <v>-2.1004170733796457</v>
+        <v>-2.1004168714650495</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1164.5808360999999</v>
+        <v>1164.5808360000001</v>
       </c>
       <c r="C191" s="5">
-        <v>5.037693900000022</v>
+        <v>5.0376940000001014</v>
       </c>
       <c r="D191" s="5">
-        <v>5.3398584058727883</v>
+        <v>5.3398585153595413</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1171.8681806</v>
+        <v>1171.868181</v>
       </c>
       <c r="C192" s="5">
-        <v>7.2873445000000174</v>
+        <v>7.2873449999999593</v>
       </c>
       <c r="D192" s="5">
-        <v>7.7728765713918957</v>
+        <v>7.7728771238825489</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1176.1253907</v>
+        <v>1176.125391</v>
       </c>
       <c r="C193" s="5">
-        <v>4.2572101000000657</v>
+        <v>4.2572099999999864</v>
       </c>
       <c r="D193" s="5">
-        <v>4.4475756572411429</v>
+        <v>4.4475755491247604</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
         <v>1188.6108859999999</v>
       </c>
       <c r="C194" s="5">
-        <v>12.485495299999911</v>
+        <v>12.485494999999901</v>
       </c>
       <c r="D194" s="5">
-        <v>13.509688502159566</v>
+        <v>13.509688154717935</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1198.1093923999999</v>
+        <v>1198.1093920000001</v>
       </c>
       <c r="C195" s="5">
-        <v>9.4985063999999966</v>
+        <v>9.498506000000134</v>
       </c>
       <c r="D195" s="5">
-        <v>10.022429718943048</v>
+        <v>10.022429278158928</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
         <v>1205.7022649999999</v>
       </c>
       <c r="C196" s="5">
-        <v>7.5928725999999642</v>
+        <v>7.5928729999998268</v>
       </c>
       <c r="D196" s="5">
-        <v>7.8756058960178121</v>
+        <v>7.8756063282010125</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1212.7709884000001</v>
+        <v>1212.770988</v>
       </c>
       <c r="C197" s="5">
-        <v>7.0687234000001808</v>
+        <v>7.0687230000000909</v>
       </c>
       <c r="D197" s="5">
-        <v>7.2666384397661155</v>
+        <v>7.26663801521783</v>
       </c>
       <c r="E197" s="5">
-        <v>7.3164351660309768</v>
+        <v>7.3164351116429494</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1219.6898415000001</v>
+        <v>1219.6898409999999</v>
       </c>
       <c r="C198" s="5">
-        <v>6.9188530999999784</v>
+        <v>6.9188529999998991</v>
       </c>
       <c r="D198" s="5">
-        <v>7.0649425833304802</v>
+        <v>7.0649424803976402</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1226.5129196</v>
+        <v>1226.5129199999999</v>
       </c>
       <c r="C199" s="5">
-        <v>6.8230780999999752</v>
+        <v>6.823079000000007</v>
       </c>
       <c r="D199" s="5">
-        <v>6.9233720399425769</v>
+        <v>6.9233729843773961</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1236.2942963999999</v>
+        <v>1236.2942969999999</v>
       </c>
       <c r="C200" s="5">
-        <v>9.7813767999998618</v>
+        <v>9.7813770000000204</v>
       </c>
       <c r="D200" s="5">
-        <v>10.00105761326906</v>
+        <v>10.001057823406679</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1238.2918973999999</v>
+        <v>1238.2918979999999</v>
       </c>
       <c r="C201" s="5">
         <v>1.9976010000000315</v>
       </c>
       <c r="D201" s="5">
-        <v>1.9562812055739398</v>
+        <v>1.9562812046159506</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
         <v>1245.01703</v>
       </c>
       <c r="C202" s="5">
-        <v>6.7251326000000518</v>
+        <v>6.7251320000000305</v>
       </c>
       <c r="D202" s="5">
-        <v>6.7154081050338377</v>
+        <v>6.7154074845413581</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1251.8523657999999</v>
+        <v>1251.8523660000001</v>
       </c>
       <c r="C203" s="5">
-        <v>6.8353357999999389</v>
+        <v>6.8353360000000976</v>
       </c>
       <c r="D203" s="5">
-        <v>6.7908072037971001</v>
+        <v>6.7908074085323511</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1256.0898188000001</v>
+        <v>1256.089819</v>
       </c>
       <c r="C204" s="5">
-        <v>4.2374530000001869</v>
+        <v>4.2374529999999595</v>
       </c>
       <c r="D204" s="5">
-        <v>4.138417199236577</v>
+        <v>4.1384171985629159</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1261.0752837</v>
+        <v>1261.075284</v>
       </c>
       <c r="C205" s="5">
-        <v>4.9854648999998972</v>
+        <v>4.9854649999999765</v>
       </c>
       <c r="D205" s="5">
-        <v>4.8682017373403941</v>
+        <v>4.8682018363378265</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1269.0953035</v>
+        <v>1269.0953030000001</v>
       </c>
       <c r="C206" s="5">
-        <v>8.0200198</v>
+        <v>8.0200190000000475</v>
       </c>
       <c r="D206" s="5">
-        <v>7.9042813800313638</v>
+        <v>7.9042805618487977</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1266.3038199</v>
+        <v>1266.303819</v>
       </c>
       <c r="C207" s="5">
-        <v>-2.7914835999999923</v>
+        <v>-2.7914840000000822</v>
       </c>
       <c r="D207" s="5">
-        <v>-2.6078035793748788</v>
+        <v>-2.6078039495609384</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1277.1895721999999</v>
+        <v>1277.1895709999999</v>
       </c>
       <c r="C208" s="5">
-        <v>10.885752299999922</v>
+        <v>10.885751999999911</v>
       </c>
       <c r="D208" s="5">
-        <v>10.817759337792832</v>
+        <v>10.817759033487562</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1283.9047356999999</v>
+        <v>1283.9047350000001</v>
       </c>
       <c r="C209" s="5">
-        <v>6.7151635000000169</v>
+        <v>6.7151640000001862</v>
       </c>
       <c r="D209" s="5">
-        <v>6.4950056403705991</v>
+        <v>6.495006144327875</v>
       </c>
       <c r="E209" s="5">
-        <v>5.8653899194806902</v>
+        <v>5.8653898966785079</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1283.2980465999999</v>
+        <v>1283.298047</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.60668910000003962</v>
+        <v>-0.6066880000000765</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.56556984282436495</v>
+        <v>-0.56556882034964895</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1292.9049273000001</v>
+        <v>1292.9049279999999</v>
       </c>
       <c r="C211" s="5">
-        <v>9.606880700000147</v>
+        <v>9.6068809999999303</v>
       </c>
       <c r="D211" s="5">
-        <v>9.3625651992856884</v>
+        <v>9.3625655007581123</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1300.9881987000001</v>
+        <v>1300.988202</v>
       </c>
       <c r="C212" s="5">
-        <v>8.0832714000000578</v>
+        <v>8.083274000000074</v>
       </c>
       <c r="D212" s="5">
-        <v>7.7658597837831023</v>
+        <v>7.7658623638491298</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1302.3576106999999</v>
+        <v>1302.357614</v>
       </c>
       <c r="C213" s="5">
-        <v>1.3694119999997838</v>
+        <v>1.3694120000000112</v>
       </c>
       <c r="D213" s="5">
-        <v>1.2704506679475758</v>
+        <v>1.2704506647064351</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1308.3226655000001</v>
+        <v>1308.322668</v>
       </c>
       <c r="C214" s="5">
-        <v>5.9650548000001891</v>
+        <v>5.9650540000000092</v>
       </c>
       <c r="D214" s="5">
-        <v>5.6368287163821806</v>
+        <v>5.6368279266125088</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1316.7415524</v>
+        <v>1316.7415530000001</v>
       </c>
       <c r="C215" s="5">
-        <v>8.4188868999999613</v>
+        <v>8.4188850000000457</v>
       </c>
       <c r="D215" s="5">
-        <v>8.001082163291473</v>
+        <v>8.0010802773679899</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1319.6152654</v>
+        <v>1319.615264</v>
       </c>
       <c r="C216" s="5">
-        <v>2.8737129999999524</v>
+        <v>2.8737109999999575</v>
       </c>
       <c r="D216" s="5">
-        <v>2.6505972400095557</v>
+        <v>2.6505953718684694</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1325.0690767999999</v>
+        <v>1325.069074</v>
       </c>
       <c r="C217" s="5">
-        <v>5.4538113999999496</v>
+        <v>5.4538099999999758</v>
       </c>
       <c r="D217" s="5">
-        <v>5.0737560414097604</v>
+        <v>5.0737547147290618</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1329.1277052</v>
+        <v>1329.1277009999999</v>
       </c>
       <c r="C218" s="5">
-        <v>4.0586284000000887</v>
+        <v>4.0586269999998876</v>
       </c>
       <c r="D218" s="5">
-        <v>3.7381030939166893</v>
+        <v>3.7381017907130554</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1330.7955208000001</v>
+        <v>1330.795515</v>
       </c>
       <c r="C219" s="5">
-        <v>1.6678156000000399</v>
+        <v>1.6678140000001349</v>
       </c>
       <c r="D219" s="5">
-        <v>1.5162193831300019</v>
+        <v>1.516217923333163</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1334.7797638</v>
+        <v>1334.7797579999999</v>
       </c>
       <c r="C220" s="5">
         <v>3.9842429999998785</v>
       </c>
       <c r="D220" s="5">
-        <v>3.6524091077694942</v>
+        <v>3.652409123950795</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1340.5465482</v>
+        <v>1340.5465449999999</v>
       </c>
       <c r="C221" s="5">
-        <v>5.7667844000000059</v>
+        <v>5.7667870000000221</v>
       </c>
       <c r="D221" s="5">
-        <v>5.3094679833038727</v>
+        <v>5.3094704579081275</v>
       </c>
       <c r="E221" s="5">
-        <v>4.4116834314127162</v>
+        <v>4.4116832390995064</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1348.7532916</v>
+        <v>1348.7532940000001</v>
       </c>
       <c r="C222" s="5">
-        <v>8.2067434000000503</v>
+        <v>8.2067490000001726</v>
       </c>
       <c r="D222" s="5">
-        <v>7.5987996134533109</v>
+        <v>7.5988049931875024</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1353.9751289000001</v>
+        <v>1353.975138</v>
       </c>
       <c r="C223" s="5">
-        <v>5.2218373000000611</v>
+        <v>5.2218439999999191</v>
       </c>
       <c r="D223" s="5">
-        <v>4.7461409631628593</v>
+        <v>4.7461471744365991</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1351.0432994</v>
+        <v>1351.043314</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.9318295000000489</v>
+        <v>-2.931824000000006</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.567696116293583</v>
+        <v>-2.5676913395623946</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1355.6791255000001</v>
+        <v>1355.67914</v>
       </c>
       <c r="C225" s="5">
-        <v>4.6358261000000311</v>
+        <v>4.6358259999999518</v>
       </c>
       <c r="D225" s="5">
-        <v>4.1961548071496768</v>
+        <v>4.1961546687142359</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1358.1665147000001</v>
+        <v>1358.1665210000001</v>
       </c>
       <c r="C226" s="5">
-        <v>2.4873892000000524</v>
+        <v>2.4873810000001413</v>
       </c>
       <c r="D226" s="5">
-        <v>2.2241054857241149</v>
+        <v>2.2240980554961931</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1356.5175446000001</v>
+        <v>1356.5175409999999</v>
       </c>
       <c r="C227" s="5">
-        <v>-1.6489701000000423</v>
+        <v>-1.6489800000001651</v>
       </c>
       <c r="D227" s="5">
-        <v>-1.4472481619540289</v>
+        <v>-1.4472567862586661</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1356.6610872000001</v>
+        <v>1356.661077</v>
       </c>
       <c r="C228" s="5">
-        <v>0.14354260000004615</v>
+        <v>0.14353600000004008</v>
       </c>
       <c r="D228" s="5">
-        <v>0.12705431276955892</v>
+        <v>0.1270484678278283</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1359.2861410999999</v>
+        <v>1359.2861290000001</v>
       </c>
       <c r="C229" s="5">
-        <v>2.6250538999997843</v>
+        <v>2.6250520000000961</v>
       </c>
       <c r="D229" s="5">
-        <v>2.3467948978954212</v>
+        <v>2.3467931990132529</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1351.8314773</v>
+        <v>1351.8314600000001</v>
       </c>
       <c r="C230" s="5">
-        <v>-7.4546637999999348</v>
+        <v>-7.4546689999999671</v>
       </c>
       <c r="D230" s="5">
-        <v>-6.3861753060639241</v>
+        <v>-6.3861796823850074</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1352.0543207999999</v>
+        <v>1352.0543070000001</v>
       </c>
       <c r="C231" s="5">
-        <v>0.22284349999995356</v>
+        <v>0.22284700000000157</v>
       </c>
       <c r="D231" s="5">
-        <v>0.19799419327264367</v>
+        <v>0.19799730834331175</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1342.8859477999999</v>
+        <v>1342.885929</v>
       </c>
       <c r="C232" s="5">
-        <v>-9.1683729999999741</v>
+        <v>-9.1683780000000752</v>
       </c>
       <c r="D232" s="5">
-        <v>-7.840551506098425</v>
+        <v>-7.8405557008381477</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1334.4883614</v>
+        <v>1334.4883540000001</v>
       </c>
       <c r="C233" s="5">
-        <v>-8.3975863999999092</v>
+        <v>-8.3975749999999607</v>
       </c>
       <c r="D233" s="5">
-        <v>-7.2512780112578223</v>
+        <v>-7.251268601524707</v>
       </c>
       <c r="E233" s="5">
-        <v>-0.45191916745707106</v>
+        <v>-0.45191948184087893</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1315.7105653000001</v>
+        <v>1315.7105759999999</v>
       </c>
       <c r="C234" s="5">
-        <v>-18.777796099999932</v>
+        <v>-18.777778000000126</v>
       </c>
       <c r="D234" s="5">
-        <v>-15.638001429859049</v>
+        <v>-15.637987583336898</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1300.1016152</v>
+        <v>1300.1016460000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-15.608950100000129</v>
+        <v>-15.608929999999873</v>
       </c>
       <c r="D235" s="5">
-        <v>-13.343084112732784</v>
+        <v>-13.343067934264818</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1287.4825937000001</v>
+        <v>1287.482632</v>
       </c>
       <c r="C236" s="5">
-        <v>-12.619021499999917</v>
+        <v>-12.619014000000107</v>
       </c>
       <c r="D236" s="5">
-        <v>-11.045316075787426</v>
+        <v>-11.045309609651188</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1272.0006103999999</v>
+        <v>1272.0006450000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-15.481983300000138</v>
+        <v>-15.48198699999989</v>
       </c>
       <c r="D237" s="5">
-        <v>-13.512878765049052</v>
+        <v>-13.512881408161038</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1267.9515687999999</v>
+        <v>1267.951589</v>
       </c>
       <c r="C238" s="5">
-        <v>-4.0490416000000096</v>
+        <v>-4.0490560000000642</v>
       </c>
       <c r="D238" s="5">
-        <v>-3.7536767461143761</v>
+        <v>-3.753689762508694</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1263.0928722000001</v>
+        <v>1263.092881</v>
       </c>
       <c r="C239" s="5">
-        <v>-4.8586965999998029</v>
+        <v>-4.8587079999999787</v>
       </c>
       <c r="D239" s="5">
-        <v>-4.5026263394435055</v>
+        <v>-4.5026366121136423</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1256.5522512</v>
+        <v>1256.552173</v>
       </c>
       <c r="C240" s="5">
-        <v>-6.540621000000101</v>
+        <v>-6.5407079999999951</v>
       </c>
       <c r="D240" s="5">
-        <v>-6.039954495647704</v>
+        <v>-6.0400325209505006</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1249.5999354999999</v>
+        <v>1249.5999119999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-6.9523157000000992</v>
+        <v>-6.952261000000135</v>
       </c>
       <c r="D241" s="5">
-        <v>-6.4410587342082053</v>
+        <v>-6.4410099775260683</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1247.0726850000001</v>
+        <v>1247.0726669999999</v>
       </c>
       <c r="C242" s="5">
-        <v>-2.5272504999998091</v>
+        <v>-2.5272449999999935</v>
       </c>
       <c r="D242" s="5">
-        <v>-2.4001224479236916</v>
+        <v>-2.4001173271894216</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1250.4888768999999</v>
+        <v>1250.488852</v>
       </c>
       <c r="C243" s="5">
-        <v>3.4161918999998306</v>
+        <v>3.4161850000000413</v>
       </c>
       <c r="D243" s="5">
-        <v>3.3372248347868894</v>
+        <v>3.3372180413024477</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1255.7914074</v>
+        <v>1255.791373</v>
       </c>
       <c r="C244" s="5">
-        <v>5.3025305000001026</v>
+        <v>5.3025210000000698</v>
       </c>
       <c r="D244" s="5">
-        <v>5.208805325678556</v>
+        <v>5.2087958810353774</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1257.7961917</v>
+        <v>1257.7961740000001</v>
       </c>
       <c r="C245" s="5">
-        <v>2.004784299999983</v>
+        <v>2.0048010000000431</v>
       </c>
       <c r="D245" s="5">
-        <v>1.932627708038015</v>
+        <v>1.9326440019934443</v>
       </c>
       <c r="E245" s="5">
-        <v>-5.7469343246682847</v>
+        <v>-5.7469351283675589</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1266.0960212</v>
+        <v>1266.0960500000001</v>
       </c>
       <c r="C246" s="5">
-        <v>8.2998294999999871</v>
+        <v>8.2998760000000402</v>
       </c>
       <c r="D246" s="5">
-        <v>8.2122488001848293</v>
+        <v>8.2122966118149066</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1268.8115926999999</v>
+        <v>1268.811598</v>
       </c>
       <c r="C247" s="5">
-        <v>2.7155714999998963</v>
+        <v>2.7155479999998988</v>
       </c>
       <c r="D247" s="5">
-        <v>2.6043865257334486</v>
+        <v>2.6043636614329069</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1275.0745790999999</v>
+        <v>1275.0747819999999</v>
       </c>
       <c r="C248" s="5">
-        <v>6.2629864000000453</v>
+        <v>6.2631839999999102</v>
       </c>
       <c r="D248" s="5">
-        <v>6.0868105638756775</v>
+        <v>6.0870078228892455</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1282.9284457000001</v>
+        <v>1282.9284640000001</v>
       </c>
       <c r="C249" s="5">
-        <v>7.853866600000174</v>
+        <v>7.8536820000001626</v>
       </c>
       <c r="D249" s="5">
-        <v>7.6470584369799921</v>
+        <v>7.646871307336589</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1285.7863236999999</v>
+        <v>1285.786341</v>
       </c>
       <c r="C250" s="5">
-        <v>2.8578779999998005</v>
+        <v>2.8578769999999167</v>
       </c>
       <c r="D250" s="5">
-        <v>2.7061404301181646</v>
+        <v>2.7061394325063715</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1289.5782770999999</v>
+        <v>1289.5782939999999</v>
       </c>
       <c r="C251" s="5">
-        <v>3.7919534000000112</v>
+        <v>3.7919529999999213</v>
       </c>
       <c r="D251" s="5">
-        <v>3.5969289755664047</v>
+        <v>3.596928540779798</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1296.1821531000001</v>
+        <v>1296.181992</v>
       </c>
       <c r="C252" s="5">
-        <v>6.6038760000001275</v>
+        <v>6.6036980000001222</v>
       </c>
       <c r="D252" s="5">
-        <v>6.3212179698540538</v>
+        <v>6.3210426763090188</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1297.8434892</v>
+        <v>1297.8434239999999</v>
       </c>
       <c r="C253" s="5">
-        <v>1.6613360999999713</v>
+        <v>1.661431999999877</v>
       </c>
       <c r="D253" s="5">
-        <v>1.5489468851085597</v>
+        <v>1.5490371226530186</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1304.3396058999999</v>
+        <v>1304.339557</v>
       </c>
       <c r="C254" s="5">
-        <v>6.4961166999999023</v>
+        <v>6.4961330000000999</v>
       </c>
       <c r="D254" s="5">
-        <v>6.1745202627154328</v>
+        <v>6.1745365035281718</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1311.1215274000001</v>
+        <v>1311.1214729999999</v>
       </c>
       <c r="C255" s="5">
-        <v>6.7819215000001805</v>
+        <v>6.7819159999999101</v>
       </c>
       <c r="D255" s="5">
-        <v>6.4209661653463979</v>
+        <v>6.420961055914276</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1312.2503898</v>
+        <v>1312.2503280000001</v>
       </c>
       <c r="C256" s="5">
-        <v>1.128862399999889</v>
+        <v>1.1288550000001578</v>
       </c>
       <c r="D256" s="5">
-        <v>1.038094559345426</v>
+        <v>1.0380877653723086</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1321.7351887</v>
+        <v>1321.7351880000001</v>
       </c>
       <c r="C257" s="5">
-        <v>9.484798899999987</v>
+        <v>9.484860000000026</v>
       </c>
       <c r="D257" s="5">
-        <v>9.0267091800245058</v>
+        <v>9.0267701020709357</v>
       </c>
       <c r="E257" s="5">
-        <v>5.0834147393610696</v>
+        <v>5.0834161624663921</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1325.8643939000001</v>
+        <v>1325.864511</v>
       </c>
       <c r="C258" s="5">
-        <v>4.1292052000001149</v>
+        <v>4.1293229999998857</v>
       </c>
       <c r="D258" s="5">
-        <v>3.8139855216030361</v>
+        <v>3.8140962073158313</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1332.3954292000001</v>
+        <v>1332.3954879999999</v>
       </c>
       <c r="C259" s="5">
-        <v>6.531035299999985</v>
+        <v>6.5309769999998935</v>
       </c>
       <c r="D259" s="5">
-        <v>6.0738462261595183</v>
+        <v>6.0737899789961691</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1341.3992794999999</v>
+        <v>1341.399709</v>
       </c>
       <c r="C260" s="5">
-        <v>9.00385029999984</v>
+        <v>9.0042210000001432</v>
       </c>
       <c r="D260" s="5">
-        <v>8.4174565930878344</v>
+        <v>8.4178157463813399</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1353.6495453</v>
+        <v>1353.649523</v>
       </c>
       <c r="C261" s="5">
-        <v>12.250265800000079</v>
+        <v>12.249814000000015</v>
       </c>
       <c r="D261" s="5">
-        <v>11.526500697268771</v>
+        <v>11.52605013740482</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1351.9569894000001</v>
+        <v>1351.9569260000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.6925558999998884</v>
+        <v>-1.6925969999999779</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.4901622628486821</v>
+        <v>-1.4901982240562717</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1357.2780385999999</v>
+        <v>1357.277973</v>
       </c>
       <c r="C263" s="5">
-        <v>5.3210491999998339</v>
+        <v>5.3210469999999077</v>
       </c>
       <c r="D263" s="5">
-        <v>4.8265663282326399</v>
+        <v>4.8265645205468388</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1363.1423533</v>
+        <v>1363.1420330000001</v>
       </c>
       <c r="C264" s="5">
-        <v>5.8643147000000226</v>
+        <v>5.8640600000001086</v>
       </c>
       <c r="D264" s="5">
-        <v>5.3097727279561857</v>
+        <v>5.3095368682946731</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1368.3001879999999</v>
+        <v>1368.3000340000001</v>
       </c>
       <c r="C265" s="5">
-        <v>5.1578346999999667</v>
+        <v>5.1580010000000129</v>
       </c>
       <c r="D265" s="5">
-        <v>4.6362337439147971</v>
+        <v>4.6363874631221824</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1379.8305118999999</v>
+        <v>1379.8303880000001</v>
       </c>
       <c r="C266" s="5">
-        <v>11.530323899999985</v>
+        <v>11.530353999999988</v>
       </c>
       <c r="D266" s="5">
-        <v>10.594184500434721</v>
+        <v>10.594214698978544</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1372.3926805999999</v>
+        <v>1372.3925730000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-7.4378312999999707</v>
+        <v>-7.4378150000000005</v>
       </c>
       <c r="D267" s="5">
-        <v>-6.2801062001927921</v>
+        <v>-6.28009339008252</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1376.2528187</v>
+        <v>1376.252743</v>
       </c>
       <c r="C268" s="5">
-        <v>3.8601381000000856</v>
+        <v>3.8601699999999255</v>
       </c>
       <c r="D268" s="5">
-        <v>3.4279554172931048</v>
+        <v>3.427984458363964</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1385.7823883999999</v>
+        <v>1385.782559</v>
       </c>
       <c r="C269" s="5">
-        <v>9.5295696999999109</v>
+        <v>9.5298159999999825</v>
       </c>
       <c r="D269" s="5">
-        <v>8.6330053842685661</v>
+        <v>8.6332375703251465</v>
       </c>
       <c r="E269" s="5">
-        <v>4.8456907440736163</v>
+        <v>4.845703706875959</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1393.8774851999999</v>
+        <v>1393.877962</v>
       </c>
       <c r="C270" s="5">
-        <v>8.0950967999999648</v>
+        <v>8.095403000000033</v>
       </c>
       <c r="D270" s="5">
-        <v>7.2395012694868699</v>
+        <v>7.2397830437443522</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1402.6799687</v>
+        <v>1402.680388</v>
       </c>
       <c r="C271" s="5">
-        <v>8.8024835000001076</v>
+        <v>8.8024259999999686</v>
       </c>
       <c r="D271" s="5">
-        <v>7.8469586239108935</v>
+        <v>7.8469027942568825</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1410.7315057999999</v>
+        <v>1410.7323240000001</v>
       </c>
       <c r="C272" s="5">
-        <v>8.051537099999905</v>
+        <v>8.0519360000000688</v>
       </c>
       <c r="D272" s="5">
-        <v>7.1098093961130981</v>
+        <v>7.1101706415592547</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1417.4349526999999</v>
+        <v>1417.4347210000001</v>
       </c>
       <c r="C273" s="5">
-        <v>6.7034469000000172</v>
+        <v>6.702397000000019</v>
       </c>
       <c r="D273" s="5">
-        <v>5.8535111695190878</v>
+        <v>5.8525668161165667</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1426.0913223</v>
+        <v>1426.0907360000001</v>
       </c>
       <c r="C274" s="5">
-        <v>8.6563696000000618</v>
+        <v>8.6560150000000249</v>
       </c>
       <c r="D274" s="5">
-        <v>7.5797156897081441</v>
+        <v>7.5793959724924198</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1431.3998200000001</v>
+        <v>1431.3991820000001</v>
       </c>
       <c r="C275" s="5">
-        <v>5.308497700000089</v>
+        <v>5.3084460000000036</v>
       </c>
       <c r="D275" s="5">
-        <v>4.5594890820056078</v>
+        <v>4.5594456766829161</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1430.8958715000001</v>
+        <v>1430.895184</v>
       </c>
       <c r="C276" s="5">
-        <v>-0.50394849999997859</v>
+        <v>-0.50399800000013784</v>
       </c>
       <c r="D276" s="5">
-        <v>-0.42166316429084194</v>
+        <v>-0.42170468929234595</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1444.0777739</v>
+        <v>1444.0775470000001</v>
       </c>
       <c r="C277" s="5">
-        <v>13.181902399999899</v>
+        <v>13.182363000000123</v>
       </c>
       <c r="D277" s="5">
-        <v>11.632496471087128</v>
+        <v>11.632929620071387</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1447.6786701000001</v>
+        <v>1447.678533</v>
       </c>
       <c r="C278" s="5">
-        <v>3.6008962000000793</v>
+        <v>3.6009859999999208</v>
       </c>
       <c r="D278" s="5">
-        <v>3.0336541642655979</v>
+        <v>3.0337313420728096</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1448.5289528000001</v>
+        <v>1448.528935</v>
       </c>
       <c r="C279" s="5">
-        <v>0.85028269999997974</v>
+        <v>0.85040200000003097</v>
       </c>
       <c r="D279" s="5">
-        <v>0.70709184855974883</v>
+        <v>0.70719144592317207</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1456.8398169</v>
+        <v>1456.839974</v>
       </c>
       <c r="C280" s="5">
-        <v>8.3108640999998897</v>
+        <v>8.311038999999937</v>
       </c>
       <c r="D280" s="5">
-        <v>7.1064116738613681</v>
+        <v>7.1065660671903563</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1459.3451597000001</v>
+        <v>1459.3457539999999</v>
       </c>
       <c r="C281" s="5">
-        <v>2.5053428000001077</v>
+        <v>2.5057799999999588</v>
       </c>
       <c r="D281" s="5">
-        <v>2.0832838500257633</v>
+        <v>2.0836506170011093</v>
       </c>
       <c r="E281" s="5">
-        <v>5.3083927112780316</v>
+        <v>5.308422632558174</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1457.737564</v>
+        <v>1457.7385870000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-1.6075957000000471</v>
+        <v>-1.6071669999998903</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.3139247116828567</v>
+        <v>-1.3135759132704816</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1470.6698048999999</v>
+        <v>1470.6708249999999</v>
       </c>
       <c r="C283" s="5">
-        <v>12.932240899999897</v>
+        <v>12.93223799999987</v>
       </c>
       <c r="D283" s="5">
-        <v>11.180844325195993</v>
+        <v>11.180833461214901</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1476.7734172</v>
+        <v>1476.776912</v>
       </c>
       <c r="C284" s="5">
-        <v>6.1036123000001226</v>
+        <v>6.1060870000001159</v>
       </c>
       <c r="D284" s="5">
-        <v>5.0955397388762202</v>
+        <v>5.0976495049433135</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1475.9624507999999</v>
+        <v>1475.9594440000001</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.81096640000009756</v>
+        <v>-0.81746799999996256</v>
       </c>
       <c r="D285" s="5">
-        <v>-0.6569902987830667</v>
+        <v>-0.66223986883484631</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1480.9483631999999</v>
+        <v>1480.947426</v>
       </c>
       <c r="C286" s="5">
-        <v>4.9859123999999611</v>
+        <v>4.9879819999998745</v>
       </c>
       <c r="D286" s="5">
-        <v>4.129860186271328</v>
+        <v>4.1316150099676152</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1488.8488887000001</v>
+        <v>1488.8459190000001</v>
       </c>
       <c r="C287" s="5">
-        <v>7.9005255000001853</v>
+        <v>7.8984930000001441</v>
       </c>
       <c r="D287" s="5">
-        <v>6.5929447755552539</v>
+        <v>6.591202900404447</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1491.6736616000001</v>
+        <v>1491.6726329999999</v>
       </c>
       <c r="C288" s="5">
-        <v>2.8247728999999708</v>
+        <v>2.8267139999998108</v>
       </c>
       <c r="D288" s="5">
-        <v>2.3006526921945936</v>
+        <v>2.3022548176089064</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1499.4359972</v>
+        <v>1499.4357500000001</v>
       </c>
       <c r="C289" s="5">
-        <v>7.7623355999999148</v>
+        <v>7.763117000000193</v>
       </c>
       <c r="D289" s="5">
-        <v>6.4263912001811363</v>
+        <v>6.4270613044603353</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1507.9804761</v>
+        <v>1507.9810339999999</v>
       </c>
       <c r="C290" s="5">
-        <v>8.5444789000000583</v>
+        <v>8.5452839999998105</v>
       </c>
       <c r="D290" s="5">
-        <v>7.0565961912502084</v>
+        <v>7.0572832744699721</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1509.2544571999999</v>
+        <v>1509.254825</v>
       </c>
       <c r="C291" s="5">
-        <v>1.2739810999999008</v>
+        <v>1.2737910000000738</v>
       </c>
       <c r="D291" s="5">
-        <v>1.0185151041751217</v>
+        <v>1.0183620388360293</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1517.4159205000001</v>
+        <v>1517.4165009999999</v>
       </c>
       <c r="C292" s="5">
-        <v>8.1614633000001504</v>
+        <v>8.1616759999999431</v>
       </c>
       <c r="D292" s="5">
-        <v>6.6856556039996073</v>
+        <v>6.6858333788160307</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1520.383372</v>
+        <v>1520.384644</v>
       </c>
       <c r="C293" s="5">
-        <v>2.9674514999999246</v>
+        <v>2.9681430000000546</v>
       </c>
       <c r="D293" s="5">
-        <v>2.3721203980413774</v>
+        <v>2.3726782119992018</v>
       </c>
       <c r="E293" s="5">
-        <v>4.1825754444923646</v>
+        <v>4.182620179809704</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1521.2786036</v>
+        <v>1521.2806330000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.89523159999998825</v>
+        <v>0.89598900000009962</v>
       </c>
       <c r="D294" s="5">
-        <v>0.70887634991383397</v>
+        <v>0.70947743601605939</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1528.7273602</v>
+        <v>1528.729366</v>
       </c>
       <c r="C295" s="5">
-        <v>7.4487566000000243</v>
+        <v>7.4487329999999474</v>
       </c>
       <c r="D295" s="5">
-        <v>6.0364978936188862</v>
+        <v>6.0364699793389764</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1538.9510516</v>
+        <v>1538.9588779999999</v>
       </c>
       <c r="C296" s="5">
-        <v>10.223691400000007</v>
+        <v>10.229511999999886</v>
       </c>
       <c r="D296" s="5">
-        <v>8.3271257873373639</v>
+        <v>8.3320311127516931</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1551.4683511999999</v>
+        <v>1551.4606590000001</v>
       </c>
       <c r="C297" s="5">
-        <v>12.517299599999888</v>
+        <v>12.501781000000165</v>
       </c>
       <c r="D297" s="5">
-        <v>10.209077690736223</v>
+        <v>10.195795801180729</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1560.5698098</v>
+        <v>1560.5712349999999</v>
       </c>
       <c r="C298" s="5">
-        <v>9.1014586000001145</v>
+        <v>9.1105759999998099</v>
       </c>
       <c r="D298" s="5">
-        <v>7.2712553041397232</v>
+        <v>7.2788134064275312</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1563.8131344999999</v>
+        <v>1563.800833</v>
       </c>
       <c r="C299" s="5">
-        <v>3.2433246999999028</v>
+        <v>3.2295980000001236</v>
       </c>
       <c r="D299" s="5">
-        <v>2.5226600730554827</v>
+        <v>2.5118593026747682</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1568.0282612000001</v>
+        <v>1568.028757</v>
       </c>
       <c r="C300" s="5">
-        <v>4.2151267000001553</v>
+        <v>4.22792400000003</v>
       </c>
       <c r="D300" s="5">
-        <v>3.2828832205829883</v>
+        <v>3.2930251555779</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1576.2553579</v>
+        <v>1576.254964</v>
       </c>
       <c r="C301" s="5">
-        <v>8.2270966999999473</v>
+        <v>8.2262069999999312</v>
       </c>
       <c r="D301" s="5">
-        <v>6.4810387424781402</v>
+        <v>6.4803154115894435</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1581.7279982</v>
+        <v>1581.7297269999999</v>
       </c>
       <c r="C302" s="5">
-        <v>5.4726402999999664</v>
+        <v>5.474762999999939</v>
       </c>
       <c r="D302" s="5">
-        <v>4.2467960368160806</v>
+        <v>4.2484759382804604</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1589.6053631</v>
+        <v>1589.6050949999999</v>
       </c>
       <c r="C303" s="5">
-        <v>7.877364899999975</v>
+        <v>7.8753679999999804</v>
       </c>
       <c r="D303" s="5">
-        <v>6.1427184947852487</v>
+        <v>6.1411115408146477</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1592.3620458</v>
+        <v>1592.3628819999999</v>
       </c>
       <c r="C304" s="5">
-        <v>2.7566827000000558</v>
+        <v>2.7577870000000075</v>
       </c>
       <c r="D304" s="5">
-        <v>2.1009959552949375</v>
+        <v>2.1018459985380433</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1599.9045348</v>
+        <v>1599.9075399999999</v>
       </c>
       <c r="C305" s="5">
-        <v>7.5424889999999323</v>
+        <v>7.5446580000000267</v>
       </c>
       <c r="D305" s="5">
-        <v>5.834441378498556</v>
+        <v>5.8361600107867284</v>
       </c>
       <c r="E305" s="5">
-        <v>5.2303362602152959</v>
+        <v>5.230445881825152</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1604.7209792000001</v>
+        <v>1604.7261880000001</v>
       </c>
       <c r="C306" s="5">
-        <v>4.8164444000001367</v>
+        <v>4.8186480000001666</v>
       </c>
       <c r="D306" s="5">
-        <v>3.6729679977959728</v>
+        <v>3.6746693560288701</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1605.3882166999999</v>
+        <v>1605.39384</v>
       </c>
       <c r="C307" s="5">
-        <v>0.66723749999982829</v>
+        <v>0.6676519999998618</v>
       </c>
       <c r="D307" s="5">
-        <v>0.50009853557173578</v>
+        <v>0.50040828907205182</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1603.8011309000001</v>
+        <v>1603.814991</v>
       </c>
       <c r="C308" s="5">
-        <v>-1.5870857999998407</v>
+        <v>-1.5788489999999911</v>
       </c>
       <c r="D308" s="5">
-        <v>-1.1798900984406169</v>
+        <v>-1.1737955946108269</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1607.4190848000001</v>
+        <v>1607.4062489999999</v>
       </c>
       <c r="C309" s="5">
-        <v>3.617953899999975</v>
+        <v>3.5912579999999252</v>
       </c>
       <c r="D309" s="5">
-        <v>2.7408749750160943</v>
+        <v>2.7203772890415534</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1608.9992990999999</v>
+        <v>1609.001573</v>
       </c>
       <c r="C310" s="5">
-        <v>1.5802142999998523</v>
+        <v>1.5953240000001188</v>
       </c>
       <c r="D310" s="5">
-        <v>1.1860900197127711</v>
+        <v>1.1975027750216416</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1610.9874824999999</v>
+        <v>1610.963154</v>
       </c>
       <c r="C311" s="5">
-        <v>1.9881834000000254</v>
+        <v>1.9615810000000238</v>
       </c>
       <c r="D311" s="5">
-        <v>1.4929164082100543</v>
+        <v>1.4728045851788218</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1620.9261038</v>
+        <v>1620.9263989999999</v>
       </c>
       <c r="C312" s="5">
-        <v>9.9386213000000225</v>
+        <v>9.9632449999999153</v>
       </c>
       <c r="D312" s="5">
-        <v>7.6595609738385972</v>
+        <v>7.6793082017121428</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1620.8613128</v>
+        <v>1620.8593080000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-6.479100000001381E-2</v>
+        <v>-6.709099999989121E-2</v>
       </c>
       <c r="D313" s="5">
-        <v>-4.7955369105423529E-2</v>
+        <v>-4.9657328566676817E-2</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1624.8112387000001</v>
+        <v>1624.8131510000001</v>
       </c>
       <c r="C314" s="5">
-        <v>3.949925900000153</v>
+        <v>3.9538430000000062</v>
       </c>
       <c r="D314" s="5">
-        <v>2.9638313399563243</v>
+        <v>2.9668138047043602</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1632.1583350999999</v>
+        <v>1632.1565189999999</v>
       </c>
       <c r="C315" s="5">
-        <v>7.3470963999998276</v>
+        <v>7.3433679999998276</v>
       </c>
       <c r="D315" s="5">
-        <v>5.5631822856670121</v>
+        <v>5.5602819115535551</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1632.5728096</v>
+        <v>1632.573813</v>
       </c>
       <c r="C316" s="5">
-        <v>0.41447450000009667</v>
+        <v>0.41729400000008354</v>
       </c>
       <c r="D316" s="5">
-        <v>0.30515707062495068</v>
+        <v>0.30723619126147295</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1640.1481128</v>
+        <v>1640.1550560000001</v>
       </c>
       <c r="C317" s="5">
-        <v>7.5753032000000076</v>
+        <v>7.5812430000000859</v>
       </c>
       <c r="D317" s="5">
-        <v>5.7124441152073047</v>
+        <v>5.7170346569145991</v>
       </c>
       <c r="E317" s="5">
-        <v>2.5153737066587523</v>
+        <v>2.5156151211088273</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1639.8401472999999</v>
+        <v>1639.8529160000001</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.30796550000013667</v>
+        <v>-0.30214000000000851</v>
       </c>
       <c r="D318" s="5">
-        <v>-0.22508771379976533</v>
+        <v>-0.22083331573538034</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1640.5467438000001</v>
+        <v>1640.5606499999999</v>
       </c>
       <c r="C319" s="5">
-        <v>0.70659650000015972</v>
+        <v>0.70773399999984576</v>
       </c>
       <c r="D319" s="5">
-        <v>0.51829940759791082</v>
+        <v>0.51913171108559641</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1639.1594775000001</v>
+        <v>1639.1791270000001</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.3872662999999648</v>
+        <v>-1.3815229999997882</v>
       </c>
       <c r="D320" s="5">
-        <v>-1.0100284914906998</v>
+        <v>-1.0058578223312575</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1648.70364</v>
+        <v>1648.6867360000001</v>
       </c>
       <c r="C321" s="5">
-        <v>9.5441624999998567</v>
+        <v>9.5076090000000022</v>
       </c>
       <c r="D321" s="5">
-        <v>7.2152720605576537</v>
+        <v>7.1866617124421328</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1645.3389465</v>
+        <v>1645.3372810000001</v>
       </c>
       <c r="C322" s="5">
-        <v>-3.3646934999999303</v>
+        <v>-3.3494550000000345</v>
       </c>
       <c r="D322" s="5">
-        <v>-2.4216716310595965</v>
+        <v>-2.4108507234486432</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1641.9287905000001</v>
+        <v>1641.889404</v>
       </c>
       <c r="C323" s="5">
-        <v>-3.4101559999999154</v>
+        <v>-3.4478770000000623</v>
       </c>
       <c r="D323" s="5">
-        <v>-2.4589824240087155</v>
+        <v>-2.4858719229169601</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1653.6398893999999</v>
+        <v>1653.6380140000001</v>
       </c>
       <c r="C324" s="5">
-        <v>11.711098899999797</v>
+        <v>11.748610000000099</v>
       </c>
       <c r="D324" s="5">
-        <v>8.9029041544458565</v>
+        <v>8.932774822963264</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1653.952916</v>
+        <v>1653.948768</v>
       </c>
       <c r="C325" s="5">
-        <v>0.31302660000005744</v>
+        <v>0.31075399999986075</v>
       </c>
       <c r="D325" s="5">
-        <v>0.22739125318060882</v>
+        <v>0.22573892276596119</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1664.8788396</v>
+        <v>1664.88014</v>
       </c>
       <c r="C326" s="5">
-        <v>10.925923600000033</v>
+        <v>10.93137200000001</v>
       </c>
       <c r="D326" s="5">
-        <v>8.2215866999778342</v>
+        <v>8.2258580892106803</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1657.3300776000001</v>
+        <v>1657.3283019999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-7.5487619999998969</v>
+        <v>-7.5518380000000889</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.3072905833805306</v>
+        <v>-5.3093955105624531</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1659.7668884</v>
+        <v>1659.7689660000001</v>
       </c>
       <c r="C328" s="5">
-        <v>2.4368107999998756</v>
+        <v>2.4406640000001971</v>
       </c>
       <c r="D328" s="5">
-        <v>1.7787261670897392</v>
+        <v>1.7815635168848321</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1659.3639237</v>
+        <v>1659.37014</v>
       </c>
       <c r="C329" s="5">
-        <v>-0.40296469999998408</v>
+        <v>-0.39882600000009916</v>
       </c>
       <c r="D329" s="5">
-        <v>-0.29095197979515097</v>
+        <v>-0.28796730883167143</v>
       </c>
       <c r="E329" s="5">
-        <v>1.1715899771512328</v>
+        <v>1.1715406985277177</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1667.8348784</v>
+        <v>1667.8458479999999</v>
       </c>
       <c r="C330" s="5">
-        <v>8.470954699999993</v>
+        <v>8.4757079999999405</v>
       </c>
       <c r="D330" s="5">
-        <v>6.3008885210291909</v>
+        <v>6.3044997606215958</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1671.1572833</v>
+        <v>1671.210795</v>
       </c>
       <c r="C331" s="5">
-        <v>3.3224049000000377</v>
+        <v>3.3649470000000292</v>
       </c>
       <c r="D331" s="5">
-        <v>2.416821132708602</v>
+        <v>2.4480955279455818</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1680.9990253000001</v>
+        <v>1681.0289640000001</v>
       </c>
       <c r="C332" s="5">
-        <v>9.8417420000000675</v>
+        <v>9.8181690000001254</v>
       </c>
       <c r="D332" s="5">
-        <v>7.3004706412446163</v>
+        <v>7.2821749047610185</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1676.5171067000001</v>
+        <v>1676.4790660000001</v>
       </c>
       <c r="C333" s="5">
-        <v>-4.4819185999999718</v>
+        <v>-4.5498979999999847</v>
       </c>
       <c r="D333" s="5">
-        <v>-3.1529646013733093</v>
+        <v>-3.200021379013851</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1681.9293869999999</v>
+        <v>1681.911353</v>
       </c>
       <c r="C334" s="5">
-        <v>5.412280299999793</v>
+        <v>5.4322869999998602</v>
       </c>
       <c r="D334" s="5">
-        <v>3.9434755344321282</v>
+        <v>3.9584049321674364</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1687.1222972999999</v>
+        <v>1687.0722290000001</v>
       </c>
       <c r="C335" s="5">
-        <v>5.1929102999999941</v>
+        <v>5.1608760000001439</v>
       </c>
       <c r="D335" s="5">
-        <v>3.7685331022888624</v>
+        <v>3.744932696774983</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1684.9495445</v>
+        <v>1684.9432260000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.1727527999998983</v>
+        <v>-2.1290030000000115</v>
       </c>
       <c r="D336" s="5">
-        <v>-1.5345150101864435</v>
+        <v>-1.503875013817213</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1685.1309558</v>
+        <v>1685.127465</v>
       </c>
       <c r="C337" s="5">
-        <v>0.18141130000003614</v>
+        <v>0.18423899999993409</v>
       </c>
       <c r="D337" s="5">
-        <v>0.12927539386462517</v>
+        <v>0.13129214403329037</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1704.3586335</v>
+        <v>1704.3665880000001</v>
       </c>
       <c r="C338" s="5">
-        <v>19.227677699999958</v>
+        <v>19.239123000000063</v>
       </c>
       <c r="D338" s="5">
-        <v>14.585044823608095</v>
+        <v>14.594311012274975</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1701.5801196</v>
+        <v>1701.5856879999999</v>
       </c>
       <c r="C339" s="5">
-        <v>-2.7785139000000072</v>
+        <v>-2.7809000000002015</v>
       </c>
       <c r="D339" s="5">
-        <v>-1.9388424601332832</v>
+        <v>-1.9404835880855731</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1705.0486993</v>
+        <v>1705.0535400000001</v>
       </c>
       <c r="C340" s="5">
-        <v>3.4685796999999639</v>
+        <v>3.4678520000002209</v>
       </c>
       <c r="D340" s="5">
-        <v>2.4737475023111077</v>
+        <v>2.4732145001603589</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1707.0859482000001</v>
+        <v>1707.0858900000001</v>
       </c>
       <c r="C341" s="5">
-        <v>2.0372489000001224</v>
+        <v>2.0323499999999513</v>
       </c>
       <c r="D341" s="5">
-        <v>1.4432598781350503</v>
+        <v>1.4397624244158802</v>
       </c>
       <c r="E341" s="5">
-        <v>2.8759227447581859</v>
+        <v>2.8755338456313284</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1713.0941104000001</v>
+        <v>1713.0973610000001</v>
       </c>
       <c r="C342" s="5">
-        <v>6.0081622000000152</v>
+        <v>6.0114710000000287</v>
       </c>
       <c r="D342" s="5">
-        <v>4.306173638896027</v>
+        <v>4.3085913926642183</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1723.0210239</v>
+        <v>1723.10283</v>
       </c>
       <c r="C343" s="5">
-        <v>9.9269134999999551</v>
+        <v>10.005468999999948</v>
       </c>
       <c r="D343" s="5">
-        <v>7.1796305850005293</v>
+        <v>7.2382691625874518</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1732.8072208999999</v>
+        <v>1732.845309</v>
       </c>
       <c r="C344" s="5">
-        <v>9.7861969999999019</v>
+        <v>9.742479000000003</v>
       </c>
       <c r="D344" s="5">
-        <v>7.0325984690642107</v>
+        <v>6.9998555699843701</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1733.0856404000001</v>
+        <v>1733.029992</v>
       </c>
       <c r="C345" s="5">
-        <v>0.27841950000015458</v>
+        <v>0.18468299999994997</v>
       </c>
       <c r="D345" s="5">
-        <v>0.19298096536624065</v>
+        <v>0.12796846529470329</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1739.8377757999999</v>
+        <v>1739.803232</v>
       </c>
       <c r="C346" s="5">
-        <v>6.7521353999998155</v>
+        <v>6.773239999999987</v>
       </c>
       <c r="D346" s="5">
-        <v>4.7767170546607618</v>
+        <v>4.7921268318946497</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1749.9800476</v>
+        <v>1749.918498</v>
       </c>
       <c r="C347" s="5">
-        <v>10.142271800000117</v>
+        <v>10.11526600000002</v>
       </c>
       <c r="D347" s="5">
-        <v>7.2240215333303048</v>
+        <v>7.2043146094410426</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1752.4602577000001</v>
+        <v>1752.4483700000001</v>
       </c>
       <c r="C348" s="5">
-        <v>2.4802101000000221</v>
+        <v>2.5298720000000685</v>
       </c>
       <c r="D348" s="5">
-        <v>1.7140550067618499</v>
+        <v>1.7487113423269696</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1758.9784706</v>
+        <v>1758.999851</v>
       </c>
       <c r="C349" s="5">
-        <v>6.5182128999999804</v>
+        <v>6.551480999999967</v>
       </c>
       <c r="D349" s="5">
-        <v>4.5558055406462072</v>
+        <v>4.5795696687053633</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1762.6410423</v>
+        <v>1762.651957</v>
       </c>
       <c r="C350" s="5">
-        <v>3.662571699999944</v>
+        <v>3.6521060000000034</v>
       </c>
       <c r="D350" s="5">
-        <v>2.5274728702249893</v>
+        <v>2.5201370302675885</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1766.4039934</v>
+        <v>1766.4340090000001</v>
       </c>
       <c r="C351" s="5">
-        <v>3.7629511000000093</v>
+        <v>3.7820520000000215</v>
       </c>
       <c r="D351" s="5">
-        <v>2.5920990242723096</v>
+        <v>2.6053959715165442</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1770.1174945</v>
+        <v>1770.1315059999999</v>
       </c>
       <c r="C352" s="5">
-        <v>3.7135011000000304</v>
+        <v>3.6974969999998848</v>
       </c>
       <c r="D352" s="5">
-        <v>2.5521282103716514</v>
+        <v>2.5409586774548298</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1778.145998</v>
+        <v>1778.148874</v>
       </c>
       <c r="C353" s="5">
-        <v>8.0285034999999425</v>
+        <v>8.0173680000000331</v>
       </c>
       <c r="D353" s="5">
-        <v>5.5805373081657228</v>
+        <v>5.5725580887357795</v>
       </c>
       <c r="E353" s="5">
-        <v>4.1626521426719965</v>
+        <v>4.1628241681500811</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1777.7298000999999</v>
+        <v>1777.6452959999999</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.41619790000004286</v>
+        <v>-0.50357800000006137</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.28051410473753924</v>
+        <v>-0.3393153618594158</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1784.5125923000001</v>
+        <v>1784.6334649999999</v>
       </c>
       <c r="C355" s="5">
-        <v>6.7827922000001308</v>
+        <v>6.9881689999999708</v>
       </c>
       <c r="D355" s="5">
-        <v>4.6758200114874304</v>
+        <v>4.8207094248044147</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1786.6341216999999</v>
+        <v>1786.6834819999999</v>
       </c>
       <c r="C356" s="5">
-        <v>2.1215293999998721</v>
+        <v>2.0500170000000253</v>
       </c>
       <c r="D356" s="5">
-        <v>1.4359931759490241</v>
+        <v>1.3871880238897738</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1796.7440326000001</v>
+        <v>1796.6694669999999</v>
       </c>
       <c r="C357" s="5">
-        <v>10.109910900000159</v>
+        <v>9.9859850000000279</v>
       </c>
       <c r="D357" s="5">
-        <v>7.00573276879215</v>
+        <v>6.9170039309867093</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1800.8690505</v>
+        <v>1800.8071990000001</v>
       </c>
       <c r="C358" s="5">
-        <v>4.1250178999998752</v>
+        <v>4.1377320000001419</v>
       </c>
       <c r="D358" s="5">
-        <v>2.7900504622416999</v>
+        <v>2.7988767788139635</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1806.0339449999999</v>
+        <v>1805.9955440000001</v>
       </c>
       <c r="C359" s="5">
-        <v>5.1648944999999458</v>
+        <v>5.1883450000000266</v>
       </c>
       <c r="D359" s="5">
-        <v>3.4964115730026224</v>
+        <v>3.5126615121985338</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1810.7770926000001</v>
+        <v>1810.7468799999999</v>
       </c>
       <c r="C360" s="5">
-        <v>4.7431476000001567</v>
+        <v>4.7513359999998102</v>
       </c>
       <c r="D360" s="5">
-        <v>3.1974571602929158</v>
+        <v>3.2031263468288662</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1815.2864903</v>
+        <v>1815.3315789999999</v>
       </c>
       <c r="C361" s="5">
-        <v>4.5093976999999086</v>
+        <v>4.5846990000000005</v>
       </c>
       <c r="D361" s="5">
-        <v>3.0296454819681351</v>
+        <v>3.0809955354741625</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1818.7183695000001</v>
+        <v>1818.739924</v>
       </c>
       <c r="C362" s="5">
-        <v>3.4318792000001395</v>
+        <v>3.4083450000000539</v>
       </c>
       <c r="D362" s="5">
-        <v>2.2923916709177039</v>
+        <v>2.2764517208904156</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1817.8057686</v>
+        <v>1817.886432</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.91260090000014316</v>
+        <v>-0.85349199999996017</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.60047989232470123</v>
+        <v>-0.56168067805208999</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1823.6914331999999</v>
+        <v>1823.7593549999999</v>
       </c>
       <c r="C364" s="5">
-        <v>5.8856645999999273</v>
+        <v>5.8729229999999006</v>
       </c>
       <c r="D364" s="5">
-        <v>3.9552839039394438</v>
+        <v>3.9463903352830343</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1828.0640139</v>
+        <v>1828.132824</v>
       </c>
       <c r="C365" s="5">
-        <v>4.3725807000000714</v>
+        <v>4.3734690000001137</v>
       </c>
       <c r="D365" s="5">
-        <v>2.9154311513133857</v>
+        <v>2.9159212243732302</v>
       </c>
       <c r="E365" s="5">
-        <v>2.807306934084508</v>
+        <v>2.8110104126185753</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1834.7842441</v>
+        <v>1834.5335950000001</v>
       </c>
       <c r="C366" s="5">
-        <v>6.72023020000006</v>
+        <v>6.400771000000077</v>
       </c>
       <c r="D366" s="5">
-        <v>4.5016699627985934</v>
+        <v>4.2833737925691562</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1843.1132253999999</v>
+        <v>1843.246592</v>
       </c>
       <c r="C367" s="5">
-        <v>8.3289812999998958</v>
+        <v>8.7129969999998593</v>
       </c>
       <c r="D367" s="5">
-        <v>5.5854708081478632</v>
+        <v>5.8505806621157896</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1835.6658364</v>
+        <v>1835.676708</v>
       </c>
       <c r="C368" s="5">
-        <v>-7.4473889999999301</v>
+        <v>-7.5698840000000018</v>
       </c>
       <c r="D368" s="5">
-        <v>-4.7424694631309823</v>
+        <v>-4.8183797107313691</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1693.0456655</v>
+        <v>1692.915311</v>
       </c>
       <c r="C369" s="5">
-        <v>-142.62017089999995</v>
+        <v>-142.76139699999999</v>
       </c>
       <c r="D369" s="5">
-        <v>-62.112097527821994</v>
+        <v>-62.149778510405753</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1704.3471967999999</v>
+        <v>1704.225283</v>
       </c>
       <c r="C370" s="5">
-        <v>11.301531299999851</v>
+        <v>11.309972000000016</v>
       </c>
       <c r="D370" s="5">
-        <v>8.3110537434356146</v>
+        <v>8.3181549447529193</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1717.2124378999999</v>
+        <v>1717.194935</v>
       </c>
       <c r="C371" s="5">
-        <v>12.865241100000048</v>
+        <v>12.969651999999996</v>
       </c>
       <c r="D371" s="5">
-        <v>9.4438740307168256</v>
+        <v>9.5244644027997705</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1733.3273850999999</v>
+        <v>1733.3082420000001</v>
       </c>
       <c r="C372" s="5">
-        <v>16.114947199999961</v>
+        <v>16.113307000000077</v>
       </c>
       <c r="D372" s="5">
-        <v>11.861046324731728</v>
+        <v>11.859903308214648</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1746.4248126</v>
+        <v>1746.5316580000001</v>
       </c>
       <c r="C373" s="5">
-        <v>13.097427500000094</v>
+        <v>13.223416000000043</v>
       </c>
       <c r="D373" s="5">
-        <v>9.4539738997192266</v>
+        <v>9.5488746067937225</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1753.5642588999999</v>
+        <v>1753.640617</v>
       </c>
       <c r="C374" s="5">
-        <v>7.1394462999999178</v>
+        <v>7.1089589999999134</v>
       </c>
       <c r="D374" s="5">
-        <v>5.0174587298414286</v>
+        <v>4.9952384628212165</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1774.2382482</v>
+        <v>1774.417252</v>
       </c>
       <c r="C375" s="5">
-        <v>20.67398930000013</v>
+        <v>20.776634999999942</v>
       </c>
       <c r="D375" s="5">
-        <v>15.102041504065911</v>
+        <v>15.181270735993312</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1788.9607619000001</v>
+        <v>1789.1378589999999</v>
       </c>
       <c r="C376" s="5">
-        <v>14.722513700000036</v>
+        <v>14.720606999999973</v>
       </c>
       <c r="D376" s="5">
-        <v>10.42477757632474</v>
+        <v>10.422265329010649</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1812.7720824</v>
+        <v>1812.960988</v>
       </c>
       <c r="C377" s="5">
-        <v>23.811320499999965</v>
+        <v>23.823129000000108</v>
       </c>
       <c r="D377" s="5">
-        <v>17.194888323684921</v>
+        <v>17.202220084690101</v>
       </c>
       <c r="E377" s="5">
-        <v>-0.8365096289695062</v>
+        <v>-0.82990884474157811</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1823.1916862999999</v>
+        <v>1822.799724</v>
       </c>
       <c r="C378" s="5">
-        <v>10.419603899999856</v>
+        <v>9.8387359999999262</v>
       </c>
       <c r="D378" s="5">
-        <v>7.1197452238628944</v>
+        <v>6.7102023100137353</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1820.4694027</v>
+        <v>1820.5650889999999</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.7222835999998551</v>
+        <v>-2.2346350000000257</v>
       </c>
       <c r="D379" s="5">
-        <v>-1.7771285574289308</v>
+        <v>-1.4612438359357216</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1851.1995615000001</v>
+        <v>1851.04179</v>
       </c>
       <c r="C380" s="5">
-        <v>30.730158800000027</v>
+        <v>30.476701000000048</v>
       </c>
       <c r="D380" s="5">
-        <v>22.247013195854116</v>
+        <v>22.045046909722153</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1864.4515554</v>
+        <v>1864.0797190000001</v>
       </c>
       <c r="C381" s="5">
-        <v>13.251993899999889</v>
+        <v>13.037929000000076</v>
       </c>
       <c r="D381" s="5">
-        <v>8.9367404707243239</v>
+        <v>8.7875240031431332</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1881.9563085</v>
+        <v>1881.636501</v>
       </c>
       <c r="C382" s="5">
-        <v>17.504753100000016</v>
+        <v>17.556781999999885</v>
       </c>
       <c r="D382" s="5">
-        <v>11.86679566269493</v>
+        <v>11.906412438122116</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1889.0158458999999</v>
+        <v>1888.995085</v>
       </c>
       <c r="C383" s="5">
-        <v>7.0595373999999538</v>
+        <v>7.3585840000000644</v>
       </c>
       <c r="D383" s="5">
-        <v>4.5954450975843608</v>
+        <v>4.7951503901141113</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1908.3818203999999</v>
+        <v>1908.4934699999999</v>
       </c>
       <c r="C384" s="5">
-        <v>19.365974499999993</v>
+        <v>19.498384999999871</v>
       </c>
       <c r="D384" s="5">
-        <v>13.020191010543236</v>
+        <v>13.114480383397776</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1916.6941779000001</v>
+        <v>1916.968539</v>
       </c>
       <c r="C385" s="5">
-        <v>8.3123575000001892</v>
+        <v>8.4750690000000759</v>
       </c>
       <c r="D385" s="5">
-        <v>5.3539043652196749</v>
+        <v>5.4609512661436987</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1942.5228913000001</v>
+        <v>1942.763023</v>
       </c>
       <c r="C386" s="5">
-        <v>25.82871339999997</v>
+        <v>25.794484000000011</v>
       </c>
       <c r="D386" s="5">
-        <v>17.424808490897668</v>
+        <v>17.397303593013124</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1979.0970944999999</v>
+        <v>1979.4589900000001</v>
       </c>
       <c r="C387" s="5">
-        <v>36.574203199999829</v>
+        <v>36.69596700000011</v>
       </c>
       <c r="D387" s="5">
-        <v>25.086796474657792</v>
+        <v>25.175736794920489</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1988.9410197</v>
+        <v>1989.3517469999999</v>
       </c>
       <c r="C388" s="5">
-        <v>9.8439252000000579</v>
+        <v>9.8927569999998468</v>
       </c>
       <c r="D388" s="5">
-        <v>6.1347598908196188</v>
+        <v>6.164875052188501</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>2001.7320654</v>
+        <v>2002.181212</v>
       </c>
       <c r="C389" s="5">
-        <v>12.791045700000041</v>
+        <v>12.829465000000027</v>
       </c>
       <c r="D389" s="5">
-        <v>7.9962056196950737</v>
+        <v>8.0193663042142482</v>
       </c>
       <c r="E389" s="5">
-        <v>10.423813607600829</v>
+        <v>10.437081947843874</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>2007.1576017</v>
+        <v>2006.631701</v>
       </c>
       <c r="C390" s="5">
-        <v>5.4255362999999761</v>
+        <v>4.4504890000000614</v>
       </c>
       <c r="D390" s="5">
-        <v>3.301431862017612</v>
+        <v>2.7002373069169971</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>2030.3534109</v>
+        <v>2030.428167</v>
       </c>
       <c r="C391" s="5">
-        <v>23.195809199999985</v>
+        <v>23.796466000000009</v>
       </c>
       <c r="D391" s="5">
-        <v>14.784164720002746</v>
+        <v>15.196564204201524</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>2041.8066398000001</v>
+        <v>2041.4235839999999</v>
       </c>
       <c r="C392" s="5">
-        <v>11.453228900000113</v>
+        <v>10.995416999999861</v>
       </c>
       <c r="D392" s="5">
-        <v>6.9832207652249734</v>
+        <v>6.6954694845412943</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>2062.0761978999999</v>
+        <v>2060.8290259999999</v>
       </c>
       <c r="C393" s="5">
-        <v>20.269558099999813</v>
+        <v>19.405441999999994</v>
       </c>
       <c r="D393" s="5">
-        <v>12.585165452000036</v>
+        <v>12.02269542306631</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>2069.6868398000001</v>
+        <v>2068.5512699999999</v>
       </c>
       <c r="C394" s="5">
-        <v>7.6106419000002461</v>
+        <v>7.7222440000000461</v>
       </c>
       <c r="D394" s="5">
-        <v>4.5199387717329342</v>
+        <v>4.5904239761506371</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>2070.2211189</v>
+        <v>2070.5452439999999</v>
       </c>
       <c r="C395" s="5">
-        <v>0.53427909999982148</v>
+        <v>1.9939739999999802</v>
       </c>
       <c r="D395" s="5">
-        <v>0.31021407335165563</v>
+        <v>1.1628889497668604</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>2093.8541924000001</v>
+        <v>2094.5061519999999</v>
       </c>
       <c r="C396" s="5">
-        <v>23.633073500000137</v>
+        <v>23.960908000000018</v>
       </c>
       <c r="D396" s="5">
-        <v>14.592558208449201</v>
+        <v>14.805577074925003</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>2099.5040856999999</v>
+        <v>2100.1699699999999</v>
       </c>
       <c r="C397" s="5">
-        <v>5.6498932999998033</v>
+        <v>5.663817999999992</v>
       </c>
       <c r="D397" s="5">
-        <v>3.2864757454734717</v>
+        <v>3.2936556171192288</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2109.3519041999998</v>
+        <v>2109.8982460000002</v>
       </c>
       <c r="C398" s="5">
-        <v>9.847818499999903</v>
+        <v>9.7282760000002781</v>
       </c>
       <c r="D398" s="5">
-        <v>5.7761565573546392</v>
+        <v>5.7023887082282565</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2108.0036716999998</v>
+        <v>2108.5905090000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-1.3482324999999946</v>
+        <v>-1.3077370000000883</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.76431227849578232</v>
+        <v>-0.74124229270962072</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2106.6170135000002</v>
+        <v>2107.212818</v>
       </c>
       <c r="C400" s="5">
-        <v>-1.3866581999996015</v>
+        <v>-1.3776910000001408</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.78651799151174817</v>
+        <v>-0.78123332648376564</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2108.4396179</v>
+        <v>2109.085728</v>
       </c>
       <c r="C401" s="5">
-        <v>1.8226043999998183</v>
+        <v>1.8729100000000471</v>
       </c>
       <c r="D401" s="5">
-        <v>1.0431714740064102</v>
+        <v>1.0718003179918334</v>
       </c>
       <c r="E401" s="5">
-        <v>5.330761011648022</v>
+        <v>5.3394026154711449</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>2123.1602585000001</v>
+        <v>2122.556259</v>
       </c>
       <c r="C402" s="5">
-        <v>14.720640600000024</v>
+        <v>13.470530999999937</v>
       </c>
       <c r="D402" s="5">
-        <v>8.7074479590938161</v>
+        <v>7.9393324231306961</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>2121.6763421999999</v>
+        <v>2121.6821669999999</v>
       </c>
       <c r="C403" s="5">
-        <v>-1.4839163000001463</v>
+        <v>-0.87409200000001874</v>
       </c>
       <c r="D403" s="5">
-        <v>-0.83548586234127864</v>
+        <v>-0.49305544347677532</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>2126.5751233000001</v>
+        <v>2125.9601809999999</v>
       </c>
       <c r="C404" s="5">
-        <v>4.8987811000001784</v>
+        <v>4.2780139999999847</v>
       </c>
       <c r="D404" s="5">
-        <v>2.8061616416002133</v>
+        <v>2.4466115405499922</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>2127.8032165999998</v>
+        <v>2125.5311849999998</v>
       </c>
       <c r="C405" s="5">
-        <v>1.2280932999997276</v>
+        <v>-0.42899600000009741</v>
       </c>
       <c r="D405" s="5">
-        <v>0.69520320686267123</v>
+        <v>-0.24187858636693926</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>2125.1439561000002</v>
+        <v>2122.9580230000001</v>
       </c>
       <c r="C406" s="5">
-        <v>-2.6592604999996183</v>
+        <v>-2.5731619999996838</v>
       </c>
       <c r="D406" s="5">
-        <v>-1.489455824044017</v>
+        <v>-1.4430829088268426</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>2125.4728153999999</v>
+        <v>2126.2331260000001</v>
       </c>
       <c r="C407" s="5">
-        <v>0.32885929999974906</v>
+        <v>3.2751029999999446</v>
       </c>
       <c r="D407" s="5">
-        <v>0.18585433036324428</v>
+        <v>1.8670375499252323</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>2119.1287849999999</v>
+        <v>2120.446582</v>
       </c>
       <c r="C408" s="5">
-        <v>-6.3440304000000651</v>
+        <v>-5.786544000000049</v>
       </c>
       <c r="D408" s="5">
-        <v>-3.5234973269129166</v>
+        <v>-3.2173577385301799</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>2113.2441434000002</v>
+        <v>2114.3113250000001</v>
       </c>
       <c r="C409" s="5">
-        <v>-5.884641599999668</v>
+        <v>-6.1352569999999105</v>
       </c>
       <c r="D409" s="5">
-        <v>-3.2818724696906609</v>
+        <v>-3.4173321621243646</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>2116.3984359000001</v>
+        <v>2117.2641709999998</v>
       </c>
       <c r="C410" s="5">
-        <v>3.1542924999998831</v>
+        <v>2.9528459999996812</v>
       </c>
       <c r="D410" s="5">
-        <v>1.8059343558975316</v>
+        <v>1.6888526726901665</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>2111.7863355999998</v>
+        <v>2112.5588349999998</v>
       </c>
       <c r="C411" s="5">
-        <v>-4.6121003000002929</v>
+        <v>-4.7053359999999884</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.5839485534893458</v>
+        <v>-2.6344827117315561</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>2113.0163232</v>
+        <v>2113.7579940000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.2299876000001859</v>
+        <v>1.1991590000002361</v>
       </c>
       <c r="D412" s="5">
-        <v>0.70117060718513091</v>
+        <v>0.68329070569139727</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>2112.7209077000002</v>
+        <v>2113.529231</v>
       </c>
       <c r="C413" s="5">
-        <v>-0.29541549999976269</v>
+        <v>-0.22876300000007177</v>
       </c>
       <c r="D413" s="5">
-        <v>-0.16764003880817002</v>
+        <v>-0.12979359824171199</v>
       </c>
       <c r="E413" s="5">
-        <v>0.20305489252114839</v>
+        <v>0.2106838494523311</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>2118.7470880000001</v>
+        <v>2118.132803</v>
       </c>
       <c r="C414" s="5">
-        <v>6.0261802999998508</v>
+        <v>4.6035719999999856</v>
       </c>
       <c r="D414" s="5">
-        <v>3.4770078139162885</v>
+        <v>2.6453142897649995</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>2118.8559154999998</v>
+        <v>2118.8363559999998</v>
       </c>
       <c r="C415" s="5">
-        <v>0.10882749999973385</v>
+        <v>0.7035529999998289</v>
       </c>
       <c r="D415" s="5">
-        <v>6.1654314429326895E-2</v>
+        <v>0.39931757957292202</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>2124.4223898999999</v>
+        <v>2123.677498</v>
       </c>
       <c r="C416" s="5">
-        <v>5.566474400000061</v>
+        <v>4.8411420000002181</v>
       </c>
       <c r="D416" s="5">
-        <v>3.1984885124261453</v>
+        <v>2.7764921496709727</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>2121.7843578000002</v>
+        <v>2118.5075230000002</v>
       </c>
       <c r="C417" s="5">
-        <v>-2.6380320999996911</v>
+        <v>-5.1699749999997948</v>
       </c>
       <c r="D417" s="5">
-        <v>-1.4799822304818688</v>
+        <v>-2.8825340445973069</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>2125.7590212999999</v>
+        <v>2122.3909290000001</v>
       </c>
       <c r="C418" s="5">
-        <v>3.9746634999996786</v>
+        <v>3.8834059999999226</v>
       </c>
       <c r="D418" s="5">
-        <v>2.2712229271496742</v>
+        <v>2.2220163405944016</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>2123.7419521000002</v>
+        <v>2125.0071790000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-2.0170691999996961</v>
+        <v>2.6162500000000364</v>
       </c>
       <c r="D419" s="5">
-        <v>-1.1327205493823156</v>
+        <v>1.4892981428149321</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>2110.9152168999999</v>
+        <v>2112.9111499999999</v>
       </c>
       <c r="C420" s="5">
-        <v>-12.826735200000257</v>
+        <v>-12.096029000000271</v>
       </c>
       <c r="D420" s="5">
-        <v>-7.0116517099278912</v>
+        <v>-6.6208319999164766</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>2125.9505055999998</v>
+        <v>2127.4099799999999</v>
       </c>
       <c r="C421" s="5">
-        <v>15.03528869999991</v>
+        <v>14.498829999999998</v>
       </c>
       <c r="D421" s="5">
-        <v>8.890077391746809</v>
+        <v>8.5524145323220502</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>2123.2647821</v>
+        <v>2124.4357660000001</v>
       </c>
       <c r="C422" s="5">
-        <v>-2.6857234999997672</v>
+        <v>-2.9742139999998471</v>
       </c>
       <c r="D422" s="5">
-        <v>-1.5054768042099376</v>
+        <v>-1.6648135381050699</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>2127.1005659000002</v>
+        <v>2128.0287069999999</v>
       </c>
       <c r="C423" s="5">
-        <v>3.8357838000001721</v>
+        <v>3.5929409999998825</v>
       </c>
       <c r="D423" s="5">
-        <v>2.1895300389276784</v>
+        <v>2.0484786631917773</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>2127.7907595000001</v>
+        <v>2128.5767099999998</v>
       </c>
       <c r="C424" s="5">
-        <v>0.69019359999992957</v>
+        <v>0.54800299999988056</v>
       </c>
       <c r="D424" s="5">
-        <v>0.39006712355509343</v>
+        <v>0.30945813344136486</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>2129.7893374999999</v>
+        <v>2130.6154120000001</v>
       </c>
       <c r="C425" s="5">
-        <v>1.9985779999997249</v>
+        <v>2.0387020000002849</v>
       </c>
       <c r="D425" s="5">
-        <v>1.1329695179275179</v>
+        <v>1.1554062988398783</v>
       </c>
       <c r="E425" s="5">
-        <v>0.80788852601365591</v>
+        <v>0.80841943179161824</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>2120.3239527000001</v>
+        <v>2122.7174639999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-9.4653847999998106</v>
+        <v>-7.8979480000002695</v>
       </c>
       <c r="D426" s="5">
-        <v>-5.2046897917336299</v>
+        <v>-4.3586836439673977</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>2116.1939796000001</v>
+        <v>2119.737846</v>
       </c>
       <c r="C427" s="5">
-        <v>-4.1299730999999156</v>
+        <v>-2.9796179999998458</v>
       </c>
       <c r="D427" s="5">
-        <v>-2.3124853433065473</v>
+        <v>-1.6714736433139588</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>2111.1881502000001</v>
+        <v>2114.559139</v>
       </c>
       <c r="C428" s="5">
-        <v>-5.0058294000000387</v>
+        <v>-5.1787070000000313</v>
       </c>
       <c r="D428" s="5">
-        <v>-2.8019435901933898</v>
+        <v>-2.8926318652523264</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>2128.9946792000001</v>
+        <v>2126.2144640000001</v>
       </c>
       <c r="C429" s="5">
-        <v>17.806528999999955</v>
+        <v>11.655325000000175</v>
       </c>
       <c r="D429" s="5">
-        <v>10.604204760976055</v>
+        <v>6.8185771657473637</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>2122.2975299999998</v>
+        <v>2129.832081</v>
       </c>
       <c r="C430" s="5">
-        <v>-6.6971492000002399</v>
+        <v>3.617616999999882</v>
       </c>
       <c r="D430" s="5">
-        <v>-3.7101941801082949</v>
+        <v>2.0609377346695545</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>2107.4586795999999</v>
+        <v>2120.0475329999999</v>
       </c>
       <c r="C431" s="5">
-        <v>-14.838850399999956</v>
+        <v>-9.7845480000000862</v>
       </c>
       <c r="D431" s="5">
-        <v>-8.0750090273333353</v>
+        <v>-5.375672468208692</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>2113.9169287999998</v>
+        <v>2125.4269519999998</v>
       </c>
       <c r="C432" s="5">
-        <v>6.4582491999999547</v>
+        <v>5.3794189999998707</v>
       </c>
       <c r="D432" s="5">
-        <v>3.7399850762897646</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.0877409486493201</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2118.7615885</v>
+        <v>2130.29799</v>
       </c>
       <c r="C433" s="5">
-        <v>4.844659700000193</v>
+        <v>4.871038000000226</v>
       </c>
       <c r="D433" s="5">
-        <v>2.7850828831218921</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.7850827158764746</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>2109.4434667</v>
+        <v>2120.9291320000002</v>
       </c>
       <c r="C434" s="5">
-        <v>-9.3181217999999717</v>
+        <v>-9.3688579999998183</v>
       </c>
       <c r="D434" s="5">
-        <v>-5.1516898213876505</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-5.1516899017779672</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>2120.3451669999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.58396500000026208</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.32990154032680463</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>2117.3746940000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.9704729999998563</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.668233050898138</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>2118.1979689999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.82327499999973952</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.46758159281925504</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.58281015569787709</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>