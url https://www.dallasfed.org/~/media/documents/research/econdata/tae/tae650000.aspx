--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2C8D1F9F-B91A-4FC9-BE93-1DC5835AF94E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2026C171-452F-44DC-9986-114DFF506B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{4A89608D-D35D-40A4-94F5-6DEA4B1C183C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{48769A41-8947-4930-A320-4C37D235ED7A}"/>
   </bookViews>
   <sheets>
     <sheet name="AE650000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Education and Health Services</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B0DC891-F79A-453B-A40A-BFC7791B7317}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A967B8DF-8E73-48E9-85FB-3AC6912FD353}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>4.7774210000000039</v>
       </c>
       <c r="D431" s="5">
         <v>2.936639020389209</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1982.2485869</v>
       </c>
       <c r="C432" s="5">
         <v>-0.86682740000014746</v>
       </c>
       <c r="D432" s="5">
         <v>-0.52326547144762037</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1991.741125</v>
+        <v>1989.2853952999999</v>
       </c>
       <c r="C433" s="5">
-        <v>9.4925381000000471</v>
+        <v>7.0368083999999271</v>
       </c>
       <c r="D433" s="5">
-        <v>5.9003230500893844</v>
+        <v>4.3440590872814822</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>1990.0450905</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.7596952000001238</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.45923601078543541</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>