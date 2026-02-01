--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2026C171-452F-44DC-9986-114DFF506B59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{7BB47765-7F19-4F15-A957-E0CE556FE854}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{48769A41-8947-4930-A320-4C37D235ED7A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{31A76409-11F0-48F3-A8CF-98913C82C066}"/>
   </bookViews>
   <sheets>
     <sheet name="AE650000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Education and Health Services</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A967B8DF-8E73-48E9-85FB-3AC6912FD353}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90CE6536-0780-4A8F-8F37-582AE665A2AE}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
         <v>659.58914030000005</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>662.50864551999996</v>
+        <v>662.50864549999994</v>
       </c>
       <c r="C7" s="5">
-        <v>2.9195052199999054</v>
+        <v>2.9195051999998896</v>
       </c>
       <c r="D7" s="5">
-        <v>5.442729757305953</v>
+        <v>5.4427297191082413</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
         <v>665.0594466</v>
       </c>
       <c r="C8" s="5">
-        <v>2.550801080000042</v>
+        <v>2.5508011000000579</v>
       </c>
       <c r="D8" s="5">
-        <v>4.7193647194225363</v>
+        <v>4.7193647573582798</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>667.37634025</v>
+        <v>667.37634030000004</v>
       </c>
       <c r="C9" s="5">
-        <v>2.3168936499999973</v>
+        <v>2.3168937000000369</v>
       </c>
       <c r="D9" s="5">
-        <v>4.261525005023592</v>
+        <v>4.2615250987591224</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>670.53466891000005</v>
+        <v>670.53466890000004</v>
       </c>
       <c r="C10" s="5">
-        <v>3.158328660000052</v>
+        <v>3.1583286000000044</v>
       </c>
       <c r="D10" s="5">
-        <v>5.829117534930206</v>
+        <v>5.829117420845864</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>673.75779193000005</v>
+        <v>673.75779190000003</v>
       </c>
       <c r="C11" s="5">
-        <v>3.2231230200000027</v>
+        <v>3.2231229999999869</v>
       </c>
       <c r="D11" s="5">
-        <v>5.923119452778014</v>
+        <v>5.9231194151376343</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
         <v>676.80083300000001</v>
       </c>
       <c r="C12" s="5">
-        <v>3.0430410699999584</v>
+        <v>3.0430410999999822</v>
       </c>
       <c r="D12" s="5">
-        <v>5.556505734207895</v>
+        <v>5.5565057906085791</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>682.13494804000004</v>
+        <v>682.13494800000001</v>
       </c>
       <c r="C13" s="5">
-        <v>5.3341150400000288</v>
+        <v>5.3341149999999971</v>
       </c>
       <c r="D13" s="5">
-        <v>9.8785679777924962</v>
+        <v>9.8785679004735663</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>684.99203812999997</v>
+        <v>684.99203809999995</v>
       </c>
       <c r="C14" s="5">
-        <v>2.8570900899999288</v>
+        <v>2.8570900999999367</v>
       </c>
       <c r="D14" s="5">
-        <v>5.1435600340860699</v>
+        <v>5.1435600528141334</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>688.03307864999999</v>
+        <v>688.03307870000003</v>
       </c>
       <c r="C15" s="5">
-        <v>3.0410405200000241</v>
+        <v>3.0410406000000876</v>
       </c>
       <c r="D15" s="5">
-        <v>5.4594585795269657</v>
+        <v>5.4594587269177097</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>690.69050056000003</v>
+        <v>690.69050059999995</v>
       </c>
       <c r="C16" s="5">
-        <v>2.6574219100000391</v>
+        <v>2.6574218999999175</v>
       </c>
       <c r="D16" s="5">
-        <v>4.7345509796077101</v>
+        <v>4.7345509610596137</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>690.87078837000001</v>
+        <v>690.87078840000004</v>
       </c>
       <c r="C17" s="5">
-        <v>0.18028780999998162</v>
+        <v>0.18028780000008737</v>
       </c>
       <c r="D17" s="5">
-        <v>0.31368063743473229</v>
+        <v>0.31368061999303976</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>693.56058886000005</v>
+        <v>693.56058889999997</v>
       </c>
       <c r="C18" s="5">
-        <v>2.6898004900000387</v>
+        <v>2.689800499999933</v>
       </c>
       <c r="D18" s="5">
-        <v>4.773371402805382</v>
+        <v>4.7733714207212952</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>697.75785388999998</v>
+        <v>697.75785389999999</v>
       </c>
       <c r="C19" s="5">
-        <v>4.1972650299999259</v>
+        <v>4.1972650000000158</v>
       </c>
       <c r="D19" s="5">
-        <v>7.508777340117212</v>
+        <v>7.5087772842018286</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>701.33033008999996</v>
+        <v>701.33033009999997</v>
       </c>
       <c r="C20" s="5">
         <v>3.5724761999999828</v>
       </c>
       <c r="D20" s="5">
-        <v>6.3199220613048279</v>
+        <v>6.319922061211547</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>705.33122105999996</v>
+        <v>705.33122109999999</v>
       </c>
       <c r="C21" s="5">
-        <v>4.0008909700000004</v>
+        <v>4.0008910000000242</v>
       </c>
       <c r="D21" s="5">
-        <v>7.0645865723648837</v>
+        <v>7.0645866269068769</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>708.90698048000002</v>
+        <v>708.90698050000003</v>
       </c>
       <c r="C22" s="5">
-        <v>3.575759420000054</v>
+        <v>3.5757594000000381</v>
       </c>
       <c r="D22" s="5">
-        <v>6.2560670351196057</v>
+        <v>6.2560669987820727</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>710.21641258</v>
+        <v>710.21641260000001</v>
       </c>
       <c r="C23" s="5">
         <v>1.3094320999999809</v>
       </c>
       <c r="D23" s="5">
-        <v>2.2391942599642389</v>
+        <v>2.2391942599003345</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>713.06875680999997</v>
+        <v>713.06875679999996</v>
       </c>
       <c r="C24" s="5">
-        <v>2.8523442299999715</v>
+        <v>2.8523441999999477</v>
       </c>
       <c r="D24" s="5">
-        <v>4.9272876844170144</v>
+        <v>4.9272876313013692</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>715.13039734999995</v>
+        <v>715.13039739999999</v>
       </c>
       <c r="C25" s="5">
-        <v>2.0616405399999849</v>
+        <v>2.0616406000000325</v>
       </c>
       <c r="D25" s="5">
-        <v>3.5251728659852599</v>
+        <v>3.5251729702657109</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>718.40652637999995</v>
+        <v>718.40652639999996</v>
       </c>
       <c r="C26" s="5">
-        <v>3.2761290299999928</v>
+        <v>3.276128999999969</v>
       </c>
       <c r="D26" s="5">
-        <v>5.638047515344824</v>
+        <v>5.6380474620045584</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>721.19695038999998</v>
+        <v>721.19695039999999</v>
       </c>
       <c r="C27" s="5">
-        <v>2.7904240100000379</v>
+        <v>2.79042400000003</v>
       </c>
       <c r="D27" s="5">
-        <v>4.761896310557967</v>
+        <v>4.7618962929911524</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
         <v>725.17469289999997</v>
       </c>
       <c r="C28" s="5">
-        <v>3.9777425099999846</v>
+        <v>3.9777424999999766</v>
       </c>
       <c r="D28" s="5">
-        <v>6.8230803209333502</v>
+        <v>6.823080303158946</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
         <v>726.96460379999996</v>
       </c>
       <c r="C29" s="5">
         <v>1.7899108999999953</v>
       </c>
       <c r="D29" s="5">
         <v>3.0024389552867348</v>
       </c>
       <c r="E29" s="5">
-        <v>5.2243944942523379</v>
+        <v>5.2243944896831263</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>729.80857182</v>
+        <v>729.80857179999998</v>
       </c>
       <c r="C30" s="5">
-        <v>2.8439680200000339</v>
+        <v>2.843968000000018</v>
       </c>
       <c r="D30" s="5">
-        <v>4.7968756194822104</v>
+        <v>4.7968755850195555</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>732.35147485000005</v>
+        <v>732.35147489999997</v>
       </c>
       <c r="C31" s="5">
-        <v>2.5429030300000477</v>
+        <v>2.5429030999999895</v>
       </c>
       <c r="D31" s="5">
-        <v>4.2622772367367778</v>
+        <v>4.2622773564435557</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>733.96545265999998</v>
+        <v>733.96545270000001</v>
       </c>
       <c r="C32" s="5">
-        <v>1.6139778099999376</v>
+        <v>1.6139778000000433</v>
       </c>
       <c r="D32" s="5">
-        <v>2.6768874012528032</v>
+        <v>2.6768873842808016</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>736.67798825</v>
+        <v>736.67798830000004</v>
       </c>
       <c r="C33" s="5">
-        <v>2.7125355900000159</v>
+        <v>2.7125356000000238</v>
       </c>
       <c r="D33" s="5">
-        <v>4.5261370292532632</v>
+        <v>4.5261370460282446</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>738.34006136000005</v>
+        <v>738.34006139999997</v>
       </c>
       <c r="C34" s="5">
-        <v>1.6620731100000512</v>
+        <v>1.6620730999999296</v>
       </c>
       <c r="D34" s="5">
-        <v>2.7412578445680458</v>
+        <v>2.7412578276813537</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>742.12500970999997</v>
+        <v>742.12500969999996</v>
       </c>
       <c r="C35" s="5">
-        <v>3.7849483499999224</v>
+        <v>3.7849482999999964</v>
       </c>
       <c r="D35" s="5">
-        <v>6.3279918462181284</v>
+        <v>6.3279917599005753</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>747.63173560999996</v>
+        <v>747.63173559999996</v>
       </c>
       <c r="C36" s="5">
         <v>5.5067258999999922</v>
       </c>
       <c r="D36" s="5">
-        <v>9.2767891900374941</v>
+        <v>9.2767891901675448</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>748.25603076000004</v>
+        <v>748.25603079999996</v>
       </c>
       <c r="C37" s="5">
-        <v>0.62429515000007996</v>
+        <v>0.62429520000000593</v>
       </c>
       <c r="D37" s="5">
-        <v>1.0066512084784707</v>
+        <v>1.0066512894855606</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>750.24658941999996</v>
+        <v>750.24658939999995</v>
       </c>
       <c r="C38" s="5">
-        <v>1.9905586599999197</v>
+        <v>1.9905585999999857</v>
       </c>
       <c r="D38" s="5">
-        <v>3.2394418369486866</v>
+        <v>3.2394417376959916</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>756.03566305000004</v>
+        <v>756.03566309999997</v>
       </c>
       <c r="C39" s="5">
-        <v>5.7890736300000754</v>
+        <v>5.7890737000000172</v>
       </c>
       <c r="D39" s="5">
-        <v>9.6627235877834607</v>
+        <v>9.66272370989374</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>757.82169183999997</v>
+        <v>757.82169180000005</v>
       </c>
       <c r="C40" s="5">
-        <v>1.7860287899999321</v>
+        <v>1.7860287000000881</v>
       </c>
       <c r="D40" s="5">
-        <v>2.8719571257018517</v>
+        <v>2.8719569789030786</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>760.65394612</v>
+        <v>760.65394609999998</v>
       </c>
       <c r="C41" s="5">
-        <v>2.8322542800000292</v>
+        <v>2.8322542999999314</v>
       </c>
       <c r="D41" s="5">
-        <v>4.578181026846484</v>
+        <v>4.5781810600891815</v>
       </c>
       <c r="E41" s="5">
-        <v>4.6342479597904163</v>
+        <v>4.6342479570392614</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
         <v>769.19209120000005</v>
       </c>
       <c r="C42" s="5">
-        <v>8.5381450800000493</v>
+        <v>8.5381451000000652</v>
       </c>
       <c r="D42" s="5">
-        <v>14.333171500740249</v>
+        <v>14.333171536814394</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>770.97080554000001</v>
+        <v>770.97080549999998</v>
       </c>
       <c r="C43" s="5">
-        <v>1.778714339999965</v>
+        <v>1.7787142999999332</v>
       </c>
       <c r="D43" s="5">
-        <v>2.8105002111336486</v>
+        <v>2.8105001471246727</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>773.56990516999997</v>
+        <v>773.56990519999999</v>
       </c>
       <c r="C44" s="5">
-        <v>2.5990996299999551</v>
+        <v>2.5990997000000107</v>
       </c>
       <c r="D44" s="5">
-        <v>4.1213028627005599</v>
+        <v>4.1213029759812336</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>773.05127471000003</v>
+        <v>773.05127470000002</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.51863045999994029</v>
+        <v>-0.51863049999997202</v>
       </c>
       <c r="D45" s="5">
-        <v>-0.80156529674650923</v>
+        <v>-0.80156535830945286</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>776.08348058000001</v>
+        <v>776.08348060000003</v>
       </c>
       <c r="C46" s="5">
-        <v>3.0322058699999843</v>
+        <v>3.0322059000000081</v>
       </c>
       <c r="D46" s="5">
-        <v>4.8097449531587788</v>
+        <v>4.8097450018402155</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>780.74275759</v>
+        <v>780.7427576</v>
       </c>
       <c r="C47" s="5">
-        <v>4.6592770099999825</v>
+        <v>4.6592769999999746</v>
       </c>
       <c r="D47" s="5">
-        <v>7.447001339392334</v>
+        <v>7.4470013226796139</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>782.29431768999996</v>
+        <v>782.29431769999997</v>
       </c>
       <c r="C48" s="5">
         <v>1.5515600999999606</v>
       </c>
       <c r="D48" s="5">
-        <v>2.4109835461922913</v>
+        <v>2.4109835461612494</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>783.50849087999995</v>
+        <v>783.50849089999997</v>
       </c>
       <c r="C49" s="5">
-        <v>1.2141731899999968</v>
+        <v>1.2141732000000047</v>
       </c>
       <c r="D49" s="5">
-        <v>1.8784617529663539</v>
+        <v>1.8784617685453364</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>785.66726530999995</v>
+        <v>785.66726530000005</v>
       </c>
       <c r="C50" s="5">
-        <v>2.158774429999994</v>
+        <v>2.1587744000000839</v>
       </c>
       <c r="D50" s="5">
-        <v>3.3568862651695452</v>
+        <v>3.3568862177236092</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>785.01520299000003</v>
+        <v>785.01520300000004</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.6520623199999136</v>
+        <v>-0.65206230000001142</v>
       </c>
       <c r="D51" s="5">
-        <v>-0.99140299108984031</v>
+        <v>-0.99140296083307655</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>786.76893943000005</v>
+        <v>786.76893940000002</v>
       </c>
       <c r="C52" s="5">
-        <v>1.7537364400000115</v>
+        <v>1.7537363999999798</v>
       </c>
       <c r="D52" s="5">
-        <v>2.7140050585891196</v>
+        <v>2.7140049958891632</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
         <v>788.93802970000002</v>
       </c>
       <c r="C53" s="5">
-        <v>2.1690902699999697</v>
+        <v>2.1690902999999935</v>
       </c>
       <c r="D53" s="5">
-        <v>3.3589809999504894</v>
+        <v>3.3589810472443249</v>
       </c>
       <c r="E53" s="5">
-        <v>3.7183904355289954</v>
+        <v>3.7183904382560806</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>792.48607229000004</v>
+        <v>792.48607230000005</v>
       </c>
       <c r="C54" s="5">
-        <v>3.5480425900000228</v>
+        <v>3.5480426000000307</v>
       </c>
       <c r="D54" s="5">
-        <v>5.5321938472631116</v>
+        <v>5.5321938632429291</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>793.86247556000001</v>
+        <v>793.86247560000004</v>
       </c>
       <c r="C55" s="5">
-        <v>1.3764032699999689</v>
+        <v>1.3764032999999927</v>
       </c>
       <c r="D55" s="5">
-        <v>2.1042052135883171</v>
+        <v>2.1042052598634786</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>796.03709383</v>
+        <v>796.03709379999998</v>
       </c>
       <c r="C56" s="5">
-        <v>2.1746182699999963</v>
+        <v>2.1746181999999408</v>
       </c>
       <c r="D56" s="5">
-        <v>3.3371255104183373</v>
+        <v>3.3371254012035445</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
         <v>804.03882290000001</v>
       </c>
       <c r="C57" s="5">
-        <v>8.0017290700000103</v>
+        <v>8.0017291000000341</v>
       </c>
       <c r="D57" s="5">
-        <v>12.752080195947935</v>
+        <v>12.752080246939013</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>806.43427784999994</v>
+        <v>806.43427789999998</v>
       </c>
       <c r="C58" s="5">
-        <v>2.3954549499999302</v>
+        <v>2.3954549999999699</v>
       </c>
       <c r="D58" s="5">
-        <v>3.6343011884796717</v>
+        <v>3.634301265585238</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>810.20000463999997</v>
+        <v>810.20000460000006</v>
       </c>
       <c r="C59" s="5">
-        <v>3.7657267900000306</v>
+        <v>3.7657267000000729</v>
       </c>
       <c r="D59" s="5">
-        <v>5.749699880935033</v>
+        <v>5.7496997396046634</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>816.21929011999998</v>
+        <v>816.21929009999997</v>
       </c>
       <c r="C60" s="5">
-        <v>6.0192854800000077</v>
+        <v>6.0192854999999099</v>
       </c>
       <c r="D60" s="5">
-        <v>9.2887245259415607</v>
+        <v>9.2887245585540299</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>818.14089455999999</v>
+        <v>818.14089460000002</v>
       </c>
       <c r="C61" s="5">
-        <v>1.9216044400000101</v>
+        <v>1.9216045000000577</v>
       </c>
       <c r="D61" s="5">
-        <v>2.8619994859195641</v>
+        <v>2.8619995765137185</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>820.52453485000001</v>
+        <v>820.52453490000005</v>
       </c>
       <c r="C62" s="5">
-        <v>2.3836402900000166</v>
+        <v>2.3836403000000246</v>
       </c>
       <c r="D62" s="5">
-        <v>3.5527516523524039</v>
+        <v>3.5527516673202308</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>823.26446831999999</v>
+        <v>823.26446829999998</v>
       </c>
       <c r="C63" s="5">
-        <v>2.7399334699999827</v>
+        <v>2.7399333999999271</v>
       </c>
       <c r="D63" s="5">
-        <v>4.0815145695195065</v>
+        <v>4.0815144630687028</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>827.25174045000006</v>
+        <v>827.25174049999998</v>
       </c>
       <c r="C64" s="5">
-        <v>3.9872721300000649</v>
+        <v>3.9872722000000067</v>
       </c>
       <c r="D64" s="5">
-        <v>5.9692381109871961</v>
+        <v>5.9692382187383375</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>831.85902768999995</v>
+        <v>831.85902769999996</v>
       </c>
       <c r="C65" s="5">
-        <v>4.6072872399998914</v>
+        <v>4.6072871999999734</v>
       </c>
       <c r="D65" s="5">
-        <v>6.8918355773765816</v>
+        <v>6.8918355152686406</v>
       </c>
       <c r="E65" s="5">
-        <v>5.4403510002326794</v>
+        <v>5.4403510015001988</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>832.81996347999996</v>
+        <v>832.81996349999997</v>
       </c>
       <c r="C66" s="5">
-        <v>0.96093579000000773</v>
+        <v>0.96093580000001566</v>
       </c>
       <c r="D66" s="5">
-        <v>1.395041062686686</v>
+        <v>1.395041077279835</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>836.22536619000005</v>
+        <v>836.22536620000005</v>
       </c>
       <c r="C67" s="5">
-        <v>3.4054027100000894</v>
+        <v>3.4054027000000815</v>
       </c>
       <c r="D67" s="5">
-        <v>5.0186723304544323</v>
+        <v>5.0186723152607193</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
         <v>839.79208200000005</v>
       </c>
       <c r="C68" s="5">
-        <v>3.5667158100000051</v>
+        <v>3.5667157999999972</v>
       </c>
       <c r="D68" s="5">
-        <v>5.2401015153066721</v>
+        <v>5.2401015002045082</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
         <v>844.05535080000004</v>
       </c>
       <c r="C69" s="5">
         <v>4.2632687999999916</v>
       </c>
       <c r="D69" s="5">
         <v>6.2648960707397228</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>847.51047253000002</v>
+        <v>847.51047249999999</v>
       </c>
       <c r="C70" s="5">
-        <v>3.4551217299999735</v>
+        <v>3.4551216999999497</v>
       </c>
       <c r="D70" s="5">
-        <v>5.0242895225947048</v>
+        <v>5.0242894779829017</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>850.80227214000001</v>
+        <v>850.80227209999998</v>
       </c>
       <c r="C71" s="5">
-        <v>3.2917996099999982</v>
+        <v>3.2917995999999903</v>
       </c>
       <c r="D71" s="5">
-        <v>4.7617662242438241</v>
+        <v>4.7617662096400393</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>852.89569604999997</v>
+        <v>852.89569610000001</v>
       </c>
       <c r="C72" s="5">
-        <v>2.0934239099999559</v>
+        <v>2.0934240000000273</v>
       </c>
       <c r="D72" s="5">
-        <v>2.9929224416307854</v>
+        <v>2.9929225721909702</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>856.01368873000001</v>
+        <v>856.01368869999999</v>
       </c>
       <c r="C73" s="5">
-        <v>3.117992680000043</v>
+        <v>3.1179925999999796</v>
       </c>
       <c r="D73" s="5">
-        <v>4.4762176845638324</v>
+        <v>4.4762175671282156</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>860.51150615999995</v>
+        <v>860.51150619999999</v>
       </c>
       <c r="C74" s="5">
-        <v>4.4978174299999409</v>
+        <v>4.4978174999999965</v>
       </c>
       <c r="D74" s="5">
-        <v>6.4906960461374341</v>
+        <v>6.4906961503237381</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>863.92825445999995</v>
+        <v>863.92825449999998</v>
       </c>
       <c r="C75" s="5">
         <v>3.4167482999999947</v>
       </c>
       <c r="D75" s="5">
-        <v>4.8701648615823157</v>
+        <v>4.870164861351034</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>867.52566545000002</v>
+        <v>867.52566549999995</v>
       </c>
       <c r="C76" s="5">
-        <v>3.5974109900000713</v>
+        <v>3.5974109999999655</v>
       </c>
       <c r="D76" s="5">
-        <v>5.1128600515921274</v>
+        <v>5.1128600658896239</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>869.68653842000003</v>
+        <v>869.68653840000002</v>
       </c>
       <c r="C77" s="5">
-        <v>2.160872970000014</v>
+        <v>2.1608729000000721</v>
       </c>
       <c r="D77" s="5">
-        <v>3.0303057656712262</v>
+        <v>3.0303056659807037</v>
       </c>
       <c r="E77" s="5">
-        <v>4.5473463015775373</v>
+        <v>4.547346297916488</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>871.76268344000005</v>
+        <v>871.76268340000001</v>
       </c>
       <c r="C78" s="5">
-        <v>2.0761450200000127</v>
+        <v>2.0761449999999968</v>
       </c>
       <c r="D78" s="5">
-        <v>2.9025940035728004</v>
+        <v>2.9025939753109409</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
         <v>873.45897679999996</v>
       </c>
       <c r="C79" s="5">
-        <v>1.6962933599999133</v>
+        <v>1.696293399999945</v>
       </c>
       <c r="D79" s="5">
-        <v>2.3601359484292095</v>
+        <v>2.3601360047894593</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>876.15648107000004</v>
+        <v>876.15648109999995</v>
       </c>
       <c r="C80" s="5">
-        <v>2.6975042700000813</v>
+        <v>2.6975042999999914</v>
       </c>
       <c r="D80" s="5">
-        <v>3.7695619698436378</v>
+        <v>3.7695620124808871</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>878.20378092999999</v>
+        <v>878.20378089999997</v>
       </c>
       <c r="C81" s="5">
-        <v>2.0472998599999528</v>
+        <v>2.0472998000000189</v>
       </c>
       <c r="D81" s="5">
-        <v>2.8403382122171861</v>
+        <v>2.8403381278044648</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>882.79259041</v>
+        <v>882.79259039999999</v>
       </c>
       <c r="C82" s="5">
-        <v>4.588809480000009</v>
+        <v>4.5888095000000249</v>
       </c>
       <c r="D82" s="5">
-        <v>6.4536413113643443</v>
+        <v>6.4536413405322124</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>884.73002683000004</v>
+        <v>884.73002680000002</v>
       </c>
       <c r="C83" s="5">
-        <v>1.93743642000004</v>
+        <v>1.9374364000000242</v>
       </c>
       <c r="D83" s="5">
-        <v>2.6656243370215327</v>
+        <v>2.6656243092020082</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>886.75225329</v>
+        <v>886.75225330000001</v>
       </c>
       <c r="C84" s="5">
-        <v>2.0222264599999562</v>
+        <v>2.0222264999999879</v>
       </c>
       <c r="D84" s="5">
-        <v>2.7775839315054895</v>
+        <v>2.7775839872345776</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>891.46445209000001</v>
+        <v>891.46445210000002</v>
       </c>
       <c r="C85" s="5">
         <v>4.7121988000000101</v>
       </c>
       <c r="D85" s="5">
-        <v>6.5665120254798426</v>
+        <v>6.5665120254038589</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>893.42525727999998</v>
+        <v>893.4252573</v>
       </c>
       <c r="C86" s="5">
-        <v>1.9608051899999737</v>
+        <v>1.9608051999999816</v>
       </c>
       <c r="D86" s="5">
-        <v>2.6716049084011706</v>
+        <v>2.6716049221611193</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
         <v>901.62621260000003</v>
       </c>
       <c r="C87" s="5">
-        <v>8.2009553200000482</v>
+        <v>8.2009553000000324</v>
       </c>
       <c r="D87" s="5">
-        <v>11.588551652324529</v>
+        <v>11.588551622348575</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>907.10324996999998</v>
+        <v>907.10325</v>
       </c>
       <c r="C88" s="5">
-        <v>5.4770373699999482</v>
+        <v>5.477037399999972</v>
       </c>
       <c r="D88" s="5">
-        <v>7.5380912900250063</v>
+        <v>7.5380913327033339</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>908.21620236000001</v>
+        <v>908.21620240000004</v>
       </c>
       <c r="C89" s="5">
-        <v>1.1129523900000322</v>
+        <v>1.1129524000000401</v>
       </c>
       <c r="D89" s="5">
-        <v>1.4822923708914804</v>
+        <v>1.4822923842508384</v>
       </c>
       <c r="E89" s="5">
-        <v>4.4302932422063845</v>
+        <v>4.4302932492073177</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>912.31645171000002</v>
+        <v>912.31645170000002</v>
       </c>
       <c r="C90" s="5">
-        <v>4.1002493500000128</v>
+        <v>4.1002492999999731</v>
       </c>
       <c r="D90" s="5">
-        <v>5.5541065698096359</v>
+        <v>5.5541065001395218</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>917.31876285999999</v>
+        <v>917.31876290000002</v>
       </c>
       <c r="C91" s="5">
-        <v>5.0023111499999686</v>
+        <v>5.0023112000000083</v>
       </c>
       <c r="D91" s="5">
-        <v>6.7818010682271002</v>
+        <v>6.7818011381475696</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>921.37341590999995</v>
+        <v>921.37341590000005</v>
       </c>
       <c r="C92" s="5">
-        <v>4.0546530499999562</v>
+        <v>4.0546530000000303</v>
       </c>
       <c r="D92" s="5">
-        <v>5.4350019603899069</v>
+        <v>5.435001891487734</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>926.74201333999997</v>
+        <v>926.74201330000005</v>
       </c>
       <c r="C93" s="5">
-        <v>5.3685974300000225</v>
+        <v>5.3685973999999987</v>
       </c>
       <c r="D93" s="5">
-        <v>7.2205654317464729</v>
+        <v>7.2205653901766587</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
         <v>931.34948259999999</v>
       </c>
       <c r="C94" s="5">
-        <v>4.6074692600000162</v>
+        <v>4.6074692999999343</v>
       </c>
       <c r="D94" s="5">
-        <v>6.1318923846492623</v>
+        <v>6.1318924396194241</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>933.93255653999995</v>
+        <v>933.93255650000003</v>
       </c>
       <c r="C95" s="5">
-        <v>2.5830739399999629</v>
+        <v>2.5830739000000449</v>
       </c>
       <c r="D95" s="5">
-        <v>3.3794098178754339</v>
+        <v>3.3794097647431354</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
         <v>937.93668539999999</v>
       </c>
       <c r="C96" s="5">
-        <v>4.0041288600000371</v>
+        <v>4.0041288999999551</v>
       </c>
       <c r="D96" s="5">
-        <v>5.2679322419419305</v>
+        <v>5.2679322960451191</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>941.76968123999995</v>
+        <v>941.76968120000004</v>
       </c>
       <c r="C97" s="5">
-        <v>3.8329958399999668</v>
+        <v>3.8329958000000488</v>
       </c>
       <c r="D97" s="5">
-        <v>5.0156891392227676</v>
+        <v>5.0156890856988268</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>944.49833966999995</v>
+        <v>944.49833969999997</v>
       </c>
       <c r="C98" s="5">
-        <v>2.7286584299999959</v>
+        <v>2.7286584999999377</v>
       </c>
       <c r="D98" s="5">
-        <v>3.532792194031309</v>
+        <v>3.5327922862616656</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>946.57978885</v>
+        <v>946.57978890000004</v>
       </c>
       <c r="C99" s="5">
-        <v>2.0814491800000496</v>
+        <v>2.0814492000000655</v>
       </c>
       <c r="D99" s="5">
-        <v>2.6768038916741066</v>
+        <v>2.6768039176212843</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>947.76082962999999</v>
+        <v>947.76082959999997</v>
       </c>
       <c r="C100" s="5">
-        <v>1.1810407799999894</v>
+        <v>1.1810406999999259</v>
       </c>
       <c r="D100" s="5">
-        <v>1.5075486685716122</v>
+        <v>1.5075485656729448</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>950.88486018000003</v>
+        <v>950.88486020000005</v>
       </c>
       <c r="C101" s="5">
-        <v>3.1240305500000431</v>
+        <v>3.1240306000000828</v>
       </c>
       <c r="D101" s="5">
-        <v>4.0279702948674556</v>
+        <v>4.0279703606381556</v>
       </c>
       <c r="E101" s="5">
-        <v>4.6980727396324307</v>
+        <v>4.6980727372233799</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>952.77786174000005</v>
+        <v>952.77786170000002</v>
       </c>
       <c r="C102" s="5">
-        <v>1.8930015600000161</v>
+        <v>1.8930014999999685</v>
       </c>
       <c r="D102" s="5">
-        <v>2.4152662177487016</v>
+        <v>2.4152661403036069</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>955.19657036000001</v>
+        <v>955.19657040000004</v>
       </c>
       <c r="C103" s="5">
-        <v>2.4187086199999612</v>
+        <v>2.4187087000000247</v>
       </c>
       <c r="D103" s="5">
-        <v>3.0891984448062182</v>
+        <v>3.089198548545391</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>956.69404345999999</v>
+        <v>956.69404350000002</v>
       </c>
       <c r="C104" s="5">
         <v>1.4974730999999792</v>
       </c>
       <c r="D104" s="5">
-        <v>1.8975603908945704</v>
+        <v>1.8975603908143235</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>957.35560382999995</v>
+        <v>957.35560380000004</v>
       </c>
       <c r="C105" s="5">
-        <v>0.66156036999996104</v>
+        <v>0.6615603000000192</v>
       </c>
       <c r="D105" s="5">
-        <v>0.83297136075952682</v>
+        <v>0.83297127225185896</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>957.72094823999998</v>
+        <v>957.72094819999995</v>
       </c>
       <c r="C106" s="5">
-        <v>0.36534441000003426</v>
+        <v>0.36534439999991264</v>
       </c>
       <c r="D106" s="5">
-        <v>0.45890434829432003</v>
+        <v>0.45890433572155498</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>959.87395873000003</v>
+        <v>959.8739587</v>
       </c>
       <c r="C107" s="5">
-        <v>2.1530104900000424</v>
+        <v>2.1530105000000503</v>
       </c>
       <c r="D107" s="5">
-        <v>2.731273414900004</v>
+        <v>2.7312734278585937</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>961.20654940999998</v>
+        <v>961.20654939999997</v>
       </c>
       <c r="C108" s="5">
-        <v>1.332590679999953</v>
+        <v>1.3325906999999688</v>
       </c>
       <c r="D108" s="5">
-        <v>1.6787367724253155</v>
+        <v>1.6787367978657652</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>962.75139887</v>
+        <v>962.75139890000003</v>
       </c>
       <c r="C109" s="5">
-        <v>1.5448494600000231</v>
+        <v>1.5448495000000548</v>
       </c>
       <c r="D109" s="5">
-        <v>1.9457779032215905</v>
+        <v>1.9457779540692943</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>964.09214282000005</v>
+        <v>964.09214280000003</v>
       </c>
       <c r="C110" s="5">
-        <v>1.3407439500000464</v>
+        <v>1.3407439000000068</v>
       </c>
       <c r="D110" s="5">
-        <v>1.6839999076927903</v>
+        <v>1.6839998443570536</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>965.61973575000002</v>
+        <v>965.61973579999994</v>
       </c>
       <c r="C111" s="5">
-        <v>1.5275929299999689</v>
+        <v>1.5275929999999107</v>
       </c>
       <c r="D111" s="5">
-        <v>1.9180440356534989</v>
+        <v>1.9180441243527468</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>970.00114971999994</v>
+        <v>970.00114970000004</v>
       </c>
       <c r="C112" s="5">
-        <v>4.3814139699999259</v>
+        <v>4.3814139000000978</v>
       </c>
       <c r="D112" s="5">
-        <v>5.5828514211318847</v>
+        <v>5.5828513294031934</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>972.34399843000006</v>
+        <v>972.34399840000003</v>
       </c>
       <c r="C113" s="5">
-        <v>2.3428487100001121</v>
+        <v>2.3428486999999905</v>
       </c>
       <c r="D113" s="5">
-        <v>2.9371801885874183</v>
+        <v>2.9371801759448646</v>
       </c>
       <c r="E113" s="5">
-        <v>2.2567546449249187</v>
+        <v>2.2567546396191851</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>970.57267096999999</v>
+        <v>970.57267100000001</v>
       </c>
       <c r="C114" s="5">
-        <v>-1.7713274600000659</v>
+        <v>-1.7713274000000183</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.1642799155615067</v>
+        <v>-2.164279843050132</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
         <v>969.74841709999998</v>
       </c>
       <c r="C115" s="5">
-        <v>-0.82425387000000683</v>
+        <v>-0.82425390000003063</v>
       </c>
       <c r="D115" s="5">
-        <v>-1.0143472719203128</v>
+        <v>-1.0143473086356658</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>970.78404465000006</v>
+        <v>970.78404469999998</v>
       </c>
       <c r="C116" s="5">
-        <v>1.035627550000072</v>
+        <v>1.035627599999998</v>
       </c>
       <c r="D116" s="5">
-        <v>1.2890751530309386</v>
+        <v>1.2890752156334839</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>972.90000852000003</v>
+        <v>972.90000850000001</v>
       </c>
       <c r="C117" s="5">
-        <v>2.1159638699999732</v>
+        <v>2.1159638000000314</v>
       </c>
       <c r="D117" s="5">
-        <v>2.6471576499653482</v>
+        <v>2.647157561202329</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>973.15204593999999</v>
+        <v>973.15204589999996</v>
       </c>
       <c r="C118" s="5">
-        <v>0.2520374199999651</v>
+        <v>0.25203739999994923</v>
       </c>
       <c r="D118" s="5">
-        <v>0.31131277905229737</v>
+        <v>0.31131275431979244</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
         <v>977.8078544</v>
       </c>
       <c r="C119" s="5">
-        <v>4.6558084600000029</v>
+        <v>4.6558085000000347</v>
       </c>
       <c r="D119" s="5">
-        <v>5.8946105197530851</v>
+        <v>5.8946105719849484</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>976.71152512000003</v>
+        <v>976.71152510000002</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.0963292799999635</v>
+        <v>-1.0963292999999794</v>
       </c>
       <c r="D120" s="5">
-        <v>-1.3371876112652781</v>
+        <v>-1.3371876355090184</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>977.37331434999999</v>
+        <v>977.37331440000003</v>
       </c>
       <c r="C121" s="5">
-        <v>0.66178922999995393</v>
+        <v>0.66178930000000946</v>
       </c>
       <c r="D121" s="5">
-        <v>0.8161194383670578</v>
+        <v>0.81611952502982366</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>981.09218126999997</v>
+        <v>981.09218129999999</v>
       </c>
       <c r="C122" s="5">
-        <v>3.7188669199999822</v>
+        <v>3.7188668999999663</v>
       </c>
       <c r="D122" s="5">
-        <v>4.6627280210763011</v>
+        <v>4.6627279952295542</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>983.64570920999995</v>
+        <v>983.64570920000006</v>
       </c>
       <c r="C123" s="5">
-        <v>2.5535279399999808</v>
+        <v>2.5535279000000628</v>
       </c>
       <c r="D123" s="5">
-        <v>3.1683883589940454</v>
+        <v>3.1683883085516396</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>986.14176515999998</v>
+        <v>986.14176520000001</v>
       </c>
       <c r="C124" s="5">
-        <v>2.4960559500000272</v>
+        <v>2.4960559999999532</v>
       </c>
       <c r="D124" s="5">
-        <v>3.0879272413772529</v>
+        <v>3.0879273041307886</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>988.16612164000003</v>
+        <v>988.1661216</v>
       </c>
       <c r="C125" s="5">
-        <v>2.0243564800000513</v>
+        <v>2.0243563999999878</v>
       </c>
       <c r="D125" s="5">
-        <v>2.4913693176056295</v>
+        <v>2.4913692179334479</v>
       </c>
       <c r="E125" s="5">
-        <v>1.6272145696941909</v>
+        <v>1.6272145687159512</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>989.18329475999997</v>
+        <v>989.1832948</v>
       </c>
       <c r="C126" s="5">
-        <v>1.0171731199999385</v>
+        <v>1.017173200000002</v>
       </c>
       <c r="D126" s="5">
-        <v>1.2422424646549191</v>
+        <v>1.2422425629607714</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>991.29760118000002</v>
+        <v>991.29760120000003</v>
       </c>
       <c r="C127" s="5">
-        <v>2.1143064200000481</v>
+        <v>2.1143064000000322</v>
       </c>
       <c r="D127" s="5">
-        <v>2.5952801667214587</v>
+        <v>2.5952801417763016</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>994.38993309</v>
+        <v>994.38993310000001</v>
       </c>
       <c r="C128" s="5">
-        <v>3.0923319099999844</v>
+        <v>3.0923318999999765</v>
       </c>
       <c r="D128" s="5">
-        <v>3.8082727554490381</v>
+        <v>3.8082727428435659</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>995.98062456000002</v>
+        <v>995.98062460000006</v>
       </c>
       <c r="C129" s="5">
-        <v>1.5906914700000243</v>
+        <v>1.5906915000000481</v>
       </c>
       <c r="D129" s="5">
-        <v>1.9365781627915357</v>
+        <v>1.9365781996172116</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>998.93313435000005</v>
+        <v>998.93313439999997</v>
       </c>
       <c r="C130" s="5">
-        <v>2.9525097900000219</v>
+        <v>2.9525097999999161</v>
       </c>
       <c r="D130" s="5">
-        <v>3.6158864509266087</v>
+        <v>3.6158864632263255</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1002.1222459000001</v>
+        <v>1002.122246</v>
       </c>
       <c r="C131" s="5">
-        <v>3.1891115500000069</v>
+        <v>3.1891116000000466</v>
       </c>
       <c r="D131" s="5">
-        <v>3.8990103743545168</v>
+        <v>3.8990104363633371</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1003.1426504999999</v>
+        <v>1003.142651</v>
       </c>
       <c r="C132" s="5">
-        <v>1.0204045999998925</v>
+        <v>1.0204049999999825</v>
       </c>
       <c r="D132" s="5">
-        <v>1.2287586561028796</v>
+        <v>1.2287591403556064</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1005.9222865</v>
+        <v>1005.922287</v>
       </c>
       <c r="C133" s="5">
-        <v>2.7796360000000959</v>
+        <v>2.7796359999999822</v>
       </c>
       <c r="D133" s="5">
-        <v>3.3762595929761607</v>
+        <v>3.3762595912675941</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1010.5215758000001</v>
+        <v>1010.521576</v>
       </c>
       <c r="C134" s="5">
-        <v>4.5992893000000095</v>
+        <v>4.5992889999999989</v>
       </c>
       <c r="D134" s="5">
-        <v>5.6267520045684805</v>
+        <v>5.6267516254037808</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1011.8165976</v>
+        <v>1011.816598</v>
       </c>
       <c r="C135" s="5">
-        <v>1.2950217999999722</v>
+        <v>1.2950220000000172</v>
       </c>
       <c r="D135" s="5">
-        <v>1.5487314802584917</v>
+        <v>1.5487317208204177</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1014.4027555</v>
+        <v>1014.402756</v>
       </c>
       <c r="C136" s="5">
-        <v>2.5861578999999892</v>
+        <v>2.5861579999999549</v>
       </c>
       <c r="D136" s="5">
-        <v>3.1106329065720306</v>
+        <v>3.1106330273007243</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1017.5213228</v>
+        <v>1017.5213230000001</v>
       </c>
       <c r="C137" s="5">
-        <v>3.1185672999999952</v>
+        <v>3.1185670000000982</v>
       </c>
       <c r="D137" s="5">
-        <v>3.7521688239601225</v>
+        <v>3.7521684550032353</v>
       </c>
       <c r="E137" s="5">
-        <v>2.9706747192750349</v>
+        <v>2.9706747436826886</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1021.9688365</v>
+        <v>1021.968837</v>
       </c>
       <c r="C138" s="5">
-        <v>4.4475136999999449</v>
+        <v>4.4475139999999556</v>
       </c>
       <c r="D138" s="5">
-        <v>5.3730635753393097</v>
+        <v>5.3730639454459661</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1026.2201133000001</v>
+        <v>1026.2201130000001</v>
       </c>
       <c r="C139" s="5">
-        <v>4.2512768000001415</v>
+        <v>4.2512760000000753</v>
       </c>
       <c r="D139" s="5">
-        <v>5.10767611950389</v>
+        <v>5.1076751336945225</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1029.7197613999999</v>
+        <v>1029.7197610000001</v>
       </c>
       <c r="C140" s="5">
-        <v>3.4996480999998312</v>
+        <v>3.4996479999999792</v>
       </c>
       <c r="D140" s="5">
-        <v>4.1699128615364289</v>
+        <v>4.1699127413824533</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1031.8550178</v>
+        <v>1031.855018</v>
       </c>
       <c r="C141" s="5">
-        <v>2.1352564000001166</v>
+        <v>2.1352569999999105</v>
       </c>
       <c r="D141" s="5">
-        <v>2.5169310382852972</v>
+        <v>2.5169317546088754</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1035.7303652999999</v>
+        <v>1035.7303649999999</v>
       </c>
       <c r="C142" s="5">
-        <v>3.8753474999998616</v>
+        <v>3.8753469999999197</v>
       </c>
       <c r="D142" s="5">
-        <v>4.6011218729949732</v>
+        <v>4.6011212661291045</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1044.5859399000001</v>
+        <v>1044.5859399999999</v>
       </c>
       <c r="C143" s="5">
-        <v>8.8555746000001818</v>
+        <v>8.8555750000000444</v>
       </c>
       <c r="D143" s="5">
-        <v>10.756597020437964</v>
+        <v>10.756597532641511</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1045.7570149000001</v>
+        <v>1045.7570149999999</v>
       </c>
       <c r="C144" s="5">
         <v>1.1710749999999734</v>
       </c>
       <c r="D144" s="5">
-        <v>1.3536344123494359</v>
+        <v>1.3536344122191402</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1048.0110608</v>
+        <v>1048.0110609999999</v>
       </c>
       <c r="C145" s="5">
-        <v>2.2540458999999373</v>
+        <v>2.2540460000000166</v>
       </c>
       <c r="D145" s="5">
-        <v>2.6173882576162599</v>
+        <v>2.6173883748628057</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1045.9823042</v>
+        <v>1045.9823040000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-2.0287565999999515</v>
+        <v>-2.0287569999998141</v>
       </c>
       <c r="D146" s="5">
-        <v>-2.2984053915344305</v>
+        <v>-2.2984058394516893</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1051.5444798000001</v>
+        <v>1051.54448</v>
       </c>
       <c r="C147" s="5">
-        <v>5.562175600000046</v>
+        <v>5.5621759999999085</v>
       </c>
       <c r="D147" s="5">
-        <v>6.5711683809995147</v>
+        <v>6.5711688687595471</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1055.1069519</v>
+        <v>1055.1069520000001</v>
       </c>
       <c r="C148" s="5">
-        <v>3.5624720999999226</v>
+        <v>3.5624720000000707</v>
       </c>
       <c r="D148" s="5">
-        <v>4.1420302952756449</v>
+        <v>4.1420301760297873</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1058.6726004</v>
+        <v>1058.6726000000001</v>
       </c>
       <c r="C149" s="5">
-        <v>3.565648499999952</v>
+        <v>3.5656480000000101</v>
       </c>
       <c r="D149" s="5">
-        <v>4.1315335151766996</v>
+        <v>4.1315329246151444</v>
       </c>
       <c r="E149" s="5">
-        <v>4.0442668549451666</v>
+        <v>4.0442667951834155</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1063.1724827999999</v>
+        <v>1063.1724830000001</v>
       </c>
       <c r="C150" s="5">
-        <v>4.4998823999999331</v>
+        <v>4.4998829999999543</v>
       </c>
       <c r="D150" s="5">
-        <v>5.2215397414015374</v>
+        <v>5.2215404560003398</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1067.6382785999999</v>
+        <v>1067.638279</v>
       </c>
       <c r="C151" s="5">
-        <v>4.4657958000000235</v>
+        <v>4.4657959999999548</v>
       </c>
       <c r="D151" s="5">
-        <v>5.1586265837111345</v>
+        <v>5.158626819109613</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1070.1706282</v>
+        <v>1070.1706280000001</v>
       </c>
       <c r="C152" s="5">
-        <v>2.5323496000000887</v>
+        <v>2.5323490000000675</v>
       </c>
       <c r="D152" s="5">
-        <v>2.8837273353112591</v>
+        <v>2.8837266420255192</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1074.1945779</v>
+        <v>1074.1945780000001</v>
       </c>
       <c r="C153" s="5">
-        <v>4.0239497000000028</v>
+        <v>4.0239500000000135</v>
       </c>
       <c r="D153" s="5">
-        <v>4.6066139432065167</v>
+        <v>4.6066142946585176</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1079.2147041000001</v>
+        <v>1079.214704</v>
       </c>
       <c r="C154" s="5">
-        <v>5.0201262000000497</v>
+        <v>5.0201259999998911</v>
       </c>
       <c r="D154" s="5">
-        <v>5.7544804062602317</v>
+        <v>5.7544801705295967</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
         <v>1081.1270999999999</v>
       </c>
       <c r="C155" s="5">
-        <v>1.9123958999998649</v>
+        <v>1.9123959999999443</v>
       </c>
       <c r="D155" s="5">
-        <v>2.1472779089805938</v>
+        <v>2.147278022560184</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1084.4529831</v>
+        <v>1084.4529829999999</v>
       </c>
       <c r="C156" s="5">
-        <v>3.3258831000000555</v>
+        <v>3.3258829999999762</v>
       </c>
       <c r="D156" s="5">
-        <v>3.7546783930852534</v>
+        <v>3.7546782782754473</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1090.2451395999999</v>
+        <v>1090.24514</v>
       </c>
       <c r="C157" s="5">
-        <v>5.7921564999999191</v>
+        <v>5.7921570000000884</v>
       </c>
       <c r="D157" s="5">
-        <v>6.6009752333535676</v>
+        <v>6.6009758206428293</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1092.7788187000001</v>
+        <v>1092.7788190000001</v>
       </c>
       <c r="C158" s="5">
-        <v>2.5336791000001995</v>
+        <v>2.5336790000001201</v>
       </c>
       <c r="D158" s="5">
-        <v>2.824666892723382</v>
+        <v>2.824666778760232</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1091.8815523000001</v>
+        <v>1091.8815520000001</v>
       </c>
       <c r="C159" s="5">
-        <v>-0.89726640000003499</v>
+        <v>-0.89726700000005621</v>
       </c>
       <c r="D159" s="5">
-        <v>-0.98086685330581735</v>
+        <v>-0.98086750598210815</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1097.1695732999999</v>
+        <v>1097.1695729999999</v>
       </c>
       <c r="C160" s="5">
         <v>5.2880209999998442</v>
       </c>
       <c r="D160" s="5">
-        <v>5.9689719122047791</v>
+        <v>5.9689719138884989</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1100.8449419000001</v>
+        <v>1100.8449419999999</v>
       </c>
       <c r="C161" s="5">
-        <v>3.6753686000001835</v>
+        <v>3.6753690000000461</v>
       </c>
       <c r="D161" s="5">
-        <v>4.0947322605938474</v>
+        <v>4.0947327156169777</v>
       </c>
       <c r="E161" s="5">
-        <v>3.9835111897735143</v>
+        <v>3.9835112385075311</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1107.6673441999999</v>
+        <v>1107.667344</v>
       </c>
       <c r="C162" s="5">
-        <v>6.8224022999997942</v>
+        <v>6.822402000000011</v>
       </c>
       <c r="D162" s="5">
-        <v>7.6957118008567305</v>
+        <v>7.6957114501150059</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
         <v>1109.2875899999999</v>
       </c>
       <c r="C163" s="5">
-        <v>1.6202458000000206</v>
+        <v>1.6202459999999519</v>
       </c>
       <c r="D163" s="5">
-        <v>1.769496626108813</v>
+        <v>1.7694968466144267</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1111.7014971999999</v>
+        <v>1111.701497</v>
       </c>
       <c r="C164" s="5">
-        <v>2.4139072000000397</v>
+        <v>2.4139070000001084</v>
       </c>
       <c r="D164" s="5">
-        <v>2.6427865472516521</v>
+        <v>2.6427863256611284</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1113.6731706</v>
+        <v>1113.6731709999999</v>
       </c>
       <c r="C165" s="5">
-        <v>1.9716734000000997</v>
+        <v>1.9716739999998936</v>
       </c>
       <c r="D165" s="5">
-        <v>2.1491601280009487</v>
+        <v>2.1491607887947906</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1116.1367438</v>
+        <v>1116.1367439999999</v>
       </c>
       <c r="C166" s="5">
-        <v>2.463573199999928</v>
+        <v>2.4635729999999967</v>
       </c>
       <c r="D166" s="5">
-        <v>2.6870742071353648</v>
+        <v>2.6870739853531722</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1114.2845758000001</v>
+        <v>1114.284576</v>
       </c>
       <c r="C167" s="5">
         <v>-1.8521679999998923</v>
       </c>
       <c r="D167" s="5">
-        <v>-1.9732598452229078</v>
+        <v>-1.9732598448725769</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1118.4170363000001</v>
+        <v>1118.417038</v>
       </c>
       <c r="C168" s="5">
-        <v>4.1324604999999792</v>
+        <v>4.1324620000000323</v>
       </c>
       <c r="D168" s="5">
-        <v>4.5422538165112547</v>
+        <v>4.5422554982005758</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>1122.0044069999999</v>
       </c>
       <c r="C169" s="5">
-        <v>3.5873706999998376</v>
+        <v>3.5873689999998533</v>
       </c>
       <c r="D169" s="5">
-        <v>3.9176858244201807</v>
+        <v>3.9176839289548626</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1125.5117064000001</v>
+        <v>1125.511706</v>
       </c>
       <c r="C170" s="5">
-        <v>3.5072994000001927</v>
+        <v>3.5072990000001028</v>
       </c>
       <c r="D170" s="5">
-        <v>3.8162755561492734</v>
+        <v>3.8162751134009465</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1130.4408395</v>
+        <v>1130.4408390000001</v>
       </c>
       <c r="C171" s="5">
-        <v>4.9291330999999445</v>
+        <v>4.9291330000000926</v>
       </c>
       <c r="D171" s="5">
-        <v>5.3838036388132338</v>
+        <v>5.3838035289046848</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1131.1469979000001</v>
+        <v>1131.1469970000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.70615840000004937</v>
+        <v>0.70615799999995943</v>
       </c>
       <c r="D172" s="5">
-        <v>0.75219110178881277</v>
+        <v>0.75219067458258682</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1131.8018672000001</v>
+        <v>1131.8018669999999</v>
       </c>
       <c r="C173" s="5">
-        <v>0.65486929999997301</v>
+        <v>0.65486999999984619</v>
       </c>
       <c r="D173" s="5">
-        <v>0.69694767042520755</v>
+        <v>0.69694841833318755</v>
       </c>
       <c r="E173" s="5">
-        <v>2.812105876288995</v>
+        <v>2.8121058487817319</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1134.4438212</v>
+        <v>1134.4438230000001</v>
       </c>
       <c r="C174" s="5">
-        <v>2.6419539999999415</v>
+        <v>2.6419560000001638</v>
       </c>
       <c r="D174" s="5">
-        <v>2.8373923439597881</v>
+        <v>2.8373945200690809</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1137.8601816</v>
+        <v>1137.8601819999999</v>
       </c>
       <c r="C175" s="5">
-        <v>3.4163604000000305</v>
+        <v>3.4163589999998294</v>
       </c>
       <c r="D175" s="5">
-        <v>3.674242450780163</v>
+        <v>3.6742409141489407</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1140.7426456999999</v>
+        <v>1140.7426459999999</v>
       </c>
       <c r="C176" s="5">
-        <v>2.8824640999998792</v>
+        <v>2.8824640000000272</v>
       </c>
       <c r="D176" s="5">
-        <v>3.082592332572065</v>
+        <v>3.0825922230359515</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
         <v>1144.6163750000001</v>
       </c>
       <c r="C177" s="5">
-        <v>3.87372930000015</v>
+        <v>3.8737290000001394</v>
       </c>
       <c r="D177" s="5">
-        <v>4.1519307291993268</v>
+        <v>4.1519304005126711</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1145.7028556</v>
+        <v>1145.7028560000001</v>
       </c>
       <c r="C178" s="5">
-        <v>1.0864805999999589</v>
+        <v>1.0864810000000489</v>
       </c>
       <c r="D178" s="5">
-        <v>1.1450167015607304</v>
+        <v>1.1450171253148511</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1147.2293467</v>
+        <v>1147.2293460000001</v>
       </c>
       <c r="C179" s="5">
-        <v>1.5264910999999302</v>
+        <v>1.526489999999967</v>
       </c>
       <c r="D179" s="5">
-        <v>1.6106029961308055</v>
+        <v>1.6106018264345989</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1150.9948276</v>
+        <v>1150.9948300000001</v>
       </c>
       <c r="C180" s="5">
-        <v>3.7654809000000569</v>
+        <v>3.7654840000000149</v>
       </c>
       <c r="D180" s="5">
-        <v>4.0105729011104874</v>
+        <v>4.0105762652099086</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1151.3422442000001</v>
+        <v>1151.3422419999999</v>
       </c>
       <c r="C181" s="5">
-        <v>0.34741660000008778</v>
+        <v>0.34741199999984929</v>
       </c>
       <c r="D181" s="5">
-        <v>0.3628102501808339</v>
+        <v>0.36280543762441386</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1152.1037372999999</v>
+        <v>1152.1037349999999</v>
       </c>
       <c r="C182" s="5">
-        <v>0.76149309999982506</v>
+        <v>0.76149299999997311</v>
       </c>
       <c r="D182" s="5">
-        <v>0.79656865174271285</v>
+        <v>0.79656854828342727</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1164.5079628000001</v>
+        <v>1164.507961</v>
       </c>
       <c r="C183" s="5">
-        <v>12.404225500000166</v>
+        <v>12.404226000000108</v>
       </c>
       <c r="D183" s="5">
-        <v>13.713106843424461</v>
+        <v>13.713107458335983</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1165.0130374</v>
+        <v>1165.0130360000001</v>
       </c>
       <c r="C184" s="5">
-        <v>0.50507459999994353</v>
+        <v>0.50507500000003347</v>
       </c>
       <c r="D184" s="5">
-        <v>0.52171169805237394</v>
+        <v>0.52171211302307618</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1168.866824</v>
+        <v>1168.8668230000001</v>
       </c>
       <c r="C185" s="5">
-        <v>3.8537865999999212</v>
+        <v>3.8537870000000112</v>
       </c>
       <c r="D185" s="5">
-        <v>4.0425434970467133</v>
+        <v>4.0425439292485432</v>
       </c>
       <c r="E185" s="5">
-        <v>3.2748626658211766</v>
+        <v>3.2748625957161659</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1168.2143519000001</v>
+        <v>1168.2143550000001</v>
       </c>
       <c r="C186" s="5">
-        <v>-0.65247209999984079</v>
+        <v>-0.65246799999999894</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.66779820116447119</v>
+        <v>-0.6677940183030695</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1170.6522992</v>
+        <v>1170.6523030000001</v>
       </c>
       <c r="C187" s="5">
-        <v>2.4379472999999052</v>
+        <v>2.4379480000000058</v>
       </c>
       <c r="D187" s="5">
-        <v>2.53322570377017</v>
+        <v>2.5332264326965115</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1174.2555235</v>
+        <v>1174.2555239999999</v>
       </c>
       <c r="C188" s="5">
-        <v>3.6032242999999653</v>
+        <v>3.6032209999998486</v>
       </c>
       <c r="D188" s="5">
-        <v>3.7567288672077481</v>
+        <v>3.7567253557663216</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1177.7994342</v>
+        <v>1177.7994349999999</v>
       </c>
       <c r="C189" s="5">
-        <v>3.5439106999999694</v>
+        <v>3.54391099999998</v>
       </c>
       <c r="D189" s="5">
-        <v>3.6823317756994101</v>
+        <v>3.6823320910150947</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1179.3553304</v>
+        <v>1179.355331</v>
       </c>
       <c r="C190" s="5">
-        <v>1.5558962000000065</v>
+        <v>1.5558960000000752</v>
       </c>
       <c r="D190" s="5">
-        <v>1.5967920647386613</v>
+        <v>1.5967918568957185</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1181.8693765</v>
+        <v>1181.8693760000001</v>
       </c>
       <c r="C191" s="5">
-        <v>2.5140461000000869</v>
+        <v>2.5140450000001238</v>
       </c>
       <c r="D191" s="5">
-        <v>2.5882604295988099</v>
+        <v>2.5882592824842066</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1188.2005638999999</v>
+        <v>1188.200566</v>
       </c>
       <c r="C192" s="5">
-        <v>6.3311873999998625</v>
+        <v>6.3311899999998786</v>
       </c>
       <c r="D192" s="5">
-        <v>6.6211328695988447</v>
+        <v>6.6211356721615156</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1189.768472</v>
+        <v>1189.768468</v>
       </c>
       <c r="C193" s="5">
-        <v>1.5679081000000679</v>
+        <v>1.5679020000000037</v>
       </c>
       <c r="D193" s="5">
-        <v>1.5950211898963396</v>
+        <v>1.5950149364665656</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1193.283819</v>
+        <v>1193.283811</v>
       </c>
       <c r="C194" s="5">
-        <v>3.5153470000000198</v>
+        <v>3.5153430000000299</v>
       </c>
       <c r="D194" s="5">
-        <v>3.6037664544235293</v>
+        <v>3.6037622992618257</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1193.5920122</v>
+        <v>1193.592009</v>
       </c>
       <c r="C195" s="5">
-        <v>0.30819320000000516</v>
+        <v>0.30819799999994757</v>
       </c>
       <c r="D195" s="5">
-        <v>0.31036844184177959</v>
+        <v>0.31037328467300451</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1197.2292986</v>
+        <v>1197.229296</v>
       </c>
       <c r="C196" s="5">
-        <v>3.6372863999999936</v>
+        <v>3.6372870000000148</v>
       </c>
       <c r="D196" s="5">
-        <v>3.718730254532554</v>
+        <v>3.7187308884224501</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1200.7186611</v>
+        <v>1200.71866</v>
       </c>
       <c r="C197" s="5">
-        <v>3.4893624999999702</v>
+        <v>3.4893640000000232</v>
       </c>
       <c r="D197" s="5">
-        <v>3.5540497086855138</v>
+        <v>3.5540512689090198</v>
       </c>
       <c r="E197" s="5">
-        <v>2.7250184919270115</v>
+        <v>2.7250184857030568</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1204.9737216000001</v>
+        <v>1204.9737279999999</v>
       </c>
       <c r="C198" s="5">
-        <v>4.2550605000001269</v>
+        <v>4.2550679999999375</v>
       </c>
       <c r="D198" s="5">
-        <v>4.3363850812018878</v>
+        <v>4.3363928781813721</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1205.4637207000001</v>
+        <v>1205.4637319999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.48999909999997726</v>
+        <v>0.490003999999999</v>
       </c>
       <c r="D199" s="5">
-        <v>0.48906941956821104</v>
+        <v>0.48907431861160422</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1206.8922805</v>
+        <v>1206.8922789999999</v>
       </c>
       <c r="C200" s="5">
-        <v>1.4285597999999027</v>
+        <v>1.4285469999999805</v>
       </c>
       <c r="D200" s="5">
-        <v>1.4313906086725003</v>
+        <v>1.4313776860943817</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1207.4636943999999</v>
+        <v>1207.4637</v>
       </c>
       <c r="C201" s="5">
-        <v>0.57141389999992498</v>
+        <v>0.57142100000010032</v>
       </c>
       <c r="D201" s="5">
-        <v>0.56963250382537911</v>
+        <v>0.56963960084235321</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1209.8614738000001</v>
+        <v>1209.8614789999999</v>
       </c>
       <c r="C202" s="5">
-        <v>2.3977794000002177</v>
+        <v>2.3977789999999004</v>
       </c>
       <c r="D202" s="5">
-        <v>2.4091574648782421</v>
+        <v>2.4091570472845936</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1214.9173163999999</v>
+        <v>1214.9173209999999</v>
       </c>
       <c r="C203" s="5">
-        <v>5.055842599999778</v>
+        <v>5.0558419999999842</v>
       </c>
       <c r="D203" s="5">
-        <v>5.13150850757087</v>
+        <v>5.1315078619625254</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1214.8376089000001</v>
+        <v>1214.8376009999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-7.9707499999813081E-2</v>
+        <v>-7.9719999999952051E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-7.8700412145382703E-2</v>
+        <v>-7.8712749458687004E-2</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1221.7513762000001</v>
+        <v>1221.7513799999999</v>
       </c>
       <c r="C205" s="5">
-        <v>6.9137673000000177</v>
+        <v>6.9137789999999768</v>
       </c>
       <c r="D205" s="5">
-        <v>7.0471977207862579</v>
+        <v>7.0472100696008955</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1224.4244403</v>
+        <v>1224.4244140000001</v>
       </c>
       <c r="C206" s="5">
-        <v>2.6730640999999196</v>
+        <v>2.6730340000001434</v>
       </c>
       <c r="D206" s="5">
-        <v>2.6572993615985974</v>
+        <v>2.6572690697717505</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1227.1562958</v>
+        <v>1227.156291</v>
       </c>
       <c r="C207" s="5">
-        <v>2.7318554999999378</v>
+        <v>2.7318769999999404</v>
       </c>
       <c r="D207" s="5">
-        <v>2.7104614057772203</v>
+        <v>2.7104830587852513</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1229.7188318999999</v>
+        <v>1229.718824</v>
       </c>
       <c r="C208" s="5">
-        <v>2.5625360999999884</v>
+        <v>2.5625330000000304</v>
       </c>
       <c r="D208" s="5">
-        <v>2.5348094105896779</v>
+        <v>2.5348063188570302</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1233.8792635</v>
+        <v>1233.8792530000001</v>
       </c>
       <c r="C209" s="5">
-        <v>4.1604316000000381</v>
+        <v>4.1604290000000219</v>
       </c>
       <c r="D209" s="5">
-        <v>4.1362897787559527</v>
+        <v>4.1362871726235761</v>
       </c>
       <c r="E209" s="5">
-        <v>2.7617295769869266</v>
+        <v>2.7617287966525073</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1235.3690755</v>
+        <v>1235.3690759999999</v>
       </c>
       <c r="C210" s="5">
-        <v>1.489812000000029</v>
+        <v>1.4898229999998875</v>
       </c>
       <c r="D210" s="5">
-        <v>1.4585662051238568</v>
+        <v>1.4585770585334279</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1242.4169675000001</v>
+        <v>1242.4169899999999</v>
       </c>
       <c r="C211" s="5">
-        <v>7.0478920000000471</v>
+        <v>7.0479139999999916</v>
       </c>
       <c r="D211" s="5">
-        <v>7.065063483278422</v>
+        <v>7.0650862304843631</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1247.7753031</v>
+        <v>1247.7753170000001</v>
       </c>
       <c r="C212" s="5">
-        <v>5.3583355999999185</v>
+        <v>5.3583270000001448</v>
       </c>
       <c r="D212" s="5">
-        <v>5.2999438805381827</v>
+        <v>5.299935073206119</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1248.1292314</v>
+        <v>1248.129263</v>
       </c>
       <c r="C213" s="5">
-        <v>0.35392830000000686</v>
+        <v>0.3539459999999508</v>
       </c>
       <c r="D213" s="5">
-        <v>0.34090846766487992</v>
+        <v>0.34092553934506054</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1251.8460207000001</v>
+        <v>1251.846043</v>
       </c>
       <c r="C214" s="5">
-        <v>3.7167893000000731</v>
+        <v>3.7167799999999716</v>
       </c>
       <c r="D214" s="5">
-        <v>3.6325783028393399</v>
+        <v>3.632568970686445</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1256.2130059000001</v>
+        <v>1256.2130139999999</v>
       </c>
       <c r="C215" s="5">
-        <v>4.3669852000000446</v>
+        <v>4.3669709999999213</v>
       </c>
       <c r="D215" s="5">
-        <v>4.267381601687692</v>
+        <v>4.2673673807755552</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1258.8046758</v>
+        <v>1258.8046440000001</v>
       </c>
       <c r="C216" s="5">
-        <v>2.5916698999999426</v>
+        <v>2.5916300000001229</v>
       </c>
       <c r="D216" s="5">
-        <v>2.5039835843080338</v>
+        <v>2.5039445794851289</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1261.3751216999999</v>
+        <v>1261.3751179999999</v>
       </c>
       <c r="C217" s="5">
-        <v>2.5704458999998678</v>
+        <v>2.5704739999998765</v>
       </c>
       <c r="D217" s="5">
-        <v>2.4780762142975865</v>
+        <v>2.4781036727946626</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1262.3193844</v>
+        <v>1262.31933</v>
       </c>
       <c r="C218" s="5">
-        <v>0.94426270000008117</v>
+        <v>0.94421200000010685</v>
       </c>
       <c r="D218" s="5">
-        <v>0.9020252925682648</v>
+        <v>0.90197666349249861</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1264.0441470000001</v>
+        <v>1264.044136</v>
       </c>
       <c r="C219" s="5">
-        <v>1.7247626000000764</v>
+        <v>1.7248059999999441</v>
       </c>
       <c r="D219" s="5">
-        <v>1.6519906842352938</v>
+        <v>1.6520326377045924</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1268.0579823</v>
+        <v>1268.057965</v>
       </c>
       <c r="C220" s="5">
-        <v>4.0138352999999825</v>
+        <v>4.013828999999987</v>
       </c>
       <c r="D220" s="5">
-        <v>3.8777280398021974</v>
+        <v>3.8777218810809977</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1269.7243865</v>
+        <v>1269.72435</v>
       </c>
       <c r="C221" s="5">
-        <v>1.6664041999999881</v>
+        <v>1.6663849999999911</v>
       </c>
       <c r="D221" s="5">
-        <v>1.5884145819986317</v>
+        <v>1.5883961699286298</v>
       </c>
       <c r="E221" s="5">
-        <v>2.9050754040814697</v>
+        <v>2.9050733216275271</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1272.9241142000001</v>
+        <v>1272.9240870000001</v>
       </c>
       <c r="C222" s="5">
-        <v>3.1997277000000395</v>
+        <v>3.1997370000001411</v>
       </c>
       <c r="D222" s="5">
-        <v>3.0662883250859974</v>
+        <v>3.0662974505001772</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1279.5482508</v>
+        <v>1279.5483220000001</v>
       </c>
       <c r="C223" s="5">
-        <v>6.6241365999999289</v>
+        <v>6.6242349999999988</v>
       </c>
       <c r="D223" s="5">
-        <v>6.4265156081558139</v>
+        <v>6.4266139625992924</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1277.1841096000001</v>
+        <v>1277.1841469999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.3641411999999491</v>
+        <v>-2.3641750000001593</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.1947722224296085</v>
+        <v>-2.1948031618963526</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1281.4661873</v>
+        <v>1281.466302</v>
       </c>
       <c r="C225" s="5">
-        <v>4.2820776999999453</v>
+        <v>4.2821550000001025</v>
       </c>
       <c r="D225" s="5">
-        <v>4.0983242900352712</v>
+        <v>4.0983995202659163</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1286.729349</v>
+        <v>1286.7294039999999</v>
       </c>
       <c r="C226" s="5">
-        <v>5.2631616999999551</v>
+        <v>5.2631019999998898</v>
       </c>
       <c r="D226" s="5">
-        <v>5.0414397787909015</v>
+        <v>5.0413808344076161</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1287.2502362</v>
+        <v>1287.250239</v>
       </c>
       <c r="C227" s="5">
-        <v>0.52088720000006106</v>
+        <v>0.52083500000003369</v>
       </c>
       <c r="D227" s="5">
-        <v>0.48686090453495812</v>
+        <v>0.48681198490836408</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1290.8642491999999</v>
+        <v>1290.864159</v>
       </c>
       <c r="C228" s="5">
-        <v>3.6140129999998862</v>
+        <v>3.6139200000000073</v>
       </c>
       <c r="D228" s="5">
-        <v>3.4215672211015624</v>
+        <v>3.421477801800421</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1293.4175115</v>
+        <v>1293.417469</v>
       </c>
       <c r="C229" s="5">
-        <v>2.5532623000001422</v>
+        <v>2.5533100000000104</v>
       </c>
       <c r="D229" s="5">
-        <v>2.3995295820116613</v>
+        <v>2.3995750682807016</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1292.6267393999999</v>
+        <v>1292.626657</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.7907721000001402</v>
+        <v>-0.79081199999995988</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.73119634187357452</v>
+        <v>-0.73123313582763583</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1300.0730642999999</v>
+        <v>1300.0730490000001</v>
       </c>
       <c r="C231" s="5">
-        <v>7.446324900000036</v>
+        <v>7.4463920000000599</v>
       </c>
       <c r="D231" s="5">
-        <v>7.1360174673906984</v>
+        <v>7.1360842914876654</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1304.2989519</v>
+        <v>1304.2989030000001</v>
       </c>
       <c r="C232" s="5">
-        <v>4.2258876000000782</v>
+        <v>4.2258540000000266</v>
       </c>
       <c r="D232" s="5">
-        <v>3.9710951737558675</v>
+        <v>3.9710630805835034</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1309.8534382</v>
+        <v>1309.853378</v>
       </c>
       <c r="C233" s="5">
-        <v>5.5544863000000078</v>
+        <v>5.5544749999999112</v>
       </c>
       <c r="D233" s="5">
-        <v>5.2317297842475519</v>
+        <v>5.2317190911014499</v>
       </c>
       <c r="E233" s="5">
-        <v>3.1604537273333788</v>
+        <v>3.1604519516381657</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1311.7280489</v>
+        <v>1311.7280169999999</v>
       </c>
       <c r="C234" s="5">
-        <v>1.8746106999999483</v>
+        <v>1.8746389999998883</v>
       </c>
       <c r="D234" s="5">
-        <v>1.7309757366293921</v>
+        <v>1.7310021544693521</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1314.0599907000001</v>
+        <v>1314.060115</v>
       </c>
       <c r="C235" s="5">
-        <v>2.3319418000000951</v>
+        <v>2.3320980000000873</v>
       </c>
       <c r="D235" s="5">
-        <v>2.15429881025333</v>
+        <v>2.1544445780782517</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1317.0863082000001</v>
+        <v>1317.086039</v>
       </c>
       <c r="C236" s="5">
-        <v>3.0263175000000047</v>
+        <v>3.0259240000000318</v>
       </c>
       <c r="D236" s="5">
-        <v>2.7989102338624949</v>
+        <v>2.7985414131248332</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1325.0240053</v>
+        <v>1325.024797</v>
       </c>
       <c r="C237" s="5">
-        <v>7.937697099999923</v>
+        <v>7.9387580000000071</v>
       </c>
       <c r="D237" s="5">
-        <v>7.47665370144317</v>
+        <v>7.4776879185822542</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1330.201808</v>
+        <v>1330.2018290000001</v>
       </c>
       <c r="C238" s="5">
-        <v>5.1778027000000293</v>
+        <v>5.1770320000000538</v>
       </c>
       <c r="D238" s="5">
-        <v>4.7913532100239964</v>
+        <v>4.7906217127397621</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1335.1483916</v>
+        <v>1335.1484029999999</v>
       </c>
       <c r="C239" s="5">
-        <v>4.9465835999999399</v>
+        <v>4.9465739999998277</v>
       </c>
       <c r="D239" s="5">
-        <v>4.5548149055431697</v>
+        <v>4.5548058109039058</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1344.8655868999999</v>
+        <v>1344.865121</v>
       </c>
       <c r="C240" s="5">
-        <v>9.7171952999999576</v>
+        <v>9.7167180000001281</v>
       </c>
       <c r="D240" s="5">
-        <v>9.091804716448749</v>
+        <v>9.0913400294079239</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1344.5753145000001</v>
+        <v>1344.575294</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.29027239999982157</v>
+        <v>-0.28982700000005934</v>
       </c>
       <c r="D241" s="5">
-        <v>-0.25869773140297925</v>
+        <v>-0.25830133998963056</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1345.8952816999999</v>
+        <v>1345.8951629999999</v>
       </c>
       <c r="C242" s="5">
-        <v>1.3199671999998372</v>
+        <v>1.319868999999926</v>
       </c>
       <c r="D242" s="5">
-        <v>1.1844193577141837</v>
+        <v>1.1843307837817507</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1354.7793763</v>
+        <v>1354.779284</v>
       </c>
       <c r="C243" s="5">
-        <v>8.8840946000000258</v>
+        <v>8.8841210000000501</v>
       </c>
       <c r="D243" s="5">
-        <v>8.2150523850654125</v>
+        <v>8.2150784409722242</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1356.6167287999999</v>
+        <v>1356.6165900000001</v>
       </c>
       <c r="C244" s="5">
-        <v>1.8373524999999518</v>
+        <v>1.837306000000126</v>
       </c>
       <c r="D244" s="5">
-        <v>1.6396349211772465</v>
+        <v>1.6395932275784952</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1359.0143972999999</v>
+        <v>1359.0143</v>
       </c>
       <c r="C245" s="5">
-        <v>2.3976685000000089</v>
+        <v>2.3977099999999609</v>
       </c>
       <c r="D245" s="5">
-        <v>2.1416040347865151</v>
+        <v>2.1416416850229325</v>
       </c>
       <c r="E245" s="5">
-        <v>3.7531648706863541</v>
+        <v>3.7531622108012863</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1364.6500301000001</v>
+        <v>1364.6501060000001</v>
       </c>
       <c r="C246" s="5">
-        <v>5.6356328000001668</v>
+        <v>5.6358060000000023</v>
       </c>
       <c r="D246" s="5">
-        <v>5.0913032274603198</v>
+        <v>5.0914636574359351</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1367.5740994</v>
+        <v>1367.574392</v>
       </c>
       <c r="C247" s="5">
-        <v>2.9240692999999283</v>
+        <v>2.9242859999999382</v>
       </c>
       <c r="D247" s="5">
-        <v>2.6017894718015411</v>
+        <v>2.6019844196833342</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1373.9490685999999</v>
+        <v>1373.9487039999999</v>
       </c>
       <c r="C248" s="5">
-        <v>6.3749691999998959</v>
+        <v>6.374311999999918</v>
       </c>
       <c r="D248" s="5">
-        <v>5.7394880368139001</v>
+        <v>5.7388798394440332</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1375.6158665999999</v>
+        <v>1375.6175949999999</v>
       </c>
       <c r="C249" s="5">
-        <v>1.6667979999999716</v>
+        <v>1.6688910000000305</v>
       </c>
       <c r="D249" s="5">
-        <v>1.465525466604034</v>
+        <v>1.4673784320752503</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1379.592562</v>
+        <v>1379.5925480000001</v>
       </c>
       <c r="C250" s="5">
-        <v>3.9766954000001533</v>
+        <v>3.9749530000001414</v>
       </c>
       <c r="D250" s="5">
-        <v>3.5247079019288252</v>
+        <v>3.5231344179834645</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1383.0791047</v>
+        <v>1383.078878</v>
       </c>
       <c r="C251" s="5">
-        <v>3.4865426999999727</v>
+        <v>3.4863299999999526</v>
       </c>
       <c r="D251" s="5">
-        <v>3.0751821353852682</v>
+        <v>3.0749919473393117</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1383.1144142999999</v>
+        <v>1383.113184</v>
       </c>
       <c r="C252" s="5">
-        <v>3.5309599999891361E-2</v>
+        <v>3.4306000000015047E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>3.0639946688548747E-2</v>
+        <v>2.976895768516119E-2</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1383.7553171</v>
+        <v>1383.7550220000001</v>
       </c>
       <c r="C253" s="5">
-        <v>0.64090280000004896</v>
+        <v>0.64183800000000701</v>
       </c>
       <c r="D253" s="5">
-        <v>0.55747120143510021</v>
+        <v>0.55828723392259416</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1385.8517721999999</v>
+        <v>1385.8515130000001</v>
       </c>
       <c r="C254" s="5">
-        <v>2.0964550999999574</v>
+        <v>2.0964910000000145</v>
       </c>
       <c r="D254" s="5">
-        <v>1.8332832617867556</v>
+        <v>1.833315311490491</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1390.8419034000001</v>
+        <v>1390.8417810000001</v>
       </c>
       <c r="C255" s="5">
-        <v>4.9901312000001781</v>
+        <v>4.9902680000000146</v>
       </c>
       <c r="D255" s="5">
-        <v>4.4075299953709068</v>
+        <v>4.4076540676134979</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1391.9511236999999</v>
+        <v>1391.951006</v>
       </c>
       <c r="C256" s="5">
-        <v>1.1092202999998335</v>
+        <v>1.109224999999924</v>
       </c>
       <c r="D256" s="5">
-        <v>0.96122960661764179</v>
+        <v>0.96123378239618695</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1394.4976360999999</v>
+        <v>1394.4976380000001</v>
       </c>
       <c r="C257" s="5">
-        <v>2.5465123999999832</v>
+        <v>2.5466320000000451</v>
       </c>
       <c r="D257" s="5">
-        <v>2.2175712413180504</v>
+        <v>2.2176766318604768</v>
       </c>
       <c r="E257" s="5">
-        <v>2.6109538552715694</v>
+        <v>2.6109613416135602</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1398.2301302000001</v>
+        <v>1398.230566</v>
       </c>
       <c r="C258" s="5">
-        <v>3.7324941000001672</v>
+        <v>3.7329279999999017</v>
       </c>
       <c r="D258" s="5">
-        <v>3.2596118606512237</v>
+        <v>3.2599963801594578</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1395.8660049</v>
+        <v>1395.8667310000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-2.3641253000000688</v>
+        <v>-2.3638349999998809</v>
       </c>
       <c r="D259" s="5">
-        <v>-2.0101959698184735</v>
+        <v>-2.0099508001449884</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1400.7164155</v>
+        <v>1400.716455</v>
       </c>
       <c r="C260" s="5">
-        <v>4.850410600000032</v>
+        <v>4.8497239999999238</v>
       </c>
       <c r="D260" s="5">
-        <v>4.2504297143991066</v>
+        <v>4.2498142481010026</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1407.2626084000001</v>
+        <v>1407.2656320000001</v>
       </c>
       <c r="C261" s="5">
-        <v>6.5461929000000509</v>
+        <v>6.5491770000000997</v>
       </c>
       <c r="D261" s="5">
-        <v>5.754574214687258</v>
+        <v>5.7572651100904038</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1408.8643566999999</v>
+        <v>1408.8641729999999</v>
       </c>
       <c r="C262" s="5">
-        <v>1.6017482999998265</v>
+        <v>1.598540999999841</v>
       </c>
       <c r="D262" s="5">
-        <v>1.3744245441836389</v>
+        <v>1.3716522492821071</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1412.0852362000001</v>
+        <v>1412.084106</v>
       </c>
       <c r="C263" s="5">
-        <v>3.2208795000001373</v>
+        <v>3.2199330000000828</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7781427174365936</v>
+        <v>2.7773163990194805</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1417.9147820999999</v>
+        <v>1417.911926</v>
       </c>
       <c r="C264" s="5">
-        <v>5.8295458999998573</v>
+        <v>5.8278199999999742</v>
       </c>
       <c r="D264" s="5">
-        <v>5.0680358378477841</v>
+        <v>5.0665053174005825</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1419.5842278</v>
+        <v>1419.5830410000001</v>
       </c>
       <c r="C265" s="5">
-        <v>1.6694457000000966</v>
+        <v>1.6711150000000998</v>
       </c>
       <c r="D265" s="5">
-        <v>1.4220592482593775</v>
+        <v>1.4234932992084115</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1426.2073914</v>
+        <v>1426.2069140000001</v>
       </c>
       <c r="C266" s="5">
-        <v>6.623163599999998</v>
+        <v>6.6238730000000032</v>
       </c>
       <c r="D266" s="5">
-        <v>5.7446023673409563</v>
+        <v>5.7452384684642199</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1423.1211633</v>
+        <v>1423.121326</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.0862280999999712</v>
+        <v>-3.0855880000001434</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.5660451642894433</v>
+        <v>-2.5655201183966581</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1426.5308112</v>
+        <v>1426.531029</v>
       </c>
       <c r="C268" s="5">
-        <v>3.4096478999999817</v>
+        <v>3.4097030000000359</v>
       </c>
       <c r="D268" s="5">
-        <v>2.9132634242820199</v>
+        <v>2.9133107873350328</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1430.2110596</v>
+        <v>1430.2111669999999</v>
       </c>
       <c r="C269" s="5">
-        <v>3.6802483999999822</v>
+        <v>3.6801379999999426</v>
       </c>
       <c r="D269" s="5">
-        <v>3.1401382368802189</v>
+        <v>3.1400422122970673</v>
       </c>
       <c r="E269" s="5">
-        <v>2.5610243126607202</v>
+        <v>2.5610318746197791</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1431.1935536000001</v>
+        <v>1431.1948030000001</v>
       </c>
       <c r="C270" s="5">
-        <v>0.98249400000008791</v>
+        <v>0.98363600000016049</v>
       </c>
       <c r="D270" s="5">
-        <v>0.82747057216201458</v>
+        <v>0.82843595964943173</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1435.1410372</v>
+        <v>1435.143149</v>
       </c>
       <c r="C271" s="5">
-        <v>3.9474835999999414</v>
+        <v>3.9483459999999013</v>
       </c>
       <c r="D271" s="5">
-        <v>3.360485335865282</v>
+        <v>3.3612276917012851</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1438.4593844000001</v>
+        <v>1438.460233</v>
       </c>
       <c r="C272" s="5">
-        <v>3.318347200000062</v>
+        <v>3.3170840000000226</v>
       </c>
       <c r="D272" s="5">
-        <v>2.8102108383803337</v>
+        <v>2.809123249391976</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1434.7889866999999</v>
+        <v>1434.7933829999999</v>
       </c>
       <c r="C273" s="5">
-        <v>-3.6703977000001942</v>
+        <v>-3.6668500000000677</v>
       </c>
       <c r="D273" s="5">
-        <v>-3.0193330773013449</v>
+        <v>-3.0164537177074346</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1439.0694799</v>
+        <v>1439.0705250000001</v>
       </c>
       <c r="C274" s="5">
-        <v>4.2804932000001372</v>
+        <v>4.2771420000001399</v>
       </c>
       <c r="D274" s="5">
-        <v>3.6393639694892954</v>
+        <v>3.6364565074296973</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1444.3775509</v>
+        <v>1444.377655</v>
       </c>
       <c r="C275" s="5">
-        <v>5.3080709999999272</v>
+        <v>5.3071299999999155</v>
       </c>
       <c r="D275" s="5">
-        <v>4.5171613361756124</v>
+        <v>4.5163408876051525</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1442.9386076999999</v>
+        <v>1442.923773</v>
       </c>
       <c r="C276" s="5">
-        <v>-1.4389432000000397</v>
+        <v>-1.4538820000000214</v>
       </c>
       <c r="D276" s="5">
-        <v>-1.1889563738044284</v>
+        <v>-1.2012315240409244</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1450.9963694</v>
+        <v>1450.996592</v>
       </c>
       <c r="C277" s="5">
-        <v>8.0577617000001283</v>
+        <v>8.0728189999999813</v>
       </c>
       <c r="D277" s="5">
-        <v>6.9108211093175997</v>
+        <v>6.9242084986604668</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1456.1363684999999</v>
+        <v>1456.137207</v>
       </c>
       <c r="C278" s="5">
-        <v>5.1399990999998408</v>
+        <v>5.1406150000000252</v>
       </c>
       <c r="D278" s="5">
-        <v>4.3346775559329531</v>
+        <v>4.3352064426238401</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1458.6684393</v>
+        <v>1458.669627</v>
       </c>
       <c r="C279" s="5">
-        <v>2.5320708000001559</v>
+        <v>2.5324200000000019</v>
       </c>
       <c r="D279" s="5">
-        <v>2.1067490597062033</v>
+        <v>2.1070411630269348</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1462.8393904</v>
+        <v>1462.8404149999999</v>
       </c>
       <c r="C280" s="5">
-        <v>4.1709510999999111</v>
+        <v>4.1707879999999022</v>
       </c>
       <c r="D280" s="5">
-        <v>3.4857897145494476</v>
+        <v>3.4856483733227472</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1468.2339793000001</v>
+        <v>1468.2348500000001</v>
       </c>
       <c r="C281" s="5">
-        <v>5.3945889000001443</v>
+        <v>5.3944350000001577</v>
       </c>
       <c r="D281" s="5">
-        <v>4.5161717534914159</v>
+        <v>4.5160370616445178</v>
       </c>
       <c r="E281" s="5">
-        <v>2.6585530467534202</v>
+        <v>2.6586062168538538</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1466.1264432999999</v>
+        <v>1466.1289420000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-2.1075360000002092</v>
+        <v>-2.1059079999999994</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.7089728966108275</v>
+        <v>-1.7076621650050527</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1474.9151634</v>
+        <v>1474.9191080000001</v>
       </c>
       <c r="C283" s="5">
-        <v>8.7887201000000914</v>
+        <v>8.7901659999999993</v>
       </c>
       <c r="D283" s="5">
-        <v>7.435390049157764</v>
+        <v>7.436640823479701</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1478.7901872</v>
+        <v>1478.792218</v>
       </c>
       <c r="C284" s="5">
-        <v>3.8750238000000081</v>
+        <v>3.8731099999999969</v>
       </c>
       <c r="D284" s="5">
-        <v>3.1987017779782079</v>
+        <v>3.1970904399994282</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1479.8529842</v>
+        <v>1479.8589460000001</v>
       </c>
       <c r="C285" s="5">
-        <v>1.062797000000046</v>
+        <v>1.0667280000000119</v>
       </c>
       <c r="D285" s="5">
-        <v>0.86584949989740867</v>
+        <v>0.86906356253906303</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1481.8127173</v>
+        <v>1481.815261</v>
       </c>
       <c r="C286" s="5">
-        <v>1.959733099999994</v>
+        <v>1.9563149999999041</v>
       </c>
       <c r="D286" s="5">
-        <v>1.6007563427483884</v>
+        <v>1.5979375423099684</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1483.8403016</v>
+        <v>1483.8430760000001</v>
       </c>
       <c r="C287" s="5">
-        <v>2.0275842999999441</v>
+        <v>2.027815000000146</v>
       </c>
       <c r="D287" s="5">
-        <v>1.6543897576641875</v>
+        <v>1.6545765526830181</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1485.7456070000001</v>
+        <v>1485.711278</v>
       </c>
       <c r="C288" s="5">
-        <v>1.9053054000000884</v>
+        <v>1.8682019999998829</v>
       </c>
       <c r="D288" s="5">
-        <v>1.5517724982551995</v>
+        <v>1.5213412871892817</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1491.1951666</v>
+        <v>1491.1963949999999</v>
       </c>
       <c r="C289" s="5">
-        <v>5.4495595999999296</v>
+        <v>5.4851169999999456</v>
       </c>
       <c r="D289" s="5">
-        <v>4.4913620182709169</v>
+        <v>4.5213715721874159</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1494.1922853999999</v>
+        <v>1494.1986999999999</v>
       </c>
       <c r="C290" s="5">
-        <v>2.9971187999999529</v>
+        <v>3.0023049999999785</v>
       </c>
       <c r="D290" s="5">
-        <v>2.4386931716269489</v>
+        <v>2.4429578784096462</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1497.1470041</v>
+        <v>1497.148997</v>
       </c>
       <c r="C291" s="5">
-        <v>2.9547187000000577</v>
+        <v>2.9502970000000914</v>
       </c>
       <c r="D291" s="5">
-        <v>2.3989420257553462</v>
+        <v>2.3953025678957074</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1500.8877161</v>
+        <v>1500.8897030000001</v>
       </c>
       <c r="C292" s="5">
-        <v>3.7407120000000305</v>
+        <v>3.7407060000000456</v>
       </c>
       <c r="D292" s="5">
-        <v>3.0398199011437477</v>
+        <v>3.039810856002112</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1500.876524</v>
+        <v>1500.8784579999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-1.119210000001658E-2</v>
+        <v>-1.1245000000144501E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>-8.9480172553280113E-3</v>
+        <v>-8.9902968465005451E-3</v>
       </c>
       <c r="E293" s="5">
-        <v>2.2232522309259428</v>
+        <v>2.2233233327760837</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1502.5987895999999</v>
+        <v>1502.602846</v>
       </c>
       <c r="C294" s="5">
-        <v>1.7222655999999006</v>
+        <v>1.72438800000009</v>
       </c>
       <c r="D294" s="5">
-        <v>1.3857318444970179</v>
+        <v>1.3874485300172879</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1505.2903945999999</v>
+        <v>1505.296227</v>
       </c>
       <c r="C295" s="5">
-        <v>2.6916049999999814</v>
+        <v>2.6933810000000449</v>
       </c>
       <c r="D295" s="5">
-        <v>2.1708645787264613</v>
+        <v>2.1723052076385807</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1507.8799168999999</v>
+        <v>1507.8830419999999</v>
       </c>
       <c r="C296" s="5">
-        <v>2.5895222999999987</v>
+        <v>2.5868149999998877</v>
       </c>
       <c r="D296" s="5">
-        <v>2.0839813214851066</v>
+        <v>2.0817737792424795</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1512.2228915999999</v>
+        <v>1512.22972</v>
       </c>
       <c r="C297" s="5">
-        <v>4.3429747000000134</v>
+        <v>4.3466780000001108</v>
       </c>
       <c r="D297" s="5">
-        <v>3.5115024288091545</v>
+        <v>3.5145369560692918</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1517.1065217</v>
+        <v>1517.1121559999999</v>
       </c>
       <c r="C298" s="5">
-        <v>4.8836301000001185</v>
+        <v>4.8824359999998705</v>
       </c>
       <c r="D298" s="5">
-        <v>3.944905191810566</v>
+        <v>3.9439053015843495</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1519.0614768999999</v>
+        <v>1519.0706130000001</v>
       </c>
       <c r="C299" s="5">
-        <v>1.9549551999998585</v>
+        <v>1.9584570000001804</v>
       </c>
       <c r="D299" s="5">
-        <v>1.557335859540121</v>
+        <v>1.5601394272113156</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1520.7129437000001</v>
+        <v>1520.6491960000001</v>
       </c>
       <c r="C300" s="5">
-        <v>1.6514668000002075</v>
+        <v>1.5785829999999805</v>
       </c>
       <c r="D300" s="5">
-        <v>1.3124241268008818</v>
+        <v>1.2541642187614332</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1524.9288704999999</v>
+        <v>1524.9350260000001</v>
       </c>
       <c r="C301" s="5">
-        <v>4.2159267999998065</v>
+        <v>4.2858300000000327</v>
       </c>
       <c r="D301" s="5">
-        <v>3.378001139585618</v>
+        <v>3.4350282589895809</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1528.8722264999999</v>
+        <v>1528.8868239999999</v>
       </c>
       <c r="C302" s="5">
-        <v>3.9433559999999943</v>
+        <v>3.9517979999998261</v>
       </c>
       <c r="D302" s="5">
-        <v>3.1476303921738502</v>
+        <v>3.1544523089858778</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1535.8882116</v>
+        <v>1535.8917899999999</v>
       </c>
       <c r="C303" s="5">
-        <v>7.0159851000000799</v>
+        <v>7.0049659999999676</v>
       </c>
       <c r="D303" s="5">
-        <v>5.6479291786021735</v>
+        <v>5.6387787896352348</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1540.4474952999999</v>
+        <v>1540.4498860000001</v>
       </c>
       <c r="C304" s="5">
-        <v>4.5592836999999236</v>
+        <v>4.5580960000002051</v>
       </c>
       <c r="D304" s="5">
-        <v>3.6209381274897146</v>
+        <v>3.6199708463902303</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1544.4119327000001</v>
+        <v>1544.414399</v>
       </c>
       <c r="C305" s="5">
-        <v>3.964437400000179</v>
+        <v>3.9645129999998971</v>
       </c>
       <c r="D305" s="5">
-        <v>3.1323650482052656</v>
+        <v>3.1324206986196979</v>
       </c>
       <c r="E305" s="5">
-        <v>2.9006655780032808</v>
+        <v>2.9006973061638908</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1550.5454132</v>
+        <v>1550.5497660000001</v>
       </c>
       <c r="C306" s="5">
-        <v>6.1334804999999051</v>
+        <v>6.1353670000000875</v>
       </c>
       <c r="D306" s="5">
-        <v>4.8711681190836353</v>
+        <v>4.8726912987947735</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1554.7650457</v>
+        <v>1554.770745</v>
       </c>
       <c r="C307" s="5">
-        <v>4.2196324999999888</v>
+        <v>4.220978999999943</v>
       </c>
       <c r="D307" s="5">
-        <v>3.3149884761630055</v>
+        <v>3.3160527403480078</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1557.4379801</v>
+        <v>1557.44084</v>
       </c>
       <c r="C308" s="5">
-        <v>2.672934400000031</v>
+        <v>2.6700949999999466</v>
       </c>
       <c r="D308" s="5">
-        <v>2.0826456088524958</v>
+        <v>2.0804046230926243</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1567.7933892999999</v>
+        <v>1567.7986699999999</v>
       </c>
       <c r="C309" s="5">
-        <v>10.35540919999994</v>
+        <v>10.357829999999922</v>
       </c>
       <c r="D309" s="5">
-        <v>8.2771487161137571</v>
+        <v>8.2791392342122414</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1572.1579927</v>
+        <v>1572.163599</v>
       </c>
       <c r="C310" s="5">
-        <v>4.3646034000000782</v>
+        <v>4.3649290000000747</v>
       </c>
       <c r="D310" s="5">
-        <v>3.3923267559643477</v>
+        <v>3.3925721091349059</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1575.5922636</v>
+        <v>1575.6064960000001</v>
       </c>
       <c r="C311" s="5">
-        <v>3.4342709000000013</v>
+        <v>3.44289700000013</v>
       </c>
       <c r="D311" s="5">
-        <v>2.6530413154757904</v>
+        <v>2.6597760148541427</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1583.5859370999999</v>
+        <v>1583.506351</v>
       </c>
       <c r="C312" s="5">
-        <v>7.9936734999998862</v>
+        <v>7.8998549999998886</v>
       </c>
       <c r="D312" s="5">
-        <v>6.2609172170986049</v>
+        <v>6.1853401137817343</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1584.7188859</v>
+        <v>1584.7362680000001</v>
       </c>
       <c r="C313" s="5">
-        <v>1.132948800000122</v>
+        <v>1.2299170000001141</v>
       </c>
       <c r="D313" s="5">
-        <v>0.86190520223337064</v>
+        <v>0.9360376832032502</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1588.2810982999999</v>
+        <v>1588.310311</v>
       </c>
       <c r="C314" s="5">
-        <v>3.5622123999999076</v>
+        <v>3.5740429999998469</v>
       </c>
       <c r="D314" s="5">
-        <v>2.7310214128735355</v>
+        <v>2.7401738873632064</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1592.8640582</v>
+        <v>1592.8707730000001</v>
       </c>
       <c r="C315" s="5">
-        <v>4.5829599000001053</v>
+        <v>4.5604620000001432</v>
       </c>
       <c r="D315" s="5">
-        <v>3.5180646651974623</v>
+        <v>3.5004553309388342</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1597.1324996000001</v>
+        <v>1597.1291530000001</v>
       </c>
       <c r="C316" s="5">
-        <v>4.2684414000000288</v>
+        <v>4.2583799999999883</v>
       </c>
       <c r="D316" s="5">
-        <v>3.2634929380676025</v>
+        <v>3.2556729764792181</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1600.3187214</v>
+        <v>1600.3106829999999</v>
       </c>
       <c r="C317" s="5">
-        <v>3.1862217999998848</v>
+        <v>3.1815299999998388</v>
       </c>
       <c r="D317" s="5">
-        <v>2.4203994467191459</v>
+        <v>2.4168013221059548</v>
       </c>
       <c r="E317" s="5">
-        <v>3.6199402190749463</v>
+        <v>3.6192542646709569</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1602.7785061</v>
+        <v>1602.7726789999999</v>
       </c>
       <c r="C318" s="5">
-        <v>2.4597847000000002</v>
+        <v>2.4619959999999992</v>
       </c>
       <c r="D318" s="5">
-        <v>1.8601441096896876</v>
+        <v>1.8618399502661198</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1606.5890457</v>
+        <v>1606.588289</v>
       </c>
       <c r="C319" s="5">
-        <v>3.8105396000000837</v>
+        <v>3.8156100000001061</v>
       </c>
       <c r="D319" s="5">
-        <v>2.8905528320223972</v>
+        <v>2.8944602358337956</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1608.3906896000001</v>
+        <v>1608.3915119999999</v>
       </c>
       <c r="C320" s="5">
-        <v>1.8016439000000446</v>
+        <v>1.803222999999889</v>
       </c>
       <c r="D320" s="5">
-        <v>1.354022154034884</v>
+        <v>1.355216901684364</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1613.0920043000001</v>
+        <v>1613.0978170000001</v>
       </c>
       <c r="C321" s="5">
-        <v>4.7013147000000117</v>
+        <v>4.7063050000001567</v>
       </c>
       <c r="D321" s="5">
-        <v>3.5645342928497525</v>
+        <v>3.5683771808656894</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1616.3760705</v>
+        <v>1616.3841210000001</v>
       </c>
       <c r="C322" s="5">
-        <v>3.2840661999998702</v>
+        <v>3.2863039999999728</v>
       </c>
       <c r="D322" s="5">
-        <v>2.4706016106238682</v>
+        <v>2.4722950060227733</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1616.3935931999999</v>
+        <v>1616.4180080000001</v>
       </c>
       <c r="C323" s="5">
-        <v>1.7522699999972247E-2</v>
+        <v>3.3887000000049738E-2</v>
       </c>
       <c r="D323" s="5">
-        <v>1.3009654224394041E-2</v>
+        <v>2.5160534950607882E-2</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1629.5146559</v>
+        <v>1629.4397879999999</v>
       </c>
       <c r="C324" s="5">
-        <v>13.121062700000039</v>
+        <v>13.021779999999808</v>
       </c>
       <c r="D324" s="5">
-        <v>10.18787453856338</v>
+        <v>10.107180016520513</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1634.054392</v>
+        <v>1634.103486</v>
       </c>
       <c r="C325" s="5">
-        <v>4.5397361000000274</v>
+        <v>4.6636980000000676</v>
       </c>
       <c r="D325" s="5">
-        <v>3.394836933431522</v>
+        <v>3.4891633686529477</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1642.1975827000001</v>
+        <v>1642.2475059999999</v>
       </c>
       <c r="C326" s="5">
-        <v>8.1431907000001047</v>
+        <v>8.144019999999955</v>
       </c>
       <c r="D326" s="5">
-        <v>6.1467738546889805</v>
+        <v>6.1472273174902892</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1641.6311040000001</v>
+        <v>1641.6331740000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.56647870000006151</v>
+        <v>-0.61433199999987664</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.41315748960599752</v>
+        <v>-0.44797361261937896</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1644.3929544</v>
+        <v>1644.3633279999999</v>
       </c>
       <c r="C328" s="5">
-        <v>2.7618503999999575</v>
+        <v>2.7301539999998568</v>
       </c>
       <c r="D328" s="5">
-        <v>2.037644094729063</v>
+        <v>2.0140421863247049</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1648.993512</v>
+        <v>1648.944062</v>
       </c>
       <c r="C329" s="5">
-        <v>4.6005576000000019</v>
+        <v>4.5807340000001204</v>
       </c>
       <c r="D329" s="5">
-        <v>3.4094135012265214</v>
+        <v>3.3945587819433687</v>
       </c>
       <c r="E329" s="5">
-        <v>3.0415685293875727</v>
+        <v>3.0389960847371444</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1655.9223741999999</v>
+        <v>1655.858009</v>
       </c>
       <c r="C330" s="5">
-        <v>6.9288621999999123</v>
+        <v>6.9139470000000074</v>
       </c>
       <c r="D330" s="5">
-        <v>5.1604237887469262</v>
+        <v>5.1492159512794622</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1659.0211809</v>
+        <v>1658.982784</v>
       </c>
       <c r="C331" s="5">
-        <v>3.0988067000000683</v>
+        <v>3.1247749999999996</v>
       </c>
       <c r="D331" s="5">
-        <v>2.2688749696804456</v>
+        <v>2.2881760005092566</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1663.4523133</v>
+        <v>1663.5588459999999</v>
       </c>
       <c r="C332" s="5">
-        <v>4.4311324000000241</v>
+        <v>4.5760619999998653</v>
       </c>
       <c r="D332" s="5">
-        <v>3.2526234446548452</v>
+        <v>3.3607057531245488</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1663.9842543</v>
+        <v>1664.0020689999999</v>
       </c>
       <c r="C333" s="5">
-        <v>0.5319409999999607</v>
+        <v>0.44322299999998904</v>
       </c>
       <c r="D333" s="5">
-        <v>0.38441323755762369</v>
+        <v>0.32018565247633468</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1667.6000991999999</v>
+        <v>1667.6185379999999</v>
       </c>
       <c r="C334" s="5">
-        <v>3.6158448999999564</v>
+        <v>3.6164690000000519</v>
       </c>
       <c r="D334" s="5">
-        <v>2.6389968308144107</v>
+        <v>2.6394291874888509</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1673.3647452</v>
+        <v>1673.4281410000001</v>
       </c>
       <c r="C335" s="5">
-        <v>5.7646460000000843</v>
+        <v>5.809603000000152</v>
       </c>
       <c r="D335" s="5">
-        <v>4.2280065991612048</v>
+        <v>4.2615660994250959</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1665.0173683999999</v>
+        <v>1664.9541119999999</v>
       </c>
       <c r="C336" s="5">
-        <v>-8.3473768000001201</v>
+        <v>-8.4740290000002005</v>
       </c>
       <c r="D336" s="5">
-        <v>-5.8245208449377532</v>
+        <v>-5.9102304738680171</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1667.3742738000001</v>
+        <v>1667.4124079999999</v>
       </c>
       <c r="C337" s="5">
-        <v>2.356905400000187</v>
+        <v>2.4582960000000185</v>
       </c>
       <c r="D337" s="5">
-        <v>1.7119402878854606</v>
+        <v>1.7862529882934686</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1668.5465959999999</v>
+        <v>1668.679198</v>
       </c>
       <c r="C338" s="5">
-        <v>1.1723221999998259</v>
+        <v>1.2667900000001282</v>
       </c>
       <c r="D338" s="5">
-        <v>0.84698409117658358</v>
+        <v>0.91550002954905452</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1668.1806102</v>
+        <v>1668.088201</v>
       </c>
       <c r="C339" s="5">
-        <v>-0.36598579999986214</v>
+        <v>-0.59099700000001576</v>
       </c>
       <c r="D339" s="5">
-        <v>-0.26289557706398181</v>
+        <v>-0.42417773284632032</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1670.2121861000001</v>
+        <v>1670.1528519999999</v>
       </c>
       <c r="C340" s="5">
-        <v>2.0315759000000071</v>
+        <v>2.0646509999999125</v>
       </c>
       <c r="D340" s="5">
-        <v>1.4712356759620571</v>
+        <v>1.4954348440415988</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1675.7071751999999</v>
+        <v>1675.491366</v>
       </c>
       <c r="C341" s="5">
-        <v>5.4949890999998843</v>
+        <v>5.338514000000032</v>
       </c>
       <c r="D341" s="5">
-        <v>4.0202216400939905</v>
+        <v>3.9038635305317815</v>
       </c>
       <c r="E341" s="5">
-        <v>1.6199980779548317</v>
+        <v>1.6099578276658422</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1677.4958147</v>
+        <v>1677.405896</v>
       </c>
       <c r="C342" s="5">
-        <v>1.7886395000000448</v>
+        <v>1.9145300000000134</v>
       </c>
       <c r="D342" s="5">
-        <v>1.2884189903624721</v>
+        <v>1.3798517958909962</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1682.2159855</v>
+        <v>1682.145814</v>
       </c>
       <c r="C343" s="5">
-        <v>4.7201708000000053</v>
+        <v>4.7399179999999888</v>
       </c>
       <c r="D343" s="5">
-        <v>3.4293329459837762</v>
+        <v>3.4440910157597315</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1686.6966021000001</v>
+        <v>1686.966516</v>
       </c>
       <c r="C344" s="5">
-        <v>4.4806166000000758</v>
+        <v>4.8207019999999829</v>
       </c>
       <c r="D344" s="5">
-        <v>3.2434653463051744</v>
+        <v>3.4936919726221038</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1687.8424548</v>
+        <v>1687.9180040000001</v>
       </c>
       <c r="C345" s="5">
-        <v>1.1458526999999776</v>
+        <v>0.95148800000015399</v>
       </c>
       <c r="D345" s="5">
-        <v>0.81826959316013692</v>
+        <v>0.67893121792415023</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1691.0097903000001</v>
+        <v>1691.2433109999999</v>
       </c>
       <c r="C346" s="5">
-        <v>3.1673355000000356</v>
+        <v>3.3253069999998388</v>
       </c>
       <c r="D346" s="5">
-        <v>2.2752581975702846</v>
+        <v>2.3898617340202488</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1698.6702451000001</v>
+        <v>1698.7535780000001</v>
       </c>
       <c r="C347" s="5">
-        <v>7.660454800000025</v>
+        <v>7.5102670000001126</v>
       </c>
       <c r="D347" s="5">
-        <v>5.57363863071485</v>
+        <v>5.4609090191655607</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1702.4807353000001</v>
+        <v>1702.3363979999999</v>
       </c>
       <c r="C348" s="5">
-        <v>3.8104902000000038</v>
+        <v>3.582819999999856</v>
       </c>
       <c r="D348" s="5">
-        <v>2.7253244025951862</v>
+        <v>2.5604708773719898</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1706.3234367</v>
+        <v>1706.247425</v>
       </c>
       <c r="C349" s="5">
-        <v>3.8427013999998962</v>
+        <v>3.9110270000001037</v>
       </c>
       <c r="D349" s="5">
-        <v>2.7424211829342848</v>
+        <v>2.7920406314045243</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1708.7677014000001</v>
+        <v>1709.020479</v>
       </c>
       <c r="C350" s="5">
-        <v>2.4442647000000761</v>
+        <v>2.7730540000000019</v>
       </c>
       <c r="D350" s="5">
-        <v>1.7325772851878973</v>
+        <v>1.9678106474736445</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1711.0095182</v>
+        <v>1710.7218660000001</v>
       </c>
       <c r="C351" s="5">
-        <v>2.2418167999999241</v>
+        <v>1.7013870000000679</v>
       </c>
       <c r="D351" s="5">
-        <v>1.5857491282633474</v>
+        <v>1.2012030303968579</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1714.5364976999999</v>
+        <v>1714.383677</v>
       </c>
       <c r="C352" s="5">
-        <v>3.5269794999999249</v>
+        <v>3.6618109999999433</v>
       </c>
       <c r="D352" s="5">
-        <v>2.5018509234267183</v>
+        <v>2.5990640760252592</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1718.8057676000001</v>
+        <v>1718.3857129999999</v>
       </c>
       <c r="C353" s="5">
-        <v>4.2692699000001539</v>
+        <v>4.0020359999998618</v>
       </c>
       <c r="D353" s="5">
-        <v>3.0293154556559454</v>
+        <v>2.8375122699930477</v>
       </c>
       <c r="E353" s="5">
-        <v>2.5719644242053308</v>
+        <v>2.5601055230982217</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1718.2159601999999</v>
+        <v>1718.1035340000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.5898074000001543</v>
+        <v>-0.28217899999981455</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.411003169737445</v>
+        <v>-0.19687613788056391</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1723.676678</v>
+        <v>1723.602427</v>
       </c>
       <c r="C355" s="5">
-        <v>5.4607178000001113</v>
+        <v>5.4988929999999527</v>
       </c>
       <c r="D355" s="5">
-        <v>3.8811336325785595</v>
+        <v>3.9090058285758733</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1728.1029573999999</v>
+        <v>1728.602707</v>
       </c>
       <c r="C356" s="5">
-        <v>4.4262793999998848</v>
+        <v>5.0002799999999752</v>
       </c>
       <c r="D356" s="5">
-        <v>3.1254116635374141</v>
+        <v>3.5373635249615898</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1730.467801</v>
+        <v>1730.7262760000001</v>
       </c>
       <c r="C357" s="5">
-        <v>2.3648436000000856</v>
+        <v>2.1235690000000886</v>
       </c>
       <c r="D357" s="5">
-        <v>1.6545709571787137</v>
+        <v>1.484188034681555</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1736.4414787000001</v>
+        <v>1737.194252</v>
       </c>
       <c r="C358" s="5">
-        <v>5.9736777000000529</v>
+        <v>6.4679759999999078</v>
       </c>
       <c r="D358" s="5">
-        <v>4.2220337240084671</v>
+        <v>4.5779099346764829</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1737.9657580000001</v>
+        <v>1738.0963300000001</v>
       </c>
       <c r="C359" s="5">
-        <v>1.5242792999999892</v>
+        <v>0.9020780000000741</v>
       </c>
       <c r="D359" s="5">
-        <v>1.0584820363544578</v>
+        <v>0.62491028818256744</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1744.7777229000001</v>
+        <v>1744.294819</v>
       </c>
       <c r="C360" s="5">
-        <v>6.8119649000000209</v>
+        <v>6.1984889999998813</v>
       </c>
       <c r="D360" s="5">
-        <v>4.8061346638033742</v>
+        <v>4.364447731243315</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1752.4364072999999</v>
+        <v>1752.05629</v>
       </c>
       <c r="C361" s="5">
-        <v>7.6586843999998564</v>
+        <v>7.7614710000000287</v>
       </c>
       <c r="D361" s="5">
-        <v>5.3964334890928889</v>
+        <v>5.4721917022925615</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1754.2900414000001</v>
+        <v>1754.598753</v>
       </c>
       <c r="C362" s="5">
-        <v>1.8536341000001357</v>
+        <v>2.5424629999999979</v>
       </c>
       <c r="D362" s="5">
-        <v>1.2767065922903553</v>
+        <v>1.7553226660923293</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1755.052475</v>
+        <v>1754.5299930000001</v>
       </c>
       <c r="C363" s="5">
-        <v>0.7624335999998948</v>
+        <v>-6.8759999999883803E-2</v>
       </c>
       <c r="D363" s="5">
-        <v>0.52278155762186529</v>
+        <v>-4.7016001714028643E-2</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1760.3474885000001</v>
+        <v>1760.0870090000001</v>
       </c>
       <c r="C364" s="5">
-        <v>5.2950135000000955</v>
+        <v>5.557015999999976</v>
       </c>
       <c r="D364" s="5">
-        <v>3.6810976485815106</v>
+        <v>3.8675981733256926</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1761.5768697999999</v>
+        <v>1761.105184</v>
       </c>
       <c r="C365" s="5">
-        <v>1.2293812999998863</v>
+        <v>1.0181749999999283</v>
       </c>
       <c r="D365" s="5">
-        <v>0.84127556167790107</v>
+        <v>0.69638879124864772</v>
       </c>
       <c r="E365" s="5">
-        <v>2.4884197508670214</v>
+        <v>2.486023404222748</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1772.7441004</v>
+        <v>1772.643922</v>
       </c>
       <c r="C366" s="5">
-        <v>11.167230600000039</v>
+        <v>11.538737999999967</v>
       </c>
       <c r="D366" s="5">
-        <v>7.8781262163259758</v>
+        <v>8.1519925869607093</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1776.0482184</v>
+        <v>1775.998542</v>
       </c>
       <c r="C367" s="5">
-        <v>3.3041180000000168</v>
+        <v>3.3546200000000681</v>
       </c>
       <c r="D367" s="5">
-        <v>2.2596833665122107</v>
+        <v>2.2947129484745421</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1773.3729688999999</v>
+        <v>1774.023956</v>
       </c>
       <c r="C368" s="5">
-        <v>-2.6752495000000636</v>
+        <v>-1.9745860000000448</v>
       </c>
       <c r="D368" s="5">
-        <v>-1.7926520043639371</v>
+        <v>-1.3260524757536363</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1596.6163441000001</v>
+        <v>1597.05521</v>
       </c>
       <c r="C369" s="5">
-        <v>-176.75662479999983</v>
+        <v>-176.96874600000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-71.633494592774866</v>
+        <v>-71.664857759808172</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1645.6329142</v>
+        <v>1646.8647860000001</v>
       </c>
       <c r="C370" s="5">
-        <v>49.016570099999853</v>
+        <v>49.809576000000106</v>
       </c>
       <c r="D370" s="5">
-        <v>43.743671159986299</v>
+        <v>44.562670247292012</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1678.1287593</v>
+        <v>1678.271152</v>
       </c>
       <c r="C371" s="5">
-        <v>32.495845099999997</v>
+        <v>31.406365999999935</v>
       </c>
       <c r="D371" s="5">
-        <v>26.446782349545384</v>
+        <v>25.444098139643344</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1678.7121594</v>
+        <v>1677.9148459999999</v>
       </c>
       <c r="C372" s="5">
-        <v>0.58340010000006259</v>
+        <v>-0.35630600000013146</v>
       </c>
       <c r="D372" s="5">
-        <v>0.41797762603630328</v>
+        <v>-0.2544691846380065</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1678.7298536999999</v>
+        <v>1678.0760090000001</v>
       </c>
       <c r="C373" s="5">
-        <v>1.7694299999902796E-2</v>
+        <v>0.16116300000021511</v>
       </c>
       <c r="D373" s="5">
-        <v>1.2649214969528977E-2</v>
+        <v>0.11532039232036162</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1683.0669037</v>
+        <v>1683.3163489999999</v>
       </c>
       <c r="C374" s="5">
-        <v>4.3370500000000902</v>
+        <v>5.2403399999998328</v>
       </c>
       <c r="D374" s="5">
-        <v>3.1446709048338795</v>
+        <v>3.8124298471303275</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1698.7087787</v>
+        <v>1698.0810959999999</v>
       </c>
       <c r="C375" s="5">
-        <v>15.641875000000027</v>
+        <v>14.764746999999943</v>
       </c>
       <c r="D375" s="5">
-        <v>11.740500985158864</v>
+        <v>11.048380331608509</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1704.4304408</v>
+        <v>1704.118802</v>
       </c>
       <c r="C376" s="5">
-        <v>5.7216621000000032</v>
+        <v>6.0377060000000711</v>
       </c>
       <c r="D376" s="5">
-        <v>4.1176147336646762</v>
+        <v>4.3511625069619475</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1712.6100329000001</v>
+        <v>1712.270282</v>
       </c>
       <c r="C377" s="5">
-        <v>8.1795921000000362</v>
+        <v>8.1514799999999923</v>
       </c>
       <c r="D377" s="5">
-        <v>5.9132811790055806</v>
+        <v>5.8935266324321001</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.7797161588275943</v>
+        <v>-2.7729690675875052</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1713.6805366999999</v>
+        <v>1713.561168</v>
       </c>
       <c r="C378" s="5">
-        <v>1.0705037999998694</v>
+        <v>1.2908860000000004</v>
       </c>
       <c r="D378" s="5">
-        <v>0.75266995031362249</v>
+        <v>0.90844449344864575</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1706.2128144999999</v>
+        <v>1706.1381490000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-7.4677222000000256</v>
+        <v>-7.4230189999998402</v>
       </c>
       <c r="D379" s="5">
-        <v>-5.1057227943410277</v>
+        <v>-5.0762286612378915</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1718.0048308999999</v>
+        <v>1718.645166</v>
       </c>
       <c r="C380" s="5">
-        <v>11.792016399999966</v>
+        <v>12.507016999999905</v>
       </c>
       <c r="D380" s="5">
-        <v>8.6160926939150109</v>
+        <v>9.1602004024126096</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1724.2247437000001</v>
+        <v>1724.815468</v>
       </c>
       <c r="C381" s="5">
-        <v>6.219912800000202</v>
+        <v>6.1703019999999924</v>
       </c>
       <c r="D381" s="5">
-        <v>4.4320756557043151</v>
+        <v>4.3943533509007482</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1724.5092173999999</v>
+        <v>1726.126694</v>
       </c>
       <c r="C382" s="5">
-        <v>0.28447369999980765</v>
+        <v>1.3112260000000333</v>
       </c>
       <c r="D382" s="5">
-        <v>0.19816348075645251</v>
+        <v>0.91607877851225261</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1734.3749134</v>
+        <v>1734.5851190000001</v>
       </c>
       <c r="C383" s="5">
-        <v>9.8656960000000709</v>
+        <v>8.4584250000000338</v>
       </c>
       <c r="D383" s="5">
-        <v>7.0852259944296225</v>
+        <v>6.0413795602140219</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1749.8863851999999</v>
+        <v>1748.8448880000001</v>
       </c>
       <c r="C384" s="5">
-        <v>15.511471799999981</v>
+        <v>14.259769000000006</v>
       </c>
       <c r="D384" s="5">
-        <v>11.276236478260815</v>
+        <v>10.323519349128695</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1748.1592654999999</v>
+        <v>1747.300542</v>
       </c>
       <c r="C385" s="5">
-        <v>-1.7271197000000029</v>
+        <v>-1.5443460000001323</v>
       </c>
       <c r="D385" s="5">
-        <v>-1.1779792704771808</v>
+        <v>-1.0545479699160976</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1744.4087775999999</v>
+        <v>1744.6331560000001</v>
       </c>
       <c r="C386" s="5">
-        <v>-3.7504879000000528</v>
+        <v>-2.6673859999998513</v>
       </c>
       <c r="D386" s="5">
-        <v>-2.5443093997102206</v>
+        <v>-1.8165876083324095</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1759.1004608000001</v>
+        <v>1758.491293</v>
       </c>
       <c r="C387" s="5">
-        <v>14.69168320000017</v>
+        <v>13.858136999999942</v>
       </c>
       <c r="D387" s="5">
-        <v>10.588138745248422</v>
+        <v>9.9596138198296824</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1761.2107007</v>
+        <v>1760.9902179999999</v>
       </c>
       <c r="C388" s="5">
-        <v>2.1102398999998968</v>
+        <v>2.4989249999998719</v>
       </c>
       <c r="D388" s="5">
-        <v>1.4490716350467503</v>
+        <v>1.7186657830547514</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1765.8799586</v>
+        <v>1765.815284</v>
       </c>
       <c r="C389" s="5">
-        <v>4.6692579000000478</v>
+        <v>4.8250660000001062</v>
       </c>
       <c r="D389" s="5">
-        <v>3.2281980779316211</v>
+        <v>3.337972375778997</v>
       </c>
       <c r="E389" s="5">
-        <v>3.1104527403589266</v>
+        <v>3.1271349250690417</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1763.4329067000001</v>
+        <v>1763.2506330000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-2.4470518999999058</v>
+        <v>-2.5646509999999125</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.6502734837269717</v>
+        <v>-1.7290119232355461</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1767.6175012000001</v>
+        <v>1767.3850709999999</v>
       </c>
       <c r="C391" s="5">
-        <v>4.1845945000000029</v>
+        <v>4.1344379999998182</v>
       </c>
       <c r="D391" s="5">
-        <v>2.8850388031678831</v>
+        <v>2.8503100934024639</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1774.5669846000001</v>
+        <v>1774.8255409999999</v>
       </c>
       <c r="C392" s="5">
-        <v>6.9494833999999628</v>
+        <v>7.4404700000000048</v>
       </c>
       <c r="D392" s="5">
-        <v>4.821230441023916</v>
+        <v>5.1704790664940825</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1787.3956575</v>
+        <v>1787.859631</v>
       </c>
       <c r="C393" s="5">
-        <v>12.828672899999901</v>
+        <v>13.034090000000106</v>
       </c>
       <c r="D393" s="5">
-        <v>9.0283937600682087</v>
+        <v>9.1774587348617551</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1791.9745754999999</v>
+        <v>1793.4784199999999</v>
       </c>
       <c r="C394" s="5">
-        <v>4.5789179999999305</v>
+        <v>5.6187889999998788</v>
       </c>
       <c r="D394" s="5">
-        <v>3.1178243937000083</v>
+        <v>3.8371703745551988</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1794.1392940999999</v>
+        <v>1794.561359</v>
       </c>
       <c r="C395" s="5">
-        <v>2.1647186000000147</v>
+        <v>1.082939000000124</v>
       </c>
       <c r="D395" s="5">
-        <v>1.4592790635373554</v>
+        <v>0.72699578018371458</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1817.0508150000001</v>
+        <v>1816.2668819999999</v>
       </c>
       <c r="C396" s="5">
-        <v>22.911520900000141</v>
+        <v>21.705522999999857</v>
       </c>
       <c r="D396" s="5">
-        <v>16.447716960985261</v>
+        <v>15.519745264405183</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1821.3877033000001</v>
+        <v>1820.6611700000001</v>
       </c>
       <c r="C397" s="5">
-        <v>4.3368883000000551</v>
+        <v>4.3942880000001878</v>
       </c>
       <c r="D397" s="5">
-        <v>2.9020267852736259</v>
+        <v>2.9422344194120598</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1830.7306797000001</v>
+        <v>1831.0154010000001</v>
       </c>
       <c r="C398" s="5">
-        <v>9.3429763999999977</v>
+        <v>10.354231000000027</v>
       </c>
       <c r="D398" s="5">
-        <v>6.3321787083793657</v>
+        <v>7.0420475280075889</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1836.8425809</v>
+        <v>1836.4501069999999</v>
       </c>
       <c r="C399" s="5">
-        <v>6.1119011999999202</v>
+        <v>5.4347059999997782</v>
       </c>
       <c r="D399" s="5">
-        <v>4.0805902757312884</v>
+        <v>3.6204894352058536</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1845.6180466999999</v>
+        <v>1845.547098</v>
       </c>
       <c r="C400" s="5">
-        <v>8.7754657999998926</v>
+        <v>9.0969910000001164</v>
       </c>
       <c r="D400" s="5">
-        <v>5.8860325282288128</v>
+        <v>6.1089427110135208</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1847.2487768000001</v>
+        <v>1847.4512159999999</v>
       </c>
       <c r="C401" s="5">
-        <v>1.6307301000001644</v>
+        <v>1.9041179999999258</v>
       </c>
       <c r="D401" s="5">
-        <v>1.0654500674093237</v>
+        <v>1.2451333877504966</v>
       </c>
       <c r="E401" s="5">
-        <v>4.6078340605048673</v>
+        <v>4.6231297655932924</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1860.7547712000001</v>
+        <v>1860.363593</v>
       </c>
       <c r="C402" s="5">
-        <v>13.505994399999963</v>
+        <v>12.912377000000106</v>
       </c>
       <c r="D402" s="5">
-        <v>9.1352488745556784</v>
+        <v>8.7171933147767398</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1869.1868559</v>
+        <v>1868.6381269999999</v>
       </c>
       <c r="C403" s="5">
-        <v>8.4320846999999048</v>
+        <v>8.2745339999999032</v>
       </c>
       <c r="D403" s="5">
-        <v>5.575446282501817</v>
+        <v>5.4698885736727432</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1879.1119549</v>
+        <v>1878.75054</v>
       </c>
       <c r="C404" s="5">
-        <v>9.9250990000000456</v>
+        <v>10.11241300000006</v>
       </c>
       <c r="D404" s="5">
-        <v>6.5612350974071365</v>
+        <v>6.6907950924953496</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1880.5580748</v>
+        <v>1880.724078</v>
       </c>
       <c r="C405" s="5">
-        <v>1.4461198999999851</v>
+        <v>1.9735379999999623</v>
       </c>
       <c r="D405" s="5">
-        <v>0.92741035838734831</v>
+        <v>1.2678512037899381</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1887.7961422999999</v>
+        <v>1888.8886709999999</v>
       </c>
       <c r="C406" s="5">
-        <v>7.2380674999999428</v>
+        <v>8.164592999999968</v>
       </c>
       <c r="D406" s="5">
-        <v>4.7177096227865922</v>
+        <v>5.335637073136601</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1899.8397293999999</v>
+        <v>1900.6680409999999</v>
       </c>
       <c r="C407" s="5">
-        <v>12.043587099999968</v>
+        <v>11.779369999999972</v>
       </c>
       <c r="D407" s="5">
-        <v>7.9300686601362802</v>
+        <v>7.7454465187663635</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1898.6209378000001</v>
+        <v>1898.279513</v>
       </c>
       <c r="C408" s="5">
-        <v>-1.218791599999804</v>
+        <v>-2.3885279999999511</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.76711760831765785</v>
+        <v>-1.4976343356345345</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1901.7765198</v>
+        <v>1901.3684499999999</v>
       </c>
       <c r="C409" s="5">
-        <v>3.1555819999998675</v>
+        <v>3.0889369999999872</v>
       </c>
       <c r="D409" s="5">
-        <v>2.0127798216705628</v>
+        <v>1.9702468914432947</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1908.0827975</v>
+        <v>1908.4513420000001</v>
       </c>
       <c r="C410" s="5">
-        <v>6.3062777000000096</v>
+        <v>7.082892000000129</v>
       </c>
       <c r="D410" s="5">
-        <v>4.0525721722488806</v>
+        <v>4.5629194611184642</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1907.5989614</v>
+        <v>1907.574515</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.48383609999996224</v>
+        <v>-0.87682700000004843</v>
       </c>
       <c r="D411" s="5">
-        <v>-0.30386221664262525</v>
+        <v>-0.54994204673505243</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1908.135808</v>
+        <v>1908.2830779999999</v>
       </c>
       <c r="C412" s="5">
-        <v>0.53684659999998985</v>
+        <v>0.70856299999991279</v>
       </c>
       <c r="D412" s="5">
-        <v>0.33823356567912466</v>
+        <v>0.44664825622973137</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1912.2974698999999</v>
+        <v>1912.8474819999999</v>
       </c>
       <c r="C413" s="5">
-        <v>4.1616618999998991</v>
+        <v>4.5644039999999677</v>
       </c>
       <c r="D413" s="5">
-        <v>2.6488353884882798</v>
+        <v>2.9083307001096736</v>
       </c>
       <c r="E413" s="5">
-        <v>3.5213823886073525</v>
+        <v>3.5398101683893124</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1914.5002492000001</v>
+        <v>1913.840316</v>
       </c>
       <c r="C414" s="5">
-        <v>2.2027793000002021</v>
+        <v>0.99283400000012989</v>
       </c>
       <c r="D414" s="5">
-        <v>1.3910735216883241</v>
+        <v>0.62462260195552677</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1919.2448056999999</v>
+        <v>1918.313298</v>
       </c>
       <c r="C415" s="5">
-        <v>4.7445564999998169</v>
+        <v>4.4729820000000018</v>
       </c>
       <c r="D415" s="5">
-        <v>3.0147374874126998</v>
+        <v>2.8409455543228379</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1921.5539082</v>
+        <v>1920.4484339999999</v>
       </c>
       <c r="C416" s="5">
-        <v>2.3091025000001082</v>
+        <v>2.1351359999998749</v>
       </c>
       <c r="D416" s="5">
-        <v>1.4533490104329472</v>
+        <v>1.3438400358448677</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1925.0279617000001</v>
+        <v>1924.7925580000001</v>
       </c>
       <c r="C417" s="5">
-        <v>3.4740535000000818</v>
+        <v>4.3441240000001926</v>
       </c>
       <c r="D417" s="5">
-        <v>2.1912311816856045</v>
+        <v>2.7484703870661376</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1927.5126945</v>
+        <v>1927.783993</v>
       </c>
       <c r="C418" s="5">
-        <v>2.484732799999847</v>
+        <v>2.9914349999999104</v>
       </c>
       <c r="D418" s="5">
-        <v>1.5599451525180497</v>
+        <v>1.8810162222403282</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1929.7548165999999</v>
+        <v>1931.010871</v>
       </c>
       <c r="C419" s="5">
-        <v>2.2421220999999605</v>
+        <v>3.2268779999999424</v>
       </c>
       <c r="D419" s="5">
-        <v>1.4048295443988446</v>
+        <v>2.027251261204488</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1932.7158978</v>
+        <v>1933.1088729999999</v>
       </c>
       <c r="C420" s="5">
-        <v>2.9610812000000806</v>
+        <v>2.0980019999999513</v>
       </c>
       <c r="D420" s="5">
-        <v>1.8569400477281839</v>
+        <v>1.311593488163143</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1941.0296831000001</v>
+        <v>1941.127913</v>
       </c>
       <c r="C421" s="5">
-        <v>8.3137853000000632</v>
+        <v>8.0190400000001318</v>
       </c>
       <c r="D421" s="5">
-        <v>5.2858225050207208</v>
+        <v>5.0930715562492956</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1940.7576378000001</v>
+        <v>1941.2379089999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.2720452999999452</v>
+        <v>0.10999599999991005</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.16805658972978144</v>
+        <v>6.8020425096282366E-2</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1945.2089988</v>
+        <v>1945.576358</v>
       </c>
       <c r="C423" s="5">
-        <v>4.4513609999999062</v>
+        <v>4.3384490000000824</v>
       </c>
       <c r="D423" s="5">
-        <v>2.7873316954456051</v>
+        <v>2.7150774033587677</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1950.0387424999999</v>
+        <v>1950.383345</v>
       </c>
       <c r="C424" s="5">
-        <v>4.8297436999998808</v>
+        <v>4.8069869999999355</v>
       </c>
       <c r="D424" s="5">
-        <v>3.0204962951946301</v>
+        <v>3.0054950562328209</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1953.8110790000001</v>
+        <v>1954.508806</v>
       </c>
       <c r="C425" s="5">
-        <v>3.772336500000165</v>
+        <v>4.1254610000000866</v>
       </c>
       <c r="D425" s="5">
-        <v>2.346250626224422</v>
+        <v>2.5679844522225492</v>
       </c>
       <c r="E425" s="5">
-        <v>2.1708761190888826</v>
+        <v>2.1779741663690233</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1962.0533415</v>
+        <v>1964.242921</v>
       </c>
       <c r="C426" s="5">
-        <v>8.2422624999999243</v>
+        <v>9.7341149999999743</v>
       </c>
       <c r="D426" s="5">
-        <v>5.1813903109994452</v>
+        <v>6.1428591810314792</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1964.0297671999999</v>
+        <v>1966.42363</v>
       </c>
       <c r="C427" s="5">
-        <v>1.9764256999999361</v>
+        <v>2.1807089999999789</v>
       </c>
       <c r="D427" s="5">
-        <v>1.2155097786915148</v>
+        <v>1.3404089955367571</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1964.6460262000001</v>
+        <v>1967.3535810000001</v>
       </c>
       <c r="C428" s="5">
-        <v>0.61625900000012734</v>
+        <v>0.92995100000007369</v>
       </c>
       <c r="D428" s="5">
-        <v>0.37717775917995855</v>
+        <v>0.56897626839833571</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1974.1272357</v>
+        <v>1968.5727360000001</v>
       </c>
       <c r="C429" s="5">
-        <v>9.4812094999999772</v>
+        <v>1.2191550000000007</v>
       </c>
       <c r="D429" s="5">
-        <v>5.9473047420167902</v>
+        <v>0.74617122184170714</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1978.3379933000001</v>
+        <v>1970.6300590000001</v>
       </c>
       <c r="C430" s="5">
-        <v>4.210757600000079</v>
+        <v>2.0573229999999967</v>
       </c>
       <c r="D430" s="5">
-        <v>2.589807754976059</v>
+        <v>1.2613339586121874</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1983.1154143000001</v>
+        <v>1960.025427</v>
       </c>
       <c r="C431" s="5">
-        <v>4.7774210000000039</v>
+        <v>-10.604632000000038</v>
       </c>
       <c r="D431" s="5">
-        <v>2.936639020389209</v>
+        <v>-6.2698679903416821</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1982.2485869</v>
+        <v>1958.733328</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.86682740000014746</v>
+        <v>-1.2920990000000074</v>
       </c>
       <c r="D432" s="5">
-        <v>-0.52326547144762037</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.78820883355635862</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1989.2853952999999</v>
+        <v>1965.6866600000001</v>
       </c>
       <c r="C433" s="5">
-        <v>7.0368083999999271</v>
+        <v>6.9533320000000458</v>
       </c>
       <c r="D433" s="5">
-        <v>4.3440590872814822</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.3440595356967204</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1990.0450905</v>
+        <v>1966.4373430000001</v>
       </c>
       <c r="C434" s="5">
-        <v>0.7596952000001238</v>
+        <v>0.75068299999998089</v>
       </c>
       <c r="D434" s="5">
-        <v>0.45923601078543541</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.45923601327950703</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1968.2533490000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>1.8160060000000158</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.1138468748919994</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1971.5888990000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>3.335550000000012</v>
+      </c>
+      <c r="D436" s="5">
+        <v>2.0526723358944121</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>1971.838238</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.24933899999996356</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.15186482593858575</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.88663872717287262</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>