--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{65F94577-CB8B-4B14-9E14-30F60B7536DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9D87EBD7-5AC5-4441-A3E9-7214F23A4530}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A53E31D7-3AD2-451A-B5E4-4B39A62ECC16}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{310FD9FD-E20F-43B1-AAC5-F383CEDBC7BB}"/>
   </bookViews>
   <sheets>
     <sheet name="AE700000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Leisure and Hospitality</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{874AC75F-073F-45E8-9668-CC8DC0B616BD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69BD16AA-CCFA-42B2-A306-71B7FBC84103}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-2.8458064999999806</v>
       </c>
       <c r="D431" s="5">
         <v>-2.2076926645600681</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1525.5450327000001</v>
       </c>
       <c r="C432" s="5">
         <v>-2.7434122999998181</v>
       </c>
       <c r="D432" s="5">
         <v>-2.1329649337584522</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1535.5871362</v>
+        <v>1531.4092979</v>
       </c>
       <c r="C433" s="5">
-        <v>10.042103499999939</v>
+        <v>5.8642651999998634</v>
       </c>
       <c r="D433" s="5">
-        <v>8.1915139772285261</v>
+        <v>4.7116418105902724</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>1530.8490595000001</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-0.56023839999988923</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-0.43811607955205334</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>