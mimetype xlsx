--- v1 (2025-12-13)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9D87EBD7-5AC5-4441-A3E9-7214F23A4530}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{9165EE69-DA0E-41AD-8842-E2674E3AE619}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{310FD9FD-E20F-43B1-AAC5-F383CEDBC7BB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{67AF239F-0D40-4781-8683-EB41400F42BF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE700000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Leisure and Hospitality</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69BD16AA-CCFA-42B2-A306-71B7FBC84103}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE036C3F-54D4-4719-8F77-7A571DBF3DF4}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>584.96371452000005</v>
+        <v>584.96371450000004</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>584.34953906999999</v>
+        <v>584.34953910000002</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.61417545000006157</v>
+        <v>-0.61417540000002191</v>
       </c>
       <c r="D7" s="5">
-        <v>-1.252674992408942</v>
+        <v>-1.2526748910594132</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>583.14782316000003</v>
+        <v>583.14782319999995</v>
       </c>
       <c r="C8" s="5">
-        <v>-1.2017159099999617</v>
+        <v>-1.2017159000000674</v>
       </c>
       <c r="D8" s="5">
-        <v>-2.4400799640601378</v>
+        <v>-2.4400799438606291</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>587.84874927999999</v>
+        <v>587.84874930000001</v>
       </c>
       <c r="C9" s="5">
-        <v>4.7009261199999628</v>
+        <v>4.7009261000000606</v>
       </c>
       <c r="D9" s="5">
-        <v>10.11418705807352</v>
+        <v>10.114187012392728</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>590.66042746000005</v>
+        <v>590.66042749999997</v>
       </c>
       <c r="C10" s="5">
-        <v>2.8116781800000581</v>
+        <v>2.8116781999999603</v>
       </c>
       <c r="D10" s="5">
-        <v>5.8930170207113219</v>
+        <v>5.8930170635321577</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>596.45098024000004</v>
+        <v>596.4509802</v>
       </c>
       <c r="C11" s="5">
-        <v>5.7905527799999845</v>
+        <v>5.7905527000000347</v>
       </c>
       <c r="D11" s="5">
-        <v>12.419739772394722</v>
+        <v>12.419739590565836</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>598.95191267999996</v>
+        <v>598.95191269999998</v>
       </c>
       <c r="C12" s="5">
-        <v>2.5009324399999286</v>
+        <v>2.5009324999999762</v>
       </c>
       <c r="D12" s="5">
-        <v>5.1493018444581873</v>
+        <v>5.1493019712117283</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>600.93979588000002</v>
+        <v>600.93979590000004</v>
       </c>
       <c r="C13" s="5">
         <v>1.9878832000000557</v>
       </c>
       <c r="D13" s="5">
-        <v>4.0562350392412849</v>
+        <v>4.0562350391033952</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>600.56849947000001</v>
+        <v>600.56849950000003</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.37129641000001357</v>
+        <v>-0.37129640000000563</v>
       </c>
       <c r="D14" s="5">
-        <v>-0.73891712507607732</v>
+        <v>-0.73891710521807319</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
         <v>598.96617249999997</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.6023269700000355</v>
+        <v>-1.6023270000000593</v>
       </c>
       <c r="D15" s="5">
-        <v>-3.1550548519253652</v>
+        <v>-3.1550549099773062</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>598.83677058000001</v>
+        <v>598.83677060000002</v>
       </c>
       <c r="C16" s="5">
-        <v>-0.12940191999996387</v>
+        <v>-0.129401899999948</v>
       </c>
       <c r="D16" s="5">
-        <v>-0.25894271259874202</v>
+        <v>-0.25894267262484005</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>598.71278486999995</v>
+        <v>598.71278489999997</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.12398571000005632</v>
+        <v>-0.12398570000004838</v>
       </c>
       <c r="D17" s="5">
-        <v>-0.24817037077273785</v>
+        <v>-0.24817035077118188</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>594.47719903999996</v>
+        <v>594.47719900000004</v>
       </c>
       <c r="C18" s="5">
-        <v>-4.2355858299999909</v>
+        <v>-4.2355858999999327</v>
       </c>
       <c r="D18" s="5">
-        <v>-8.1667320790844258</v>
+        <v>-8.1667322084518208</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
         <v>595.20025250000003</v>
       </c>
       <c r="C19" s="5">
-        <v>0.72305346000007376</v>
+        <v>0.7230534999999918</v>
       </c>
       <c r="D19" s="5">
-        <v>1.4693449070433795</v>
+        <v>1.4693449889727539</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>595.50787978999995</v>
+        <v>595.50787979999996</v>
       </c>
       <c r="C20" s="5">
-        <v>0.30762728999991396</v>
+        <v>0.30762729999992189</v>
       </c>
       <c r="D20" s="5">
-        <v>0.62198214976454391</v>
+        <v>0.62198217004068024</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>597.76050387999999</v>
+        <v>597.7605039</v>
       </c>
       <c r="C21" s="5">
-        <v>2.2526240900000403</v>
+        <v>2.2526241000000482</v>
       </c>
       <c r="D21" s="5">
-        <v>4.6348716826551062</v>
+        <v>4.6348717035812781</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>601.42189364000001</v>
+        <v>601.42189359999998</v>
       </c>
       <c r="C22" s="5">
-        <v>3.66138976000002</v>
+        <v>3.6613896999999724</v>
       </c>
       <c r="D22" s="5">
-        <v>7.6029577357234368</v>
+        <v>7.6029576066422022</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>604.02627131999998</v>
+        <v>604.02627129999996</v>
       </c>
       <c r="C23" s="5">
-        <v>2.6043776799999705</v>
+        <v>2.6043776999999864</v>
       </c>
       <c r="D23" s="5">
-        <v>5.3220084510149146</v>
+        <v>5.3220084932252831</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>602.61695442999996</v>
+        <v>602.61695440000005</v>
       </c>
       <c r="C24" s="5">
-        <v>-1.4093168900000137</v>
+        <v>-1.4093168999999079</v>
       </c>
       <c r="D24" s="5">
-        <v>-2.7641941547770554</v>
+        <v>-2.7641941742298393</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>603.20741268999996</v>
+        <v>603.20741269999996</v>
       </c>
       <c r="C25" s="5">
-        <v>0.59045825999999124</v>
+        <v>0.59045829999990929</v>
       </c>
       <c r="D25" s="5">
-        <v>1.1821453109222224</v>
+        <v>1.1821453914967472</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>608.59530434999999</v>
+        <v>608.59530440000003</v>
       </c>
       <c r="C26" s="5">
-        <v>5.3878916600000366</v>
+        <v>5.3878917000000683</v>
       </c>
       <c r="D26" s="5">
-        <v>11.261043387458347</v>
+        <v>11.261043475014244</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>605.89301836000004</v>
+        <v>605.89301839999996</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.7022859899999503</v>
+        <v>-2.7022860000000719</v>
       </c>
       <c r="D27" s="5">
-        <v>-5.2000274005073006</v>
+        <v>-5.2000274188662932</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>606.66879374999996</v>
+        <v>606.6687938</v>
       </c>
       <c r="C28" s="5">
-        <v>0.77577538999992157</v>
+        <v>0.77577540000004319</v>
       </c>
       <c r="D28" s="5">
-        <v>1.5473263654851355</v>
+        <v>1.5473263854686836</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>609.07490641000004</v>
+        <v>609.07490640000003</v>
       </c>
       <c r="C29" s="5">
-        <v>2.4061126600000762</v>
+        <v>2.4061126000000286</v>
       </c>
       <c r="D29" s="5">
-        <v>4.8645298439874862</v>
+        <v>4.8645297196151294</v>
       </c>
       <c r="E29" s="5">
-        <v>1.7307333001499225</v>
+        <v>1.7307332933822028</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>609.37320863000002</v>
+        <v>609.3732086</v>
       </c>
       <c r="C30" s="5">
-        <v>0.2983022199999823</v>
+        <v>0.29830219999996643</v>
       </c>
       <c r="D30" s="5">
-        <v>0.58930105060841509</v>
+        <v>0.58930101100131971</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>610.21191537000004</v>
+        <v>610.21191539999995</v>
       </c>
       <c r="C31" s="5">
-        <v>0.83870674000002055</v>
+        <v>0.83870679999995446</v>
       </c>
       <c r="D31" s="5">
-        <v>1.6641720292131845</v>
+        <v>1.6641721492508976</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>612.29313520999995</v>
+        <v>612.29313520000005</v>
       </c>
       <c r="C32" s="5">
-        <v>2.0812198399999033</v>
+        <v>2.081219800000099</v>
       </c>
       <c r="D32" s="5">
-        <v>4.1704354598447235</v>
+        <v>4.1704353779728143</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>613.01132136000001</v>
+        <v>613.01132140000004</v>
       </c>
       <c r="C33" s="5">
-        <v>0.71818615000006503</v>
+        <v>0.718186199999991</v>
       </c>
       <c r="D33" s="5">
-        <v>1.4166498332808253</v>
+        <v>1.4166499325680926</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>614.82982353</v>
+        <v>614.82982349999997</v>
       </c>
       <c r="C34" s="5">
-        <v>1.8185021699999879</v>
+        <v>1.8185020999999324</v>
       </c>
       <c r="D34" s="5">
-        <v>3.6184672426837317</v>
+        <v>3.6184671008767877</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>612.96933578999995</v>
+        <v>612.96933579999995</v>
       </c>
       <c r="C35" s="5">
-        <v>-1.8604877400000532</v>
+        <v>-1.8604877000000215</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.5713953496577799</v>
+        <v>-3.5713952743185229</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
         <v>617.62596699999995</v>
       </c>
       <c r="C36" s="5">
-        <v>4.6566312100000005</v>
+        <v>4.6566311999999925</v>
       </c>
       <c r="D36" s="5">
-        <v>9.5069220160158388</v>
+        <v>9.5069219945778549</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>619.12867782000001</v>
+        <v>619.12867779999999</v>
       </c>
       <c r="C37" s="5">
-        <v>1.5027108200000612</v>
+        <v>1.5027108000000453</v>
       </c>
       <c r="D37" s="5">
-        <v>2.9590407806251662</v>
+        <v>2.9590407407139141</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>619.84649911999998</v>
+        <v>619.84649909999996</v>
       </c>
       <c r="C38" s="5">
         <v>0.71782129999996869</v>
       </c>
       <c r="D38" s="5">
-        <v>1.4001930434506482</v>
+        <v>1.4001930434959897</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>626.18976927999995</v>
+        <v>626.18976929999997</v>
       </c>
       <c r="C39" s="5">
-        <v>6.3432701599999746</v>
+        <v>6.3432702000000063</v>
       </c>
       <c r="D39" s="5">
-        <v>12.995664852501543</v>
+        <v>12.995664939560591</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>629.41874467000002</v>
+        <v>629.41874470000005</v>
       </c>
       <c r="C40" s="5">
-        <v>3.2289753900000733</v>
+        <v>3.2289754000000812</v>
       </c>
       <c r="D40" s="5">
-        <v>6.3663987938574085</v>
+        <v>6.3663988139272654</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>627.51464275000001</v>
+        <v>627.51464280000005</v>
       </c>
       <c r="C41" s="5">
-        <v>-1.9041019200000164</v>
+        <v>-1.9041019000000006</v>
       </c>
       <c r="D41" s="5">
-        <v>-3.5704139684538339</v>
+        <v>-3.5704139314058581</v>
       </c>
       <c r="E41" s="5">
-        <v>3.0274989407603758</v>
+        <v>3.0274989506611005</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
         <v>632.63774990000002</v>
       </c>
       <c r="C42" s="5">
-        <v>5.1231071500000098</v>
+        <v>5.1231070999999702</v>
       </c>
       <c r="D42" s="5">
-        <v>10.249052036394989</v>
+        <v>10.249051930979981</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>637.47058394999999</v>
+        <v>637.47058400000003</v>
       </c>
       <c r="C43" s="5">
-        <v>4.832834049999974</v>
+        <v>4.8328341000000137</v>
       </c>
       <c r="D43" s="5">
-        <v>9.5621517590011251</v>
+        <v>9.5621518621234145</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
         <v>638.86289160000001</v>
       </c>
       <c r="C44" s="5">
-        <v>1.3923076500000207</v>
+        <v>1.392307599999981</v>
       </c>
       <c r="D44" s="5">
-        <v>2.6526499863126052</v>
+        <v>2.652649889693981</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
         <v>638.56035299999996</v>
       </c>
       <c r="C45" s="5">
         <v>-0.30253860000004806</v>
       </c>
       <c r="D45" s="5">
         <v>-0.56679177442728879</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>632.26921281</v>
+        <v>632.26921279999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-6.2911401899999646</v>
+        <v>-6.2911401999999725</v>
       </c>
       <c r="D46" s="5">
-        <v>-11.20244341254153</v>
+        <v>-11.20244342939467</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>636.29450087999999</v>
+        <v>636.2945009</v>
       </c>
       <c r="C47" s="5">
-        <v>4.0252880699999878</v>
+        <v>4.0252881000000116</v>
       </c>
       <c r="D47" s="5">
-        <v>7.912962921612321</v>
+        <v>7.9129629827964454</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>635.33989635</v>
+        <v>635.33989640000004</v>
       </c>
       <c r="C48" s="5">
-        <v>-0.95460452999998324</v>
+        <v>-0.95460449999995944</v>
       </c>
       <c r="D48" s="5">
-        <v>-1.7855259595415229</v>
+        <v>-1.7855259038350058</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>638.44829878999997</v>
+        <v>638.44829879999998</v>
       </c>
       <c r="C49" s="5">
-        <v>3.1084024399999635</v>
+        <v>3.1084023999999317</v>
       </c>
       <c r="D49" s="5">
-        <v>6.0315902473090599</v>
+        <v>6.0315901671044614</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>642.30841921000001</v>
+        <v>642.3084192</v>
       </c>
       <c r="C50" s="5">
-        <v>3.8601204200000439</v>
+        <v>3.860120400000028</v>
       </c>
       <c r="D50" s="5">
-        <v>7.5015106204951332</v>
+        <v>7.5015105802055171</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>639.44798622999997</v>
+        <v>639.44798619999995</v>
       </c>
       <c r="C51" s="5">
-        <v>-2.8604329800000414</v>
+        <v>-2.8604330000000573</v>
       </c>
       <c r="D51" s="5">
-        <v>-5.2150659816955658</v>
+        <v>-5.2150660173498338</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>639.45722988</v>
+        <v>639.45722990000002</v>
       </c>
       <c r="C52" s="5">
-        <v>9.2436500000303568E-3</v>
+        <v>9.2437000000700209E-3</v>
       </c>
       <c r="D52" s="5">
-        <v>1.7348184988241755E-2</v>
+        <v>1.7348278835038755E-2</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
         <v>643.46515509999995</v>
       </c>
       <c r="C53" s="5">
-        <v>4.0079252199999473</v>
+        <v>4.0079251999999315</v>
       </c>
       <c r="D53" s="5">
-        <v>7.7860071074664416</v>
+        <v>7.7860070670123349</v>
       </c>
       <c r="E53" s="5">
-        <v>2.5418550043866617</v>
+        <v>2.5418549962161752</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>645.61958546999995</v>
+        <v>645.61958549999997</v>
       </c>
       <c r="C54" s="5">
-        <v>2.15443037</v>
+        <v>2.1544304000000238</v>
       </c>
       <c r="D54" s="5">
-        <v>4.0926229038168893</v>
+        <v>4.0926229618595045</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
         <v>645.54189929999995</v>
       </c>
       <c r="C55" s="5">
-        <v>-7.7686169999992671E-2</v>
+        <v>-7.768620000001647E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.14429818296896046</v>
+        <v>-0.1442982386488767</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>649.23719223000001</v>
+        <v>649.23719219999998</v>
       </c>
       <c r="C56" s="5">
-        <v>3.6952929300000505</v>
+        <v>3.6952929000000267</v>
       </c>
       <c r="D56" s="5">
-        <v>7.0896409559978002</v>
+        <v>7.0896408966169222</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>656.65072122000004</v>
+        <v>656.65072120000002</v>
       </c>
       <c r="C57" s="5">
-        <v>7.4135289900000316</v>
+        <v>7.4135290000000396</v>
       </c>
       <c r="D57" s="5">
-        <v>14.596780491860994</v>
+        <v>14.596780513520491</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>653.89158519</v>
+        <v>653.89158520000001</v>
       </c>
       <c r="C58" s="5">
-        <v>-2.759136030000036</v>
+        <v>-2.7591360000000122</v>
       </c>
       <c r="D58" s="5">
-        <v>-4.9272895842593751</v>
+        <v>-4.9272895320636838</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>655.66787816999999</v>
+        <v>655.66787820000002</v>
       </c>
       <c r="C59" s="5">
-        <v>1.7762929799999938</v>
+        <v>1.7762930000000097</v>
       </c>
       <c r="D59" s="5">
-        <v>3.3089409387962121</v>
+        <v>3.308940976560093</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>665.27476945000001</v>
+        <v>665.27476950000005</v>
       </c>
       <c r="C60" s="5">
-        <v>9.6068912800000135</v>
+        <v>9.6068913000000293</v>
       </c>
       <c r="D60" s="5">
-        <v>19.070930000575892</v>
+        <v>19.070930042587285</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>666.18565642999999</v>
+        <v>666.18565639999997</v>
       </c>
       <c r="C61" s="5">
-        <v>0.91088697999998658</v>
+        <v>0.91088689999992312</v>
       </c>
       <c r="D61" s="5">
-        <v>1.6554564751740219</v>
+        <v>1.6554563285591462</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>665.19002340999998</v>
+        <v>665.19002339999997</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.99563302000001386</v>
+        <v>-0.99563299999999799</v>
       </c>
       <c r="D62" s="5">
-        <v>-1.7787647705769682</v>
+        <v>-1.7787647352182634</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>673.25384523000002</v>
+        <v>673.2538452</v>
       </c>
       <c r="C63" s="5">
-        <v>8.0638218200000438</v>
+        <v>8.0638218000000279</v>
       </c>
       <c r="D63" s="5">
-        <v>15.557300078116665</v>
+        <v>15.557300037172794</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>677.68253115000005</v>
+        <v>677.68253119999997</v>
       </c>
       <c r="C64" s="5">
-        <v>4.4286859200000208</v>
+        <v>4.4286859999999706</v>
       </c>
       <c r="D64" s="5">
-        <v>8.1855804762986253</v>
+        <v>8.1855806299314438</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>679.24358553000002</v>
+        <v>679.24358549999999</v>
       </c>
       <c r="C65" s="5">
-        <v>1.5610543799999732</v>
+        <v>1.5610543000000234</v>
       </c>
       <c r="D65" s="5">
-        <v>2.7995136469549875</v>
+        <v>2.7995135014556194</v>
       </c>
       <c r="E65" s="5">
-        <v>5.5602747322719859</v>
+        <v>5.5602747276097375</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>681.96699150999996</v>
+        <v>681.96699149999995</v>
       </c>
       <c r="C66" s="5">
-        <v>2.7234059799999386</v>
+        <v>2.7234059999999545</v>
       </c>
       <c r="D66" s="5">
-        <v>4.9188940319307761</v>
+        <v>4.9188940690762628</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
         <v>684.83596450000005</v>
       </c>
       <c r="C67" s="5">
-        <v>2.8689729900000884</v>
+        <v>2.8689730000000964</v>
       </c>
       <c r="D67" s="5">
-        <v>5.1667515970310607</v>
+        <v>5.1667516155363025</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>684.90976854999997</v>
+        <v>684.90976860000001</v>
       </c>
       <c r="C68" s="5">
-        <v>7.3804049999921517E-2</v>
+        <v>7.3804099999961181E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>0.12939941596916693</v>
+        <v>0.12939950368540121</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>683.72406522999995</v>
+        <v>683.72406520000004</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.185703320000016</v>
+        <v>-1.1857033999999658</v>
       </c>
       <c r="D69" s="5">
-        <v>-2.0577517129577005</v>
+        <v>-2.057751850327072</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>688.58908255999995</v>
+        <v>688.58908259999998</v>
       </c>
       <c r="C70" s="5">
-        <v>4.8650173300000006</v>
+        <v>4.8650173999999424</v>
       </c>
       <c r="D70" s="5">
-        <v>8.8807739836158426</v>
+        <v>8.8807741168430496</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>691.95353415</v>
+        <v>691.95353420000004</v>
       </c>
       <c r="C71" s="5">
-        <v>3.3644515900000442</v>
+        <v>3.3644516000000522</v>
       </c>
       <c r="D71" s="5">
-        <v>6.0233661674887529</v>
+        <v>6.0233661855161769</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>693.06756312000005</v>
+        <v>693.06756310000003</v>
       </c>
       <c r="C72" s="5">
-        <v>1.1140289700000494</v>
+        <v>1.1140288999999939</v>
       </c>
       <c r="D72" s="5">
-        <v>1.9491713744146821</v>
+        <v>1.9491712507098802</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>693.95896102999995</v>
+        <v>693.95896100000004</v>
       </c>
       <c r="C73" s="5">
-        <v>0.89139790999990964</v>
+        <v>0.8913979000000154</v>
       </c>
       <c r="D73" s="5">
-        <v>1.5543604579590253</v>
+        <v>1.5543604404434808</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>694.87045738999996</v>
+        <v>694.87045739999996</v>
       </c>
       <c r="C74" s="5">
-        <v>0.911496360000001</v>
+        <v>0.91149639999991905</v>
       </c>
       <c r="D74" s="5">
-        <v>1.5876039975400991</v>
+        <v>1.5876040677833769</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
         <v>693.32603189999998</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.5444254899999805</v>
+        <v>-1.5444254999999885</v>
       </c>
       <c r="D75" s="5">
-        <v>-2.6347674754802153</v>
+        <v>-2.6347674922947317</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>693.71249677000003</v>
+        <v>693.71249680000005</v>
       </c>
       <c r="C76" s="5">
-        <v>0.38646487000005436</v>
+        <v>0.38646490000007816</v>
       </c>
       <c r="D76" s="5">
-        <v>0.67094300253185413</v>
+        <v>0.670943054774642</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>696.78707939000003</v>
+        <v>696.78707940000004</v>
       </c>
       <c r="C77" s="5">
-        <v>3.074582620000001</v>
+        <v>3.0745825999999852</v>
       </c>
       <c r="D77" s="5">
-        <v>5.4500644732298431</v>
+        <v>5.4500644366675566</v>
       </c>
       <c r="E77" s="5">
-        <v>2.582798606233605</v>
+        <v>2.5827986122365809</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>698.62531461000003</v>
+        <v>698.62531460000002</v>
       </c>
       <c r="C78" s="5">
-        <v>1.8382352200000014</v>
+        <v>1.8382351999999855</v>
       </c>
       <c r="D78" s="5">
-        <v>3.2121325878688545</v>
+        <v>3.2121325523654543</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>697.48048125000003</v>
+        <v>697.48048129999995</v>
       </c>
       <c r="C79" s="5">
-        <v>-1.1448333600000069</v>
+        <v>-1.144833300000073</v>
       </c>
       <c r="D79" s="5">
-        <v>-1.9488065736886773</v>
+        <v>-1.9488064724994203</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>698.86611350999999</v>
+        <v>698.86611349999998</v>
       </c>
       <c r="C80" s="5">
-        <v>1.3856322599999658</v>
+        <v>1.3856322000000318</v>
       </c>
       <c r="D80" s="5">
-        <v>2.4101715206965579</v>
+        <v>2.4101714150147169</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>704.08559642</v>
+        <v>704.08559639999999</v>
       </c>
       <c r="C81" s="5">
-        <v>5.2194829100000106</v>
+        <v>5.2194829000000027</v>
       </c>
       <c r="D81" s="5">
-        <v>9.3396612078628714</v>
+        <v>9.3396611893669537</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>708.53721315999996</v>
+        <v>708.5372132</v>
       </c>
       <c r="C82" s="5">
-        <v>4.4516167399999631</v>
+        <v>4.4516168000000107</v>
       </c>
       <c r="D82" s="5">
-        <v>7.8565334797868092</v>
+        <v>7.85653358961933</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>708.60550544</v>
+        <v>708.60550539999997</v>
       </c>
       <c r="C83" s="5">
-        <v>6.8292280000036953E-2</v>
+        <v>6.8292199999973491E-2</v>
       </c>
       <c r="D83" s="5">
-        <v>0.11572319972281697</v>
+        <v>0.1157230640821405</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
         <v>709.67607429999998</v>
       </c>
       <c r="C84" s="5">
-        <v>1.0705688599999803</v>
+        <v>1.070568900000012</v>
       </c>
       <c r="D84" s="5">
-        <v>1.8281139269845426</v>
+        <v>1.8281139959617443</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>710.42002732000003</v>
+        <v>710.42002730000002</v>
       </c>
       <c r="C85" s="5">
-        <v>0.74395302000004904</v>
+        <v>0.74395300000003317</v>
       </c>
       <c r="D85" s="5">
-        <v>1.2652376621355543</v>
+        <v>1.2652376279252531</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>711.12259942000003</v>
+        <v>711.12259940000001</v>
       </c>
       <c r="C86" s="5">
         <v>0.70257209999999759</v>
       </c>
       <c r="D86" s="5">
-        <v>1.1932200526417525</v>
+        <v>1.1932200526756809</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>719.86461228999997</v>
+        <v>719.86461229999998</v>
       </c>
       <c r="C87" s="5">
-        <v>8.7420128699999395</v>
+        <v>8.7420128999999633</v>
       </c>
       <c r="D87" s="5">
-        <v>15.791352746495901</v>
+        <v>15.791352804877157</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>722.15520041000002</v>
+        <v>722.15520040000001</v>
       </c>
       <c r="C88" s="5">
-        <v>2.2905881200000522</v>
+        <v>2.2905881000000363</v>
       </c>
       <c r="D88" s="5">
-        <v>3.8859033348758398</v>
+        <v>3.8859033002955234</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>723.47994812000002</v>
+        <v>723.4799481</v>
       </c>
       <c r="C89" s="5">
-        <v>1.3247477099999969</v>
+        <v>1.324747699999989</v>
       </c>
       <c r="D89" s="5">
-        <v>2.2236699584384789</v>
+        <v>2.2236699415142391</v>
       </c>
       <c r="E89" s="5">
-        <v>3.8308501290477581</v>
+        <v>3.8308501246873128</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
         <v>727.58278780000001</v>
       </c>
       <c r="C90" s="5">
-        <v>4.1028396799999882</v>
+        <v>4.1028397000000041</v>
       </c>
       <c r="D90" s="5">
-        <v>7.0214949678681915</v>
+        <v>7.0214950033703483</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>731.41870442000004</v>
+        <v>731.41870440000002</v>
       </c>
       <c r="C91" s="5">
-        <v>3.8359166200000345</v>
+        <v>3.8359166000000187</v>
       </c>
       <c r="D91" s="5">
-        <v>6.5132775503346618</v>
+        <v>6.5132775153845968</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>735.71234716000004</v>
+        <v>735.71234719999995</v>
       </c>
       <c r="C92" s="5">
-        <v>4.2936427399999957</v>
+        <v>4.2936427999999296</v>
       </c>
       <c r="D92" s="5">
-        <v>7.2763007304550431</v>
+        <v>7.2763008356457659</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>733.45039354999994</v>
+        <v>733.45039359999998</v>
       </c>
       <c r="C93" s="5">
-        <v>-2.2619536100000914</v>
+        <v>-2.2619535999999698</v>
       </c>
       <c r="D93" s="5">
-        <v>-3.627657586599442</v>
+        <v>-3.6276575706378988</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>738.93742395000004</v>
+        <v>738.93742399999996</v>
       </c>
       <c r="C94" s="5">
-        <v>5.4870304000000942</v>
+        <v>5.4870303999999805</v>
       </c>
       <c r="D94" s="5">
-        <v>9.3560954745303793</v>
+        <v>9.3560954738660449</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>742.04722862000006</v>
+        <v>742.04722860000004</v>
       </c>
       <c r="C95" s="5">
-        <v>3.1098046700000168</v>
+        <v>3.109804600000075</v>
       </c>
       <c r="D95" s="5">
-        <v>5.1687282782990618</v>
+        <v>5.1687281588899125</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>742.33160821000001</v>
+        <v>742.33160820000001</v>
       </c>
       <c r="C96" s="5">
-        <v>0.28437958999995772</v>
+        <v>0.28437959999996565</v>
       </c>
       <c r="D96" s="5">
-        <v>0.46085439458414257</v>
+        <v>0.46085441083634215</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>745.05451029000005</v>
+        <v>745.05451029999995</v>
       </c>
       <c r="C97" s="5">
-        <v>2.7229020800000399</v>
+        <v>2.722902099999942</v>
       </c>
       <c r="D97" s="5">
-        <v>4.4915426466805686</v>
+        <v>4.4915426804012171</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>750.56883474000006</v>
+        <v>750.56883479999999</v>
       </c>
       <c r="C98" s="5">
-        <v>5.5143244500000037</v>
+        <v>5.5143245000000434</v>
       </c>
       <c r="D98" s="5">
-        <v>9.2520899710876634</v>
+        <v>9.2520900582936818</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>747.49732828000003</v>
+        <v>747.49732830000005</v>
       </c>
       <c r="C99" s="5">
-        <v>-3.0715064600000233</v>
+        <v>-3.0715064999999413</v>
       </c>
       <c r="D99" s="5">
-        <v>-4.8016533906432679</v>
+        <v>-4.8016534513987796</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>751.45976298000005</v>
+        <v>751.45976299999995</v>
       </c>
       <c r="C100" s="5">
-        <v>3.9624347000000171</v>
+        <v>3.9624346999999034</v>
       </c>
       <c r="D100" s="5">
-        <v>6.5498977802417091</v>
+        <v>6.5498977800612534</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>753.63674646000004</v>
+        <v>753.63674649999996</v>
       </c>
       <c r="C101" s="5">
-        <v>2.1769834799999899</v>
+        <v>2.1769835000000057</v>
       </c>
       <c r="D101" s="5">
-        <v>3.5323371119890812</v>
+        <v>3.5323371448641838</v>
       </c>
       <c r="E101" s="5">
-        <v>4.1682977418191047</v>
+        <v>4.1682977502275786</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>754.59967721999999</v>
+        <v>754.59967719999997</v>
       </c>
       <c r="C102" s="5">
-        <v>0.96293075999994926</v>
+        <v>0.96293070000001535</v>
       </c>
       <c r="D102" s="5">
-        <v>1.5440753123985518</v>
+        <v>1.5440752154281201</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>756.73382681999999</v>
+        <v>756.73382679999997</v>
       </c>
       <c r="C103" s="5">
         <v>2.1341496000000006</v>
       </c>
       <c r="D103" s="5">
-        <v>3.4471172816223472</v>
+        <v>3.4471172817152507</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>756.81605419000005</v>
+        <v>756.81605420000005</v>
       </c>
       <c r="C104" s="5">
-        <v>8.2227370000055089E-2</v>
+        <v>8.2227400000078887E-2</v>
       </c>
       <c r="D104" s="5">
-        <v>0.13047102190919535</v>
+        <v>0.13047106954242604</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>760.31971855999996</v>
+        <v>760.31971859999999</v>
       </c>
       <c r="C105" s="5">
-        <v>3.5036643699999104</v>
+        <v>3.5036643999999342</v>
       </c>
       <c r="D105" s="5">
-        <v>5.6990327999397072</v>
+        <v>5.6990328499093579</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>762.15071504000002</v>
+        <v>762.15071499999999</v>
       </c>
       <c r="C106" s="5">
-        <v>1.8309964800000671</v>
+        <v>1.8309964000000036</v>
       </c>
       <c r="D106" s="5">
-        <v>2.9284162884637199</v>
+        <v>2.9284161586594859</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>764.69403455999998</v>
+        <v>764.69403460000001</v>
       </c>
       <c r="C107" s="5">
-        <v>2.5433195199999545</v>
+        <v>2.543319600000018</v>
       </c>
       <c r="D107" s="5">
-        <v>4.0787553184265635</v>
+        <v>4.0787554493057154</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>769.13753482000004</v>
+        <v>769.13753480000003</v>
       </c>
       <c r="C108" s="5">
-        <v>4.4435002600000644</v>
+        <v>4.4435002000000168</v>
       </c>
       <c r="D108" s="5">
-        <v>7.2002121030824373</v>
+        <v>7.2002120023420435</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>771.98596478000002</v>
+        <v>771.98596480000003</v>
       </c>
       <c r="C109" s="5">
-        <v>2.8484299599999758</v>
+        <v>2.8484300000000076</v>
       </c>
       <c r="D109" s="5">
-        <v>4.5357367114496228</v>
+        <v>4.5357367765674006</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>776.66543306999995</v>
+        <v>776.66543309999997</v>
       </c>
       <c r="C110" s="5">
-        <v>4.6794682899999316</v>
+        <v>4.6794682999999395</v>
       </c>
       <c r="D110" s="5">
-        <v>7.521388066613155</v>
+        <v>7.5213880830243607</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>773.85127186</v>
+        <v>773.85127190000003</v>
       </c>
       <c r="C111" s="5">
-        <v>-2.814161209999952</v>
+        <v>-2.8141611999999441</v>
       </c>
       <c r="D111" s="5">
-        <v>-4.2624541607351958</v>
+        <v>-4.2624541457278458</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>776.25488070999995</v>
+        <v>776.25488069999994</v>
       </c>
       <c r="C112" s="5">
-        <v>2.4036088499999551</v>
+        <v>2.4036087999999154</v>
       </c>
       <c r="D112" s="5">
-        <v>3.7915786023166476</v>
+        <v>3.7915785218924913</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>779.72280837000005</v>
+        <v>779.72280839999996</v>
       </c>
       <c r="C113" s="5">
-        <v>3.4679276600001003</v>
+        <v>3.4679277000000184</v>
       </c>
       <c r="D113" s="5">
-        <v>5.4947225380363784</v>
+        <v>5.4947226030517493</v>
       </c>
       <c r="E113" s="5">
-        <v>3.4613574819078341</v>
+        <v>3.4613574803972202</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>780.60887289000004</v>
+        <v>780.60887290000005</v>
       </c>
       <c r="C114" s="5">
-        <v>0.88606451999999081</v>
+        <v>0.88606450000008863</v>
       </c>
       <c r="D114" s="5">
-        <v>1.3722161941958078</v>
+        <v>1.3722161629758034</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>782.47788908999996</v>
+        <v>782.47788909999997</v>
       </c>
       <c r="C115" s="5">
         <v>1.8690161999999191</v>
       </c>
       <c r="D115" s="5">
-        <v>2.9113061434550946</v>
+        <v>2.9113061434173471</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>785.75203809000004</v>
+        <v>785.75203810000005</v>
       </c>
       <c r="C116" s="5">
         <v>3.2741490000000795</v>
       </c>
       <c r="D116" s="5">
-        <v>5.1383852021989362</v>
+        <v>5.1383852021319676</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>787.79557356999999</v>
+        <v>787.79557350000005</v>
       </c>
       <c r="C117" s="5">
-        <v>2.0435354799999459</v>
+        <v>2.0435353999999961</v>
       </c>
       <c r="D117" s="5">
-        <v>3.1659166722597387</v>
+        <v>3.165916546501979</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>788.65625265000006</v>
+        <v>788.65625269999998</v>
       </c>
       <c r="C118" s="5">
-        <v>0.8606790800000681</v>
+        <v>0.86067919999993592</v>
       </c>
       <c r="D118" s="5">
-        <v>1.3189253698706382</v>
+        <v>1.318925554985384</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>791.52656889000002</v>
+        <v>791.52656890000003</v>
       </c>
       <c r="C119" s="5">
-        <v>2.8703162399999655</v>
+        <v>2.8703162000000475</v>
       </c>
       <c r="D119" s="5">
-        <v>4.4558955282072654</v>
+        <v>4.4558954645749216</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>792.97789731</v>
+        <v>792.9778973</v>
       </c>
       <c r="C120" s="5">
-        <v>1.4513284199999816</v>
+        <v>1.4513283999999658</v>
       </c>
       <c r="D120" s="5">
-        <v>2.2226232376779453</v>
+        <v>2.2226232067111162</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>794.26267969000003</v>
+        <v>794.26267970000004</v>
       </c>
       <c r="C121" s="5">
-        <v>1.2847823800000242</v>
+        <v>1.2847824000000401</v>
       </c>
       <c r="D121" s="5">
-        <v>1.9616585969158384</v>
+        <v>1.9616586277505066</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>799.12786978999998</v>
+        <v>799.12786979999998</v>
       </c>
       <c r="C122" s="5">
         <v>4.8651900999999498</v>
       </c>
       <c r="D122" s="5">
-        <v>7.6032638445419964</v>
+        <v>7.6032638444430978</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>804.33820258000003</v>
+        <v>804.33820260000005</v>
       </c>
       <c r="C123" s="5">
-        <v>5.2103327900000522</v>
+        <v>5.2103328000000602</v>
       </c>
       <c r="D123" s="5">
-        <v>8.1107874979864381</v>
+        <v>8.1107875140104433</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>806.78023078000001</v>
+        <v>806.78023080000003</v>
       </c>
       <c r="C124" s="5">
         <v>2.4420281999999816</v>
       </c>
       <c r="D124" s="5">
-        <v>3.7047425867069217</v>
+        <v>3.7047425866132411</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>806.98659316999999</v>
+        <v>806.98659310000005</v>
       </c>
       <c r="C125" s="5">
-        <v>0.20636238999998113</v>
+        <v>0.20636230000002342</v>
       </c>
       <c r="D125" s="5">
-        <v>0.30737434184897605</v>
+        <v>0.30737420759892053</v>
       </c>
       <c r="E125" s="5">
-        <v>3.4965996258329968</v>
+        <v>3.4965996128734078</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>810.78310288</v>
+        <v>810.78310280000005</v>
       </c>
       <c r="C126" s="5">
-        <v>3.7965097100000094</v>
+        <v>3.7965097000000014</v>
       </c>
       <c r="D126" s="5">
-        <v>5.7938530573601099</v>
+        <v>5.7938530422176671</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>812.05710176000002</v>
+        <v>812.05710180000005</v>
       </c>
       <c r="C127" s="5">
-        <v>1.2739988800000219</v>
+        <v>1.2739990000000034</v>
       </c>
       <c r="D127" s="5">
-        <v>1.9019641196292181</v>
+        <v>1.9019643005186992</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>816.11448168000004</v>
+        <v>816.11448180000002</v>
       </c>
       <c r="C128" s="5">
-        <v>4.0573799200000167</v>
+        <v>4.0573799999999665</v>
       </c>
       <c r="D128" s="5">
-        <v>6.1632454584234386</v>
+        <v>6.163245582991661</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>813.17369135000001</v>
+        <v>813.17369129999997</v>
       </c>
       <c r="C129" s="5">
-        <v>-2.9407903300000271</v>
+        <v>-2.9407905000000483</v>
       </c>
       <c r="D129" s="5">
-        <v>-4.2394082151966161</v>
+        <v>-4.2394084548190829</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>814.04742607000003</v>
+        <v>814.04742620000002</v>
       </c>
       <c r="C130" s="5">
-        <v>0.87373472000001584</v>
+        <v>0.87373490000004495</v>
       </c>
       <c r="D130" s="5">
-        <v>1.2970169112027197</v>
+        <v>1.2970171800651187</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
         <v>817.3855466</v>
       </c>
       <c r="C131" s="5">
-        <v>3.3381205299999692</v>
+        <v>3.3381203999999798</v>
       </c>
       <c r="D131" s="5">
-        <v>5.0332875531714727</v>
+        <v>5.0332873518910137</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
         <v>817.92728920000002</v>
       </c>
       <c r="C132" s="5">
         <v>0.5417426000000205</v>
       </c>
       <c r="D132" s="5">
         <v>0.79823544497812371</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>819.81224513999996</v>
+        <v>819.81224520000001</v>
       </c>
       <c r="C133" s="5">
-        <v>1.8849559399999407</v>
+        <v>1.8849559999999883</v>
       </c>
       <c r="D133" s="5">
-        <v>2.8007853578692066</v>
+        <v>2.8007854481540528</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>822.57587622999995</v>
+        <v>822.5758763</v>
       </c>
       <c r="C134" s="5">
-        <v>2.7636310899999899</v>
+        <v>2.7636310999999978</v>
       </c>
       <c r="D134" s="5">
-        <v>4.1211160591515972</v>
+        <v>4.1211160740337816</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>825.47514973</v>
+        <v>825.47514980000005</v>
       </c>
       <c r="C135" s="5">
         <v>2.8992735000000494</v>
       </c>
       <c r="D135" s="5">
-        <v>4.3125156957129596</v>
+        <v>4.31251569533877</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>827.11514543999999</v>
+        <v>827.11514520000003</v>
       </c>
       <c r="C136" s="5">
-        <v>1.6399957099999938</v>
+        <v>1.6399953999999752</v>
       </c>
       <c r="D136" s="5">
-        <v>2.4102993340255896</v>
+        <v>2.4102988732225716</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>829.05874133999998</v>
+        <v>829.05874089999998</v>
       </c>
       <c r="C137" s="5">
-        <v>1.9435958999999912</v>
+        <v>1.9435956999999462</v>
       </c>
       <c r="D137" s="5">
-        <v>2.8565498909296716</v>
+        <v>2.8565495940148233</v>
       </c>
       <c r="E137" s="5">
-        <v>2.7351319534685503</v>
+        <v>2.7351319078562142</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>828.66002106999997</v>
+        <v>828.66002100000003</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.39872027000001253</v>
+        <v>-0.39871989999994639</v>
       </c>
       <c r="D138" s="5">
-        <v>-0.57559341745350157</v>
+        <v>-0.57559288503734596</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>833.06643608000002</v>
+        <v>833.06643610000003</v>
       </c>
       <c r="C139" s="5">
-        <v>4.4064150100000461</v>
+        <v>4.4064151000000038</v>
       </c>
       <c r="D139" s="5">
-        <v>6.5709916424235848</v>
+        <v>6.5709917811552998</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>834.62432449000005</v>
+        <v>834.62432490000003</v>
       </c>
       <c r="C140" s="5">
-        <v>1.5578884100000323</v>
+        <v>1.5578888000000006</v>
       </c>
       <c r="D140" s="5">
-        <v>2.2673036662279378</v>
+        <v>2.2673042396178289</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>836.10158662000003</v>
+        <v>836.10158690000003</v>
       </c>
       <c r="C141" s="5">
-        <v>1.4772621299999855</v>
+        <v>1.4772619999999961</v>
       </c>
       <c r="D141" s="5">
-        <v>2.1447660149157111</v>
+        <v>2.1447658232701006</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>837.14224573000001</v>
+        <v>837.14224569999999</v>
       </c>
       <c r="C142" s="5">
-        <v>1.0406591099999787</v>
+        <v>1.0406587999999601</v>
       </c>
       <c r="D142" s="5">
-        <v>1.5038546205157655</v>
+        <v>1.5038541689571971</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>837.50574630999995</v>
+        <v>837.50574649999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.36350057999993624</v>
+        <v>0.36350079999999707</v>
       </c>
       <c r="D143" s="5">
-        <v>0.52230542279061432</v>
+        <v>0.52230573967757543</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>839.17347883000002</v>
+        <v>839.1734788</v>
       </c>
       <c r="C144" s="5">
-        <v>1.6677325200000723</v>
+        <v>1.6677323000000115</v>
       </c>
       <c r="D144" s="5">
-        <v>2.4159160446492578</v>
+        <v>2.4159157218994087</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>841.61162824999997</v>
+        <v>841.61162820000004</v>
       </c>
       <c r="C145" s="5">
-        <v>2.4381494199999452</v>
+        <v>2.438149400000043</v>
       </c>
       <c r="D145" s="5">
-        <v>3.542757851019851</v>
+        <v>3.5427578216216338</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>838.28506528000003</v>
+        <v>838.28506549999997</v>
       </c>
       <c r="C146" s="5">
-        <v>-3.3265629699999408</v>
+        <v>-3.3265627000000677</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.6413665001375337</v>
+        <v>-4.6413661318432382</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>832.38866603999998</v>
+        <v>832.38866619999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-5.8963992400000507</v>
+        <v>-5.8963992999999846</v>
       </c>
       <c r="D147" s="5">
-        <v>-8.1216577530312648</v>
+        <v>-8.1216578304544988</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>833.69923434999998</v>
+        <v>833.69923370000004</v>
       </c>
       <c r="C148" s="5">
-        <v>1.3105683100000078</v>
+        <v>1.3105675000000474</v>
       </c>
       <c r="D148" s="5">
-        <v>1.9058073592385316</v>
+        <v>1.9058061707615703</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>834.87567014000001</v>
+        <v>834.87566919999995</v>
       </c>
       <c r="C149" s="5">
-        <v>1.1764357900000277</v>
+        <v>1.1764354999999114</v>
       </c>
       <c r="D149" s="5">
-        <v>1.7065280470315081</v>
+        <v>1.7065276244302652</v>
       </c>
       <c r="E149" s="5">
-        <v>0.70163047682221258</v>
+        <v>0.70163041688522387</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>835.79014164</v>
+        <v>835.79014129999996</v>
       </c>
       <c r="C150" s="5">
-        <v>0.91447149999999056</v>
+        <v>0.91447210000001178</v>
       </c>
       <c r="D150" s="5">
-        <v>1.3223536931750823</v>
+        <v>1.3223545675246084</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>838.90698999000006</v>
+        <v>838.9069892</v>
       </c>
       <c r="C151" s="5">
-        <v>3.1168483500000548</v>
+        <v>3.1168479000000389</v>
       </c>
       <c r="D151" s="5">
-        <v>4.5680058915930966</v>
+        <v>4.5680052203908694</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>841.49902874999998</v>
+        <v>841.4990282</v>
       </c>
       <c r="C152" s="5">
-        <v>2.5920387599999231</v>
+        <v>2.5920389999999998</v>
       </c>
       <c r="D152" s="5">
-        <v>3.7713990281499798</v>
+        <v>3.7713993869161966</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>843.13944857000001</v>
+        <v>843.13945369999999</v>
       </c>
       <c r="C153" s="5">
-        <v>1.6404198200000337</v>
+        <v>1.6404254999999921</v>
       </c>
       <c r="D153" s="5">
-        <v>2.3645271026734305</v>
+        <v>2.3645353794579327</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>846.92305779000003</v>
+        <v>846.92305620000002</v>
       </c>
       <c r="C154" s="5">
-        <v>3.7836092200000166</v>
+        <v>3.7836025000000291</v>
       </c>
       <c r="D154" s="5">
-        <v>5.5199481540430417</v>
+        <v>5.5199380725154956</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>846.56396329999995</v>
+        <v>846.56396270000005</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.35909449000007498</v>
+        <v>-0.35909349999997175</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.50761390351728997</v>
+        <v>-0.50761250827150439</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>847.25896752000006</v>
+        <v>847.25896720000003</v>
       </c>
       <c r="C156" s="5">
-        <v>0.69500422000010076</v>
+        <v>0.69500449999998182</v>
       </c>
       <c r="D156" s="5">
-        <v>0.98962540377083297</v>
+        <v>0.98962580497279351</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>850.61941285</v>
+        <v>850.61941300000001</v>
       </c>
       <c r="C157" s="5">
-        <v>3.3604453299999477</v>
+        <v>3.3604457999999795</v>
       </c>
       <c r="D157" s="5">
-        <v>4.864717088762549</v>
+        <v>4.8647177859415969</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>853.35556441999995</v>
+        <v>853.35556480000002</v>
       </c>
       <c r="C158" s="5">
-        <v>2.7361515699999472</v>
+        <v>2.736151800000016</v>
       </c>
       <c r="D158" s="5">
-        <v>3.929016357525339</v>
+        <v>3.929016692957088</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>849.52511431999994</v>
+        <v>849.52511489999995</v>
       </c>
       <c r="C159" s="5">
-        <v>-3.8304501000000073</v>
+        <v>-3.830449900000076</v>
       </c>
       <c r="D159" s="5">
-        <v>-5.255420713592085</v>
+        <v>-5.2554204436457974</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>853.98939536</v>
+        <v>853.98939529999996</v>
       </c>
       <c r="C160" s="5">
-        <v>4.4642810400000599</v>
+        <v>4.4642804000000069</v>
       </c>
       <c r="D160" s="5">
-        <v>6.4915295559478725</v>
+        <v>6.4915285936992806</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>855.62127174</v>
+        <v>855.62127210000006</v>
       </c>
       <c r="C161" s="5">
-        <v>1.6318763799999942</v>
+        <v>1.6318768000001</v>
       </c>
       <c r="D161" s="5">
-        <v>2.3173171719937047</v>
+        <v>2.3173177748538887</v>
       </c>
       <c r="E161" s="5">
-        <v>2.4848731783645217</v>
+        <v>2.4848733368741049</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>856.25049202000002</v>
+        <v>856.25048819999995</v>
       </c>
       <c r="C162" s="5">
-        <v>0.62922028000002683</v>
+        <v>0.62921609999989414</v>
       </c>
       <c r="D162" s="5">
-        <v>0.88605303652480316</v>
+        <v>0.88604712614586134</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>854.62297229000001</v>
+        <v>854.62297130000002</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.6275197300000173</v>
+        <v>-1.6275168999999323</v>
       </c>
       <c r="D163" s="5">
-        <v>-2.2572078248089156</v>
+        <v>-2.2572039507859465</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>854.58404064000001</v>
+        <v>854.58403959999998</v>
       </c>
       <c r="C164" s="5">
-        <v>-3.8931649999994988E-2</v>
+        <v>-3.8931700000034652E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-5.4651323677501473E-2</v>
+        <v>-5.4651393912086288E-2</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>852.62915985999996</v>
+        <v>852.62917010000001</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.9548807800000532</v>
+        <v>-1.9548694999999725</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.7107535453783083</v>
+        <v>-2.710738103382393</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>854.46214309000004</v>
+        <v>854.46213909999994</v>
       </c>
       <c r="C166" s="5">
-        <v>1.8329832300000817</v>
+        <v>1.8329689999999346</v>
       </c>
       <c r="D166" s="5">
-        <v>2.6104839990372719</v>
+        <v>2.6104634611221478</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>855.69468459999996</v>
+        <v>855.69468189999998</v>
       </c>
       <c r="C167" s="5">
-        <v>1.2325415099999191</v>
+        <v>1.2325428000000329</v>
       </c>
       <c r="D167" s="5">
-        <v>1.7447708462044131</v>
+        <v>1.744772695036878</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>855.89772453</v>
+        <v>855.89772270000003</v>
       </c>
       <c r="C168" s="5">
-        <v>0.20303993000004539</v>
+        <v>0.20304080000005342</v>
       </c>
       <c r="D168" s="5">
-        <v>0.28510886345938236</v>
+        <v>0.28511008760958578</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
         <v>859.76295189999996</v>
       </c>
       <c r="C169" s="5">
-        <v>3.8652273699999569</v>
+        <v>3.8652291999999306</v>
       </c>
       <c r="D169" s="5">
-        <v>5.5558390871041308</v>
+        <v>5.555841795379135</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>860.81667951999998</v>
+        <v>860.81668119999995</v>
       </c>
       <c r="C170" s="5">
-        <v>1.0537276200000179</v>
+        <v>1.0537292999999863</v>
       </c>
       <c r="D170" s="5">
-        <v>1.4806774786668253</v>
+        <v>1.4806798553057554</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>865.93078708999997</v>
+        <v>865.93078960000003</v>
       </c>
       <c r="C171" s="5">
-        <v>5.1141075699999874</v>
+        <v>5.1141084000000774</v>
       </c>
       <c r="D171" s="5">
-        <v>7.3668191883225376</v>
+        <v>7.366820408413588</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>867.67457321999996</v>
+        <v>867.67457530000001</v>
       </c>
       <c r="C172" s="5">
-        <v>1.7437861299999895</v>
+        <v>1.7437856999999894</v>
       </c>
       <c r="D172" s="5">
-        <v>2.4434702324863222</v>
+        <v>2.4434696161009573</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>870.02942413000005</v>
+        <v>870.02942589999998</v>
       </c>
       <c r="C173" s="5">
-        <v>2.3548509100000956</v>
+        <v>2.3548505999999634</v>
       </c>
       <c r="D173" s="5">
-        <v>3.3058312689208336</v>
+        <v>3.3058308191705743</v>
       </c>
       <c r="E173" s="5">
-        <v>1.6839404145130077</v>
+        <v>1.6839405785970207</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>873.69333461999997</v>
+        <v>873.69332610000004</v>
       </c>
       <c r="C174" s="5">
-        <v>3.6639104899999211</v>
+        <v>3.6639002000000573</v>
       </c>
       <c r="D174" s="5">
-        <v>5.1722059457586678</v>
+        <v>5.1721910708937502</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>874.52249984000002</v>
+        <v>874.52249830000005</v>
       </c>
       <c r="C175" s="5">
-        <v>0.82916522000004989</v>
+        <v>0.82917220000001635</v>
       </c>
       <c r="D175" s="5">
-        <v>1.1448047867842481</v>
+        <v>1.1448144854519171</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>876.49208289000001</v>
+        <v>876.49208209999995</v>
       </c>
       <c r="C176" s="5">
-        <v>1.9695830499999829</v>
+        <v>1.9695837999998957</v>
       </c>
       <c r="D176" s="5">
-        <v>2.7363472375408815</v>
+        <v>2.7363482973370878</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>878.73848210000006</v>
+        <v>878.73849910000001</v>
       </c>
       <c r="C177" s="5">
-        <v>2.2463992100000496</v>
+        <v>2.2464170000000649</v>
       </c>
       <c r="D177" s="5">
-        <v>3.1192573307087024</v>
+        <v>3.1192823852697948</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>878.84780607000005</v>
+        <v>878.84780049999995</v>
       </c>
       <c r="C178" s="5">
-        <v>0.10932396999999128</v>
+        <v>0.10930139999993571</v>
       </c>
       <c r="D178" s="5">
-        <v>0.14939435403529266</v>
+        <v>0.14936348748553208</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>882.32084899999995</v>
+        <v>882.32084210000005</v>
       </c>
       <c r="C179" s="5">
-        <v>3.4730429299999059</v>
+        <v>3.4730416000001014</v>
       </c>
       <c r="D179" s="5">
-        <v>4.8466175878649764</v>
+        <v>4.8466157227185391</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>886.96973405999995</v>
+        <v>886.96972619999997</v>
       </c>
       <c r="C180" s="5">
-        <v>4.6488850599999978</v>
+        <v>4.6488840999999184</v>
       </c>
       <c r="D180" s="5">
-        <v>6.5091967225800129</v>
+        <v>6.5091953916220024</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>888.86874388000001</v>
+        <v>888.86873830000002</v>
       </c>
       <c r="C181" s="5">
-        <v>1.8990098200000602</v>
+        <v>1.8990121000000499</v>
       </c>
       <c r="D181" s="5">
-        <v>2.5996811220328375</v>
+        <v>2.5996843034320705</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>891.48485931000005</v>
+        <v>891.48487050000006</v>
       </c>
       <c r="C182" s="5">
-        <v>2.6161154300000362</v>
+        <v>2.6161322000000382</v>
       </c>
       <c r="D182" s="5">
-        <v>3.5895723780385858</v>
+        <v>3.589595784810462</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>894.50207687</v>
+        <v>894.50208259999999</v>
       </c>
       <c r="C183" s="5">
-        <v>3.0172175599999491</v>
+        <v>3.0172120999999379</v>
       </c>
       <c r="D183" s="5">
-        <v>4.1378433054396258</v>
+        <v>4.1378356246986714</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>895.19913713999995</v>
+        <v>895.19914129999995</v>
       </c>
       <c r="C184" s="5">
-        <v>0.69706026999995174</v>
+        <v>0.69705869999995684</v>
       </c>
       <c r="D184" s="5">
-        <v>0.93914457095409798</v>
+        <v>0.9391424405878368</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>896.03136141000004</v>
+        <v>896.0313635</v>
       </c>
       <c r="C185" s="5">
-        <v>0.83222427000009702</v>
+        <v>0.83222220000004654</v>
       </c>
       <c r="D185" s="5">
-        <v>1.1213049967124133</v>
+        <v>1.1213021881654406</v>
       </c>
       <c r="E185" s="5">
-        <v>2.9886273451039891</v>
+        <v>2.9886273758042536</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>897.40773815</v>
+        <v>897.4077307</v>
       </c>
       <c r="C186" s="5">
-        <v>1.3763767399999551</v>
+        <v>1.3763672000000042</v>
       </c>
       <c r="D186" s="5">
-        <v>1.8589501969803024</v>
+        <v>1.858937198723587</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>898.68039689</v>
+        <v>898.68041000000005</v>
       </c>
       <c r="C187" s="5">
-        <v>1.2726587399999971</v>
+        <v>1.2726793000000498</v>
       </c>
       <c r="D187" s="5">
-        <v>1.7151164737446267</v>
+        <v>1.7151444125454107</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>900.21412200999998</v>
+        <v>900.21408910000002</v>
       </c>
       <c r="C188" s="5">
-        <v>1.5337251199999855</v>
+        <v>1.5336790999999721</v>
       </c>
       <c r="D188" s="5">
-        <v>2.0673027139601619</v>
+        <v>2.0672400699367932</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>905.87069673999997</v>
+        <v>905.87072950000004</v>
       </c>
       <c r="C189" s="5">
-        <v>5.6565747299999884</v>
+        <v>5.6566404000000148</v>
       </c>
       <c r="D189" s="5">
-        <v>7.8064327669795874</v>
+        <v>7.8065268459051484</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>905.95632920000003</v>
+        <v>905.95633450000003</v>
       </c>
       <c r="C190" s="5">
-        <v>8.5632460000056199E-2</v>
+        <v>8.5604999999986831E-2</v>
       </c>
       <c r="D190" s="5">
-        <v>0.11349566272835787</v>
+        <v>0.11345924473358249</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>906.23655134000001</v>
+        <v>906.23655059999999</v>
       </c>
       <c r="C191" s="5">
-        <v>0.28022213999997803</v>
+        <v>0.28021609999996144</v>
       </c>
       <c r="D191" s="5">
-        <v>0.37180513822094863</v>
+        <v>0.37179710839403413</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>908.49485646999995</v>
+        <v>908.49477969999998</v>
       </c>
       <c r="C192" s="5">
-        <v>2.2583051299999397</v>
+        <v>2.2582290999999941</v>
       </c>
       <c r="D192" s="5">
-        <v>3.0316793223557514</v>
+        <v>3.0315758548905558</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>908.05600411</v>
+        <v>908.05600879999997</v>
       </c>
       <c r="C193" s="5">
-        <v>-0.43885235999994165</v>
+        <v>-0.43877090000000862</v>
       </c>
       <c r="D193" s="5">
-        <v>-0.57812760060883539</v>
+        <v>-0.57802062187561898</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>910.07828887999995</v>
+        <v>910.07834109999999</v>
       </c>
       <c r="C194" s="5">
-        <v>2.022284769999942</v>
+        <v>2.0223323000000164</v>
       </c>
       <c r="D194" s="5">
-        <v>2.7054367531955892</v>
+        <v>2.7055011061392076</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>911.14095515999998</v>
+        <v>911.14097879999997</v>
       </c>
       <c r="C195" s="5">
-        <v>1.0626662800000304</v>
+        <v>1.062637699999982</v>
       </c>
       <c r="D195" s="5">
-        <v>1.4102314504874425</v>
+        <v>1.4101931975176951</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>914.71461794000004</v>
+        <v>914.71463459999995</v>
       </c>
       <c r="C196" s="5">
-        <v>3.5736627800000633</v>
+        <v>3.5736557999999832</v>
       </c>
       <c r="D196" s="5">
-        <v>4.8094917009847027</v>
+        <v>4.8094819761392849</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>914.21209654999996</v>
+        <v>914.21210240000005</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.50252139000008356</v>
+        <v>-0.50253219999990506</v>
       </c>
       <c r="D197" s="5">
-        <v>-0.65726173918905229</v>
+        <v>-0.65727582325977307</v>
       </c>
       <c r="E197" s="5">
-        <v>2.029028884813866</v>
+        <v>2.0290292997093395</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>924.88801561000002</v>
+        <v>924.88799840000001</v>
       </c>
       <c r="C198" s="5">
-        <v>10.675919060000069</v>
+        <v>10.675895999999966</v>
       </c>
       <c r="D198" s="5">
-        <v>14.949282103968686</v>
+        <v>14.949247610069882</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>926.84108154</v>
+        <v>926.84107670000003</v>
       </c>
       <c r="C199" s="5">
-        <v>1.9530659299999797</v>
+        <v>1.9530783000000156</v>
       </c>
       <c r="D199" s="5">
-        <v>2.5636527003640941</v>
+        <v>2.5636691749018503</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>930.49179001000005</v>
+        <v>930.49168329999998</v>
       </c>
       <c r="C200" s="5">
-        <v>3.6507084700000405</v>
+        <v>3.6506065999999464</v>
       </c>
       <c r="D200" s="5">
-        <v>4.8304000396037328</v>
+        <v>4.8302623437989967</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>931.25746146999995</v>
+        <v>931.25756339999998</v>
       </c>
       <c r="C201" s="5">
-        <v>0.76567145999990771</v>
+        <v>0.76588010000000395</v>
       </c>
       <c r="D201" s="5">
-        <v>0.99192222169852684</v>
+        <v>0.99219385250135517</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>934.62993649999999</v>
+        <v>934.62993359999996</v>
       </c>
       <c r="C202" s="5">
-        <v>3.3724750300000323</v>
+        <v>3.3723701999999776</v>
       </c>
       <c r="D202" s="5">
-        <v>4.4333151828615636</v>
+        <v>4.433174126570294</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>939.08818989999997</v>
+        <v>939.08818719999999</v>
       </c>
       <c r="C203" s="5">
-        <v>4.4582533999999896</v>
+        <v>4.4582536000000346</v>
       </c>
       <c r="D203" s="5">
-        <v>5.8766754667135546</v>
+        <v>5.8766757560148708</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>941.50064144999999</v>
+        <v>941.50049249999995</v>
       </c>
       <c r="C204" s="5">
-        <v>2.4124515500000143</v>
+        <v>2.4123052999999572</v>
       </c>
       <c r="D204" s="5">
-        <v>3.1266468286671456</v>
+        <v>3.1264546051892772</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>944.82286632</v>
+        <v>944.82289449999996</v>
       </c>
       <c r="C205" s="5">
-        <v>3.3222248700000137</v>
+        <v>3.322402000000011</v>
       </c>
       <c r="D205" s="5">
-        <v>4.3175315558172889</v>
+        <v>4.317766934730316</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>949.87598585000001</v>
+        <v>949.87610129999996</v>
       </c>
       <c r="C206" s="5">
-        <v>5.0531195300000036</v>
+        <v>5.0532067999999981</v>
       </c>
       <c r="D206" s="5">
-        <v>6.6100517977310425</v>
+        <v>6.6101691325781031</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>950.59985927000002</v>
+        <v>950.5999339</v>
       </c>
       <c r="C207" s="5">
-        <v>0.72387342000001809</v>
+        <v>0.72383260000003702</v>
       </c>
       <c r="D207" s="5">
-        <v>0.91832852635629347</v>
+        <v>0.91827641151238648</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>954.42080926000006</v>
+        <v>954.42086730000005</v>
       </c>
       <c r="C208" s="5">
-        <v>3.820949990000031</v>
+        <v>3.8209334000000581</v>
       </c>
       <c r="D208" s="5">
-        <v>4.93149208653334</v>
+        <v>4.9314698034051307</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>957.82057053999995</v>
+        <v>957.82058110000003</v>
       </c>
       <c r="C209" s="5">
-        <v>3.3997612799998933</v>
+        <v>3.3997137999999723</v>
       </c>
       <c r="D209" s="5">
-        <v>4.3592915723685621</v>
+        <v>4.3592292239062358</v>
       </c>
       <c r="E209" s="5">
-        <v>4.7700609250924453</v>
+        <v>4.7700614097667904</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>958.36450869999999</v>
+        <v>958.36445070000002</v>
       </c>
       <c r="C210" s="5">
-        <v>0.54393816000003881</v>
+        <v>0.54386959999999362</v>
       </c>
       <c r="D210" s="5">
-        <v>0.68360233866644471</v>
+        <v>0.6835158980433409</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>962.90241982999999</v>
+        <v>962.90235150000001</v>
       </c>
       <c r="C211" s="5">
-        <v>4.5379111299999977</v>
+        <v>4.5379007999999885</v>
       </c>
       <c r="D211" s="5">
-        <v>5.8324068509492344</v>
+        <v>5.8323935887498957</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>967.29261309000003</v>
+        <v>967.29238550000002</v>
       </c>
       <c r="C212" s="5">
-        <v>4.3901932600000464</v>
+        <v>4.3900340000000142</v>
       </c>
       <c r="D212" s="5">
-        <v>5.6105044912745594</v>
+        <v>5.6102962405807366</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>972.95168239999998</v>
+        <v>972.95182220000004</v>
       </c>
       <c r="C213" s="5">
-        <v>5.6590693099999498</v>
+        <v>5.6594367000000148</v>
       </c>
       <c r="D213" s="5">
-        <v>7.2508705220262426</v>
+        <v>7.2513582641500207</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>975.66513008000004</v>
+        <v>975.66510730000005</v>
       </c>
       <c r="C214" s="5">
-        <v>2.7134476800000584</v>
+        <v>2.7132851000000073</v>
       </c>
       <c r="D214" s="5">
-        <v>3.3984728293295907</v>
+        <v>3.3982655760140812</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>980.61031291999996</v>
+        <v>980.61032660000001</v>
       </c>
       <c r="C215" s="5">
-        <v>4.9451828399999158</v>
+        <v>4.9452192999999625</v>
       </c>
       <c r="D215" s="5">
-        <v>6.2546808570035806</v>
+        <v>6.2547284149145232</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>984.51890934999994</v>
+        <v>984.51870610000003</v>
       </c>
       <c r="C216" s="5">
-        <v>3.9085964299999887</v>
+        <v>3.9083795000000237</v>
       </c>
       <c r="D216" s="5">
-        <v>4.889319280448623</v>
+        <v>4.8890418739160779</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>987.82267376000004</v>
+        <v>987.82276549999995</v>
       </c>
       <c r="C217" s="5">
-        <v>3.3037644100000989</v>
+        <v>3.3040593999999146</v>
       </c>
       <c r="D217" s="5">
-        <v>4.1020164979757245</v>
+        <v>4.1023904126186395</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>985.96417598000005</v>
+        <v>985.96439199999998</v>
       </c>
       <c r="C218" s="5">
-        <v>-1.8584977799999933</v>
+        <v>-1.8583734999999706</v>
       </c>
       <c r="D218" s="5">
-        <v>-2.2344738549018639</v>
+        <v>-2.2343257702361896</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>993.28128784</v>
+        <v>993.28161909999994</v>
       </c>
       <c r="C219" s="5">
-        <v>7.3171118599999545</v>
+        <v>7.3172270999999682</v>
       </c>
       <c r="D219" s="5">
-        <v>9.278171868559081</v>
+        <v>9.2783218929252342</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>995.96828318999997</v>
+        <v>995.96835109999995</v>
       </c>
       <c r="C220" s="5">
-        <v>2.686995349999961</v>
+        <v>2.6867320000000063</v>
       </c>
       <c r="D220" s="5">
-        <v>3.2949413732250132</v>
+        <v>3.2946125044630792</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>998.54239379000001</v>
+        <v>998.54240609999999</v>
       </c>
       <c r="C221" s="5">
-        <v>2.57411060000004</v>
+        <v>2.5740550000000439</v>
       </c>
       <c r="D221" s="5">
-        <v>3.1459055369149613</v>
+        <v>3.1458363999736783</v>
       </c>
       <c r="E221" s="5">
-        <v>4.2515085291018551</v>
+        <v>4.2515086649352885</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1002.3063364</v>
+        <v>1002.30628</v>
       </c>
       <c r="C222" s="5">
-        <v>3.7639426099999582</v>
+        <v>3.7638739000000214</v>
       </c>
       <c r="D222" s="5">
-        <v>4.6182898246150073</v>
+        <v>4.6182037051434088</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1004.1833321</v>
+        <v>1004.182618</v>
       </c>
       <c r="C223" s="5">
-        <v>1.8769957000000659</v>
+        <v>1.8763380000000325</v>
       </c>
       <c r="D223" s="5">
-        <v>2.2705027632504038</v>
+        <v>2.2696990980146214</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1001.7657076</v>
+        <v>1001.765482</v>
       </c>
       <c r="C224" s="5">
-        <v>-2.4176244999999881</v>
+        <v>-2.4171360000000277</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.8511131870675999</v>
+        <v>-2.850546702877832</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1006.7026419</v>
+        <v>1006.702859</v>
       </c>
       <c r="C225" s="5">
-        <v>4.9369342999999617</v>
+        <v>4.9373769999999695</v>
       </c>
       <c r="D225" s="5">
-        <v>6.0768390224445579</v>
+        <v>6.077400200412697</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1006.8778904</v>
+        <v>1006.8778170000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.1752484999999524</v>
+        <v>0.17495800000006057</v>
       </c>
       <c r="D226" s="5">
-        <v>0.2090981566836847</v>
+        <v>0.20875116949095052</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1006.0750958</v>
+        <v>1006.075063</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.80279459999997016</v>
+        <v>-0.80275400000004993</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.95258842177996517</v>
+        <v>-0.95254052639416331</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1009.6543171</v>
+        <v>1009.654371</v>
       </c>
       <c r="C228" s="5">
-        <v>3.579221299999972</v>
+        <v>3.5793079999999691</v>
       </c>
       <c r="D228" s="5">
-        <v>4.3536621729143077</v>
+        <v>4.3537698491030508</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1008.2233916</v>
+        <v>1008.223579</v>
       </c>
       <c r="C229" s="5">
-        <v>-1.4309254999999439</v>
+        <v>-1.4307919999999967</v>
       </c>
       <c r="D229" s="5">
-        <v>-1.6874973983333375</v>
+        <v>-1.6873410968060498</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>999.30373623000003</v>
+        <v>999.3041412</v>
       </c>
       <c r="C230" s="5">
-        <v>-8.9196553699999868</v>
+        <v>-8.9194377999999688</v>
       </c>
       <c r="D230" s="5">
-        <v>-10.114652122335755</v>
+        <v>-10.114415492814576</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1010.0504237</v>
+        <v>1010.0511739999999</v>
       </c>
       <c r="C231" s="5">
-        <v>10.746687469999983</v>
+        <v>10.747032799999943</v>
       </c>
       <c r="D231" s="5">
-        <v>13.696351342660872</v>
+        <v>13.696811925482667</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1010.9565603999999</v>
+        <v>1010.956693</v>
       </c>
       <c r="C232" s="5">
-        <v>0.90613669999993363</v>
+        <v>0.90551900000002661</v>
       </c>
       <c r="D232" s="5">
-        <v>1.0818720736048171</v>
+        <v>1.0811301300959864</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1012.1839045</v>
+        <v>1012.183789</v>
       </c>
       <c r="C233" s="5">
-        <v>1.2273441000000958</v>
+        <v>1.2270960000000741</v>
       </c>
       <c r="D233" s="5">
-        <v>1.4666180523277728</v>
+        <v>1.4663194089902243</v>
       </c>
       <c r="E233" s="5">
-        <v>1.3661423686002205</v>
+        <v>1.366129552101758</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1012.6061721</v>
+        <v>1012.605866</v>
       </c>
       <c r="C234" s="5">
-        <v>0.42226759999994101</v>
+        <v>0.42207699999994475</v>
       </c>
       <c r="D234" s="5">
-        <v>0.50177187726083705</v>
+        <v>0.50154492888208058</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1011.1113027</v>
+        <v>1011.109689</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.4948693999999705</v>
+        <v>-1.4961769999999888</v>
       </c>
       <c r="D235" s="5">
-        <v>-1.7571981927393399</v>
+        <v>-1.7587233163064098</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1009.2344861</v>
+        <v>1009.234158</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.8768165999999837</v>
+        <v>-1.8755310000000236</v>
       </c>
       <c r="D236" s="5">
-        <v>-2.204830422265891</v>
+        <v>-2.203338991453363</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1006.2280462</v>
+        <v>1006.228292</v>
       </c>
       <c r="C237" s="5">
-        <v>-3.0064399000000321</v>
+        <v>-3.0058659999999691</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.5167262993642701</v>
+        <v>-3.5160670733700772</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1007.1938029</v>
+        <v>1007.193791</v>
       </c>
       <c r="C238" s="5">
-        <v>0.96575670000004266</v>
+        <v>0.96549900000002253</v>
       </c>
       <c r="D238" s="5">
-        <v>1.1578342358812499</v>
+        <v>1.1575233658755124</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1007.2514998</v>
+        <v>1007.2513290000001</v>
       </c>
       <c r="C239" s="5">
-        <v>5.7696899999996276E-2</v>
+        <v>5.7538000000022294E-2</v>
       </c>
       <c r="D239" s="5">
-        <v>6.8763427647988706E-2</v>
+        <v>6.8573991210074681E-2</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1007.6275856</v>
+        <v>1007.628204</v>
       </c>
       <c r="C240" s="5">
-        <v>0.37608579999994163</v>
+        <v>0.37687499999992724</v>
       </c>
       <c r="D240" s="5">
-        <v>0.4489751580702972</v>
+        <v>0.44991932942799462</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1006.1182459</v>
+        <v>1006.118686</v>
       </c>
       <c r="C241" s="5">
-        <v>-1.5093396999999413</v>
+        <v>-1.5095179999999573</v>
       </c>
       <c r="D241" s="5">
-        <v>-1.7827620387788734</v>
+        <v>-1.7829698210318101</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1002.8808821</v>
+        <v>1002.881539</v>
       </c>
       <c r="C242" s="5">
-        <v>-3.2373638000000255</v>
+        <v>-3.23714700000005</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.7936075915599554</v>
+        <v>-3.7933563896471623</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1000.4324529</v>
+        <v>1000.43378</v>
       </c>
       <c r="C243" s="5">
-        <v>-2.4484291999999641</v>
+        <v>-2.4477590000000191</v>
       </c>
       <c r="D243" s="5">
-        <v>-2.8906546484407825</v>
+        <v>-2.8898721233956204</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>999.00737374000005</v>
+        <v>999.00796400000002</v>
       </c>
       <c r="C244" s="5">
-        <v>-1.4250791599999957</v>
+        <v>-1.4258159999999407</v>
       </c>
       <c r="D244" s="5">
-        <v>-1.696027132276412</v>
+        <v>-1.6968949706378633</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>999.17732588000001</v>
+        <v>999.17762779999998</v>
       </c>
       <c r="C245" s="5">
-        <v>0.16995213999996395</v>
+        <v>0.16966379999996661</v>
       </c>
       <c r="D245" s="5">
-        <v>0.20433632788809941</v>
+        <v>0.20398920731150572</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.2850015261233638</v>
+        <v>-1.2849604332084485</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>997.37046108000004</v>
+        <v>997.36770430000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-1.8068647999999712</v>
+        <v>-1.809923499999968</v>
       </c>
       <c r="D246" s="5">
-        <v>-2.1485696368468976</v>
+        <v>-2.1521699793891624</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>997.58071078</v>
+        <v>997.57855919999997</v>
       </c>
       <c r="C247" s="5">
-        <v>0.21024969999996301</v>
+        <v>0.21085489999995843</v>
       </c>
       <c r="D247" s="5">
-        <v>0.2532583200332672</v>
+        <v>0.25398887029177697</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>999.56042768999998</v>
+        <v>999.56015239999999</v>
       </c>
       <c r="C248" s="5">
-        <v>1.9797169099999792</v>
+        <v>1.9815932000000203</v>
       </c>
       <c r="D248" s="5">
-        <v>2.407587212258977</v>
+        <v>2.409899260630799</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>999.62907087999997</v>
+        <v>999.62935070000003</v>
       </c>
       <c r="C249" s="5">
-        <v>6.8643189999988863E-2</v>
+        <v>6.9198300000039126E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>8.2439185239779889E-2</v>
+        <v>8.310613871094219E-2</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1002.8976114</v>
+        <v>1002.897733</v>
       </c>
       <c r="C250" s="5">
-        <v>3.2685405199999877</v>
+        <v>3.2683822999999848</v>
       </c>
       <c r="D250" s="5">
-        <v>3.995041295735402</v>
+        <v>3.9948432788014854</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1003.6427279</v>
+        <v>1003.642593</v>
       </c>
       <c r="C251" s="5">
-        <v>0.74511649999999463</v>
+        <v>0.74486000000001695</v>
       </c>
       <c r="D251" s="5">
-        <v>0.89520862073202423</v>
+        <v>0.89489908392887951</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1004.5864978</v>
+        <v>1004.5877809999999</v>
       </c>
       <c r="C252" s="5">
-        <v>0.9437699000000066</v>
+        <v>0.94518799999991643</v>
       </c>
       <c r="D252" s="5">
-        <v>1.134267743917694</v>
+        <v>1.1359810753332589</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1007.9803425</v>
+        <v>1007.981087</v>
       </c>
       <c r="C253" s="5">
-        <v>3.3938447000000451</v>
+        <v>3.3933060000000523</v>
       </c>
       <c r="D253" s="5">
-        <v>4.130202081841694</v>
+        <v>4.129528900680568</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1013.1510794</v>
+        <v>1013.152199</v>
       </c>
       <c r="C254" s="5">
-        <v>5.1707368999999517</v>
+        <v>5.1711119999999937</v>
       </c>
       <c r="D254" s="5">
-        <v>6.3324415029564207</v>
+        <v>6.3329091045058572</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1022.004088</v>
+        <v>1022.005939</v>
       </c>
       <c r="C255" s="5">
-        <v>8.8530086000000665</v>
+        <v>8.8537400000000162</v>
       </c>
       <c r="D255" s="5">
-        <v>11.004620952131216</v>
+        <v>11.005561492697646</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1022.9334064</v>
+        <v>1022.934656</v>
       </c>
       <c r="C256" s="5">
-        <v>0.92931839999994281</v>
+        <v>0.92871700000000601</v>
       </c>
       <c r="D256" s="5">
-        <v>1.0966455868478331</v>
+        <v>1.0959303570213352</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1025.3317486999999</v>
+        <v>1025.332934</v>
       </c>
       <c r="C257" s="5">
-        <v>2.3983422999999675</v>
+        <v>2.3982780000000048</v>
       </c>
       <c r="D257" s="5">
-        <v>2.8500532963924297</v>
+        <v>2.8499723714578762</v>
       </c>
       <c r="E257" s="5">
-        <v>2.6175957102474445</v>
+        <v>2.6176833299989877</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1025.7551447000001</v>
+        <v>1025.7505369999999</v>
       </c>
       <c r="C258" s="5">
-        <v>0.42339600000013888</v>
+        <v>0.41760299999987183</v>
       </c>
       <c r="D258" s="5">
-        <v>0.49664969736566977</v>
+        <v>0.48983862721088123</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1022.7484609000001</v>
+        <v>1022.742792</v>
       </c>
       <c r="C259" s="5">
-        <v>-3.0066838000000189</v>
+        <v>-3.0077449999998862</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.461272700400464</v>
+        <v>-3.4624900157935734</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1033.5470175999999</v>
+        <v>1033.5474999999999</v>
       </c>
       <c r="C260" s="5">
-        <v>10.798556699999835</v>
+        <v>10.804707999999891</v>
       </c>
       <c r="D260" s="5">
-        <v>13.432327144629586</v>
+        <v>13.44050758970765</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1037.0203658999999</v>
+        <v>1037.0210239999999</v>
       </c>
       <c r="C261" s="5">
-        <v>3.4733482999999978</v>
+        <v>3.4735239999999976</v>
       </c>
       <c r="D261" s="5">
-        <v>4.1081115746488095</v>
+        <v>4.1083212873413544</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1038.3309412999999</v>
+        <v>1038.3314049999999</v>
       </c>
       <c r="C262" s="5">
-        <v>1.3105754000000616</v>
+        <v>1.3103810000000067</v>
       </c>
       <c r="D262" s="5">
-        <v>1.5271331564784552</v>
+        <v>1.5269040817479151</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1040.1028765999999</v>
+        <v>1040.102678</v>
       </c>
       <c r="C263" s="5">
-        <v>1.7719352999999956</v>
+        <v>1.7712730000000647</v>
       </c>
       <c r="D263" s="5">
-        <v>2.067157620819482</v>
+        <v>2.0663767798503319</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1040.7288642999999</v>
+        <v>1040.730967</v>
       </c>
       <c r="C264" s="5">
-        <v>0.62598769999999604</v>
+        <v>0.62828899999999521</v>
       </c>
       <c r="D264" s="5">
-        <v>0.72461754877948259</v>
+        <v>0.72729043475414645</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1045.6833489999999</v>
+        <v>1045.6845780000001</v>
       </c>
       <c r="C265" s="5">
-        <v>4.9544846999999663</v>
+        <v>4.9536110000001372</v>
       </c>
       <c r="D265" s="5">
-        <v>5.8646859885042035</v>
+        <v>5.8636123969476817</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1050.1355450000001</v>
+        <v>1050.1371790000001</v>
       </c>
       <c r="C266" s="5">
-        <v>4.4521960000001854</v>
+        <v>4.4526009999999587</v>
       </c>
       <c r="D266" s="5">
-        <v>5.2305872605256098</v>
+        <v>5.2310679731695009</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1053.3101435000001</v>
+        <v>1053.3126139999999</v>
       </c>
       <c r="C267" s="5">
-        <v>3.1745985000000019</v>
+        <v>3.1754349999998794</v>
       </c>
       <c r="D267" s="5">
-        <v>3.6885719842691067</v>
+        <v>3.6895542994600738</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1056.4406401000001</v>
+        <v>1056.4426980000001</v>
       </c>
       <c r="C268" s="5">
-        <v>3.130496600000015</v>
+        <v>3.1300840000001244</v>
       </c>
       <c r="D268" s="5">
-        <v>3.625347052137462</v>
+        <v>3.6248527528682795</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1056.5590806</v>
+        <v>1056.561322</v>
       </c>
       <c r="C269" s="5">
-        <v>0.11844049999990602</v>
+        <v>0.11862399999995432</v>
       </c>
       <c r="D269" s="5">
-        <v>0.13461832756358483</v>
+        <v>0.13482675791247622</v>
       </c>
       <c r="E269" s="5">
-        <v>3.0455832407016326</v>
+        <v>3.0456827206527537</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1061.5395498</v>
+        <v>1061.533169</v>
       </c>
       <c r="C270" s="5">
-        <v>4.9804692000000159</v>
+        <v>4.9718470000000252</v>
       </c>
       <c r="D270" s="5">
-        <v>5.8056132850996089</v>
+        <v>5.7952884439080421</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1064.4975348</v>
+        <v>1064.4881250000001</v>
       </c>
       <c r="C271" s="5">
-        <v>2.9579850000000079</v>
+        <v>2.9549560000000383</v>
       </c>
       <c r="D271" s="5">
-        <v>3.3955311123736953</v>
+        <v>3.3920213583903402</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1070.5962927999999</v>
+        <v>1070.5967209999999</v>
       </c>
       <c r="C272" s="5">
-        <v>6.0987579999998616</v>
+        <v>6.1085959999998067</v>
       </c>
       <c r="D272" s="5">
-        <v>7.0959141248794877</v>
+        <v>7.1077891495666234</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1075.5048604999999</v>
+        <v>1075.505938</v>
       </c>
       <c r="C273" s="5">
-        <v>4.9085677000000487</v>
+        <v>4.9092170000001261</v>
       </c>
       <c r="D273" s="5">
-        <v>5.6427521464136765</v>
+        <v>5.6435151737583844</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1079.5180330000001</v>
+        <v>1079.518867</v>
       </c>
       <c r="C274" s="5">
-        <v>4.0131725000001097</v>
+        <v>4.0129289999999855</v>
       </c>
       <c r="D274" s="5">
-        <v>4.5707658465582002</v>
+        <v>4.570478125247579</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1087.0493446999999</v>
+        <v>1087.0492569999999</v>
       </c>
       <c r="C275" s="5">
-        <v>7.5313116999998329</v>
+        <v>7.5303899999998976</v>
       </c>
       <c r="D275" s="5">
-        <v>8.7006860506552606</v>
+        <v>8.6995730781059386</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1084.8885579</v>
+        <v>1084.891327</v>
       </c>
       <c r="C276" s="5">
-        <v>-2.1607867999998689</v>
+        <v>-2.1579299999998511</v>
       </c>
       <c r="D276" s="5">
-        <v>-2.3593992473432412</v>
+        <v>-2.3563140267629734</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1093.4321923</v>
+        <v>1093.43397</v>
       </c>
       <c r="C277" s="5">
-        <v>8.5436343999999735</v>
+        <v>8.5426429999999982</v>
       </c>
       <c r="D277" s="5">
-        <v>9.8704053272537848</v>
+        <v>9.8691836261068246</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1098.7931567000001</v>
+        <v>1098.795558</v>
       </c>
       <c r="C278" s="5">
-        <v>5.3609644000000571</v>
+        <v>5.3615879999999834</v>
       </c>
       <c r="D278" s="5">
-        <v>6.0447271954829018</v>
+        <v>6.0454393074939272</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1102.0190613</v>
+        <v>1102.0221240000001</v>
       </c>
       <c r="C279" s="5">
-        <v>3.2259045999999216</v>
+        <v>3.226566000000048</v>
       </c>
       <c r="D279" s="5">
-        <v>3.5804815557143099</v>
+        <v>3.581219597104357</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1107.2331380000001</v>
+        <v>1107.235799</v>
       </c>
       <c r="C280" s="5">
-        <v>5.2140767000000778</v>
+        <v>5.2136749999999665</v>
       </c>
       <c r="D280" s="5">
-        <v>5.8277650705744755</v>
+        <v>5.8272877257912636</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1115.8724166</v>
+        <v>1115.8757270000001</v>
       </c>
       <c r="C281" s="5">
-        <v>8.6392785999998978</v>
+        <v>8.6399280000000545</v>
       </c>
       <c r="D281" s="5">
-        <v>9.7755460535513095</v>
+        <v>9.7762881712277974</v>
       </c>
       <c r="E281" s="5">
-        <v>5.6138210431466939</v>
+        <v>5.6139103112086142</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1117.5642703999999</v>
+        <v>1117.5584080000001</v>
       </c>
       <c r="C282" s="5">
-        <v>1.6918537999999899</v>
+        <v>1.6826810000000023</v>
       </c>
       <c r="D282" s="5">
-        <v>1.8346544911419294</v>
+        <v>1.8246193630071295</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1124.9960745000001</v>
+        <v>1124.983033</v>
       </c>
       <c r="C283" s="5">
-        <v>7.4318041000001358</v>
+        <v>7.4246249999998781</v>
       </c>
       <c r="D283" s="5">
-        <v>8.2784380590194893</v>
+        <v>8.2701916561497058</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1127.7525410999999</v>
+        <v>1127.7500660000001</v>
       </c>
       <c r="C284" s="5">
-        <v>2.7564665999998397</v>
+        <v>2.7670330000000831</v>
       </c>
       <c r="D284" s="5">
-        <v>2.9801897082733175</v>
+        <v>2.9918038477046105</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1131.2755909</v>
+        <v>1131.2771829999999</v>
       </c>
       <c r="C285" s="5">
-        <v>3.5230498000000807</v>
+        <v>3.5271169999998619</v>
       </c>
       <c r="D285" s="5">
-        <v>3.81383325084792</v>
+        <v>3.8183206839883743</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1135.7698026</v>
+        <v>1135.770982</v>
       </c>
       <c r="C286" s="5">
-        <v>4.4942117000000508</v>
+        <v>4.4937990000000809</v>
       </c>
       <c r="D286" s="5">
-        <v>4.8727876758088984</v>
+        <v>4.8723233828406709</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1139.4309208</v>
+        <v>1139.430756</v>
       </c>
       <c r="C287" s="5">
-        <v>3.6611181999999189</v>
+        <v>3.6597739999999703</v>
       </c>
       <c r="D287" s="5">
-        <v>3.9374834099281886</v>
+        <v>3.936007864365032</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1142.6905177000001</v>
+        <v>1142.6935880000001</v>
       </c>
       <c r="C288" s="5">
-        <v>3.2595969000001332</v>
+        <v>3.2628320000001168</v>
       </c>
       <c r="D288" s="5">
-        <v>3.4873993544570547</v>
+        <v>3.4909157515821798</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1146.2028083</v>
+        <v>1146.205015</v>
       </c>
       <c r="C289" s="5">
-        <v>3.5122905999999148</v>
+        <v>3.5114269999999124</v>
       </c>
       <c r="D289" s="5">
-        <v>3.7514406646198317</v>
+        <v>3.7504923691601855</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1148.2633392</v>
+        <v>1148.2689720000001</v>
       </c>
       <c r="C290" s="5">
-        <v>2.0605309000000034</v>
+        <v>2.0639570000000731</v>
       </c>
       <c r="D290" s="5">
-        <v>2.1786999729136225</v>
+        <v>2.1823542652566807</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1150.7606284999999</v>
+        <v>1150.7636399999999</v>
       </c>
       <c r="C291" s="5">
-        <v>2.4972892999999203</v>
+        <v>2.4946679999998196</v>
       </c>
       <c r="D291" s="5">
-        <v>2.6412532309284309</v>
+        <v>2.6384345089534689</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1156.8919129999999</v>
+        <v>1156.894781</v>
       </c>
       <c r="C292" s="5">
-        <v>6.1312844999999925</v>
+        <v>6.1311410000000706</v>
       </c>
       <c r="D292" s="5">
-        <v>6.5843610010977383</v>
+        <v>6.5841846148803951</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1158.3636054999999</v>
+        <v>1158.3676330000001</v>
       </c>
       <c r="C293" s="5">
-        <v>1.4716925000000174</v>
+        <v>1.4728520000001026</v>
       </c>
       <c r="D293" s="5">
-        <v>1.5372566233340601</v>
+        <v>1.538472431761706</v>
       </c>
       <c r="E293" s="5">
-        <v>3.807889528219377</v>
+        <v>3.8079424950158369</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1165.0054861000001</v>
+        <v>1164.9995819999999</v>
       </c>
       <c r="C294" s="5">
-        <v>6.6418806000001496</v>
+        <v>6.6319489999998495</v>
       </c>
       <c r="D294" s="5">
-        <v>7.1018068754338914</v>
+        <v>7.0908255180057056</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1165.8269861000001</v>
+        <v>1165.81412</v>
       </c>
       <c r="C295" s="5">
-        <v>0.82150000000001455</v>
+        <v>0.81453800000008414</v>
       </c>
       <c r="D295" s="5">
-        <v>0.84946573085069588</v>
+        <v>0.84224330780033885</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1174.4427808</v>
+        <v>1174.435708</v>
       </c>
       <c r="C296" s="5">
-        <v>8.615794699999924</v>
+        <v>8.6215879999999743</v>
       </c>
       <c r="D296" s="5">
-        <v>9.2378400705090069</v>
+        <v>9.2444126431145754</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1179.1277276999999</v>
+        <v>1179.1285049999999</v>
       </c>
       <c r="C297" s="5">
-        <v>4.6849468999998862</v>
+        <v>4.6927969999999277</v>
       </c>
       <c r="D297" s="5">
-        <v>4.8933300641941013</v>
+        <v>4.9017405314966789</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1183.5048951000001</v>
+        <v>1183.505287</v>
       </c>
       <c r="C298" s="5">
-        <v>4.3771674000001894</v>
+        <v>4.3767820000000484</v>
       </c>
       <c r="D298" s="5">
-        <v>4.5467357286039567</v>
+        <v>4.546324132015056</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1189.4356178</v>
+        <v>1189.4352759999999</v>
       </c>
       <c r="C299" s="5">
-        <v>5.930722699999933</v>
+        <v>5.9299889999999778</v>
       </c>
       <c r="D299" s="5">
-        <v>6.1819189229590066</v>
+        <v>6.1811308459046366</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1190.8338942</v>
+        <v>1190.8367029999999</v>
       </c>
       <c r="C300" s="5">
-        <v>1.3982763999999861</v>
+        <v>1.4014270000000124</v>
       </c>
       <c r="D300" s="5">
-        <v>1.4198526290771118</v>
+        <v>1.4230730165765149</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1193.8331410000001</v>
+        <v>1193.8360789999999</v>
       </c>
       <c r="C301" s="5">
-        <v>2.9992468000000372</v>
+        <v>2.9993759999999838</v>
       </c>
       <c r="D301" s="5">
-        <v>3.064552568523693</v>
+        <v>3.0646790868150919</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1199.0623760000001</v>
+        <v>1199.0745609999999</v>
       </c>
       <c r="C302" s="5">
-        <v>5.229235000000017</v>
+        <v>5.2384819999999763</v>
       </c>
       <c r="D302" s="5">
-        <v>5.3847432778527882</v>
+        <v>5.3944826411812086</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1204.1341726999999</v>
+        <v>1204.137688</v>
       </c>
       <c r="C303" s="5">
-        <v>5.0717966999998225</v>
+        <v>5.0631270000001223</v>
       </c>
       <c r="D303" s="5">
-        <v>5.1955255933297417</v>
+        <v>5.1863831944814143</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1205.7069154999999</v>
+        <v>1205.7099470000001</v>
       </c>
       <c r="C304" s="5">
-        <v>1.5727428000000145</v>
+        <v>1.5722590000000309</v>
       </c>
       <c r="D304" s="5">
-        <v>1.5786514947929264</v>
+        <v>1.5781577441084771</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1210.6264996</v>
+        <v>1210.6309670000001</v>
       </c>
       <c r="C305" s="5">
-        <v>4.9195841000000655</v>
+        <v>4.9210199999999986</v>
       </c>
       <c r="D305" s="5">
-        <v>5.0076863649254344</v>
+        <v>5.0091680664307248</v>
       </c>
       <c r="E305" s="5">
-        <v>4.511786614483726</v>
+        <v>4.5118089034174469</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1211.925688</v>
+        <v>1211.9224650000001</v>
       </c>
       <c r="C306" s="5">
-        <v>1.2991884000000482</v>
+        <v>1.2914980000000469</v>
       </c>
       <c r="D306" s="5">
-        <v>1.295412737133006</v>
+        <v>1.2876948602005278</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1218.7607012000001</v>
+        <v>1218.7465239999999</v>
       </c>
       <c r="C307" s="5">
-        <v>6.8350132000000485</v>
+        <v>6.8240589999998065</v>
       </c>
       <c r="D307" s="5">
-        <v>6.9816799426781762</v>
+        <v>6.9701610335624054</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1218.3342092</v>
+        <v>1218.3172629999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.42649200000005294</v>
+        <v>-0.42926099999999678</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.41911962089510313</v>
+        <v>-0.4218403841741325</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1228.3614861000001</v>
+        <v>1228.358853</v>
       </c>
       <c r="C309" s="5">
-        <v>10.027276900000061</v>
+        <v>10.041590000000042</v>
       </c>
       <c r="D309" s="5">
-        <v>10.335947420318249</v>
+        <v>10.351526844006575</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1234.1929107999999</v>
+        <v>1234.190971</v>
       </c>
       <c r="C310" s="5">
-        <v>5.8314246999998431</v>
+        <v>5.8321180000000368</v>
       </c>
       <c r="D310" s="5">
-        <v>5.8479072776469021</v>
+        <v>5.8486336587351806</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1239.8100313</v>
+        <v>1239.8089359999999</v>
       </c>
       <c r="C311" s="5">
-        <v>5.6171205000000555</v>
+        <v>5.6179649999999128</v>
       </c>
       <c r="D311" s="5">
-        <v>5.6003070232211849</v>
+        <v>5.6011792107365288</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1247.0608268000001</v>
+        <v>1247.0632390000001</v>
       </c>
       <c r="C312" s="5">
-        <v>7.2507955000000948</v>
+        <v>7.2543030000001636</v>
       </c>
       <c r="D312" s="5">
-        <v>7.2481712516457408</v>
+        <v>7.2517976934762141</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1251.7327269</v>
+        <v>1251.7440879999999</v>
       </c>
       <c r="C313" s="5">
-        <v>4.6719000999999025</v>
+        <v>4.6808489999998528</v>
       </c>
       <c r="D313" s="5">
-        <v>4.5893921958147565</v>
+        <v>4.598356247792923</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1258.8407619</v>
+        <v>1258.867101</v>
       </c>
       <c r="C314" s="5">
-        <v>7.1080349999999726</v>
+        <v>7.1230130000001282</v>
       </c>
       <c r="D314" s="5">
-        <v>7.0311717907468152</v>
+        <v>7.0463886224434669</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1263.7045141999999</v>
+        <v>1263.7077449999999</v>
       </c>
       <c r="C315" s="5">
-        <v>4.8637522999999874</v>
+        <v>4.8406439999998838</v>
       </c>
       <c r="D315" s="5">
-        <v>4.7362154037779547</v>
+        <v>4.7131343304861018</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1265.2746085000001</v>
+        <v>1265.278548</v>
       </c>
       <c r="C316" s="5">
-        <v>1.5700943000001644</v>
+        <v>1.570803000000069</v>
       </c>
       <c r="D316" s="5">
-        <v>1.501175067786531</v>
+        <v>1.5018534326002086</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1268.3052485999999</v>
+        <v>1268.3084019999999</v>
       </c>
       <c r="C317" s="5">
-        <v>3.0306400999998004</v>
+        <v>3.0298539999998866</v>
       </c>
       <c r="D317" s="5">
-        <v>2.9124609585268857</v>
+        <v>2.9116863497040235</v>
       </c>
       <c r="E317" s="5">
-        <v>4.7643719197504319</v>
+        <v>4.7642458000993759</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1274.977525</v>
+        <v>1274.9725100000001</v>
       </c>
       <c r="C318" s="5">
-        <v>6.6722764000001007</v>
+        <v>6.6641080000001693</v>
       </c>
       <c r="D318" s="5">
-        <v>6.4988391936711576</v>
+        <v>6.4906352003989864</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1279.7595226000001</v>
+        <v>1279.747783</v>
       </c>
       <c r="C319" s="5">
-        <v>4.7819976000000679</v>
+        <v>4.7752729999999701</v>
       </c>
       <c r="D319" s="5">
-        <v>4.5947983774073498</v>
+        <v>4.5882217666982639</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1279.0476177999999</v>
+        <v>1279.0122369999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.71190480000018397</v>
+        <v>-0.73554600000011305</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.66549759025013033</v>
+        <v>-0.68753415748470381</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1285.5259099</v>
+        <v>1285.5106169999999</v>
       </c>
       <c r="C321" s="5">
-        <v>6.4782921000000897</v>
+        <v>6.4983799999999974</v>
       </c>
       <c r="D321" s="5">
-        <v>6.2501259829599976</v>
+        <v>6.2702294600488928</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1286.6688208999999</v>
+        <v>1286.660228</v>
       </c>
       <c r="C322" s="5">
-        <v>1.1429109999999127</v>
+        <v>1.1496110000000499</v>
       </c>
       <c r="D322" s="5">
-        <v>1.0721055719046912</v>
+        <v>1.0784343320476841</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1287.6218845000001</v>
+        <v>1287.6218449999999</v>
       </c>
       <c r="C323" s="5">
-        <v>0.95306360000017776</v>
+        <v>0.96161699999993289</v>
       </c>
       <c r="D323" s="5">
-        <v>0.89249628760901256</v>
+        <v>0.90054511071451238</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1289.585159</v>
+        <v>1289.5931800000001</v>
       </c>
       <c r="C324" s="5">
-        <v>1.9632744999998977</v>
+        <v>1.971335000000181</v>
       </c>
       <c r="D324" s="5">
-        <v>1.845096789490519</v>
+        <v>1.8527360534345449</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1294.6594355</v>
+        <v>1294.688206</v>
       </c>
       <c r="C325" s="5">
-        <v>5.0742764999999963</v>
+        <v>5.0950259999999616</v>
       </c>
       <c r="D325" s="5">
-        <v>4.8253140416011364</v>
+        <v>4.8454454401881897</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1299.6287560000001</v>
+        <v>1299.6753590000001</v>
       </c>
       <c r="C326" s="5">
-        <v>4.9693205000000944</v>
+        <v>4.9871530000000348</v>
       </c>
       <c r="D326" s="5">
-        <v>4.7044778932258779</v>
+        <v>4.7216121214076034</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1297.8950540999999</v>
+        <v>1297.9057620000001</v>
       </c>
       <c r="C327" s="5">
-        <v>-1.7337019000001419</v>
+        <v>-1.7695969999999761</v>
       </c>
       <c r="D327" s="5">
-        <v>-1.5891043976664188</v>
+        <v>-1.6217020016084605</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1301.6716848999999</v>
+        <v>1301.683059</v>
       </c>
       <c r="C328" s="5">
-        <v>3.7766308000000208</v>
+        <v>3.7772969999998622</v>
       </c>
       <c r="D328" s="5">
-        <v>3.5482024146191504</v>
+        <v>3.5488086236460603</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1302.0542786000001</v>
+        <v>1302.05719</v>
       </c>
       <c r="C329" s="5">
-        <v>0.38259370000014314</v>
+        <v>0.37413100000003396</v>
       </c>
       <c r="D329" s="5">
-        <v>0.35328060687023211</v>
+        <v>0.34545091119013716</v>
       </c>
       <c r="E329" s="5">
-        <v>2.6609548479952672</v>
+        <v>2.6609291515203637</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1307.4149425000001</v>
+        <v>1307.401208</v>
       </c>
       <c r="C330" s="5">
-        <v>5.3606638999999632</v>
+        <v>5.3440180000000055</v>
       </c>
       <c r="D330" s="5">
-        <v>5.0539200912529836</v>
+        <v>5.0378592400670108</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1306.6163790999999</v>
+        <v>1306.593936</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.79856340000014825</v>
+        <v>-0.80727200000001176</v>
       </c>
       <c r="D331" s="5">
-        <v>-0.73049755232341695</v>
+        <v>-0.73844456885669985</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1311.5317044000001</v>
+        <v>1311.462657</v>
       </c>
       <c r="C332" s="5">
-        <v>4.9153253000001769</v>
+        <v>4.8687210000000505</v>
       </c>
       <c r="D332" s="5">
-        <v>4.6088303320150903</v>
+        <v>4.5643127010706941</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1312.3979958</v>
+        <v>1312.3448900000001</v>
       </c>
       <c r="C333" s="5">
-        <v>0.86629139999990912</v>
+        <v>0.88223300000004201</v>
       </c>
       <c r="D333" s="5">
-        <v>0.79550843917031155</v>
+        <v>0.81024450090751987</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1316.796548</v>
+        <v>1316.7621710000001</v>
       </c>
       <c r="C334" s="5">
-        <v>4.3985522000000401</v>
+        <v>4.4172810000000027</v>
       </c>
       <c r="D334" s="5">
-        <v>4.0968170662988745</v>
+        <v>4.1147548837671577</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1319.5882612</v>
+        <v>1319.6295359999999</v>
       </c>
       <c r="C335" s="5">
-        <v>2.7917132000000038</v>
+        <v>2.8673649999998361</v>
       </c>
       <c r="D335" s="5">
-        <v>2.5739711547466237</v>
+        <v>2.6446298880428598</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1323.184227</v>
+        <v>1323.2176469999999</v>
       </c>
       <c r="C336" s="5">
-        <v>3.5959657999999308</v>
+        <v>3.5881110000000263</v>
       </c>
       <c r="D336" s="5">
-        <v>3.3195392908435428</v>
+        <v>3.3120743680679965</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1327.2732051</v>
+        <v>1327.333042</v>
       </c>
       <c r="C337" s="5">
-        <v>4.0889781000000767</v>
+        <v>4.115395000000035</v>
       </c>
       <c r="D337" s="5">
-        <v>3.7719889769794346</v>
+        <v>3.7966788072421709</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1320.1361715</v>
+        <v>1320.210296</v>
       </c>
       <c r="C338" s="5">
-        <v>-7.1370335999999952</v>
+        <v>-7.1227460000000065</v>
       </c>
       <c r="D338" s="5">
-        <v>-6.2652023806482271</v>
+        <v>-6.2527543317954741</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1326.8323554000001</v>
+        <v>1326.8494989999999</v>
       </c>
       <c r="C339" s="5">
-        <v>6.6961839000000509</v>
+        <v>6.6392029999999522</v>
       </c>
       <c r="D339" s="5">
-        <v>6.2595253298646902</v>
+        <v>6.2044203322152658</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1330.1651105999999</v>
+        <v>1330.1859119999999</v>
       </c>
       <c r="C340" s="5">
-        <v>3.3327551999998377</v>
+        <v>3.3364129999999932</v>
       </c>
       <c r="D340" s="5">
-        <v>3.0561673841740022</v>
+        <v>3.0595280663489266</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1334.8901656</v>
+        <v>1334.889756</v>
       </c>
       <c r="C341" s="5">
-        <v>4.7250550000001112</v>
+        <v>4.7038440000001174</v>
       </c>
       <c r="D341" s="5">
-        <v>4.3469534970806745</v>
+        <v>4.3269897505213928</v>
       </c>
       <c r="E341" s="5">
-        <v>2.5218523943030924</v>
+        <v>2.5215916975198427</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1338.7203838</v>
+        <v>1338.6846700000001</v>
       </c>
       <c r="C342" s="5">
-        <v>3.8302181999999902</v>
+        <v>3.7949140000000625</v>
       </c>
       <c r="D342" s="5">
-        <v>3.4980366504810068</v>
+        <v>3.4652895733491285</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1342.8792877000001</v>
+        <v>1342.8291770000001</v>
       </c>
       <c r="C343" s="5">
-        <v>4.1589039000000412</v>
+        <v>4.144506999999976</v>
       </c>
       <c r="D343" s="5">
-        <v>3.7923131965752699</v>
+        <v>3.7790635351838242</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1346.9667757</v>
+        <v>1346.861813</v>
       </c>
       <c r="C344" s="5">
-        <v>4.0874879999998939</v>
+        <v>4.0326359999999113</v>
       </c>
       <c r="D344" s="5">
-        <v>3.7143613998722458</v>
+        <v>3.6638295033756263</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1347.3872639000001</v>
+        <v>1347.237824</v>
       </c>
       <c r="C345" s="5">
-        <v>0.4204882000001362</v>
+        <v>0.37601100000006227</v>
       </c>
       <c r="D345" s="5">
-        <v>0.37525283017463273</v>
+        <v>0.33552563692464954</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1349.5322239</v>
+        <v>1349.4788470000001</v>
       </c>
       <c r="C346" s="5">
-        <v>2.1449599999998554</v>
+        <v>2.2410230000000411</v>
       </c>
       <c r="D346" s="5">
-        <v>1.9271435665349168</v>
+        <v>2.0144682116415069</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1353.6020951999999</v>
+        <v>1353.7327479999999</v>
       </c>
       <c r="C347" s="5">
-        <v>4.0698712999999316</v>
+        <v>4.2539009999998143</v>
       </c>
       <c r="D347" s="5">
-        <v>3.6795507755182033</v>
+        <v>3.8489819081499954</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1357.4794551</v>
+        <v>1357.5724419999999</v>
       </c>
       <c r="C348" s="5">
-        <v>3.8773599000001013</v>
+        <v>3.8396940000000086</v>
       </c>
       <c r="D348" s="5">
-        <v>3.4920453528866746</v>
+        <v>3.4572526357441902</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1367.0660006000001</v>
+        <v>1367.152554</v>
       </c>
       <c r="C349" s="5">
-        <v>9.5865455000000566</v>
+        <v>9.5801120000000992</v>
       </c>
       <c r="D349" s="5">
-        <v>8.8114514188229354</v>
+        <v>8.8046799762319097</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1362.6558255</v>
+        <v>1362.7429279999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-4.4101751000000604</v>
+        <v>-4.4096260000001166</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.803263672802526</v>
+        <v>-3.8025620093670831</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1370.7469489</v>
+        <v>1370.806452</v>
       </c>
       <c r="C351" s="5">
-        <v>8.091123400000015</v>
+        <v>8.0635240000001431</v>
       </c>
       <c r="D351" s="5">
-        <v>7.3626760624076804</v>
+        <v>7.3362542112958007</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1368.3898019000001</v>
+        <v>1368.4105910000001</v>
       </c>
       <c r="C352" s="5">
-        <v>-2.3571469999999408</v>
+        <v>-2.395860999999968</v>
       </c>
       <c r="D352" s="5">
-        <v>-2.0441241364509199</v>
+        <v>-2.0772856495123171</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1375.9214133</v>
+        <v>1375.9130290000001</v>
       </c>
       <c r="C353" s="5">
-        <v>7.5316113999999743</v>
+        <v>7.5024379999999837</v>
       </c>
       <c r="D353" s="5">
-        <v>6.8084489235286094</v>
+        <v>6.7811702733113988</v>
       </c>
       <c r="E353" s="5">
-        <v>3.0737545872590477</v>
+        <v>3.0731581252766871</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1379.9656113000001</v>
+        <v>1379.9068850000001</v>
       </c>
       <c r="C354" s="5">
-        <v>4.0441980000000513</v>
+        <v>3.9938560000000507</v>
       </c>
       <c r="D354" s="5">
-        <v>3.5846999131967427</v>
+        <v>3.5393849155732626</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1387.1000993</v>
+        <v>1387.0211939999999</v>
       </c>
       <c r="C355" s="5">
-        <v>7.1344879999999193</v>
+        <v>7.114308999999821</v>
       </c>
       <c r="D355" s="5">
-        <v>6.3835470925923454</v>
+        <v>6.3652556627894263</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1385.9137733</v>
+        <v>1385.6877360000001</v>
       </c>
       <c r="C356" s="5">
-        <v>-1.1863260000000082</v>
+        <v>-1.3334579999998368</v>
       </c>
       <c r="D356" s="5">
-        <v>-1.021493553916264</v>
+        <v>-1.1475784975321091</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1386.4755424</v>
+        <v>1386.203573</v>
       </c>
       <c r="C357" s="5">
-        <v>0.56176909999999225</v>
+        <v>0.5158369999999195</v>
       </c>
       <c r="D357" s="5">
-        <v>0.48749629479212242</v>
+        <v>0.44762851556869876</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1388.5516577000001</v>
+        <v>1388.4108550000001</v>
       </c>
       <c r="C358" s="5">
-        <v>2.0761153000000832</v>
+        <v>2.2072820000000775</v>
       </c>
       <c r="D358" s="5">
-        <v>1.8117586818100051</v>
+        <v>1.9276093769933222</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1390.2183255</v>
+        <v>1390.618336</v>
       </c>
       <c r="C359" s="5">
-        <v>1.6666677999999138</v>
+        <v>2.2074809999999161</v>
       </c>
       <c r="D359" s="5">
-        <v>1.4498974822520161</v>
+        <v>1.924693064746652</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1397.3281962000001</v>
+        <v>1397.5260189999999</v>
       </c>
       <c r="C360" s="5">
-        <v>7.1098707000001014</v>
+        <v>6.9076829999999063</v>
       </c>
       <c r="D360" s="5">
-        <v>6.3126549178132096</v>
+        <v>6.1263944440567819</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1401.5005073</v>
+        <v>1401.5672709999999</v>
       </c>
       <c r="C361" s="5">
-        <v>4.172311099999888</v>
+        <v>4.0412519999999859</v>
       </c>
       <c r="D361" s="5">
-        <v>3.642538161647968</v>
+        <v>3.5257872273322777</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1405.2141799000001</v>
+        <v>1405.3034170000001</v>
       </c>
       <c r="C362" s="5">
-        <v>3.713672600000109</v>
+        <v>3.7361460000001898</v>
       </c>
       <c r="D362" s="5">
-        <v>3.2264926076201128</v>
+        <v>3.246148085961198</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1408.5976688999999</v>
+        <v>1408.718055</v>
       </c>
       <c r="C363" s="5">
-        <v>3.3834889999998268</v>
+        <v>3.4146379999999681</v>
       </c>
       <c r="D363" s="5">
-        <v>2.9279448155599574</v>
+        <v>2.9550711067504176</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1409.8391882000001</v>
+        <v>1409.8756390000001</v>
       </c>
       <c r="C364" s="5">
-        <v>1.2415193000001636</v>
+        <v>1.1575840000000426</v>
       </c>
       <c r="D364" s="5">
-        <v>1.0628063360171858</v>
+        <v>0.99054319260871715</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1413.1349866</v>
+        <v>1413.125436</v>
       </c>
       <c r="C365" s="5">
-        <v>3.2957983999999669</v>
+        <v>3.2497969999999441</v>
       </c>
       <c r="D365" s="5">
-        <v>2.8416056240286203</v>
+        <v>2.8013661682433133</v>
       </c>
       <c r="E365" s="5">
-        <v>2.7046292717217923</v>
+        <v>2.7045609871901188</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1418.5149492</v>
+        <v>1418.4203090000001</v>
       </c>
       <c r="C366" s="5">
-        <v>5.3799625999999989</v>
+        <v>5.2948730000000523</v>
       </c>
       <c r="D366" s="5">
-        <v>4.6654194086450662</v>
+        <v>4.5901356788348169</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1419.3144023</v>
+        <v>1419.1814569999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.79945309999993697</v>
+        <v>0.76114799999982097</v>
       </c>
       <c r="D367" s="5">
-        <v>0.67840173708748619</v>
+        <v>0.64584394135498435</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1380.0793269000001</v>
+        <v>1379.7121239999999</v>
       </c>
       <c r="C368" s="5">
-        <v>-39.235075399999914</v>
+        <v>-39.469333000000006</v>
       </c>
       <c r="D368" s="5">
-        <v>-28.565947711731766</v>
+        <v>-28.713608603120811</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>854.83469333999994</v>
+        <v>854.50968169999999</v>
       </c>
       <c r="C369" s="5">
-        <v>-525.24463356000012</v>
+        <v>-525.20244229999992</v>
       </c>
       <c r="D369" s="5">
-        <v>-99.681039376677987</v>
+        <v>-99.68147605562055</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1004.8938796</v>
+        <v>1004.752897</v>
       </c>
       <c r="C370" s="5">
-        <v>150.05918626000005</v>
+        <v>150.24321529999997</v>
       </c>
       <c r="D370" s="5">
-        <v>596.3967536702786</v>
+        <v>598.40502018665325</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1111.8038415999999</v>
+        <v>1112.339892</v>
       </c>
       <c r="C371" s="5">
-        <v>106.90996199999995</v>
+        <v>107.586995</v>
       </c>
       <c r="D371" s="5">
-        <v>236.43070861978509</v>
+        <v>238.95258250949291</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1100.1472776000001</v>
+        <v>1100.4198160000001</v>
       </c>
       <c r="C372" s="5">
-        <v>-11.656563999999889</v>
+        <v>-11.920075999999881</v>
       </c>
       <c r="D372" s="5">
-        <v>-11.880525815948939</v>
+        <v>-12.127966440992143</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1119.904194</v>
+        <v>1119.9794810000001</v>
       </c>
       <c r="C373" s="5">
-        <v>19.756916399999909</v>
+        <v>19.559664999999995</v>
       </c>
       <c r="D373" s="5">
-        <v>23.811365092584435</v>
+        <v>23.543517990341822</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1155.3315047000001</v>
+        <v>1155.4492419999999</v>
       </c>
       <c r="C374" s="5">
-        <v>35.427310700000135</v>
+        <v>35.469760999999835</v>
       </c>
       <c r="D374" s="5">
-        <v>45.314496820773023</v>
+        <v>45.374981023751282</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1194.9978126000001</v>
+        <v>1195.205471</v>
       </c>
       <c r="C375" s="5">
-        <v>39.666307899999993</v>
+        <v>39.756229000000076</v>
       </c>
       <c r="D375" s="5">
-        <v>49.942907783056675</v>
+        <v>50.072253898913544</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1204.6758678000001</v>
+        <v>1204.756697</v>
       </c>
       <c r="C376" s="5">
-        <v>9.6780552000000171</v>
+        <v>9.5512260000000424</v>
       </c>
       <c r="D376" s="5">
-        <v>10.163367541306334</v>
+        <v>10.022452199349431</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1212.8294946000001</v>
+        <v>1212.836693</v>
       </c>
       <c r="C377" s="5">
-        <v>8.1536267999999836</v>
+        <v>8.0799959999999373</v>
       </c>
       <c r="D377" s="5">
-        <v>8.4312519801083461</v>
+        <v>8.3517029008566048</v>
       </c>
       <c r="E377" s="5">
-        <v>-14.174547647562996</v>
+        <v>-14.173458201059519</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1219.6194665999999</v>
+        <v>1219.4796940000001</v>
       </c>
       <c r="C378" s="5">
-        <v>6.7899719999998069</v>
+        <v>6.6430010000001403</v>
       </c>
       <c r="D378" s="5">
-        <v>6.9289179157094649</v>
+        <v>6.7743525052740283</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1208.9151079999999</v>
+        <v>1208.670216</v>
       </c>
       <c r="C379" s="5">
-        <v>-10.704358599999978</v>
+        <v>-10.809478000000126</v>
       </c>
       <c r="D379" s="5">
-        <v>-10.038334033271312</v>
+        <v>-10.133264226988958</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1235.9641260000001</v>
+        <v>1235.383505</v>
       </c>
       <c r="C380" s="5">
-        <v>27.04901800000016</v>
+        <v>26.713289000000032</v>
       </c>
       <c r="D380" s="5">
-        <v>30.4129518528941</v>
+        <v>29.995325239313676</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1262.2313514</v>
+        <v>1261.457441</v>
       </c>
       <c r="C381" s="5">
-        <v>26.267225399999916</v>
+        <v>26.073936000000003</v>
       </c>
       <c r="D381" s="5">
-        <v>28.705519021841287</v>
+        <v>28.484179447390567</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1280.1881753</v>
+        <v>1279.8991490000001</v>
       </c>
       <c r="C382" s="5">
-        <v>17.956823900000018</v>
+        <v>18.441708000000062</v>
       </c>
       <c r="D382" s="5">
-        <v>18.472671330584056</v>
+        <v>19.024884570592704</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1296.8457496000001</v>
+        <v>1297.709024</v>
       </c>
       <c r="C383" s="5">
-        <v>16.657574300000078</v>
+        <v>17.80987499999992</v>
       </c>
       <c r="D383" s="5">
-        <v>16.781523996707936</v>
+        <v>18.037198123489251</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1321.7307063000001</v>
+        <v>1322.288427</v>
       </c>
       <c r="C384" s="5">
-        <v>24.884956699999975</v>
+        <v>24.579402999999957</v>
       </c>
       <c r="D384" s="5">
-        <v>25.619158392900697</v>
+        <v>25.252518489809006</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1325.6667703000001</v>
+        <v>1325.9007340000001</v>
       </c>
       <c r="C385" s="5">
-        <v>3.9360639999999876</v>
+        <v>3.6123070000001007</v>
       </c>
       <c r="D385" s="5">
-        <v>3.632669988703352</v>
+        <v>3.3279396244925374</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1333.9096024999999</v>
+        <v>1334.218104</v>
       </c>
       <c r="C386" s="5">
-        <v>8.2428321999998388</v>
+        <v>8.3173699999999826</v>
       </c>
       <c r="D386" s="5">
-        <v>7.7219842976745223</v>
+        <v>7.7928163818945295</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1351.0156601000001</v>
+        <v>1351.435802</v>
       </c>
       <c r="C387" s="5">
-        <v>17.106057600000213</v>
+        <v>17.217697999999928</v>
       </c>
       <c r="D387" s="5">
-        <v>16.521967716355014</v>
+        <v>16.633440920982178</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1355.2576001</v>
+        <v>1355.4925720000001</v>
       </c>
       <c r="C388" s="5">
-        <v>4.2419399999998859</v>
+        <v>4.0567700000001423</v>
       </c>
       <c r="D388" s="5">
-        <v>3.8335302117353587</v>
+        <v>3.6622579497510799</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1366.4282324999999</v>
+        <v>1366.5122510000001</v>
       </c>
       <c r="C389" s="5">
-        <v>11.170632399999931</v>
+        <v>11.019678999999996</v>
       </c>
       <c r="D389" s="5">
-        <v>10.351871375017518</v>
+        <v>10.203820453000167</v>
       </c>
       <c r="E389" s="5">
-        <v>12.664495593476467</v>
+        <v>12.670754346974578</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1368.8062563999999</v>
+        <v>1368.5121340000001</v>
       </c>
       <c r="C390" s="5">
-        <v>2.3780239000000165</v>
+        <v>1.9998829999999543</v>
       </c>
       <c r="D390" s="5">
-        <v>2.1084912854805626</v>
+        <v>1.7703984280789342</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1377.8930571999999</v>
+        <v>1377.328657</v>
       </c>
       <c r="C391" s="5">
-        <v>9.0868007999999918</v>
+        <v>8.816522999999961</v>
       </c>
       <c r="D391" s="5">
-        <v>8.2635748955508959</v>
+        <v>8.0107977478684589</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1379.0424783999999</v>
+        <v>1377.9695119999999</v>
       </c>
       <c r="C392" s="5">
-        <v>1.1494212000000061</v>
+        <v>0.64085499999987405</v>
       </c>
       <c r="D392" s="5">
-        <v>1.005630559721804</v>
+        <v>0.55977711293231369</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1395.4394225000001</v>
+        <v>1393.912787</v>
       </c>
       <c r="C393" s="5">
-        <v>16.396944100000155</v>
+        <v>15.943275000000085</v>
       </c>
       <c r="D393" s="5">
-        <v>15.239172238323761</v>
+        <v>14.802651773658493</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1400.7498502999999</v>
+        <v>1400.359592</v>
       </c>
       <c r="C394" s="5">
-        <v>5.310427799999843</v>
+        <v>6.4468050000000403</v>
       </c>
       <c r="D394" s="5">
-        <v>4.6634774481111529</v>
+        <v>5.6933397250989781</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1405.6214539</v>
+        <v>1406.710272</v>
       </c>
       <c r="C395" s="5">
-        <v>4.8716036000000713</v>
+        <v>6.3506800000000112</v>
       </c>
       <c r="D395" s="5">
-        <v>4.2541877479058909</v>
+        <v>5.5798544244084702</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1421.5421395000001</v>
+        <v>1422.5902679999999</v>
       </c>
       <c r="C396" s="5">
-        <v>15.92068560000007</v>
+        <v>15.879995999999892</v>
       </c>
       <c r="D396" s="5">
-        <v>14.471225698428714</v>
+        <v>14.420039968300058</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1427.9472424000001</v>
+        <v>1428.6399289999999</v>
       </c>
       <c r="C397" s="5">
-        <v>6.4051028999999744</v>
+        <v>6.0496610000000146</v>
       </c>
       <c r="D397" s="5">
-        <v>5.5429153655475183</v>
+        <v>5.2241456626570093</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1431.9996738</v>
+        <v>1432.670944</v>
       </c>
       <c r="C398" s="5">
-        <v>4.0524313999999322</v>
+        <v>4.0310150000000249</v>
       </c>
       <c r="D398" s="5">
-        <v>3.4591922611268755</v>
+        <v>3.4389320830814585</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1435.4196058</v>
+        <v>1436.128389</v>
       </c>
       <c r="C399" s="5">
-        <v>3.4199320000000171</v>
+        <v>3.457445000000007</v>
       </c>
       <c r="D399" s="5">
-        <v>2.9038105096246047</v>
+        <v>2.934692388488358</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1440.2249443000001</v>
+        <v>1440.644646</v>
       </c>
       <c r="C400" s="5">
-        <v>4.8053385000000617</v>
+        <v>4.516256999999996</v>
       </c>
       <c r="D400" s="5">
-        <v>4.0920248463246933</v>
+        <v>3.8396527449134243</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1438.8701684</v>
+        <v>1439.016987</v>
       </c>
       <c r="C401" s="5">
-        <v>-1.3547759000000497</v>
+        <v>-1.6276589999999942</v>
       </c>
       <c r="D401" s="5">
-        <v>-1.1229817859725211</v>
+        <v>-1.3473824558634995</v>
       </c>
       <c r="E401" s="5">
-        <v>5.3015543866113735</v>
+        <v>5.305824074898835</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1469.2113558000001</v>
+        <v>1468.650359</v>
       </c>
       <c r="C402" s="5">
-        <v>30.341187400000081</v>
+        <v>29.633372000000008</v>
       </c>
       <c r="D402" s="5">
-        <v>28.455295892439715</v>
+        <v>27.71148117455715</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1473.2340887</v>
+        <v>1472.2199539999999</v>
       </c>
       <c r="C403" s="5">
-        <v>4.0227328999999372</v>
+        <v>3.5695949999999357</v>
       </c>
       <c r="D403" s="5">
-        <v>3.3355593217980539</v>
+        <v>2.955939806002883</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1477.6681174</v>
+        <v>1475.934974</v>
       </c>
       <c r="C404" s="5">
-        <v>4.4340286999999989</v>
+        <v>3.715020000000095</v>
       </c>
       <c r="D404" s="5">
-        <v>3.6720589647056157</v>
+        <v>3.070478223176587</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1472.466641</v>
+        <v>1470.1708510000001</v>
       </c>
       <c r="C405" s="5">
-        <v>-5.2014764000000469</v>
+        <v>-5.7641229999999268</v>
       </c>
       <c r="D405" s="5">
-        <v>-4.143241425734856</v>
+        <v>-4.5871199214894247</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1477.1809244999999</v>
+        <v>1476.3919510000001</v>
       </c>
       <c r="C406" s="5">
-        <v>4.714283499999965</v>
+        <v>6.2210999999999785</v>
       </c>
       <c r="D406" s="5">
-        <v>3.9103277616484799</v>
+        <v>5.1977213727414595</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1486.0202062000001</v>
+        <v>1487.5166240000001</v>
       </c>
       <c r="C407" s="5">
-        <v>8.8392817000001287</v>
+        <v>11.12467300000003</v>
       </c>
       <c r="D407" s="5">
-        <v>7.4217660981273914</v>
+        <v>9.4263490415431583</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1485.2394030999999</v>
+        <v>1486.8670320000001</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.78080310000018471</v>
+        <v>-0.64959199999998418</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.62869989390988978</v>
+        <v>-0.52277793863103605</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1489.2112351999999</v>
+        <v>1490.4624980000001</v>
       </c>
       <c r="C409" s="5">
-        <v>3.9718321000000287</v>
+        <v>3.5954659999999876</v>
       </c>
       <c r="D409" s="5">
-        <v>3.2566662216250597</v>
+        <v>2.9406846911842699</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1494.3006516999999</v>
+        <v>1495.407921</v>
       </c>
       <c r="C410" s="5">
-        <v>5.0894164999999703</v>
+        <v>4.9454229999998915</v>
       </c>
       <c r="D410" s="5">
-        <v>4.1789993604187226</v>
+        <v>4.055127012043469</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1494.4641925999999</v>
+        <v>1495.4585649999999</v>
       </c>
       <c r="C411" s="5">
-        <v>0.16354090000004362</v>
+        <v>5.0643999999920197E-2</v>
       </c>
       <c r="D411" s="5">
-        <v>0.13141080576886122</v>
+        <v>4.0647184131947789E-2</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1495.6018666</v>
+        <v>1496.2279080000001</v>
       </c>
       <c r="C412" s="5">
-        <v>1.1376740000000609</v>
+        <v>0.76934300000016265</v>
       </c>
       <c r="D412" s="5">
-        <v>0.91734506642797697</v>
+        <v>0.6190932502480706</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1498.651989</v>
+        <v>1498.866839</v>
       </c>
       <c r="C413" s="5">
-        <v>3.0501223999999638</v>
+        <v>2.6389309999999568</v>
       </c>
       <c r="D413" s="5">
-        <v>2.4749112698631448</v>
+        <v>2.1371190565370402</v>
       </c>
       <c r="E413" s="5">
-        <v>4.1547751779770659</v>
+        <v>4.1590789087745605</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1502.0027838999999</v>
+        <v>1501.158222</v>
       </c>
       <c r="C414" s="5">
-        <v>3.3507948999999826</v>
+        <v>2.2913829999999962</v>
       </c>
       <c r="D414" s="5">
-        <v>2.7162884822762523</v>
+        <v>1.8499956967907405</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1503.5443677999999</v>
+        <v>1502.092267</v>
       </c>
       <c r="C415" s="5">
-        <v>1.5415838999999778</v>
+        <v>0.93404499999996915</v>
       </c>
       <c r="D415" s="5">
-        <v>1.2385989438096656</v>
+        <v>0.74921998544656976</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1505.0432483</v>
+        <v>1502.781489</v>
       </c>
       <c r="C416" s="5">
-        <v>1.4988805000000411</v>
+        <v>0.68922199999997247</v>
       </c>
       <c r="D416" s="5">
-        <v>1.2028586643165751</v>
+        <v>0.55200124596503919</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1507.8231604</v>
+        <v>1504.72911</v>
       </c>
       <c r="C417" s="5">
-        <v>2.7799121000000468</v>
+        <v>1.9476210000000265</v>
       </c>
       <c r="D417" s="5">
-        <v>2.2391336015967767</v>
+        <v>1.566346608482716</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1509.6930150999999</v>
+        <v>1508.524439</v>
       </c>
       <c r="C418" s="5">
-        <v>1.8698546999999053</v>
+        <v>3.7953290000000379</v>
       </c>
       <c r="D418" s="5">
-        <v>1.4983144507381363</v>
+        <v>3.0690638580339602</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1503.1482625000001</v>
+        <v>1504.9234919999999</v>
       </c>
       <c r="C419" s="5">
-        <v>-6.5447525999998106</v>
+        <v>-3.6009470000001329</v>
       </c>
       <c r="D419" s="5">
-        <v>-5.0799230175291861</v>
+        <v>-2.827169172647459</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1494.9580059</v>
+        <v>1497.0979420000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-8.1902566000001116</v>
+        <v>-7.8255499999997937</v>
       </c>
       <c r="D420" s="5">
-        <v>-6.3460521307255551</v>
+        <v>-6.0645542106505967</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1504.4078311000001</v>
+        <v>1506.237453</v>
       </c>
       <c r="C421" s="5">
-        <v>9.4498252000000775</v>
+        <v>9.1395109999998567</v>
       </c>
       <c r="D421" s="5">
-        <v>7.8547076405946381</v>
+        <v>7.576831011630536</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1506.8551683000001</v>
+        <v>1508.3610570000001</v>
       </c>
       <c r="C422" s="5">
-        <v>2.4473371999999927</v>
+        <v>2.123604000000114</v>
       </c>
       <c r="D422" s="5">
-        <v>1.9696946495974865</v>
+        <v>1.7050289377589456</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1513.6620408000001</v>
+        <v>1514.879193</v>
       </c>
       <c r="C423" s="5">
-        <v>6.8068725000000541</v>
+        <v>6.5181359999999131</v>
       </c>
       <c r="D423" s="5">
-        <v>5.5574512023395473</v>
+        <v>5.3106448249186089</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1515.4088124</v>
+        <v>1516.196158</v>
       </c>
       <c r="C424" s="5">
-        <v>1.7467715999998745</v>
+        <v>1.316964999999982</v>
       </c>
       <c r="D424" s="5">
-        <v>1.3936277233489891</v>
+        <v>1.0482263787823243</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1519.1303055999999</v>
+        <v>1519.3759970000001</v>
       </c>
       <c r="C425" s="5">
-        <v>3.7214931999999408</v>
+        <v>3.1798390000001291</v>
       </c>
       <c r="D425" s="5">
-        <v>2.9870530845128807</v>
+        <v>2.5459309759190862</v>
       </c>
       <c r="E425" s="5">
-        <v>1.3664490989442113</v>
+        <v>1.3683108776816555</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1519.8478129</v>
+        <v>1520.632844</v>
       </c>
       <c r="C426" s="5">
-        <v>0.71750730000007934</v>
+        <v>1.2568469999998797</v>
       </c>
       <c r="D426" s="5">
-        <v>0.56825207824133805</v>
+        <v>0.99718387355893778</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1518.6387804000001</v>
+        <v>1519.0169599999999</v>
       </c>
       <c r="C427" s="5">
-        <v>-1.2090324999999211</v>
+        <v>-1.6158840000000509</v>
       </c>
       <c r="D427" s="5">
-        <v>-0.95042940492366945</v>
+        <v>-1.2677405881938553</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1520.5208362000001</v>
+        <v>1520.238701</v>
       </c>
       <c r="C428" s="5">
-        <v>1.8820557999999892</v>
+        <v>1.2217410000000655</v>
       </c>
       <c r="D428" s="5">
-        <v>1.4973441118185216</v>
+        <v>0.96943753765712515</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1522.9420177</v>
+        <v>1524.0028689999999</v>
       </c>
       <c r="C429" s="5">
-        <v>2.4211814999998751</v>
+        <v>3.7641679999999269</v>
       </c>
       <c r="D429" s="5">
-        <v>1.9276280178240901</v>
+        <v>3.0120438285848428</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1531.1342514999999</v>
+        <v>1525.9038820000001</v>
       </c>
       <c r="C430" s="5">
-        <v>8.1922337999999399</v>
+        <v>1.9010130000001482</v>
       </c>
       <c r="D430" s="5">
-        <v>6.6495025094577498</v>
+        <v>1.5071699715491604</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1528.2884449999999</v>
+        <v>1507.983538</v>
       </c>
       <c r="C431" s="5">
-        <v>-2.8458064999999806</v>
+        <v>-17.920344000000114</v>
       </c>
       <c r="D431" s="5">
-        <v>-2.2076926645600681</v>
+        <v>-13.217317174915966</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1525.5450327000001</v>
+        <v>1507.049528</v>
       </c>
       <c r="C432" s="5">
-        <v>-2.7434122999998181</v>
+        <v>-0.93400999999994383</v>
       </c>
       <c r="D432" s="5">
-        <v>-2.1329649337584522</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.74072542344920667</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1531.4092979</v>
+        <v>1512.8426959999999</v>
       </c>
       <c r="C433" s="5">
-        <v>5.8642651999998634</v>
+        <v>5.7931679999999233</v>
       </c>
       <c r="D433" s="5">
-        <v>4.7116418105902724</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.7116421178064805</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1530.8490595000001</v>
+        <v>1512.28925</v>
       </c>
       <c r="C434" s="5">
-        <v>-0.56023839999988923</v>
+        <v>-0.55344599999989441</v>
       </c>
       <c r="D434" s="5">
-        <v>-0.43811607955205334</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-0.43811596545331177</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1512.0625970000001</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.22665299999994204</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.17970075091301441</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1513.7102709999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>1.6476739999998244</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.3154891260690915</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>1518.182499</v>
+      </c>
+      <c r="C437" s="5">
+        <v>4.4722280000000865</v>
+      </c>
+      <c r="D437" s="5">
+        <v>3.6035592894988033</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-7.8551853021024964E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>