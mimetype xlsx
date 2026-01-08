--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{14C558EE-1D3C-4A4F-9AEA-6B2CB2EC841E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DC806B4E-CDDD-4BE4-B968-843DC89F9930}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{2A9893E3-35CA-4C8A-A603-0E59FDD52FB0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C31D8B7E-7D95-4026-8D8D-3F2234AA4440}"/>
   </bookViews>
   <sheets>
     <sheet name="AE800000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Other Services</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD2F685F-9268-48C9-AA22-2F5116B410A1}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C59C9B54-28E2-46B1-AE48-B0E6D48A0C0C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>-0.46217330000001766</v>
       </c>
       <c r="D431" s="5">
         <v>-1.1040439252113066</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>501.06880999999998</v>
       </c>
       <c r="C432" s="5">
         <v>1.7357360299999982</v>
       </c>
       <c r="D432" s="5">
         <v>4.2520117308007643</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>500.94958284000001</v>
+        <v>501.77925807000003</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.1192271599999799</v>
+        <v>0.71044807000004084</v>
       </c>
       <c r="D433" s="5">
-        <v>-0.28516143551055029</v>
+        <v>1.71476950549172</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>501.74963745000002</v>
+      </c>
+      <c r="C434" s="5">
+        <v>-2.9620620000002873E-2</v>
+      </c>
+      <c r="D434" s="5">
+        <v>-7.0814417564546428E-2</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>