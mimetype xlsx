--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{DC806B4E-CDDD-4BE4-B968-843DC89F9930}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{656B767B-89F6-4641-9EA6-A8E85649DB90}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{C31D8B7E-7D95-4026-8D8D-3F2234AA4440}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{E4B3B40C-A2FE-4F4B-9722-BB9F3A881289}"/>
   </bookViews>
   <sheets>
     <sheet name="AE800000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Other Services</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C59C9B54-28E2-46B1-AE48-B0E6D48A0C0C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D897BF2-9290-4EB0-8006-4481DF38D2F7}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>259.56332196</v>
+        <v>259.56332200000003</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
         <v>260.345012</v>
       </c>
       <c r="C7" s="5">
-        <v>0.78169004000000086</v>
+        <v>0.78168999999996913</v>
       </c>
       <c r="D7" s="5">
-        <v>3.6743333588418414</v>
+        <v>3.6743331671208468</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>260.81790396999997</v>
+        <v>260.817904</v>
       </c>
       <c r="C8" s="5">
-        <v>0.47289196999997785</v>
+        <v>0.47289200000000164</v>
       </c>
       <c r="D8" s="5">
-        <v>2.2015938893591658</v>
+        <v>2.2015940304254578</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>261.61822776000002</v>
+        <v>261.6182278</v>
       </c>
       <c r="C9" s="5">
-        <v>0.80032379000004994</v>
+        <v>0.80032380000000103</v>
       </c>
       <c r="D9" s="5">
-        <v>3.7450028843658334</v>
+        <v>3.7450029315137412</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>263.37046928000001</v>
+        <v>263.37046930000002</v>
       </c>
       <c r="C10" s="5">
-        <v>1.7522415199999841</v>
+        <v>1.7522415000000251</v>
       </c>
       <c r="D10" s="5">
-        <v>8.3400267925511038</v>
+        <v>8.3400266925024891</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>264.92206155000002</v>
+        <v>264.92206160000001</v>
       </c>
       <c r="C11" s="5">
-        <v>1.5515922700000147</v>
+        <v>1.5515922999999816</v>
       </c>
       <c r="D11" s="5">
-        <v>7.3031769422712944</v>
+        <v>7.3031770875118029</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
         <v>266.42418579999998</v>
       </c>
       <c r="C12" s="5">
-        <v>1.5021242499999516</v>
+        <v>1.5021241999999688</v>
       </c>
       <c r="D12" s="5">
-        <v>7.0203225226740162</v>
+        <v>7.0203222802926346</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>268.67982014</v>
+        <v>268.67982009999997</v>
       </c>
       <c r="C13" s="5">
-        <v>2.2556343400000287</v>
+        <v>2.255634299999997</v>
       </c>
       <c r="D13" s="5">
-        <v>10.646280698621924</v>
+        <v>10.646280500950844</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>268.07823890999998</v>
+        <v>268.07823889999997</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.60158123000002206</v>
+        <v>-0.60158119999999826</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.6539900918107096</v>
+        <v>-2.6539899614757112</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>268.55309292999999</v>
+        <v>268.55309290000002</v>
       </c>
       <c r="C15" s="5">
-        <v>0.47485402000000931</v>
+        <v>0.47485400000005029</v>
       </c>
       <c r="D15" s="5">
-        <v>2.1464223889007261</v>
+        <v>2.146422297695505</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>268.86358575000003</v>
+        <v>268.86358580000001</v>
       </c>
       <c r="C16" s="5">
-        <v>0.31049282000003586</v>
+        <v>0.31049289999998564</v>
       </c>
       <c r="D16" s="5">
-        <v>1.3962595532715838</v>
+        <v>1.3962599154721422</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>267.52938265</v>
+        <v>267.52938269999999</v>
       </c>
       <c r="C17" s="5">
         <v>-1.3342031000000247</v>
       </c>
       <c r="D17" s="5">
-        <v>-5.7949874288506731</v>
+        <v>-5.7949874278022673</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>266.40488771000003</v>
+        <v>266.40488770000002</v>
       </c>
       <c r="C18" s="5">
-        <v>-1.1244949399999769</v>
+        <v>-1.1244949999999676</v>
       </c>
       <c r="D18" s="5">
-        <v>-4.9289229576966793</v>
+        <v>-4.9289232137407328</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>267.20904933999998</v>
+        <v>267.2090493</v>
       </c>
       <c r="C19" s="5">
-        <v>0.80416162999995322</v>
+        <v>0.80416159999998627</v>
       </c>
       <c r="D19" s="5">
-        <v>3.6830300762081825</v>
+        <v>3.6830299366608976</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>268.26603706999998</v>
+        <v>268.26603710000001</v>
       </c>
       <c r="C20" s="5">
-        <v>1.056987730000003</v>
+        <v>1.0569878000000017</v>
       </c>
       <c r="D20" s="5">
-        <v>4.8514357533436137</v>
+        <v>4.8514360823986413</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>268.87299859000001</v>
+        <v>268.87299860000002</v>
       </c>
       <c r="C21" s="5">
-        <v>0.60696152000002712</v>
+        <v>0.60696150000001126</v>
       </c>
       <c r="D21" s="5">
-        <v>2.7490849509684612</v>
+        <v>2.7490848589417638</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>270.28069865999998</v>
+        <v>270.28069870000002</v>
       </c>
       <c r="C22" s="5">
-        <v>1.4077000699999758</v>
+        <v>1.4077000999999996</v>
       </c>
       <c r="D22" s="5">
-        <v>6.4667769071759862</v>
+        <v>6.4667770487369269</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
         <v>271.39115459999999</v>
       </c>
       <c r="C23" s="5">
-        <v>1.1104559400000085</v>
+        <v>1.1104558999999767</v>
       </c>
       <c r="D23" s="5">
-        <v>5.0431821211792016</v>
+        <v>5.0431819346298257</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>272.10348176000002</v>
+        <v>272.1034818</v>
       </c>
       <c r="C24" s="5">
-        <v>0.71232716000002938</v>
+        <v>0.71232720000000427</v>
       </c>
       <c r="D24" s="5">
-        <v>3.1955388179386146</v>
+        <v>3.1955389999788864</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>273.07801266000001</v>
+        <v>273.07801269999999</v>
       </c>
       <c r="C25" s="5">
         <v>0.97453089999999065</v>
       </c>
       <c r="D25" s="5">
-        <v>4.3834426081660327</v>
+        <v>4.3834426075089139</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>273.59513239</v>
+        <v>273.59513240000001</v>
       </c>
       <c r="C26" s="5">
-        <v>0.51711972999999034</v>
+        <v>0.51711970000002339</v>
       </c>
       <c r="D26" s="5">
-        <v>2.2962219441148513</v>
+        <v>2.296221809172283</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>273.72182077999997</v>
+        <v>273.72182079999999</v>
       </c>
       <c r="C27" s="5">
-        <v>0.12668838999996979</v>
+        <v>0.12668839999997772</v>
       </c>
       <c r="D27" s="5">
-        <v>0.55707805029279189</v>
+        <v>0.55707809435674438</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>274.29045817000002</v>
+        <v>274.29045819999999</v>
       </c>
       <c r="C28" s="5">
-        <v>0.56863739000004898</v>
+        <v>0.56863740000000007</v>
       </c>
       <c r="D28" s="5">
-        <v>2.5215955030377657</v>
+        <v>2.5215955477037255</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>275.87071492000001</v>
+        <v>275.8707149</v>
       </c>
       <c r="C29" s="5">
-        <v>1.5802567499999896</v>
+        <v>1.5802567000000067</v>
       </c>
       <c r="D29" s="5">
-        <v>7.1368332055446571</v>
+        <v>7.1368329717239609</v>
       </c>
       <c r="E29" s="5">
-        <v>3.1179125774430272</v>
+        <v>3.1179125506949346</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>276.70465123999998</v>
+        <v>276.7046512</v>
       </c>
       <c r="C30" s="5">
-        <v>0.83393631999996387</v>
+        <v>0.83393630000000485</v>
       </c>
       <c r="D30" s="5">
-        <v>3.6884324504549815</v>
+        <v>3.6884323607928149</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>277.83236237</v>
+        <v>277.83236240000002</v>
       </c>
       <c r="C31" s="5">
-        <v>1.1277111300000229</v>
+        <v>1.1277112000000216</v>
       </c>
       <c r="D31" s="5">
-        <v>5.0017330136240545</v>
+        <v>5.0017333318262969</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>278.00345557000003</v>
+        <v>278.0034556</v>
       </c>
       <c r="C32" s="5">
-        <v>0.17109320000002981</v>
+        <v>0.17109319999997297</v>
       </c>
       <c r="D32" s="5">
-        <v>0.74148545802730226</v>
+        <v>0.74148545794656684</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>279.30183854000001</v>
+        <v>279.30183849999997</v>
       </c>
       <c r="C33" s="5">
-        <v>1.2983829699999774</v>
+        <v>1.2983828999999787</v>
       </c>
       <c r="D33" s="5">
-        <v>5.7506884993836493</v>
+        <v>5.7506881807018573</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>278.77208840999998</v>
+        <v>278.77208839999997</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.52975013000002491</v>
+        <v>-0.52975010000000111</v>
       </c>
       <c r="D34" s="5">
-        <v>-2.2524391517610654</v>
+        <v>-2.2524390258511273</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>279.16996042</v>
+        <v>279.16996039999998</v>
       </c>
       <c r="C35" s="5">
-        <v>0.3978720100000146</v>
+        <v>0.39787200000000666</v>
       </c>
       <c r="D35" s="5">
-        <v>1.7261848040057481</v>
+        <v>1.7261847603415204</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>278.68739355000002</v>
+        <v>278.68739360000001</v>
       </c>
       <c r="C36" s="5">
-        <v>-0.482566869999971</v>
+        <v>-0.48256679999997232</v>
       </c>
       <c r="D36" s="5">
-        <v>-2.0546853409342147</v>
+        <v>-2.0546850458601829</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>278.76208577</v>
+        <v>278.76208580000002</v>
       </c>
       <c r="C37" s="5">
-        <v>7.4692219999974441E-2</v>
+        <v>7.4692200000015418E-2</v>
       </c>
       <c r="D37" s="5">
-        <v>0.32209173021922055</v>
+        <v>0.32209164378922406</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>278.94556576000002</v>
+        <v>278.9455658</v>
       </c>
       <c r="C38" s="5">
-        <v>0.18347999000002346</v>
+        <v>0.18347999999997455</v>
       </c>
       <c r="D38" s="5">
-        <v>0.79270031476255109</v>
+        <v>0.79270035803680194</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>281.92476983</v>
+        <v>281.92476979999998</v>
       </c>
       <c r="C39" s="5">
-        <v>2.9792040699999802</v>
+        <v>2.9792039999999815</v>
       </c>
       <c r="D39" s="5">
-        <v>13.596583445792131</v>
+        <v>13.596583105263459</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>281.68553077000001</v>
+        <v>281.68553079999998</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.23923905999998851</v>
+        <v>-0.23923899999999776</v>
       </c>
       <c r="D40" s="5">
-        <v>-1.0135709160405071</v>
+        <v>-1.0135706631344665</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>281.47826742000001</v>
+        <v>281.47826739999999</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.20726335000000518</v>
+        <v>-0.207263399999988</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.87939184959970884</v>
+        <v>-0.87939206079208354</v>
       </c>
       <c r="E41" s="5">
-        <v>2.0326740740227223</v>
+        <v>2.0326740741700933</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>284.52082053999999</v>
+        <v>284.52082050000001</v>
       </c>
       <c r="C42" s="5">
-        <v>3.0425531199999796</v>
+        <v>3.0425531000000205</v>
       </c>
       <c r="D42" s="5">
-        <v>13.770639749390124</v>
+        <v>13.770639654459661</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>285.71252283000001</v>
+        <v>285.71252279999999</v>
       </c>
       <c r="C43" s="5">
-        <v>1.1917022900000234</v>
+        <v>1.1917022999999745</v>
       </c>
       <c r="D43" s="5">
-        <v>5.1435610887116789</v>
+        <v>5.1435611336117848</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>285.93757316</v>
+        <v>285.93757319999997</v>
       </c>
       <c r="C44" s="5">
-        <v>0.22505032999998775</v>
+        <v>0.22505039999998644</v>
       </c>
       <c r="D44" s="5">
-        <v>0.94932290189453372</v>
+        <v>0.94932319855385305</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>285.75478449000002</v>
+        <v>285.75478450000003</v>
       </c>
       <c r="C45" s="5">
-        <v>-0.18278866999997945</v>
+        <v>-0.1827886999999464</v>
       </c>
       <c r="D45" s="5">
-        <v>-0.76442153106291988</v>
+        <v>-0.7644216559752115</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>286.76744224999999</v>
+        <v>286.76744230000003</v>
       </c>
       <c r="C46" s="5">
-        <v>1.0126577599999678</v>
+        <v>1.0126577999999995</v>
       </c>
       <c r="D46" s="5">
-        <v>4.3364329827476178</v>
+        <v>4.3364331572346204</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>287.10703334999999</v>
+        <v>287.10703339999998</v>
       </c>
       <c r="C47" s="5">
-        <v>0.33959110000000692</v>
+        <v>0.33959109999995007</v>
       </c>
       <c r="D47" s="5">
-        <v>1.4303366488802149</v>
+        <v>1.4303366486288827</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>288.72784122000002</v>
+        <v>288.7278412</v>
       </c>
       <c r="C48" s="5">
-        <v>1.6208078700000215</v>
+        <v>1.6208078000000228</v>
       </c>
       <c r="D48" s="5">
-        <v>6.9887181952227095</v>
+        <v>6.9887178827038099</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>289.43285967000003</v>
+        <v>289.43285969999999</v>
       </c>
       <c r="C49" s="5">
-        <v>0.7050184500000114</v>
+        <v>0.70501849999999422</v>
       </c>
       <c r="D49" s="5">
-        <v>2.9698458043438514</v>
+        <v>2.9698460180106689</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>290.26906134000001</v>
+        <v>290.26906129999998</v>
       </c>
       <c r="C50" s="5">
-        <v>0.83620166999997991</v>
+        <v>0.83620159999998123</v>
       </c>
       <c r="D50" s="5">
-        <v>3.5225486422117536</v>
+        <v>3.5225483422602233</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>290.39633257999998</v>
+        <v>290.39633259999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.12727123999997048</v>
+        <v>0.12727130000001807</v>
       </c>
       <c r="D51" s="5">
-        <v>0.52742213662577697</v>
+        <v>0.52742238594341018</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>290.62876403000001</v>
+        <v>290.62876399999999</v>
       </c>
       <c r="C52" s="5">
-        <v>0.23243145000003551</v>
+        <v>0.23243139999999585</v>
       </c>
       <c r="D52" s="5">
-        <v>0.96471212834170483</v>
+        <v>0.96471191983418247</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>291.15128623999999</v>
+        <v>291.15128620000002</v>
       </c>
       <c r="C53" s="5">
-        <v>0.52252220999997689</v>
+        <v>0.5225222000000258</v>
       </c>
       <c r="D53" s="5">
-        <v>2.1789456874890645</v>
+        <v>2.178945645602659</v>
       </c>
       <c r="E53" s="5">
-        <v>3.4365064516922894</v>
+        <v>3.4365064448311333</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>291.19173362999999</v>
+        <v>291.19173360000002</v>
       </c>
       <c r="C54" s="5">
-        <v>4.0447389999997085E-2</v>
+        <v>4.0447400000005018E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>0.16683412766089756</v>
+        <v>0.16683416896243752</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>291.60242051</v>
+        <v>291.60242049999999</v>
       </c>
       <c r="C55" s="5">
-        <v>0.4106868800000143</v>
+        <v>0.41068689999997332</v>
       </c>
       <c r="D55" s="5">
-        <v>1.7056292181755195</v>
+        <v>1.7056293020601521</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>292.92156711000001</v>
+        <v>292.9215671</v>
       </c>
       <c r="C56" s="5">
         <v>1.3191466000000105</v>
       </c>
       <c r="D56" s="5">
-        <v>5.5656659096564587</v>
+        <v>5.565665909852191</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>294.27301398999998</v>
+        <v>294.27301399999999</v>
       </c>
       <c r="C57" s="5">
-        <v>1.351446879999969</v>
+        <v>1.3514468999999849</v>
       </c>
       <c r="D57" s="5">
-        <v>5.679089206300425</v>
+        <v>5.6790892926876779</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>294.29479185000002</v>
+        <v>294.29479190000001</v>
       </c>
       <c r="C58" s="5">
-        <v>2.1777860000042892E-2</v>
+        <v>2.177790000001778E-2</v>
       </c>
       <c r="D58" s="5">
-        <v>8.8842912865705337E-2</v>
+        <v>8.8843076109390573E-2</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>295.42868456999997</v>
+        <v>295.4286846</v>
       </c>
       <c r="C59" s="5">
-        <v>1.1338927199999489</v>
+        <v>1.1338926999999899</v>
       </c>
       <c r="D59" s="5">
-        <v>4.7227435753755653</v>
+        <v>4.7227434894816955</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>296.98840775000002</v>
+        <v>296.9884078</v>
       </c>
       <c r="C60" s="5">
-        <v>1.5597231800000486</v>
+        <v>1.5597232000000076</v>
       </c>
       <c r="D60" s="5">
-        <v>6.5226708344446216</v>
+        <v>6.5226709198451305</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>297.42540543000001</v>
+        <v>297.42540539999999</v>
       </c>
       <c r="C61" s="5">
-        <v>0.4369976799999904</v>
+        <v>0.43699759999998378</v>
       </c>
       <c r="D61" s="5">
-        <v>1.780076133085351</v>
+        <v>1.7800758042676446</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>297.73667431000001</v>
+        <v>297.7366743</v>
       </c>
       <c r="C62" s="5">
-        <v>0.31126888000000008</v>
+        <v>0.31126890000001595</v>
       </c>
       <c r="D62" s="5">
-        <v>1.2631071899085189</v>
+        <v>1.2631072716631442</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
         <v>301.58730600000001</v>
       </c>
       <c r="C63" s="5">
-        <v>3.8506316900000002</v>
+        <v>3.8506317000000081</v>
       </c>
       <c r="D63" s="5">
-        <v>16.672552128801676</v>
+        <v>16.67255217582564</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>302.83455280999999</v>
+        <v>302.83455279999998</v>
       </c>
       <c r="C64" s="5">
-        <v>1.2472468099999787</v>
+        <v>1.2472467999999708</v>
       </c>
       <c r="D64" s="5">
-        <v>5.0771814888462163</v>
+        <v>5.0771814472087229</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>302.45949614</v>
+        <v>302.45949610000002</v>
       </c>
       <c r="C65" s="5">
-        <v>-0.37505666999999221</v>
+        <v>-0.37505669999995916</v>
       </c>
       <c r="D65" s="5">
-        <v>-1.4761027173952113</v>
+        <v>-1.476102834710713</v>
       </c>
       <c r="E65" s="5">
-        <v>3.8839635730403499</v>
+        <v>3.8839635735739453</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>302.93064318</v>
+        <v>302.93064320000002</v>
       </c>
       <c r="C66" s="5">
-        <v>0.47114704000000529</v>
+        <v>0.47114709999999604</v>
       </c>
       <c r="D66" s="5">
-        <v>1.8853616209106638</v>
+        <v>1.8853618633213109</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>303.05674406000003</v>
+        <v>303.0567441</v>
       </c>
       <c r="C67" s="5">
-        <v>0.12610088000002406</v>
+        <v>0.12610089999998308</v>
       </c>
       <c r="D67" s="5">
-        <v>0.5006690069481845</v>
+        <v>0.50066908650447939</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
         <v>304.23225380000002</v>
       </c>
       <c r="C68" s="5">
-        <v>1.1755097399999954</v>
+        <v>1.1755097000000205</v>
       </c>
       <c r="D68" s="5">
-        <v>4.7552074276404399</v>
+        <v>4.7552072617226715</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
         <v>303.89118259999998</v>
       </c>
       <c r="C69" s="5">
         <v>-0.34107120000004443</v>
       </c>
       <c r="D69" s="5">
         <v>-1.3370416645397176</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>305.88189675000001</v>
+        <v>305.88189679999999</v>
       </c>
       <c r="C70" s="5">
-        <v>1.9907141500000307</v>
+        <v>1.9907142000000135</v>
       </c>
       <c r="D70" s="5">
-        <v>8.1503935342638343</v>
+        <v>8.1503937464050722</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>306.54095733999998</v>
+        <v>306.5409573</v>
       </c>
       <c r="C71" s="5">
-        <v>0.65906058999996731</v>
+        <v>0.6590605000000096</v>
       </c>
       <c r="D71" s="5">
-        <v>2.6164102570788828</v>
+        <v>2.616409895109606</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>306.74242421000002</v>
+        <v>306.74242420000002</v>
       </c>
       <c r="C72" s="5">
-        <v>0.20146687000004704</v>
+        <v>0.20146690000001399</v>
       </c>
       <c r="D72" s="5">
-        <v>0.79152901911525575</v>
+        <v>0.79152913751006082</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>308.08191713000002</v>
+        <v>308.0819171</v>
       </c>
       <c r="C73" s="5">
-        <v>1.3394929199999979</v>
+        <v>1.339492899999982</v>
       </c>
       <c r="D73" s="5">
-        <v>5.3679065502223011</v>
+        <v>5.3679064683183064</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>309.64588197</v>
+        <v>309.64588199999997</v>
       </c>
       <c r="C74" s="5">
-        <v>1.5639648399999828</v>
+        <v>1.5639648999999736</v>
       </c>
       <c r="D74" s="5">
-        <v>6.2647453472983727</v>
+        <v>6.2647455950163522</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>308.29561511999998</v>
+        <v>308.29561510000002</v>
       </c>
       <c r="C75" s="5">
-        <v>-1.3502668500000254</v>
+        <v>-1.3502668999999514</v>
       </c>
       <c r="D75" s="5">
-        <v>-5.1091208876545284</v>
+        <v>-5.1091210718461895</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>308.71189118000001</v>
+        <v>308.71189120000003</v>
       </c>
       <c r="C76" s="5">
-        <v>0.4162760600000297</v>
+        <v>0.41627610000000459</v>
       </c>
       <c r="D76" s="5">
-        <v>1.6323869060304697</v>
+        <v>1.6323870641601124</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>309.30168458999998</v>
+        <v>309.30168459999999</v>
       </c>
       <c r="C77" s="5">
-        <v>0.58979340999997021</v>
+        <v>0.58979339999996228</v>
       </c>
       <c r="D77" s="5">
-        <v>2.3168415303310264</v>
+        <v>2.3168414904834123</v>
       </c>
       <c r="E77" s="5">
-        <v>2.2621833790376078</v>
+        <v>2.2621833958679227</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>310.63038675000001</v>
+        <v>310.6303868</v>
       </c>
       <c r="C78" s="5">
-        <v>1.3287021600000344</v>
+        <v>1.3287022000000093</v>
       </c>
       <c r="D78" s="5">
-        <v>5.2785329318365548</v>
+        <v>5.2785330943429187</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>311.19369515</v>
+        <v>311.19369519999998</v>
       </c>
       <c r="C79" s="5">
         <v>0.56330839999998261</v>
       </c>
       <c r="D79" s="5">
-        <v>2.1979596578844962</v>
+        <v>2.197959657527071</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>311.41751563000003</v>
+        <v>311.4175156</v>
       </c>
       <c r="C80" s="5">
-        <v>0.22382048000002897</v>
+        <v>0.22382040000002235</v>
       </c>
       <c r="D80" s="5">
-        <v>0.86650080644850025</v>
+        <v>0.86650049536964868</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>313.41287233999998</v>
+        <v>313.4128723</v>
       </c>
       <c r="C81" s="5">
-        <v>1.9953567099999532</v>
+        <v>1.9953567000000021</v>
       </c>
       <c r="D81" s="5">
-        <v>7.965630824551706</v>
+        <v>7.9656307840083374</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>313.77075959000001</v>
+        <v>313.77075960000002</v>
       </c>
       <c r="C82" s="5">
-        <v>0.35788725000003296</v>
+        <v>0.35788730000001578</v>
       </c>
       <c r="D82" s="5">
-        <v>1.3789230468506553</v>
+        <v>1.3789232408868424</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>314.31920585</v>
+        <v>314.31920589999999</v>
       </c>
       <c r="C83" s="5">
-        <v>0.54844625999999153</v>
+        <v>0.54844629999996641</v>
       </c>
       <c r="D83" s="5">
-        <v>2.1177867183298504</v>
+        <v>2.1177868742067174</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
         <v>315.22200240000001</v>
       </c>
       <c r="C84" s="5">
-        <v>0.90279655000000503</v>
+        <v>0.90279650000002221</v>
       </c>
       <c r="D84" s="5">
-        <v>3.5016467492539949</v>
+        <v>3.5016465516812811</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>316.03536517999999</v>
+        <v>316.0353652</v>
       </c>
       <c r="C85" s="5">
-        <v>0.81336277999997719</v>
+        <v>0.81336279999999306</v>
       </c>
       <c r="D85" s="5">
-        <v>3.1406647797213028</v>
+        <v>3.1406648580470931</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
         <v>317.03396479999998</v>
       </c>
       <c r="C86" s="5">
-        <v>0.99859961999999314</v>
+        <v>0.99859959999997727</v>
       </c>
       <c r="D86" s="5">
-        <v>3.8583205517785268</v>
+        <v>3.858320472907506</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>319.28033885000002</v>
+        <v>319.2803389</v>
       </c>
       <c r="C87" s="5">
-        <v>2.2463740500000426</v>
+        <v>2.2463741000000255</v>
       </c>
       <c r="D87" s="5">
-        <v>8.8420228184012739</v>
+        <v>8.8420230229401042</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>321.12562136999998</v>
+        <v>321.1256214</v>
       </c>
       <c r="C88" s="5">
-        <v>1.8452825199999552</v>
+        <v>1.8452824999999962</v>
       </c>
       <c r="D88" s="5">
-        <v>7.1601673608992389</v>
+        <v>7.1601672796538063</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>321.15875592999998</v>
+        <v>321.15875590000002</v>
       </c>
       <c r="C89" s="5">
-        <v>3.3134560000007696E-2</v>
+        <v>3.3134500000016942E-2</v>
       </c>
       <c r="D89" s="5">
-        <v>0.12388935018046165</v>
+        <v>0.12388912570306942</v>
       </c>
       <c r="E89" s="5">
-        <v>3.8334971746815327</v>
+        <v>3.8334971616252433</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>321.86621768999998</v>
+        <v>321.86621769999999</v>
       </c>
       <c r="C90" s="5">
-        <v>0.70746176000000105</v>
+        <v>0.70746179999997594</v>
       </c>
       <c r="D90" s="5">
-        <v>2.6756724154061828</v>
+        <v>2.6756725687795413</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>323.63948576000001</v>
+        <v>323.63948579999999</v>
       </c>
       <c r="C91" s="5">
-        <v>1.7732680700000287</v>
+        <v>1.7732680999999957</v>
       </c>
       <c r="D91" s="5">
-        <v>6.8152522593960763</v>
+        <v>6.8152523779935414</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>324.45250707999998</v>
+        <v>324.45250709999999</v>
       </c>
       <c r="C92" s="5">
-        <v>0.81302131999996163</v>
+        <v>0.81302130000000261</v>
       </c>
       <c r="D92" s="5">
-        <v>3.0565460448150672</v>
+        <v>3.0565459682003304</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>324.90048254999999</v>
+        <v>324.90048259999998</v>
       </c>
       <c r="C93" s="5">
-        <v>0.44797547000001714</v>
+        <v>0.44797549999998409</v>
       </c>
       <c r="D93" s="5">
-        <v>1.6694945007194706</v>
+        <v>1.6694946132685073</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>326.44960994000002</v>
+        <v>326.44960989999998</v>
       </c>
       <c r="C94" s="5">
-        <v>1.5491273900000238</v>
+        <v>1.5491273000000092</v>
       </c>
       <c r="D94" s="5">
-        <v>5.8740610572486585</v>
+        <v>5.874060706055273</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>327.33028841999999</v>
+        <v>327.33028839999997</v>
       </c>
       <c r="C95" s="5">
-        <v>0.88067847999997184</v>
+        <v>0.88067849999998771</v>
       </c>
       <c r="D95" s="5">
-        <v>3.2857648040734988</v>
+        <v>3.2857648802117723</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>326.98262698000002</v>
+        <v>326.98262699999998</v>
       </c>
       <c r="C96" s="5">
-        <v>-0.34766143999996757</v>
+        <v>-0.34766139999999268</v>
       </c>
       <c r="D96" s="5">
-        <v>-1.2671154018940589</v>
+        <v>-1.2671152570344235</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>327.72639384000001</v>
+        <v>327.72639379999998</v>
       </c>
       <c r="C97" s="5">
-        <v>0.74376685999999381</v>
+        <v>0.74376680000000306</v>
       </c>
       <c r="D97" s="5">
-        <v>2.7639731656635025</v>
+        <v>2.7639729397245683</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>328.40773754000003</v>
+        <v>328.4077375</v>
       </c>
       <c r="C98" s="5">
         <v>0.68134370000001354</v>
       </c>
       <c r="D98" s="5">
-        <v>2.5235273841135886</v>
+        <v>2.5235273844248951</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>328.29696035000001</v>
+        <v>328.29696039999999</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.11077719000002162</v>
+        <v>-0.11077710000000707</v>
       </c>
       <c r="D99" s="5">
-        <v>-0.40402910237851142</v>
+        <v>-0.40402877478618038</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>329.15103694999999</v>
+        <v>329.15103699999997</v>
       </c>
       <c r="C100" s="5">
         <v>0.85407659999998486</v>
       </c>
       <c r="D100" s="5">
-        <v>3.1669024644180865</v>
+        <v>3.1669024639289445</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>329.63919386999999</v>
+        <v>329.63919390000001</v>
       </c>
       <c r="C101" s="5">
-        <v>0.48815691999999444</v>
+        <v>0.48815690000003542</v>
       </c>
       <c r="D101" s="5">
-        <v>1.7942833973328298</v>
+        <v>1.794283322944823</v>
       </c>
       <c r="E101" s="5">
-        <v>2.640575037551951</v>
+        <v>2.6405750564809649</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>330.30953412999997</v>
+        <v>330.30953410000001</v>
       </c>
       <c r="C102" s="5">
-        <v>0.67034025999998903</v>
+        <v>0.67034019999999828</v>
       </c>
       <c r="D102" s="5">
-        <v>2.4677482268808948</v>
+        <v>2.4677480032972987</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>330.74166474999998</v>
+        <v>330.74166480000002</v>
       </c>
       <c r="C103" s="5">
-        <v>0.43213062000000946</v>
+        <v>0.43213070000001608</v>
       </c>
       <c r="D103" s="5">
-        <v>1.5812571151406996</v>
+        <v>1.5812574101318644</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>330.39087669000003</v>
+        <v>330.39087669999998</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.35078805999995666</v>
+        <v>-0.35078810000004523</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.2653344001395395</v>
+        <v>-1.265334543393748</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>333.13083803000001</v>
+        <v>333.13083799999998</v>
       </c>
       <c r="C105" s="5">
-        <v>2.7399613399999794</v>
+        <v>2.7399613000000045</v>
       </c>
       <c r="D105" s="5">
-        <v>10.418410708372638</v>
+        <v>10.418410548943768</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>333.44274371</v>
+        <v>333.44274369999999</v>
       </c>
       <c r="C106" s="5">
-        <v>0.3119056799999953</v>
+        <v>0.31190570000001117</v>
       </c>
       <c r="D106" s="5">
-        <v>1.1293468452378219</v>
+        <v>1.1293469181292926</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>332.04879431000001</v>
+        <v>332.0487943</v>
       </c>
       <c r="C107" s="5">
         <v>-1.3939493999999968</v>
       </c>
       <c r="D107" s="5">
-        <v>-4.902819430878214</v>
+        <v>-4.9028194310219764</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>334.95899494000003</v>
+        <v>334.95899489999999</v>
       </c>
       <c r="C108" s="5">
-        <v>2.9102006300000198</v>
+        <v>2.910200599999996</v>
       </c>
       <c r="D108" s="5">
-        <v>11.039333327904476</v>
+        <v>11.039333208912439</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>335.32392043999999</v>
+        <v>335.32392040000002</v>
       </c>
       <c r="C109" s="5">
-        <v>0.36492549999996982</v>
+        <v>0.36492550000002666</v>
       </c>
       <c r="D109" s="5">
-        <v>1.315218102299287</v>
+        <v>1.3152181024573162</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>336.05851654999998</v>
+        <v>336.05851660000002</v>
       </c>
       <c r="C110" s="5">
-        <v>0.73459610999998404</v>
+        <v>0.73459619999999859</v>
       </c>
       <c r="D110" s="5">
-        <v>2.6607542631133629</v>
+        <v>2.6607545933580168</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>337.44435544999999</v>
+        <v>337.44435549999997</v>
       </c>
       <c r="C111" s="5">
-        <v>1.3858389000000102</v>
+        <v>1.3858388999999534</v>
       </c>
       <c r="D111" s="5">
-        <v>5.0623579747958614</v>
+        <v>5.0623579740252778</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
         <v>337.89751690000003</v>
       </c>
       <c r="C112" s="5">
-        <v>0.45316145000003871</v>
+        <v>0.45316140000005589</v>
       </c>
       <c r="D112" s="5">
-        <v>1.6234625480132436</v>
+        <v>1.6234623673195392</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>338.82925524000001</v>
+        <v>338.82925519999998</v>
       </c>
       <c r="C113" s="5">
-        <v>0.93173833999998124</v>
+        <v>0.9317382999999495</v>
       </c>
       <c r="D113" s="5">
-        <v>3.359597802454406</v>
+        <v>3.3595976560305107</v>
       </c>
       <c r="E113" s="5">
-        <v>2.7879152542838348</v>
+        <v>2.7879152327947576</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>338.82457957999998</v>
+        <v>338.82457959999999</v>
       </c>
       <c r="C114" s="5">
-        <v>-4.6756600000321669E-3</v>
+        <v>-4.6755999999845699E-3</v>
       </c>
       <c r="D114" s="5">
-        <v>-1.6558092580476469E-2</v>
+        <v>-1.6557880118173163E-2</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>339.06640771000002</v>
+        <v>339.06640770000001</v>
       </c>
       <c r="C115" s="5">
-        <v>0.24182813000004444</v>
+        <v>0.24182810000002064</v>
       </c>
       <c r="D115" s="5">
-        <v>0.85984206179356981</v>
+        <v>0.85984195465571567</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>338.87266068999998</v>
+        <v>338.87266069999998</v>
       </c>
       <c r="C116" s="5">
-        <v>-0.19374702000004618</v>
+        <v>-0.19374700000003031</v>
       </c>
       <c r="D116" s="5">
-        <v>-0.68354494958995371</v>
+        <v>-0.68354487927100305</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
         <v>338.78412049999997</v>
       </c>
       <c r="C117" s="5">
-        <v>-8.8540190000003349E-2</v>
+        <v>-8.8540200000011282E-2</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.31308420844191609</v>
+        <v>-0.3130842437426451</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
         <v>339.68978850000002</v>
       </c>
       <c r="C118" s="5">
         <v>0.90566800000004832</v>
       </c>
       <c r="D118" s="5">
         <v>3.2555368696135289</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
         <v>340.01004169999999</v>
       </c>
       <c r="C119" s="5">
         <v>0.32025319999996782</v>
       </c>
       <c r="D119" s="5">
         <v>1.1372224260835839</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>342.52571721999999</v>
+        <v>342.52571719999997</v>
       </c>
       <c r="C120" s="5">
-        <v>2.5156755200000021</v>
+        <v>2.5156754999999862</v>
       </c>
       <c r="D120" s="5">
-        <v>9.248954795817955</v>
+        <v>9.24895471926963</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>344.03320686000001</v>
+        <v>344.03320689999998</v>
       </c>
       <c r="C121" s="5">
-        <v>1.5074896400000171</v>
+        <v>1.5074897000000078</v>
       </c>
       <c r="D121" s="5">
-        <v>5.4110529717784406</v>
+        <v>5.4110531927086036</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>344.82121684999998</v>
+        <v>344.82121690000002</v>
       </c>
       <c r="C122" s="5">
-        <v>0.78800998999997773</v>
+        <v>0.78801000000004251</v>
       </c>
       <c r="D122" s="5">
-        <v>2.7834988163349061</v>
+        <v>2.7834988517768888</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>345.38555387999997</v>
+        <v>345.38555389999999</v>
       </c>
       <c r="C123" s="5">
-        <v>0.56433702999999014</v>
+        <v>0.56433699999996634</v>
       </c>
       <c r="D123" s="5">
-        <v>1.9817039339248499</v>
+        <v>1.9817038273377774</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>346.12318733000001</v>
+        <v>346.12318729999998</v>
       </c>
       <c r="C124" s="5">
-        <v>0.73763345000003255</v>
+        <v>0.73763339999999289</v>
       </c>
       <c r="D124" s="5">
-        <v>2.5931363200862645</v>
+        <v>2.59313614209018</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>346.59062127999999</v>
+        <v>346.59062130000001</v>
       </c>
       <c r="C125" s="5">
-        <v>0.467433949999986</v>
+        <v>0.46743400000002566</v>
       </c>
       <c r="D125" s="5">
-        <v>1.63267271243277</v>
+        <v>1.6326728885167174</v>
       </c>
       <c r="E125" s="5">
-        <v>2.2906422394082915</v>
+        <v>2.2906422573867546</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>346.86936401000003</v>
+        <v>346.86936400000002</v>
       </c>
       <c r="C126" s="5">
-        <v>0.27874273000003313</v>
+        <v>0.27874270000000934</v>
       </c>
       <c r="D126" s="5">
-        <v>0.96937076364624897</v>
+        <v>0.96937065879829643</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>347.10597605999999</v>
+        <v>347.10597610000002</v>
       </c>
       <c r="C127" s="5">
-        <v>0.23661204999996244</v>
+        <v>0.2366121000000021</v>
       </c>
       <c r="D127" s="5">
-        <v>0.82164113020462004</v>
+        <v>0.82164130450690376</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>347.72315945000003</v>
+        <v>347.72315950000001</v>
       </c>
       <c r="C128" s="5">
-        <v>0.61718339000003652</v>
+        <v>0.61718339999998761</v>
       </c>
       <c r="D128" s="5">
-        <v>2.1546907383380942</v>
+        <v>2.1546907733410947</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
         <v>348.16401969999998</v>
       </c>
       <c r="C129" s="5">
-        <v>0.44086024999995743</v>
+        <v>0.44086019999997461</v>
       </c>
       <c r="D129" s="5">
-        <v>1.5320721403354387</v>
+        <v>1.5320719651408021</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>348.45036381</v>
+        <v>348.45036379999999</v>
       </c>
       <c r="C130" s="5">
-        <v>0.28634411000001592</v>
+        <v>0.28634410000000798</v>
       </c>
       <c r="D130" s="5">
-        <v>0.99140487690221324</v>
+        <v>0.9914048421225452</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
         <v>349.35066430000001</v>
       </c>
       <c r="C131" s="5">
-        <v>0.90030049000000645</v>
+        <v>0.90030050000001438</v>
       </c>
       <c r="D131" s="5">
-        <v>3.1449128941849924</v>
+        <v>3.1449129297061118</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>350.17935281000001</v>
+        <v>350.1793528</v>
       </c>
       <c r="C132" s="5">
-        <v>0.82868851000000632</v>
+        <v>0.82868849999999838</v>
       </c>
       <c r="D132" s="5">
-        <v>2.8839306213189309</v>
+        <v>2.8839305860626441</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>351.12298039000001</v>
+        <v>351.12298040000002</v>
       </c>
       <c r="C133" s="5">
-        <v>0.94362757999999758</v>
+        <v>0.94362760000001344</v>
       </c>
       <c r="D133" s="5">
-        <v>3.2819958471258737</v>
+        <v>3.2819959178163494</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>353.00134754999999</v>
+        <v>353.00134759999997</v>
       </c>
       <c r="C134" s="5">
-        <v>1.8783671599999821</v>
+        <v>1.8783671999999569</v>
       </c>
       <c r="D134" s="5">
-        <v>6.611808038188105</v>
+        <v>6.6118081829616315</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>354.04344634</v>
+        <v>354.04344630000003</v>
       </c>
       <c r="C135" s="5">
-        <v>1.0420987900000114</v>
+        <v>1.0420987000000537</v>
       </c>
       <c r="D135" s="5">
-        <v>3.6006204115627938</v>
+        <v>3.6006200950136735</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>354.04826987000001</v>
+        <v>354.04826989999998</v>
       </c>
       <c r="C136" s="5">
-        <v>4.8235300000101233E-3</v>
+        <v>4.8235999999519663E-3</v>
       </c>
       <c r="D136" s="5">
-        <v>1.6350167775902591E-2</v>
+        <v>1.6350405072085294E-2</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>354.03622946000002</v>
+        <v>354.03622949999999</v>
       </c>
       <c r="C137" s="5">
-        <v>-1.2040409999997337E-2</v>
+        <v>-1.2040399999989404E-2</v>
       </c>
       <c r="D137" s="5">
-        <v>-4.0801752320884788E-2</v>
+        <v>-4.0801718436278556E-2</v>
       </c>
       <c r="E137" s="5">
-        <v>2.1482428325678704</v>
+        <v>2.1482428382143759</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>359.11035952999998</v>
+        <v>359.11035950000002</v>
       </c>
       <c r="C138" s="5">
-        <v>5.074130069999967</v>
+        <v>5.0741300000000251</v>
       </c>
       <c r="D138" s="5">
-        <v>18.621311996652381</v>
+        <v>18.62131171691146</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
         <v>358.81281619999999</v>
       </c>
       <c r="C139" s="5">
-        <v>-0.29754332999999633</v>
+        <v>-0.29754330000002938</v>
       </c>
       <c r="D139" s="5">
-        <v>-0.98974970734139189</v>
+        <v>-0.989749608085988</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>359.12579923999999</v>
+        <v>359.12579920000002</v>
       </c>
       <c r="C140" s="5">
-        <v>0.31298304000000599</v>
+        <v>0.3129830000000311</v>
       </c>
       <c r="D140" s="5">
-        <v>1.0517649480944691</v>
+        <v>1.0517648130306867</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
         <v>359.32635870000001</v>
       </c>
       <c r="C141" s="5">
-        <v>0.20055946000002223</v>
+        <v>0.20055949999999712</v>
       </c>
       <c r="D141" s="5">
-        <v>0.67222117504044387</v>
+        <v>0.67222130959676551</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>359.56353673000001</v>
+        <v>359.56353669999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.23717802999999549</v>
+        <v>0.23717799999997169</v>
       </c>
       <c r="D142" s="5">
-        <v>0.79495743053814572</v>
+        <v>0.79495732962071575</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>359.81234943999999</v>
+        <v>359.81234940000002</v>
       </c>
       <c r="C143" s="5">
-        <v>0.24881270999998151</v>
+        <v>0.24881270000003042</v>
       </c>
       <c r="D143" s="5">
-        <v>0.83355012397046124</v>
+        <v>0.83355009041177208</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>355.90603383000001</v>
+        <v>355.90603379999999</v>
       </c>
       <c r="C144" s="5">
-        <v>-3.9063156099999787</v>
+        <v>-3.9063156000000276</v>
       </c>
       <c r="D144" s="5">
-        <v>-12.277413306633001</v>
+        <v>-12.277413278340399</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>357.23868074000001</v>
+        <v>357.23868069999997</v>
       </c>
       <c r="C145" s="5">
-        <v>1.332646909999994</v>
+        <v>1.3326468999999861</v>
       </c>
       <c r="D145" s="5">
-        <v>4.5869534110250409</v>
+        <v>4.5869533762880499</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>356.00634879</v>
+        <v>356.00634880000001</v>
       </c>
       <c r="C146" s="5">
-        <v>-1.2323319500000025</v>
+        <v>-1.2323318999999628</v>
       </c>
       <c r="D146" s="5">
-        <v>-4.061882347021406</v>
+        <v>-4.0618821857768772</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>355.58754914000002</v>
+        <v>355.58754909999999</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.41879964999998265</v>
+        <v>-0.41879970000002231</v>
       </c>
       <c r="D147" s="5">
-        <v>-1.4025611783839764</v>
+        <v>-1.4025613447130492</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>355.98522567999999</v>
+        <v>355.9852257</v>
       </c>
       <c r="C148" s="5">
-        <v>0.39767653999996355</v>
+        <v>0.39767660000001115</v>
       </c>
       <c r="D148" s="5">
-        <v>1.3503232945611954</v>
+        <v>1.3503234997008118</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
         <v>355.46303039999998</v>
       </c>
       <c r="C149" s="5">
-        <v>-0.52219528000000537</v>
+        <v>-0.52219530000002123</v>
       </c>
       <c r="D149" s="5">
-        <v>-1.7461491950709118</v>
+        <v>-1.7461492613121909</v>
       </c>
       <c r="E149" s="5">
-        <v>0.4030098677121785</v>
+        <v>0.40300985636838593</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>356.01002493999999</v>
+        <v>356.01002490000002</v>
       </c>
       <c r="C150" s="5">
-        <v>0.54699454000001424</v>
+        <v>0.54699450000003935</v>
       </c>
       <c r="D150" s="5">
-        <v>1.8622961829189544</v>
+        <v>1.8622960455806359</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>356.89121123000001</v>
+        <v>356.89121119999999</v>
       </c>
       <c r="C151" s="5">
-        <v>0.88118629000001647</v>
+        <v>0.88118629999996756</v>
       </c>
       <c r="D151" s="5">
-        <v>3.0109774665805</v>
+        <v>3.0109775015593643</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>357.54074315999998</v>
+        <v>357.54074320000001</v>
       </c>
       <c r="C152" s="5">
-        <v>0.64953192999996645</v>
+        <v>0.64953200000002198</v>
       </c>
       <c r="D152" s="5">
-        <v>2.2059604548559486</v>
+        <v>2.205960695164455</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>358.23003942999998</v>
+        <v>358.23003940000001</v>
       </c>
       <c r="C153" s="5">
-        <v>0.68929626999999982</v>
+        <v>0.68929620000000114</v>
       </c>
       <c r="D153" s="5">
-        <v>2.3381468176466136</v>
+        <v>2.3381465774132915</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>359.91263357000003</v>
+        <v>359.91263359999999</v>
       </c>
       <c r="C154" s="5">
-        <v>1.6825941400000488</v>
+        <v>1.6825941999999827</v>
       </c>
       <c r="D154" s="5">
-        <v>5.7842683724525612</v>
+        <v>5.7842685845694408</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>359.21657880999999</v>
+        <v>359.21657879999998</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.69605476000003819</v>
+        <v>-0.69605480000001307</v>
       </c>
       <c r="D155" s="5">
-        <v>-2.2962189902704933</v>
+        <v>-2.2962191206368332</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>357.75679038999999</v>
+        <v>357.7567904</v>
       </c>
       <c r="C156" s="5">
-        <v>-1.4597884199999953</v>
+        <v>-1.4597883999999794</v>
       </c>
       <c r="D156" s="5">
-        <v>-4.7690405906273377</v>
+        <v>-4.7690405268716702</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>359.64667095999999</v>
+        <v>359.64667100000003</v>
       </c>
       <c r="C157" s="5">
-        <v>1.8898805700000025</v>
+        <v>1.8898806000000263</v>
       </c>
       <c r="D157" s="5">
-        <v>6.5265613361777053</v>
+        <v>6.5265614426211149</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>360.93797825000001</v>
+        <v>360.9379783</v>
       </c>
       <c r="C158" s="5">
-        <v>1.2913072900000202</v>
+        <v>1.2913072999999713</v>
       </c>
       <c r="D158" s="5">
-        <v>4.3946975892902085</v>
+        <v>4.3946976234993995</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>361.24045976000002</v>
+        <v>361.2404598</v>
       </c>
       <c r="C159" s="5">
-        <v>0.30248151000000689</v>
+        <v>0.30248149999999896</v>
       </c>
       <c r="D159" s="5">
-        <v>1.0102997379192402</v>
+        <v>1.0102997042240824</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>362.44853323000001</v>
+        <v>362.44853319999999</v>
       </c>
       <c r="C160" s="5">
-        <v>1.208073469999988</v>
+        <v>1.2080733999999893</v>
       </c>
       <c r="D160" s="5">
-        <v>4.0877265090929704</v>
+        <v>4.0877262674012371</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>362.19999233999999</v>
+        <v>362.19999239999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-0.24854089000001522</v>
+        <v>-0.24854080000000067</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.81977649612570147</v>
+        <v>-0.8197762004598208</v>
       </c>
       <c r="E161" s="5">
-        <v>1.8952637444234144</v>
+        <v>1.8952637613028234</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>361.32115191000003</v>
+        <v>361.32115190000002</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.87884042999996836</v>
+        <v>-0.87884049999996705</v>
       </c>
       <c r="D162" s="5">
-        <v>-2.8731303514892725</v>
+        <v>-2.873130576820293</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>360.07303053999999</v>
+        <v>360.07303059999998</v>
       </c>
       <c r="C163" s="5">
-        <v>-1.2481213700000353</v>
+        <v>-1.2481213000000366</v>
       </c>
       <c r="D163" s="5">
-        <v>-4.0673383887458776</v>
+        <v>-4.0673381650588203</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>359.97420233999998</v>
+        <v>359.9742023</v>
       </c>
       <c r="C164" s="5">
-        <v>-9.8828200000014021E-2</v>
+        <v>-9.8828299999979663E-2</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.32886378055194676</v>
+        <v>-0.32886411275797611</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>358.22861318000002</v>
+        <v>358.22861319999998</v>
       </c>
       <c r="C165" s="5">
-        <v>-1.7455891599999518</v>
+        <v>-1.7455891000000179</v>
       </c>
       <c r="D165" s="5">
-        <v>-5.666331296558913</v>
+        <v>-5.6663311075718319</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>358.29851879</v>
+        <v>358.29851880000001</v>
       </c>
       <c r="C166" s="5">
-        <v>6.9905609999977969E-2</v>
+        <v>6.990560000002688E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>0.23442243792151096</v>
+        <v>0.2344224043384413</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>358.54144841999999</v>
+        <v>358.54144839999998</v>
       </c>
       <c r="C167" s="5">
-        <v>0.2429296299999919</v>
+        <v>0.2429295999999681</v>
       </c>
       <c r="D167" s="5">
-        <v>0.81665169464220089</v>
+        <v>0.81665159339239235</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>357.82120194999999</v>
+        <v>357.82120200000003</v>
       </c>
       <c r="C168" s="5">
-        <v>-0.72024647000000641</v>
+        <v>-0.72024639999995088</v>
       </c>
       <c r="D168" s="5">
-        <v>-2.3841322253062791</v>
+        <v>-2.3841319962803031</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>358.41348155999998</v>
+        <v>358.41348160000001</v>
       </c>
       <c r="C169" s="5">
-        <v>0.59227960999999141</v>
+        <v>0.59227959999998347</v>
       </c>
       <c r="D169" s="5">
-        <v>2.0044697353865937</v>
+        <v>2.0044697009520496</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>357.94723435999998</v>
+        <v>357.94723440000001</v>
       </c>
       <c r="C170" s="5">
         <v>-0.46624719999999797</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.5499162734004202</v>
+        <v>-1.5499162732287686</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>357.30888038000001</v>
+        <v>357.30888040000002</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.63835397999997667</v>
+        <v>-0.63835399999999254</v>
       </c>
       <c r="D171" s="5">
-        <v>-2.1191829123931027</v>
+        <v>-2.1191829779039995</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>356.84572985</v>
+        <v>356.84572989999998</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.46315053000000717</v>
+        <v>-0.46315050000004021</v>
       </c>
       <c r="D172" s="5">
-        <v>-1.5444212635906562</v>
+        <v>-1.5444211641790551</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>358.22567734</v>
+        <v>358.2256774</v>
       </c>
       <c r="C173" s="5">
-        <v>1.3799474900000064</v>
+        <v>1.3799475000000143</v>
       </c>
       <c r="D173" s="5">
-        <v>4.7404655559791786</v>
+        <v>4.740465590387033</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.0972708680427767</v>
+        <v>-1.097270867861011</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>359.42774943000001</v>
+        <v>359.42774939999998</v>
       </c>
       <c r="C174" s="5">
-        <v>1.2020720900000015</v>
+        <v>1.2020719999999869</v>
       </c>
       <c r="D174" s="5">
-        <v>4.10190868248832</v>
+        <v>4.1019083689855629</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>359.86359980999998</v>
+        <v>359.86359979999997</v>
       </c>
       <c r="C175" s="5">
-        <v>0.43585037999997667</v>
+        <v>0.43585039999999253</v>
       </c>
       <c r="D175" s="5">
-        <v>1.4648920174465507</v>
+        <v>1.464892085238767</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
         <v>360.07454259999997</v>
       </c>
       <c r="C176" s="5">
-        <v>0.21094278999999005</v>
+        <v>0.21094279999999799</v>
       </c>
       <c r="D176" s="5">
-        <v>0.70568134644299896</v>
+        <v>0.70568138002433667</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>359.48516928999999</v>
+        <v>359.4851693</v>
       </c>
       <c r="C177" s="5">
-        <v>-0.58937330999998494</v>
+        <v>-0.58937329999997701</v>
       </c>
       <c r="D177" s="5">
-        <v>-1.9465847624602794</v>
+        <v>-1.9465847297290173</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>357.89660866999998</v>
+        <v>357.8966087</v>
       </c>
       <c r="C178" s="5">
-        <v>-1.5885606200000097</v>
+        <v>-1.5885605999999939</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.1757839766230269</v>
+        <v>-5.1757839128947047</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>357.10694543</v>
+        <v>357.10694539999997</v>
       </c>
       <c r="C179" s="5">
-        <v>-0.78966323999998167</v>
+        <v>-0.78966330000002927</v>
       </c>
       <c r="D179" s="5">
-        <v>-2.6157855432428767</v>
+        <v>-2.6157857393727557</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>357.02240148999999</v>
+        <v>357.0224015</v>
       </c>
       <c r="C180" s="5">
-        <v>-8.4543940000003204E-2</v>
+        <v>-8.4543899999971472E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>-0.28372657301036774</v>
+        <v>-0.28372643897009997</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>355.90463376999998</v>
+        <v>355.9046338</v>
       </c>
       <c r="C181" s="5">
-        <v>-1.1177677200000176</v>
+        <v>-1.1177677000000017</v>
       </c>
       <c r="D181" s="5">
-        <v>-3.6929442498138898</v>
+        <v>-3.6929441847686206</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>354.39586423999998</v>
+        <v>354.39586420000001</v>
       </c>
       <c r="C182" s="5">
-        <v>-1.508769529999995</v>
+        <v>-1.5087695999999937</v>
       </c>
       <c r="D182" s="5">
-        <v>-4.9701526047230438</v>
+        <v>-4.9701528295564401</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>353.99951200999999</v>
+        <v>353.99951199999998</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.39635222999999087</v>
+        <v>-0.39635220000002391</v>
       </c>
       <c r="D183" s="5">
-        <v>-1.3338415681244831</v>
+        <v>-1.3338414679355481</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>351.64043783</v>
+        <v>351.64043789999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-2.3590741799999932</v>
+        <v>-2.3590740999999866</v>
       </c>
       <c r="D184" s="5">
-        <v>-7.7101828963890835</v>
+        <v>-7.7101826446420274</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>351.49115410000002</v>
+        <v>351.49115419999998</v>
       </c>
       <c r="C185" s="5">
-        <v>-0.14928372999997919</v>
+        <v>-0.14928370000001223</v>
       </c>
       <c r="D185" s="5">
-        <v>-0.50825435660167839</v>
+        <v>-0.50825425460065965</v>
       </c>
       <c r="E185" s="5">
-        <v>-1.8799666428177653</v>
+        <v>-1.8799666313367491</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
         <v>351.41087199999998</v>
       </c>
       <c r="C186" s="5">
-        <v>-8.0282100000033552E-2</v>
+        <v>-8.0282199999999193E-2</v>
       </c>
       <c r="D186" s="5">
-        <v>-0.27374114036714525</v>
+        <v>-0.27374148083513239</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
         <v>350.73717520000002</v>
       </c>
       <c r="C187" s="5">
         <v>-0.67369679999995924</v>
       </c>
       <c r="D187" s="5">
         <v>-2.2764410067037333</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>351.22594169000001</v>
+        <v>351.22594170000002</v>
       </c>
       <c r="C188" s="5">
-        <v>0.48876648999998906</v>
+        <v>0.488766499999997</v>
       </c>
       <c r="D188" s="5">
-        <v>1.685125336613047</v>
+        <v>1.6851253713548564</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>351.46639391000002</v>
+        <v>351.46639390000001</v>
       </c>
       <c r="C189" s="5">
-        <v>0.24045222000000877</v>
+        <v>0.2404521999999929</v>
       </c>
       <c r="D189" s="5">
-        <v>0.82463046079912505</v>
+        <v>0.82463039192712806</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>351.31208805</v>
+        <v>351.31208800000002</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.15430586000002222</v>
+        <v>-0.15430589999999711</v>
       </c>
       <c r="D190" s="5">
-        <v>-0.52557105884141198</v>
+        <v>-0.52557119476878134</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>351.11263197</v>
+        <v>351.1126319</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.19945608000000448</v>
+        <v>-0.19945610000002034</v>
       </c>
       <c r="D191" s="5">
-        <v>-0.679171966946579</v>
+        <v>-0.67917203493288447</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>352.30757511000002</v>
+        <v>352.30757510000001</v>
       </c>
       <c r="C192" s="5">
-        <v>1.1949431400000208</v>
+        <v>1.1949432000000115</v>
       </c>
       <c r="D192" s="5">
-        <v>4.1612834523478082</v>
+        <v>4.1612836660639418</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>351.34674931000001</v>
+        <v>351.3467493</v>
       </c>
       <c r="C193" s="5">
         <v>-0.96082580000000917</v>
       </c>
       <c r="D193" s="5">
-        <v>-3.2240368127070651</v>
+        <v>-3.2240368127971708</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>351.24906543999998</v>
+        <v>351.24906549999997</v>
       </c>
       <c r="C194" s="5">
-        <v>-9.7683870000025763E-2</v>
+        <v>-9.7683800000027077E-2</v>
       </c>
       <c r="D194" s="5">
-        <v>-0.33312265588435475</v>
+        <v>-0.33312241754399619</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>349.64732208999999</v>
+        <v>349.64732220000002</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.6017433499999925</v>
+        <v>-1.6017432999999528</v>
       </c>
       <c r="D195" s="5">
-        <v>-5.3369816904307861</v>
+        <v>-5.3369815270986276</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>349.53816810000001</v>
+        <v>349.53816819999997</v>
       </c>
       <c r="C196" s="5">
-        <v>-0.1091539899999816</v>
+        <v>-0.10915400000004638</v>
       </c>
       <c r="D196" s="5">
-        <v>-0.37397718156203519</v>
+        <v>-0.37397721564740305</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>349.8592079</v>
+        <v>349.85920809999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.3210397999999941</v>
+        <v>0.32103990000001659</v>
       </c>
       <c r="D197" s="5">
-        <v>1.1077469485326175</v>
+        <v>1.1077472950088874</v>
       </c>
       <c r="E197" s="5">
-        <v>-0.46429225343626035</v>
+        <v>-0.46429222485394606</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>349.26564739999998</v>
+        <v>349.2656475</v>
       </c>
       <c r="C198" s="5">
-        <v>-0.59356050000002369</v>
+        <v>-0.59356059999998934</v>
       </c>
       <c r="D198" s="5">
-        <v>-2.0169934566320991</v>
+        <v>-2.016993792137689</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>348.94269255</v>
+        <v>348.94269259999999</v>
       </c>
       <c r="C199" s="5">
-        <v>-0.3229548499999737</v>
+        <v>-0.32295490000001337</v>
       </c>
       <c r="D199" s="5">
-        <v>-1.103976165158016</v>
+        <v>-1.1039763348933307</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>349.33859852000001</v>
+        <v>349.33859840000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.39590597000000116</v>
+        <v>0.39590580000003683</v>
       </c>
       <c r="D200" s="5">
-        <v>1.370033155844097</v>
+        <v>1.370032563685708</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>350.42300261999998</v>
+        <v>350.4230025</v>
       </c>
       <c r="C201" s="5">
         <v>1.084404099999972</v>
       </c>
       <c r="D201" s="5">
-        <v>3.7892552552866388</v>
+        <v>3.7892552566105131</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>350.78565950000001</v>
+        <v>350.78565939999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.36265688000003138</v>
+        <v>0.3626568999999904</v>
       </c>
       <c r="D202" s="5">
-        <v>1.2489874118303712</v>
+        <v>1.2489874815329038</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>350.97429642999998</v>
+        <v>350.97429620000003</v>
       </c>
       <c r="C203" s="5">
-        <v>0.18863692999997284</v>
+        <v>0.18863680000004024</v>
       </c>
       <c r="D203" s="5">
-        <v>0.64721866205388334</v>
+        <v>0.64721821488564757</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>349.68976751999998</v>
+        <v>349.68976739999999</v>
       </c>
       <c r="C204" s="5">
-        <v>-1.2845289100000059</v>
+        <v>-1.2845288000000323</v>
       </c>
       <c r="D204" s="5">
-        <v>-4.3045372699230811</v>
+        <v>-4.3045369114585892</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>350.04112601000003</v>
+        <v>350.0411259</v>
       </c>
       <c r="C205" s="5">
-        <v>0.35135849000005237</v>
+        <v>0.35135850000000346</v>
       </c>
       <c r="D205" s="5">
-        <v>1.2124119177803871</v>
+        <v>1.21241195289572</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>351.35244244</v>
+        <v>351.35244269999998</v>
       </c>
       <c r="C206" s="5">
-        <v>1.3113164299999767</v>
+        <v>1.311316799999986</v>
       </c>
       <c r="D206" s="5">
-        <v>4.5892036585670315</v>
+        <v>4.589204981720485</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>352.11016384999999</v>
+        <v>352.11016389999998</v>
       </c>
       <c r="C207" s="5">
-        <v>0.75772140999998783</v>
+        <v>0.75772119999999177</v>
       </c>
       <c r="D207" s="5">
-        <v>2.6188194125117192</v>
+        <v>2.6188186761230581</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>352.85156448999999</v>
+        <v>352.85156469999998</v>
       </c>
       <c r="C208" s="5">
-        <v>0.74140063999999484</v>
+        <v>0.74140080000000808</v>
       </c>
       <c r="D208" s="5">
-        <v>2.5561789987968764</v>
+        <v>2.5561795564770673</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>353.26348992999999</v>
+        <v>353.2634903</v>
       </c>
       <c r="C209" s="5">
-        <v>0.41192544000000453</v>
+        <v>0.41192560000001777</v>
       </c>
       <c r="D209" s="5">
-        <v>1.4099321959191613</v>
+        <v>1.409932746241549</v>
       </c>
       <c r="E209" s="5">
-        <v>0.97304342807893462</v>
+        <v>0.97304347611366637</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>353.42241173000002</v>
+        <v>353.4224122</v>
       </c>
       <c r="C210" s="5">
-        <v>0.15892180000003009</v>
+        <v>0.15892189999999573</v>
       </c>
       <c r="D210" s="5">
-        <v>0.54117884419160323</v>
+        <v>0.5411791849977643</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>354.80838619999997</v>
+        <v>354.80838660000001</v>
       </c>
       <c r="C211" s="5">
-        <v>1.385974469999951</v>
+        <v>1.3859744000000092</v>
       </c>
       <c r="D211" s="5">
-        <v>4.8087353337463723</v>
+        <v>4.8087350790812611</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>355.16413906999998</v>
+        <v>355.16413920000002</v>
       </c>
       <c r="C212" s="5">
-        <v>0.35575287000000344</v>
+        <v>0.35575260000001663</v>
       </c>
       <c r="D212" s="5">
-        <v>1.2098517563010391</v>
+        <v>1.2098508316385148</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>355.53519714999999</v>
+        <v>355.5351958</v>
       </c>
       <c r="C213" s="5">
-        <v>0.37105808000001161</v>
+        <v>0.37105659999997442</v>
       </c>
       <c r="D213" s="5">
-        <v>1.2609302451647153</v>
+        <v>1.2609251864273752</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>356.91124678</v>
+        <v>356.91124669999999</v>
       </c>
       <c r="C214" s="5">
-        <v>1.3760496300000113</v>
+        <v>1.3760508999999956</v>
       </c>
       <c r="D214" s="5">
-        <v>4.7445860911594639</v>
+        <v>4.7445905821220213</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>358.05130510999999</v>
+        <v>358.05130480000003</v>
       </c>
       <c r="C215" s="5">
-        <v>1.140058329999988</v>
+        <v>1.1400581000000329</v>
       </c>
       <c r="D215" s="5">
-        <v>3.9011446610590639</v>
+        <v>3.9011438610383253</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>358.54116320000003</v>
+        <v>358.54116299999998</v>
       </c>
       <c r="C216" s="5">
-        <v>0.4898580900000411</v>
+        <v>0.48985819999995783</v>
       </c>
       <c r="D216" s="5">
-        <v>1.6541572692680306</v>
+        <v>1.6541576449592421</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>359.81581867</v>
+        <v>359.81581829999999</v>
       </c>
       <c r="C217" s="5">
-        <v>1.2746554699999706</v>
+        <v>1.2746553000000063</v>
       </c>
       <c r="D217" s="5">
-        <v>4.3505522308167066</v>
+        <v>4.3505516416689094</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>360.36659070000002</v>
+        <v>360.36659079999998</v>
       </c>
       <c r="C218" s="5">
-        <v>0.55077203000001873</v>
+        <v>0.55077249999999367</v>
       </c>
       <c r="D218" s="5">
-        <v>1.8523898909885705</v>
+        <v>1.8523914869736702</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>361.72268737000002</v>
+        <v>361.72268680000002</v>
       </c>
       <c r="C219" s="5">
-        <v>1.3560966699999994</v>
+        <v>1.3560960000000364</v>
       </c>
       <c r="D219" s="5">
-        <v>4.6103684259549249</v>
+        <v>4.6103660994774698</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>362.42889948999999</v>
+        <v>362.42890080000001</v>
       </c>
       <c r="C220" s="5">
-        <v>0.70621211999997513</v>
+        <v>0.70621399999998857</v>
       </c>
       <c r="D220" s="5">
-        <v>2.3681510610687795</v>
+        <v>2.368157436919538</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>362.91254178000003</v>
+        <v>362.91254220000002</v>
       </c>
       <c r="C221" s="5">
-        <v>0.48364229000003434</v>
+        <v>0.48364140000001044</v>
       </c>
       <c r="D221" s="5">
-        <v>1.6131422230103221</v>
+        <v>1.613139226806326</v>
       </c>
       <c r="E221" s="5">
-        <v>2.7314036477168901</v>
+        <v>2.7314036590098345</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>363.89210292000001</v>
+        <v>363.89210409999998</v>
       </c>
       <c r="C222" s="5">
-        <v>0.97956113999998706</v>
+        <v>0.97956189999996468</v>
       </c>
       <c r="D222" s="5">
-        <v>3.2875185613862934</v>
+        <v>3.287521146155381</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>364.25646368000002</v>
+        <v>364.25646510000001</v>
       </c>
       <c r="C223" s="5">
-        <v>0.36436076000001094</v>
+        <v>0.3643610000000308</v>
       </c>
       <c r="D223" s="5">
-        <v>1.2081846276427166</v>
+        <v>1.2081854239078149</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>363.42364964000001</v>
+        <v>363.42365039999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.83281404000001658</v>
+        <v>-0.83281470000002855</v>
       </c>
       <c r="D224" s="5">
-        <v>-2.7093688042420294</v>
+        <v>-2.7093709140425526</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>365.35600295</v>
+        <v>365.35600030000001</v>
       </c>
       <c r="C225" s="5">
-        <v>1.9323533099999963</v>
+        <v>1.9323499000000197</v>
       </c>
       <c r="D225" s="5">
-        <v>6.5704362247128723</v>
+        <v>6.5704242746431163</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>365.57347040000002</v>
+        <v>365.57347010000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.21746745000001511</v>
+        <v>0.21746980000000349</v>
       </c>
       <c r="D226" s="5">
-        <v>0.71660776500652723</v>
+        <v>0.7166155394076501</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>365.33107761000002</v>
+        <v>365.33107680000001</v>
       </c>
       <c r="C227" s="5">
-        <v>-0.24239278999999669</v>
+        <v>-0.24239330000000336</v>
       </c>
       <c r="D227" s="5">
-        <v>-0.79276253086465465</v>
+        <v>-0.79276419342534377</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>367.30588134999999</v>
+        <v>367.30588080000001</v>
       </c>
       <c r="C228" s="5">
-        <v>1.9748037399999703</v>
+        <v>1.974804000000006</v>
       </c>
       <c r="D228" s="5">
-        <v>6.682988676560897</v>
+        <v>6.6829895980170306</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>368.50061671999998</v>
+        <v>368.50061570000003</v>
       </c>
       <c r="C229" s="5">
-        <v>1.1947353699999894</v>
+        <v>1.1947349000000145</v>
       </c>
       <c r="D229" s="5">
-        <v>3.9738294582722489</v>
+        <v>3.9738278729822163</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>365.65989953000002</v>
+        <v>365.65989869999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-2.8407171899999639</v>
+        <v>-2.8407170000000406</v>
       </c>
       <c r="D230" s="5">
-        <v>-8.8683153152579575</v>
+        <v>-8.8683147705405538</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>368.31233838000003</v>
+        <v>368.3123367</v>
       </c>
       <c r="C231" s="5">
-        <v>2.65243885000001</v>
+        <v>2.6524380000000178</v>
       </c>
       <c r="D231" s="5">
-        <v>9.0604253651755062</v>
+        <v>9.0604223662620331</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>368.03920556000003</v>
+        <v>368.03920790000001</v>
       </c>
       <c r="C232" s="5">
-        <v>-0.27313282000000072</v>
+        <v>-0.27312879999999495</v>
       </c>
       <c r="D232" s="5">
-        <v>-0.88627455910482711</v>
+        <v>-0.88626157199748201</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>367.57494385000001</v>
+        <v>367.57494450000002</v>
       </c>
       <c r="C233" s="5">
-        <v>-0.46426171000001659</v>
+        <v>-0.464263399999993</v>
       </c>
       <c r="D233" s="5">
-        <v>-1.5032774173394547</v>
+        <v>-1.503282842150333</v>
       </c>
       <c r="E233" s="5">
-        <v>1.2847178130389159</v>
+        <v>1.2847178749282762</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>367.12962797</v>
+        <v>367.12962979999998</v>
       </c>
       <c r="C234" s="5">
-        <v>-0.44531588000000966</v>
+        <v>-0.44531470000003992</v>
       </c>
       <c r="D234" s="5">
-        <v>-1.4441482289556662</v>
+        <v>-1.4441444251707125</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>367.03574950000001</v>
+        <v>367.03575960000001</v>
       </c>
       <c r="C235" s="5">
-        <v>-9.3878469999992831E-2</v>
+        <v>-9.3870199999969373E-2</v>
       </c>
       <c r="D235" s="5">
-        <v>-0.30642000382261614</v>
+        <v>-0.30639304690652791</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>365.43323729999997</v>
+        <v>365.43323759999998</v>
       </c>
       <c r="C236" s="5">
-        <v>-1.6025122000000351</v>
+        <v>-1.6025220000000218</v>
       </c>
       <c r="D236" s="5">
-        <v>-5.1153104720502496</v>
+        <v>-5.1153408694696196</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>364.37873637000001</v>
+        <v>364.37873039999999</v>
       </c>
       <c r="C237" s="5">
-        <v>-1.0545009299999606</v>
+        <v>-1.0545071999999891</v>
       </c>
       <c r="D237" s="5">
-        <v>-3.4083106207745684</v>
+        <v>-3.4083305630871696</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>364.18857523999998</v>
+        <v>364.18857270000001</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.19016113000003543</v>
+        <v>-0.19015769999998611</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.62445878905481589</v>
+        <v>-0.62444756799370227</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>363.96127847999998</v>
+        <v>363.96127469999999</v>
       </c>
       <c r="C239" s="5">
-        <v>-0.22729676000000154</v>
+        <v>-0.22729800000001887</v>
       </c>
       <c r="D239" s="5">
-        <v>-0.74637646292078363</v>
+        <v>-0.7463805259409706</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>364.00685067000001</v>
+        <v>364.00684619999998</v>
       </c>
       <c r="C240" s="5">
-        <v>4.5572190000029877E-2</v>
+        <v>4.5571499999994103E-2</v>
       </c>
       <c r="D240" s="5">
-        <v>0.15035749040617219</v>
+        <v>0.15035521386592698</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>363.06376551</v>
+        <v>363.06376119999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.94308516000000964</v>
+        <v>-0.9430849999999964</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.0650914855408717</v>
+        <v>-3.0650910100218032</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>362.00686985999999</v>
+        <v>362.00687440000002</v>
       </c>
       <c r="C242" s="5">
-        <v>-1.0568956500000013</v>
+        <v>-1.0568867999999725</v>
       </c>
       <c r="D242" s="5">
-        <v>-3.4378657770432808</v>
+        <v>-3.4378374892876429</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>361.76134810000002</v>
+        <v>361.7613465</v>
       </c>
       <c r="C243" s="5">
-        <v>-0.24552175999997417</v>
+        <v>-0.24552790000001323</v>
       </c>
       <c r="D243" s="5">
-        <v>-0.81083977531346552</v>
+        <v>-0.81085996705494434</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>363.04769934000001</v>
+        <v>363.04770409999998</v>
       </c>
       <c r="C244" s="5">
-        <v>1.2863512399999877</v>
+        <v>1.2863575999999739</v>
       </c>
       <c r="D244" s="5">
-        <v>4.3514063782223777</v>
+        <v>4.3514283346330007</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>362.46375354999998</v>
+        <v>362.46375540000003</v>
       </c>
       <c r="C245" s="5">
-        <v>-0.58394579000002977</v>
+        <v>-0.5839486999999508</v>
       </c>
       <c r="D245" s="5">
-        <v>-1.9131618604637857</v>
+        <v>-1.913171285352</v>
       </c>
       <c r="E245" s="5">
-        <v>-1.3905165152077958</v>
+        <v>-1.3905161862848292</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>362.48254717999998</v>
+        <v>362.48256120000002</v>
       </c>
       <c r="C246" s="5">
-        <v>1.8793630000004669E-2</v>
+        <v>1.8805799999995543E-2</v>
       </c>
       <c r="D246" s="5">
-        <v>6.2237363651584943E-2</v>
+        <v>6.2277677251976193E-2</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>362.18860367000002</v>
+        <v>362.18862009999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-0.29394350999996277</v>
+        <v>-0.29394110000004048</v>
       </c>
       <c r="D247" s="5">
-        <v>-0.96877286118426387</v>
+        <v>-0.96876491644590779</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>362.62560695000002</v>
+        <v>362.62560280000002</v>
       </c>
       <c r="C248" s="5">
-        <v>0.43700327999999899</v>
+        <v>0.43698270000004413</v>
       </c>
       <c r="D248" s="5">
-        <v>1.4575222943182364</v>
+        <v>1.4574531318664485</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>362.54780548999997</v>
+        <v>362.54779289999999</v>
       </c>
       <c r="C249" s="5">
-        <v>-7.7801460000046063E-2</v>
+        <v>-7.7809900000033849E-2</v>
       </c>
       <c r="D249" s="5">
-        <v>-0.2571568570182925</v>
+        <v>-0.25718472374244294</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>363.43429005000002</v>
+        <v>363.43427550000001</v>
       </c>
       <c r="C250" s="5">
-        <v>0.88648456000004217</v>
+        <v>0.8864826000000221</v>
       </c>
       <c r="D250" s="5">
-        <v>2.9739658973513716</v>
+        <v>2.9739593379598528</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>363.26123240999999</v>
+        <v>363.26121510000002</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.17305764000002455</v>
+        <v>-0.17306039999999712</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.56991362783569421</v>
+        <v>-0.56992271603656386</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>363.22883638000002</v>
+        <v>363.22882229999999</v>
       </c>
       <c r="C252" s="5">
-        <v>-3.2396029999972598E-2</v>
+        <v>-3.239280000002509E-2</v>
       </c>
       <c r="D252" s="5">
-        <v>-0.10696482325800449</v>
+        <v>-0.10695416880698305</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>363.85676352000002</v>
+        <v>363.85675809999998</v>
       </c>
       <c r="C253" s="5">
-        <v>0.62792713999999705</v>
+        <v>0.62793579999998883</v>
       </c>
       <c r="D253" s="5">
-        <v>2.0943228497769084</v>
+        <v>2.0943520905808644</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>364.42776606000001</v>
+        <v>364.42778650000002</v>
       </c>
       <c r="C254" s="5">
-        <v>0.57100253999999495</v>
+        <v>0.57102840000004562</v>
       </c>
       <c r="D254" s="5">
-        <v>1.899506278010521</v>
+        <v>1.8995930767435221</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>364.89513348000003</v>
+        <v>364.89514700000001</v>
       </c>
       <c r="C255" s="5">
-        <v>0.46736742000001641</v>
+        <v>0.46736049999998386</v>
       </c>
       <c r="D255" s="5">
-        <v>1.5498648937795956</v>
+        <v>1.5498416963109607</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>364.48393923999998</v>
+        <v>364.48395720000002</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.41119424000004301</v>
+        <v>-0.41118979999998828</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.3439102721376051</v>
+        <v>-1.3438958011748436</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>365.64354810999998</v>
+        <v>365.6435583</v>
       </c>
       <c r="C257" s="5">
-        <v>1.1596088699999996</v>
+        <v>1.1596010999999748</v>
       </c>
       <c r="D257" s="5">
-        <v>3.8853293504036879</v>
+        <v>3.8853026645820909</v>
       </c>
       <c r="E257" s="5">
-        <v>0.87727242485815538</v>
+        <v>0.87727472130030293</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>365.40902125000002</v>
+        <v>365.40907149999998</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.23452685999995992</v>
+        <v>-0.23448680000001332</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.76698066056818393</v>
+        <v>-0.76685009152182015</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>365.89896608999999</v>
+        <v>365.89898470000003</v>
       </c>
       <c r="C259" s="5">
-        <v>0.48994483999996419</v>
+        <v>0.48991320000004634</v>
       </c>
       <c r="D259" s="5">
-        <v>1.6208930492210616</v>
+        <v>1.6207873764484404</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>367.64806457999998</v>
+        <v>367.64803860000001</v>
       </c>
       <c r="C260" s="5">
-        <v>1.7490984899999944</v>
+        <v>1.7490538999999785</v>
       </c>
       <c r="D260" s="5">
-        <v>5.8895787896647178</v>
+        <v>5.8894243691714143</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>368.88683715000002</v>
+        <v>368.8867808</v>
       </c>
       <c r="C261" s="5">
-        <v>1.2387725700000374</v>
+        <v>1.2387421999999901</v>
       </c>
       <c r="D261" s="5">
-        <v>4.1191217845693462</v>
+        <v>4.1190192171106643</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>369.24510709999998</v>
+        <v>369.24504089999999</v>
       </c>
       <c r="C262" s="5">
-        <v>0.35826994999996487</v>
+        <v>0.35826009999999542</v>
       </c>
       <c r="D262" s="5">
-        <v>1.1717087042567798</v>
+        <v>1.1716764978647598</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>370.08329242999997</v>
+        <v>370.08324599999997</v>
       </c>
       <c r="C263" s="5">
-        <v>0.83818532999998752</v>
+        <v>0.83820509999998194</v>
       </c>
       <c r="D263" s="5">
-        <v>2.7582642527019807</v>
+        <v>2.758330626097516</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>371.23628385000001</v>
+        <v>371.23627679999998</v>
       </c>
       <c r="C264" s="5">
-        <v>1.1529914200000349</v>
+        <v>1.1530308000000105</v>
       </c>
       <c r="D264" s="5">
-        <v>3.8033214883828936</v>
+        <v>3.8034541088170393</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>371.92187658</v>
+        <v>371.92188720000001</v>
       </c>
       <c r="C265" s="5">
-        <v>0.68559272999999621</v>
+        <v>0.68561040000003004</v>
       </c>
       <c r="D265" s="5">
-        <v>2.2387883347788184</v>
+        <v>2.2388466660943962</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>374.61810018</v>
+        <v>374.61813960000001</v>
       </c>
       <c r="C266" s="5">
-        <v>2.6962235999999962</v>
+        <v>2.6962523999999917</v>
       </c>
       <c r="D266" s="5">
-        <v>9.0547009629458053</v>
+        <v>9.0548013013098227</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>373.54379648999998</v>
+        <v>373.54392180000002</v>
       </c>
       <c r="C267" s="5">
-        <v>-1.074303690000022</v>
+        <v>-1.0742177999999853</v>
       </c>
       <c r="D267" s="5">
-        <v>-3.3875143247078521</v>
+        <v>-3.3872474009005393</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>374.69332799</v>
+        <v>374.69333979999999</v>
       </c>
       <c r="C268" s="5">
-        <v>1.1495315000000232</v>
+        <v>1.1494179999999687</v>
       </c>
       <c r="D268" s="5">
-        <v>3.7559897417218657</v>
+        <v>3.755611310899365</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>375.51710283</v>
+        <v>375.5171259</v>
       </c>
       <c r="C269" s="5">
-        <v>0.82377483999999868</v>
+        <v>0.82378610000000663</v>
       </c>
       <c r="D269" s="5">
-        <v>2.6703733148174091</v>
+        <v>2.6704101728807217</v>
       </c>
       <c r="E269" s="5">
-        <v>2.7003224235833345</v>
+        <v>2.7003258708851785</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>378.24318217000001</v>
+        <v>378.24328939999998</v>
       </c>
       <c r="C270" s="5">
-        <v>2.7260793400000125</v>
+        <v>2.7261634999999842</v>
       </c>
       <c r="D270" s="5">
-        <v>9.0678228002524222</v>
+        <v>9.0681134352497814</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>378.41746319999999</v>
+        <v>378.41748150000001</v>
       </c>
       <c r="C271" s="5">
-        <v>0.17428102999997463</v>
+        <v>0.17419210000002749</v>
       </c>
       <c r="D271" s="5">
-        <v>0.55432075795351921</v>
+        <v>0.5540370316248211</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>379.75178225000002</v>
+        <v>379.75170359999998</v>
       </c>
       <c r="C272" s="5">
-        <v>1.3343190500000333</v>
+        <v>1.3342220999999768</v>
       </c>
       <c r="D272" s="5">
-        <v>4.314290659659159</v>
+        <v>4.3139708722408576</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>382.46685601000001</v>
+        <v>382.46667880000001</v>
       </c>
       <c r="C273" s="5">
-        <v>2.7150737599999957</v>
+        <v>2.7149752000000262</v>
       </c>
       <c r="D273" s="5">
-        <v>8.9250632277842801</v>
+        <v>8.9247283159064708</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>383.75151073000001</v>
+        <v>383.7513318</v>
       </c>
       <c r="C274" s="5">
-        <v>1.2846547199999918</v>
+        <v>1.2846529999999916</v>
       </c>
       <c r="D274" s="5">
-        <v>4.1059396432756579</v>
+        <v>4.1059359816607133</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>385.81053376</v>
+        <v>385.81043349999999</v>
       </c>
       <c r="C275" s="5">
-        <v>2.0590230299999916</v>
+        <v>2.0591016999999852</v>
       </c>
       <c r="D275" s="5">
-        <v>6.6320585675052612</v>
+        <v>6.6323226700876203</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>386.75711052999998</v>
+        <v>386.75711159999997</v>
       </c>
       <c r="C276" s="5">
-        <v>0.94657676999997875</v>
+        <v>0.94667809999998553</v>
       </c>
       <c r="D276" s="5">
-        <v>2.9842265401806234</v>
+        <v>2.984551107983302</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>388.45050635000001</v>
+        <v>388.4505264</v>
       </c>
       <c r="C277" s="5">
-        <v>1.6933958200000347</v>
+        <v>1.6934148000000278</v>
       </c>
       <c r="D277" s="5">
-        <v>5.3825296392297384</v>
+        <v>5.382591412882709</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>389.68894290999998</v>
+        <v>389.68928679999999</v>
       </c>
       <c r="C278" s="5">
-        <v>1.2384365599999683</v>
+        <v>1.2387603999999897</v>
       </c>
       <c r="D278" s="5">
-        <v>3.8935762914484418</v>
+        <v>3.8946121455232685</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>391.11535350999998</v>
+        <v>391.11554660000002</v>
       </c>
       <c r="C279" s="5">
-        <v>1.426410599999997</v>
+        <v>1.4262598000000253</v>
       </c>
       <c r="D279" s="5">
-        <v>4.4819763720331141</v>
+        <v>4.4814889244532363</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>392.14198540000001</v>
+        <v>392.14198420000002</v>
       </c>
       <c r="C280" s="5">
-        <v>1.0266318900000329</v>
+        <v>1.0264376000000084</v>
       </c>
       <c r="D280" s="5">
-        <v>3.1957334297245898</v>
+        <v>3.1951182809714318</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>393.96092133000002</v>
+        <v>393.96100369999999</v>
       </c>
       <c r="C281" s="5">
-        <v>1.8189359300000092</v>
+        <v>1.8190194999999676</v>
       </c>
       <c r="D281" s="5">
-        <v>5.7103749654518365</v>
+        <v>5.7106440727959784</v>
       </c>
       <c r="E281" s="5">
-        <v>4.9115788231753887</v>
+        <v>4.9115943129878881</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>394.22384970000002</v>
+        <v>394.22400140000002</v>
       </c>
       <c r="C282" s="5">
-        <v>0.26292836999999736</v>
+        <v>0.26299770000002809</v>
       </c>
       <c r="D282" s="5">
-        <v>0.80382281480166906</v>
+        <v>0.80403538010846987</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>396.53554444999997</v>
+        <v>396.5354911</v>
       </c>
       <c r="C283" s="5">
-        <v>2.3116947499999583</v>
+        <v>2.3114896999999814</v>
       </c>
       <c r="D283" s="5">
-        <v>7.2681360300223652</v>
+        <v>7.2674675195400162</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>397.52403874999999</v>
+        <v>397.52384669999998</v>
       </c>
       <c r="C284" s="5">
-        <v>0.98849430000001348</v>
+        <v>0.98835559999997713</v>
       </c>
       <c r="D284" s="5">
-        <v>3.0327480910188553</v>
+        <v>3.0323171159000406</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>397.34532639000003</v>
+        <v>397.34507919999999</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.17871235999996316</v>
+        <v>-0.1787674999999922</v>
       </c>
       <c r="D285" s="5">
-        <v>-0.5381444741041963</v>
+        <v>-0.53831036243003894</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>398.34335032000001</v>
+        <v>398.34230719999999</v>
       </c>
       <c r="C286" s="5">
-        <v>0.99802392999998801</v>
+        <v>0.99722800000000689</v>
       </c>
       <c r="D286" s="5">
-        <v>3.0560638218110059</v>
+        <v>3.0535947785923723</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>400.11365706999999</v>
+        <v>400.1135352</v>
       </c>
       <c r="C287" s="5">
-        <v>1.7703067499999747</v>
+        <v>1.7712280000000078</v>
       </c>
       <c r="D287" s="5">
-        <v>5.4653125139194403</v>
+        <v>5.4682411917885476</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>401.97272013999998</v>
+        <v>401.97288959999997</v>
       </c>
       <c r="C288" s="5">
-        <v>1.8590630699999906</v>
+        <v>1.8593543999999724</v>
       </c>
       <c r="D288" s="5">
-        <v>5.720318725619733</v>
+        <v>5.7212399671544567</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>402.26161753999997</v>
+        <v>402.26271880000002</v>
       </c>
       <c r="C289" s="5">
-        <v>0.2888973999999962</v>
+        <v>0.28982920000004242</v>
       </c>
       <c r="D289" s="5">
-        <v>0.86585609080849224</v>
+        <v>0.86865951048100687</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>403.30731566999998</v>
+        <v>403.30751379999998</v>
       </c>
       <c r="C290" s="5">
-        <v>1.0456981300000052</v>
+        <v>1.0447949999999651</v>
       </c>
       <c r="D290" s="5">
-        <v>3.1644460512881833</v>
+        <v>3.1616651000263118</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>402.72760878999998</v>
+        <v>402.72831339999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-0.57970688000000337</v>
+        <v>-0.57920039999999062</v>
       </c>
       <c r="D291" s="5">
-        <v>-1.7112880783183404</v>
+        <v>-1.709803911527108</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>405.16331661999999</v>
+        <v>405.16367589999999</v>
       </c>
       <c r="C292" s="5">
-        <v>2.4357078300000126</v>
+        <v>2.4353624999999965</v>
       </c>
       <c r="D292" s="5">
-        <v>7.5039864709851134</v>
+        <v>7.5028733721132834</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>405.25794012</v>
+        <v>405.25807700000001</v>
       </c>
       <c r="C293" s="5">
-        <v>9.4623500000011518E-2</v>
+        <v>9.4401100000027327E-2</v>
       </c>
       <c r="D293" s="5">
-        <v>0.28061317684093812</v>
+        <v>0.27995253876349491</v>
       </c>
       <c r="E293" s="5">
-        <v>2.8675480684382526</v>
+        <v>2.8675613052815407</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>407.71271906999999</v>
+        <v>407.7123924</v>
       </c>
       <c r="C294" s="5">
-        <v>2.4547789499999908</v>
+        <v>2.4543153999999845</v>
       </c>
       <c r="D294" s="5">
-        <v>7.5159083045495567</v>
+        <v>7.5144388047288402</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>408.68419519999998</v>
+        <v>408.68338449999999</v>
       </c>
       <c r="C295" s="5">
-        <v>0.97147612999998501</v>
+        <v>0.97099209999998948</v>
       </c>
       <c r="D295" s="5">
-        <v>2.8970666199550354</v>
+        <v>2.8956065715752155</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>409.61770068999999</v>
+        <v>409.61659689999999</v>
       </c>
       <c r="C296" s="5">
-        <v>0.93350549000001593</v>
+        <v>0.93321240000000216</v>
       </c>
       <c r="D296" s="5">
-        <v>2.7757065423787308</v>
+        <v>2.7748296616328938</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>411.70914398999997</v>
+        <v>411.70832810000002</v>
       </c>
       <c r="C297" s="5">
-        <v>2.0914432999999804</v>
+        <v>2.0917312000000265</v>
       </c>
       <c r="D297" s="5">
-        <v>6.3020323123750943</v>
+        <v>6.3029417987911396</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>413.37842993999999</v>
+        <v>413.37638870000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.6692859500000168</v>
+        <v>1.6680605999999898</v>
       </c>
       <c r="D298" s="5">
-        <v>4.975411215920289</v>
+        <v>4.9716872908517118</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>413.78076751999998</v>
+        <v>413.78129919999998</v>
       </c>
       <c r="C299" s="5">
-        <v>0.40233757999999398</v>
+        <v>0.40491049999997131</v>
       </c>
       <c r="D299" s="5">
-        <v>1.1742218965309803</v>
+        <v>1.1817773289935163</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>414.59601192000002</v>
+        <v>414.59711379999999</v>
       </c>
       <c r="C300" s="5">
-        <v>0.81524440000004006</v>
+        <v>0.81581460000001016</v>
       </c>
       <c r="D300" s="5">
-        <v>2.3900682411117424</v>
+        <v>2.3917549700724905</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>415.04289434999998</v>
+        <v>415.04576459999998</v>
       </c>
       <c r="C301" s="5">
-        <v>0.44688242999995964</v>
+        <v>0.4486507999999958</v>
       </c>
       <c r="D301" s="5">
-        <v>1.3011448716058194</v>
+        <v>1.3063208563628192</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>413.78124226</v>
+        <v>413.78182229999999</v>
       </c>
       <c r="C302" s="5">
-        <v>-1.2616520899999841</v>
+        <v>-1.2639422999999965</v>
       </c>
       <c r="D302" s="5">
-        <v>-3.5874003562336942</v>
+        <v>-3.5937792545742142</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>416.30142694</v>
+        <v>416.30282529999999</v>
       </c>
       <c r="C303" s="5">
-        <v>2.5201846799999998</v>
+        <v>2.5210030000000074</v>
       </c>
       <c r="D303" s="5">
-        <v>7.5586158173713613</v>
+        <v>7.5611420120335282</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>417.37113520000003</v>
+        <v>417.37230119999998</v>
       </c>
       <c r="C304" s="5">
-        <v>1.0697082600000272</v>
+        <v>1.0694758999999863</v>
       </c>
       <c r="D304" s="5">
-        <v>3.1274152400377675</v>
+        <v>3.1267156301233001</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>417.58045189000001</v>
+        <v>417.58079670000001</v>
       </c>
       <c r="C305" s="5">
-        <v>0.2093166899999801</v>
+        <v>0.20849550000002637</v>
       </c>
       <c r="D305" s="5">
-        <v>0.60347733793921776</v>
+        <v>0.60110158670108049</v>
       </c>
       <c r="E305" s="5">
-        <v>3.0406589359732727</v>
+        <v>3.0407092170059213</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>416.55059675000001</v>
+        <v>416.54921209999998</v>
       </c>
       <c r="C306" s="5">
-        <v>-1.0298551399999951</v>
+        <v>-1.0315846000000306</v>
       </c>
       <c r="D306" s="5">
-        <v>-2.9196770135797134</v>
+        <v>-2.9245112885699975</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>416.45225112999998</v>
+        <v>416.44944249999998</v>
       </c>
       <c r="C307" s="5">
-        <v>-9.8345620000031886E-2</v>
+        <v>-9.9769600000001901E-2</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.28294670681061618</v>
+        <v>-0.2870391468377087</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>416.82753543000001</v>
+        <v>416.82405240000003</v>
       </c>
       <c r="C308" s="5">
-        <v>0.37528430000003254</v>
+        <v>0.37460990000005268</v>
       </c>
       <c r="D308" s="5">
-        <v>1.0867510125206925</v>
+        <v>1.0847957603577152</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>417.10120900999999</v>
+        <v>417.09858650000001</v>
       </c>
       <c r="C309" s="5">
-        <v>0.27367357999997921</v>
+        <v>0.27453409999998257</v>
       </c>
       <c r="D309" s="5">
-        <v>0.79072705491309847</v>
+        <v>0.79322902734004774</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>417.73233707999998</v>
+        <v>417.72844459999999</v>
       </c>
       <c r="C310" s="5">
-        <v>0.63112806999998838</v>
+        <v>0.62985809999997855</v>
       </c>
       <c r="D310" s="5">
-        <v>1.8309427627955621</v>
+        <v>1.8272394300897776</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>420.76958171000001</v>
+        <v>420.77028730000001</v>
       </c>
       <c r="C311" s="5">
-        <v>3.037244630000032</v>
+        <v>3.0418427000000179</v>
       </c>
       <c r="D311" s="5">
-        <v>9.0824506139700834</v>
+        <v>9.096843987677472</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>424.93855031999999</v>
+        <v>424.94498220000003</v>
       </c>
       <c r="C312" s="5">
-        <v>4.168968609999979</v>
+        <v>4.17469490000002</v>
       </c>
       <c r="D312" s="5">
-        <v>12.559342768945481</v>
+        <v>12.577523480985953</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>423.99457301000001</v>
+        <v>423.99973870000002</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.94397730999997975</v>
+        <v>-0.94524350000000368</v>
       </c>
       <c r="D313" s="5">
-        <v>-2.6334033256296463</v>
+        <v>-2.6368530756323172</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>421.38031511000003</v>
+        <v>421.38187149999999</v>
       </c>
       <c r="C314" s="5">
-        <v>-2.6142578999999841</v>
+        <v>-2.6178672000000347</v>
       </c>
       <c r="D314" s="5">
-        <v>-7.1531125687872121</v>
+        <v>-7.1625710693023041</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>422.74172904</v>
+        <v>422.74498190000003</v>
       </c>
       <c r="C315" s="5">
-        <v>1.3614139299999692</v>
+        <v>1.3631104000000391</v>
       </c>
       <c r="D315" s="5">
-        <v>3.9466529023131969</v>
+        <v>3.9516438335153614</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>421.66586121</v>
+        <v>421.6694081</v>
       </c>
       <c r="C316" s="5">
-        <v>-1.0758678299999929</v>
+        <v>-1.0755738000000292</v>
       </c>
       <c r="D316" s="5">
-        <v>-3.0115849716452203</v>
+        <v>-3.0107505581330907</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>422.16056187999999</v>
+        <v>422.16350160000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.49470066999998608</v>
+        <v>0.4940935000000195</v>
       </c>
       <c r="D317" s="5">
-        <v>1.4169664251991954</v>
+        <v>1.4152041096489043</v>
       </c>
       <c r="E317" s="5">
-        <v>1.0968209764777193</v>
+        <v>1.0974414858670567</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>423.84873901999998</v>
+        <v>423.84863100000001</v>
       </c>
       <c r="C318" s="5">
-        <v>1.6881771399999934</v>
+        <v>1.6851293999999939</v>
       </c>
       <c r="D318" s="5">
-        <v>4.9056393352980177</v>
+        <v>4.8965527907871786</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>423.59161988</v>
+        <v>423.57248520000002</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.25711913999998615</v>
+        <v>-0.27614579999999478</v>
       </c>
       <c r="D319" s="5">
-        <v>-0.72553148459173489</v>
+        <v>-0.7790283496232342</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>422.50335884999998</v>
+        <v>422.49659539999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-1.0882610300000124</v>
+        <v>-1.0758898000000272</v>
       </c>
       <c r="D320" s="5">
-        <v>-3.0397615815688561</v>
+        <v>-3.005821120954455</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>421.93972036999997</v>
+        <v>421.93248119999998</v>
       </c>
       <c r="C321" s="5">
-        <v>-0.56363848000000871</v>
+        <v>-0.56411420000000589</v>
       </c>
       <c r="D321" s="5">
-        <v>-1.5891601758571405</v>
+        <v>-1.590516892962357</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>425.37265351000002</v>
+        <v>425.36525319999998</v>
       </c>
       <c r="C322" s="5">
-        <v>3.4329331400000456</v>
+        <v>3.4327719999999999</v>
       </c>
       <c r="D322" s="5">
-        <v>10.212249875533107</v>
+        <v>10.211931986211331</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>422.45994151000002</v>
+        <v>422.45869479999999</v>
       </c>
       <c r="C323" s="5">
-        <v>-2.9127119999999991</v>
+        <v>-2.9065583999999944</v>
       </c>
       <c r="D323" s="5">
-        <v>-7.9144220823824991</v>
+        <v>-7.898457132593828</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>423.57470403999997</v>
+        <v>423.60778620000002</v>
       </c>
       <c r="C324" s="5">
-        <v>1.1147625299999504</v>
+        <v>1.1490914000000316</v>
       </c>
       <c r="D324" s="5">
-        <v>3.2128517945760882</v>
+        <v>3.3132858569596246</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>423.21119834000001</v>
+        <v>423.2166277</v>
       </c>
       <c r="C325" s="5">
-        <v>-0.36350569999996196</v>
+        <v>-0.39115850000001728</v>
       </c>
       <c r="D325" s="5">
-        <v>-1.0249757810185334</v>
+        <v>-1.1024670726886954</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>425.09479168000001</v>
+        <v>425.09762619999998</v>
       </c>
       <c r="C326" s="5">
-        <v>1.8835933400000044</v>
+        <v>1.8809984999999756</v>
       </c>
       <c r="D326" s="5">
-        <v>5.4735583778060315</v>
+        <v>5.4657608842433536</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>424.79527088999998</v>
+        <v>424.79713800000002</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.29952079000003096</v>
+        <v>-0.30048819999996113</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.84224823819369909</v>
+        <v>-0.84495240186578391</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>424.7084764</v>
+        <v>424.71932090000001</v>
       </c>
       <c r="C328" s="5">
-        <v>-8.67944899999884E-2</v>
+        <v>-7.7817100000004302E-2</v>
       </c>
       <c r="D328" s="5">
-        <v>-0.24490956223961469</v>
+        <v>-0.21960245445029614</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>425.95466915999998</v>
+        <v>425.95753059999998</v>
       </c>
       <c r="C329" s="5">
-        <v>1.2461927599999854</v>
+        <v>1.2382096999999703</v>
       </c>
       <c r="D329" s="5">
-        <v>3.5784607154810466</v>
+        <v>3.5550762029010086</v>
       </c>
       <c r="E329" s="5">
-        <v>0.89873560502755634</v>
+        <v>0.89871080413645998</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>425.09975304</v>
+        <v>425.09657320000002</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.8549161199999844</v>
+        <v>-0.86095739999996113</v>
       </c>
       <c r="D330" s="5">
-        <v>-2.3820610939309872</v>
+        <v>-2.3986913565592904</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>426.28275418999999</v>
+        <v>426.2419926</v>
       </c>
       <c r="C331" s="5">
-        <v>1.1830011499999955</v>
+        <v>1.1454193999999802</v>
       </c>
       <c r="D331" s="5">
-        <v>3.3910449889054561</v>
+        <v>3.2817415419869933</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>427.58895509000001</v>
+        <v>427.57267109999998</v>
       </c>
       <c r="C332" s="5">
-        <v>1.3062009000000216</v>
+        <v>1.3306784999999763</v>
       </c>
       <c r="D332" s="5">
-        <v>3.7396040227474447</v>
+        <v>3.8112608510924462</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>427.88340022</v>
+        <v>427.86940579999998</v>
       </c>
       <c r="C333" s="5">
-        <v>0.29444512999998551</v>
+        <v>0.29673470000000179</v>
       </c>
       <c r="D333" s="5">
-        <v>0.82947757242337605</v>
+        <v>0.83598408765817034</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>426.36648739999998</v>
+        <v>426.34112599999997</v>
       </c>
       <c r="C334" s="5">
-        <v>-1.5169128200000159</v>
+        <v>-1.5282798000000071</v>
       </c>
       <c r="D334" s="5">
-        <v>-4.1722084179272034</v>
+        <v>-4.2029960582184334</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>426.26820813</v>
+        <v>426.2794055</v>
       </c>
       <c r="C335" s="5">
-        <v>-9.8279269999977714E-2</v>
+        <v>-6.1720499999978529E-2</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.27625464786041887</v>
+        <v>-0.17358319892869511</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>425.05830242000002</v>
+        <v>425.13399299999998</v>
       </c>
       <c r="C336" s="5">
-        <v>-1.2099057099999868</v>
+        <v>-1.1454125000000204</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.3533687708887205</v>
+        <v>-3.1771717189561954</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>425.82158817999999</v>
+        <v>425.83762530000001</v>
       </c>
       <c r="C337" s="5">
-        <v>0.76328575999997383</v>
+        <v>0.70363230000003796</v>
       </c>
       <c r="D337" s="5">
-        <v>2.1762745229045199</v>
+        <v>2.0042798279095608</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>427.63619588</v>
+        <v>427.64243210000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.8146077000000105</v>
+        <v>1.8048067999999944</v>
       </c>
       <c r="D338" s="5">
-        <v>5.2352860118950684</v>
+        <v>5.2061466222822483</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>428.63320003000001</v>
+        <v>428.63061879999998</v>
       </c>
       <c r="C339" s="5">
-        <v>0.9970041500000093</v>
+        <v>0.98818669999997155</v>
       </c>
       <c r="D339" s="5">
-        <v>2.833871846595315</v>
+        <v>2.8084483890845835</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>429.95646821000003</v>
+        <v>429.97012059999997</v>
       </c>
       <c r="C340" s="5">
-        <v>1.3232681800000137</v>
+        <v>1.3395017999999936</v>
       </c>
       <c r="D340" s="5">
-        <v>3.768171290799982</v>
+        <v>3.8152194113573401</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>430.21701024999999</v>
+        <v>430.21808959999998</v>
       </c>
       <c r="C341" s="5">
-        <v>0.26054203999996162</v>
+        <v>0.24796900000001187</v>
       </c>
       <c r="D341" s="5">
-        <v>0.72959612537386587</v>
+        <v>0.69425396546540785</v>
       </c>
       <c r="E341" s="5">
-        <v>1.0006560318743585</v>
+        <v>1.0002309371074158</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>429.75807135999997</v>
+        <v>429.74594889999997</v>
       </c>
       <c r="C342" s="5">
-        <v>-0.45893889000001309</v>
+        <v>-0.47214070000001129</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.2726296277322025</v>
+        <v>-1.3090140861325428</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>429.33458021000001</v>
+        <v>429.26120200000003</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.42349114999996118</v>
+        <v>-0.4847468999999478</v>
       </c>
       <c r="D343" s="5">
-        <v>-1.1761131614647313</v>
+        <v>-1.3452157510421947</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>431.00133398000003</v>
+        <v>430.96885170000002</v>
       </c>
       <c r="C344" s="5">
-        <v>1.6667537700000139</v>
+        <v>1.7076496999999904</v>
       </c>
       <c r="D344" s="5">
-        <v>4.7593842242927398</v>
+        <v>4.8795810030916487</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>433.14501572</v>
+        <v>433.11486289999999</v>
       </c>
       <c r="C345" s="5">
-        <v>2.1436817399999768</v>
+        <v>2.1460111999999754</v>
       </c>
       <c r="D345" s="5">
-        <v>6.1344767274246648</v>
+        <v>6.1418020663957185</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>434.67452644999997</v>
+        <v>434.61740129999998</v>
       </c>
       <c r="C346" s="5">
-        <v>1.52951072999997</v>
+        <v>1.5025383999999917</v>
       </c>
       <c r="D346" s="5">
-        <v>4.3206827713914153</v>
+        <v>4.2433309148811382</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>436.15219055</v>
+        <v>436.15098419999998</v>
       </c>
       <c r="C347" s="5">
-        <v>1.4776641000000268</v>
+        <v>1.533582899999999</v>
       </c>
       <c r="D347" s="5">
-        <v>4.1565102626261563</v>
+        <v>4.3174478588513532</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>435.86476650999998</v>
+        <v>436.11607729999997</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.28742404000001898</v>
+        <v>-3.4906900000009955E-2</v>
       </c>
       <c r="D348" s="5">
-        <v>-0.787939339658561</v>
+        <v>-9.5998513732153956E-2</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>437.75471048000003</v>
+        <v>437.75619540000002</v>
       </c>
       <c r="C349" s="5">
-        <v>1.8899439700000471</v>
+        <v>1.640118100000052</v>
       </c>
       <c r="D349" s="5">
-        <v>5.3291961460888437</v>
+        <v>4.6074099184153505</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>438.62267433</v>
+        <v>438.60773160000002</v>
       </c>
       <c r="C350" s="5">
-        <v>0.8679638499999669</v>
+        <v>0.85153619999999819</v>
       </c>
       <c r="D350" s="5">
-        <v>2.4054347797401787</v>
+        <v>2.3594117191211739</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>443.29041626999998</v>
+        <v>443.27919459999998</v>
       </c>
       <c r="C351" s="5">
-        <v>4.6677419399999849</v>
+        <v>4.6714629999999602</v>
       </c>
       <c r="D351" s="5">
-        <v>13.544777550101706</v>
+        <v>13.556704686994436</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>441.76493503</v>
+        <v>441.77434140000003</v>
       </c>
       <c r="C352" s="5">
-        <v>-1.5254812399999764</v>
+        <v>-1.5048531999999568</v>
       </c>
       <c r="D352" s="5">
-        <v>-4.0522522075102767</v>
+        <v>-3.998574829007262</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>440.72713943999997</v>
+        <v>440.71117120000002</v>
       </c>
       <c r="C353" s="5">
-        <v>-1.0377955900000302</v>
+        <v>-1.0631702000000018</v>
       </c>
       <c r="D353" s="5">
-        <v>-2.782903749642196</v>
+        <v>-2.8499892184644993</v>
       </c>
       <c r="E353" s="5">
-        <v>2.442983178162228</v>
+        <v>2.439014503029413</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>441.95159716000001</v>
+        <v>441.91358650000001</v>
       </c>
       <c r="C354" s="5">
-        <v>1.2244577200000322</v>
+        <v>1.2024152999999842</v>
       </c>
       <c r="D354" s="5">
-        <v>3.3853391608667849</v>
+        <v>3.3236020020314117</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>442.80768635999999</v>
+        <v>442.7183225</v>
       </c>
       <c r="C355" s="5">
-        <v>0.85608919999998534</v>
+        <v>0.80473599999999124</v>
       </c>
       <c r="D355" s="5">
-        <v>2.3494038953665308</v>
+        <v>2.2072507321466928</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>443.05686183</v>
+        <v>443.00052959999999</v>
       </c>
       <c r="C356" s="5">
-        <v>0.2491754700000115</v>
+        <v>0.28220709999999372</v>
       </c>
       <c r="D356" s="5">
-        <v>0.67735437366343021</v>
+        <v>0.76761748223579396</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>443.91689402999998</v>
+        <v>443.86662180000002</v>
       </c>
       <c r="C357" s="5">
-        <v>0.86003219999997782</v>
+        <v>0.86609220000002551</v>
       </c>
       <c r="D357" s="5">
-        <v>2.3543897354745713</v>
+        <v>2.3714628895886714</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>446.66977685000001</v>
+        <v>446.57226270000001</v>
       </c>
       <c r="C358" s="5">
-        <v>2.7528828200000248</v>
+        <v>2.7056408999999917</v>
       </c>
       <c r="D358" s="5">
-        <v>7.700751572670117</v>
+        <v>7.5650253708300141</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>446.40224893999999</v>
+        <v>446.39180479999999</v>
       </c>
       <c r="C359" s="5">
-        <v>-0.26752791000001253</v>
+        <v>-0.18045790000002171</v>
       </c>
       <c r="D359" s="5">
-        <v>-0.71636381080208977</v>
+        <v>-0.48383847117721146</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>447.37823278000002</v>
+        <v>447.87706800000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.97598384000002625</v>
+        <v>1.4852632000000199</v>
       </c>
       <c r="D360" s="5">
-        <v>2.6553786425661752</v>
+        <v>4.0665992895252412</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>447.80756854999998</v>
+        <v>447.77309769999999</v>
       </c>
       <c r="C361" s="5">
-        <v>0.42933576999996603</v>
+        <v>-0.1039703000000145</v>
       </c>
       <c r="D361" s="5">
-        <v>1.1577026820123404</v>
+        <v>-0.27821292164679212</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>447.04555205000003</v>
+        <v>446.99478140000002</v>
       </c>
       <c r="C362" s="5">
-        <v>-0.7620164999999588</v>
+        <v>-0.77831629999997176</v>
       </c>
       <c r="D362" s="5">
-        <v>-2.0229894381589508</v>
+        <v>-2.0660066272990107</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>446.75926844999998</v>
+        <v>446.73594200000002</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.28628360000004704</v>
+        <v>-0.25883939999999939</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.76576737735004619</v>
+        <v>-0.69267015751286465</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>448.12110462999999</v>
+        <v>448.10645849999997</v>
       </c>
       <c r="C364" s="5">
-        <v>1.3618361800000116</v>
+        <v>1.3705164999999511</v>
       </c>
       <c r="D364" s="5">
-        <v>3.7198597051560256</v>
+        <v>3.7441703158912931</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>450.89914199999998</v>
+        <v>450.85677559999999</v>
       </c>
       <c r="C365" s="5">
-        <v>2.7780373699999927</v>
+        <v>2.7503171000000179</v>
       </c>
       <c r="D365" s="5">
-        <v>7.6981225864182434</v>
+        <v>7.6189544504438711</v>
       </c>
       <c r="E365" s="5">
-        <v>2.3080045791881165</v>
+        <v>2.3020983045142218</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>451.90487082999999</v>
+        <v>451.84185000000002</v>
       </c>
       <c r="C366" s="5">
-        <v>1.0057288300000096</v>
+        <v>0.98507440000003044</v>
       </c>
       <c r="D366" s="5">
-        <v>2.7096765703309211</v>
+        <v>2.6536105945515365</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>453.51016751999998</v>
+        <v>453.41816110000002</v>
       </c>
       <c r="C367" s="5">
-        <v>1.6052966899999888</v>
+        <v>1.5763110999999981</v>
       </c>
       <c r="D367" s="5">
-        <v>4.3470246522361977</v>
+        <v>4.2676287229949539</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>446.28449382999997</v>
+        <v>446.19664260000002</v>
       </c>
       <c r="C368" s="5">
-        <v>-7.2256736900000078</v>
+        <v>-7.2215185000000019</v>
       </c>
       <c r="D368" s="5">
-        <v>-17.529765073242753</v>
+        <v>-17.523800161141033</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>338.43152667999999</v>
+        <v>338.38347640000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-107.85296714999998</v>
+        <v>-107.81316620000001</v>
       </c>
       <c r="D369" s="5">
-        <v>-96.383335806043547</v>
+        <v>-96.380953220056213</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>356.00368522999997</v>
+        <v>355.92620149999999</v>
       </c>
       <c r="C370" s="5">
-        <v>17.572158549999983</v>
+        <v>17.542725099999984</v>
       </c>
       <c r="D370" s="5">
-        <v>83.571039482036085</v>
+        <v>83.404396776577983</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>381.02575066999998</v>
+        <v>381.0050779</v>
       </c>
       <c r="C371" s="5">
-        <v>25.022065440000006</v>
+        <v>25.078876400000013</v>
       </c>
       <c r="D371" s="5">
-        <v>125.9425388365059</v>
+        <v>126.38604321174208</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>381.79366665999999</v>
+        <v>382.40551649999998</v>
       </c>
       <c r="C372" s="5">
-        <v>0.76791599000000588</v>
+        <v>1.4004385999999727</v>
       </c>
       <c r="D372" s="5">
-        <v>2.4454583903793514</v>
+        <v>4.5010413553502548</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>386.11555342000003</v>
+        <v>386.04146179999998</v>
       </c>
       <c r="C373" s="5">
-        <v>4.3218867600000408</v>
+        <v>3.635945300000003</v>
       </c>
       <c r="D373" s="5">
-        <v>14.4624177353744</v>
+        <v>12.025691503878466</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>391.44702366000001</v>
+        <v>391.3727045</v>
       </c>
       <c r="C374" s="5">
-        <v>5.3314702399999874</v>
+        <v>5.3312427000000184</v>
       </c>
       <c r="D374" s="5">
-        <v>17.887671558304731</v>
+        <v>17.890547055566653</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>397.39711213999999</v>
+        <v>397.37906850000002</v>
       </c>
       <c r="C375" s="5">
-        <v>5.9500884799999767</v>
+        <v>6.0063640000000191</v>
       </c>
       <c r="D375" s="5">
-        <v>19.8451706398195</v>
+        <v>20.053119157235912</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>397.52748582999999</v>
+        <v>397.47038199999997</v>
       </c>
       <c r="C376" s="5">
-        <v>0.13037368999999899</v>
+        <v>9.1313499999955638E-2</v>
       </c>
       <c r="D376" s="5">
-        <v>0.39439398152965044</v>
+        <v>0.27609605488134736</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>400.06828103999999</v>
+        <v>400.01211949999998</v>
       </c>
       <c r="C377" s="5">
-        <v>2.5407952099999989</v>
+        <v>2.5417375000000106</v>
       </c>
       <c r="D377" s="5">
-        <v>7.9452405197646625</v>
+        <v>7.9494738850481417</v>
       </c>
       <c r="E377" s="5">
-        <v>-11.273221930415644</v>
+        <v>-11.277341020845466</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>403.57582235000001</v>
+        <v>403.50776280000002</v>
       </c>
       <c r="C378" s="5">
-        <v>3.5075413100000219</v>
+        <v>3.4956433000000402</v>
       </c>
       <c r="D378" s="5">
-        <v>11.043269955065171</v>
+        <v>11.005611650028712</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>399.47035872999999</v>
+        <v>399.40218599999997</v>
       </c>
       <c r="C379" s="5">
-        <v>-4.1054636200000232</v>
+        <v>-4.1055768000000512</v>
       </c>
       <c r="D379" s="5">
-        <v>-11.546905670442742</v>
+        <v>-11.549046392316843</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>409.04649341999999</v>
+        <v>408.89144809999999</v>
       </c>
       <c r="C380" s="5">
-        <v>9.5761346900000035</v>
+        <v>9.489262100000019</v>
       </c>
       <c r="D380" s="5">
-        <v>32.879312664869254</v>
+        <v>32.547359113772842</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>411.44271357999997</v>
+        <v>411.3843359</v>
       </c>
       <c r="C381" s="5">
-        <v>2.3962201599999844</v>
+        <v>2.4928878000000054</v>
       </c>
       <c r="D381" s="5">
-        <v>7.2606487692831401</v>
+        <v>7.566412728400973</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>414.42496784000002</v>
+        <v>414.42773219999998</v>
       </c>
       <c r="C382" s="5">
-        <v>2.9822542600000475</v>
+        <v>3.0433962999999835</v>
       </c>
       <c r="D382" s="5">
-        <v>9.0532070582358237</v>
+        <v>9.2477992743739144</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>415.72437882999998</v>
+        <v>415.74440829999998</v>
       </c>
       <c r="C383" s="5">
-        <v>1.2994109899999557</v>
+        <v>1.3166760999999951</v>
       </c>
       <c r="D383" s="5">
-        <v>3.8281145282381912</v>
+        <v>3.8798440237882037</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>422.30176148999999</v>
+        <v>422.94054499999999</v>
       </c>
       <c r="C384" s="5">
-        <v>6.577382660000012</v>
+        <v>7.1961367000000109</v>
       </c>
       <c r="D384" s="5">
-        <v>20.728220276847974</v>
+        <v>22.866884509834584</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>424.51373558</v>
+        <v>424.4659709</v>
       </c>
       <c r="C385" s="5">
-        <v>2.2119740900000124</v>
+        <v>1.5254259000000161</v>
       </c>
       <c r="D385" s="5">
-        <v>6.4697530952676052</v>
+        <v>4.414953687616463</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>426.03537346000002</v>
+        <v>425.9369724</v>
       </c>
       <c r="C386" s="5">
-        <v>1.5216378800000143</v>
+        <v>1.4710014999999999</v>
       </c>
       <c r="D386" s="5">
-        <v>4.3871295486491046</v>
+        <v>4.2388298707117356</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>429.63915309999999</v>
+        <v>429.6465571</v>
       </c>
       <c r="C387" s="5">
-        <v>3.6037796399999706</v>
+        <v>3.7095846999999935</v>
       </c>
       <c r="D387" s="5">
-        <v>10.636468403971012</v>
+        <v>10.966517646630813</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>430.93260261</v>
+        <v>430.84151070000001</v>
       </c>
       <c r="C388" s="5">
-        <v>1.2934495100000163</v>
+        <v>1.1949536000000194</v>
       </c>
       <c r="D388" s="5">
-        <v>3.6730810347437526</v>
+        <v>3.3890270481734541</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>435.09038182</v>
+        <v>435.02497799999998</v>
       </c>
       <c r="C389" s="5">
-        <v>4.1577792100000011</v>
+        <v>4.1834672999999611</v>
       </c>
       <c r="D389" s="5">
-        <v>12.212584778353097</v>
+        <v>12.294851299089649</v>
       </c>
       <c r="E389" s="5">
-        <v>8.7540308591718574</v>
+        <v>8.7529494215737191</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>433.82466140999998</v>
+        <v>433.73295880000001</v>
       </c>
       <c r="C390" s="5">
-        <v>-1.2657204100000286</v>
+        <v>-1.2920191999999702</v>
       </c>
       <c r="D390" s="5">
-        <v>-3.4356004777967852</v>
+        <v>-3.5063412769385405</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>437.64903765000003</v>
+        <v>437.5484313</v>
       </c>
       <c r="C391" s="5">
-        <v>3.8243762400000492</v>
+        <v>3.8154724999999985</v>
       </c>
       <c r="D391" s="5">
-        <v>11.106865593618064</v>
+        <v>11.082200730982983</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>439.26074437</v>
+        <v>438.98684960000003</v>
       </c>
       <c r="C392" s="5">
-        <v>1.6117067199999724</v>
+        <v>1.4384183000000235</v>
       </c>
       <c r="D392" s="5">
-        <v>4.5097922270399327</v>
+        <v>4.0170549756987528</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>444.21211932</v>
+        <v>444.14650180000001</v>
       </c>
       <c r="C393" s="5">
-        <v>4.9513749500000017</v>
+        <v>5.1596521999999823</v>
       </c>
       <c r="D393" s="5">
-        <v>14.397390793280863</v>
+        <v>15.052702145087649</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>447.59024849999997</v>
+        <v>447.73585680000002</v>
       </c>
       <c r="C394" s="5">
-        <v>3.3781291799999735</v>
+        <v>3.5893550000000118</v>
       </c>
       <c r="D394" s="5">
-        <v>9.5172565943159029</v>
+        <v>10.140631767053844</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>445.74676101</v>
+        <v>445.85616929999998</v>
       </c>
       <c r="C395" s="5">
-        <v>-1.8434874899999727</v>
+        <v>-1.8796875000000455</v>
       </c>
       <c r="D395" s="5">
-        <v>-4.8319962814472266</v>
+        <v>-4.9231355696961803</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>453.48370725000001</v>
+        <v>453.97902590000001</v>
       </c>
       <c r="C396" s="5">
-        <v>7.7369462400000089</v>
+        <v>8.1228566000000342</v>
       </c>
       <c r="D396" s="5">
-        <v>22.936800803314483</v>
+        <v>24.191564980072535</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>455.56948117000002</v>
+        <v>455.63183959999998</v>
       </c>
       <c r="C397" s="5">
-        <v>2.0857739200000083</v>
+        <v>1.6528136999999674</v>
       </c>
       <c r="D397" s="5">
-        <v>5.6611207671012354</v>
+        <v>4.4574251140375498</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>457.09840843000001</v>
+        <v>457.02527509999999</v>
       </c>
       <c r="C398" s="5">
-        <v>1.528927259999989</v>
+        <v>1.3934355000000096</v>
       </c>
       <c r="D398" s="5">
-        <v>4.1024705290653607</v>
+        <v>3.7322611603349598</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>459.20319755000003</v>
+        <v>459.25044689999999</v>
       </c>
       <c r="C399" s="5">
-        <v>2.1047891200000208</v>
+        <v>2.2251717999999983</v>
       </c>
       <c r="D399" s="5">
-        <v>5.6677189926348959</v>
+        <v>6.0016013710831206</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>462.32004138000002</v>
+        <v>462.229782</v>
       </c>
       <c r="C400" s="5">
-        <v>3.1168438299999934</v>
+        <v>2.9793351000000143</v>
       </c>
       <c r="D400" s="5">
-        <v>8.456054655778944</v>
+        <v>8.068727712519518</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>462.11357269000001</v>
+        <v>462.07372800000002</v>
       </c>
       <c r="C401" s="5">
-        <v>-0.20646869000000834</v>
+        <v>-0.15605399999998326</v>
       </c>
       <c r="D401" s="5">
-        <v>-0.53459669103338436</v>
+        <v>-0.40438213498307229</v>
       </c>
       <c r="E401" s="5">
-        <v>6.210937313061482</v>
+        <v>6.2177464209882682</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>464.87910197999997</v>
+        <v>464.723793</v>
       </c>
       <c r="C402" s="5">
-        <v>2.7655292899999608</v>
+        <v>2.6500649999999837</v>
       </c>
       <c r="D402" s="5">
-        <v>7.4225827889687901</v>
+        <v>7.1034788800175219</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>465.70251472000001</v>
+        <v>465.50234089999998</v>
       </c>
       <c r="C403" s="5">
-        <v>0.8234127400000375</v>
+        <v>0.7785478999999782</v>
       </c>
       <c r="D403" s="5">
-        <v>2.1463175972228798</v>
+        <v>2.0289774125807014</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>468.43948903</v>
+        <v>467.96524290000002</v>
       </c>
       <c r="C404" s="5">
-        <v>2.7369743099999937</v>
+        <v>2.4629020000000423</v>
       </c>
       <c r="D404" s="5">
-        <v>7.2849952305019672</v>
+        <v>6.5370690007466203</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>467.77755905999999</v>
+        <v>467.53851379999998</v>
       </c>
       <c r="C405" s="5">
-        <v>-0.66192997000001697</v>
+        <v>-0.42672910000004549</v>
       </c>
       <c r="D405" s="5">
-        <v>-1.6825474964452969</v>
+        <v>-1.0887870041433545</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>466.44225046000003</v>
+        <v>466.8929071</v>
       </c>
       <c r="C406" s="5">
-        <v>-1.3353085999999621</v>
+        <v>-0.64560669999997344</v>
       </c>
       <c r="D406" s="5">
-        <v>-3.3722238668164373</v>
+        <v>-1.6445087460901453</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>467.31398589999998</v>
+        <v>467.57924329999997</v>
       </c>
       <c r="C407" s="5">
-        <v>0.87173543999995218</v>
+        <v>0.68633619999997109</v>
       </c>
       <c r="D407" s="5">
-        <v>2.2658805966630835</v>
+        <v>1.7783415279517101</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>469.35731278999998</v>
+        <v>469.71820050000002</v>
       </c>
       <c r="C408" s="5">
-        <v>2.043326890000003</v>
+        <v>2.1389572000000499</v>
       </c>
       <c r="D408" s="5">
-        <v>5.37503167547011</v>
+        <v>5.6296827898659751</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>470.87763129000001</v>
+        <v>471.08919450000002</v>
       </c>
       <c r="C409" s="5">
-        <v>1.5203185000000303</v>
+        <v>1.370993999999996</v>
       </c>
       <c r="D409" s="5">
-        <v>3.9569803345484766</v>
+        <v>3.5592872702792988</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>473.74394088000003</v>
+        <v>473.70710050000002</v>
       </c>
       <c r="C410" s="5">
-        <v>2.8663095900000144</v>
+        <v>2.617906000000005</v>
       </c>
       <c r="D410" s="5">
-        <v>7.5541816974371567</v>
+        <v>6.8762040057338325</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>472.78762119999999</v>
+        <v>472.84443479999999</v>
       </c>
       <c r="C411" s="5">
-        <v>-0.95631968000003553</v>
+        <v>-0.8626657000000364</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.3956567590064148</v>
+        <v>-2.1635583393742386</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>474.72949940000001</v>
+        <v>474.6916445</v>
       </c>
       <c r="C412" s="5">
-        <v>1.9418782000000192</v>
+        <v>1.8472097000000076</v>
       </c>
       <c r="D412" s="5">
-        <v>5.0416336203043199</v>
+        <v>4.7899577381820047</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>476.32171706000003</v>
+        <v>476.28422419999998</v>
       </c>
       <c r="C413" s="5">
-        <v>1.5922176600000171</v>
+        <v>1.5925796999999875</v>
       </c>
       <c r="D413" s="5">
-        <v>4.0998160707279574</v>
+        <v>4.1010986367502555</v>
       </c>
       <c r="E413" s="5">
-        <v>3.0746001004240631</v>
+        <v>3.0753741965611203</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>477.17922805000001</v>
+        <v>476.89658559999998</v>
       </c>
       <c r="C414" s="5">
-        <v>0.85751098999998021</v>
+        <v>0.6123613999999975</v>
       </c>
       <c r="D414" s="5">
-        <v>2.1818517592491649</v>
+        <v>1.5538039395236236</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>478.88014762</v>
+        <v>478.52670899999998</v>
       </c>
       <c r="C415" s="5">
-        <v>1.7009195699999964</v>
+        <v>1.6301234000000022</v>
       </c>
       <c r="D415" s="5">
-        <v>4.3622989251832722</v>
+        <v>4.1798286657039441</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>481.28619084000002</v>
+        <v>480.69061820000002</v>
       </c>
       <c r="C416" s="5">
-        <v>2.406043220000015</v>
+        <v>2.1639092000000346</v>
       </c>
       <c r="D416" s="5">
-        <v>6.198604863599777</v>
+        <v>5.5634452399556444</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>482.02839043</v>
+        <v>481.5295332</v>
       </c>
       <c r="C417" s="5">
-        <v>0.74219958999998425</v>
+        <v>0.83891499999998587</v>
       </c>
       <c r="D417" s="5">
-        <v>1.8663169183609885</v>
+        <v>2.1144941186326704</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>484.52409805999997</v>
+        <v>485.24355739999999</v>
       </c>
       <c r="C418" s="5">
-        <v>2.4957076299999699</v>
+        <v>3.714024199999983</v>
       </c>
       <c r="D418" s="5">
-        <v>6.393027060460188</v>
+        <v>9.6584729885203835</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>486.58207334999997</v>
+        <v>487.07735789999998</v>
       </c>
       <c r="C419" s="5">
-        <v>2.0579752900000017</v>
+        <v>1.8338004999999953</v>
       </c>
       <c r="D419" s="5">
-        <v>5.2176684649328342</v>
+        <v>4.6304187904002703</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>486.94618689999999</v>
+        <v>487.31069839999998</v>
       </c>
       <c r="C420" s="5">
-        <v>0.36411355000001322</v>
+        <v>0.23334049999999706</v>
       </c>
       <c r="D420" s="5">
-        <v>0.90167532792699845</v>
+        <v>0.57639213520810362</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>489.20194354</v>
+        <v>489.50314049999997</v>
       </c>
       <c r="C421" s="5">
-        <v>2.2557566400000155</v>
+        <v>2.1924420999999938</v>
       </c>
       <c r="D421" s="5">
-        <v>5.7027905090265563</v>
+        <v>5.5344953416598175</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>490.87248545</v>
+        <v>490.9175497</v>
       </c>
       <c r="C422" s="5">
-        <v>1.6705419099999972</v>
+        <v>1.4144092000000228</v>
       </c>
       <c r="D422" s="5">
-        <v>4.1756429552753271</v>
+        <v>3.5230133850360001</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>494.49426890000001</v>
+        <v>494.51510539999998</v>
       </c>
       <c r="C423" s="5">
-        <v>3.6217834500000095</v>
+        <v>3.5975556999999867</v>
       </c>
       <c r="D423" s="5">
-        <v>9.2221889434997095</v>
+        <v>9.1571153073175324</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>495.02836761999998</v>
+        <v>495.02043479999998</v>
       </c>
       <c r="C424" s="5">
-        <v>0.53409871999997449</v>
+        <v>0.50532939999999371</v>
       </c>
       <c r="D424" s="5">
-        <v>1.3038363059871161</v>
+        <v>1.2331575276601781</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>497.38200792999999</v>
+        <v>497.33976669999998</v>
       </c>
       <c r="C425" s="5">
-        <v>2.353640310000003</v>
+        <v>2.3193319000000088</v>
       </c>
       <c r="D425" s="5">
-        <v>5.8570561074966276</v>
+        <v>5.7695625137174966</v>
       </c>
       <c r="E425" s="5">
-        <v>4.4214425073856312</v>
+        <v>4.4207935997389702</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>501.03920893999998</v>
+        <v>501.36944629999999</v>
       </c>
       <c r="C426" s="5">
-        <v>3.6572010099999943</v>
+        <v>4.0296796000000086</v>
       </c>
       <c r="D426" s="5">
-        <v>9.1892043099738316</v>
+        <v>10.168170189767189</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>500.54734704999998</v>
+        <v>500.77299340000002</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.49186188999999558</v>
+        <v>-0.59645289999997431</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.1716804495630617</v>
+        <v>-1.4182731980879049</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>500.54203217000003</v>
+        <v>500.62853999999999</v>
       </c>
       <c r="C428" s="5">
-        <v>-5.3148799999576113E-3</v>
+        <v>-0.14445340000003171</v>
       </c>
       <c r="D428" s="5">
-        <v>-1.274101957695617E-2</v>
+        <v>-0.34560435598637307</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>497.59861059999997</v>
+        <v>502.16048849999999</v>
       </c>
       <c r="C429" s="5">
-        <v>-2.943421570000055</v>
+        <v>1.5319484999999986</v>
       </c>
       <c r="D429" s="5">
-        <v>-6.8327495847716797</v>
+        <v>3.7344968672521572</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>499.79524727</v>
+        <v>501.42262890000001</v>
       </c>
       <c r="C430" s="5">
-        <v>2.1966366700000322</v>
+        <v>-0.73785959999997885</v>
       </c>
       <c r="D430" s="5">
-        <v>5.4278997372848137</v>
+        <v>-1.7490639465298607</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>499.33307396999999</v>
+        <v>493.2923452</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.46217330000001766</v>
+        <v>-8.1302837000000068</v>
       </c>
       <c r="D431" s="5">
-        <v>-1.1040439252113066</v>
+        <v>-17.812577504877947</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>501.06880999999998</v>
+        <v>494.96186089999998</v>
       </c>
       <c r="C432" s="5">
-        <v>1.7357360299999982</v>
+        <v>1.6695156999999767</v>
       </c>
       <c r="D432" s="5">
-        <v>4.2520117308007643</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>4.137779988226864</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>501.77925807000003</v>
+        <v>495.66365009999998</v>
       </c>
       <c r="C433" s="5">
-        <v>0.71044807000004084</v>
+        <v>0.70178920000000744</v>
       </c>
       <c r="D433" s="5">
-        <v>1.71476950549172</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1.7147694097312982</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>501.74963745000002</v>
+        <v>495.63439049999999</v>
       </c>
       <c r="C434" s="5">
-        <v>-2.9620620000002873E-2</v>
+        <v>-2.925959999998895E-2</v>
       </c>
       <c r="D434" s="5">
-        <v>-7.0814417564546428E-2</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-7.0814397081975233E-2</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>497.86803980000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>2.2336493000000246</v>
+      </c>
+      <c r="D435" s="5">
+        <v>5.5440558916125315</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>500.17807420000003</v>
+      </c>
+      <c r="C436" s="5">
+        <v>2.3100344000000064</v>
+      </c>
+      <c r="D436" s="5">
+        <v>5.7121303026856252</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>500.61197349999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.43389929999995047</v>
+      </c>
+      <c r="D437" s="5">
+        <v>1.0459687167091447</v>
+      </c>
+      <c r="E437" s="5">
+        <v>0.65794191799946056</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>