--- v0 (2025-10-17)
+++ v1 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{A0AF9091-7686-468F-9283-6E81BBABC5AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{BF21CC6B-0ED5-47E2-A0AB-39AAA55D814F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AAB3C84F-CFA0-47C6-B460-B3E4D7AD57A7}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{A25E4735-E5A5-4699-A75A-68AFE2CE3CBF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE900000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Government</t>
   </si>
   <si>
-    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q1.</t>
+    <t>Derived from seasonally adjusted components; early benchmarked through 2025:Q2.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6220 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0393396-8A66-4674-AC8A-341D1CFEDB4E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{446ADB08-2772-4C74-B0E0-4DF63E1AEB9C}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>1270.0135197</v>
+        <v>1270.0132180000001</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>1270.8662558000001</v>
+        <v>1270.8664900000001</v>
       </c>
       <c r="C7" s="5">
-        <v>0.85273610000012923</v>
+        <v>0.85327200000006087</v>
       </c>
       <c r="D7" s="5">
-        <v>0.80870846654337303</v>
+        <v>0.80921876993040875</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>1278.5589133999999</v>
+        <v>1278.5594960000001</v>
       </c>
       <c r="C8" s="5">
-        <v>7.6926575999998477</v>
+        <v>7.6930059999999685</v>
       </c>
       <c r="D8" s="5">
-        <v>7.510467375905705</v>
+        <v>7.5108174977655207</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>1283.5878203</v>
+        <v>1283.5892960000001</v>
       </c>
       <c r="C9" s="5">
-        <v>5.0289069000000381</v>
+        <v>5.0298000000000229</v>
       </c>
       <c r="D9" s="5">
-        <v>4.8233703627931224</v>
+        <v>4.8242433333194557</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>1304.1527802999999</v>
+        <v>1304.1552999999999</v>
       </c>
       <c r="C10" s="5">
-        <v>20.564959999999928</v>
+        <v>20.566003999999793</v>
       </c>
       <c r="D10" s="5">
-        <v>21.013719238700169</v>
+        <v>21.014855402512222</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>1287.2348601000001</v>
+        <v>1287.240409</v>
       </c>
       <c r="C11" s="5">
-        <v>-16.917920199999799</v>
+        <v>-16.914890999999898</v>
       </c>
       <c r="D11" s="5">
-        <v>-14.502807943719597</v>
+        <v>-14.500367497597699</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>1294.8783676999999</v>
+        <v>1294.875059</v>
       </c>
       <c r="C12" s="5">
-        <v>7.6435075999997935</v>
+        <v>7.6346499999999651</v>
       </c>
       <c r="D12" s="5">
-        <v>7.3628907745700634</v>
+        <v>7.3540453889059831</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>1268.5945592999999</v>
+        <v>1268.5944380000001</v>
       </c>
       <c r="C13" s="5">
-        <v>-26.283808399999998</v>
+        <v>-26.280620999999883</v>
       </c>
       <c r="D13" s="5">
-        <v>-21.81446239338003</v>
+        <v>-21.812154691608164</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>1286.8202128999999</v>
+        <v>1286.8174449999999</v>
       </c>
       <c r="C14" s="5">
-        <v>18.225653599999987</v>
+        <v>18.223006999999825</v>
       </c>
       <c r="D14" s="5">
-        <v>18.669839368871433</v>
+        <v>18.666912514562672</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>1290.8888935</v>
+        <v>1290.8871039999999</v>
       </c>
       <c r="C15" s="5">
-        <v>4.068680600000107</v>
+        <v>4.0696590000000015</v>
       </c>
       <c r="D15" s="5">
-        <v>3.8608524420659762</v>
+        <v>3.8618055253819117</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>1293.9737723000001</v>
+        <v>1293.9724699999999</v>
       </c>
       <c r="C16" s="5">
-        <v>3.0848788000000695</v>
+        <v>3.0853660000000218</v>
       </c>
       <c r="D16" s="5">
-        <v>2.9056719562889022</v>
+        <v>2.9061409848458508</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>1298.4932942999999</v>
+        <v>1298.492626</v>
       </c>
       <c r="C17" s="5">
-        <v>4.5195219999998244</v>
+        <v>4.5201560000000427</v>
       </c>
       <c r="D17" s="5">
-        <v>4.2727554902373788</v>
+        <v>4.2733708200489273</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>1293.9440039999999</v>
+        <v>1293.9437789999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-4.5492902999999387</v>
+        <v>-4.5488470000000234</v>
       </c>
       <c r="D18" s="5">
-        <v>-4.1241438179729695</v>
+        <v>-4.1237517387087808</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>1294.8730920999999</v>
+        <v>1294.873364</v>
       </c>
       <c r="C19" s="5">
-        <v>0.92908809999994446</v>
+        <v>0.92958500000008826</v>
       </c>
       <c r="D19" s="5">
-        <v>0.86504455094216226</v>
+        <v>0.86550917949212991</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>1294.1450184</v>
+        <v>1294.14562</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.72807369999986804</v>
+        <v>-0.7277440000000297</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.67264631141157327</v>
+        <v>-0.67234251127347155</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>1297.7244031</v>
+        <v>1297.725729</v>
       </c>
       <c r="C21" s="5">
-        <v>3.5793846999999914</v>
+        <v>3.5801089999999931</v>
       </c>
       <c r="D21" s="5">
-        <v>3.3699527725719713</v>
+        <v>3.370643511385274</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>1301.5650585999999</v>
+        <v>1301.5672099999999</v>
       </c>
       <c r="C22" s="5">
-        <v>3.8406554999999116</v>
+        <v>3.8414809999999306</v>
       </c>
       <c r="D22" s="5">
-        <v>3.6098194405109529</v>
+        <v>3.6106042514858716</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>1308.8079657999999</v>
+        <v>1308.813236</v>
       </c>
       <c r="C23" s="5">
-        <v>7.2429071999999906</v>
+        <v>7.2460260000000289</v>
       </c>
       <c r="D23" s="5">
-        <v>6.8859400434492901</v>
+        <v>6.8889847683186956</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>1312.0098435</v>
+        <v>1312.007171</v>
       </c>
       <c r="C24" s="5">
-        <v>3.2018777000000682</v>
+        <v>3.1939350000000104</v>
       </c>
       <c r="D24" s="5">
-        <v>2.9755133693142088</v>
+        <v>2.9680207365683664</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>1294.0643207000001</v>
+        <v>1294.0638730000001</v>
       </c>
       <c r="C25" s="5">
-        <v>-17.945522799999935</v>
+        <v>-17.943297999999913</v>
       </c>
       <c r="D25" s="5">
-        <v>-15.233307484070524</v>
+        <v>-15.231587392144863</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>1325.5536076000001</v>
+        <v>1325.5509380000001</v>
       </c>
       <c r="C26" s="5">
-        <v>31.489286900000025</v>
+        <v>31.48706500000003</v>
       </c>
       <c r="D26" s="5">
-        <v>33.443429121809466</v>
+        <v>33.440758162955021</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>1329.2261309</v>
+        <v>1329.2244880000001</v>
       </c>
       <c r="C27" s="5">
-        <v>3.6725232999999662</v>
+        <v>3.6735499999999774</v>
       </c>
       <c r="D27" s="5">
-        <v>3.3758020816347267</v>
+        <v>3.3767671653280651</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>1332.3171671</v>
+        <v>1332.316024</v>
       </c>
       <c r="C28" s="5">
-        <v>3.0910361999999623</v>
+        <v>3.0915359999999055</v>
       </c>
       <c r="D28" s="5">
-        <v>2.8264972803985433</v>
+        <v>2.8269637071753895</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>1335.3999666</v>
+        <v>1335.3994290000001</v>
       </c>
       <c r="C29" s="5">
-        <v>3.0827994999999646</v>
+        <v>3.0834050000000843</v>
       </c>
       <c r="D29" s="5">
-        <v>2.8122458115846793</v>
+        <v>2.8128076653755274</v>
       </c>
       <c r="E29" s="5">
-        <v>2.8422689945346136</v>
+        <v>2.8422805228930148</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>1337.8285057999999</v>
+        <v>1337.8284189999999</v>
       </c>
       <c r="C30" s="5">
-        <v>2.428539199999932</v>
+        <v>2.4289899999998852</v>
       </c>
       <c r="D30" s="5">
-        <v>2.2042635024828838</v>
+        <v>2.2046776695453074</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>1341.3146781999999</v>
+        <v>1341.315014</v>
       </c>
       <c r="C31" s="5">
-        <v>3.4861723999999867</v>
+        <v>3.4865950000000794</v>
       </c>
       <c r="D31" s="5">
-        <v>3.1722211826593405</v>
+        <v>3.1726114623998214</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>1344.8750458</v>
+        <v>1344.8756129999999</v>
       </c>
       <c r="C32" s="5">
-        <v>3.5603676000000632</v>
+        <v>3.560598999999911</v>
       </c>
       <c r="D32" s="5">
-        <v>3.2321798066350382</v>
+        <v>3.2323921320342786</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>1343.7736616</v>
+        <v>1343.774733</v>
       </c>
       <c r="C33" s="5">
-        <v>-1.101384199999984</v>
+        <v>-1.100879999999961</v>
       </c>
       <c r="D33" s="5">
-        <v>-0.97832450153306771</v>
+        <v>-0.97787824060038275</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>1345.7844305000001</v>
+        <v>1345.7860800000001</v>
       </c>
       <c r="C34" s="5">
-        <v>2.0107689000001301</v>
+        <v>2.0113470000001143</v>
       </c>
       <c r="D34" s="5">
-        <v>1.8104837423357223</v>
+        <v>1.8110070966701253</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>1346.8266979</v>
+        <v>1346.831179</v>
       </c>
       <c r="C35" s="5">
-        <v>1.0422673999999006</v>
+        <v>1.0450989999999365</v>
       </c>
       <c r="D35" s="5">
-        <v>0.93333090293423737</v>
+        <v>0.93587623558413213</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>1380.8668407</v>
+        <v>1380.8648659999999</v>
       </c>
       <c r="C36" s="5">
-        <v>34.040142800000012</v>
+        <v>34.033686999999873</v>
       </c>
       <c r="D36" s="5">
-        <v>34.921452935080531</v>
+        <v>34.913750985634692</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>1364.1316578000001</v>
+        <v>1364.1307939999999</v>
       </c>
       <c r="C37" s="5">
-        <v>-16.735182899999927</v>
+        <v>-16.734071999999969</v>
       </c>
       <c r="D37" s="5">
-        <v>-13.611915616236415</v>
+        <v>-13.61108958196211</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>1366.9512196999999</v>
+        <v>1366.9491109999999</v>
       </c>
       <c r="C38" s="5">
-        <v>2.819561899999826</v>
+        <v>2.8183169999999791</v>
       </c>
       <c r="D38" s="5">
-        <v>2.5087052189983305</v>
+        <v>2.5075865586544399</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>1370.9891600000001</v>
+        <v>1370.9878550000001</v>
       </c>
       <c r="C39" s="5">
-        <v>4.037940300000173</v>
+        <v>4.0387440000001789</v>
       </c>
       <c r="D39" s="5">
-        <v>3.6029327737419514</v>
+        <v>3.6036672340504339</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>1374.3663653999999</v>
+        <v>1374.365526</v>
       </c>
       <c r="C40" s="5">
-        <v>3.3772053999998661</v>
+        <v>3.3776709999999639</v>
       </c>
       <c r="D40" s="5">
-        <v>2.9963814397051314</v>
+        <v>2.9968030421294589</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>1376.1484023999999</v>
+        <v>1376.1480590000001</v>
       </c>
       <c r="C41" s="5">
-        <v>1.7820369999999457</v>
+        <v>1.7825330000000577</v>
       </c>
       <c r="D41" s="5">
-        <v>1.5670935605335501</v>
+        <v>1.5675338149746976</v>
       </c>
       <c r="E41" s="5">
-        <v>3.0514030866533259</v>
+        <v>3.051418857540944</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>1380.8750808</v>
+        <v>1380.8751560000001</v>
       </c>
       <c r="C42" s="5">
-        <v>4.7266784000000825</v>
+        <v>4.7270969999999579</v>
       </c>
       <c r="D42" s="5">
-        <v>4.2004190964539001</v>
+        <v>4.2007992143880069</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>1386.0309428</v>
+        <v>1386.0313200000001</v>
       </c>
       <c r="C43" s="5">
-        <v>5.1558620000000701</v>
+        <v>5.1561639999999898</v>
       </c>
       <c r="D43" s="5">
-        <v>4.5736824914169194</v>
+        <v>4.5739556621674948</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>1387.6558292</v>
+        <v>1387.656338</v>
       </c>
       <c r="C44" s="5">
-        <v>1.624886399999923</v>
+        <v>1.6250179999999546</v>
       </c>
       <c r="D44" s="5">
-        <v>1.4159029536622736</v>
+        <v>1.4160179806545825</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>1392.9483215</v>
+        <v>1392.9489209999999</v>
       </c>
       <c r="C45" s="5">
-        <v>5.292492300000049</v>
+        <v>5.2925829999999223</v>
       </c>
       <c r="D45" s="5">
-        <v>4.6740142713886268</v>
+        <v>4.6740943100284982</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>1395.6800880000001</v>
+        <v>1395.681049</v>
       </c>
       <c r="C46" s="5">
-        <v>2.7317665000000488</v>
+        <v>2.7321280000001025</v>
       </c>
       <c r="D46" s="5">
-        <v>2.378918585456935</v>
+        <v>2.3792357611361892</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>1395.4064452</v>
+        <v>1395.4097839999999</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.27364280000006147</v>
+        <v>-0.27126500000008491</v>
       </c>
       <c r="D47" s="5">
-        <v>-0.23502340829726354</v>
+        <v>-0.23298321116411724</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>1423.1789169000001</v>
+        <v>1423.1775379999999</v>
       </c>
       <c r="C48" s="5">
-        <v>27.772471700000096</v>
+        <v>27.767753999999968</v>
       </c>
       <c r="D48" s="5">
-        <v>26.679202951874359</v>
+        <v>26.674092928176929</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>1408.1831144</v>
+        <v>1408.182251</v>
       </c>
       <c r="C49" s="5">
-        <v>-14.995802500000082</v>
+        <v>-14.995286999999962</v>
       </c>
       <c r="D49" s="5">
-        <v>-11.93657524190812</v>
+        <v>-11.93619929083285</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>1408.6232683000001</v>
+        <v>1408.621883</v>
       </c>
       <c r="C50" s="5">
-        <v>0.44015390000004118</v>
+        <v>0.43963200000007419</v>
       </c>
       <c r="D50" s="5">
-        <v>0.37572787102206906</v>
+        <v>0.37528182759434259</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>1409.4164139</v>
+        <v>1409.4155470000001</v>
       </c>
       <c r="C51" s="5">
-        <v>0.79314559999988887</v>
+        <v>0.79366400000003523</v>
       </c>
       <c r="D51" s="5">
-        <v>0.67777367313432979</v>
+        <v>0.67821870877897705</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>1408.2083568</v>
+        <v>1408.2078750000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-1.2080570999999054</v>
+        <v>-1.2076720000000023</v>
       </c>
       <c r="D52" s="5">
-        <v>-1.0237243742122981</v>
+        <v>-1.023400198035862</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>1414.0597603000001</v>
+        <v>1414.0596290000001</v>
       </c>
       <c r="C53" s="5">
-        <v>5.8514035000000604</v>
+        <v>5.8517540000000281</v>
       </c>
       <c r="D53" s="5">
-        <v>5.1018011134005725</v>
+        <v>5.1021155158687437</v>
       </c>
       <c r="E53" s="5">
-        <v>2.7548887775390218</v>
+        <v>2.7549048775717511</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>1419.6650279</v>
+        <v>1419.6652329999999</v>
       </c>
       <c r="C54" s="5">
-        <v>5.6052675999999337</v>
+        <v>5.6056039999998575</v>
       </c>
       <c r="D54" s="5">
-        <v>4.8618325078616964</v>
+        <v>4.8621311429309477</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>1419.8161568</v>
+        <v>1419.8165140000001</v>
       </c>
       <c r="C55" s="5">
-        <v>0.15112890000000334</v>
+        <v>0.15128100000015365</v>
       </c>
       <c r="D55" s="5">
-        <v>0.12781951844811346</v>
+        <v>0.12794821619732666</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>1422.8664017999999</v>
+        <v>1422.8667869999999</v>
       </c>
       <c r="C56" s="5">
-        <v>3.0502449999999044</v>
+        <v>3.0502729999998337</v>
       </c>
       <c r="D56" s="5">
-        <v>2.6086861440115072</v>
+        <v>2.608709710263013</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>1428.9310405000001</v>
+        <v>1428.931239</v>
       </c>
       <c r="C57" s="5">
-        <v>6.0646387000001596</v>
+        <v>6.0644520000000739</v>
       </c>
       <c r="D57" s="5">
-        <v>5.2363439660750188</v>
+        <v>5.2361775167375502</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>1433.3864891999999</v>
+        <v>1433.387056</v>
       </c>
       <c r="C58" s="5">
-        <v>4.4554486999998062</v>
+        <v>4.4558170000000246</v>
       </c>
       <c r="D58" s="5">
-        <v>3.8064725382982445</v>
+        <v>3.8067920701806424</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>1439.2171757999999</v>
+        <v>1439.2189370000001</v>
       </c>
       <c r="C59" s="5">
-        <v>5.8306866000000355</v>
+        <v>5.8318810000000667</v>
       </c>
       <c r="D59" s="5">
-        <v>4.9920270299827152</v>
+        <v>4.9930706050235196</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>1464.7083841000001</v>
+        <v>1464.7072559999999</v>
       </c>
       <c r="C60" s="5">
-        <v>25.491208300000153</v>
+        <v>25.488318999999819</v>
       </c>
       <c r="D60" s="5">
-        <v>23.451965977837851</v>
+        <v>23.449012191132734</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>1447.0243909999999</v>
+        <v>1447.023786</v>
       </c>
       <c r="C61" s="5">
-        <v>-17.68399310000018</v>
+        <v>-17.683469999999943</v>
       </c>
       <c r="D61" s="5">
-        <v>-13.56369174833889</v>
+        <v>-13.563326549045208</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>1444.1369242000001</v>
+        <v>1444.1363719999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-2.8874667999998564</v>
+        <v>-2.8874140000000352</v>
       </c>
       <c r="D62" s="5">
-        <v>-2.36843560805442</v>
+        <v>-2.3683937525981635</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>1450.6220665999999</v>
+        <v>1450.62166</v>
       </c>
       <c r="C63" s="5">
-        <v>6.4851423999998588</v>
+        <v>6.4852880000000823</v>
       </c>
       <c r="D63" s="5">
-        <v>5.5239129881866411</v>
+        <v>5.5240422510972387</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>1452.7563322999999</v>
+        <v>1452.7562419999999</v>
       </c>
       <c r="C64" s="5">
-        <v>2.1342657000000145</v>
+        <v>2.1345819999999094</v>
       </c>
       <c r="D64" s="5">
-        <v>1.7798884339856214</v>
+        <v>1.7801548564758019</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>1454.9860495</v>
+        <v>1454.9861579999999</v>
       </c>
       <c r="C65" s="5">
-        <v>2.2297172000000955</v>
+        <v>2.2299160000000029</v>
       </c>
       <c r="D65" s="5">
-        <v>1.8574093448768592</v>
+        <v>1.8575764671910022</v>
       </c>
       <c r="E65" s="5">
-        <v>2.8942404238500696</v>
+        <v>2.8942576508560913</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>1456.8782853</v>
+        <v>1456.8785929999999</v>
       </c>
       <c r="C66" s="5">
-        <v>1.8922357999999804</v>
+        <v>1.8924349999999777</v>
       </c>
       <c r="D66" s="5">
-        <v>1.5718332359122122</v>
+        <v>1.5719997738361746</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>1461.0667105</v>
+        <v>1461.067041</v>
       </c>
       <c r="C67" s="5">
-        <v>4.1884251999999833</v>
+        <v>4.1884480000001076</v>
       </c>
       <c r="D67" s="5">
-        <v>3.5049944230499674</v>
+        <v>3.5050130534220791</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>1463.2576621999999</v>
+        <v>1463.257963</v>
       </c>
       <c r="C68" s="5">
-        <v>2.1909516999999141</v>
+        <v>2.1909220000000005</v>
       </c>
       <c r="D68" s="5">
-        <v>1.8143831355451168</v>
+        <v>1.8143579232060558</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>1465.7624148</v>
+        <v>1465.76205</v>
       </c>
       <c r="C69" s="5">
-        <v>2.5047526000000744</v>
+        <v>2.5040870000000268</v>
       </c>
       <c r="D69" s="5">
-        <v>2.0735671469564343</v>
+        <v>2.0730105011652844</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>1468.1802491000001</v>
+        <v>1468.180321</v>
       </c>
       <c r="C70" s="5">
-        <v>2.417834300000095</v>
+        <v>2.4182710000000043</v>
       </c>
       <c r="D70" s="5">
-        <v>1.997506066265764</v>
+        <v>1.9978706299953464</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>1471.5614104000001</v>
+        <v>1471.5621000000001</v>
       </c>
       <c r="C71" s="5">
-        <v>3.3811613000000307</v>
+        <v>3.3817790000000514</v>
       </c>
       <c r="D71" s="5">
-        <v>2.7988267955129986</v>
+        <v>2.799344465709197</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>1496.3174019</v>
+        <v>1496.316468</v>
       </c>
       <c r="C72" s="5">
-        <v>24.755991499999936</v>
+        <v>24.754367999999886</v>
       </c>
       <c r="D72" s="5">
-        <v>22.164222164883341</v>
+        <v>22.162620235562301</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>1475.7422798</v>
+        <v>1475.7420709999999</v>
       </c>
       <c r="C73" s="5">
-        <v>-20.575122100000044</v>
+        <v>-20.57439700000009</v>
       </c>
       <c r="D73" s="5">
-        <v>-15.308169749220069</v>
+        <v>-15.307679235398396</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>1476.5753273</v>
+        <v>1476.57518</v>
       </c>
       <c r="C74" s="5">
-        <v>0.83304750000002059</v>
+        <v>0.83310900000014954</v>
       </c>
       <c r="D74" s="5">
-        <v>0.67949974233367794</v>
+        <v>0.67955015892797732</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>1475.8510925999999</v>
+        <v>1475.8510349999999</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.72423470000012458</v>
+        <v>-0.72414500000013504</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.58699408718930757</v>
+        <v>-0.58692163948941278</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>1478.4745734999999</v>
+        <v>1478.474831</v>
       </c>
       <c r="C76" s="5">
-        <v>2.6234809000000041</v>
+        <v>2.6237960000000839</v>
       </c>
       <c r="D76" s="5">
-        <v>2.154105787834304</v>
+        <v>2.1543671322597158</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>1481.8250805</v>
+        <v>1481.82548</v>
       </c>
       <c r="C77" s="5">
-        <v>3.3505070000001069</v>
+        <v>3.3506489999999758</v>
       </c>
       <c r="D77" s="5">
-        <v>2.7535826774303107</v>
+        <v>2.7537003516639347</v>
       </c>
       <c r="E77" s="5">
-        <v>1.8446246277909806</v>
+        <v>1.8446444904254511</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>1473.8388674</v>
+        <v>1473.839342</v>
       </c>
       <c r="C78" s="5">
-        <v>-7.9862130999999863</v>
+        <v>-7.9861379999999826</v>
       </c>
       <c r="D78" s="5">
-        <v>-6.279030879830616</v>
+        <v>-6.2789719298265716</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>1472.7847744999999</v>
+        <v>1472.7851250000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-1.0540929000001142</v>
+        <v>-1.0542169999998805</v>
       </c>
       <c r="D79" s="5">
-        <v>-0.85487476227410486</v>
+        <v>-0.85497473816154024</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>1473.1809943000001</v>
+        <v>1473.1812050000001</v>
       </c>
       <c r="C80" s="5">
-        <v>0.39621980000015355</v>
+        <v>0.39607999999998356</v>
       </c>
       <c r="D80" s="5">
-        <v>0.32331126747553451</v>
+        <v>0.32319694630329465</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>1476.8673034999999</v>
+        <v>1476.8664240000001</v>
       </c>
       <c r="C81" s="5">
-        <v>3.6863091999998687</v>
+        <v>3.6852189999999609</v>
       </c>
       <c r="D81" s="5">
-        <v>3.0444061236901243</v>
+        <v>3.0434928971589725</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>1478.3698044</v>
+        <v>1478.369371</v>
       </c>
       <c r="C82" s="5">
-        <v>1.5025009000000864</v>
+        <v>1.5029469999999492</v>
       </c>
       <c r="D82" s="5">
-        <v>1.2276823995608588</v>
+        <v>1.2280496826006848</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>1475.5492452999999</v>
+        <v>1475.549209</v>
       </c>
       <c r="C83" s="5">
-        <v>-2.8205591000000823</v>
+        <v>-2.8201619999999821</v>
       </c>
       <c r="D83" s="5">
-        <v>-2.2655895875147047</v>
+        <v>-2.265274616622015</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>1504.5466271</v>
+        <v>1504.545871</v>
       </c>
       <c r="C84" s="5">
-        <v>28.997381800000085</v>
+        <v>28.996662000000015</v>
       </c>
       <c r="D84" s="5">
-        <v>26.305806767062446</v>
+        <v>26.305082366134556</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>1486.0068375999999</v>
+        <v>1486.006766</v>
       </c>
       <c r="C85" s="5">
-        <v>-18.539789500000097</v>
+        <v>-18.539105000000063</v>
       </c>
       <c r="D85" s="5">
-        <v>-13.824884114692349</v>
+        <v>-13.824414258358964</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>1487.4241654</v>
+        <v>1487.4242139999999</v>
       </c>
       <c r="C86" s="5">
-        <v>1.4173278000000664</v>
+        <v>1.4174479999999221</v>
       </c>
       <c r="D86" s="5">
-        <v>1.1505625509480089</v>
+        <v>1.1506606954712062</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>1490.9706987</v>
+        <v>1490.970937</v>
       </c>
       <c r="C87" s="5">
-        <v>3.5465332999999646</v>
+        <v>3.5467230000001564</v>
       </c>
       <c r="D87" s="5">
-        <v>2.8990362572697714</v>
+        <v>2.8991932666840636</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>1492.687637</v>
+        <v>1492.6881490000001</v>
       </c>
       <c r="C88" s="5">
-        <v>1.716938300000038</v>
+        <v>1.7172120000000177</v>
       </c>
       <c r="D88" s="5">
-        <v>1.3906546862784364</v>
+        <v>1.3908775553242547</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>1494.2055819</v>
+        <v>1494.2063330000001</v>
       </c>
       <c r="C89" s="5">
-        <v>1.517944899999975</v>
+        <v>1.5181840000000193</v>
       </c>
       <c r="D89" s="5">
-        <v>1.22715322558411</v>
+        <v>1.2273471805816172</v>
       </c>
       <c r="E89" s="5">
-        <v>0.83549006984160457</v>
+        <v>0.83551357208409005</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>1495.6857207</v>
+        <v>1495.6866</v>
       </c>
       <c r="C90" s="5">
-        <v>1.480138800000077</v>
+        <v>1.4802669999999125</v>
       </c>
       <c r="D90" s="5">
-        <v>1.1952006839850426</v>
+        <v>1.1953041650726526</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>1496.499313</v>
+        <v>1496.500276</v>
       </c>
       <c r="C91" s="5">
-        <v>0.81359229999998206</v>
+        <v>0.81367599999998674</v>
       </c>
       <c r="D91" s="5">
-        <v>0.65470770554920676</v>
+        <v>0.65477487553526892</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>1500.2927278</v>
+        <v>1500.2923949999999</v>
       </c>
       <c r="C92" s="5">
-        <v>3.7934147999999368</v>
+        <v>3.7921189999999569</v>
       </c>
       <c r="D92" s="5">
-        <v>3.084599589321213</v>
+        <v>3.0835291747127069</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>1503.4613839000001</v>
+        <v>1503.4598390000001</v>
       </c>
       <c r="C93" s="5">
-        <v>3.1686561000001348</v>
+        <v>3.1674440000001596</v>
       </c>
       <c r="D93" s="5">
-        <v>2.5640788255002267</v>
+        <v>2.5630871514249476</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>1504.0925316</v>
+        <v>1504.0912310000001</v>
       </c>
       <c r="C94" s="5">
-        <v>0.63114769999992859</v>
+        <v>0.63139200000000528</v>
       </c>
       <c r="D94" s="5">
-        <v>0.50492043946368526</v>
+        <v>0.5051168522298477</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>1503.6254467000001</v>
+        <v>1503.625061</v>
       </c>
       <c r="C95" s="5">
-        <v>-0.46708489999991798</v>
+        <v>-0.46617000000014741</v>
       </c>
       <c r="D95" s="5">
-        <v>-0.37201537134070595</v>
+        <v>-0.37128825046416347</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>1527.8019856999999</v>
+        <v>1527.8016560000001</v>
       </c>
       <c r="C96" s="5">
-        <v>24.176538999999821</v>
+        <v>24.176595000000134</v>
       </c>
       <c r="D96" s="5">
-        <v>21.095732571152915</v>
+        <v>21.095791733421045</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>1518.0301839000001</v>
+        <v>1518.0299560000001</v>
       </c>
       <c r="C97" s="5">
-        <v>-9.771801799999821</v>
+        <v>-9.7717000000000098</v>
       </c>
       <c r="D97" s="5">
-        <v>-7.4108617582536729</v>
+        <v>-7.4107887926563532</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>1519.3398468</v>
+        <v>1519.3401690000001</v>
       </c>
       <c r="C98" s="5">
-        <v>1.3096628999999211</v>
+        <v>1.3102129999999761</v>
       </c>
       <c r="D98" s="5">
-        <v>1.0402127050549437</v>
+        <v>1.0406518605728943</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>1516.6303146</v>
+        <v>1516.630891</v>
       </c>
       <c r="C99" s="5">
-        <v>-2.7095322000000124</v>
+        <v>-2.7092780000000403</v>
       </c>
       <c r="D99" s="5">
-        <v>-2.1191675923106112</v>
+        <v>-2.1189702793543375</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>1518.3509236</v>
+        <v>1518.351488</v>
       </c>
       <c r="C100" s="5">
-        <v>1.7206089999999676</v>
+        <v>1.7205969999999979</v>
       </c>
       <c r="D100" s="5">
-        <v>1.369920519384471</v>
+        <v>1.3699103815968394</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>1515.3290018</v>
+        <v>1515.330125</v>
       </c>
       <c r="C101" s="5">
-        <v>-3.0219217999999728</v>
+        <v>-3.0213630000000649</v>
       </c>
       <c r="D101" s="5">
-        <v>-2.3623478965197786</v>
+        <v>-2.3619149633072878</v>
       </c>
       <c r="E101" s="5">
-        <v>1.4136889967403254</v>
+        <v>1.413713188966903</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>1520.1560801000001</v>
+        <v>1520.15742</v>
       </c>
       <c r="C102" s="5">
-        <v>4.8270783000000392</v>
+        <v>4.8272950000000492</v>
       </c>
       <c r="D102" s="5">
-        <v>3.8902873382743897</v>
+        <v>3.8904621201544476</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>1520.6050389</v>
+        <v>1520.6066020000001</v>
       </c>
       <c r="C103" s="5">
-        <v>0.44895879999990029</v>
+        <v>0.44918200000006436</v>
       </c>
       <c r="D103" s="5">
-        <v>0.35498101242312785</v>
+        <v>0.35515746469159115</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>1521.9047372</v>
+        <v>1521.9037679999999</v>
       </c>
       <c r="C104" s="5">
-        <v>1.2996983000000455</v>
+        <v>1.2971659999998337</v>
       </c>
       <c r="D104" s="5">
-        <v>1.0305047549745705</v>
+        <v>1.0284864532017712</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>1520.7759449</v>
+        <v>1520.773993</v>
       </c>
       <c r="C105" s="5">
-        <v>-1.1287922999999864</v>
+        <v>-1.1297749999998814</v>
       </c>
       <c r="D105" s="5">
-        <v>-0.88641470165340408</v>
+        <v>-0.88718380811447783</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>1526.9805753999999</v>
+        <v>1526.9785010000001</v>
       </c>
       <c r="C106" s="5">
-        <v>6.2046304999998938</v>
+        <v>6.2045080000000326</v>
       </c>
       <c r="D106" s="5">
-        <v>5.0072625302357787</v>
+        <v>5.0071680129896379</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>1524.9617757000001</v>
+        <v>1524.961</v>
       </c>
       <c r="C107" s="5">
-        <v>-2.0187996999998177</v>
+        <v>-2.0175010000000384</v>
       </c>
       <c r="D107" s="5">
-        <v>-1.575017719155658</v>
+        <v>-1.5740139796888597</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>1525.6534624999999</v>
+        <v>1525.6535140000001</v>
       </c>
       <c r="C108" s="5">
-        <v>0.69168679999984306</v>
+        <v>0.69251400000007379</v>
       </c>
       <c r="D108" s="5">
-        <v>0.54565166420328381</v>
+        <v>0.5463061276047565</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>1526.4681708999999</v>
+        <v>1526.4677320000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.81470839999997224</v>
+        <v>0.81421799999998257</v>
       </c>
       <c r="D109" s="5">
-        <v>0.64269286111044988</v>
+        <v>0.64230484498446483</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1542.7339344</v>
+        <v>1542.7346419999999</v>
       </c>
       <c r="C110" s="5">
-        <v>16.265763500000048</v>
+        <v>16.266909999999825</v>
       </c>
       <c r="D110" s="5">
-        <v>13.563652794821124</v>
+        <v>13.564669683744391</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1540.1558938000001</v>
+        <v>1540.1567419999999</v>
       </c>
       <c r="C111" s="5">
-        <v>-2.5780405999998948</v>
+        <v>-2.5778999999999996</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.9869744254877864</v>
+        <v>-1.9868661518101405</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1545.1914113</v>
+        <v>1545.191967</v>
       </c>
       <c r="C112" s="5">
-        <v>5.035517499999969</v>
+        <v>5.0352250000000822</v>
       </c>
       <c r="D112" s="5">
-        <v>3.9947082149638158</v>
+        <v>3.994469745100182</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1549.2945192</v>
+        <v>1549.295893</v>
       </c>
       <c r="C113" s="5">
-        <v>4.1031078999999409</v>
+        <v>4.1039260000000013</v>
       </c>
       <c r="D113" s="5">
-        <v>3.2334372741267492</v>
+        <v>3.2340902409266237</v>
       </c>
       <c r="E113" s="5">
-        <v>2.2414615809275507</v>
+        <v>2.2414764571515366</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1552.6995807999999</v>
+        <v>1552.701327</v>
       </c>
       <c r="C114" s="5">
-        <v>3.4050615999999536</v>
+        <v>3.4054340000000138</v>
       </c>
       <c r="D114" s="5">
-        <v>2.6694923972866658</v>
+        <v>2.6697854930502807</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1555.1679185</v>
+        <v>1555.1700980000001</v>
       </c>
       <c r="C115" s="5">
-        <v>2.4683377000001201</v>
+        <v>2.4687710000000607</v>
       </c>
       <c r="D115" s="5">
-        <v>1.9244166539261309</v>
+        <v>1.9247552483370622</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1557.7265335</v>
+        <v>1557.724905</v>
       </c>
       <c r="C116" s="5">
-        <v>2.5586149999999179</v>
+        <v>2.5548069999999825</v>
       </c>
       <c r="D116" s="5">
-        <v>1.9922438766633244</v>
+        <v>1.9892491553003433</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1555.8481044</v>
+        <v>1555.84583</v>
       </c>
       <c r="C117" s="5">
-        <v>-1.8784290999999484</v>
+        <v>-1.8790750000000571</v>
       </c>
       <c r="D117" s="5">
-        <v>-1.437495454407256</v>
+        <v>-1.4379879574719534</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1557.4952648000001</v>
+        <v>1557.492598</v>
       </c>
       <c r="C118" s="5">
-        <v>1.6471604000000752</v>
+        <v>1.6467680000000655</v>
       </c>
       <c r="D118" s="5">
-        <v>1.277851274162245</v>
+        <v>1.2775469581148391</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1558.9273337</v>
+        <v>1558.926297</v>
       </c>
       <c r="C119" s="5">
-        <v>1.4320688999998765</v>
+        <v>1.4336989999999332</v>
       </c>
       <c r="D119" s="5">
-        <v>1.1089599531992622</v>
+        <v>1.1102305720564143</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1560.1469448</v>
+        <v>1560.147338</v>
       </c>
       <c r="C120" s="5">
-        <v>1.2196111000000656</v>
+        <v>1.2210410000000138</v>
       </c>
       <c r="D120" s="5">
-        <v>0.94285803613620711</v>
+        <v>0.94396886140182268</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1561.7560040000001</v>
+        <v>1561.7553809999999</v>
       </c>
       <c r="C121" s="5">
-        <v>1.609059200000047</v>
+        <v>1.6080429999999524</v>
       </c>
       <c r="D121" s="5">
-        <v>1.2446657797722249</v>
+        <v>1.2438749354238166</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1572.0612154999999</v>
+        <v>1572.062338</v>
       </c>
       <c r="C122" s="5">
-        <v>10.305211499999814</v>
+        <v>10.306957000000011</v>
       </c>
       <c r="D122" s="5">
-        <v>8.2119514561749476</v>
+        <v>8.2133966673698211</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1567.4396850000001</v>
+        <v>1567.440658</v>
       </c>
       <c r="C123" s="5">
-        <v>-4.6215304999998352</v>
+        <v>-4.6216799999999694</v>
       </c>
       <c r="D123" s="5">
-        <v>-3.471264145011943</v>
+        <v>-3.4713721873864123</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1567.0234277</v>
+        <v>1567.023905</v>
       </c>
       <c r="C124" s="5">
-        <v>-0.41625730000009753</v>
+        <v>-0.41675299999997151</v>
       </c>
       <c r="D124" s="5">
-        <v>-0.31821308575593621</v>
+        <v>-0.31859127835026646</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1571.5766321999999</v>
+        <v>1571.577998</v>
       </c>
       <c r="C125" s="5">
-        <v>4.5532044999999925</v>
+        <v>4.5540929999999662</v>
       </c>
       <c r="D125" s="5">
-        <v>3.5430322002469206</v>
+        <v>3.5437335696073768</v>
       </c>
       <c r="E125" s="5">
-        <v>1.438210277249663</v>
+        <v>1.438208485588488</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1575.2229167999999</v>
+        <v>1575.2246709999999</v>
       </c>
       <c r="C126" s="5">
-        <v>3.6462845999999445</v>
+        <v>3.6466729999999643</v>
       </c>
       <c r="D126" s="5">
-        <v>2.8199776551117495</v>
+        <v>2.8202793988943764</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1577.2730552999999</v>
+        <v>1577.2751559999999</v>
       </c>
       <c r="C127" s="5">
-        <v>2.0501385000000028</v>
+        <v>2.0504849999999806</v>
       </c>
       <c r="D127" s="5">
-        <v>1.5730174823022081</v>
+        <v>1.5732834843459997</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1583.4903796000001</v>
+        <v>1583.4886220000001</v>
       </c>
       <c r="C128" s="5">
-        <v>6.2173243000002003</v>
+        <v>6.2134660000001531</v>
       </c>
       <c r="D128" s="5">
-        <v>4.8340921862079611</v>
+        <v>4.8310204139780488</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1585.8753850000001</v>
+        <v>1585.8732520000001</v>
       </c>
       <c r="C129" s="5">
-        <v>2.3850053999999545</v>
+        <v>2.3846300000000156</v>
       </c>
       <c r="D129" s="5">
-        <v>1.8224516076051689</v>
+        <v>1.8221644128393333</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1611.5382457999999</v>
+        <v>1611.535212</v>
       </c>
       <c r="C130" s="5">
-        <v>25.662860799999862</v>
+        <v>25.661959999999908</v>
       </c>
       <c r="D130" s="5">
-        <v>21.243566358918464</v>
+        <v>21.242784265430402</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1588.4071709</v>
+        <v>1588.4058769999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-23.13107489999993</v>
+        <v>-23.129335000000083</v>
       </c>
       <c r="D131" s="5">
-        <v>-15.927363682559703</v>
+        <v>-15.926286240100406</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1587.7153628000001</v>
+        <v>1587.715821</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.69180809999988924</v>
+        <v>-0.69005599999991318</v>
       </c>
       <c r="D132" s="5">
-        <v>-0.52139274625322418</v>
+        <v>-0.52007582299978816</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1591.2294085999999</v>
+        <v>1591.2288080000001</v>
       </c>
       <c r="C133" s="5">
-        <v>3.5140457999998489</v>
+        <v>3.5129870000000665</v>
       </c>
       <c r="D133" s="5">
-        <v>2.6884965735387567</v>
+        <v>2.6876758474656759</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1593.6349398</v>
+        <v>1593.636272</v>
       </c>
       <c r="C134" s="5">
-        <v>2.4055312000000413</v>
+        <v>2.4074639999998908</v>
       </c>
       <c r="D134" s="5">
-        <v>1.8292522697941127</v>
+        <v>1.8307349889677527</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1587.5716026</v>
+        <v>1587.5724720000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-6.0633371999999781</v>
+        <v>-6.063799999999901</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.4713262606209554</v>
+        <v>-4.4716567757005832</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1588.8973524</v>
+        <v>1588.8977110000001</v>
       </c>
       <c r="C136" s="5">
-        <v>1.3257498000000396</v>
+        <v>1.3252390000000105</v>
       </c>
       <c r="D136" s="5">
-        <v>1.0067117886876087</v>
+        <v>1.0063215751248134</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1594.1220373000001</v>
+        <v>1594.1231519999999</v>
       </c>
       <c r="C137" s="5">
-        <v>5.2246849000000566</v>
+        <v>5.2254409999998188</v>
       </c>
       <c r="D137" s="5">
-        <v>4.0180457583819607</v>
+        <v>4.0186368717968435</v>
       </c>
       <c r="E137" s="5">
-        <v>1.4345724311540353</v>
+        <v>1.4345552068488532</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1594.8966639</v>
+        <v>1594.898197</v>
       </c>
       <c r="C138" s="5">
-        <v>0.77462659999991956</v>
+        <v>0.77504500000009102</v>
       </c>
       <c r="D138" s="5">
-        <v>0.58467309563683401</v>
+        <v>0.58498933061110758</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1595.2514177</v>
+        <v>1595.2533109999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.35475380000002588</v>
+        <v>0.35511399999995774</v>
       </c>
       <c r="D139" s="5">
-        <v>0.26724348317181956</v>
+        <v>0.26751490430692026</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1599.1384468000001</v>
+        <v>1599.1366660000001</v>
       </c>
       <c r="C140" s="5">
-        <v>3.8870291000000634</v>
+        <v>3.8833550000001651</v>
       </c>
       <c r="D140" s="5">
-        <v>2.9634548518028048</v>
+        <v>2.9606125629262792</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1602.3827088999999</v>
+        <v>1602.381421</v>
       </c>
       <c r="C141" s="5">
-        <v>3.2442620999997871</v>
+        <v>3.244754999999941</v>
       </c>
       <c r="D141" s="5">
-        <v>2.4618566510393514</v>
+        <v>2.4622376369349386</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1605.2647566000001</v>
+        <v>1605.2625109999999</v>
       </c>
       <c r="C142" s="5">
-        <v>2.8820477000001574</v>
+        <v>2.8810899999998583</v>
       </c>
       <c r="D142" s="5">
-        <v>2.1798009230131754</v>
+        <v>2.1790711692748932</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1610.9314297000001</v>
+        <v>1610.9301720000001</v>
       </c>
       <c r="C143" s="5">
-        <v>5.6666731000000254</v>
+        <v>5.6676610000001801</v>
       </c>
       <c r="D143" s="5">
-        <v>4.3192861623443157</v>
+        <v>4.3200600088380003</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1608.8373974000001</v>
+        <v>1608.8379150000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-2.0940322999999808</v>
+        <v>-2.0922570000000178</v>
       </c>
       <c r="D144" s="5">
-        <v>-1.5487630723548418</v>
+        <v>-1.547460610927931</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1618.48235</v>
+        <v>1618.481792</v>
       </c>
       <c r="C145" s="5">
-        <v>9.6449525999998968</v>
+        <v>9.6438769999999749</v>
       </c>
       <c r="D145" s="5">
-        <v>7.4359868677051244</v>
+        <v>7.4351276104416497</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1632.9401599</v>
+        <v>1632.941523</v>
       </c>
       <c r="C146" s="5">
-        <v>14.457809900000029</v>
+        <v>14.45973099999992</v>
       </c>
       <c r="D146" s="5">
-        <v>11.262196279005554</v>
+        <v>11.263771120780163</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1627.7997636</v>
+        <v>1627.80044</v>
       </c>
       <c r="C147" s="5">
-        <v>-5.1403963000000203</v>
+        <v>-5.1410829999999805</v>
       </c>
       <c r="D147" s="5">
-        <v>-3.7128056153207245</v>
+        <v>-3.7132900020177773</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1632.2465566000001</v>
+        <v>1632.2467469999999</v>
       </c>
       <c r="C148" s="5">
-        <v>4.4467930000000706</v>
+        <v>4.4463069999999334</v>
       </c>
       <c r="D148" s="5">
-        <v>3.3278422132848817</v>
+        <v>3.3274716210792255</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1633.6447075000001</v>
+        <v>1633.6454650000001</v>
       </c>
       <c r="C149" s="5">
-        <v>1.3981509000000187</v>
+        <v>1.3987180000001445</v>
       </c>
       <c r="D149" s="5">
-        <v>1.0327533164085523</v>
+        <v>1.0331740637037568</v>
       </c>
       <c r="E149" s="5">
-        <v>2.47927506647736</v>
+        <v>2.4792509255270101</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1636.5817795999999</v>
+        <v>1636.5828369999999</v>
       </c>
       <c r="C150" s="5">
-        <v>2.9370720999997957</v>
+        <v>2.9373719999998684</v>
       </c>
       <c r="D150" s="5">
-        <v>2.1788992630281889</v>
+        <v>2.1791229315040184</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1638.1851383999999</v>
+        <v>1638.18634</v>
       </c>
       <c r="C151" s="5">
-        <v>1.6033588000000236</v>
+        <v>1.6035030000000461</v>
       </c>
       <c r="D151" s="5">
-        <v>1.1819952188353966</v>
+        <v>1.1821013286253068</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1644.7369332000001</v>
+        <v>1644.735533</v>
       </c>
       <c r="C152" s="5">
-        <v>6.5517948000001525</v>
+        <v>6.5491930000000593</v>
       </c>
       <c r="D152" s="5">
-        <v>4.9062968748856184</v>
+        <v>4.9043018073768208</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1646.0610064</v>
+        <v>1646.0606330000001</v>
       </c>
       <c r="C153" s="5">
-        <v>1.3240731999999298</v>
+        <v>1.3251000000000204</v>
       </c>
       <c r="D153" s="5">
-        <v>0.97033260455827719</v>
+        <v>0.97108925158613246</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1649.6987118</v>
+        <v>1649.697136</v>
       </c>
       <c r="C154" s="5">
-        <v>3.6377053999999589</v>
+        <v>3.6365029999999479</v>
       </c>
       <c r="D154" s="5">
-        <v>2.6844069161411355</v>
+        <v>2.6835094247686708</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1650.1334838</v>
+        <v>1650.1323400000001</v>
       </c>
       <c r="C155" s="5">
-        <v>0.43477200000006633</v>
+        <v>0.4352040000001125</v>
       </c>
       <c r="D155" s="5">
-        <v>0.31671438297553589</v>
+        <v>0.31702983807890828</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1646.5503563</v>
+        <v>1646.5507459999999</v>
       </c>
       <c r="C156" s="5">
-        <v>-3.583127500000046</v>
+        <v>-3.5815940000002229</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.5748049218060509</v>
+        <v>-2.5737178459282029</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1650.0193194999999</v>
+        <v>1650.019047</v>
       </c>
       <c r="C157" s="5">
-        <v>3.4689631999999619</v>
+        <v>3.4683010000001104</v>
       </c>
       <c r="D157" s="5">
-        <v>2.557669644216265</v>
+        <v>2.5571751211003635</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1661.7189063999999</v>
+        <v>1661.720143</v>
       </c>
       <c r="C158" s="5">
-        <v>11.699586899999986</v>
+        <v>11.701096000000007</v>
       </c>
       <c r="D158" s="5">
-        <v>8.8484834685554468</v>
+        <v>8.8496712103133035</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1672.0576109000001</v>
+        <v>1672.0581090000001</v>
       </c>
       <c r="C159" s="5">
-        <v>10.338704500000176</v>
+        <v>10.337966000000051</v>
       </c>
       <c r="D159" s="5">
-        <v>7.7268871215417478</v>
+        <v>7.7263102164990993</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1673.3721700000001</v>
+        <v>1673.3719160000001</v>
       </c>
       <c r="C160" s="5">
-        <v>1.3145590999999968</v>
+        <v>1.3138069999999971</v>
       </c>
       <c r="D160" s="5">
-        <v>0.9475211222314428</v>
+        <v>0.94697638781238158</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1675.7721357</v>
+        <v>1675.7725519999999</v>
       </c>
       <c r="C161" s="5">
-        <v>2.3999656999999388</v>
+        <v>2.4006359999998494</v>
       </c>
       <c r="D161" s="5">
-        <v>1.7346920174162062</v>
+        <v>1.735180604025377</v>
       </c>
       <c r="E161" s="5">
-        <v>2.5787386943191937</v>
+        <v>2.578716612787213</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1675.542023</v>
+        <v>1675.542551</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.23011270000006334</v>
+        <v>-0.23000099999990198</v>
       </c>
       <c r="D162" s="5">
-        <v>-0.16465650643866514</v>
+        <v>-0.16457659928388324</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1677.6869761</v>
+        <v>1677.6874089999999</v>
       </c>
       <c r="C163" s="5">
-        <v>2.1449531000000661</v>
+        <v>2.1448579999998856</v>
       </c>
       <c r="D163" s="5">
-        <v>1.5470480569469869</v>
+        <v>1.5469784914832641</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1676.1107496</v>
+        <v>1676.1096210000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-1.5762265000000752</v>
+        <v>-1.5777879999998277</v>
       </c>
       <c r="D164" s="5">
-        <v>-1.1216206709619869</v>
+        <v>-1.1227257832083226</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1678.4833527000001</v>
+        <v>1678.483659</v>
       </c>
       <c r="C165" s="5">
-        <v>2.3726031000001058</v>
+        <v>2.3740379999999277</v>
       </c>
       <c r="D165" s="5">
-        <v>1.7119363105843277</v>
+        <v>1.7129808945739899</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1678.54322</v>
+        <v>1678.5422100000001</v>
       </c>
       <c r="C166" s="5">
-        <v>5.9867299999950774E-2</v>
+        <v>5.8551000000079512E-2</v>
       </c>
       <c r="D166" s="5">
-        <v>4.2809393760601111E-2</v>
+        <v>4.1867957047658777E-2</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1680.4684907999999</v>
+        <v>1680.4678650000001</v>
       </c>
       <c r="C167" s="5">
-        <v>1.9252707999999075</v>
+        <v>1.9256550000000061</v>
       </c>
       <c r="D167" s="5">
-        <v>1.3851030738244452</v>
+        <v>1.3853820651659632</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1672.1179545</v>
+        <v>1672.1186130000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-8.3505362999999306</v>
+        <v>-8.3492519999999786</v>
       </c>
       <c r="D168" s="5">
-        <v>-5.8027038255574537</v>
+        <v>-5.8018377248284514</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1671.1327864</v>
+        <v>1671.1331339999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.98516810000000987</v>
+        <v>-0.98547900000016853</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.70472203099292141</v>
+        <v>-0.70494343052398545</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1670.9751048999999</v>
+        <v>1670.976236</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.15768150000008063</v>
+        <v>-0.15689799999995557</v>
       </c>
       <c r="D170" s="5">
-        <v>-0.11316852632373697</v>
+        <v>-0.11260647274977664</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1668.2761287999999</v>
+        <v>1668.2764199999999</v>
       </c>
       <c r="C171" s="5">
-        <v>-2.6989760999999817</v>
+        <v>-2.6998160000000553</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.9211258910404871</v>
+        <v>-1.9217171383210885</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1668.4168337999999</v>
+        <v>1668.4159790000001</v>
       </c>
       <c r="C172" s="5">
-        <v>0.14070500000002539</v>
+        <v>0.13955900000019028</v>
       </c>
       <c r="D172" s="5">
-        <v>0.10125682621988652</v>
+        <v>0.10043172273446199</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1668.307043</v>
+        <v>1668.306857</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.10979079999992791</v>
+        <v>-0.10912200000007033</v>
       </c>
       <c r="D173" s="5">
-        <v>-7.8937879278329071E-2</v>
+        <v>-7.8457235615780885E-2</v>
       </c>
       <c r="E173" s="5">
-        <v>-0.4454718240604727</v>
+        <v>-0.44550765502691103</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1671.4882557999999</v>
+        <v>1671.487983</v>
       </c>
       <c r="C174" s="5">
-        <v>3.181212799999912</v>
+        <v>3.1811259999999493</v>
       </c>
       <c r="D174" s="5">
-        <v>2.3123724129488377</v>
+        <v>2.3123089167814248</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1673.2828044</v>
+        <v>1673.2824310000001</v>
       </c>
       <c r="C175" s="5">
-        <v>1.7945486000000983</v>
+        <v>1.7944480000001022</v>
       </c>
       <c r="D175" s="5">
-        <v>1.2959827540815816</v>
+        <v>1.295909886259361</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1675.1781811000001</v>
+        <v>1675.177598</v>
       </c>
       <c r="C176" s="5">
-        <v>1.8953767000000425</v>
+        <v>1.8951669999999012</v>
       </c>
       <c r="D176" s="5">
-        <v>1.3677756898139215</v>
+        <v>1.3676237255273671</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1677.3988583</v>
+        <v>1677.3986769999999</v>
       </c>
       <c r="C177" s="5">
-        <v>2.2206771999999546</v>
+        <v>2.2210789999999179</v>
       </c>
       <c r="D177" s="5">
-        <v>1.6024133611108438</v>
+        <v>1.6027059745525429</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1679.4560829</v>
+        <v>1679.456185</v>
       </c>
       <c r="C178" s="5">
-        <v>2.0572245999999268</v>
+        <v>2.057508000000098</v>
       </c>
       <c r="D178" s="5">
-        <v>1.4816928894303638</v>
+        <v>1.4818985453450617</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1683.3364762000001</v>
+        <v>1683.337051</v>
       </c>
       <c r="C179" s="5">
-        <v>3.8803933000001507</v>
+        <v>3.8808659999999691</v>
       </c>
       <c r="D179" s="5">
-        <v>2.8081136241682625</v>
+        <v>2.8084598880221634</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1685.1141699</v>
+        <v>1685.115648</v>
       </c>
       <c r="C180" s="5">
-        <v>1.7776936999998725</v>
+        <v>1.7785969999999907</v>
       </c>
       <c r="D180" s="5">
-        <v>1.2746510484946461</v>
+        <v>1.275302067800288</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1688.2843479000001</v>
+        <v>1688.2854480000001</v>
       </c>
       <c r="C181" s="5">
-        <v>3.1701780000000781</v>
+        <v>3.169800000000123</v>
       </c>
       <c r="D181" s="5">
-        <v>2.281046582043067</v>
+        <v>2.2807697573337338</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1691.1555862</v>
+        <v>1691.156217</v>
       </c>
       <c r="C182" s="5">
-        <v>2.8712382999999591</v>
+        <v>2.870768999999882</v>
       </c>
       <c r="D182" s="5">
-        <v>2.060018872196645</v>
+        <v>2.0596776550409368</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>1689.2711763</v>
+        <v>1689.2706840000001</v>
       </c>
       <c r="C183" s="5">
-        <v>-1.8844099000000369</v>
+        <v>-1.8855329999998958</v>
       </c>
       <c r="D183" s="5">
-        <v>-1.3289639968944722</v>
+        <v>-1.3297507099464978</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1689.2036513999999</v>
+        <v>1689.2016639999999</v>
       </c>
       <c r="C184" s="5">
-        <v>-6.7524900000080379E-2</v>
+        <v>-6.9020000000136861E-2</v>
       </c>
       <c r="D184" s="5">
-        <v>-4.7956816559813209E-2</v>
+        <v>-4.9018426266644877E-2</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1693.9578483</v>
+        <v>1693.9537620000001</v>
       </c>
       <c r="C185" s="5">
-        <v>4.7541969000001245</v>
+        <v>4.75209800000016</v>
       </c>
       <c r="D185" s="5">
-        <v>3.4301259861829081</v>
+        <v>3.4285922308344929</v>
       </c>
       <c r="E185" s="5">
-        <v>1.5375350363488138</v>
+        <v>1.5373014198430512</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1698.3118893000001</v>
+        <v>1698.3118589999999</v>
       </c>
       <c r="C186" s="5">
-        <v>4.354041000000052</v>
+        <v>4.358096999999816</v>
       </c>
       <c r="D186" s="5">
-        <v>3.1283828128223945</v>
+        <v>3.1313460736859922</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1700.0397831</v>
+        <v>1700.0406029999999</v>
       </c>
       <c r="C187" s="5">
-        <v>1.7278937999999471</v>
+        <v>1.7287440000000061</v>
       </c>
       <c r="D187" s="5">
-        <v>1.2277572531341763</v>
+        <v>1.2283647720802815</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1702.2523874000001</v>
+        <v>1702.2543250000001</v>
       </c>
       <c r="C188" s="5">
-        <v>2.2126043000000664</v>
+        <v>2.2137220000001889</v>
       </c>
       <c r="D188" s="5">
-        <v>1.5730302047376243</v>
+        <v>1.5738297581473271</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1706.2493691</v>
+        <v>1706.2510199999999</v>
       </c>
       <c r="C189" s="5">
-        <v>3.9969816999998784</v>
+        <v>3.9966949999998178</v>
       </c>
       <c r="D189" s="5">
-        <v>2.8543401232865362</v>
+        <v>2.8541294420850072</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1708.5825565</v>
+        <v>1708.5844460000001</v>
       </c>
       <c r="C190" s="5">
-        <v>2.3331874000000425</v>
+        <v>2.333426000000145</v>
       </c>
       <c r="D190" s="5">
-        <v>1.65332126180886</v>
+        <v>1.6534899981334172</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1705.7073966999999</v>
+        <v>1705.7075090000001</v>
       </c>
       <c r="C191" s="5">
-        <v>-2.8751598000001195</v>
+        <v>-2.8769369999999981</v>
       </c>
       <c r="D191" s="5">
-        <v>-2.0007448627702096</v>
+        <v>-2.0019679435241411</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1715.4084611000001</v>
+        <v>1715.415659</v>
       </c>
       <c r="C192" s="5">
-        <v>9.7010644000001776</v>
+        <v>9.7081499999999323</v>
       </c>
       <c r="D192" s="5">
-        <v>7.0424846621585102</v>
+        <v>7.0477900507476265</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1723.7425045</v>
+        <v>1723.7392400000001</v>
       </c>
       <c r="C193" s="5">
-        <v>8.3340433999999277</v>
+        <v>8.3235810000001038</v>
       </c>
       <c r="D193" s="5">
-        <v>5.9883458214817775</v>
+        <v>5.9806006488797969</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1722.1992316999999</v>
+        <v>1722.195082</v>
       </c>
       <c r="C194" s="5">
-        <v>-1.5432728000000679</v>
+        <v>-1.5441580000001522</v>
       </c>
       <c r="D194" s="5">
-        <v>-1.0690896760584656</v>
+        <v>-1.0697018888937149</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1720.9572605000001</v>
+        <v>1720.9526370000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-1.2419711999998526</v>
+        <v>-1.2424449999998615</v>
       </c>
       <c r="D195" s="5">
-        <v>-0.86196085298367864</v>
+        <v>-0.86229044854392312</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1723.8200328</v>
+        <v>1723.8149100000001</v>
       </c>
       <c r="C196" s="5">
-        <v>2.8627722999999605</v>
+        <v>2.8622729999999592</v>
       </c>
       <c r="D196" s="5">
-        <v>2.0145369061878693</v>
+        <v>2.0141877886862281</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1721.6637933</v>
+        <v>1721.654955</v>
       </c>
       <c r="C197" s="5">
-        <v>-2.1562395000000834</v>
+        <v>-2.1599550000000818</v>
       </c>
       <c r="D197" s="5">
-        <v>-1.4907358646933044</v>
+        <v>-1.4932913401723313</v>
       </c>
       <c r="E197" s="5">
-        <v>1.6355746412347161</v>
+        <v>1.6352980595700561</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1728.5288091</v>
+        <v>1728.5306169999999</v>
       </c>
       <c r="C198" s="5">
-        <v>6.8650158000000374</v>
+        <v>6.8756619999999202</v>
       </c>
       <c r="D198" s="5">
-        <v>4.8912621214338703</v>
+        <v>4.8990405311682306</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1729.4267471000001</v>
+        <v>1729.4324509999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.8979380000000674</v>
+        <v>0.90183400000000802</v>
       </c>
       <c r="D199" s="5">
-        <v>0.62516145487157004</v>
+        <v>0.62788105363362767</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1728.7210135</v>
+        <v>1728.7298350000001</v>
       </c>
       <c r="C200" s="5">
-        <v>-0.70573360000003049</v>
+        <v>-0.70261599999980717</v>
       </c>
       <c r="D200" s="5">
-        <v>-0.48859089390419497</v>
+        <v>-0.48643574834849046</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1728.6603342999999</v>
+        <v>1728.6720700000001</v>
       </c>
       <c r="C201" s="5">
-        <v>-6.0679200000095079E-2</v>
+        <v>-5.7765000000017608E-2</v>
       </c>
       <c r="D201" s="5">
-        <v>-4.2112627705503947E-2</v>
+        <v>-4.0090279401794326E-2</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1729.4836625</v>
+        <v>1729.4895590000001</v>
       </c>
       <c r="C202" s="5">
-        <v>0.82332820000010543</v>
+        <v>0.81748900000002322</v>
       </c>
       <c r="D202" s="5">
-        <v>0.5730368360044924</v>
+        <v>0.56895830094736422</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1729.2726842</v>
+        <v>1729.273036</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.21097830000007889</v>
+        <v>-0.21652300000005198</v>
       </c>
       <c r="D203" s="5">
-        <v>-0.14628884323877323</v>
+        <v>-0.15013028758543712</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1726.5418866</v>
+        <v>1726.551021</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.7307975999999599</v>
+        <v>-2.7220150000000558</v>
       </c>
       <c r="D204" s="5">
-        <v>-1.8786191592331747</v>
+        <v>-1.8726291096762937</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1743.0493515000001</v>
+        <v>1743.0344889999999</v>
       </c>
       <c r="C205" s="5">
-        <v>16.507464900000059</v>
+        <v>16.483467999999903</v>
       </c>
       <c r="D205" s="5">
-        <v>12.096170324623735</v>
+        <v>12.077585439783189</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1746.6138684</v>
+        <v>1746.596888</v>
       </c>
       <c r="C206" s="5">
-        <v>3.5645168999999441</v>
+        <v>3.5623990000001413</v>
       </c>
       <c r="D206" s="5">
-        <v>2.4817769882988339</v>
+        <v>2.4803071835624468</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1746.5259559000001</v>
+        <v>1746.514739</v>
       </c>
       <c r="C207" s="5">
-        <v>-8.7912499999902138E-2</v>
+        <v>-8.2149000000072192E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>-6.0383008750297673E-2</v>
+        <v>-5.6425900994461209E-2</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1745.9908193000001</v>
+        <v>1745.979828</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.53513659999998708</v>
+        <v>-0.5349109999999655</v>
       </c>
       <c r="D208" s="5">
-        <v>-0.36706173508761486</v>
+        <v>-0.36690960422869345</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1748.3193381000001</v>
+        <v>1748.299344</v>
       </c>
       <c r="C209" s="5">
-        <v>2.3285187999999835</v>
+        <v>2.3195160000000214</v>
       </c>
       <c r="D209" s="5">
-        <v>1.6121560062325679</v>
+        <v>1.6058874646618371</v>
       </c>
       <c r="E209" s="5">
-        <v>1.5482433273983354</v>
+        <v>1.5476033059133032</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1748.4511413</v>
+        <v>1748.458885</v>
       </c>
       <c r="C210" s="5">
-        <v>0.13180319999992207</v>
+        <v>0.15954099999999016</v>
       </c>
       <c r="D210" s="5">
-        <v>9.0503738984604176E-2</v>
+        <v>0.10956093914344933</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1750.1244489999999</v>
+        <v>1750.144931</v>
       </c>
       <c r="C211" s="5">
-        <v>1.6733076999998957</v>
+        <v>1.686046000000033</v>
       </c>
       <c r="D211" s="5">
-        <v>1.1544916412375983</v>
+        <v>1.1633218642710608</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1753.3392507999999</v>
+        <v>1753.363582</v>
       </c>
       <c r="C212" s="5">
-        <v>3.214801800000032</v>
+        <v>3.2186509999999089</v>
       </c>
       <c r="D212" s="5">
-        <v>2.2266853937918274</v>
+        <v>2.2293521562727125</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1756.9924007</v>
+        <v>1757.0233949999999</v>
       </c>
       <c r="C213" s="5">
-        <v>3.6531499000000167</v>
+        <v>3.6598129999999855</v>
       </c>
       <c r="D213" s="5">
-        <v>2.529097647031775</v>
+        <v>2.5337280725938216</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1759.2883277000001</v>
+        <v>1759.301809</v>
       </c>
       <c r="C214" s="5">
-        <v>2.2959270000001197</v>
+        <v>2.2784140000001116</v>
       </c>
       <c r="D214" s="5">
-        <v>1.5794035552026964</v>
+        <v>1.5672421951050675</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1761.5305688000001</v>
+        <v>1761.535646</v>
       </c>
       <c r="C215" s="5">
-        <v>2.2422411000000011</v>
+        <v>2.2338369999999941</v>
       </c>
       <c r="D215" s="5">
-        <v>1.5401858431754789</v>
+        <v>1.5343608893599425</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1764.2199324999999</v>
+        <v>1764.224524</v>
       </c>
       <c r="C216" s="5">
-        <v>2.6893636999998307</v>
+        <v>2.6888779999999315</v>
       </c>
       <c r="D216" s="5">
-        <v>1.8475261535498833</v>
+        <v>1.8471843146151246</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1767.0783007</v>
+        <v>1767.032305</v>
       </c>
       <c r="C217" s="5">
-        <v>2.8583682000000863</v>
+        <v>2.8077809999999772</v>
       </c>
       <c r="D217" s="5">
-        <v>1.9616447319932062</v>
+        <v>1.9266181896879342</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1771.5939272000001</v>
+        <v>1771.5558679999999</v>
       </c>
       <c r="C218" s="5">
-        <v>4.5156265000000531</v>
+        <v>4.5235629999999674</v>
       </c>
       <c r="D218" s="5">
-        <v>3.1099718611793392</v>
+        <v>3.1155972634822726</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1777.2129778999999</v>
+        <v>1777.192597</v>
       </c>
       <c r="C219" s="5">
-        <v>5.6190506999998888</v>
+        <v>5.6367290000000594</v>
       </c>
       <c r="D219" s="5">
-        <v>3.8732013536660448</v>
+        <v>3.8856859495681961</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1781.9392909999999</v>
+        <v>1781.9224469999999</v>
       </c>
       <c r="C220" s="5">
-        <v>4.7263130999999703</v>
+        <v>4.7298499999999422</v>
       </c>
       <c r="D220" s="5">
-        <v>3.2383692340893777</v>
+        <v>3.240865937059878</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1787.2854904000001</v>
+        <v>1787.2596000000001</v>
       </c>
       <c r="C221" s="5">
-        <v>5.3461994000001596</v>
+        <v>5.3371530000001712</v>
       </c>
       <c r="D221" s="5">
-        <v>3.6602635654148896</v>
+        <v>3.6540026965447003</v>
       </c>
       <c r="E221" s="5">
-        <v>2.2287777439072842</v>
+        <v>2.2284659737308754</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1795.1629037</v>
+        <v>1795.180756</v>
       </c>
       <c r="C222" s="5">
-        <v>7.8774132999999438</v>
+        <v>7.9211559999998826</v>
       </c>
       <c r="D222" s="5">
-        <v>5.4190809591863731</v>
+        <v>5.4499909094662957</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1797.4238496999999</v>
+        <v>1797.464602</v>
       </c>
       <c r="C223" s="5">
-        <v>2.2609459999998762</v>
+        <v>2.2838460000000396</v>
       </c>
       <c r="D223" s="5">
-        <v>1.5218721226261112</v>
+        <v>1.5373790341180804</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1800.8884069000001</v>
+        <v>1800.9329049999999</v>
       </c>
       <c r="C224" s="5">
-        <v>3.4645572000001721</v>
+        <v>3.468302999999878</v>
       </c>
       <c r="D224" s="5">
-        <v>2.3376944217765372</v>
+        <v>2.3401951444913527</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1798.1184003000001</v>
+        <v>1798.1725719999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-2.7700065999999879</v>
+        <v>-2.760332999999946</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.8302252174017597</v>
+        <v>-1.8238426846356237</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1801.730272</v>
+        <v>1801.7534149999999</v>
       </c>
       <c r="C226" s="5">
-        <v>3.6118716999999378</v>
+        <v>3.5808429999999589</v>
       </c>
       <c r="D226" s="5">
-        <v>2.4372433382386705</v>
+        <v>2.4160021438717205</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1806.3003162</v>
+        <v>1806.3108810000001</v>
       </c>
       <c r="C227" s="5">
-        <v>4.5700441999999839</v>
+        <v>4.5574660000002041</v>
       </c>
       <c r="D227" s="5">
-        <v>3.0865938092490941</v>
+        <v>3.0779399108038508</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1811.4547734</v>
+        <v>1811.4451529999999</v>
       </c>
       <c r="C228" s="5">
-        <v>5.1544572000000244</v>
+        <v>5.1342719999997826</v>
       </c>
       <c r="D228" s="5">
-        <v>3.4785775803966468</v>
+        <v>3.4647209950731561</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1816.8778145000001</v>
+        <v>1816.7969760000001</v>
       </c>
       <c r="C229" s="5">
-        <v>5.4230411000000913</v>
+        <v>5.351823000000195</v>
       </c>
       <c r="D229" s="5">
-        <v>3.6522459339155988</v>
+        <v>3.6035202802730648</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1818.9582535</v>
+        <v>1818.895728</v>
       </c>
       <c r="C230" s="5">
-        <v>2.0804389999998421</v>
+        <v>2.0987519999998767</v>
       </c>
       <c r="D230" s="5">
-        <v>1.3827620574781596</v>
+        <v>1.3950736798155061</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1818.3698466999999</v>
+        <v>1818.338898</v>
       </c>
       <c r="C231" s="5">
-        <v>-0.58840680000002976</v>
+        <v>-0.55682999999999083</v>
       </c>
       <c r="D231" s="5">
-        <v>-0.38749281948807779</v>
+        <v>-0.36674563707184138</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1826.2469641</v>
+        <v>1826.2251180000001</v>
       </c>
       <c r="C232" s="5">
-        <v>7.8771174000000883</v>
+        <v>7.8862200000000939</v>
       </c>
       <c r="D232" s="5">
-        <v>5.3240210674205146</v>
+        <v>5.3304137628203518</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1831.1775075999999</v>
+        <v>1831.1473699999999</v>
       </c>
       <c r="C233" s="5">
-        <v>4.9305434999998852</v>
+        <v>4.922251999999844</v>
       </c>
       <c r="D233" s="5">
-        <v>3.288330835286879</v>
+        <v>3.2827586021437538</v>
       </c>
       <c r="E233" s="5">
-        <v>2.4557921739842836</v>
+        <v>2.4555901112518708</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1839.8585157</v>
+        <v>1839.889502</v>
       </c>
       <c r="C234" s="5">
-        <v>8.6810081000000991</v>
+        <v>8.7421320000000833</v>
       </c>
       <c r="D234" s="5">
-        <v>5.8395010698129246</v>
+        <v>5.8818026212357655</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1838.7152378999999</v>
+        <v>1838.7784799999999</v>
       </c>
       <c r="C235" s="5">
-        <v>-1.1432778000000781</v>
+        <v>-1.1110220000000481</v>
       </c>
       <c r="D235" s="5">
-        <v>-0.74313010065761853</v>
+        <v>-0.72222130845220889</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1840.3650445999999</v>
+        <v>1840.430824</v>
       </c>
       <c r="C236" s="5">
-        <v>1.6498066999999992</v>
+        <v>1.6523440000000846</v>
       </c>
       <c r="D236" s="5">
-        <v>1.0820421248091128</v>
+        <v>1.0836770146043673</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1850.9376232</v>
+        <v>1851.0151490000001</v>
       </c>
       <c r="C237" s="5">
-        <v>10.572578600000043</v>
+        <v>10.584325000000035</v>
       </c>
       <c r="D237" s="5">
-        <v>7.1158378509686759</v>
+        <v>7.1237327358128155</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1850.2610127999999</v>
+        <v>1850.293396</v>
       </c>
       <c r="C238" s="5">
-        <v>-0.67661040000007233</v>
+        <v>-0.72175300000003517</v>
       </c>
       <c r="D238" s="5">
-        <v>-0.43777923490564419</v>
+        <v>-0.46690519419831933</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1852.3790203000001</v>
+        <v>1852.3929419999999</v>
       </c>
       <c r="C239" s="5">
-        <v>2.1180075000002034</v>
+        <v>2.0995459999999184</v>
       </c>
       <c r="D239" s="5">
-        <v>1.382330325312342</v>
+        <v>1.3701818899165552</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1851.1359788</v>
+        <v>1851.1119389999999</v>
       </c>
       <c r="C240" s="5">
-        <v>-1.2430415000001176</v>
+        <v>-1.2810030000000552</v>
       </c>
       <c r="D240" s="5">
-        <v>-0.80229624963662483</v>
+        <v>-0.82669843838157897</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1847.4364014</v>
+        <v>1847.3218629999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-3.6995773999999528</v>
+        <v>-3.7900759999999991</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.3720664947336711</v>
+        <v>-2.4294711057043394</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1856.679952</v>
+        <v>1856.599682</v>
       </c>
       <c r="C242" s="5">
-        <v>9.243550599999935</v>
+        <v>9.2778190000001359</v>
       </c>
       <c r="D242" s="5">
-        <v>6.1721512737935802</v>
+        <v>6.1960636782927514</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1869.2145724</v>
+        <v>1869.173317</v>
       </c>
       <c r="C243" s="5">
-        <v>12.534620399999994</v>
+        <v>12.573634999999967</v>
       </c>
       <c r="D243" s="5">
-        <v>8.4089957133534057</v>
+        <v>8.4365300556600964</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1870.5207534000001</v>
+        <v>1870.4970149999999</v>
       </c>
       <c r="C244" s="5">
-        <v>1.3061810000001515</v>
+        <v>1.3236979999999221</v>
       </c>
       <c r="D244" s="5">
-        <v>0.84177352768837199</v>
+        <v>0.85312533646553224</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1872.5634964999999</v>
+        <v>1872.540555</v>
       </c>
       <c r="C245" s="5">
-        <v>2.0427430999998251</v>
+        <v>2.0435400000001209</v>
       </c>
       <c r="D245" s="5">
-        <v>1.3183862682603964</v>
+        <v>1.3189205206698862</v>
       </c>
       <c r="E245" s="5">
-        <v>2.2600752099801502</v>
+        <v>2.2605053901259886</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1874.5346678999999</v>
+        <v>1874.574703</v>
       </c>
       <c r="C246" s="5">
-        <v>1.9711714000000029</v>
+        <v>2.0341479999999592</v>
       </c>
       <c r="D246" s="5">
-        <v>1.2705303005333457</v>
+        <v>1.3113812516030166</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1877.6168819</v>
+        <v>1877.696987</v>
       </c>
       <c r="C247" s="5">
-        <v>3.0822140000000218</v>
+        <v>3.122284000000036</v>
       </c>
       <c r="D247" s="5">
-        <v>1.9910484041407939</v>
+        <v>2.0171269410905968</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1884.3711447999999</v>
+        <v>1884.4479510000001</v>
       </c>
       <c r="C248" s="5">
-        <v>6.7542628999999579</v>
+        <v>6.7509640000000672</v>
       </c>
       <c r="D248" s="5">
-        <v>4.4031414924088574</v>
+        <v>4.4007567376225465</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1895.6729657000001</v>
+        <v>1895.7594610000001</v>
       </c>
       <c r="C249" s="5">
-        <v>11.301820900000166</v>
+        <v>11.311509999999998</v>
       </c>
       <c r="D249" s="5">
-        <v>7.4394201744057087</v>
+        <v>7.4456964761794975</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1930.3067223999999</v>
+        <v>1930.349387</v>
       </c>
       <c r="C250" s="5">
-        <v>34.633756699999822</v>
+        <v>34.589925999999878</v>
       </c>
       <c r="D250" s="5">
-        <v>24.266732214841348</v>
+        <v>24.231657472919423</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1916.7102052</v>
+        <v>1916.7253519999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-13.59651719999988</v>
+        <v>-13.624035000000049</v>
       </c>
       <c r="D251" s="5">
-        <v>-8.1325662953227287</v>
+        <v>-8.1482189364592283</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1896.4991998999999</v>
+        <v>1896.4583720000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-20.211005300000124</v>
+        <v>-20.266979999999876</v>
       </c>
       <c r="D252" s="5">
-        <v>-11.944902238050748</v>
+        <v>-11.975995060763589</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1891.1444062</v>
+        <v>1891.018292</v>
       </c>
       <c r="C253" s="5">
-        <v>-5.3547936999998456</v>
+        <v>-5.44008000000008</v>
       </c>
       <c r="D253" s="5">
-        <v>-3.3360931720550546</v>
+        <v>-3.3884638597757366</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1886.1649182000001</v>
+        <v>1886.077008</v>
       </c>
       <c r="C254" s="5">
-        <v>-4.9794879999999466</v>
+        <v>-4.941283999999996</v>
       </c>
       <c r="D254" s="5">
-        <v>-3.1143080517206712</v>
+        <v>-3.0909597313975801</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1890.5004478999999</v>
+        <v>1890.4560240000001</v>
       </c>
       <c r="C255" s="5">
-        <v>4.3355296999998245</v>
+        <v>4.3790160000000924</v>
       </c>
       <c r="D255" s="5">
-        <v>2.7934542214333113</v>
+        <v>2.8219651398800449</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1889.7824575</v>
+        <v>1889.7602280000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.71799039999996239</v>
+        <v>-0.69579599999997299</v>
       </c>
       <c r="D256" s="5">
-        <v>-0.4547954693826517</v>
+        <v>-0.4407756907505056</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1885.4439198</v>
+        <v>1885.429627</v>
       </c>
       <c r="C257" s="5">
-        <v>-4.3385376999999608</v>
+        <v>-4.3306010000001152</v>
       </c>
       <c r="D257" s="5">
-        <v>-2.7204228402739061</v>
+        <v>-2.7155403344772622</v>
       </c>
       <c r="E257" s="5">
-        <v>0.68784974843709712</v>
+        <v>0.68832004549028714</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1884.5966363</v>
+        <v>1884.6378010000001</v>
       </c>
       <c r="C258" s="5">
-        <v>-0.84728350000000319</v>
+        <v>-0.79182599999990089</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.53792689184292142</v>
+        <v>-0.50280289715045612</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1879.1596781999999</v>
+        <v>1879.2451100000001</v>
       </c>
       <c r="C259" s="5">
-        <v>-5.4369581000000835</v>
+        <v>-5.3926910000000134</v>
       </c>
       <c r="D259" s="5">
-        <v>-3.4075279231818523</v>
+        <v>-3.3801467284860331</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1873.9589886000001</v>
+        <v>1874.0322819999999</v>
       </c>
       <c r="C260" s="5">
-        <v>-5.2006895999998051</v>
+        <v>-5.2128280000001723</v>
       </c>
       <c r="D260" s="5">
-        <v>-3.2709850096551141</v>
+        <v>-3.2783566066471481</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1872.8762414</v>
+        <v>1872.9515389999999</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.0827472000000853</v>
+        <v>-1.080742999999984</v>
       </c>
       <c r="D261" s="5">
-        <v>-0.69114407262864663</v>
+        <v>-0.68984190263896572</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1869.1996251</v>
+        <v>1869.232092</v>
       </c>
       <c r="C262" s="5">
-        <v>-3.6766162999999779</v>
+        <v>-3.7194469999999455</v>
       </c>
       <c r="D262" s="5">
-        <v>-2.330433916851693</v>
+        <v>-2.3571927134302006</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1872.0332725999999</v>
+        <v>1872.045425</v>
       </c>
       <c r="C263" s="5">
-        <v>2.83364749999987</v>
+        <v>2.8133330000000569</v>
       </c>
       <c r="D263" s="5">
-        <v>1.8344068035716754</v>
+        <v>1.8211149427279638</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1862.1977185000001</v>
+        <v>1862.1543119999999</v>
       </c>
       <c r="C264" s="5">
-        <v>-9.8355540999998539</v>
+        <v>-9.8911130000001322</v>
       </c>
       <c r="D264" s="5">
-        <v>-6.1256977768464393</v>
+        <v>-6.1592624513500009</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1852.4881829999999</v>
+        <v>1852.3743440000001</v>
       </c>
       <c r="C265" s="5">
-        <v>-9.7095355000001291</v>
+        <v>-9.7799679999998261</v>
       </c>
       <c r="D265" s="5">
-        <v>-6.0804781586601075</v>
+        <v>-6.1234582250772274</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1842.0358618</v>
+        <v>1841.9564780000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-10.452321199999915</v>
+        <v>-10.417866000000004</v>
       </c>
       <c r="D266" s="5">
-        <v>-6.5645639327996497</v>
+        <v>-6.5439790906177686</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1829.0774435000001</v>
+        <v>1829.0366879999999</v>
       </c>
       <c r="C267" s="5">
-        <v>-12.958418299999948</v>
+        <v>-12.919790000000148</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.1227145441771782</v>
+        <v>-8.0997632654945093</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1825.1629852999999</v>
+        <v>1825.1464189999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-3.9144582000001265</v>
+        <v>-3.8902689999999893</v>
       </c>
       <c r="D268" s="5">
-        <v>-2.5381381776120704</v>
+        <v>-2.522692455958564</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1821.1891857999999</v>
+        <v>1821.189378</v>
       </c>
       <c r="C269" s="5">
-        <v>-3.973799500000041</v>
+        <v>-3.9570409999998901</v>
       </c>
       <c r="D269" s="5">
-        <v>-2.5816156994638351</v>
+        <v>-2.5708809379002107</v>
       </c>
       <c r="E269" s="5">
-        <v>-3.4079366310092118</v>
+        <v>-3.4071942055040161</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1825.1146616000001</v>
+        <v>1825.1491129999999</v>
       </c>
       <c r="C270" s="5">
-        <v>3.9254758000001857</v>
+        <v>3.9597349999999096</v>
       </c>
       <c r="D270" s="5">
-        <v>2.6174204116741651</v>
+        <v>2.6405372769441104</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1829.4922876999999</v>
+        <v>1829.5665019999999</v>
       </c>
       <c r="C271" s="5">
-        <v>4.3776260999998158</v>
+        <v>4.4173889999999574</v>
       </c>
       <c r="D271" s="5">
-        <v>2.9165334961583689</v>
+        <v>2.9433223420369137</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1827.9346224999999</v>
+        <v>1827.9908</v>
       </c>
       <c r="C272" s="5">
-        <v>-1.557665199999974</v>
+        <v>-1.5757019999998647</v>
       </c>
       <c r="D272" s="5">
-        <v>-1.0169323767765803</v>
+        <v>-1.0286105729989337</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1826.7426799</v>
+        <v>1826.801031</v>
       </c>
       <c r="C273" s="5">
-        <v>-1.1919425999999476</v>
+        <v>-1.1897690000000694</v>
       </c>
       <c r="D273" s="5">
-        <v>-0.77968463006332644</v>
+        <v>-0.77824406850878214</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1826.9092545000001</v>
+        <v>1826.932127</v>
       </c>
       <c r="C274" s="5">
-        <v>0.1665746000001036</v>
+        <v>0.13109600000007049</v>
       </c>
       <c r="D274" s="5">
-        <v>0.10947891162644829</v>
+        <v>8.6149122756862262E-2</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1826.2922375000001</v>
+        <v>1826.2986840000001</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.61701700000003257</v>
+        <v>-0.63344299999994291</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.40453381584052428</v>
+        <v>-0.41527744870624161</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1832.6750509000001</v>
+        <v>1832.6338069999999</v>
       </c>
       <c r="C276" s="5">
-        <v>6.3828134000000318</v>
+        <v>6.3351229999998395</v>
       </c>
       <c r="D276" s="5">
-        <v>4.2755125693973994</v>
+        <v>4.242940115179028</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1832.4643758</v>
+        <v>1832.385751</v>
       </c>
       <c r="C277" s="5">
-        <v>-0.2106751000001168</v>
+        <v>-0.24805599999990591</v>
       </c>
       <c r="D277" s="5">
-        <v>-0.13785877715946082</v>
+        <v>-0.16230503871360602</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1831.7075924999999</v>
+        <v>1831.6466700000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-0.7567833000000519</v>
+        <v>-0.73908099999994192</v>
       </c>
       <c r="D278" s="5">
-        <v>-0.49445983005961258</v>
+        <v>-0.4829399916634447</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1833.1302899</v>
+        <v>1833.0984510000001</v>
       </c>
       <c r="C279" s="5">
-        <v>1.422697400000061</v>
+        <v>1.4517809999999827</v>
       </c>
       <c r="D279" s="5">
-        <v>0.93603854336070658</v>
+        <v>0.95528898761791936</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1832.3163529000001</v>
+        <v>1832.3064119999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.81393699999989622</v>
+        <v>-0.79203900000015892</v>
       </c>
       <c r="D280" s="5">
-        <v>-0.53151851320452081</v>
+        <v>-0.51726157272105056</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1837.061864</v>
+        <v>1837.0707399999999</v>
       </c>
       <c r="C281" s="5">
-        <v>4.7455110999999306</v>
+        <v>4.7643279999999777</v>
       </c>
       <c r="D281" s="5">
-        <v>3.152531076749443</v>
+        <v>3.1652282222579986</v>
       </c>
       <c r="E281" s="5">
-        <v>0.8715557023817766</v>
+        <v>0.87203243066575897</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1832.5751232</v>
+        <v>1832.5988090000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-4.4867408000000069</v>
+        <v>-4.4719309999998131</v>
       </c>
       <c r="D282" s="5">
-        <v>-2.8917646678154885</v>
+        <v>-2.8823332454479988</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1838.9445249</v>
+        <v>1838.998079</v>
       </c>
       <c r="C283" s="5">
-        <v>6.3694017000000258</v>
+        <v>6.3992699999998877</v>
       </c>
       <c r="D283" s="5">
-        <v>4.2514480519800779</v>
+        <v>4.2717127263443677</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1839.8792675</v>
+        <v>1839.915876</v>
       </c>
       <c r="C284" s="5">
-        <v>0.93474259999993592</v>
+        <v>0.91779700000006414</v>
       </c>
       <c r="D284" s="5">
-        <v>0.61167278496354616</v>
+        <v>0.60053600449221367</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1840.6295587</v>
+        <v>1840.6693789999999</v>
       </c>
       <c r="C285" s="5">
-        <v>0.75029119999999239</v>
+        <v>0.75350299999990966</v>
       </c>
       <c r="D285" s="5">
-        <v>0.4904515019199307</v>
+        <v>0.49254590520009245</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1840.6096272</v>
+        <v>1840.6217389999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-1.9931499999984226E-2</v>
+        <v>-4.7640000000001237E-2</v>
       </c>
       <c r="D286" s="5">
-        <v>-1.299358442585774E-2</v>
+        <v>-3.1053845664608115E-2</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1841.8269258</v>
+        <v>1841.827027</v>
       </c>
       <c r="C287" s="5">
-        <v>1.2172986000000492</v>
+        <v>1.2052880000001096</v>
       </c>
       <c r="D287" s="5">
-        <v>0.79652060821835402</v>
+        <v>0.78862812303026608</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1850.3166056</v>
+        <v>1850.2867220000001</v>
       </c>
       <c r="C288" s="5">
-        <v>8.4896797999999762</v>
+        <v>8.4596950000000106</v>
       </c>
       <c r="D288" s="5">
-        <v>5.6736588923056219</v>
+        <v>5.6531108181232748</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1847.5157845000001</v>
+        <v>1847.4716619999999</v>
       </c>
       <c r="C289" s="5">
-        <v>-2.8008210999998937</v>
+        <v>-2.8150600000001305</v>
       </c>
       <c r="D289" s="5">
-        <v>-1.801391538569963</v>
+        <v>-1.8105020111835901</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1851.6779927</v>
+        <v>1851.640353</v>
       </c>
       <c r="C290" s="5">
-        <v>4.1622081999998954</v>
+        <v>4.1686910000000807</v>
       </c>
       <c r="D290" s="5">
-        <v>2.737191507445691</v>
+        <v>2.7415741247507341</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1852.3729118000001</v>
+        <v>1852.351175</v>
       </c>
       <c r="C291" s="5">
-        <v>0.69491910000010648</v>
+        <v>0.71082200000000739</v>
       </c>
       <c r="D291" s="5">
-        <v>0.45128058998951115</v>
+        <v>0.46163915456276516</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1854.114536</v>
+        <v>1854.1095740000001</v>
       </c>
       <c r="C292" s="5">
-        <v>1.7416241999999329</v>
+        <v>1.758399000000054</v>
       </c>
       <c r="D292" s="5">
-        <v>1.1341077430163438</v>
+        <v>1.1451017297934962</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1851.8798681000001</v>
+        <v>1851.8924689999999</v>
       </c>
       <c r="C293" s="5">
-        <v>-2.2346678999999767</v>
+        <v>-2.2171050000001742</v>
       </c>
       <c r="D293" s="5">
-        <v>-1.4367487433045945</v>
+        <v>-1.4255348715826566</v>
       </c>
       <c r="E293" s="5">
-        <v>0.8066143220531119</v>
+        <v>0.80681318782531708</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1858.8906377999999</v>
+        <v>1858.9026429999999</v>
       </c>
       <c r="C294" s="5">
-        <v>7.0107696999998552</v>
+        <v>7.0101740000000063</v>
       </c>
       <c r="D294" s="5">
-        <v>4.6387049065009123</v>
+        <v>4.6382702965046096</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1856.5946137000001</v>
+        <v>1856.625996</v>
       </c>
       <c r="C295" s="5">
-        <v>-2.2960240999998405</v>
+        <v>-2.2766469999999117</v>
       </c>
       <c r="D295" s="5">
-        <v>-1.4721621718162825</v>
+        <v>-1.4598121918362073</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1858.5446821999999</v>
+        <v>1858.560428</v>
       </c>
       <c r="C296" s="5">
-        <v>1.9500684999998157</v>
+        <v>1.9344320000000153</v>
       </c>
       <c r="D296" s="5">
-        <v>1.2677232094870261</v>
+        <v>1.2574783525002298</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1858.8508529999999</v>
+        <v>1858.8778589999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.30617080000001806</v>
+        <v>0.31743099999994229</v>
       </c>
       <c r="D297" s="5">
-        <v>0.19786343295209452</v>
+        <v>0.20514545512098081</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1860.5112191000001</v>
+        <v>1860.5137540000001</v>
       </c>
       <c r="C298" s="5">
-        <v>1.6603661000001466</v>
+        <v>1.6358950000001187</v>
       </c>
       <c r="D298" s="5">
-        <v>1.0771476449679573</v>
+        <v>1.0611798274950068</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1862.1968866</v>
+        <v>1862.192526</v>
       </c>
       <c r="C299" s="5">
-        <v>1.6856674999999086</v>
+        <v>1.6787719999999808</v>
       </c>
       <c r="D299" s="5">
-        <v>1.0926627938720346</v>
+        <v>1.0881693819277283</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1865.9085336000001</v>
+        <v>1865.8887299999999</v>
       </c>
       <c r="C300" s="5">
-        <v>3.7116470000000845</v>
+        <v>3.6962039999998524</v>
       </c>
       <c r="D300" s="5">
-        <v>2.418180560654215</v>
+        <v>2.4080148816679969</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1862.8065555999999</v>
+        <v>1862.7939550000001</v>
       </c>
       <c r="C301" s="5">
-        <v>-3.1019780000001447</v>
+        <v>-3.0947749999997995</v>
       </c>
       <c r="D301" s="5">
-        <v>-1.9767989829949872</v>
+        <v>-1.9722712581776491</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1864.9518488000001</v>
+        <v>1864.9297839999999</v>
       </c>
       <c r="C302" s="5">
-        <v>2.1452932000001965</v>
+        <v>2.1358289999998306</v>
       </c>
       <c r="D302" s="5">
-        <v>1.3907620562338741</v>
+        <v>1.3845972370856607</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1872.7199634999999</v>
+        <v>1872.7076460000001</v>
       </c>
       <c r="C303" s="5">
-        <v>7.7681146999998418</v>
+        <v>7.7778620000001411</v>
       </c>
       <c r="D303" s="5">
-        <v>5.1144937699225679</v>
+        <v>5.1211212554675756</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1874.4311104000001</v>
+        <v>1874.428161</v>
       </c>
       <c r="C304" s="5">
-        <v>1.7111469000001307</v>
+        <v>1.7205149999999776</v>
       </c>
       <c r="D304" s="5">
-        <v>1.1019944286088323</v>
+        <v>1.1080654149782543</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1876.2989302000001</v>
+        <v>1876.3074899999999</v>
       </c>
       <c r="C305" s="5">
-        <v>1.8678198000000066</v>
+        <v>1.8793289999998706</v>
       </c>
       <c r="D305" s="5">
-        <v>1.2023428184340101</v>
+        <v>1.2097942744989654</v>
       </c>
       <c r="E305" s="5">
-        <v>1.3186094044563168</v>
+        <v>1.3183822175800497</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1878.2983875</v>
+        <v>1878.303459</v>
       </c>
       <c r="C306" s="5">
-        <v>1.9994572999999036</v>
+        <v>1.9959690000000592</v>
       </c>
       <c r="D306" s="5">
-        <v>1.2862883473081954</v>
+        <v>1.2840252205318814</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1877.8858737</v>
+        <v>1877.901525</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.41251379999994242</v>
+        <v>-0.40193399999998292</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.26322711161760326</v>
+        <v>-0.25648334044273691</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1877.3113596000001</v>
+        <v>1877.3180729999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.57451409999998759</v>
+        <v>-0.58345200000007935</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.36650685933058424</v>
+        <v>-0.37219588735843967</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1879.3558421</v>
+        <v>1879.375912</v>
       </c>
       <c r="C309" s="5">
-        <v>2.0444824999999582</v>
+        <v>2.0578390000000581</v>
       </c>
       <c r="D309" s="5">
-        <v>1.3147140604181873</v>
+        <v>1.3233501082514865</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1881.2785295000001</v>
+        <v>1881.2776140000001</v>
       </c>
       <c r="C310" s="5">
-        <v>1.9226874000000862</v>
+        <v>1.9017020000001139</v>
       </c>
       <c r="D310" s="5">
-        <v>1.2345993884162576</v>
+        <v>1.2210360132080655</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1886.3363512999999</v>
+        <v>1886.3332419999999</v>
       </c>
       <c r="C311" s="5">
-        <v>5.0578217999998287</v>
+        <v>5.0556279999998424</v>
       </c>
       <c r="D311" s="5">
-        <v>3.2743380655092302</v>
+        <v>3.2728984004235073</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1890.6992169</v>
+        <v>1890.685158</v>
       </c>
       <c r="C312" s="5">
-        <v>4.3628656000000774</v>
+        <v>4.3519160000000738</v>
       </c>
       <c r="D312" s="5">
-        <v>2.8110331263294874</v>
+        <v>2.8038931241678</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1893.239904</v>
+        <v>1893.236394</v>
       </c>
       <c r="C313" s="5">
-        <v>2.5406871000000137</v>
+        <v>2.5512360000000172</v>
       </c>
       <c r="D313" s="5">
-        <v>1.6245095899142248</v>
+        <v>1.6313168897848396</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1894.6734765000001</v>
+        <v>1894.6605569999999</v>
       </c>
       <c r="C314" s="5">
-        <v>1.4335725000000821</v>
+        <v>1.4241629999999077</v>
       </c>
       <c r="D314" s="5">
-        <v>0.91244087641888516</v>
+        <v>0.90642880146107885</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1899.0433522999999</v>
+        <v>1899.0375260000001</v>
       </c>
       <c r="C315" s="5">
-        <v>4.3698757999998179</v>
+        <v>4.3769690000001447</v>
       </c>
       <c r="D315" s="5">
-        <v>2.8030604755549637</v>
+        <v>2.807687769899303</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1900.4950595</v>
+        <v>1900.493318</v>
       </c>
       <c r="C316" s="5">
-        <v>1.4517072000001008</v>
+        <v>1.455791999999974</v>
       </c>
       <c r="D316" s="5">
-        <v>0.9211962697663223</v>
+        <v>0.9238021079022829</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1904.5436457000001</v>
+        <v>1904.5479620000001</v>
       </c>
       <c r="C317" s="5">
-        <v>4.0485862000000452</v>
+        <v>4.054644000000053</v>
       </c>
       <c r="D317" s="5">
-        <v>2.5865008504144749</v>
+        <v>2.5904188947916795</v>
       </c>
       <c r="E317" s="5">
-        <v>1.5053419817805613</v>
+        <v>1.5051089520513594</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1912.4732847</v>
+        <v>1912.474935</v>
       </c>
       <c r="C318" s="5">
-        <v>7.9296389999999519</v>
+        <v>7.9269729999998617</v>
       </c>
       <c r="D318" s="5">
-        <v>5.1122591937149631</v>
+        <v>5.1104890328523167</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1909.8800725999999</v>
+        <v>1909.8853429999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-2.5932121000000734</v>
+        <v>-2.5895920000000388</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.6150561773451089</v>
+        <v>-1.6128169567267259</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1911.7133180999999</v>
+        <v>1911.7200889999999</v>
       </c>
       <c r="C320" s="5">
-        <v>1.8332454999999754</v>
+        <v>1.8347459999999955</v>
       </c>
       <c r="D320" s="5">
-        <v>1.1579500717660896</v>
+        <v>1.1588996450252242</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1918.1177881999999</v>
+        <v>1918.1358829999999</v>
       </c>
       <c r="C321" s="5">
-        <v>6.4044701000000259</v>
+        <v>6.4157940000000053</v>
       </c>
       <c r="D321" s="5">
-        <v>4.0950519648573547</v>
+        <v>4.1024118967584178</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1921.3975820999999</v>
+        <v>1921.396397</v>
       </c>
       <c r="C322" s="5">
-        <v>3.2797938999999587</v>
+        <v>3.2605140000000574</v>
       </c>
       <c r="D322" s="5">
-        <v>2.071289949832078</v>
+        <v>2.0589804422705749</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1925.1377738000001</v>
+        <v>1925.1355940000001</v>
       </c>
       <c r="C323" s="5">
-        <v>3.7401917000001959</v>
+        <v>3.7391970000001038</v>
       </c>
       <c r="D323" s="5">
-        <v>2.3610915170160673</v>
+        <v>2.3604583225584896</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1930.4831417</v>
+        <v>1930.4704979999999</v>
       </c>
       <c r="C324" s="5">
-        <v>5.3453678999999283</v>
+        <v>5.334903999999824</v>
       </c>
       <c r="D324" s="5">
-        <v>3.3832961506231385</v>
+        <v>3.3765757453303014</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1931.5855113</v>
+        <v>1931.5849009999999</v>
       </c>
       <c r="C325" s="5">
-        <v>1.1023695999999745</v>
+        <v>1.1144030000000384</v>
       </c>
       <c r="D325" s="5">
-        <v>0.68739583364159085</v>
+        <v>0.69492781087787669</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1935.3400976</v>
+        <v>1935.3301819999999</v>
       </c>
       <c r="C326" s="5">
-        <v>3.7545863000000281</v>
+        <v>3.7452809999999772</v>
       </c>
       <c r="D326" s="5">
-        <v>2.3576406540025019</v>
+        <v>2.3517358174383274</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1931.8297547</v>
+        <v>1931.8273589999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-3.5103429000000688</v>
+        <v>-3.5028230000000349</v>
       </c>
       <c r="D327" s="5">
-        <v>-2.1549915964869992</v>
+        <v>-2.1504319128826888</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1934.1307475999999</v>
+        <v>1934.1303680000001</v>
       </c>
       <c r="C328" s="5">
-        <v>2.3009928999999829</v>
+        <v>2.3030090000002019</v>
       </c>
       <c r="D328" s="5">
-        <v>1.4387148309842113</v>
+        <v>1.4399854884868724</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1938.8258903999999</v>
+        <v>1938.826235</v>
       </c>
       <c r="C329" s="5">
-        <v>4.6951427999999851</v>
+        <v>4.6958669999999074</v>
       </c>
       <c r="D329" s="5">
-        <v>2.9522343689810882</v>
+        <v>2.9526964200348838</v>
       </c>
       <c r="E329" s="5">
-        <v>1.800024104325515</v>
+        <v>1.799811487236247</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1939.5965897999999</v>
+        <v>1939.5946309999999</v>
       </c>
       <c r="C330" s="5">
-        <v>0.77069940000001225</v>
+        <v>0.76839599999993879</v>
       </c>
       <c r="D330" s="5">
-        <v>0.47805423802818048</v>
+        <v>0.47662226998699264</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1942.9152736000001</v>
+        <v>1942.914499</v>
       </c>
       <c r="C331" s="5">
-        <v>3.3186838000001444</v>
+        <v>3.3198680000000422</v>
       </c>
       <c r="D331" s="5">
-        <v>2.0726537183287208</v>
+        <v>2.0734023895784492</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1945.7751853</v>
+        <v>1945.787133</v>
       </c>
       <c r="C332" s="5">
-        <v>2.8599116999998841</v>
+        <v>2.8726340000000619</v>
       </c>
       <c r="D332" s="5">
-        <v>1.7807337762145714</v>
+        <v>1.7887206074560957</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1950.6614173</v>
+        <v>1950.6756949999999</v>
       </c>
       <c r="C333" s="5">
-        <v>4.8862320000000636</v>
+        <v>4.8885619999998653</v>
       </c>
       <c r="D333" s="5">
-        <v>3.0554116538681786</v>
+        <v>3.0568697882817464</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1947.6497893000001</v>
+        <v>1947.6523239999999</v>
       </c>
       <c r="C334" s="5">
-        <v>-3.0116279999999733</v>
+        <v>-3.0233709999999974</v>
       </c>
       <c r="D334" s="5">
-        <v>-1.8370298532054741</v>
+        <v>-1.8441185038716945</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1946.1083220999999</v>
+        <v>1946.1115540000001</v>
       </c>
       <c r="C335" s="5">
-        <v>-1.5414672000001701</v>
+        <v>-1.5407699999998385</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.94561655494060926</v>
+        <v>-0.94518949048224554</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1941.0045783</v>
+        <v>1941.0014960000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-5.1037437999998474</v>
+        <v>-5.1100579999999809</v>
       </c>
       <c r="D336" s="5">
-        <v>-3.1020476897492322</v>
+        <v>-3.1058251141166671</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1937.8314472</v>
+        <v>1937.8062030000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-3.1731311000000915</v>
+        <v>-3.1952929999999924</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.9442027212093427</v>
+        <v>-1.9576618705656745</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1937.4201209</v>
+        <v>1937.420089</v>
       </c>
       <c r="C338" s="5">
-        <v>-0.41132629999992787</v>
+        <v>-0.38611400000013418</v>
       </c>
       <c r="D338" s="5">
-        <v>-0.25441620918764674</v>
+        <v>-0.2388419281164067</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1944.8912852999999</v>
+        <v>1944.896761</v>
       </c>
       <c r="C339" s="5">
-        <v>7.4711643999999069</v>
+        <v>7.4766720000000078</v>
       </c>
       <c r="D339" s="5">
-        <v>4.7269112708694383</v>
+        <v>4.7304702305953628</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1946.4226341000001</v>
+        <v>1946.427811</v>
       </c>
       <c r="C340" s="5">
-        <v>1.5313488000001598</v>
+        <v>1.5310500000000502</v>
       </c>
       <c r="D340" s="5">
-        <v>0.94894628154265082</v>
+        <v>0.94875763599169272</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1947.7268629</v>
+        <v>1947.712634</v>
       </c>
       <c r="C341" s="5">
-        <v>1.3042287999999189</v>
+        <v>1.2848229999999603</v>
       </c>
       <c r="D341" s="5">
-        <v>0.80704739560337746</v>
+        <v>0.79499347560316735</v>
       </c>
       <c r="E341" s="5">
-        <v>0.45909086236535224</v>
+        <v>0.45833911464479016</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1944.9795974000001</v>
+        <v>1944.9780490000001</v>
       </c>
       <c r="C342" s="5">
-        <v>-2.7472654999999122</v>
+        <v>-2.7345849999999245</v>
       </c>
       <c r="D342" s="5">
-        <v>-1.6795288078634618</v>
+        <v>-1.6718485229684443</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1950.8852202</v>
+        <v>1950.883648</v>
       </c>
       <c r="C343" s="5">
-        <v>5.9056227999999464</v>
+        <v>5.9055989999999383</v>
       </c>
       <c r="D343" s="5">
-        <v>3.7050780565178743</v>
+        <v>3.7050658736433206</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1956.6915121</v>
+        <v>1956.694788</v>
       </c>
       <c r="C344" s="5">
-        <v>5.8062918999999056</v>
+        <v>5.8111400000000231</v>
       </c>
       <c r="D344" s="5">
-        <v>3.6305279125471879</v>
+        <v>3.6336121187356074</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1954.0571986</v>
+        <v>1954.0710409999999</v>
       </c>
       <c r="C345" s="5">
-        <v>-2.634313499999962</v>
+        <v>-2.623747000000094</v>
       </c>
       <c r="D345" s="5">
-        <v>-1.6036627801166992</v>
+        <v>-1.5972750362794108</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1957.1865164999999</v>
+        <v>1957.1977199999999</v>
       </c>
       <c r="C346" s="5">
-        <v>3.1293178999999327</v>
+        <v>3.1266789999999673</v>
       </c>
       <c r="D346" s="5">
-        <v>1.9387529459869324</v>
+        <v>1.9370897708918422</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1958.3473463</v>
+        <v>1958.3608690000001</v>
       </c>
       <c r="C347" s="5">
-        <v>1.1608298000001014</v>
+        <v>1.1631490000002032</v>
       </c>
       <c r="D347" s="5">
-        <v>0.71406013371948518</v>
+        <v>0.71548729825698931</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1960.5706517000001</v>
+        <v>1960.583897</v>
       </c>
       <c r="C348" s="5">
-        <v>2.223305400000072</v>
+        <v>2.2230279999998857</v>
       </c>
       <c r="D348" s="5">
-        <v>1.3708951199695951</v>
+        <v>1.3707134810300614</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1959.2331294000001</v>
+        <v>1959.170527</v>
       </c>
       <c r="C349" s="5">
-        <v>-1.337522300000046</v>
+        <v>-1.4133699999999862</v>
       </c>
       <c r="D349" s="5">
-        <v>-0.81558811313859891</v>
+        <v>-0.86164916327868823</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1957.9848923</v>
+        <v>1958.0016579999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-1.2482371000000967</v>
+        <v>-1.1688690000000861</v>
       </c>
       <c r="D350" s="5">
-        <v>-0.76185264800501251</v>
+        <v>-0.71359247200750708</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1955.1368872</v>
+        <v>1955.151294</v>
       </c>
       <c r="C351" s="5">
-        <v>-2.8480050999999094</v>
+        <v>-2.8503639999998995</v>
       </c>
       <c r="D351" s="5">
-        <v>-1.7315747204290188</v>
+        <v>-1.7329827372852269</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1959.6611353000001</v>
+        <v>1959.6651179999999</v>
       </c>
       <c r="C352" s="5">
-        <v>4.5242481000000225</v>
+        <v>4.5138239999998859</v>
       </c>
       <c r="D352" s="5">
-        <v>2.8124529697834522</v>
+        <v>2.8058694926657246</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1960.4796174000001</v>
+        <v>1960.458355</v>
       </c>
       <c r="C353" s="5">
-        <v>0.81848209999998289</v>
+        <v>0.79323700000009012</v>
       </c>
       <c r="D353" s="5">
-        <v>0.50235107782699018</v>
+        <v>0.48682115834255413</v>
       </c>
       <c r="E353" s="5">
-        <v>0.65475066052189668</v>
+        <v>0.65439432786469354</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1958.2449382</v>
+        <v>1958.252618</v>
       </c>
       <c r="C354" s="5">
-        <v>-2.2346792000000733</v>
+        <v>-2.2057369999999992</v>
       </c>
       <c r="D354" s="5">
-        <v>-1.3592934179439631</v>
+        <v>-1.3418119418166397</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1964.7141767999999</v>
+        <v>1964.67569</v>
       </c>
       <c r="C355" s="5">
-        <v>6.469238599999926</v>
+        <v>6.4230720000000474</v>
       </c>
       <c r="D355" s="5">
-        <v>4.0371377197433889</v>
+        <v>4.0077896937543267</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1968.5916583000001</v>
+        <v>1968.6024809999999</v>
       </c>
       <c r="C356" s="5">
-        <v>3.8774815000001581</v>
+        <v>3.9267909999998665</v>
       </c>
       <c r="D356" s="5">
-        <v>2.3941485810298424</v>
+        <v>2.4249782062369274</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1968.5840545999999</v>
+        <v>1968.5945260000001</v>
       </c>
       <c r="C357" s="5">
-        <v>-7.6037000001178967E-3</v>
+        <v>-7.9549999998107523E-3</v>
       </c>
       <c r="D357" s="5">
-        <v>-4.6349105090048859E-3</v>
+        <v>-4.8490174798132557E-3</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1973.6599639999999</v>
+        <v>1973.677745</v>
       </c>
       <c r="C358" s="5">
-        <v>5.0759094000000005</v>
+        <v>5.0832189999998718</v>
       </c>
       <c r="D358" s="5">
-        <v>3.138407484481065</v>
+        <v>3.1429743927986475</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1976.7160919999999</v>
+        <v>1976.753258</v>
       </c>
       <c r="C359" s="5">
-        <v>3.0561279999999442</v>
+        <v>3.0755130000000008</v>
       </c>
       <c r="D359" s="5">
-        <v>1.8740555675403447</v>
+        <v>1.886027618237418</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1978.5568441</v>
+        <v>1978.588747</v>
       </c>
       <c r="C360" s="5">
-        <v>1.8407521000001452</v>
+        <v>1.8354890000000523</v>
       </c>
       <c r="D360" s="5">
-        <v>1.1232017812054407</v>
+        <v>1.1199527258196618</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1980.5612752</v>
+        <v>1980.4621930000001</v>
       </c>
       <c r="C361" s="5">
-        <v>2.0044310999999198</v>
+        <v>1.8734460000000581</v>
       </c>
       <c r="D361" s="5">
-        <v>1.2224894814071519</v>
+        <v>1.142167573618047</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1984.0570203</v>
+        <v>1984.0938630000001</v>
       </c>
       <c r="C362" s="5">
-        <v>3.4957451000000219</v>
+        <v>3.6316699999999855</v>
       </c>
       <c r="D362" s="5">
-        <v>2.1387155673247227</v>
+        <v>2.2228280621075402</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1989.1602814</v>
+        <v>1989.1848480000001</v>
       </c>
       <c r="C363" s="5">
-        <v>5.1032611000000543</v>
+        <v>5.0909850000000461</v>
       </c>
       <c r="D363" s="5">
-        <v>3.1306024724408577</v>
+        <v>3.1229062759300819</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1992.4543148</v>
+        <v>1992.454739</v>
       </c>
       <c r="C364" s="5">
-        <v>3.2940333999999893</v>
+        <v>3.2698909999999159</v>
       </c>
       <c r="D364" s="5">
-        <v>2.0053898540579596</v>
+        <v>1.990534148279921</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1992.0645512000001</v>
+        <v>1992.0332060000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.38976359999992383</v>
+        <v>-0.42153299999995397</v>
       </c>
       <c r="D365" s="5">
-        <v>-0.23449141305583732</v>
+        <v>-0.25358238117418885</v>
       </c>
       <c r="E365" s="5">
-        <v>1.6110819780869923</v>
+        <v>1.6105851429830675</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1999.3344285999999</v>
+        <v>1999.349017</v>
       </c>
       <c r="C366" s="5">
-        <v>7.2698773999998139</v>
+        <v>7.3158109999999397</v>
       </c>
       <c r="D366" s="5">
-        <v>4.4682809115696553</v>
+        <v>4.4971579594722533</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>2003.0255685</v>
+        <v>2002.9449810000001</v>
       </c>
       <c r="C367" s="5">
-        <v>3.6911399000000529</v>
+        <v>3.5959640000000945</v>
       </c>
       <c r="D367" s="5">
-        <v>2.2380556303932986</v>
+        <v>2.1797593948678751</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>2004.7130265000001</v>
+        <v>2004.709016</v>
       </c>
       <c r="C368" s="5">
-        <v>1.687458000000106</v>
+        <v>1.7640349999999216</v>
       </c>
       <c r="D368" s="5">
-        <v>1.0156428525237793</v>
+        <v>1.061999250193324</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1952.1854243</v>
+        <v>1952.1931500000001</v>
       </c>
       <c r="C369" s="5">
-        <v>-52.527602200000047</v>
+        <v>-52.51586599999996</v>
       </c>
       <c r="D369" s="5">
-        <v>-27.284626131064847</v>
+        <v>-27.279427093762397</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1920.7923315</v>
+        <v>1920.82873</v>
       </c>
       <c r="C370" s="5">
-        <v>-31.393092799999977</v>
+        <v>-31.364420000000109</v>
       </c>
       <c r="D370" s="5">
-        <v>-17.67870986547798</v>
+        <v>-17.663898506863351</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1926.1061675999999</v>
+        <v>1926.181828</v>
       </c>
       <c r="C371" s="5">
-        <v>5.3138360999998895</v>
+        <v>5.3530980000000454</v>
       </c>
       <c r="D371" s="5">
-        <v>3.3707588648947073</v>
+        <v>3.3959817697532868</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1960.5885754000001</v>
+        <v>1960.62211</v>
       </c>
       <c r="C372" s="5">
-        <v>34.482407800000146</v>
+        <v>34.440282000000025</v>
       </c>
       <c r="D372" s="5">
-        <v>23.729981678704437</v>
+        <v>23.697059205938654</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1988.8502974999999</v>
+        <v>1988.7649899999999</v>
       </c>
       <c r="C373" s="5">
-        <v>28.261722099999815</v>
+        <v>28.142879999999877</v>
       </c>
       <c r="D373" s="5">
-        <v>18.737397045376891</v>
+        <v>18.651939738643563</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1984.3418517</v>
+        <v>1984.390171</v>
       </c>
       <c r="C374" s="5">
-        <v>-4.5084457999998904</v>
+        <v>-4.3748189999998885</v>
       </c>
       <c r="D374" s="5">
-        <v>-2.6865722106349077</v>
+        <v>-2.6080158416626142</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1951.0343418</v>
+        <v>1951.060418</v>
       </c>
       <c r="C375" s="5">
-        <v>-33.307509900000014</v>
+        <v>-33.329752999999982</v>
       </c>
       <c r="D375" s="5">
-        <v>-18.382918676996841</v>
+        <v>-18.393676498718548</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1947.8631452</v>
+        <v>1947.852044</v>
       </c>
       <c r="C376" s="5">
-        <v>-3.1711966000000302</v>
+        <v>-3.2083740000000489</v>
       </c>
       <c r="D376" s="5">
-        <v>-1.9331285892425165</v>
+        <v>-1.9555610749345975</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1951.5208175</v>
+        <v>1951.4918789999999</v>
       </c>
       <c r="C377" s="5">
-        <v>3.6576723000000584</v>
+        <v>3.6398349999999482</v>
       </c>
       <c r="D377" s="5">
-        <v>2.2767629698941638</v>
+        <v>2.2655586118519144</v>
       </c>
       <c r="E377" s="5">
-        <v>-2.035262043871866</v>
+        <v>-2.0351732530306088</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1953.9269452999999</v>
+        <v>1953.9347780000001</v>
       </c>
       <c r="C378" s="5">
-        <v>2.406127799999922</v>
+        <v>2.4428990000001249</v>
       </c>
       <c r="D378" s="5">
-        <v>1.4896145722799181</v>
+        <v>1.5125588803832413</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1947.7583076999999</v>
+        <v>1947.6225890000001</v>
       </c>
       <c r="C379" s="5">
-        <v>-6.1686376000000109</v>
+        <v>-6.3121889999999894</v>
       </c>
       <c r="D379" s="5">
-        <v>-3.7233609703896997</v>
+        <v>-3.808459483155302</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1945.6863312</v>
+        <v>1945.6663129999999</v>
       </c>
       <c r="C380" s="5">
-        <v>-2.0719764999998915</v>
+        <v>-1.9562760000001163</v>
       </c>
       <c r="D380" s="5">
-        <v>-1.2690876890603109</v>
+        <v>-1.19869514181421</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1955.9090352999999</v>
+        <v>1955.899766</v>
       </c>
       <c r="C381" s="5">
-        <v>10.222704099999874</v>
+        <v>10.233453000000054</v>
       </c>
       <c r="D381" s="5">
-        <v>6.4902630980431475</v>
+        <v>6.4973548426661587</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1955.2460753</v>
+        <v>1955.2953299999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-0.66295999999988453</v>
+        <v>-0.60443600000007791</v>
       </c>
       <c r="D382" s="5">
-        <v>-0.40598543274076304</v>
+        <v>-0.37020897819973753</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1960.5678674000001</v>
+        <v>1960.6846479999999</v>
       </c>
       <c r="C383" s="5">
-        <v>5.3217921000000388</v>
+        <v>5.3893180000000029</v>
       </c>
       <c r="D383" s="5">
-        <v>3.3155025240301006</v>
+        <v>3.3581254566110053</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1975.5057572999999</v>
+        <v>1975.5391549999999</v>
       </c>
       <c r="C384" s="5">
-        <v>14.937889899999846</v>
+        <v>14.854507000000012</v>
       </c>
       <c r="D384" s="5">
-        <v>9.5360385233122393</v>
+        <v>9.479982926744368</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1968.4177053999999</v>
+        <v>1968.3880859999999</v>
       </c>
       <c r="C385" s="5">
-        <v>-7.0880518999999822</v>
+        <v>-7.1510690000000068</v>
       </c>
       <c r="D385" s="5">
-        <v>-4.2216046912255667</v>
+        <v>-4.2583227466326594</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1976.8824216999999</v>
+        <v>1976.934023</v>
       </c>
       <c r="C386" s="5">
-        <v>8.4647162999999637</v>
+        <v>8.5459370000000945</v>
       </c>
       <c r="D386" s="5">
-        <v>5.2841326279893019</v>
+        <v>5.3361340739704</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1972.4206667999999</v>
+        <v>1972.459335</v>
       </c>
       <c r="C387" s="5">
-        <v>-4.4617548999999599</v>
+        <v>-4.4746880000000147</v>
       </c>
       <c r="D387" s="5">
-        <v>-2.6749902430788897</v>
+        <v>-2.6825786988560307</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1972.3510437</v>
+        <v>1972.343609</v>
       </c>
       <c r="C388" s="5">
-        <v>-6.9623099999944316E-2</v>
+        <v>-0.11572599999999511</v>
       </c>
       <c r="D388" s="5">
-        <v>-4.234973974094336E-2</v>
+        <v>-7.0382387076450836E-2</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1973.5525347</v>
+        <v>1973.520088</v>
       </c>
       <c r="C389" s="5">
-        <v>1.2014910000000327</v>
+        <v>1.1764789999999721</v>
       </c>
       <c r="D389" s="5">
-        <v>0.73345443419359224</v>
+        <v>0.71813836123433283</v>
       </c>
       <c r="E389" s="5">
-        <v>1.1289511750237846</v>
+        <v>1.1287881459843829</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1976.2104098</v>
+        <v>1976.1878589999999</v>
       </c>
       <c r="C390" s="5">
-        <v>2.6578750999999556</v>
+        <v>2.6677709999999024</v>
       </c>
       <c r="D390" s="5">
-        <v>1.6281203745675432</v>
+        <v>1.6342544612438115</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1976.7463435</v>
+        <v>1976.5905210000001</v>
       </c>
       <c r="C391" s="5">
-        <v>0.53593369999998686</v>
+        <v>0.40266200000019126</v>
       </c>
       <c r="D391" s="5">
-        <v>0.32591699591200118</v>
+        <v>0.24478253113746629</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1977.8823898999999</v>
+        <v>1977.780853</v>
       </c>
       <c r="C392" s="5">
-        <v>1.1360463999999411</v>
+        <v>1.1903319999998985</v>
       </c>
       <c r="D392" s="5">
-        <v>0.69183030777941745</v>
+        <v>0.72505610502726636</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1979.6527991999999</v>
+        <v>1979.579898</v>
       </c>
       <c r="C393" s="5">
-        <v>1.770409299999983</v>
+        <v>1.7990449999999782</v>
       </c>
       <c r="D393" s="5">
-        <v>1.0794279055193368</v>
+        <v>1.0970312816067418</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1981.0194801</v>
+        <v>1981.104842</v>
       </c>
       <c r="C394" s="5">
-        <v>1.3666809000001194</v>
+        <v>1.524944000000005</v>
       </c>
       <c r="D394" s="5">
-        <v>0.8315895496956216</v>
+        <v>0.92833126054374659</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1985.7027218000001</v>
+        <v>1985.8513190000001</v>
       </c>
       <c r="C395" s="5">
-        <v>4.6832417000000532</v>
+        <v>4.7464770000001408</v>
       </c>
       <c r="D395" s="5">
-        <v>2.8740456828172389</v>
+        <v>2.9132380380576528</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1995.0819352999999</v>
+        <v>1995.1207010000001</v>
       </c>
       <c r="C396" s="5">
-        <v>9.379213499999878</v>
+        <v>9.2693819999999505</v>
       </c>
       <c r="D396" s="5">
-        <v>5.8176377301497384</v>
+        <v>5.747313141395316</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1997.2108995999999</v>
+        <v>1997.258014</v>
       </c>
       <c r="C397" s="5">
-        <v>2.1289643000000069</v>
+        <v>2.1373129999999492</v>
       </c>
       <c r="D397" s="5">
-        <v>1.2880697587813295</v>
+        <v>1.293125428840014</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>2005.7647645</v>
+        <v>2005.840289</v>
       </c>
       <c r="C398" s="5">
-        <v>8.5538649000000078</v>
+        <v>8.5822749999999814</v>
       </c>
       <c r="D398" s="5">
-        <v>5.2622969836548128</v>
+        <v>5.2800623660399948</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>2005.4287411</v>
+        <v>2005.5090700000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-0.33602339999993092</v>
+        <v>-0.33121899999991911</v>
       </c>
       <c r="D399" s="5">
-        <v>-0.20084944992038167</v>
+        <v>-0.1979729019351617</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>2007.6715024</v>
+        <v>2007.6984090000001</v>
       </c>
       <c r="C400" s="5">
-        <v>2.2427612999999837</v>
+        <v>2.1893390000000181</v>
       </c>
       <c r="D400" s="5">
-        <v>1.3502994969932791</v>
+        <v>1.3178890625874295</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>2011.4738316</v>
+        <v>2011.4581250000001</v>
       </c>
       <c r="C401" s="5">
-        <v>3.8023292000000311</v>
+        <v>3.7597160000000258</v>
       </c>
       <c r="D401" s="5">
-        <v>2.2965034320578726</v>
+        <v>2.2704698247784316</v>
       </c>
       <c r="E401" s="5">
-        <v>1.9214739021763405</v>
+        <v>1.922353728785553</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>2016.1127025000001</v>
+        <v>2016.0273179999999</v>
       </c>
       <c r="C402" s="5">
-        <v>4.638870900000029</v>
+        <v>4.5691929999998138</v>
       </c>
       <c r="D402" s="5">
-        <v>2.8028198236147439</v>
+        <v>2.7602147251405196</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>2021.0410675999999</v>
+        <v>2020.8895460000001</v>
       </c>
       <c r="C403" s="5">
-        <v>4.9283650999998372</v>
+        <v>4.8622280000001865</v>
       </c>
       <c r="D403" s="5">
-        <v>2.9731482685582344</v>
+        <v>2.9328447497135146</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>2025.1221657000001</v>
+        <v>2025.027936</v>
       </c>
       <c r="C404" s="5">
-        <v>4.0810981000001902</v>
+        <v>4.1383899999998448</v>
       </c>
       <c r="D404" s="5">
-        <v>2.4502599418156912</v>
+        <v>2.4852343196710702</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>2034.2962461</v>
+        <v>2033.898721</v>
       </c>
       <c r="C405" s="5">
-        <v>9.1740803999998661</v>
+        <v>8.870785000000069</v>
       </c>
       <c r="D405" s="5">
-        <v>5.5736765481564365</v>
+        <v>5.3852068907648487</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>2041.7349994000001</v>
+        <v>2041.8753959999999</v>
       </c>
       <c r="C406" s="5">
-        <v>7.438753300000144</v>
+        <v>7.9766749999998865</v>
       </c>
       <c r="D406" s="5">
-        <v>4.4773407217027161</v>
+        <v>4.8090908968029922</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>2047.7622463</v>
+        <v>2047.95974</v>
       </c>
       <c r="C407" s="5">
-        <v>6.0272468999999091</v>
+        <v>6.084344000000101</v>
       </c>
       <c r="D407" s="5">
-        <v>3.6005115550233002</v>
+        <v>3.6349267300070709</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>2047.1792912999999</v>
+        <v>2047.234256</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.5829550000000836</v>
+        <v>-0.72548400000005131</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.34108048260224066</v>
+        <v>-0.42426937400273923</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>2060.9803941999999</v>
+        <v>2061.0979520000001</v>
       </c>
       <c r="C409" s="5">
-        <v>13.801102899999933</v>
+        <v>13.863696000000118</v>
       </c>
       <c r="D409" s="5">
-        <v>8.3966270692519718</v>
+        <v>8.4359034483331143</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>2076.3491844999999</v>
+        <v>2076.5002060000002</v>
       </c>
       <c r="C410" s="5">
-        <v>15.368790300000001</v>
+        <v>15.402254000000084</v>
       </c>
       <c r="D410" s="5">
-        <v>9.3247202256830022</v>
+        <v>9.3453102676561706</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>2077.6569914000002</v>
+        <v>2077.837458</v>
       </c>
       <c r="C411" s="5">
-        <v>1.307806900000287</v>
+        <v>1.3372519999998076</v>
       </c>
       <c r="D411" s="5">
-        <v>0.75845448590796671</v>
+        <v>0.77553491685764531</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>2083.3252533</v>
+        <v>2083.4365899999998</v>
       </c>
       <c r="C412" s="5">
-        <v>5.668261899999834</v>
+        <v>5.5991319999998268</v>
       </c>
       <c r="D412" s="5">
-        <v>3.3234126540949926</v>
+        <v>3.2819885219063316</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>2088.8873822999999</v>
+        <v>2088.8938090000001</v>
       </c>
       <c r="C413" s="5">
-        <v>5.5621289999999135</v>
+        <v>5.4572190000003502</v>
       </c>
       <c r="D413" s="5">
-        <v>3.251264757010075</v>
+        <v>3.1888821144900881</v>
       </c>
       <c r="E413" s="5">
-        <v>3.8485984497457881</v>
+        <v>3.8497288627373338</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>2092.7598920999999</v>
+        <v>2092.5867939999998</v>
       </c>
       <c r="C414" s="5">
-        <v>3.8725097999999889</v>
+        <v>3.6929849999996804</v>
       </c>
       <c r="D414" s="5">
-        <v>2.247458568853844</v>
+        <v>2.1422475094171389</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>2100.6596549000001</v>
+        <v>2100.5206079999998</v>
       </c>
       <c r="C415" s="5">
-        <v>7.8997628000001896</v>
+        <v>7.9338139999999839</v>
       </c>
       <c r="D415" s="5">
-        <v>4.6250052227302829</v>
+        <v>4.6457507092074302</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>2107.2001595000002</v>
+        <v>2107.1516080000001</v>
       </c>
       <c r="C416" s="5">
-        <v>6.5405046000000766</v>
+        <v>6.6310000000003129</v>
       </c>
       <c r="D416" s="5">
-        <v>3.8009078635492077</v>
+        <v>3.8546738536378911</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>2109.5815096000001</v>
+        <v>2108.6763810000002</v>
       </c>
       <c r="C417" s="5">
-        <v>2.3813500999999633</v>
+        <v>1.5247730000000956</v>
       </c>
       <c r="D417" s="5">
-        <v>1.3645827096720575</v>
+        <v>0.87180595759897006</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>2114.2781970000001</v>
+        <v>2114.4873809999999</v>
       </c>
       <c r="C418" s="5">
-        <v>4.6966873999999734</v>
+        <v>5.8109999999996944</v>
       </c>
       <c r="D418" s="5">
-        <v>2.7045897931696539</v>
+        <v>3.3574935532930894</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>2113.1377148000001</v>
+        <v>2113.3574480000002</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.1404821999999513</v>
+        <v>-1.1299329999997099</v>
       </c>
       <c r="D419" s="5">
-        <v>-0.64538603632738889</v>
+        <v>-0.639370826382335</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>2113.1794430999998</v>
+        <v>2113.2704560000002</v>
       </c>
       <c r="C420" s="5">
-        <v>4.1728299999704177E-2</v>
+        <v>-8.6992000000009284E-2</v>
       </c>
       <c r="D420" s="5">
-        <v>2.3699070101712572E-2</v>
+        <v>-4.9384343266734021E-2</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>2117.8889657999998</v>
+        <v>2118.0684369999999</v>
       </c>
       <c r="C421" s="5">
-        <v>4.7095226999999795</v>
+        <v>4.7979809999997087</v>
       </c>
       <c r="D421" s="5">
-        <v>2.7073976319266446</v>
+        <v>2.7587667631612689</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>2118.9346089999999</v>
+        <v>2119.1891439999999</v>
       </c>
       <c r="C422" s="5">
-        <v>1.0456432000000859</v>
+        <v>1.1207070000000385</v>
       </c>
       <c r="D422" s="5">
-        <v>0.59407492729661726</v>
+        <v>0.63679199058181979</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>2121.9997551000001</v>
+        <v>2126.5687339999999</v>
       </c>
       <c r="C423" s="5">
-        <v>3.06514610000022</v>
+        <v>7.3795900000000074</v>
       </c>
       <c r="D423" s="5">
-        <v>1.7497380692202968</v>
+        <v>4.2596939734334205</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>2125.6843130000002</v>
+        <v>2129.726079</v>
       </c>
       <c r="C424" s="5">
-        <v>3.6845579000000726</v>
+        <v>3.1573450000000776</v>
       </c>
       <c r="D424" s="5">
-        <v>2.1036476522044323</v>
+        <v>1.7962771369969932</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>2127.7406292000001</v>
+        <v>2131.3089789999999</v>
       </c>
       <c r="C425" s="5">
-        <v>2.0563161999998556</v>
+        <v>1.5828999999998814</v>
       </c>
       <c r="D425" s="5">
-        <v>1.1670362572287818</v>
+        <v>0.8955442824271298</v>
       </c>
       <c r="E425" s="5">
-        <v>1.8599972037372403</v>
+        <v>2.0305086748428236</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>2128.6318357</v>
+        <v>2132.1110749999998</v>
       </c>
       <c r="C426" s="5">
-        <v>0.89120649999995294</v>
+        <v>0.80209599999989223</v>
       </c>
       <c r="D426" s="5">
-        <v>0.50378081560029653</v>
+        <v>0.4525434792251648</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>2130.2416984000001</v>
+        <v>2133.5151110000002</v>
       </c>
       <c r="C427" s="5">
-        <v>1.6098627000001215</v>
+        <v>1.4040360000003602</v>
       </c>
       <c r="D427" s="5">
-        <v>0.91133241100478379</v>
+        <v>0.7930913604718981</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>2130.3319766</v>
+        <v>2133.7066810000001</v>
       </c>
       <c r="C428" s="5">
-        <v>9.0278199999829667E-2</v>
+        <v>0.19156999999995605</v>
       </c>
       <c r="D428" s="5">
-        <v>5.0867042354751923E-2</v>
+        <v>0.10780217157058125</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>2131.3873328</v>
+        <v>2136.5077449999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.0553562000000056</v>
+        <v>2.8010639999997693</v>
       </c>
       <c r="D429" s="5">
-        <v>0.59609664579907129</v>
+        <v>1.5867469198046491</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>2133.3337284999998</v>
+        <v>2137.279951</v>
       </c>
       <c r="C430" s="5">
-        <v>1.9463956999998118</v>
+        <v>0.77220600000009654</v>
       </c>
       <c r="D430" s="5">
-        <v>1.101368026825833</v>
+        <v>0.43458372285265501</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>2135.848794</v>
+        <v>2117.5791570000001</v>
       </c>
       <c r="C431" s="5">
-        <v>2.5150655000002189</v>
+        <v>-19.70079399999986</v>
       </c>
       <c r="D431" s="5">
-        <v>1.4239335126207786</v>
+        <v>-10.51733672683336</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>2137.9346992999999</v>
+        <v>2119.2795930000002</v>
       </c>
       <c r="C432" s="5">
-        <v>2.0859052999999221</v>
+        <v>1.7004360000000815</v>
       </c>
       <c r="D432" s="5">
-        <v>1.1782553559089637</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.9678785493558717</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>2142.9002024000001</v>
+        <v>2123.6328279999998</v>
       </c>
       <c r="C433" s="5">
-        <v>4.9655031000002054</v>
+        <v>4.3532349999995859</v>
       </c>
       <c r="D433" s="5">
-        <v>2.8229637254171713</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.4929723111334345</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-[...3 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B434" s="5">
+        <v>2128.164354</v>
+      </c>
+      <c r="C434" s="5">
+        <v>4.5315260000002127</v>
+      </c>
+      <c r="D434" s="5">
+        <v>2.5908936620055556</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>2118.2814870000002</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-9.8828669999998056</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-5.4324642631838893</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>2116.0211370000002</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.2603500000000167</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-1.2729930625385411</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>2116.3999410000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.37880399999994552</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.21503217574629918</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.6995249467299236</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>