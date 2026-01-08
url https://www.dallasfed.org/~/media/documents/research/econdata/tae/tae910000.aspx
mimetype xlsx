--- v0 (2025-10-17)
+++ v1 (2026-01-08)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{8B61DBD3-22AF-4171-8FD8-C1EB8D04EE50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{623656EB-B277-40A5-B170-FB7B567B15F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{BC662547-C26A-4F84-ADC7-936107EB9559}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AE1FEC0C-6FCF-4F21-BA01-20A7C1DF0622}"/>
   </bookViews>
   <sheets>
     <sheet name="AE910000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Federal Government</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01E3AF7C-E0BE-4AFA-95AA-C9BED015B648}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B766BDE4-7FC6-4D9C-88D0-14C8E9305228}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>0.33287185999998314</v>
       </c>
       <c r="D431" s="5">
         <v>1.7951268047217805</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>224.12046165999999</v>
       </c>
       <c r="C432" s="5">
         <v>-0.55432455999999775</v>
       </c>
       <c r="D432" s="5">
         <v>-2.9208298772739894</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>223.33234632</v>
+        <v>223.55190533999999</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.78811533999999028</v>
+        <v>-0.568556319999999</v>
       </c>
       <c r="D433" s="5">
-        <v>-4.1391130697653322</v>
+        <v>-3.0020829964758078</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>223.71530349</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.16339815000000613</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.88063640433153623</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>