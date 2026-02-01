--- v1 (2026-01-08)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{623656EB-B277-40A5-B170-FB7B567B15F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{E042BDFE-EC68-47C1-BC81-475466FC4F1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{AE1FEC0C-6FCF-4F21-BA01-20A7C1DF0622}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DF10B466-0DFF-41F0-8D9E-5A98E1FB801E}"/>
   </bookViews>
   <sheets>
     <sheet name="AE910000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Federal Government</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B766BDE4-7FC6-4D9C-88D0-14C8E9305228}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CF197C0-9253-4129-833B-E20FE15136C8}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>199.69015171999999</v>
+        <v>199.69012369999999</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>200.22120063</v>
+        <v>200.2212408</v>
       </c>
       <c r="C7" s="5">
-        <v>0.53104891000000976</v>
+        <v>0.53111710000001722</v>
       </c>
       <c r="D7" s="5">
-        <v>3.2383303616552617</v>
+        <v>3.2387527462244048</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>203.48260841000001</v>
+        <v>203.4823992</v>
       </c>
       <c r="C8" s="5">
-        <v>3.2614077800000132</v>
+        <v>3.2611583999999993</v>
       </c>
       <c r="D8" s="5">
-        <v>21.396682365268681</v>
+        <v>21.394892347311469</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>206.58173214000001</v>
+        <v>206.5817194</v>
       </c>
       <c r="C9" s="5">
-        <v>3.0991237300000023</v>
+        <v>3.099320199999994</v>
       </c>
       <c r="D9" s="5">
-        <v>19.887918774715075</v>
+        <v>19.889309209563997</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>225.86500783</v>
+        <v>225.86526950000001</v>
       </c>
       <c r="C10" s="5">
-        <v>19.283275689999982</v>
+        <v>19.283550100000014</v>
       </c>
       <c r="D10" s="5">
-        <v>191.79944476604112</v>
+        <v>191.80371741943119</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>210.49006403999999</v>
+        <v>210.4914843</v>
       </c>
       <c r="C11" s="5">
-        <v>-15.374943790000003</v>
+        <v>-15.373785200000015</v>
       </c>
       <c r="D11" s="5">
-        <v>-57.086714398498458</v>
+        <v>-57.083836270516287</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>212.58417600999999</v>
+        <v>212.58363270000001</v>
       </c>
       <c r="C12" s="5">
-        <v>2.0941119700000002</v>
+        <v>2.0921484000000135</v>
       </c>
       <c r="D12" s="5">
-        <v>12.613901851554509</v>
+        <v>12.601330628362195</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>203.56097746</v>
+        <v>203.56123909999999</v>
       </c>
       <c r="C13" s="5">
-        <v>-9.0231985499999894</v>
+        <v>-9.0223936000000151</v>
       </c>
       <c r="D13" s="5">
-        <v>-40.575830325684983</v>
+        <v>-40.573091242297401</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>201.24478766999999</v>
+        <v>201.24410320000001</v>
       </c>
       <c r="C14" s="5">
-        <v>-2.3161897900000099</v>
+        <v>-2.3171358999999825</v>
       </c>
       <c r="D14" s="5">
-        <v>-12.831141678223224</v>
+        <v>-12.836043744020698</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>199.40109876</v>
+        <v>199.40095679999999</v>
       </c>
       <c r="C15" s="5">
-        <v>-1.8436889099999973</v>
+        <v>-1.8431464000000233</v>
       </c>
       <c r="D15" s="5">
-        <v>-10.456332988330686</v>
+        <v>-10.45344327275668</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>200.44377456000001</v>
+        <v>200.44356089999999</v>
       </c>
       <c r="C16" s="5">
-        <v>1.042675800000012</v>
+        <v>1.0426041000000055</v>
       </c>
       <c r="D16" s="5">
-        <v>6.4584903592821874</v>
+        <v>6.4580381204154769</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>199.44739077</v>
+        <v>199.44729899999999</v>
       </c>
       <c r="C17" s="5">
-        <v>-0.99638379000001009</v>
+        <v>-0.99626190000000747</v>
       </c>
       <c r="D17" s="5">
-        <v>-5.8046549980926399</v>
+        <v>-5.8039702173530046</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>198.49461436999999</v>
+        <v>198.4945998</v>
       </c>
       <c r="C18" s="5">
-        <v>-0.95277640000000474</v>
+        <v>-0.95269919999998365</v>
       </c>
       <c r="D18" s="5">
-        <v>-5.5842549742127652</v>
+        <v>-5.5838168249089488</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>197.86713323000001</v>
+        <v>197.86717340000001</v>
       </c>
       <c r="C19" s="5">
-        <v>-0.62748113999998623</v>
+        <v>-0.62742639999999028</v>
       </c>
       <c r="D19" s="5">
-        <v>-3.7281748437852036</v>
+        <v>-3.7278555086518672</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>197.00397629</v>
+        <v>197.00380100000001</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.86315694000001031</v>
+        <v>-0.86337240000000293</v>
       </c>
       <c r="D20" s="5">
-        <v>-5.1109793389830349</v>
+        <v>-5.1122236610976701</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>197.61230436</v>
+        <v>197.61229159999999</v>
       </c>
       <c r="C21" s="5">
-        <v>0.60832806999999889</v>
+        <v>0.6084905999999819</v>
       </c>
       <c r="D21" s="5">
-        <v>3.7690609109356288</v>
+        <v>3.7700884893695719</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>198.89247413000001</v>
+        <v>198.8926969</v>
       </c>
       <c r="C22" s="5">
-        <v>1.2801697700000148</v>
+        <v>1.2804053000000124</v>
       </c>
       <c r="D22" s="5">
-        <v>8.0568772178077239</v>
+        <v>8.0584133082662213</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>199.24918224999999</v>
+        <v>199.2503725</v>
       </c>
       <c r="C23" s="5">
-        <v>0.35670811999997909</v>
+        <v>0.35767559999999321</v>
       </c>
       <c r="D23" s="5">
-        <v>2.1735232281402173</v>
+        <v>2.179474321820396</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>197.96484838000001</v>
+        <v>197.96440419999999</v>
       </c>
       <c r="C24" s="5">
-        <v>-1.2843338699999833</v>
+        <v>-1.2859683000000075</v>
       </c>
       <c r="D24" s="5">
-        <v>-7.4666239386275031</v>
+        <v>-7.4757480851105669</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>197.47526440999999</v>
+        <v>197.4754863</v>
       </c>
       <c r="C25" s="5">
-        <v>-0.48958397000001241</v>
+        <v>-0.48891789999998991</v>
       </c>
       <c r="D25" s="5">
-        <v>-2.9276667664372868</v>
+        <v>-2.9237441480129189</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>196.14950544999999</v>
+        <v>196.1489105</v>
       </c>
       <c r="C26" s="5">
-        <v>-1.3257589600000017</v>
+        <v>-1.3265758000000005</v>
       </c>
       <c r="D26" s="5">
-        <v>-7.7653377381479372</v>
+        <v>-7.7699384181338367</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>197.52172970999999</v>
+        <v>197.52160029999999</v>
       </c>
       <c r="C27" s="5">
-        <v>1.3722242599999959</v>
+        <v>1.3726897999999892</v>
       </c>
       <c r="D27" s="5">
-        <v>8.7256346011630015</v>
+        <v>8.728737216022342</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>198.16803396</v>
+        <v>198.16784960000001</v>
       </c>
       <c r="C28" s="5">
-        <v>0.64630425000001424</v>
+        <v>0.64624930000002223</v>
       </c>
       <c r="D28" s="5">
-        <v>3.9979186726929683</v>
+        <v>3.9975752887091875</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>198.46447096</v>
+        <v>198.4644041</v>
       </c>
       <c r="C29" s="5">
-        <v>0.2964369999999974</v>
+        <v>0.29655449999998496</v>
       </c>
       <c r="D29" s="5">
-        <v>1.8099070509068893</v>
+        <v>1.8106320648071828</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.49282159380740209</v>
+        <v>-0.49280933105040337</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>198.62744208999999</v>
+        <v>198.62744470000001</v>
       </c>
       <c r="C30" s="5">
-        <v>0.16297112999998831</v>
+        <v>0.16304060000001641</v>
       </c>
       <c r="D30" s="5">
-        <v>0.98985488362357543</v>
+        <v>0.99027907429856121</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>198.09985330999999</v>
+        <v>198.09989300000001</v>
       </c>
       <c r="C31" s="5">
-        <v>-0.52758878000000209</v>
+        <v>-0.52755170000000362</v>
       </c>
       <c r="D31" s="5">
-        <v>-3.1412523396625147</v>
+        <v>-3.1410347404606798</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>198.24948416000001</v>
+        <v>198.24934350000001</v>
       </c>
       <c r="C32" s="5">
-        <v>0.14963085000002252</v>
+        <v>0.14945050000000037</v>
       </c>
       <c r="D32" s="5">
-        <v>0.91017148745111687</v>
+        <v>0.90906971934530123</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>197.5771617</v>
+        <v>197.57714519999999</v>
       </c>
       <c r="C33" s="5">
-        <v>-0.67232246000000373</v>
+        <v>-0.67219830000001934</v>
       </c>
       <c r="D33" s="5">
-        <v>-3.994499589517575</v>
+        <v>-3.9937783950859118</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>196.65189179999999</v>
+        <v>196.65203750000001</v>
       </c>
       <c r="C34" s="5">
-        <v>-0.92526990000001774</v>
+        <v>-0.92510769999998388</v>
       </c>
       <c r="D34" s="5">
-        <v>-5.4771871391397609</v>
+        <v>-5.4762520227562224</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>196.0795621</v>
+        <v>196.080478</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.57232969999998318</v>
+        <v>-0.57155950000000644</v>
       </c>
       <c r="D35" s="5">
-        <v>-3.4370787342979159</v>
+        <v>-3.4325245465271381</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>197.11660427999999</v>
+        <v>197.1163205</v>
       </c>
       <c r="C36" s="5">
-        <v>1.037042179999986</v>
+        <v>1.0358425000000011</v>
       </c>
       <c r="D36" s="5">
-        <v>6.5345725165740554</v>
+        <v>6.5267607821545059</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>196.84875647999999</v>
+        <v>196.84886560000001</v>
       </c>
       <c r="C37" s="5">
-        <v>-0.26784779999999841</v>
+        <v>-0.26745489999998995</v>
       </c>
       <c r="D37" s="5">
-        <v>-1.6184637317848694</v>
+        <v>-1.6161096413473741</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>196.58513690999999</v>
+        <v>196.58469389999999</v>
       </c>
       <c r="C38" s="5">
-        <v>-0.26361957000000302</v>
+        <v>-0.26417170000001988</v>
       </c>
       <c r="D38" s="5">
-        <v>-1.5952541568200584</v>
+        <v>-1.5985697867207938</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>195.84125255000001</v>
+        <v>195.84114439999999</v>
       </c>
       <c r="C39" s="5">
-        <v>-0.74388435999998137</v>
+        <v>-0.74354950000000031</v>
       </c>
       <c r="D39" s="5">
-        <v>-4.4475150940303525</v>
+        <v>-4.4455643164328817</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>195.45993741999999</v>
+        <v>195.45983820000001</v>
       </c>
       <c r="C40" s="5">
-        <v>-0.3813151300000186</v>
+        <v>-0.38130619999998316</v>
       </c>
       <c r="D40" s="5">
-        <v>-2.3116155635577007</v>
+        <v>-2.3115632692253363</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>194.59391683999999</v>
+        <v>194.5938788</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.86602057999999715</v>
+        <v>-0.86595940000000837</v>
       </c>
       <c r="D41" s="5">
-        <v>-5.1891473201657101</v>
+        <v>-5.1887921891811351</v>
       </c>
       <c r="E41" s="5">
-        <v>-1.9502503905498125</v>
+        <v>-1.9502365260672949</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>195.30276082</v>
+        <v>195.3027821</v>
       </c>
       <c r="C42" s="5">
-        <v>0.7088439800000117</v>
+        <v>0.7089033000000029</v>
       </c>
       <c r="D42" s="5">
-        <v>4.4598682374151544</v>
+        <v>4.4602498630959664</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>195.0518836</v>
+        <v>195.05192529999999</v>
       </c>
       <c r="C43" s="5">
-        <v>-0.25087722000000667</v>
+        <v>-0.25085680000000821</v>
       </c>
       <c r="D43" s="5">
-        <v>-1.5306224561466575</v>
+        <v>-1.5304985852696129</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>194.71727354000001</v>
+        <v>194.71720819999999</v>
       </c>
       <c r="C44" s="5">
-        <v>-0.33461005999998861</v>
+        <v>-0.33471710000000598</v>
       </c>
       <c r="D44" s="5">
-        <v>-2.0392785047576134</v>
+        <v>-2.0399242825348551</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>193.46339517999999</v>
+        <v>193.4632604</v>
       </c>
       <c r="C45" s="5">
-        <v>-1.2538783600000158</v>
+        <v>-1.2539477999999917</v>
       </c>
       <c r="D45" s="5">
-        <v>-7.4594868854820913</v>
+        <v>-7.4598878878219033</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>192.96095285000001</v>
+        <v>192.96105259999999</v>
       </c>
       <c r="C46" s="5">
-        <v>-0.50244232999997962</v>
+        <v>-0.50220780000000786</v>
       </c>
       <c r="D46" s="5">
-        <v>-3.0723778472929619</v>
+        <v>-3.0709662451605779</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>192.5229405</v>
+        <v>192.5235309</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.43801235000000815</v>
+        <v>-0.43752169999999069</v>
       </c>
       <c r="D47" s="5">
-        <v>-2.6901922195059047</v>
+        <v>-2.6872148453260247</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>192.89831949000001</v>
+        <v>192.89818410000001</v>
       </c>
       <c r="C48" s="5">
-        <v>0.37537899000000152</v>
+        <v>0.37465320000001157</v>
       </c>
       <c r="D48" s="5">
-        <v>2.3650008865330419</v>
+        <v>2.3603718221646641</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>192.79649875000001</v>
+        <v>192.7965231</v>
       </c>
       <c r="C49" s="5">
-        <v>-0.10182073999999375</v>
+        <v>-0.10166100000000711</v>
       </c>
       <c r="D49" s="5">
-        <v>-0.6315803570553169</v>
+        <v>-0.63059282293633778</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>193.2063934</v>
+        <v>193.20613900000001</v>
       </c>
       <c r="C50" s="5">
-        <v>0.40989464999998404</v>
+        <v>0.40961590000000569</v>
       </c>
       <c r="D50" s="5">
-        <v>2.5813028125898363</v>
+        <v>2.5795264975756238</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>193.68735224</v>
+        <v>193.68727709999999</v>
       </c>
       <c r="C51" s="5">
-        <v>0.48095883999999955</v>
+        <v>0.48113809999998125</v>
       </c>
       <c r="D51" s="5">
-        <v>3.028463803487802</v>
+        <v>3.0296121024334877</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>192.67789981999999</v>
+        <v>192.67789310000001</v>
       </c>
       <c r="C52" s="5">
-        <v>-1.0094524200000023</v>
+        <v>-1.009383999999983</v>
       </c>
       <c r="D52" s="5">
-        <v>-6.0779205599380326</v>
+        <v>-6.0775226285153643</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>192.55248237999999</v>
+        <v>192.5524901</v>
       </c>
       <c r="C53" s="5">
-        <v>-0.12541744000000676</v>
+        <v>-0.1254030000000057</v>
       </c>
       <c r="D53" s="5">
-        <v>-0.7783108238997638</v>
+        <v>-0.77822156026822187</v>
       </c>
       <c r="E53" s="5">
-        <v>-1.049074140215045</v>
+        <v>-1.0490508296502443</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>192.62368616000001</v>
+        <v>192.6237414</v>
       </c>
       <c r="C54" s="5">
-        <v>7.1203780000018924E-2</v>
+        <v>7.1251300000000128E-2</v>
       </c>
       <c r="D54" s="5">
-        <v>0.44465036116512202</v>
+        <v>0.4449476983878764</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>192.53657867000001</v>
+        <v>192.53663069999999</v>
       </c>
       <c r="C55" s="5">
-        <v>-8.7107489999993959E-2</v>
+        <v>-8.7110700000010866E-2</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.54131139528516004</v>
+        <v>-0.54133113871817073</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>190.90775109</v>
+        <v>190.90773619999999</v>
       </c>
       <c r="C56" s="5">
-        <v>-1.6288275800000065</v>
+        <v>-1.6288945000000012</v>
       </c>
       <c r="D56" s="5">
-        <v>-9.69251723963791</v>
+        <v>-9.6928946122724291</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>192.55243274</v>
+        <v>192.55216329999999</v>
       </c>
       <c r="C57" s="5">
-        <v>1.6446816499999954</v>
+        <v>1.6444271000000015</v>
       </c>
       <c r="D57" s="5">
-        <v>10.842261896090189</v>
+        <v>10.840504423012852</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>192.40853580999999</v>
+        <v>192.4085676</v>
       </c>
       <c r="C58" s="5">
-        <v>-0.14389693000001103</v>
+        <v>-0.14359569999999167</v>
       </c>
       <c r="D58" s="5">
-        <v>-0.89309878195393821</v>
+        <v>-0.89123809644365837</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>191.79905041999999</v>
+        <v>191.79931759999999</v>
       </c>
       <c r="C59" s="5">
-        <v>-0.60948539000000324</v>
+        <v>-0.60925000000000296</v>
       </c>
       <c r="D59" s="5">
-        <v>-3.735664857368215</v>
+        <v>-3.7342465288650151</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>190.03954929</v>
+        <v>190.03952179999999</v>
       </c>
       <c r="C60" s="5">
-        <v>-1.7595011299999896</v>
+        <v>-1.7597958000000062</v>
       </c>
       <c r="D60" s="5">
-        <v>-10.469611562433446</v>
+        <v>-10.471263569360733</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>189.19229623999999</v>
+        <v>189.19225370000001</v>
       </c>
       <c r="C61" s="5">
-        <v>-0.84725305000000617</v>
+        <v>-0.84726809999997954</v>
       </c>
       <c r="D61" s="5">
-        <v>-5.2207039800383548</v>
+        <v>-5.2207951916167561</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>189.11675911</v>
+        <v>189.11665189999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-7.5537129999986519E-2</v>
+        <v>-7.5601800000015373E-2</v>
       </c>
       <c r="D62" s="5">
-        <v>-0.47806265268575121</v>
+        <v>-0.47847114720920292</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>188.48709764</v>
+        <v>188.48706859999999</v>
       </c>
       <c r="C63" s="5">
-        <v>-0.62966147000000205</v>
+        <v>-0.62958330000000728</v>
       </c>
       <c r="D63" s="5">
-        <v>-3.9230241913461583</v>
+        <v>-3.922548229006062</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>188.62997946999999</v>
+        <v>188.63010750000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.14288182999999322</v>
+        <v>0.14303890000002184</v>
       </c>
       <c r="D64" s="5">
-        <v>0.913456994342976</v>
+        <v>0.91446549404801125</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>189.26280951000001</v>
+        <v>189.26292570000001</v>
       </c>
       <c r="C65" s="5">
-        <v>0.63283004000001597</v>
+        <v>0.63281820000000266</v>
       </c>
       <c r="D65" s="5">
-        <v>4.1009714964568955</v>
+        <v>4.1008905126783457</v>
       </c>
       <c r="E65" s="5">
-        <v>-1.7084551854843588</v>
+        <v>-1.7083987842959503</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>188.66126309000001</v>
+        <v>188.66141390000001</v>
       </c>
       <c r="C66" s="5">
-        <v>-0.60154642000000536</v>
+        <v>-0.60151179999999727</v>
       </c>
       <c r="D66" s="5">
-        <v>-3.748066918699855</v>
+        <v>-3.7478527069304768</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>188.67503973000001</v>
+        <v>188.6751644</v>
       </c>
       <c r="C67" s="5">
-        <v>1.3776640000003226E-2</v>
+        <v>1.3750499999986232E-2</v>
       </c>
       <c r="D67" s="5">
-        <v>8.7662984100567165E-2</v>
+        <v>8.7496514408336168E-2</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>188.62078903</v>
+        <v>188.62086529999999</v>
       </c>
       <c r="C68" s="5">
-        <v>-5.425070000001142E-2</v>
+        <v>-5.4299100000008593E-2</v>
       </c>
       <c r="D68" s="5">
-        <v>-0.34449700091259139</v>
+        <v>-0.34480363163142957</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>188.33351923999999</v>
+        <v>188.33291460000001</v>
       </c>
       <c r="C69" s="5">
-        <v>-0.28726979000001052</v>
+        <v>-0.28795069999998191</v>
       </c>
       <c r="D69" s="5">
-        <v>-1.8123706150210972</v>
+        <v>-1.8166297088398786</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>188.56596218000001</v>
+        <v>188.5657976</v>
       </c>
       <c r="C70" s="5">
-        <v>0.23244294000002697</v>
+        <v>0.23288299999998685</v>
       </c>
       <c r="D70" s="5">
-        <v>1.4911459705688523</v>
+        <v>1.4939930581348015</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>188.81306462000001</v>
+        <v>188.81310690000001</v>
       </c>
       <c r="C71" s="5">
-        <v>0.24710243999999193</v>
+        <v>0.24730930000001194</v>
       </c>
       <c r="D71" s="5">
-        <v>1.5838990023091748</v>
+        <v>1.5852359245795311</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>187.76091034999999</v>
+        <v>187.76088050000001</v>
       </c>
       <c r="C72" s="5">
-        <v>-1.0521542700000168</v>
+        <v>-1.052226399999995</v>
       </c>
       <c r="D72" s="5">
-        <v>-6.4857723700163517</v>
+        <v>-6.4862020526323612</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>188.09416483999999</v>
+        <v>188.09412589999999</v>
       </c>
       <c r="C73" s="5">
-        <v>0.33325449000000162</v>
+        <v>0.33324539999998137</v>
       </c>
       <c r="D73" s="5">
-        <v>2.1507799723104792</v>
+        <v>2.1507210780746577</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>187.79068753000001</v>
+        <v>187.79066800000001</v>
       </c>
       <c r="C74" s="5">
-        <v>-0.3034773099999768</v>
+        <v>-0.30345789999998374</v>
       </c>
       <c r="D74" s="5">
-        <v>-1.9190306282539482</v>
+        <v>-1.9189093704236937</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>188.05763342</v>
+        <v>188.05769069999999</v>
       </c>
       <c r="C75" s="5">
-        <v>0.26694588999998814</v>
+        <v>0.26702269999998407</v>
       </c>
       <c r="D75" s="5">
-        <v>1.7192090322467823</v>
+        <v>1.7197077662537197</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>188.66155972999999</v>
+        <v>188.66185719999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.60392630999999142</v>
+        <v>0.60416649999999095</v>
       </c>
       <c r="D76" s="5">
-        <v>3.9224672656728909</v>
+        <v>3.9240537375326623</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>187.57414333</v>
+        <v>187.57448640000001</v>
       </c>
       <c r="C77" s="5">
-        <v>-1.0874163999999951</v>
+        <v>-1.0873707999999738</v>
       </c>
       <c r="D77" s="5">
-        <v>-6.7015104181677216</v>
+        <v>-6.7012280096977905</v>
       </c>
       <c r="E77" s="5">
-        <v>-0.8922334949861277</v>
+        <v>-0.8921130716727621</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>187.01833318999999</v>
+        <v>187.01869199999999</v>
       </c>
       <c r="C78" s="5">
-        <v>-0.5558101400000055</v>
+        <v>-0.55579440000002478</v>
       </c>
       <c r="D78" s="5">
-        <v>-3.4983977465586014</v>
+        <v>-3.4982939898781318</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>187.04674924</v>
+        <v>187.0469895</v>
       </c>
       <c r="C79" s="5">
-        <v>2.8416050000004134E-2</v>
+        <v>2.8297500000007858E-2</v>
       </c>
       <c r="D79" s="5">
-        <v>0.18248355693188945</v>
+        <v>0.18172126422990598</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>186.86711600000001</v>
+        <v>186.86722030000001</v>
       </c>
       <c r="C80" s="5">
-        <v>-0.17963323999998693</v>
+        <v>-0.17976919999998131</v>
       </c>
       <c r="D80" s="5">
-        <v>-1.1463708210583179</v>
+        <v>-1.1472324339291684</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>188.02803308</v>
+        <v>188.0270342</v>
       </c>
       <c r="C81" s="5">
-        <v>1.1609170799999902</v>
+        <v>1.159813899999989</v>
       </c>
       <c r="D81" s="5">
-        <v>7.7151127066827918</v>
+        <v>7.7075247924817347</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>187.22135892</v>
+        <v>187.22078780000001</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.80667416000000003</v>
+        <v>-0.80624639999999204</v>
       </c>
       <c r="D82" s="5">
-        <v>-5.0284596127553094</v>
+        <v>-5.0258817817867119</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>187.41511696000001</v>
+        <v>187.41494639999999</v>
       </c>
       <c r="C83" s="5">
-        <v>0.19375804000000585</v>
+        <v>0.1941585999999802</v>
       </c>
       <c r="D83" s="5">
-        <v>1.2489903767213262</v>
+        <v>1.2515910255405993</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>187.46992594</v>
+        <v>187.4698276</v>
       </c>
       <c r="C84" s="5">
-        <v>5.4808979999990015E-2</v>
+        <v>5.4881200000011177E-2</v>
       </c>
       <c r="D84" s="5">
-        <v>0.35150136130661647</v>
+        <v>0.35196559019305962</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>187.49179774999999</v>
+        <v>187.49173619999999</v>
       </c>
       <c r="C85" s="5">
-        <v>2.1871809999993275E-2</v>
+        <v>2.1908599999989065E-2</v>
       </c>
       <c r="D85" s="5">
-        <v>0.14009191052186676</v>
+        <v>0.14032778060451001</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>187.19723823999999</v>
+        <v>187.1972753</v>
       </c>
       <c r="C86" s="5">
-        <v>-0.29455950999999914</v>
+        <v>-0.29446089999999003</v>
       </c>
       <c r="D86" s="5">
-        <v>-1.8690581785853255</v>
+        <v>-1.8684384749407701</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>187.06397792999999</v>
+        <v>187.06419980000001</v>
       </c>
       <c r="C87" s="5">
-        <v>-0.13326030999999716</v>
+        <v>-0.13307549999998969</v>
       </c>
       <c r="D87" s="5">
-        <v>-0.8509086634852947</v>
+        <v>-0.84973303648403498</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>187.24348835999999</v>
+        <v>187.2439521</v>
       </c>
       <c r="C88" s="5">
-        <v>0.17951042999999345</v>
+        <v>0.17975229999998987</v>
       </c>
       <c r="D88" s="5">
-        <v>1.1576418478359773</v>
+        <v>1.1592085098972582</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>186.74523866000001</v>
+        <v>186.7459192</v>
       </c>
       <c r="C89" s="5">
-        <v>-0.49824969999997393</v>
+        <v>-0.49803289999999834</v>
       </c>
       <c r="D89" s="5">
-        <v>-3.1468454781163668</v>
+        <v>-3.1454885044723824</v>
       </c>
       <c r="E89" s="5">
-        <v>-0.44190774660326504</v>
+        <v>-0.44172702583500367</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>186.64071551000001</v>
+        <v>186.64152820000001</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.10452315000000567</v>
+        <v>-0.10439099999999257</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.66958806000360083</v>
+        <v>-0.66874166250970868</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>186.63866863000001</v>
+        <v>186.63958310000001</v>
       </c>
       <c r="C91" s="5">
-        <v>-2.0468799999946441E-3</v>
+        <v>-1.945100000000366E-3</v>
       </c>
       <c r="D91" s="5">
-        <v>-1.3159550110186657E-2</v>
+        <v>-1.2505181662514353E-2</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>187.19108224999999</v>
+        <v>187.1907075</v>
       </c>
       <c r="C92" s="5">
-        <v>0.55241361999998162</v>
+        <v>0.55112439999999197</v>
       </c>
       <c r="D92" s="5">
-        <v>3.610156247739349</v>
+        <v>3.601575647610078</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>187.38171384</v>
+        <v>187.3801268</v>
       </c>
       <c r="C93" s="5">
-        <v>0.19063159000000951</v>
+        <v>0.18941929999999729</v>
       </c>
       <c r="D93" s="5">
-        <v>1.2289237173708445</v>
+        <v>1.2210674933006649</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>186.47247107999999</v>
+        <v>186.4711264</v>
       </c>
       <c r="C94" s="5">
-        <v>-0.90924276000001214</v>
+        <v>-0.90900039999999649</v>
       </c>
       <c r="D94" s="5">
-        <v>-5.6699139699743162</v>
+        <v>-5.6684894751778288</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>186.52244648000001</v>
+        <v>186.52201880000001</v>
       </c>
       <c r="C95" s="5">
-        <v>4.9975400000022319E-2</v>
+        <v>5.0892400000009275E-2</v>
       </c>
       <c r="D95" s="5">
-        <v>0.32207948193654357</v>
+        <v>0.32800057009851891</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>186.90274452</v>
+        <v>186.9028491</v>
       </c>
       <c r="C96" s="5">
-        <v>0.38029803999998535</v>
+        <v>0.3808302999999853</v>
       </c>
       <c r="D96" s="5">
-        <v>2.4742873269093968</v>
+        <v>2.4777950316247743</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>186.81959323000001</v>
+        <v>186.8193364</v>
       </c>
       <c r="C97" s="5">
-        <v>-8.3151289999989331E-2</v>
+        <v>-8.3512699999999995E-2</v>
       </c>
       <c r="D97" s="5">
-        <v>-0.5325644340939184</v>
+        <v>-0.53487319592409044</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>187.02155564</v>
+        <v>187.0218491</v>
       </c>
       <c r="C98" s="5">
-        <v>0.20196240999999304</v>
+        <v>0.20251269999999977</v>
       </c>
       <c r="D98" s="5">
-        <v>1.305008155291798</v>
+        <v>1.3085869667032624</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>186.48979241999999</v>
+        <v>186.4903272</v>
       </c>
       <c r="C99" s="5">
-        <v>-0.53176322000001619</v>
+        <v>-0.53152190000000132</v>
       </c>
       <c r="D99" s="5">
-        <v>-3.3591357753820605</v>
+        <v>-3.357629925169181</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>186.66618216000001</v>
+        <v>186.6666956</v>
       </c>
       <c r="C100" s="5">
-        <v>0.17638974000001895</v>
+        <v>0.1763684000000012</v>
       </c>
       <c r="D100" s="5">
-        <v>1.1409326292841193</v>
+        <v>1.140790589723073</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>186.55916027000001</v>
+        <v>186.56023279999999</v>
       </c>
       <c r="C101" s="5">
-        <v>-0.10702188999999862</v>
+        <v>-0.10646280000000274</v>
       </c>
       <c r="D101" s="5">
-        <v>-0.68583429970455745</v>
+        <v>-0.68226081306289599</v>
       </c>
       <c r="E101" s="5">
-        <v>-9.9642909953268077E-2</v>
+        <v>-9.9432641310437386E-2</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>186.07468610999999</v>
+        <v>186.07598949999999</v>
       </c>
       <c r="C102" s="5">
-        <v>-0.48447416000001908</v>
+        <v>-0.48424330000000282</v>
       </c>
       <c r="D102" s="5">
-        <v>-3.0721451053420612</v>
+        <v>-3.0706846105824526</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>185.6316089</v>
+        <v>185.63315130000001</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.44307720999998423</v>
+        <v>-0.44283819999998286</v>
       </c>
       <c r="D103" s="5">
-        <v>-2.8202886261798565</v>
+        <v>-2.8187676437735121</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>185.26902595000001</v>
+        <v>185.26803659999999</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.36258294999998952</v>
+        <v>-0.36511470000002078</v>
       </c>
       <c r="D104" s="5">
-        <v>-2.3188704102692137</v>
+        <v>-2.3348680756849371</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>184.23849314</v>
+        <v>184.23652300000001</v>
       </c>
       <c r="C105" s="5">
-        <v>-1.0305328100000111</v>
+        <v>-1.0315135999999825</v>
       </c>
       <c r="D105" s="5">
-        <v>-6.4743669264759385</v>
+        <v>-6.4803748869289297</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>185.8618251</v>
+        <v>185.8597402</v>
       </c>
       <c r="C106" s="5">
-        <v>1.6233319600000016</v>
+        <v>1.6232171999999991</v>
       </c>
       <c r="D106" s="5">
-        <v>11.100981140717803</v>
+        <v>11.1002824646514</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>184.69921987999999</v>
+        <v>184.69843700000001</v>
       </c>
       <c r="C107" s="5">
-        <v>-1.1626052200000174</v>
+        <v>-1.1613031999999919</v>
       </c>
       <c r="D107" s="5">
-        <v>-7.2533218529169279</v>
+        <v>-7.2455543438971866</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>185.62593964999999</v>
+        <v>185.62621899999999</v>
       </c>
       <c r="C108" s="5">
-        <v>0.92671977000000538</v>
+        <v>0.92778199999997923</v>
       </c>
       <c r="D108" s="5">
-        <v>6.1899088217949316</v>
+        <v>6.1972280111869837</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>186.15921463999999</v>
+        <v>186.15876460000001</v>
       </c>
       <c r="C109" s="5">
-        <v>0.53327498999999534</v>
+        <v>0.53254560000002016</v>
       </c>
       <c r="D109" s="5">
-        <v>3.5024133050471917</v>
+        <v>3.4975416722340391</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>187.25508804</v>
+        <v>187.25578440000001</v>
       </c>
       <c r="C110" s="5">
-        <v>1.0958734000000163</v>
+        <v>1.0970197999999982</v>
       </c>
       <c r="D110" s="5">
-        <v>7.2973676441483004</v>
+        <v>7.3052688076067795</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>187.03043267999999</v>
+        <v>187.0312491</v>
       </c>
       <c r="C111" s="5">
-        <v>-0.22465536000001407</v>
+        <v>-0.22453530000001365</v>
       </c>
       <c r="D111" s="5">
-        <v>-1.4302129830925492</v>
+        <v>-1.4294484035974997</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>187.55080103</v>
+        <v>187.55132080000001</v>
       </c>
       <c r="C112" s="5">
-        <v>0.52036835000001247</v>
+        <v>0.52007170000001679</v>
       </c>
       <c r="D112" s="5">
-        <v>3.3902862100626763</v>
+        <v>3.3883088147220963</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>187.6942607</v>
+        <v>187.69560390000001</v>
       </c>
       <c r="C113" s="5">
-        <v>0.1434596699999986</v>
+        <v>0.14428309999999556</v>
       </c>
       <c r="D113" s="5">
-        <v>0.92176464424913451</v>
+        <v>0.92707521627091172</v>
       </c>
       <c r="E113" s="5">
-        <v>0.60843993313284273</v>
+        <v>0.60858151973748331</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>187.36345673</v>
+        <v>187.3651825</v>
       </c>
       <c r="C114" s="5">
-        <v>-0.33080397000000517</v>
+        <v>-0.33042140000000586</v>
       </c>
       <c r="D114" s="5">
-        <v>-2.0945727683493343</v>
+        <v>-2.0921590034829296</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>187.72266605999999</v>
+        <v>187.72483539999999</v>
       </c>
       <c r="C115" s="5">
-        <v>0.35920932999999877</v>
+        <v>0.35965289999998618</v>
       </c>
       <c r="D115" s="5">
-        <v>2.3250295929769793</v>
+        <v>2.3279093683485019</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>189.15189362000001</v>
+        <v>189.15025420000001</v>
       </c>
       <c r="C116" s="5">
-        <v>1.4292275600000153</v>
+        <v>1.425418800000017</v>
       </c>
       <c r="D116" s="5">
-        <v>9.5286561540395063</v>
+        <v>9.5020790414538148</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>186.62247027000001</v>
+        <v>186.6201872</v>
       </c>
       <c r="C117" s="5">
-        <v>-2.5294233500000018</v>
+        <v>-2.5300670000000025</v>
       </c>
       <c r="D117" s="5">
-        <v>-14.917766091998097</v>
+        <v>-14.921407314123025</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>185.40180247000001</v>
+        <v>185.39913179999999</v>
       </c>
       <c r="C118" s="5">
-        <v>-1.2206678000000011</v>
+        <v>-1.2210554000000116</v>
       </c>
       <c r="D118" s="5">
-        <v>-7.5727100957765696</v>
+        <v>-7.5751181670791539</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>184.79742830999999</v>
+        <v>184.79638270000001</v>
       </c>
       <c r="C119" s="5">
-        <v>-0.60437416000002031</v>
+        <v>-0.60274909999998272</v>
       </c>
       <c r="D119" s="5">
-        <v>-3.8423914757860222</v>
+        <v>-3.8322981883169627</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>183.15770635999999</v>
+        <v>183.15822399999999</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.6397219499999949</v>
+        <v>-1.6381587000000195</v>
       </c>
       <c r="D120" s="5">
-        <v>-10.143131821469087</v>
+        <v>-10.133982828327381</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>183.06408997</v>
+        <v>183.06346289999999</v>
       </c>
       <c r="C121" s="5">
-        <v>-9.3616389999993999E-2</v>
+        <v>-9.4761099999999487E-2</v>
       </c>
       <c r="D121" s="5">
-        <v>-0.61162808874822838</v>
+        <v>-0.61908386021277684</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>182.00466899</v>
+        <v>182.00579329999999</v>
       </c>
       <c r="C122" s="5">
-        <v>-1.0594209799999987</v>
+        <v>-1.057669599999997</v>
       </c>
       <c r="D122" s="5">
-        <v>-6.7277577266249056</v>
+        <v>-6.7170090467078891</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>182.53633316</v>
+        <v>182.5372874</v>
       </c>
       <c r="C123" s="5">
-        <v>0.5316641699999991</v>
+        <v>0.5314941000000033</v>
       </c>
       <c r="D123" s="5">
-        <v>3.5622589610145639</v>
+        <v>3.5610787407406752</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>181.44217363000001</v>
+        <v>181.44263100000001</v>
       </c>
       <c r="C124" s="5">
-        <v>-1.0941595299999847</v>
+        <v>-1.094656399999991</v>
       </c>
       <c r="D124" s="5">
-        <v>-6.96057556251648</v>
+        <v>-6.9635977090359846</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>182.68615505</v>
+        <v>182.6875052</v>
       </c>
       <c r="C125" s="5">
-        <v>1.243981419999983</v>
+        <v>1.2448741999999982</v>
       </c>
       <c r="D125" s="5">
-        <v>8.5447305988647582</v>
+        <v>8.5510738406036957</v>
       </c>
       <c r="E125" s="5">
-        <v>-2.6682252463780309</v>
+        <v>-2.6682024490398915</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>182.80491928999999</v>
+        <v>182.8066609</v>
       </c>
       <c r="C126" s="5">
-        <v>0.1187642399999902</v>
+        <v>0.1191556999999932</v>
       </c>
       <c r="D126" s="5">
-        <v>0.78291521696507438</v>
+        <v>0.78549923000259536</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>183.64994554</v>
+        <v>183.65203740000001</v>
       </c>
       <c r="C127" s="5">
-        <v>0.84502625000001785</v>
+        <v>0.84537650000001463</v>
       </c>
       <c r="D127" s="5">
-        <v>5.6902938639702416</v>
+        <v>5.6926570885076577</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>187.67487079</v>
+        <v>187.6731053</v>
       </c>
       <c r="C128" s="5">
-        <v>4.0249252499999955</v>
+        <v>4.0210678999999914</v>
       </c>
       <c r="D128" s="5">
-        <v>29.713106297621895</v>
+        <v>29.68073763950261</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>189.82105443</v>
+        <v>189.81891440000001</v>
       </c>
       <c r="C129" s="5">
-        <v>2.1461836400000038</v>
+        <v>2.1458091000000081</v>
       </c>
       <c r="D129" s="5">
-        <v>14.619648353249893</v>
+        <v>14.617080746038024</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>213.92447797</v>
+        <v>213.9214384</v>
       </c>
       <c r="C130" s="5">
-        <v>24.103423539999994</v>
+        <v>24.102523999999988</v>
       </c>
       <c r="D130" s="5">
-        <v>319.75240420845353</v>
+        <v>319.73762221935414</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>190.85930943</v>
+        <v>190.85799259999999</v>
       </c>
       <c r="C131" s="5">
-        <v>-23.065168540000002</v>
+        <v>-23.063445800000011</v>
       </c>
       <c r="D131" s="5">
-        <v>-74.564843919130581</v>
+        <v>-74.562612890668476</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>192.14438016</v>
+        <v>192.14494819999999</v>
       </c>
       <c r="C132" s="5">
-        <v>1.285070730000001</v>
+        <v>1.2869555999999989</v>
       </c>
       <c r="D132" s="5">
-        <v>8.3857191110799043</v>
+        <v>8.3985386282901189</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>180.8331349</v>
+        <v>180.8325212</v>
       </c>
       <c r="C133" s="5">
-        <v>-11.311245259999993</v>
+        <v>-11.312426999999985</v>
       </c>
       <c r="D133" s="5">
-        <v>-51.715927429866973</v>
+        <v>-51.719606568700691</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>178.60048552999999</v>
+        <v>178.60182119999999</v>
       </c>
       <c r="C134" s="5">
-        <v>-2.2326493700000185</v>
+        <v>-2.230700000000013</v>
       </c>
       <c r="D134" s="5">
-        <v>-13.849959195004747</v>
+        <v>-13.838718725076083</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>177.92919555</v>
+        <v>177.9300547</v>
       </c>
       <c r="C135" s="5">
-        <v>-0.67128997999998319</v>
+        <v>-0.67176649999998972</v>
       </c>
       <c r="D135" s="5">
-        <v>-4.4182537986743213</v>
+        <v>-4.421293149734506</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>177.02243124</v>
+        <v>177.02277720000001</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.9067643099999998</v>
+        <v>-0.90727749999999219</v>
       </c>
       <c r="D136" s="5">
-        <v>-5.9469182485601513</v>
+        <v>-5.9501621975018733</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>178.47012494000001</v>
+        <v>178.47122870000001</v>
       </c>
       <c r="C137" s="5">
-        <v>1.4476937000000021</v>
+        <v>1.4484515000000044</v>
       </c>
       <c r="D137" s="5">
-        <v>10.267294537181627</v>
+        <v>10.272892136500623</v>
       </c>
       <c r="E137" s="5">
-        <v>-2.307799465616911</v>
+        <v>-2.3079172795009484</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>178.72187761999999</v>
+        <v>178.7234009</v>
       </c>
       <c r="C138" s="5">
-        <v>0.25175267999998141</v>
+        <v>0.25217219999998974</v>
       </c>
       <c r="D138" s="5">
-        <v>1.7059331622100826</v>
+        <v>1.7087874027770233</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>177.68966237000001</v>
+        <v>177.69154710000001</v>
       </c>
       <c r="C139" s="5">
-        <v>-1.0322152499999788</v>
+        <v>-1.0318537999999933</v>
       </c>
       <c r="D139" s="5">
-        <v>-6.7146758730635581</v>
+        <v>-6.7123433490244526</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>177.91536687999999</v>
+        <v>177.91357919999999</v>
       </c>
       <c r="C140" s="5">
-        <v>0.2257045099999857</v>
+        <v>0.22203209999997853</v>
       </c>
       <c r="D140" s="5">
-        <v>1.5349549435284882</v>
+        <v>1.5097918746383998</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>177.06877735</v>
+        <v>177.06748260000001</v>
       </c>
       <c r="C141" s="5">
-        <v>-0.8465895299999886</v>
+        <v>-0.84609659999998144</v>
       </c>
       <c r="D141" s="5">
-        <v>-5.5629665896264608</v>
+        <v>-5.5598661896495205</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>177.64382713000001</v>
+        <v>177.6415714</v>
       </c>
       <c r="C142" s="5">
-        <v>0.57504978000000051</v>
+        <v>0.5740887999999984</v>
       </c>
       <c r="D142" s="5">
-        <v>3.9674972187591306</v>
+        <v>3.9607778431713925</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>178.41887337</v>
+        <v>178.4175903</v>
       </c>
       <c r="C143" s="5">
-        <v>0.77504623999999467</v>
+        <v>0.77601889999999685</v>
       </c>
       <c r="D143" s="5">
-        <v>5.362983669962329</v>
+        <v>5.3699464141193198</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>179.68334967000001</v>
+        <v>179.68398010000001</v>
       </c>
       <c r="C144" s="5">
-        <v>1.2644763000000125</v>
+        <v>1.2663898000000131</v>
       </c>
       <c r="D144" s="5">
-        <v>8.8440039828610715</v>
+        <v>8.8579803409909239</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>179.46577295</v>
+        <v>179.46519050000001</v>
       </c>
       <c r="C145" s="5">
-        <v>-0.21757672000001094</v>
+        <v>-0.21878960000000802</v>
       </c>
       <c r="D145" s="5">
-        <v>-1.4434293359368078</v>
+        <v>-1.4514168556882034</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>180.00798293</v>
+        <v>180.00934810000001</v>
       </c>
       <c r="C146" s="5">
-        <v>0.54220997999999554</v>
+        <v>0.54415760000000546</v>
       </c>
       <c r="D146" s="5">
-        <v>3.686348517778204</v>
+        <v>3.699823704212446</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>179.18019168999999</v>
+        <v>179.18086270000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-0.82779124000001048</v>
+        <v>-0.82848540000000526</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.3809078354429607</v>
+        <v>-5.385266681769818</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>178.43426957</v>
+        <v>178.43445080000001</v>
       </c>
       <c r="C148" s="5">
-        <v>-0.74592211999998881</v>
+        <v>-0.74641189999999824</v>
       </c>
       <c r="D148" s="5">
-        <v>-4.8827586142522357</v>
+        <v>-4.8858737078087184</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>176.60455268000001</v>
+        <v>176.6053</v>
       </c>
       <c r="C149" s="5">
-        <v>-1.8297168899999861</v>
+        <v>-1.8291508000000078</v>
       </c>
       <c r="D149" s="5">
-        <v>-11.634338729443371</v>
+        <v>-11.630928536178375</v>
       </c>
       <c r="E149" s="5">
-        <v>-1.0453134722840485</v>
+        <v>-1.0455067259813267</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>177.40153943000001</v>
+        <v>177.4025881</v>
       </c>
       <c r="C150" s="5">
-        <v>0.79698675000000208</v>
+        <v>0.79728810000000294</v>
       </c>
       <c r="D150" s="5">
-        <v>5.5518548596066086</v>
+        <v>5.5539823878509198</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>177.17555848000001</v>
+        <v>177.17675320000001</v>
       </c>
       <c r="C151" s="5">
-        <v>-0.2259809500000074</v>
+        <v>-0.22583489999999529</v>
       </c>
       <c r="D151" s="5">
-        <v>-1.5179422192477032</v>
+        <v>-1.5169591373016433</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>177.91040638000001</v>
+        <v>177.90900149999999</v>
       </c>
       <c r="C152" s="5">
-        <v>0.73484790000000544</v>
+        <v>0.73224829999998065</v>
       </c>
       <c r="D152" s="5">
-        <v>5.0922028938456876</v>
+        <v>5.073742283448901</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>177.63430607000001</v>
+        <v>177.6339274</v>
       </c>
       <c r="C153" s="5">
-        <v>-0.2761003100000039</v>
+        <v>-0.27507409999998345</v>
       </c>
       <c r="D153" s="5">
-        <v>-1.8464741702293841</v>
+        <v>-1.8396838526922421</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>177.65382743999999</v>
+        <v>177.65224409999999</v>
       </c>
       <c r="C154" s="5">
-        <v>1.9521369999978333E-2</v>
+        <v>1.8316699999985531E-2</v>
       </c>
       <c r="D154" s="5">
-        <v>0.13195541375308206</v>
+        <v>0.12380804831186865</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>178.62511694</v>
+        <v>178.62395430000001</v>
       </c>
       <c r="C155" s="5">
-        <v>0.97128950000001169</v>
+        <v>0.97171020000001818</v>
       </c>
       <c r="D155" s="5">
-        <v>6.7617025811854248</v>
+        <v>6.7647820937880576</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>178.26345445999999</v>
+        <v>178.2639355</v>
       </c>
       <c r="C156" s="5">
-        <v>-0.36166248000000678</v>
+        <v>-0.36001880000000597</v>
       </c>
       <c r="D156" s="5">
-        <v>-2.4027670175309712</v>
+        <v>-2.3919831113190626</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>177.54777469000001</v>
+        <v>177.54747829999999</v>
       </c>
       <c r="C157" s="5">
-        <v>-0.71567976999997995</v>
+        <v>-0.71645720000000779</v>
       </c>
       <c r="D157" s="5">
-        <v>-4.7127085054710083</v>
+        <v>-4.7177027579571877</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>179.31395907000001</v>
+        <v>179.3151958</v>
       </c>
       <c r="C158" s="5">
-        <v>1.7661843799999986</v>
+        <v>1.7677175000000034</v>
       </c>
       <c r="D158" s="5">
-        <v>12.612446192895032</v>
+        <v>12.624022906166488</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>182.32385292000001</v>
+        <v>182.32435090000001</v>
       </c>
       <c r="C159" s="5">
-        <v>3.0098938499999974</v>
+        <v>3.0091551000000152</v>
       </c>
       <c r="D159" s="5">
-        <v>22.110408914675951</v>
+        <v>22.104304970230103</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>182.28431707999999</v>
+        <v>182.2840544</v>
       </c>
       <c r="C160" s="5">
-        <v>-3.9535840000013422E-2</v>
+        <v>-4.0296500000010838E-2</v>
       </c>
       <c r="D160" s="5">
-        <v>-0.25990272576299489</v>
+        <v>-0.26489639183481239</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>182.26397145000001</v>
+        <v>182.26437859999999</v>
       </c>
       <c r="C161" s="5">
-        <v>-2.0345629999980019E-2</v>
+        <v>-1.9675800000015897E-2</v>
       </c>
       <c r="D161" s="5">
-        <v>-0.13385558450265123</v>
+        <v>-0.12945151982204361</v>
       </c>
       <c r="E161" s="5">
-        <v>3.2045712775336188</v>
+        <v>3.2043651011606</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>181.80180174</v>
+        <v>181.80232369999999</v>
       </c>
       <c r="C162" s="5">
-        <v>-0.46216971000001195</v>
+        <v>-0.46205489999999827</v>
       </c>
       <c r="D162" s="5">
-        <v>-3.0007790738308726</v>
+        <v>-3.0000373888734555</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>182.0094363</v>
+        <v>182.00986560000001</v>
       </c>
       <c r="C163" s="5">
-        <v>0.20763456000000247</v>
+        <v>0.20754190000002382</v>
       </c>
       <c r="D163" s="5">
-        <v>1.379153308118064</v>
+        <v>1.3785299883438462</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>181.58811417000001</v>
+        <v>181.5869821</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.42132212999999297</v>
+        <v>-0.42288350000001174</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.7427096621389868</v>
+        <v>-2.7527378802828739</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>181.32945352999999</v>
+        <v>181.32975619999999</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.25866064000001643</v>
+        <v>-0.25722590000000878</v>
       </c>
       <c r="D165" s="5">
-        <v>-1.6959950174408878</v>
+        <v>-1.6866712699735609</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>181.52850004999999</v>
+        <v>181.52748769999999</v>
       </c>
       <c r="C166" s="5">
-        <v>0.19904651999999601</v>
+        <v>0.19773150000000328</v>
       </c>
       <c r="D166" s="5">
-        <v>1.3252297057810836</v>
+        <v>1.3164196621176627</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>180.03089403000001</v>
+        <v>180.0302624</v>
       </c>
       <c r="C167" s="5">
-        <v>-1.4976060199999779</v>
+        <v>-1.4972252999999967</v>
       </c>
       <c r="D167" s="5">
-        <v>-9.4628897575322668</v>
+        <v>-9.4606425627953623</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>179.99938938</v>
+        <v>180.00009370000001</v>
       </c>
       <c r="C168" s="5">
-        <v>-3.1504650000016454E-2</v>
+        <v>-3.0168699999990167E-2</v>
       </c>
       <c r="D168" s="5">
-        <v>-0.20979296038796669</v>
+        <v>-0.20090562317186533</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>179.51826772000001</v>
+        <v>179.51860360000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.48112165999998524</v>
+        <v>-0.48149010000000203</v>
       </c>
       <c r="D169" s="5">
-        <v>-3.1607529628956632</v>
+        <v>-3.1631257536275603</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>179.19462698999999</v>
+        <v>179.19575950000001</v>
       </c>
       <c r="C170" s="5">
-        <v>-0.32364073000002236</v>
+        <v>-0.32284409999999752</v>
       </c>
       <c r="D170" s="5">
-        <v>-2.1420718591702914</v>
+        <v>-2.1368473109578234</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>179.61174344</v>
+        <v>179.61203459999999</v>
       </c>
       <c r="C171" s="5">
-        <v>0.41711645000000885</v>
+        <v>0.41627509999997869</v>
       </c>
       <c r="D171" s="5">
-        <v>2.8293141094680063</v>
+        <v>2.823516021220418</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>179.08610917999999</v>
+        <v>179.08524829999999</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.52563426000000391</v>
+        <v>-0.52678629999999771</v>
       </c>
       <c r="D172" s="5">
-        <v>-3.4558259213598563</v>
+        <v>-3.4632728223840004</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>178.97852732999999</v>
+        <v>178.9783338</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.10758185000000253</v>
+        <v>-0.10691449999998781</v>
       </c>
       <c r="D173" s="5">
-        <v>-0.71849532757600754</v>
+        <v>-0.71405641453485824</v>
       </c>
       <c r="E173" s="5">
-        <v>-1.8025746360417205</v>
+        <v>-1.8029001745928586</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>179.60966298</v>
+        <v>179.60938669999999</v>
       </c>
       <c r="C174" s="5">
-        <v>0.63113565000000449</v>
+        <v>0.63105289999998604</v>
       </c>
       <c r="D174" s="5">
-        <v>4.3146275674744272</v>
+        <v>4.3140556048990142</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>179.93013311000001</v>
+        <v>179.92975820000001</v>
       </c>
       <c r="C175" s="5">
-        <v>0.32047013000001812</v>
+        <v>0.32037150000002157</v>
       </c>
       <c r="D175" s="5">
-        <v>2.1622477111499894</v>
+        <v>2.1615790591835049</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>179.64322529</v>
+        <v>179.64264069999999</v>
       </c>
       <c r="C176" s="5">
-        <v>-0.28690782000001036</v>
+        <v>-0.28711750000002212</v>
       </c>
       <c r="D176" s="5">
-        <v>-1.8967692657325896</v>
+        <v>-1.898147253216742</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>180.86594983000001</v>
+        <v>180.8657666</v>
       </c>
       <c r="C177" s="5">
-        <v>1.2227245400000015</v>
+        <v>1.2231259000000136</v>
       </c>
       <c r="D177" s="5">
-        <v>8.4804896071770663</v>
+        <v>8.4834070421216268</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>180.05110986</v>
+        <v>180.05121199999999</v>
       </c>
       <c r="C178" s="5">
-        <v>-0.81483997000000841</v>
+        <v>-0.81455460000000812</v>
       </c>
       <c r="D178" s="5">
-        <v>-5.2742894040114008</v>
+        <v>-5.2724929845971218</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>180.41789828</v>
+        <v>180.4184727</v>
       </c>
       <c r="C179" s="5">
-        <v>0.366788420000006</v>
+        <v>0.36726070000000277</v>
       </c>
       <c r="D179" s="5">
-        <v>2.472138323296269</v>
+        <v>2.4753558458801894</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>180.43726824000001</v>
+        <v>180.438762</v>
       </c>
       <c r="C180" s="5">
-        <v>1.9369960000005904E-2</v>
+        <v>2.0289300000001731E-2</v>
       </c>
       <c r="D180" s="5">
-        <v>0.12891006065505195</v>
+        <v>0.13503176428646402</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>180.73622933999999</v>
+        <v>180.7373255</v>
       </c>
       <c r="C181" s="5">
-        <v>0.29896109999998544</v>
+        <v>0.2985635000000002</v>
       </c>
       <c r="D181" s="5">
-        <v>2.0064629032983783</v>
+        <v>2.0037533592747625</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>181.38008521</v>
+        <v>181.38072170000001</v>
       </c>
       <c r="C182" s="5">
-        <v>0.6438558700000101</v>
+        <v>0.64339620000001219</v>
       </c>
       <c r="D182" s="5">
-        <v>4.3596489802687932</v>
+        <v>4.3564483501219442</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
-        <v>181.12265461999999</v>
+        <v>181.1221621</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.25743059000001267</v>
+        <v>-0.25855960000001232</v>
       </c>
       <c r="D183" s="5">
-        <v>-1.6899134753109224</v>
+        <v>-1.6972609872907052</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>181.52835791999999</v>
+        <v>181.52636709999999</v>
       </c>
       <c r="C184" s="5">
-        <v>0.40570329999999899</v>
+        <v>0.40420499999999038</v>
       </c>
       <c r="D184" s="5">
-        <v>2.7212869523865368</v>
+        <v>2.7111207772927415</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>181.62505385</v>
+        <v>181.62096210000001</v>
       </c>
       <c r="C185" s="5">
-        <v>9.6695930000009866E-2</v>
+        <v>9.459500000002663E-2</v>
       </c>
       <c r="D185" s="5">
-        <v>0.64108810489240664</v>
+        <v>0.62712602002950035</v>
       </c>
       <c r="E185" s="5">
-        <v>1.4786838172605732</v>
+        <v>1.4765073760006242</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>181.79392393000001</v>
+        <v>181.79389219999999</v>
       </c>
       <c r="C186" s="5">
-        <v>0.16887008000000492</v>
+        <v>0.17293009999997366</v>
       </c>
       <c r="D186" s="5">
-        <v>1.1214509324189326</v>
+        <v>1.1485805261024939</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>181.67053494999999</v>
+        <v>181.67135400000001</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.12338898000001564</v>
+        <v>-0.12253819999997972</v>
       </c>
       <c r="D187" s="5">
-        <v>-0.81144235175381052</v>
+        <v>-0.80586823750158354</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>181.48517597</v>
+        <v>181.4871124</v>
       </c>
       <c r="C188" s="5">
-        <v>-0.18535897999998951</v>
+        <v>-0.18424160000000711</v>
       </c>
       <c r="D188" s="5">
-        <v>-1.2175161164228232</v>
+        <v>-1.2102121567223345</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>181.52632498</v>
+        <v>181.52797480000001</v>
       </c>
       <c r="C189" s="5">
-        <v>4.1149009999998043E-2</v>
+        <v>4.0862400000008847E-2</v>
       </c>
       <c r="D189" s="5">
-        <v>0.27242134642053717</v>
+        <v>0.27051864411196114</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>181.35576824</v>
+        <v>181.3576578</v>
       </c>
       <c r="C190" s="5">
-        <v>-0.17055673999999499</v>
+        <v>-0.17031700000001138</v>
       </c>
       <c r="D190" s="5">
-        <v>-1.1216761161007782</v>
+        <v>-1.1200974519671392</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>181.10757642999999</v>
+        <v>181.1076908</v>
       </c>
       <c r="C191" s="5">
-        <v>-0.24819181000000867</v>
+        <v>-0.24996699999999805</v>
       </c>
       <c r="D191" s="5">
-        <v>-1.629937764928624</v>
+        <v>-1.6414906755135017</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>181.28153155000001</v>
+        <v>181.28872989999999</v>
       </c>
       <c r="C192" s="5">
-        <v>0.17395512000001645</v>
+        <v>0.18103909999999246</v>
       </c>
       <c r="D192" s="5">
-        <v>1.1587170916253609</v>
+        <v>1.2061625510033203</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>181.61741459999999</v>
+        <v>181.6141494</v>
       </c>
       <c r="C193" s="5">
-        <v>0.33588304999997831</v>
+        <v>0.32541950000000952</v>
       </c>
       <c r="D193" s="5">
-        <v>2.2461887097378508</v>
+        <v>2.1754351766627655</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>182.30420602000001</v>
+        <v>182.30006539999999</v>
       </c>
       <c r="C194" s="5">
-        <v>0.68679142000002003</v>
+        <v>0.68591599999999175</v>
       </c>
       <c r="D194" s="5">
-        <v>4.6334137057366886</v>
+        <v>4.627469432592779</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>182.42155428000001</v>
+        <v>182.41692860000001</v>
       </c>
       <c r="C195" s="5">
-        <v>0.11734825999999998</v>
+        <v>0.1168632000000116</v>
       </c>
       <c r="D195" s="5">
-        <v>0.77517423737287761</v>
+        <v>0.77197633845984548</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>183.64304308000001</v>
+        <v>183.63791929999999</v>
       </c>
       <c r="C196" s="5">
-        <v>1.221488800000003</v>
+        <v>1.2209906999999873</v>
       </c>
       <c r="D196" s="5">
-        <v>8.337783910340125</v>
+        <v>8.3344769708733715</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>183.26069336</v>
+        <v>183.25184949999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-0.38234972000000766</v>
+        <v>-0.38606980000000135</v>
       </c>
       <c r="D197" s="5">
-        <v>-2.470019762728981</v>
+        <v>-2.4938434754709582</v>
       </c>
       <c r="E197" s="5">
-        <v>0.90055830697830519</v>
+        <v>0.89796209707446728</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>183.81896896000001</v>
+        <v>183.82077620000001</v>
       </c>
       <c r="C198" s="5">
-        <v>0.55827560000000176</v>
+        <v>0.56892670000001999</v>
       </c>
       <c r="D198" s="5">
-        <v>3.7174917303294253</v>
+        <v>3.7898176981236986</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>184.30553588000001</v>
+        <v>184.31123940000001</v>
       </c>
       <c r="C199" s="5">
-        <v>0.48656692000000135</v>
+        <v>0.49046319999999355</v>
       </c>
       <c r="D199" s="5">
-        <v>3.2230413747780684</v>
+        <v>3.2491980354465877</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>184.57398534999999</v>
+        <v>184.58280669999999</v>
       </c>
       <c r="C200" s="5">
-        <v>0.26844946999997887</v>
+        <v>0.27156729999998674</v>
       </c>
       <c r="D200" s="5">
-        <v>1.7619253394178136</v>
+        <v>1.7824992375257143</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>184.93913850999999</v>
+        <v>184.95087319999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.36515316000000553</v>
+        <v>0.36806649999999763</v>
       </c>
       <c r="D201" s="5">
-        <v>2.4000307203613902</v>
+        <v>2.4192727528178359</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>185.21644724999999</v>
+        <v>185.22234259999999</v>
       </c>
       <c r="C202" s="5">
-        <v>0.27730873999999517</v>
+        <v>0.27146940000000086</v>
       </c>
       <c r="D202" s="5">
-        <v>1.814265066795695</v>
+        <v>1.7756392478885274</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>185.65228805000001</v>
+        <v>185.6526437</v>
       </c>
       <c r="C203" s="5">
-        <v>0.43584080000002245</v>
+        <v>0.43030110000000832</v>
       </c>
       <c r="D203" s="5">
-        <v>2.8606059357692226</v>
+        <v>2.8236897179554798</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>185.90996855</v>
+        <v>185.91910189999999</v>
       </c>
       <c r="C204" s="5">
-        <v>0.25768049999999221</v>
+        <v>0.26645819999998821</v>
       </c>
       <c r="D204" s="5">
-        <v>1.6783422031704465</v>
+        <v>1.735962471660657</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>186.22412763</v>
+        <v>186.2092624</v>
       </c>
       <c r="C205" s="5">
-        <v>0.31415907999999604</v>
+        <v>0.29016050000001314</v>
       </c>
       <c r="D205" s="5">
-        <v>2.0467676912308441</v>
+        <v>1.8889775029858447</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>186.07391616000001</v>
+        <v>186.0569443</v>
       </c>
       <c r="C206" s="5">
-        <v>-0.15021146999998791</v>
+        <v>-0.15231810000000223</v>
       </c>
       <c r="D206" s="5">
-        <v>-0.96365726760263559</v>
+        <v>-0.97718892491853726</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>186.15157766999999</v>
+        <v>186.14035939999999</v>
       </c>
       <c r="C207" s="5">
-        <v>7.7661509999984446E-2</v>
+        <v>8.3415099999996301E-2</v>
       </c>
       <c r="D207" s="5">
-        <v>0.50199426683523729</v>
+        <v>0.53932581565929727</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>185.70275294999999</v>
+        <v>185.69176060000001</v>
       </c>
       <c r="C208" s="5">
-        <v>-0.44882472000000462</v>
+        <v>-0.44859879999998498</v>
       </c>
       <c r="D208" s="5">
-        <v>-2.8552246621839528</v>
+        <v>-2.8539761734744706</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>185.97762349000001</v>
+        <v>185.95762569999999</v>
       </c>
       <c r="C209" s="5">
-        <v>0.27487054000002331</v>
+        <v>0.26586509999998498</v>
       </c>
       <c r="D209" s="5">
-        <v>1.7907282935714974</v>
+        <v>1.7317002219287225</v>
       </c>
       <c r="E209" s="5">
-        <v>1.4825493018641112</v>
+        <v>1.4765341836290746</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>186.09473467999999</v>
+        <v>186.10247870000001</v>
       </c>
       <c r="C210" s="5">
-        <v>0.11711118999997439</v>
+        <v>0.14485300000001189</v>
       </c>
       <c r="D210" s="5">
-        <v>0.75826956693862968</v>
+        <v>0.93876356249209536</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>185.71999202999999</v>
+        <v>185.74047400000001</v>
       </c>
       <c r="C211" s="5">
-        <v>-0.37474265000000173</v>
+        <v>-0.36200469999999996</v>
       </c>
       <c r="D211" s="5">
-        <v>-2.3898791385444929</v>
+        <v>-2.3094164961056207</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>185.80015864000001</v>
+        <v>185.82449</v>
       </c>
       <c r="C212" s="5">
-        <v>8.0166610000020455E-2</v>
+        <v>8.4015999999991209E-2</v>
       </c>
       <c r="D212" s="5">
-        <v>0.51921523026277061</v>
+        <v>0.54414848814610117</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>185.11998295000001</v>
+        <v>185.15097650000001</v>
       </c>
       <c r="C213" s="5">
-        <v>-0.68017568999999867</v>
+        <v>-0.67351349999998433</v>
       </c>
       <c r="D213" s="5">
-        <v>-4.3055713735103973</v>
+        <v>-4.2636891435929307</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>186.17912482</v>
+        <v>186.19260510000001</v>
       </c>
       <c r="C214" s="5">
-        <v>1.0591418699999906</v>
+        <v>1.0416285999999957</v>
       </c>
       <c r="D214" s="5">
-        <v>7.0858761453183705</v>
+        <v>6.9638577530371615</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>186.33792702</v>
+        <v>186.3430061</v>
       </c>
       <c r="C215" s="5">
-        <v>0.15880219999999667</v>
+        <v>0.15040099999998802</v>
       </c>
       <c r="D215" s="5">
-        <v>1.0283599896244056</v>
+        <v>0.9736433626109875</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>186.15869648</v>
+        <v>186.16328580000001</v>
       </c>
       <c r="C216" s="5">
-        <v>-0.17923053999999183</v>
+        <v>-0.1797202999999854</v>
       </c>
       <c r="D216" s="5">
-        <v>-1.1481424609857238</v>
+        <v>-1.1512320034616885</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>186.78213722000001</v>
+        <v>186.7361401</v>
       </c>
       <c r="C217" s="5">
-        <v>0.6234407400000066</v>
+        <v>0.57285429999998883</v>
       </c>
       <c r="D217" s="5">
-        <v>4.0936252421895913</v>
+        <v>3.7557328688043512</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>186.80367898</v>
+        <v>186.76562559999999</v>
       </c>
       <c r="C218" s="5">
-        <v>2.1541759999990973E-2</v>
+        <v>2.9485499999992726E-2</v>
       </c>
       <c r="D218" s="5">
-        <v>0.13848495331594268</v>
+        <v>0.18964376170833575</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>186.77923759999999</v>
+        <v>186.75885719999999</v>
       </c>
       <c r="C219" s="5">
-        <v>-2.4441380000013169E-2</v>
+        <v>-6.7683999999985645E-3</v>
       </c>
       <c r="D219" s="5">
-        <v>-0.15689497748075931</v>
+        <v>-4.3479421189962508E-2</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>187.37814990999999</v>
+        <v>187.36130639999999</v>
       </c>
       <c r="C220" s="5">
-        <v>0.59891231000000289</v>
+        <v>0.60244919999999524</v>
       </c>
       <c r="D220" s="5">
-        <v>3.9164205725705559</v>
+        <v>3.9403985457778123</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>187.03089588</v>
+        <v>187.0050037</v>
       </c>
       <c r="C221" s="5">
-        <v>-0.34725402999998778</v>
+        <v>-0.35630269999998632</v>
       </c>
       <c r="D221" s="5">
-        <v>-2.2013431124661254</v>
+        <v>-2.2583075999347169</v>
       </c>
       <c r="E221" s="5">
-        <v>0.56634361179297432</v>
+        <v>0.56323476709134734</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>187.67117683000001</v>
+        <v>187.68902979999999</v>
       </c>
       <c r="C222" s="5">
-        <v>0.64028095000000462</v>
+        <v>0.68402609999998276</v>
       </c>
       <c r="D222" s="5">
-        <v>4.1863151831743606</v>
+        <v>4.4787449276610714</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>188.87105167999999</v>
+        <v>188.91180370000001</v>
       </c>
       <c r="C223" s="5">
-        <v>1.1998748499999863</v>
+        <v>1.2227739000000213</v>
       </c>
       <c r="D223" s="5">
-        <v>7.947814718095092</v>
+        <v>8.1041740487057581</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>189.23576728</v>
+        <v>189.28026439999999</v>
       </c>
       <c r="C224" s="5">
-        <v>0.36471560000001091</v>
+        <v>0.36846069999998576</v>
       </c>
       <c r="D224" s="5">
-        <v>2.3420052559605553</v>
+        <v>2.3657969380040944</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>188.94309301999999</v>
+        <v>188.99726319999999</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.29267426000001251</v>
+        <v>-0.28300120000000106</v>
       </c>
       <c r="D225" s="5">
-        <v>-1.8402279470133842</v>
+        <v>-1.7794917555907119</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>189.70590813000001</v>
+        <v>189.7290486</v>
       </c>
       <c r="C226" s="5">
-        <v>0.76281511000001956</v>
+        <v>0.7317854000000068</v>
       </c>
       <c r="D226" s="5">
-        <v>4.9537674876327431</v>
+        <v>4.7465585202015381</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>190.57077024</v>
+        <v>190.58133309999999</v>
       </c>
       <c r="C227" s="5">
-        <v>0.86486210999999003</v>
+        <v>0.85228449999999611</v>
       </c>
       <c r="D227" s="5">
-        <v>5.6100363737421999</v>
+        <v>5.5257332102065737</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>191.85334130999999</v>
+        <v>191.8437188</v>
       </c>
       <c r="C228" s="5">
-        <v>1.2825710699999888</v>
+        <v>1.26238570000001</v>
       </c>
       <c r="D228" s="5">
-        <v>8.3819437780102248</v>
+        <v>8.2447115484260749</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>192.09619465</v>
+        <v>192.01535609999999</v>
       </c>
       <c r="C229" s="5">
-        <v>0.24285334000001058</v>
+        <v>0.17163729999998623</v>
       </c>
       <c r="D229" s="5">
-        <v>1.5296137196110227</v>
+        <v>1.078905686364795</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>192.45550195999999</v>
+        <v>192.39298109999999</v>
       </c>
       <c r="C230" s="5">
-        <v>0.35930730999999128</v>
+        <v>0.37762499999999477</v>
       </c>
       <c r="D230" s="5">
-        <v>2.2677814895873727</v>
+        <v>2.3856622125416838</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>193.54210047999999</v>
+        <v>193.5111565</v>
       </c>
       <c r="C231" s="5">
-        <v>1.0865985199999955</v>
+        <v>1.1181754000000126</v>
       </c>
       <c r="D231" s="5">
-        <v>6.9895658013780837</v>
+        <v>7.2016360399713486</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>194.03007410999999</v>
+        <v>194.00823080000001</v>
       </c>
       <c r="C232" s="5">
-        <v>0.48797362999999905</v>
+        <v>0.49707430000000841</v>
       </c>
       <c r="D232" s="5">
-        <v>3.0678445836594737</v>
+        <v>3.1263772724975381</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>194.18222435999999</v>
+        <v>194.15208720000001</v>
       </c>
       <c r="C233" s="5">
-        <v>0.15215025000000537</v>
+        <v>0.14385640000000421</v>
       </c>
       <c r="D233" s="5">
-        <v>0.94505868609611188</v>
+        <v>0.893433426353063</v>
       </c>
       <c r="E233" s="5">
-        <v>3.8236080976633557</v>
+        <v>3.8218675215052622</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>194.84507690999999</v>
+        <v>194.8760638</v>
       </c>
       <c r="C234" s="5">
-        <v>0.66285254999999665</v>
+        <v>0.72397659999998609</v>
       </c>
       <c r="D234" s="5">
-        <v>4.174058825107485</v>
+        <v>4.5676198564061021</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>195.39628253999999</v>
+        <v>195.45952370000001</v>
       </c>
       <c r="C235" s="5">
-        <v>0.55120562999999834</v>
+        <v>0.58345990000000825</v>
       </c>
       <c r="D235" s="5">
-        <v>3.4480522087419807</v>
+        <v>3.6525632181507284</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>195.85203619999999</v>
+        <v>195.9178143</v>
       </c>
       <c r="C236" s="5">
-        <v>0.45575365999999917</v>
+        <v>0.45829059999999799</v>
       </c>
       <c r="D236" s="5">
-        <v>2.8351368527776977</v>
+        <v>2.8501882934145684</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>203.90661</v>
+        <v>203.98413170000001</v>
       </c>
       <c r="C237" s="5">
-        <v>8.0545738000000142</v>
+        <v>8.0663174000000026</v>
       </c>
       <c r="D237" s="5">
-        <v>62.195410082164962</v>
+        <v>62.281676376024485</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>198.47297123999999</v>
+        <v>198.5053489</v>
       </c>
       <c r="C238" s="5">
-        <v>-5.433638760000008</v>
+        <v>-5.4787828000000047</v>
       </c>
       <c r="D238" s="5">
-        <v>-27.682933178974412</v>
+        <v>-27.870992832063546</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>195.84275385000001</v>
+        <v>195.85666860000001</v>
       </c>
       <c r="C239" s="5">
-        <v>-2.6302173899999843</v>
+        <v>-2.6486802999999952</v>
       </c>
       <c r="D239" s="5">
-        <v>-14.793322286742194</v>
+        <v>-14.887412544038604</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>197.45564282999999</v>
+        <v>197.43159879999999</v>
       </c>
       <c r="C240" s="5">
-        <v>1.6128889799999797</v>
+        <v>1.574930199999983</v>
       </c>
       <c r="D240" s="5">
-        <v>10.342928113770423</v>
+        <v>10.087901060406846</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>197.04742374</v>
+        <v>196.93288459999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-0.40821908999998868</v>
+        <v>-0.49871419999999489</v>
       </c>
       <c r="D241" s="5">
-        <v>-2.4528599625339154</v>
+        <v>-2.9894518309597662</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>197.33646991000001</v>
+        <v>197.25619900000001</v>
       </c>
       <c r="C242" s="5">
-        <v>0.28904617000000599</v>
+        <v>0.32331440000001521</v>
       </c>
       <c r="D242" s="5">
-        <v>1.774534838536912</v>
+        <v>1.9879859633898267</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>199.54029337</v>
+        <v>199.499075</v>
       </c>
       <c r="C243" s="5">
-        <v>2.2038234599999953</v>
+        <v>2.2428759999999954</v>
       </c>
       <c r="D243" s="5">
-        <v>14.256000334304165</v>
+        <v>14.530910408260333</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>198.7628565</v>
+        <v>198.7391178</v>
       </c>
       <c r="C244" s="5">
-        <v>-0.7774368700000025</v>
+        <v>-0.75995720000000233</v>
       </c>
       <c r="D244" s="5">
-        <v>-4.5764701458676615</v>
+        <v>-4.4766256442359431</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>198.69909802999999</v>
+        <v>198.67615760000001</v>
       </c>
       <c r="C245" s="5">
-        <v>-6.3758470000010448E-2</v>
+        <v>-6.2960199999992028E-2</v>
       </c>
       <c r="D245" s="5">
-        <v>-0.38425350135515846</v>
+        <v>-0.37949618707460164</v>
       </c>
       <c r="E245" s="5">
-        <v>2.3261004887996428</v>
+        <v>2.3301683052934008</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>200.38261931</v>
+        <v>200.4226559</v>
       </c>
       <c r="C246" s="5">
-        <v>1.6835212800000079</v>
+        <v>1.7464982999999847</v>
       </c>
       <c r="D246" s="5">
-        <v>10.654694171798385</v>
+        <v>11.07408105883767</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>200.40155467</v>
+        <v>200.4816581</v>
       </c>
       <c r="C247" s="5">
-        <v>1.8935360000000401E-2</v>
+        <v>5.9002200000008997E-2</v>
       </c>
       <c r="D247" s="5">
-        <v>0.11345417724131224</v>
+        <v>0.35383919823470666</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>205.40548061000001</v>
+        <v>205.4822791</v>
       </c>
       <c r="C248" s="5">
-        <v>5.0039259400000162</v>
+        <v>5.0006209999999953</v>
       </c>
       <c r="D248" s="5">
-        <v>34.440862575849771</v>
+        <v>34.399218098937311</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>209.05700673999999</v>
+        <v>209.14348749999999</v>
       </c>
       <c r="C249" s="5">
-        <v>3.6515261299999793</v>
+        <v>3.6612083999999925</v>
       </c>
       <c r="D249" s="5">
-        <v>23.54705806131987</v>
+        <v>23.606030467307161</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>242.93978164000001</v>
+        <v>242.98242440000001</v>
       </c>
       <c r="C250" s="5">
-        <v>33.882774900000015</v>
+        <v>33.838936900000022</v>
       </c>
       <c r="D250" s="5">
-        <v>506.46662610927962</v>
+        <v>504.73650259117733</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>228.89526727000001</v>
+        <v>228.91039069999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-14.044514370000002</v>
+        <v>-14.07203370000002</v>
       </c>
       <c r="D251" s="5">
-        <v>-51.06065912639508</v>
+        <v>-51.124890046240942</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>215.43466487000001</v>
+        <v>215.39382570000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-13.460602399999999</v>
+        <v>-13.516564999999986</v>
       </c>
       <c r="D252" s="5">
-        <v>-51.677959166223644</v>
+        <v>-51.825976428034679</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>207.91329974000001</v>
+        <v>207.78721300000001</v>
       </c>
       <c r="C253" s="5">
-        <v>-7.5213651299999924</v>
+        <v>-7.6066126999999994</v>
       </c>
       <c r="D253" s="5">
-        <v>-34.716981442461773</v>
+        <v>-35.042871802269318</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>201.43105671999999</v>
+        <v>201.343153</v>
       </c>
       <c r="C254" s="5">
-        <v>-6.4822430200000269</v>
+        <v>-6.4440600000000074</v>
       </c>
       <c r="D254" s="5">
-        <v>-31.619870282573881</v>
+        <v>-31.480124164712997</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>201.68078668999999</v>
+        <v>201.63644249999999</v>
       </c>
       <c r="C255" s="5">
-        <v>0.24972997000000419</v>
+        <v>0.29328949999998599</v>
       </c>
       <c r="D255" s="5">
-        <v>1.4979212381192486</v>
+        <v>1.7620704384147645</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>201.20008229999999</v>
+        <v>201.17785240000001</v>
       </c>
       <c r="C256" s="5">
-        <v>-0.48070438999999965</v>
+        <v>-0.45859009999998079</v>
       </c>
       <c r="D256" s="5">
-        <v>-2.8229909999186287</v>
+        <v>-2.6953277735897507</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>201.76031932000001</v>
+        <v>201.746025</v>
       </c>
       <c r="C257" s="5">
-        <v>0.56023702000001663</v>
+        <v>0.56817259999999692</v>
       </c>
       <c r="D257" s="5">
-        <v>3.3930223188225028</v>
+        <v>3.4422186243013853</v>
       </c>
       <c r="E257" s="5">
-        <v>1.5406316990617785</v>
+        <v>1.5451614512198564</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>201.67834546</v>
+        <v>201.7195078</v>
       </c>
       <c r="C258" s="5">
-        <v>-8.1973860000005061E-2</v>
+        <v>-2.6517200000000685E-2</v>
       </c>
       <c r="D258" s="5">
-        <v>-0.48646390893479774</v>
+        <v>-0.15761225806825152</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>201.78653469</v>
+        <v>201.87195790000001</v>
       </c>
       <c r="C259" s="5">
-        <v>0.10818922999999359</v>
+        <v>0.15245010000001002</v>
       </c>
       <c r="D259" s="5">
-        <v>0.64563604515175399</v>
+        <v>0.91068264674534216</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>201.64405012</v>
+        <v>201.71732009999999</v>
       </c>
       <c r="C260" s="5">
-        <v>-0.14248456999999348</v>
+        <v>-0.15463780000001748</v>
       </c>
       <c r="D260" s="5">
-        <v>-0.84405540310346083</v>
+        <v>-0.91536015338300469</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>201.72570902999999</v>
+        <v>201.8009672</v>
       </c>
       <c r="C261" s="5">
-        <v>8.1658909999987372E-2</v>
+        <v>8.3647100000007413E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>0.48704260092840013</v>
+        <v>0.49874629796975434</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>201.45030482999999</v>
+        <v>201.48271320000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-0.27540419999999699</v>
+        <v>-0.31825399999999604</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.6260433318667777</v>
+        <v>-1.8761533301232647</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>201.30925296999999</v>
+        <v>201.32134060000001</v>
       </c>
       <c r="C263" s="5">
-        <v>-0.14105186000000458</v>
+        <v>-0.16137259999999287</v>
       </c>
       <c r="D263" s="5">
-        <v>-0.83699015562747059</v>
+        <v>-0.95688785112325592</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>201.6323295</v>
+        <v>201.5889196</v>
       </c>
       <c r="C264" s="5">
-        <v>0.32307653000000869</v>
+        <v>0.26757899999998358</v>
       </c>
       <c r="D264" s="5">
-        <v>1.9429424630810654</v>
+        <v>1.6066477256766687</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>201.69424667999999</v>
+        <v>201.58049700000001</v>
       </c>
       <c r="C265" s="5">
-        <v>6.1917179999994687E-2</v>
+        <v>-8.4225999999887335E-3</v>
       </c>
       <c r="D265" s="5">
-        <v>0.36911855282704131</v>
+        <v>-5.0125759734687136E-2</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>201.67408943999999</v>
+        <v>201.5947682</v>
       </c>
       <c r="C266" s="5">
-        <v>-2.0157240000003185E-2</v>
+        <v>1.4271199999996043E-2</v>
       </c>
       <c r="D266" s="5">
-        <v>-0.11986160777911481</v>
+        <v>8.4988925756612765E-2</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>201.22563568000001</v>
+        <v>201.18504200000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-0.44845375999997827</v>
+        <v>-0.40972619999999438</v>
       </c>
       <c r="D267" s="5">
-        <v>-2.6359929980146024</v>
+        <v>-2.4118306265621947</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>200.98074786999999</v>
+        <v>200.96418629999999</v>
       </c>
       <c r="C268" s="5">
-        <v>-0.24488781000002291</v>
+        <v>-0.22085570000001553</v>
       </c>
       <c r="D268" s="5">
-        <v>-1.4506420662441677</v>
+        <v>-1.3094040727541945</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>200.36748858999999</v>
+        <v>200.36764479999999</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.61325927999999408</v>
+        <v>-0.59654150000000072</v>
       </c>
       <c r="D269" s="5">
-        <v>-3.6007706972226328</v>
+        <v>-3.5044929578826323</v>
       </c>
       <c r="E269" s="5">
-        <v>-0.69033927716526389</v>
+        <v>-0.68322545636277932</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>199.84449945</v>
+        <v>199.87890290000001</v>
       </c>
       <c r="C270" s="5">
-        <v>-0.52298913999999286</v>
+        <v>-0.48874189999997952</v>
       </c>
       <c r="D270" s="5">
-        <v>-3.0876035511289257</v>
+        <v>-2.8881195038905294</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>199.33524156999999</v>
+        <v>199.4094169</v>
       </c>
       <c r="C271" s="5">
-        <v>-0.50925788000000694</v>
+        <v>-0.46948600000001761</v>
       </c>
       <c r="D271" s="5">
-        <v>-3.0154284836488854</v>
+        <v>-2.7824933253620565</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>199.37063416999999</v>
+        <v>199.42675149999999</v>
       </c>
       <c r="C272" s="5">
-        <v>3.5392599999994445E-2</v>
+        <v>1.733459999999809E-2</v>
       </c>
       <c r="D272" s="5">
-        <v>0.21327196870870591</v>
+        <v>0.10436552440657998</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>198.94744686000001</v>
+        <v>199.00571500000001</v>
       </c>
       <c r="C273" s="5">
-        <v>-0.42318730999997456</v>
+        <v>-0.42103649999998538</v>
       </c>
       <c r="D273" s="5">
-        <v>-2.5176123734707012</v>
+        <v>-2.5042683847146807</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>198.64246378000001</v>
+        <v>198.66524770000001</v>
       </c>
       <c r="C274" s="5">
-        <v>-0.30498307999999952</v>
+        <v>-0.34046730000000025</v>
       </c>
       <c r="D274" s="5">
-        <v>-1.8241484949825026</v>
+        <v>-2.0338018641530731</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>198.67280192999999</v>
+        <v>198.67914139999999</v>
       </c>
       <c r="C275" s="5">
-        <v>3.0338149999977304E-2</v>
+        <v>1.38936999999828E-2</v>
       </c>
       <c r="D275" s="5">
-        <v>0.18342692576449604</v>
+        <v>8.3954564970412093E-2</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>198.86882678000001</v>
+        <v>198.82754449999999</v>
       </c>
       <c r="C276" s="5">
-        <v>0.19602485000001479</v>
+        <v>0.1484030999999959</v>
       </c>
       <c r="D276" s="5">
-        <v>1.1904525725251025</v>
+        <v>0.90002981675476601</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>199.32984789</v>
+        <v>199.2512874</v>
       </c>
       <c r="C277" s="5">
-        <v>0.46102110999999013</v>
+        <v>0.42374290000000769</v>
       </c>
       <c r="D277" s="5">
-        <v>2.8176052708988042</v>
+        <v>2.5876413870518089</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>199.72795396999999</v>
+        <v>199.66759429999999</v>
       </c>
       <c r="C278" s="5">
-        <v>0.39810607999999092</v>
+        <v>0.41630689999999504</v>
       </c>
       <c r="D278" s="5">
-        <v>2.4231699235579329</v>
+        <v>2.5362406695613071</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>199.37548140000001</v>
+        <v>199.34377810000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.35247256999997489</v>
+        <v>-0.32381619999998179</v>
       </c>
       <c r="D279" s="5">
-        <v>-2.0972814663867689</v>
+        <v>-1.9288661783118499</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>199.15625417000001</v>
+        <v>199.14626809999999</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.21922723000000133</v>
+        <v>-0.1975100000000225</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.3115330129724545</v>
+        <v>-1.1825033316605005</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>199.43759972999999</v>
+        <v>199.44635719999999</v>
       </c>
       <c r="C281" s="5">
-        <v>0.28134555999997701</v>
+        <v>0.3000891000000081</v>
       </c>
       <c r="D281" s="5">
-        <v>1.7084588054095518</v>
+        <v>1.8233154436313459</v>
       </c>
       <c r="E281" s="5">
-        <v>-0.46409168799973477</v>
+        <v>-0.45979858720184286</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>199.20582067999999</v>
+        <v>199.22935440000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.2317790500000001</v>
+        <v>-0.21700279999998884</v>
       </c>
       <c r="D282" s="5">
-        <v>-1.3857162329871997</v>
+        <v>-1.2978462508627553</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>199.66126474999999</v>
+        <v>199.71468719999999</v>
       </c>
       <c r="C283" s="5">
-        <v>0.45544406999999865</v>
+        <v>0.48533279999998058</v>
       </c>
       <c r="D283" s="5">
-        <v>2.7783223614636032</v>
+        <v>2.9627472428235047</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>199.01802051999999</v>
+        <v>199.05452099999999</v>
       </c>
       <c r="C284" s="5">
-        <v>-0.64324422999999342</v>
+        <v>-0.66016619999999193</v>
       </c>
       <c r="D284" s="5">
-        <v>-3.7982407310804045</v>
+        <v>-3.895328805202769</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>198.49374570000001</v>
+        <v>198.53346809999999</v>
       </c>
       <c r="C285" s="5">
-        <v>-0.52427481999998804</v>
+        <v>-0.52105290000000082</v>
       </c>
       <c r="D285" s="5">
-        <v>-3.1157685192611417</v>
+        <v>-3.0963357900034683</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>198.05387947</v>
+        <v>198.06588170000001</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.43986623000000691</v>
+        <v>-0.46758639999998763</v>
       </c>
       <c r="D286" s="5">
-        <v>-2.6270520125976415</v>
+        <v>-2.7899181270384488</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>197.60691990999999</v>
+        <v>197.60684140000001</v>
       </c>
       <c r="C287" s="5">
-        <v>-0.44695956000001047</v>
+        <v>-0.45904029999999807</v>
       </c>
       <c r="D287" s="5">
-        <v>-2.6747469741587593</v>
+        <v>-2.7459586735720021</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>196.65885763</v>
+        <v>196.62889720000001</v>
       </c>
       <c r="C288" s="5">
-        <v>-0.94806227999998782</v>
+        <v>-0.97794419999999604</v>
       </c>
       <c r="D288" s="5">
-        <v>-5.6077457018941619</v>
+        <v>-5.7797167425041929</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>196.36294785000001</v>
+        <v>196.31886059999999</v>
       </c>
       <c r="C289" s="5">
-        <v>-0.29590977999998813</v>
+        <v>-0.31003660000001787</v>
       </c>
       <c r="D289" s="5">
-        <v>-1.7907546679945541</v>
+        <v>-1.8757893213544596</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>196.09294861000001</v>
+        <v>196.05639629999999</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.26999924000000419</v>
+        <v>-0.26246430000000487</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.6375800137063523</v>
+        <v>-1.592570041271868</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>194.36479546000001</v>
+        <v>194.34323929999999</v>
       </c>
       <c r="C291" s="5">
-        <v>-1.7281531499999971</v>
+        <v>-1.7131569999999954</v>
       </c>
       <c r="D291" s="5">
-        <v>-10.077671532189413</v>
+        <v>-9.9961557795752434</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>194.80186380999999</v>
+        <v>194.79703040000001</v>
       </c>
       <c r="C292" s="5">
-        <v>0.43706834999997568</v>
+        <v>0.45379110000001788</v>
       </c>
       <c r="D292" s="5">
-        <v>2.7320668147480909</v>
+        <v>2.8382639382935615</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>193.79477337</v>
+        <v>193.8075135</v>
       </c>
       <c r="C293" s="5">
-        <v>-1.0070904399999847</v>
+        <v>-0.98951690000001236</v>
       </c>
       <c r="D293" s="5">
-        <v>-6.0303895369064779</v>
+        <v>-5.9282262185892609</v>
       </c>
       <c r="E293" s="5">
-        <v>-2.829369370489454</v>
+        <v>-2.8272482782653707</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>193.70954434999999</v>
+        <v>193.72053940000001</v>
       </c>
       <c r="C294" s="5">
-        <v>-8.5229020000014089E-2</v>
+        <v>-8.697409999999195E-2</v>
       </c>
       <c r="D294" s="5">
-        <v>-0.52647343131837498</v>
+        <v>-0.53719125082097863</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>193.58380077000001</v>
+        <v>193.6151237</v>
       </c>
       <c r="C295" s="5">
-        <v>-0.12574357999997687</v>
+        <v>-0.10541570000000888</v>
       </c>
       <c r="D295" s="5">
-        <v>-0.77618652540368815</v>
+        <v>-0.65104571672079947</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>194.15695195999999</v>
+        <v>194.1725218</v>
       </c>
       <c r="C296" s="5">
-        <v>0.57315118999997594</v>
+        <v>0.55739810000000034</v>
       </c>
       <c r="D296" s="5">
-        <v>3.6113175630006378</v>
+        <v>3.5099065094748472</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>193.45829871999999</v>
+        <v>193.485084</v>
       </c>
       <c r="C297" s="5">
-        <v>-0.69865323999999873</v>
+        <v>-0.68743779999999788</v>
       </c>
       <c r="D297" s="5">
-        <v>-4.2336300796316557</v>
+        <v>-4.1666583268941011</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>193.17242911</v>
+        <v>193.17476619999999</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.28586960999999178</v>
+        <v>-0.31031780000000708</v>
       </c>
       <c r="D298" s="5">
-        <v>-1.758876319523639</v>
+        <v>-1.9077132116884776</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>193.14197995999999</v>
+        <v>193.1374208</v>
       </c>
       <c r="C299" s="5">
-        <v>-3.0449150000009695E-2</v>
+        <v>-3.7345399999992424E-2</v>
       </c>
       <c r="D299" s="5">
-        <v>-0.18898824969247885</v>
+        <v>-0.23174279456920077</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>192.88159752000001</v>
+        <v>192.86166840000001</v>
       </c>
       <c r="C300" s="5">
-        <v>-0.26038243999997235</v>
+        <v>-0.27575239999998757</v>
       </c>
       <c r="D300" s="5">
-        <v>-1.6058264322101112</v>
+        <v>-1.6999126584885116</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>192.82781367000001</v>
+        <v>192.8151909</v>
       </c>
       <c r="C301" s="5">
-        <v>-5.3783850000002076E-2</v>
+        <v>-4.6477500000008831E-2</v>
       </c>
       <c r="D301" s="5">
-        <v>-0.33409993807286265</v>
+        <v>-0.28880355614389064</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>192.50039429</v>
+        <v>192.47996000000001</v>
       </c>
       <c r="C302" s="5">
-        <v>-0.32741938000000914</v>
+        <v>-0.33523089999999911</v>
       </c>
       <c r="D302" s="5">
-        <v>-2.0186644199776893</v>
+        <v>-2.0664998572100579</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>192.56935802999999</v>
+        <v>192.55740069999999</v>
       </c>
       <c r="C303" s="5">
-        <v>6.8963739999986728E-2</v>
+        <v>7.7440699999982598E-2</v>
       </c>
       <c r="D303" s="5">
-        <v>0.43075104143623921</v>
+        <v>0.48386726072651154</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>193.12424709999999</v>
+        <v>193.12194959999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.55488907000000154</v>
+        <v>0.56454890000000546</v>
       </c>
       <c r="D304" s="5">
-        <v>3.513132851735179</v>
+        <v>3.5755067033060861</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>193.09771083999999</v>
+        <v>193.10707059999999</v>
       </c>
       <c r="C305" s="5">
-        <v>-2.6536260000000311E-2</v>
+        <v>-1.4879000000007636E-2</v>
       </c>
       <c r="D305" s="5">
-        <v>-0.16476158979614741</v>
+        <v>-9.2414332466073112E-2</v>
       </c>
       <c r="E305" s="5">
-        <v>-0.35969108860802734</v>
+        <v>-0.36141163330080106</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>193.26924708000001</v>
+        <v>193.2726208</v>
       </c>
       <c r="C306" s="5">
-        <v>0.1715362400000231</v>
+        <v>0.16555020000001264</v>
       </c>
       <c r="D306" s="5">
-        <v>1.0712306976814912</v>
+        <v>1.0336215623609757</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>193.54878013999999</v>
+        <v>193.56420230000001</v>
       </c>
       <c r="C307" s="5">
-        <v>0.27953305999997724</v>
+        <v>0.2915815000000066</v>
       </c>
       <c r="D307" s="5">
-        <v>1.7494814246466373</v>
+        <v>1.825482364421549</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>193.52874445</v>
+        <v>193.53459939999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-2.0035689999986062E-2</v>
+        <v>-2.9602900000014643E-2</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.12415032534999204</v>
+        <v>-0.18336869285070501</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>194.22611959</v>
+        <v>194.24498109999999</v>
       </c>
       <c r="C309" s="5">
-        <v>0.69737513999999123</v>
+        <v>0.71038169999999923</v>
       </c>
       <c r="D309" s="5">
-        <v>4.4109035147348319</v>
+        <v>4.4946995415395374</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>193.98126529999999</v>
+        <v>193.97948210000001</v>
       </c>
       <c r="C310" s="5">
-        <v>-0.24485429000000636</v>
+        <v>-0.26549899999997706</v>
       </c>
       <c r="D310" s="5">
-        <v>-1.5023540641087352</v>
+        <v>-1.6279164462684848</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>194.05300614000001</v>
+        <v>194.0497814</v>
       </c>
       <c r="C311" s="5">
-        <v>7.1740840000018125E-2</v>
+        <v>7.0299299999987852E-2</v>
       </c>
       <c r="D311" s="5">
-        <v>0.44470447384103995</v>
+        <v>0.43575490443676923</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>194.87843602999999</v>
+        <v>194.86478320000001</v>
       </c>
       <c r="C312" s="5">
-        <v>0.82542988999998101</v>
+        <v>0.81500180000000455</v>
       </c>
       <c r="D312" s="5">
-        <v>5.2254830260409335</v>
+        <v>5.1580222872432691</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>194.70365054999999</v>
+        <v>194.70068570000001</v>
       </c>
       <c r="C313" s="5">
-        <v>-0.17478547999999705</v>
+        <v>-0.1640974999999969</v>
       </c>
       <c r="D313" s="5">
-        <v>-1.0709805736172973</v>
+        <v>-1.0058642242236182</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>194.31560558999999</v>
+        <v>194.30573290000001</v>
       </c>
       <c r="C314" s="5">
-        <v>-0.38804496000000199</v>
+        <v>-0.39495279999999866</v>
       </c>
       <c r="D314" s="5">
-        <v>-2.3655613805013131</v>
+        <v>-2.4072398566236441</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>194.60472118000001</v>
+        <v>194.5997552</v>
       </c>
       <c r="C315" s="5">
-        <v>0.28911559000002285</v>
+        <v>0.29402229999999463</v>
       </c>
       <c r="D315" s="5">
-        <v>1.8001226693725947</v>
+        <v>1.8310218703589287</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>194.73383633</v>
+        <v>194.73295100000001</v>
       </c>
       <c r="C316" s="5">
-        <v>0.12911514999998985</v>
+        <v>0.13319580000000997</v>
       </c>
       <c r="D316" s="5">
-        <v>0.79908039855884905</v>
+        <v>0.82445138995226319</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>195.84680433</v>
+        <v>195.85207790000001</v>
       </c>
       <c r="C317" s="5">
-        <v>1.1129679999999951</v>
+        <v>1.1191268999999977</v>
       </c>
       <c r="D317" s="5">
-        <v>7.0781445928174369</v>
+        <v>7.1185931054484231</v>
       </c>
       <c r="E317" s="5">
-        <v>1.423680000162153</v>
+        <v>1.4214949724373316</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>195.54238049</v>
+        <v>195.54406789999999</v>
       </c>
       <c r="C318" s="5">
-        <v>-0.30442383999999834</v>
+        <v>-0.30801000000002432</v>
       </c>
       <c r="D318" s="5">
-        <v>-1.8494130789107999</v>
+        <v>-1.8709614114152617</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>195.82853349000001</v>
+        <v>195.83359730000001</v>
       </c>
       <c r="C319" s="5">
-        <v>0.28615300000001298</v>
+        <v>0.28952940000002059</v>
       </c>
       <c r="D319" s="5">
-        <v>1.770260138527191</v>
+        <v>1.7913027540424231</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>196.43243432</v>
+        <v>196.43260699999999</v>
       </c>
       <c r="C320" s="5">
-        <v>0.6039008299999864</v>
+        <v>0.5990096999999821</v>
       </c>
       <c r="D320" s="5">
-        <v>3.7640049242630313</v>
+        <v>3.7329065670602235</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>196.42221307</v>
+        <v>196.43791490000001</v>
       </c>
       <c r="C321" s="5">
-        <v>-1.0221250000000737E-2</v>
+        <v>5.307900000019572E-3</v>
       </c>
       <c r="D321" s="5">
-        <v>-6.2423450564530469E-2</v>
+        <v>3.243059695079431E-2</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>197.31665971999999</v>
+        <v>197.3135523</v>
       </c>
       <c r="C322" s="5">
-        <v>0.89444664999999191</v>
+        <v>0.87563739999998802</v>
       </c>
       <c r="D322" s="5">
-        <v>5.6033900436034179</v>
+        <v>5.4822043431078882</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>197.91662034999999</v>
+        <v>197.91466130000001</v>
       </c>
       <c r="C323" s="5">
-        <v>0.59996062999999822</v>
+        <v>0.60110900000000811</v>
       </c>
       <c r="D323" s="5">
-        <v>3.7103587849588227</v>
+        <v>3.7176396399644762</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>197.90168556</v>
+        <v>197.89136189999999</v>
       </c>
       <c r="C324" s="5">
-        <v>-1.4934789999983877E-2</v>
+        <v>-2.3299400000013293E-2</v>
       </c>
       <c r="D324" s="5">
-        <v>-9.0514438731414959E-2</v>
+        <v>-0.14117793858566818</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>198.43599445999999</v>
+        <v>198.43855049999999</v>
       </c>
       <c r="C325" s="5">
-        <v>0.53430889999998499</v>
+        <v>0.54718859999999836</v>
       </c>
       <c r="D325" s="5">
-        <v>3.2883894478910491</v>
+        <v>3.369045120177061</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>199.16237851</v>
+        <v>199.1582512</v>
       </c>
       <c r="C326" s="5">
-        <v>0.72638405000000716</v>
+        <v>0.71970070000000419</v>
       </c>
       <c r="D326" s="5">
-        <v>4.4821803515657122</v>
+        <v>4.4400561104878333</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>198.56025176</v>
+        <v>198.55893979999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.60212674999999649</v>
+        <v>-0.59931140000000482</v>
       </c>
       <c r="D327" s="5">
-        <v>-3.5682325051962782</v>
+        <v>-3.551896155174894</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>198.93851685999999</v>
+        <v>198.9380836</v>
       </c>
       <c r="C328" s="5">
-        <v>0.37826509999999303</v>
+        <v>0.37914380000000847</v>
       </c>
       <c r="D328" s="5">
-        <v>2.3101525738358886</v>
+        <v>2.3155909433607569</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>200.17205254000001</v>
+        <v>200.17269669999999</v>
       </c>
       <c r="C329" s="5">
-        <v>1.233535680000017</v>
+        <v>1.23461309999999</v>
       </c>
       <c r="D329" s="5">
-        <v>7.6997756858418365</v>
+        <v>7.7067495422855403</v>
       </c>
       <c r="E329" s="5">
-        <v>2.2084854663811715</v>
+        <v>2.2060622722655188</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>199.95806515999999</v>
+        <v>199.96017430000001</v>
       </c>
       <c r="C330" s="5">
-        <v>-0.21398738000002027</v>
+        <v>-0.21252239999998324</v>
       </c>
       <c r="D330" s="5">
-        <v>-1.2753050631904017</v>
+        <v>-1.2666210590747351</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>199.41103351999999</v>
+        <v>199.4094139</v>
       </c>
       <c r="C331" s="5">
-        <v>-0.54703164000000015</v>
+        <v>-0.55076040000000148</v>
       </c>
       <c r="D331" s="5">
-        <v>-3.2339299523776344</v>
+        <v>-3.2556068863468735</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>199.01464432</v>
+        <v>199.01258859999999</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.39638919999998734</v>
+        <v>-0.39682530000001748</v>
       </c>
       <c r="D332" s="5">
-        <v>-2.359452817379315</v>
+        <v>-2.3620392735981044</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>198.81267437</v>
+        <v>198.82239509999999</v>
       </c>
       <c r="C333" s="5">
-        <v>-0.20196995000000584</v>
+        <v>-0.19019349999999235</v>
       </c>
       <c r="D333" s="5">
-        <v>-1.2110450984303966</v>
+        <v>-1.1408140789150312</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>199.48023463999999</v>
+        <v>199.47836390000001</v>
       </c>
       <c r="C334" s="5">
-        <v>0.66756026999999563</v>
+        <v>0.65596880000001079</v>
       </c>
       <c r="D334" s="5">
-        <v>4.1045320708203326</v>
+        <v>4.03176241889045</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>199.63551910000001</v>
+        <v>199.63587680000001</v>
       </c>
       <c r="C335" s="5">
-        <v>0.1552844600000185</v>
+        <v>0.1575129000000004</v>
       </c>
       <c r="D335" s="5">
-        <v>0.93814425881051378</v>
+        <v>0.95167476870727796</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>199.71066729</v>
+        <v>199.70609160000001</v>
       </c>
       <c r="C336" s="5">
-        <v>7.5148189999993065E-2</v>
+        <v>7.0214800000002242E-2</v>
       </c>
       <c r="D336" s="5">
-        <v>0.45264871890304814</v>
+        <v>0.42287460166778867</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>199.3827785</v>
+        <v>199.38660110000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.32788879000000293</v>
+        <v>-0.31949050000000057</v>
       </c>
       <c r="D337" s="5">
-        <v>-1.9524891752178197</v>
+        <v>-1.9029620797495039</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>199.73310287000001</v>
+        <v>199.7353047</v>
       </c>
       <c r="C338" s="5">
-        <v>0.35032437000000982</v>
+        <v>0.34870359999999323</v>
       </c>
       <c r="D338" s="5">
-        <v>2.1289484922610846</v>
+        <v>2.1189629959072809</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>200.97329292000001</v>
+        <v>200.97572589999999</v>
       </c>
       <c r="C339" s="5">
-        <v>1.2401900499999954</v>
+        <v>1.2404211999999859</v>
       </c>
       <c r="D339" s="5">
-        <v>7.710885133203349</v>
+        <v>7.7122838064021426</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>201.11421555999999</v>
+        <v>201.11659159999999</v>
       </c>
       <c r="C340" s="5">
-        <v>0.14092263999998522</v>
+        <v>0.1408657000000062</v>
       </c>
       <c r="D340" s="5">
-        <v>0.84469369925137539</v>
+        <v>0.84434082170410374</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>201.52476537000001</v>
+        <v>201.50994</v>
       </c>
       <c r="C341" s="5">
-        <v>0.41054981000002044</v>
+        <v>0.39334840000000781</v>
       </c>
       <c r="D341" s="5">
-        <v>2.4773433090981456</v>
+        <v>2.3723991888296103</v>
       </c>
       <c r="E341" s="5">
-        <v>0.67577507091289846</v>
+        <v>0.66804480433420022</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>202.06734463999999</v>
+        <v>202.0741021</v>
       </c>
       <c r="C342" s="5">
-        <v>0.54257926999997608</v>
+        <v>0.56416210000000433</v>
       </c>
       <c r="D342" s="5">
-        <v>3.2791186583203791</v>
+        <v>3.411826337709023</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>201.45939412999999</v>
+        <v>201.4572829</v>
       </c>
       <c r="C343" s="5">
-        <v>-0.60795050999999489</v>
+        <v>-0.616819200000009</v>
       </c>
       <c r="D343" s="5">
-        <v>-3.5512354925546719</v>
+        <v>-3.6020553807130762</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>201.16569720999999</v>
+        <v>201.14850379999999</v>
       </c>
       <c r="C344" s="5">
-        <v>-0.29369692000000214</v>
+        <v>-0.30877910000000952</v>
       </c>
       <c r="D344" s="5">
-        <v>-1.7354569307480805</v>
+        <v>-1.8238467676902737</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>201.67039646999999</v>
+        <v>201.67779770000001</v>
       </c>
       <c r="C345" s="5">
-        <v>0.50469925999999532</v>
+        <v>0.52929390000002741</v>
       </c>
       <c r="D345" s="5">
-        <v>3.0525407730155552</v>
+        <v>3.2037325884713974</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>201.14597917</v>
+        <v>201.14922469999999</v>
       </c>
       <c r="C346" s="5">
-        <v>-0.52441729999998188</v>
+        <v>-0.52857300000002283</v>
       </c>
       <c r="D346" s="5">
-        <v>-3.0761978666060563</v>
+        <v>-3.1001124865550511</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>201.30256617000001</v>
+        <v>201.30808200000001</v>
       </c>
       <c r="C347" s="5">
-        <v>0.15658700000000181</v>
+        <v>0.15885730000002241</v>
       </c>
       <c r="D347" s="5">
-        <v>0.93817945238723333</v>
+        <v>0.95182550268662069</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>200.69819178</v>
+        <v>200.70126870000001</v>
       </c>
       <c r="C348" s="5">
-        <v>-0.60437439000000381</v>
+        <v>-0.60681329999999889</v>
       </c>
       <c r="D348" s="5">
-        <v>-3.5438815630972842</v>
+        <v>-3.5578505105232527</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>200.87585655999999</v>
+        <v>200.8836613</v>
       </c>
       <c r="C349" s="5">
-        <v>0.17766477999998642</v>
+        <v>0.1823925999999858</v>
       </c>
       <c r="D349" s="5">
-        <v>1.0674676091417146</v>
+        <v>1.0959991398389102</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>200.61550966999999</v>
+        <v>200.62159779999999</v>
       </c>
       <c r="C350" s="5">
-        <v>-0.26034688999999389</v>
+        <v>-0.26206350000001066</v>
       </c>
       <c r="D350" s="5">
-        <v>-1.5442316587107707</v>
+        <v>-1.5542807232047595</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>201.08320236</v>
+        <v>201.09021319999999</v>
       </c>
       <c r="C351" s="5">
-        <v>0.46769269000000691</v>
+        <v>0.46861540000000446</v>
       </c>
       <c r="D351" s="5">
-        <v>2.8336971594529636</v>
+        <v>2.8392725010732978</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>201.48442772000001</v>
+        <v>201.48271600000001</v>
       </c>
       <c r="C352" s="5">
-        <v>0.40122536000001219</v>
+        <v>0.3925028000000168</v>
       </c>
       <c r="D352" s="5">
-        <v>2.4208362975168596</v>
+        <v>2.3675581298673087</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>201.59161302000001</v>
+        <v>201.56461780000001</v>
       </c>
       <c r="C353" s="5">
-        <v>0.1071852999999976</v>
+        <v>8.1901799999997138E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>0.64024482248394854</v>
+        <v>0.48888654978171964</v>
       </c>
       <c r="E353" s="5">
-        <v>3.3170935531057211E-2</v>
+        <v>2.7134046092225361E-2</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>200.94224817</v>
+        <v>200.9515462</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.64936485000001198</v>
+        <v>-0.61307160000001204</v>
       </c>
       <c r="D354" s="5">
-        <v>-3.7976757630533431</v>
+        <v>-3.5894337901305029</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>202.65032067999999</v>
+        <v>202.64597699999999</v>
       </c>
       <c r="C355" s="5">
-        <v>1.7080725099999938</v>
+        <v>1.6944307999999921</v>
       </c>
       <c r="D355" s="5">
-        <v>10.691038257115149</v>
+        <v>10.601141849733441</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>202.76580243000001</v>
+        <v>202.73315460000001</v>
       </c>
       <c r="C356" s="5">
-        <v>0.11548175000001493</v>
+        <v>8.7177600000018174E-2</v>
       </c>
       <c r="D356" s="5">
-        <v>0.6859760159518169</v>
+        <v>0.51745906807141306</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>202.81970419999999</v>
+        <v>202.82183269999999</v>
       </c>
       <c r="C357" s="5">
-        <v>5.3901769999981752E-2</v>
+        <v>8.8678099999981441E-2</v>
       </c>
       <c r="D357" s="5">
-        <v>0.31946599221785998</v>
+        <v>0.52616011866466472</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>203.60791707000001</v>
+        <v>203.61539690000001</v>
       </c>
       <c r="C358" s="5">
-        <v>0.78821287000002371</v>
+        <v>0.79356420000002004</v>
       </c>
       <c r="D358" s="5">
-        <v>4.7645116266532117</v>
+        <v>4.7975066770689079</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>204.23212591000001</v>
+        <v>204.25554249999999</v>
       </c>
       <c r="C359" s="5">
-        <v>0.62420883999999432</v>
+        <v>0.64014559999998255</v>
       </c>
       <c r="D359" s="5">
-        <v>3.7415575500368892</v>
+        <v>3.8385984471672296</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>204.86910454</v>
+        <v>204.87949560000001</v>
       </c>
       <c r="C360" s="5">
-        <v>0.63697862999998733</v>
+        <v>0.62395310000002269</v>
       </c>
       <c r="D360" s="5">
-        <v>3.8075481545251977</v>
+        <v>3.7279404859591025</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>206.86149535999999</v>
+        <v>206.87225409999999</v>
       </c>
       <c r="C361" s="5">
-        <v>1.9923908199999971</v>
+        <v>1.9927584999999794</v>
       </c>
       <c r="D361" s="5">
-        <v>12.315135958714407</v>
+        <v>12.31687304644189</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>205.38906521999999</v>
+        <v>205.40028559999999</v>
       </c>
       <c r="C362" s="5">
-        <v>-1.4724301400000002</v>
+        <v>-1.4719685000000027</v>
       </c>
       <c r="D362" s="5">
-        <v>-8.2149598094813374</v>
+        <v>-8.2120736555563063</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>205.22302131000001</v>
+        <v>205.23644400000001</v>
       </c>
       <c r="C363" s="5">
-        <v>-0.16604390999998486</v>
+        <v>-0.1638415999999836</v>
       </c>
       <c r="D363" s="5">
-        <v>-0.96582122405894921</v>
+        <v>-0.95301544950097128</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>205.13713688999999</v>
+        <v>205.1308865</v>
       </c>
       <c r="C364" s="5">
-        <v>-8.5884420000013506E-2</v>
+        <v>-0.1055575000000033</v>
       </c>
       <c r="D364" s="5">
-        <v>-0.50103743963704206</v>
+        <v>-0.61544282261261074</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>204.53719645999999</v>
+        <v>204.49661850000001</v>
       </c>
       <c r="C365" s="5">
-        <v>-0.59994043000000374</v>
+        <v>-0.63426799999999162</v>
       </c>
       <c r="D365" s="5">
-        <v>-3.4535944210078329</v>
+        <v>-3.647965428711708</v>
       </c>
       <c r="E365" s="5">
-        <v>1.4611636842787323</v>
+        <v>1.4546207226256547</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>206.66875193999999</v>
+        <v>206.67666929999999</v>
       </c>
       <c r="C366" s="5">
-        <v>2.1315554800000029</v>
+        <v>2.1800507999999752</v>
       </c>
       <c r="D366" s="5">
-        <v>13.247914993728793</v>
+        <v>13.570065509546826</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>206.81363705999999</v>
+        <v>206.80252659999999</v>
       </c>
       <c r="C367" s="5">
-        <v>0.14488511999999787</v>
+        <v>0.12585730000000694</v>
       </c>
       <c r="D367" s="5">
-        <v>0.84451125123976567</v>
+        <v>0.73320140194297334</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>208.41905324999999</v>
+        <v>208.3513375</v>
       </c>
       <c r="C368" s="5">
-        <v>1.6054161899999997</v>
+        <v>1.5488109000000065</v>
       </c>
       <c r="D368" s="5">
-        <v>9.7233245838132412</v>
+        <v>9.3667804918870612</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>209.51451306999999</v>
+        <v>209.51403819999999</v>
       </c>
       <c r="C369" s="5">
-        <v>1.0954598200000021</v>
+        <v>1.1627006999999878</v>
       </c>
       <c r="D369" s="5">
-        <v>6.4928176089355416</v>
+        <v>6.9059847210561243</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>210.41743982</v>
+        <v>210.43587489999999</v>
       </c>
       <c r="C370" s="5">
-        <v>0.902926750000006</v>
+        <v>0.92183670000000006</v>
       </c>
       <c r="D370" s="5">
-        <v>5.2958956345003694</v>
+        <v>5.4095180499197149</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>211.06708516</v>
+        <v>211.13259679999999</v>
       </c>
       <c r="C371" s="5">
-        <v>0.6496453400000064</v>
+        <v>0.69672190000000001</v>
       </c>
       <c r="D371" s="5">
-        <v>3.7684583817086725</v>
+        <v>4.0461734975122843</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>212.13612574999999</v>
+        <v>212.15181899999999</v>
       </c>
       <c r="C372" s="5">
-        <v>1.069040589999986</v>
+        <v>1.0192222000000015</v>
       </c>
       <c r="D372" s="5">
-        <v>6.2501240545149273</v>
+        <v>5.9491912456629326</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>232.30996078999999</v>
+        <v>232.33038719999999</v>
       </c>
       <c r="C373" s="5">
-        <v>20.17383504</v>
+        <v>20.178568200000001</v>
       </c>
       <c r="D373" s="5">
-        <v>197.46671777585451</v>
+        <v>197.51651431662415</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>232.80760187000001</v>
+        <v>232.8294971</v>
       </c>
       <c r="C374" s="5">
-        <v>0.49764108000002238</v>
+        <v>0.49910990000000766</v>
       </c>
       <c r="D374" s="5">
-        <v>2.6010744239078454</v>
+        <v>2.6086105249918168</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>218.58734935999999</v>
+        <v>218.60710779999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-14.220252510000023</v>
+        <v>-14.222389300000003</v>
       </c>
       <c r="D375" s="5">
-        <v>-53.060938914647146</v>
+        <v>-53.06299860779913</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>212.25725077999999</v>
+        <v>212.23994690000001</v>
       </c>
       <c r="C376" s="5">
-        <v>-6.3300985799999978</v>
+        <v>-6.3671608999999876</v>
       </c>
       <c r="D376" s="5">
-        <v>-29.717025588683509</v>
+        <v>-29.861867575443835</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>212.70386114999999</v>
+        <v>212.65707280000001</v>
       </c>
       <c r="C377" s="5">
-        <v>0.44661037000000192</v>
+        <v>0.41712590000000205</v>
       </c>
       <c r="D377" s="5">
-        <v>2.5543450297815573</v>
+        <v>2.3840816102981277</v>
       </c>
       <c r="E377" s="5">
-        <v>3.9927528250819133</v>
+        <v>3.9905081853468305</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>211.08042728999999</v>
+        <v>211.0665832</v>
       </c>
       <c r="C378" s="5">
-        <v>-1.6234338600000058</v>
+        <v>-1.5904896000000122</v>
       </c>
       <c r="D378" s="5">
-        <v>-8.7839855075591782</v>
+        <v>-8.6148186714208421</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>210.92008054999999</v>
+        <v>210.8844474</v>
       </c>
       <c r="C379" s="5">
-        <v>-0.16034673999999427</v>
+        <v>-0.18213579999999752</v>
       </c>
       <c r="D379" s="5">
-        <v>-0.90777812204988484</v>
+        <v>-1.0306160697156175</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>210.48826800000001</v>
+        <v>210.3857744</v>
       </c>
       <c r="C380" s="5">
-        <v>-0.43181254999998941</v>
+        <v>-0.49867299999999659</v>
       </c>
       <c r="D380" s="5">
-        <v>-2.4292614536159274</v>
+        <v>-2.8009932122532333</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>211.63681101</v>
+        <v>211.62753319999999</v>
       </c>
       <c r="C381" s="5">
-        <v>1.1485430099999974</v>
+        <v>1.2417587999999853</v>
       </c>
       <c r="D381" s="5">
-        <v>6.7480061212505937</v>
+        <v>7.3172623928840608</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>211.67026156</v>
+        <v>211.7053468</v>
       </c>
       <c r="C382" s="5">
-        <v>3.3450549999997747E-2</v>
+        <v>7.7813600000013139E-2</v>
       </c>
       <c r="D382" s="5">
-        <v>0.18983263299912068</v>
+        <v>0.44212293809864356</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>212.09778419</v>
+        <v>212.21910070000001</v>
       </c>
       <c r="C383" s="5">
-        <v>0.42752262999999857</v>
+        <v>0.51375390000001175</v>
       </c>
       <c r="D383" s="5">
-        <v>2.4508154521490688</v>
+        <v>2.9512723612678204</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>211.91077446</v>
+        <v>211.9460828</v>
       </c>
       <c r="C384" s="5">
-        <v>-0.18700972999999976</v>
+        <v>-0.27301790000001347</v>
       </c>
       <c r="D384" s="5">
-        <v>-1.0529416896621235</v>
+        <v>-1.5329121658176348</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>212.69176336999999</v>
+        <v>212.72763399999999</v>
       </c>
       <c r="C385" s="5">
-        <v>0.78098890999999071</v>
+        <v>0.78155119999999556</v>
       </c>
       <c r="D385" s="5">
-        <v>4.5133090674795096</v>
+        <v>4.5158569637089752</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>213.12222469</v>
+        <v>213.157376</v>
       </c>
       <c r="C386" s="5">
-        <v>0.43046132000000625</v>
+        <v>0.42974200000000451</v>
       </c>
       <c r="D386" s="5">
-        <v>2.4558659897496726</v>
+        <v>2.4512983984699588</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>212.48693363999999</v>
+        <v>212.5147225</v>
       </c>
       <c r="C387" s="5">
-        <v>-0.63529105000000641</v>
+        <v>-0.64265349999999444</v>
       </c>
       <c r="D387" s="5">
-        <v>-3.5189856025606647</v>
+        <v>-3.5585163292123689</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>213.99383384999999</v>
+        <v>213.97045449999999</v>
       </c>
       <c r="C388" s="5">
-        <v>1.5069002099999977</v>
+        <v>1.4557319999999834</v>
       </c>
       <c r="D388" s="5">
-        <v>8.8499820958589215</v>
+        <v>8.5369073505256345</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>213.30723841</v>
+        <v>213.24575129999999</v>
       </c>
       <c r="C389" s="5">
-        <v>-0.68659543999999073</v>
+        <v>-0.72470319999999333</v>
       </c>
       <c r="D389" s="5">
-        <v>-3.782957481573701</v>
+        <v>-3.9894550727932576</v>
       </c>
       <c r="E389" s="5">
-        <v>0.2836701020554111</v>
+        <v>0.27682056009188383</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>213.03933117</v>
+        <v>212.99013959999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.26790723999999955</v>
+        <v>-0.25561170000000288</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.4967948247308516</v>
+        <v>-1.4289611496005716</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>213.05208696</v>
+        <v>212.96873980000001</v>
       </c>
       <c r="C391" s="5">
-        <v>1.2755789999999934E-2</v>
+        <v>-2.1399799999983316E-2</v>
       </c>
       <c r="D391" s="5">
-        <v>7.1874004274996572E-2</v>
+        <v>-0.12050123117521849</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>212.24138970999999</v>
+        <v>212.05760069999999</v>
       </c>
       <c r="C392" s="5">
-        <v>-0.81069725000000403</v>
+        <v>-0.91113910000001397</v>
       </c>
       <c r="D392" s="5">
-        <v>-4.4718306345384429</v>
+        <v>-5.0148337240560554</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>210.03604401999999</v>
+        <v>210.006846</v>
       </c>
       <c r="C393" s="5">
-        <v>-2.2053456900000015</v>
+        <v>-2.0507546999999988</v>
       </c>
       <c r="D393" s="5">
-        <v>-11.780419053386693</v>
+        <v>-11.007110077846571</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>210.85363441999999</v>
+        <v>210.95811130000001</v>
       </c>
       <c r="C394" s="5">
-        <v>0.81759040000000027</v>
+        <v>0.95126530000001708</v>
       </c>
       <c r="D394" s="5">
-        <v>4.7724588666909318</v>
+        <v>5.5731094230687672</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>209.92319538999999</v>
+        <v>210.11491770000001</v>
       </c>
       <c r="C395" s="5">
-        <v>-0.93043903000000228</v>
+        <v>-0.84319360000000643</v>
       </c>
       <c r="D395" s="5">
-        <v>-5.1686251802004595</v>
+        <v>-4.6923181209086788</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>210.92011475999999</v>
+        <v>210.9901337</v>
       </c>
       <c r="C396" s="5">
-        <v>0.99691937000000053</v>
+        <v>0.87521599999999466</v>
       </c>
       <c r="D396" s="5">
-        <v>5.8499960289808861</v>
+        <v>5.1146185218580609</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>210.44774988</v>
+        <v>210.5137192</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.47236487999998644</v>
+        <v>-0.47641450000000418</v>
       </c>
       <c r="D397" s="5">
-        <v>-2.6545960111540645</v>
+        <v>-2.6761946929188873</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>211.06942642000001</v>
+        <v>211.12583000000001</v>
       </c>
       <c r="C398" s="5">
-        <v>0.62167654000000994</v>
+        <v>0.61211080000001061</v>
       </c>
       <c r="D398" s="5">
-        <v>3.6030450415037496</v>
+        <v>3.5455858908889804</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>211.54615767000001</v>
+        <v>211.57852009999999</v>
       </c>
       <c r="C399" s="5">
-        <v>0.47673125000000027</v>
+        <v>0.45269009999998389</v>
       </c>
       <c r="D399" s="5">
-        <v>2.7443005488850147</v>
+        <v>2.6035676862188772</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>211.44175179000001</v>
+        <v>211.40260420000001</v>
       </c>
       <c r="C400" s="5">
-        <v>-0.10440588000000162</v>
+        <v>-0.17591589999997836</v>
       </c>
       <c r="D400" s="5">
-        <v>-0.59063955721577743</v>
+        <v>-0.99318402144095153</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>211.49787225</v>
+        <v>211.42275739999999</v>
       </c>
       <c r="C401" s="5">
-        <v>5.612045999998827E-2</v>
+        <v>2.0153199999981553E-2</v>
       </c>
       <c r="D401" s="5">
-        <v>0.31896703461236076</v>
+        <v>0.11445707677628647</v>
       </c>
       <c r="E401" s="5">
-        <v>-0.84824414468401832</v>
+        <v>-0.85487935346264532</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>212.33427323999999</v>
+        <v>212.2302329</v>
       </c>
       <c r="C402" s="5">
-        <v>0.83640098999998713</v>
+        <v>0.80747550000000956</v>
       </c>
       <c r="D402" s="5">
-        <v>4.8501774368483908</v>
+        <v>4.6806031186950259</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>212.49728995000001</v>
+        <v>212.34600280000001</v>
       </c>
       <c r="C403" s="5">
-        <v>0.16301671000002216</v>
+        <v>0.11576990000000364</v>
       </c>
       <c r="D403" s="5">
-        <v>0.92518358819582147</v>
+        <v>0.65655791437881916</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>212.28850177999999</v>
+        <v>212.03466549999999</v>
       </c>
       <c r="C404" s="5">
-        <v>-0.20878817000001959</v>
+        <v>-0.31133730000001947</v>
       </c>
       <c r="D404" s="5">
-        <v>-1.1727033301351053</v>
+        <v>-1.7452962959016438</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>214.28461729</v>
+        <v>214.22524759999999</v>
       </c>
       <c r="C405" s="5">
-        <v>1.9961155100000099</v>
+        <v>2.1905821000000003</v>
       </c>
       <c r="D405" s="5">
-        <v>11.88562302718208</v>
+        <v>13.126775441000603</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>215.74321151000001</v>
+        <v>215.93310249999999</v>
       </c>
       <c r="C406" s="5">
-        <v>1.458594220000009</v>
+        <v>1.707854900000001</v>
       </c>
       <c r="D406" s="5">
-        <v>8.4810105581478279</v>
+        <v>9.9975101562924209</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>216.66668432</v>
+        <v>216.93267359999999</v>
       </c>
       <c r="C407" s="5">
-        <v>0.92347280999999271</v>
+        <v>0.99957109999999716</v>
       </c>
       <c r="D407" s="5">
-        <v>5.2591785714287909</v>
+        <v>5.6985255193225948</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>216.50019644</v>
+        <v>216.61671709999999</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.16648788000000536</v>
+        <v>-0.31595649999999864</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.91819965843555895</v>
+        <v>-1.733834234076681</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>217.44053729999999</v>
+        <v>217.54386880000001</v>
       </c>
       <c r="C409" s="5">
-        <v>0.94034085999999206</v>
+        <v>0.92715170000002445</v>
       </c>
       <c r="D409" s="5">
-        <v>5.338374786268707</v>
+        <v>5.258829699568035</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>218.40697875999999</v>
+        <v>218.48926969999999</v>
       </c>
       <c r="C410" s="5">
-        <v>0.96644145999999864</v>
+        <v>0.94540089999998145</v>
       </c>
       <c r="D410" s="5">
-        <v>5.465880976873394</v>
+        <v>5.3414236711933016</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>219.81795799</v>
+        <v>219.85651820000001</v>
       </c>
       <c r="C411" s="5">
-        <v>1.4109792300000095</v>
+        <v>1.3672485000000165</v>
       </c>
       <c r="D411" s="5">
-        <v>8.0338602603178266</v>
+        <v>7.7732039983640311</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>220.38419486999999</v>
+        <v>220.33490380000001</v>
       </c>
       <c r="C412" s="5">
-        <v>0.56623687999999106</v>
+        <v>0.47838559999999575</v>
       </c>
       <c r="D412" s="5">
-        <v>3.1352947427633282</v>
+        <v>2.6425546177433423</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>220.50300654</v>
+        <v>220.40466649999999</v>
       </c>
       <c r="C413" s="5">
-        <v>0.11881167000001369</v>
+        <v>6.9762699999984079E-2</v>
       </c>
       <c r="D413" s="5">
-        <v>0.64885557163978369</v>
+        <v>0.38060777311532679</v>
       </c>
       <c r="E413" s="5">
-        <v>4.2577895437905466</v>
+        <v>4.2483170735526432</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>221.6169999</v>
+        <v>221.45499960000001</v>
       </c>
       <c r="C414" s="5">
-        <v>1.1139933599999949</v>
+        <v>1.0503331000000173</v>
       </c>
       <c r="D414" s="5">
-        <v>6.2337890595951739</v>
+        <v>5.8708619743927049</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>223.13945182000001</v>
+        <v>222.91190510000001</v>
       </c>
       <c r="C415" s="5">
-        <v>1.5224519200000088</v>
+        <v>1.4569055000000048</v>
       </c>
       <c r="D415" s="5">
-        <v>8.5624123458326817</v>
+        <v>8.1865544466562135</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>223.96622821</v>
+        <v>223.61476010000001</v>
       </c>
       <c r="C416" s="5">
-        <v>0.82677638999999203</v>
+        <v>0.70285499999999956</v>
       </c>
       <c r="D416" s="5">
-        <v>4.5379771239391964</v>
+        <v>3.849984514187299</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>224.25951638999999</v>
+        <v>224.16373960000001</v>
       </c>
       <c r="C417" s="5">
-        <v>0.29328817999999046</v>
+        <v>0.54897950000000151</v>
       </c>
       <c r="D417" s="5">
-        <v>1.5827911023131191</v>
+        <v>2.9861347104142455</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>224.10628980000001</v>
+        <v>224.40218350000001</v>
       </c>
       <c r="C418" s="5">
-        <v>-0.15322658999997429</v>
+        <v>0.23844389999999294</v>
       </c>
       <c r="D418" s="5">
-        <v>-0.8168326982921692</v>
+        <v>1.2839392000076</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>224.21845583000001</v>
+        <v>224.55232749999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.11216602999999736</v>
+        <v>0.15014399999998318</v>
       </c>
       <c r="D419" s="5">
-        <v>0.60226054239282956</v>
+        <v>0.80586252594634367</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>225.19913488</v>
+        <v>225.36089039999999</v>
       </c>
       <c r="C420" s="5">
-        <v>0.980679049999992</v>
+        <v>0.80856289999999831</v>
       </c>
       <c r="D420" s="5">
-        <v>5.3766349914660116</v>
+        <v>4.407541036941498</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>225.54534534999999</v>
+        <v>225.6862323</v>
       </c>
       <c r="C421" s="5">
-        <v>0.34621046999998839</v>
+        <v>0.32534190000001217</v>
       </c>
       <c r="D421" s="5">
-        <v>1.8605020932832339</v>
+        <v>1.7461997446968969</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>225.16340159000001</v>
+        <v>225.26984239999999</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.38194375999998442</v>
+        <v>-0.41638990000001286</v>
       </c>
       <c r="D422" s="5">
-        <v>-2.0132877747783384</v>
+        <v>-2.1916647875818929</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>225.09535982</v>
+        <v>225.13617260000001</v>
       </c>
       <c r="C423" s="5">
-        <v>-6.8041770000007773E-2</v>
+        <v>-0.13366979999997852</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.36202399928768614</v>
+        <v>-0.70973239664926524</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>225.30241121</v>
+        <v>225.24402939999999</v>
       </c>
       <c r="C424" s="5">
-        <v>0.20705139000000372</v>
+        <v>0.1078567999999791</v>
       </c>
       <c r="D424" s="5">
-        <v>1.109407700423537</v>
+        <v>0.57640553526159266</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>226.53039418</v>
+        <v>226.41286719999999</v>
       </c>
       <c r="C425" s="5">
-        <v>1.2279829699999993</v>
+        <v>1.1688378000000057</v>
       </c>
       <c r="D425" s="5">
-        <v>6.7401215348790178</v>
+        <v>6.4078821538842812</v>
       </c>
       <c r="E425" s="5">
-        <v>2.7334718626190746</v>
+        <v>2.7259861578293743</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>226.63083526</v>
+        <v>226.41482300000001</v>
       </c>
       <c r="C426" s="5">
-        <v>0.10044107999999596</v>
+        <v>1.9558000000188258E-3</v>
       </c>
       <c r="D426" s="5">
-        <v>0.53336621239161719</v>
+        <v>1.0366334460454318E-2</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>226.39804025999999</v>
+        <v>226.10957970000001</v>
       </c>
       <c r="C427" s="5">
-        <v>-0.23279500000001008</v>
+        <v>-0.30524330000000077</v>
       </c>
       <c r="D427" s="5">
-        <v>-1.2256988509449895</v>
+        <v>-1.6058494477165342</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>226.42049846</v>
+        <v>226.02472940000001</v>
       </c>
       <c r="C428" s="5">
-        <v>2.2458200000016859E-2</v>
+        <v>-8.4850299999999379E-2</v>
       </c>
       <c r="D428" s="5">
-        <v>0.11910239305414905</v>
+        <v>-0.4493859643260989</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>226.00583742000001</v>
+        <v>225.6649999</v>
       </c>
       <c r="C429" s="5">
-        <v>-0.41466103999999859</v>
+        <v>-0.35972950000001447</v>
       </c>
       <c r="D429" s="5">
-        <v>-2.1756496455943797</v>
+        <v>-1.8932295430851176</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>224.34191436</v>
+        <v>224.95224010000001</v>
       </c>
       <c r="C430" s="5">
-        <v>-1.6639230600000019</v>
+        <v>-0.7127597999999864</v>
       </c>
       <c r="D430" s="5">
-        <v>-8.4856541755021002</v>
+        <v>-3.7250299703147416</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>224.67478621999999</v>
+        <v>225.2894953</v>
       </c>
       <c r="C431" s="5">
-        <v>0.33287185999998314</v>
+        <v>0.3372551999999871</v>
       </c>
       <c r="D431" s="5">
-        <v>1.7951268047217805</v>
+        <v>1.8139854321378435</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>224.12046165999999</v>
+        <v>224.73162959999999</v>
       </c>
       <c r="C432" s="5">
-        <v>-0.55432455999999775</v>
+        <v>-0.55786570000000779</v>
       </c>
       <c r="D432" s="5">
-        <v>-2.9208298772739894</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-2.9313237977542483</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>223.55190533999999</v>
+        <v>224.1615228</v>
       </c>
       <c r="C433" s="5">
-        <v>-0.568556319999999</v>
+        <v>-0.5701067999999907</v>
       </c>
       <c r="D433" s="5">
-        <v>-3.0020829964758078</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-3.0020832489801585</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>223.71530349</v>
+        <v>224.3253666</v>
       </c>
       <c r="C434" s="5">
-        <v>0.16339815000000613</v>
+        <v>0.1638437999999951</v>
       </c>
       <c r="D434" s="5">
-        <v>0.88063640433153623</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.88063677949783425</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>214.2498721</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-10.075494499999991</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-42.388892762233596</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>214.39281320000001</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.1429411000000016</v>
+      </c>
+      <c r="D436" s="5">
+        <v>0.80354837984562</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>214.8106794</v>
+      </c>
+      <c r="C437" s="5">
+        <v>0.41786619999999175</v>
+      </c>
+      <c r="D437" s="5">
+        <v>2.3641178882856551</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-5.1243500175064298</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>