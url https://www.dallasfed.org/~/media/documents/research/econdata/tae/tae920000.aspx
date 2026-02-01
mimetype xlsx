--- v0 (2025-10-17)
+++ v1 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{449AD890-F15E-4A46-882F-C1AF9D9886AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{252D07B4-45B8-4C12-9F5C-63591968D327}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9882E7A9-DECB-40A9-ABA3-E4404CFCF376}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{9125C8A6-0476-4AFA-9453-DE01C17FFAB9}"/>
   </bookViews>
   <sheets>
     <sheet name="AE920000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - State Government</t>
   </si>
   <si>
     <t>Not early benchmarked; two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6220 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A146285-69A6-4357-A9AD-338B10A5988D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A6A0390-417F-4746-8DFD-5DA5138EF093}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>291.01784393000003</v>
+        <v>291.0178439</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
         <v>291.93778559999998</v>
       </c>
       <c r="C7" s="5">
-        <v>0.91994166999995741</v>
+        <v>0.91994169999998121</v>
       </c>
       <c r="D7" s="5">
-        <v>3.8599927868948614</v>
+        <v>3.8599929153736445</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
         <v>293.52941939999999</v>
       </c>
       <c r="C8" s="5">
         <v>1.591633800000011</v>
       </c>
       <c r="D8" s="5">
         <v>6.7421417443808584</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>295.13653513999998</v>
+        <v>295.1365351</v>
       </c>
       <c r="C9" s="5">
-        <v>1.6071157399999834</v>
+        <v>1.6071157000000085</v>
       </c>
       <c r="D9" s="5">
-        <v>6.7716776236921516</v>
+        <v>6.7716774500426125</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>296.30622211000002</v>
+        <v>296.30622210000001</v>
       </c>
       <c r="C10" s="5">
-        <v>1.1696869700000434</v>
+        <v>1.1696870000000104</v>
       </c>
       <c r="D10" s="5">
-        <v>4.8608955566130874</v>
+        <v>4.860895684687927</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>296.64464322999999</v>
+        <v>296.64464320000002</v>
       </c>
       <c r="C11" s="5">
-        <v>0.33842111999996405</v>
+        <v>0.33842110000000503</v>
       </c>
       <c r="D11" s="5">
-        <v>1.3792019721219351</v>
+        <v>1.3792018901483738</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>296.48734553999998</v>
+        <v>296.4873455</v>
       </c>
       <c r="C12" s="5">
-        <v>-0.15729769000000715</v>
+        <v>-0.15729770000001508</v>
       </c>
       <c r="D12" s="5">
-        <v>-0.63445509887353202</v>
+        <v>-0.63445513915462159</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
         <v>295.50254660000002</v>
       </c>
       <c r="C13" s="5">
-        <v>-0.98479893999996193</v>
+        <v>-0.98479889999998704</v>
       </c>
       <c r="D13" s="5">
-        <v>-3.9138498805554089</v>
+        <v>-3.9138497249961546</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>294.97082265</v>
+        <v>294.97082269999999</v>
       </c>
       <c r="C14" s="5">
-        <v>-0.53172395000001416</v>
+        <v>-0.53172390000003134</v>
       </c>
       <c r="D14" s="5">
-        <v>-2.1380246450896201</v>
+        <v>-2.1380244460287079</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>296.37927431999998</v>
+        <v>296.37927430000002</v>
       </c>
       <c r="C15" s="5">
-        <v>1.4084516699999767</v>
+        <v>1.4084516000000349</v>
       </c>
       <c r="D15" s="5">
-        <v>5.8827594670632255</v>
+        <v>5.8827591659465828</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>297.08232276000001</v>
+        <v>297.08232279999999</v>
       </c>
       <c r="C16" s="5">
-        <v>0.70304844000003186</v>
+        <v>0.70304849999996577</v>
       </c>
       <c r="D16" s="5">
-        <v>2.8839822525017267</v>
+        <v>2.8839825020453569</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>300.30576925999998</v>
+        <v>300.30576930000001</v>
       </c>
       <c r="C17" s="5">
-        <v>3.2234464999999659</v>
+        <v>3.2234465000000228</v>
       </c>
       <c r="D17" s="5">
-        <v>13.826236763310229</v>
+        <v>13.826236761336276</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>294.70995102000001</v>
+        <v>294.70995099999999</v>
       </c>
       <c r="C18" s="5">
-        <v>-5.5958182399999714</v>
+        <v>-5.595818300000019</v>
       </c>
       <c r="D18" s="5">
-        <v>-20.205401206330855</v>
+        <v>-20.205401398853962</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
         <v>294.6129214</v>
       </c>
       <c r="C19" s="5">
-        <v>-9.7029620000000705E-2</v>
+        <v>-9.7029599999984839E-2</v>
       </c>
       <c r="D19" s="5">
-        <v>-0.39437057517855978</v>
+        <v>-0.39437049406362279</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
         <v>294.91084110000003</v>
       </c>
       <c r="C20" s="5">
         <v>0.29791970000002266</v>
       </c>
       <c r="D20" s="5">
         <v>1.2202407670338866</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>295.87246978000002</v>
+        <v>295.87246979999998</v>
       </c>
       <c r="C21" s="5">
-        <v>0.9616286799999898</v>
+        <v>0.96162869999994882</v>
       </c>
       <c r="D21" s="5">
-        <v>3.9838350190909866</v>
+        <v>3.9838351034382491</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>296.14767874</v>
+        <v>296.14767869999997</v>
       </c>
       <c r="C22" s="5">
-        <v>0.27520895999998629</v>
+        <v>0.27520889999999554</v>
       </c>
       <c r="D22" s="5">
-        <v>1.1219209622554072</v>
+        <v>1.1219207163297273</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>298.07808412999998</v>
+        <v>298.07808410000001</v>
       </c>
       <c r="C23" s="5">
-        <v>1.9304053899999758</v>
+        <v>1.9304054000000406</v>
       </c>
       <c r="D23" s="5">
-        <v>8.1086786246043374</v>
+        <v>8.1086786692614599</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>299.02642501000003</v>
+        <v>299.02642500000002</v>
       </c>
       <c r="C24" s="5">
-        <v>0.94834088000004613</v>
+        <v>0.94834090000000515</v>
       </c>
       <c r="D24" s="5">
-        <v>3.8853411243253033</v>
+        <v>3.8853412081018224</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>297.50555263000001</v>
+        <v>297.50555259999999</v>
       </c>
       <c r="C25" s="5">
-        <v>-1.5208723800000143</v>
+        <v>-1.5208724000000302</v>
       </c>
       <c r="D25" s="5">
-        <v>-5.9354276798535892</v>
+        <v>-5.9354277559293012</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>303.79998569000003</v>
+        <v>303.79998569999998</v>
       </c>
       <c r="C26" s="5">
-        <v>6.2944330600000171</v>
+        <v>6.294433099999992</v>
       </c>
       <c r="D26" s="5">
-        <v>28.561839949776768</v>
+        <v>28.561840156125996</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>308.13908808999997</v>
+        <v>308.13908809999998</v>
       </c>
       <c r="C27" s="5">
-        <v>4.3391023999999447</v>
+        <v>4.3391024000000016</v>
       </c>
       <c r="D27" s="5">
-        <v>18.551902238812158</v>
+        <v>18.551902238153151</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>308.92710739</v>
+        <v>308.92710740000001</v>
       </c>
       <c r="C28" s="5">
         <v>0.7880193000000304</v>
       </c>
       <c r="D28" s="5">
-        <v>3.1123535484174569</v>
+        <v>3.1123535483149833</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>308.15993228000002</v>
+        <v>308.15993229999998</v>
       </c>
       <c r="C29" s="5">
-        <v>-0.7671751099999824</v>
+        <v>-0.76717510000003131</v>
       </c>
       <c r="D29" s="5">
-        <v>-2.9396563686503341</v>
+        <v>-2.9396563307605095</v>
       </c>
       <c r="E29" s="5">
-        <v>2.6153886551543604</v>
+        <v>2.6153886481460775</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>308.93759370999999</v>
+        <v>308.93759369999998</v>
       </c>
       <c r="C30" s="5">
-        <v>0.77766142999996646</v>
+        <v>0.7776613999999995</v>
       </c>
       <c r="D30" s="5">
-        <v>3.0706641294921289</v>
+        <v>3.0706640091835435</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>310.67211512</v>
+        <v>310.67211509999998</v>
       </c>
       <c r="C31" s="5">
-        <v>1.7345214100000135</v>
+        <v>1.7345214000000055</v>
       </c>
       <c r="D31" s="5">
-        <v>6.9493565199184593</v>
+        <v>6.9493564788403628</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>311.25012866999998</v>
+        <v>311.2501287</v>
       </c>
       <c r="C32" s="5">
-        <v>0.57801354999998011</v>
+        <v>0.57801360000001978</v>
       </c>
       <c r="D32" s="5">
-        <v>2.255619767286543</v>
+        <v>2.2556199645524355</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>309.51811048000002</v>
+        <v>309.51811049999998</v>
       </c>
       <c r="C33" s="5">
-        <v>-1.7320181899999625</v>
+        <v>-1.7320182000000273</v>
       </c>
       <c r="D33" s="5">
-        <v>-6.4770257312666057</v>
+        <v>-6.4770257669203861</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
         <v>310.25797949999998</v>
       </c>
       <c r="C34" s="5">
-        <v>0.7398690199999578</v>
+        <v>0.73986899999999878</v>
       </c>
       <c r="D34" s="5">
-        <v>2.9064823714231691</v>
+        <v>2.9064822916297972</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>309.85768467000003</v>
+        <v>309.85768469999999</v>
       </c>
       <c r="C35" s="5">
-        <v>-0.40029482999995025</v>
+        <v>-0.4002947999999833</v>
       </c>
       <c r="D35" s="5">
-        <v>-1.5373005886106794</v>
+        <v>-1.5373004742144647</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
         <v>311.92064749999997</v>
       </c>
       <c r="C36" s="5">
-        <v>2.0629628299999467</v>
+        <v>2.0629627999999798</v>
       </c>
       <c r="D36" s="5">
-        <v>8.2884725084743316</v>
+        <v>8.2884723826623272</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>313.04556611999999</v>
+        <v>313.04556609999997</v>
       </c>
       <c r="C37" s="5">
-        <v>1.1249186200000167</v>
+        <v>1.1249186000000009</v>
       </c>
       <c r="D37" s="5">
-        <v>4.4145927439508625</v>
+        <v>4.4145926639001409</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>314.27081269000001</v>
+        <v>314.27081270000002</v>
       </c>
       <c r="C38" s="5">
-        <v>1.2252465700000243</v>
+        <v>1.2252466000000481</v>
       </c>
       <c r="D38" s="5">
-        <v>4.799183700676446</v>
+        <v>4.7991838210380111</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>315.31250934000002</v>
+        <v>315.31250929999999</v>
       </c>
       <c r="C39" s="5">
-        <v>1.0416966500000058</v>
+        <v>1.0416965999999661</v>
       </c>
       <c r="D39" s="5">
-        <v>4.0508964148563864</v>
+        <v>4.0508962167290274</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>316.29679221999999</v>
+        <v>316.29679220000003</v>
       </c>
       <c r="C40" s="5">
-        <v>0.98428287999996655</v>
+        <v>0.98428290000003926</v>
       </c>
       <c r="D40" s="5">
-        <v>3.8109200699880885</v>
+        <v>3.8109201492499301</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>319.45713753000001</v>
+        <v>319.45713749999999</v>
       </c>
       <c r="C41" s="5">
-        <v>3.1603453100000252</v>
+        <v>3.1603452999999604</v>
       </c>
       <c r="D41" s="5">
-        <v>12.671402679415223</v>
+        <v>12.67140263793738</v>
       </c>
       <c r="E41" s="5">
-        <v>3.6660201624574285</v>
+        <v>3.6660201459941755</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>322.44512959000002</v>
+        <v>322.44512959999997</v>
       </c>
       <c r="C42" s="5">
-        <v>2.9879920600000105</v>
+        <v>2.9879920999999854</v>
       </c>
       <c r="D42" s="5">
-        <v>11.819798953401261</v>
+        <v>11.81979912102662</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>323.65342033000002</v>
+        <v>323.65342029999999</v>
       </c>
       <c r="C43" s="5">
-        <v>1.2082907399999954</v>
+        <v>1.2082907000000205</v>
       </c>
       <c r="D43" s="5">
-        <v>4.5905757572942019</v>
+        <v>4.590575602034086</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>324.69309383000001</v>
+        <v>324.69309379999999</v>
       </c>
       <c r="C44" s="5">
         <v>1.0396734999999921</v>
       </c>
       <c r="D44" s="5">
-        <v>3.9236053031866724</v>
+        <v>3.9236053035568208</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>327.31577693000003</v>
+        <v>327.3157769</v>
       </c>
       <c r="C45" s="5">
         <v>2.6226831000000175</v>
       </c>
       <c r="D45" s="5">
-        <v>10.135329235973533</v>
+        <v>10.135329236951929</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>328.80870040999997</v>
+        <v>328.80870040000002</v>
       </c>
       <c r="C46" s="5">
-        <v>1.4929234799999449</v>
+        <v>1.4929235000000176</v>
       </c>
       <c r="D46" s="5">
-        <v>5.6127465346345495</v>
+        <v>5.6127466122496639</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>329.38134392000001</v>
+        <v>329.38134389999999</v>
       </c>
       <c r="C47" s="5">
-        <v>0.57264351000003444</v>
+        <v>0.57264349999996966</v>
       </c>
       <c r="D47" s="5">
-        <v>2.1100194300672337</v>
+        <v>2.1100193929312727</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>329.40686462999997</v>
+        <v>329.40686460000001</v>
       </c>
       <c r="C48" s="5">
-        <v>2.5520709999966584E-2</v>
+        <v>2.5520700000015495E-2</v>
       </c>
       <c r="D48" s="5">
-        <v>9.3016518802779835E-2</v>
+        <v>9.3016482345675833E-2</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>329.72303091999999</v>
+        <v>329.72303090000003</v>
       </c>
       <c r="C49" s="5">
-        <v>0.3161662900000124</v>
+        <v>0.31616630000002033</v>
       </c>
       <c r="D49" s="5">
-        <v>1.1578653417164686</v>
+        <v>1.1578653786380233</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>328.40430717999999</v>
+        <v>328.40430720000001</v>
       </c>
       <c r="C50" s="5">
-        <v>-1.3187237399999958</v>
+        <v>-1.3187237000000209</v>
       </c>
       <c r="D50" s="5">
-        <v>-4.6952090195994778</v>
+        <v>-4.6952088805794157</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>328.14338652999999</v>
+        <v>328.14338650000002</v>
       </c>
       <c r="C51" s="5">
-        <v>-0.26092065000000275</v>
+        <v>-0.26092069999998557</v>
       </c>
       <c r="D51" s="5">
-        <v>-0.94925731071305863</v>
+        <v>-0.94925749176665297</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>326.64958440999999</v>
+        <v>326.64958439999998</v>
       </c>
       <c r="C52" s="5">
-        <v>-1.493802119999998</v>
+        <v>-1.493802100000039</v>
       </c>
       <c r="D52" s="5">
-        <v>-5.3280222332938827</v>
+        <v>-5.3280221642103998</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>329.34723487999997</v>
+        <v>329.34723489999999</v>
       </c>
       <c r="C53" s="5">
-        <v>2.697650469999985</v>
+        <v>2.6976505000000088</v>
       </c>
       <c r="D53" s="5">
-        <v>10.373023349209664</v>
+        <v>10.373023470187604</v>
       </c>
       <c r="E53" s="5">
-        <v>3.095907459281988</v>
+        <v>3.0959074752242799</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>329.98645109</v>
+        <v>329.98645110000001</v>
       </c>
       <c r="C54" s="5">
-        <v>0.63921621000002915</v>
+        <v>0.63921620000002122</v>
       </c>
       <c r="D54" s="5">
-        <v>2.3540528639451219</v>
+        <v>2.3540528265794558</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>329.71283053000002</v>
+        <v>329.7128305</v>
       </c>
       <c r="C55" s="5">
-        <v>-0.27362055999998347</v>
+        <v>-0.2736206000000152</v>
       </c>
       <c r="D55" s="5">
-        <v>-0.99049938666441184</v>
+        <v>-0.99049953077389175</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>330.04508141000002</v>
+        <v>330.04508140000002</v>
       </c>
       <c r="C56" s="5">
-        <v>0.33225088000000369</v>
+        <v>0.33225090000001956</v>
       </c>
       <c r="D56" s="5">
-        <v>1.2159618737880518</v>
+        <v>1.2159619475011096</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>334.41013368</v>
+        <v>334.41013370000002</v>
       </c>
       <c r="C57" s="5">
-        <v>4.3650522699999783</v>
+        <v>4.3650523000000021</v>
       </c>
       <c r="D57" s="5">
-        <v>17.077643955272805</v>
+        <v>17.077644081865472</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
         <v>336.17505080000001</v>
       </c>
       <c r="C58" s="5">
-        <v>1.7649171200000069</v>
+        <v>1.764917099999991</v>
       </c>
       <c r="D58" s="5">
-        <v>6.5203529101020896</v>
+        <v>6.5203528336542194</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>338.73106498999999</v>
+        <v>338.731065</v>
       </c>
       <c r="C59" s="5">
-        <v>2.5560141899999849</v>
+        <v>2.5560141999999928</v>
       </c>
       <c r="D59" s="5">
-        <v>9.5152454266022914</v>
+        <v>9.5152454653995466</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>339.95891931</v>
+        <v>339.95891929999999</v>
       </c>
       <c r="C60" s="5">
-        <v>1.2278543200000058</v>
+        <v>1.22785429999999</v>
       </c>
       <c r="D60" s="5">
-        <v>4.4376158809273925</v>
+        <v>4.4376158070638994</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>340.86783940999999</v>
+        <v>340.86783939999998</v>
       </c>
       <c r="C61" s="5">
         <v>0.90892009999998891</v>
       </c>
       <c r="D61" s="5">
-        <v>3.2559422596853516</v>
+        <v>3.2559422597824961</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>338.83027098999997</v>
+        <v>338.83027099999998</v>
       </c>
       <c r="C62" s="5">
-        <v>-2.0375684200000137</v>
+        <v>-2.0375683999999978</v>
       </c>
       <c r="D62" s="5">
-        <v>-6.9419166752404893</v>
+        <v>-6.9419166095226359</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>342.65039410999998</v>
+        <v>342.65039410000003</v>
       </c>
       <c r="C63" s="5">
-        <v>3.8201231200000052</v>
+        <v>3.8201231000000462</v>
       </c>
       <c r="D63" s="5">
-        <v>14.400623269688428</v>
+        <v>14.400623189108197</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>343.05992371999997</v>
+        <v>343.05992370000001</v>
       </c>
       <c r="C64" s="5">
-        <v>0.40952960999999277</v>
+        <v>0.40952959999998484</v>
       </c>
       <c r="D64" s="5">
-        <v>1.4436839918432698</v>
+        <v>1.4436839564014203</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>344.17287421999998</v>
+        <v>344.17287420000002</v>
       </c>
       <c r="C65" s="5">
         <v>1.1129505000000108</v>
       </c>
       <c r="D65" s="5">
-        <v>3.9632442684057523</v>
+        <v>3.9632442686409863</v>
       </c>
       <c r="E65" s="5">
-        <v>4.501522335659458</v>
+        <v>4.5015223232408585</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>344.47785525</v>
+        <v>344.47785529999999</v>
       </c>
       <c r="C66" s="5">
-        <v>0.30498103000002175</v>
+        <v>0.30498109999996359</v>
       </c>
       <c r="D66" s="5">
-        <v>1.0685507376704484</v>
+        <v>1.06855098418559</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>345.95956310999998</v>
+        <v>345.95956310000003</v>
       </c>
       <c r="C67" s="5">
-        <v>1.4817078599999718</v>
+        <v>1.4817078000000379</v>
       </c>
       <c r="D67" s="5">
-        <v>5.2854548144709357</v>
+        <v>5.2854545945692388</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>346.78179494</v>
+        <v>346.78179490000002</v>
       </c>
       <c r="C68" s="5">
-        <v>0.82223183000002109</v>
+        <v>0.82223179999999729</v>
       </c>
       <c r="D68" s="5">
-        <v>2.8895818380450855</v>
+        <v>2.8895817313182359</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>345.74276477000001</v>
+        <v>345.74276479999997</v>
       </c>
       <c r="C69" s="5">
-        <v>-1.0390301699999895</v>
+        <v>-1.0390301000000477</v>
       </c>
       <c r="D69" s="5">
-        <v>-3.5367867177655055</v>
+        <v>-3.5367864838045882</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>345.94295634999997</v>
+        <v>345.94295640000001</v>
       </c>
       <c r="C70" s="5">
-        <v>0.20019157999996651</v>
+        <v>0.20019160000003922</v>
       </c>
       <c r="D70" s="5">
-        <v>0.69703963775591404</v>
+        <v>0.69703970755465861</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>346.28538868999999</v>
+        <v>346.2853887</v>
       </c>
       <c r="C71" s="5">
-        <v>0.34243234000001621</v>
+        <v>0.34243229999998448</v>
       </c>
       <c r="D71" s="5">
-        <v>1.1943105554675926</v>
+        <v>1.1943104150244466</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>346.68010657000002</v>
+        <v>346.68010659999999</v>
       </c>
       <c r="C72" s="5">
-        <v>0.39471788000003016</v>
+        <v>0.39471789999998919</v>
       </c>
       <c r="D72" s="5">
-        <v>1.3764434872539422</v>
+        <v>1.3764435573949463</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>346.48477395999998</v>
+        <v>346.48477400000002</v>
       </c>
       <c r="C73" s="5">
-        <v>-0.19533261000003677</v>
+        <v>-0.19533259999997199</v>
       </c>
       <c r="D73" s="5">
-        <v>-0.67403381100908932</v>
+        <v>-0.6740337765505755</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>346.94105883999998</v>
+        <v>346.94105880000001</v>
       </c>
       <c r="C74" s="5">
-        <v>0.45628487999999834</v>
+        <v>0.45628479999999172</v>
       </c>
       <c r="D74" s="5">
-        <v>1.5917730532208685</v>
+        <v>1.591772771927058</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>346.48138461000002</v>
+        <v>346.48138460000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.45967422999996188</v>
+        <v>-0.45967419999999493</v>
       </c>
       <c r="D75" s="5">
-        <v>-1.5783866133797786</v>
+        <v>-1.5783865112988238</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>346.92714797000002</v>
+        <v>346.92714799999999</v>
       </c>
       <c r="C76" s="5">
-        <v>0.44576336000000083</v>
+        <v>0.44576339999997572</v>
       </c>
       <c r="D76" s="5">
-        <v>1.554823419496798</v>
+        <v>1.5548235600507221</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>349.35633644000001</v>
+        <v>349.35633639999998</v>
       </c>
       <c r="C77" s="5">
-        <v>2.4291884699999855</v>
+        <v>2.4291883999999868</v>
       </c>
       <c r="D77" s="5">
-        <v>8.7336747310359009</v>
+        <v>8.7336744688099479</v>
       </c>
       <c r="E77" s="5">
-        <v>1.5060635535985467</v>
+        <v>1.506063547875014</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>343.45198409</v>
+        <v>343.4519841</v>
       </c>
       <c r="C78" s="5">
-        <v>-5.9043523500000106</v>
+        <v>-5.9043522999999709</v>
       </c>
       <c r="D78" s="5">
-        <v>-18.497888703308995</v>
+        <v>-18.497888562852292</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>341.20728215999998</v>
+        <v>341.20728220000001</v>
       </c>
       <c r="C79" s="5">
-        <v>-2.2447019300000193</v>
+        <v>-2.2447018999999955</v>
       </c>
       <c r="D79" s="5">
-        <v>-7.5669800893973127</v>
+        <v>-7.5669799916607499</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>341.70187733</v>
+        <v>341.70187729999998</v>
       </c>
       <c r="C80" s="5">
-        <v>0.49459517000002506</v>
+        <v>0.49459509999996953</v>
       </c>
       <c r="D80" s="5">
-        <v>1.7533885187172249</v>
+        <v>1.7533882683711921</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
         <v>343.12755420000002</v>
       </c>
       <c r="C81" s="5">
-        <v>1.425676870000018</v>
+        <v>1.4256769000000418</v>
       </c>
       <c r="D81" s="5">
-        <v>5.1232447852865848</v>
+        <v>5.1232448960394583</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>342.88980548000001</v>
+        <v>342.88980550000002</v>
       </c>
       <c r="C82" s="5">
-        <v>-0.23774872000001324</v>
+        <v>-0.23774869999999737</v>
       </c>
       <c r="D82" s="5">
-        <v>-0.82830343844492171</v>
+        <v>-0.82830336903133572</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>338.32487369</v>
+        <v>338.32487370000001</v>
       </c>
       <c r="C83" s="5">
-        <v>-4.5649317900000028</v>
+        <v>-4.5649318000000108</v>
       </c>
       <c r="D83" s="5">
-        <v>-14.856350451139022</v>
+        <v>-14.856350480534452</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>344.50955256999998</v>
+        <v>344.50955260000001</v>
       </c>
       <c r="C84" s="5">
-        <v>6.1846788799999786</v>
+        <v>6.1846788999999944</v>
       </c>
       <c r="D84" s="5">
-        <v>24.281956724437158</v>
+        <v>24.281956810225935</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>345.24246533000002</v>
+        <v>345.24246529999999</v>
       </c>
       <c r="C85" s="5">
-        <v>0.73291276000003336</v>
+        <v>0.73291269999998576</v>
       </c>
       <c r="D85" s="5">
-        <v>2.582974510297964</v>
+        <v>2.5829742961345437</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>346.69705317</v>
+        <v>346.69705320000003</v>
       </c>
       <c r="C86" s="5">
-        <v>1.4545878399999879</v>
+        <v>1.4545879000000355</v>
       </c>
       <c r="D86" s="5">
-        <v>5.1747027352857522</v>
+        <v>5.1747029541666434</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>347.10784723</v>
+        <v>347.10784719999998</v>
       </c>
       <c r="C87" s="5">
-        <v>0.41079406000000063</v>
+        <v>0.41079399999995303</v>
       </c>
       <c r="D87" s="5">
-        <v>1.431157495294233</v>
+        <v>1.4311572847722553</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>347.66055158</v>
+        <v>347.66055160000002</v>
       </c>
       <c r="C88" s="5">
-        <v>0.55270434999999907</v>
+        <v>0.55270440000003873</v>
       </c>
       <c r="D88" s="5">
-        <v>1.927598822828358</v>
+        <v>1.9275989989052889</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>348.29550719000002</v>
+        <v>348.29550719999997</v>
       </c>
       <c r="C89" s="5">
-        <v>0.63495561000001999</v>
+        <v>0.63495559999995521</v>
       </c>
       <c r="D89" s="5">
-        <v>2.2137895227047677</v>
+        <v>2.2137894873597075</v>
       </c>
       <c r="E89" s="5">
-        <v>-0.30365250014069423</v>
+        <v>-0.30365248586342597</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>350.20927532000002</v>
+        <v>350.2092753</v>
       </c>
       <c r="C90" s="5">
-        <v>1.913768129999994</v>
+        <v>1.9137681000000271</v>
       </c>
       <c r="D90" s="5">
-        <v>6.7965596435588971</v>
+        <v>6.7965595335756968</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>349.74496269000002</v>
+        <v>349.74496269999997</v>
       </c>
       <c r="C91" s="5">
-        <v>-0.4643126299999949</v>
+        <v>-0.46431260000002794</v>
       </c>
       <c r="D91" s="5">
-        <v>-1.579427463245775</v>
+        <v>-1.5794273620289512</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
         <v>350.2123148</v>
       </c>
       <c r="C92" s="5">
-        <v>0.46735210999997889</v>
+        <v>0.4673521000000278</v>
       </c>
       <c r="D92" s="5">
-        <v>1.6153561865917876</v>
+        <v>1.6153561517268766</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>350.04246862000002</v>
+        <v>350.04246860000001</v>
       </c>
       <c r="C93" s="5">
-        <v>-0.16984617999997909</v>
+        <v>-0.16984619999999495</v>
       </c>
       <c r="D93" s="5">
-        <v>-0.58042687092044742</v>
+        <v>-0.58042693908572085</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
         <v>350.45253539999999</v>
       </c>
       <c r="C94" s="5">
-        <v>0.41006677999996555</v>
+        <v>0.41006679999998141</v>
       </c>
       <c r="D94" s="5">
-        <v>1.4148657019797284</v>
+        <v>1.4148657715129964</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>345.36152773999999</v>
+        <v>345.36152770000001</v>
       </c>
       <c r="C95" s="5">
-        <v>-5.0910076600000025</v>
+        <v>-5.0910076999999774</v>
       </c>
       <c r="D95" s="5">
-        <v>-16.104820811328402</v>
+        <v>-16.104820927929829</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>350.27076963000002</v>
+        <v>350.27076959999999</v>
       </c>
       <c r="C96" s="5">
-        <v>4.9092418900000325</v>
+        <v>4.9092418999999836</v>
       </c>
       <c r="D96" s="5">
-        <v>18.456604004883758</v>
+        <v>18.456604047773517</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>350.91489188999998</v>
+        <v>350.91489189999999</v>
       </c>
       <c r="C97" s="5">
-        <v>0.64412225999996053</v>
+        <v>0.64412229999999226</v>
       </c>
       <c r="D97" s="5">
-        <v>2.2291682797074497</v>
+        <v>2.2291684197349282</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>354.91226108000001</v>
+        <v>354.91226110000002</v>
       </c>
       <c r="C98" s="5">
-        <v>3.997369190000029</v>
+        <v>3.9973692000000369</v>
       </c>
       <c r="D98" s="5">
-        <v>14.559326099206139</v>
+        <v>14.559326137498797</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
         <v>351.8125086</v>
       </c>
       <c r="C99" s="5">
-        <v>-3.0997524800000065</v>
+        <v>-3.0997525000000223</v>
       </c>
       <c r="D99" s="5">
-        <v>-9.9915501158530979</v>
+        <v>-9.9915501767190218</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>351.22013951000002</v>
+        <v>351.22013950000002</v>
       </c>
       <c r="C100" s="5">
-        <v>-0.59236908999997695</v>
+        <v>-0.59236909999998488</v>
       </c>
       <c r="D100" s="5">
-        <v>-2.0019095265752518</v>
+        <v>-2.0019095600579129</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>347.91053176000003</v>
+        <v>347.9105318</v>
       </c>
       <c r="C101" s="5">
-        <v>-3.3096077499999978</v>
+        <v>-3.309607700000015</v>
       </c>
       <c r="D101" s="5">
-        <v>-10.739775407974738</v>
+        <v>-10.739775254328453</v>
       </c>
       <c r="E101" s="5">
-        <v>-0.11053126498987709</v>
+        <v>-0.11053125637331407</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>349.65535392999999</v>
+        <v>349.65535390000002</v>
       </c>
       <c r="C102" s="5">
-        <v>1.7448221699999635</v>
+        <v>1.7448221000000217</v>
       </c>
       <c r="D102" s="5">
-        <v>6.1869831959563415</v>
+        <v>6.1869829401253629</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
         <v>348.9875424</v>
       </c>
       <c r="C103" s="5">
-        <v>-0.66781152999999449</v>
+        <v>-0.66781150000002754</v>
       </c>
       <c r="D103" s="5">
-        <v>-2.2679737017519241</v>
+        <v>-2.2679736011285589</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>348.66002555</v>
+        <v>348.66002559999998</v>
       </c>
       <c r="C104" s="5">
-        <v>-0.32751684999999497</v>
+        <v>-0.32751680000001215</v>
       </c>
       <c r="D104" s="5">
-        <v>-1.1203778999085645</v>
+        <v>-1.120377729749289</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>345.00059847</v>
+        <v>345.00059850000002</v>
       </c>
       <c r="C105" s="5">
-        <v>-3.6594270800000004</v>
+        <v>-3.6594270999999594</v>
       </c>
       <c r="D105" s="5">
-        <v>-11.892619500610857</v>
+        <v>-11.89261956029447</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>347.12032240999997</v>
+        <v>347.12032240000002</v>
       </c>
       <c r="C106" s="5">
-        <v>2.1197239399999717</v>
+        <v>2.1197238999999968</v>
       </c>
       <c r="D106" s="5">
-        <v>7.6272651190649965</v>
+        <v>7.627264969551506</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>346.96254957000002</v>
+        <v>346.96254959999999</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.15777283999995007</v>
+        <v>-0.15777280000003202</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.54406158612351208</v>
+        <v>-0.54406144854862726</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>346.24363915999999</v>
+        <v>346.24363920000002</v>
       </c>
       <c r="C108" s="5">
-        <v>-0.71891041000003497</v>
+        <v>-0.7189103999999702</v>
       </c>
       <c r="D108" s="5">
-        <v>-2.4582733236880427</v>
+        <v>-2.458273289671975</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>345.82116351000002</v>
+        <v>345.82116350000001</v>
       </c>
       <c r="C109" s="5">
-        <v>-0.42247564999996712</v>
+        <v>-0.42247570000000678</v>
       </c>
       <c r="D109" s="5">
-        <v>-1.4544161351085827</v>
+        <v>-1.4544163059185156</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>346.79297022999998</v>
+        <v>346.79297020000001</v>
       </c>
       <c r="C110" s="5">
-        <v>0.97180671999996093</v>
+        <v>0.97180670000000191</v>
       </c>
       <c r="D110" s="5">
-        <v>3.4247817539998282</v>
+        <v>3.4247816825248023</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>348.12853331999997</v>
+        <v>348.12853330000002</v>
       </c>
       <c r="C111" s="5">
-        <v>1.3355630899999937</v>
+        <v>1.3355631000000017</v>
       </c>
       <c r="D111" s="5">
-        <v>4.7205754426812296</v>
+        <v>4.7205754791953103</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
         <v>349.31398159999998</v>
       </c>
       <c r="C112" s="5">
-        <v>1.1854482800000028</v>
+        <v>1.1854482999999618</v>
       </c>
       <c r="D112" s="5">
-        <v>4.1636484801499396</v>
+        <v>4.1636485519604083</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>350.63609931000002</v>
+        <v>350.63609930000001</v>
       </c>
       <c r="C113" s="5">
-        <v>1.3221177100000432</v>
+        <v>1.3221177000000353</v>
       </c>
       <c r="D113" s="5">
-        <v>4.637628369702651</v>
+        <v>4.6376283338919633</v>
       </c>
       <c r="E113" s="5">
-        <v>0.78341047516210516</v>
+        <v>0.78341046070051767</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>351.58968334999997</v>
+        <v>351.58968340000001</v>
       </c>
       <c r="C114" s="5">
-        <v>0.95358403999995289</v>
+        <v>0.95358410000000049</v>
       </c>
       <c r="D114" s="5">
-        <v>3.312759535112586</v>
+        <v>3.3127597467768277</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>352.71171308999999</v>
+        <v>352.7117131</v>
       </c>
       <c r="C115" s="5">
-        <v>1.1220297400000163</v>
+        <v>1.1220296999999846</v>
       </c>
       <c r="D115" s="5">
-        <v>3.8975028017313784</v>
+        <v>3.8975026597747764</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>352.69328052999998</v>
+        <v>352.69328050000001</v>
       </c>
       <c r="C116" s="5">
-        <v>-1.8432560000007925E-2</v>
+        <v>-1.8432599999982813E-2</v>
       </c>
       <c r="D116" s="5">
-        <v>-6.2693453761253348E-2</v>
+        <v>-6.2693589769657887E-2</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>353.55325348999997</v>
+        <v>353.55325349999998</v>
       </c>
       <c r="C117" s="5">
-        <v>0.85997295999999324</v>
+        <v>0.85997299999996812</v>
       </c>
       <c r="D117" s="5">
-        <v>2.965522968104084</v>
+        <v>2.965523108150192</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>353.64871763999997</v>
+        <v>353.6487176</v>
       </c>
       <c r="C118" s="5">
-        <v>9.5464149999997971E-2</v>
+        <v>9.5464100000015151E-2</v>
       </c>
       <c r="D118" s="5">
-        <v>0.32449781666537003</v>
+        <v>0.32449764644570944</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>353.88469543999997</v>
+        <v>353.8846954</v>
       </c>
       <c r="C119" s="5">
         <v>0.23597780000000057</v>
       </c>
       <c r="D119" s="5">
-        <v>0.80366447464383928</v>
+        <v>0.80366447473509961</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>352.57655672999999</v>
+        <v>352.57655670000003</v>
       </c>
       <c r="C120" s="5">
-        <v>-1.3081387099999802</v>
+        <v>-1.3081386999999722</v>
       </c>
       <c r="D120" s="5">
-        <v>-4.3467316833037062</v>
+        <v>-4.3467316512293515</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>350.62186358999998</v>
+        <v>350.62186359999998</v>
       </c>
       <c r="C121" s="5">
-        <v>-1.9546931400000176</v>
+        <v>-1.9546931000000427</v>
       </c>
       <c r="D121" s="5">
-        <v>-6.4536731570618011</v>
+        <v>-6.4536730295298046</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>350.53610430999998</v>
+        <v>350.53610429999998</v>
       </c>
       <c r="C122" s="5">
-        <v>-8.5759279999990667E-2</v>
+        <v>-8.5759300000006533E-2</v>
       </c>
       <c r="D122" s="5">
-        <v>-0.29311579709206947</v>
+        <v>-0.29311586534966905</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>352.70485629000001</v>
+        <v>352.70485630000002</v>
       </c>
       <c r="C123" s="5">
-        <v>2.1687519800000246</v>
+        <v>2.1687520000000404</v>
       </c>
       <c r="D123" s="5">
-        <v>7.6822701747811806</v>
+        <v>7.682270248280898</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>352.98033907000001</v>
+        <v>352.98033909999998</v>
       </c>
       <c r="C124" s="5">
-        <v>0.27548278000000437</v>
+        <v>0.27548279999996339</v>
       </c>
       <c r="D124" s="5">
-        <v>0.94130585953098311</v>
+        <v>0.94130592813657099</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>352.99208603</v>
+        <v>352.99208599999997</v>
       </c>
       <c r="C125" s="5">
-        <v>1.1746959999982209E-2</v>
+        <v>1.1746899999991456E-2</v>
       </c>
       <c r="D125" s="5">
-        <v>3.9942543174054101E-2</v>
+        <v>3.9942339118814729E-2</v>
       </c>
       <c r="E125" s="5">
-        <v>0.67191790139013996</v>
+        <v>0.67191789570537619</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
         <v>353.4456816</v>
       </c>
       <c r="C126" s="5">
-        <v>0.4535955700000045</v>
+        <v>0.4535956000000283</v>
       </c>
       <c r="D126" s="5">
-        <v>1.5529474499063278</v>
+        <v>1.5529475534755033</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
         <v>353.72172130000001</v>
       </c>
       <c r="C127" s="5">
         <v>0.27603970000001254</v>
       </c>
       <c r="D127" s="5">
         <v>0.94123152482255001</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>354.23375836999998</v>
+        <v>354.2337584</v>
       </c>
       <c r="C128" s="5">
-        <v>0.51203706999996257</v>
+        <v>0.51203709999998637</v>
       </c>
       <c r="D128" s="5">
-        <v>1.7509813861270596</v>
+        <v>1.7509814895345421</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>353.77597501999998</v>
+        <v>353.77597500000002</v>
       </c>
       <c r="C129" s="5">
-        <v>-0.4577833499999997</v>
+        <v>-0.45778339999998252</v>
       </c>
       <c r="D129" s="5">
-        <v>-1.5398086753045326</v>
+        <v>-1.5398088421622824</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>354.12272402999997</v>
+        <v>354.12272400000001</v>
       </c>
       <c r="C130" s="5">
-        <v>0.34674900999999636</v>
+        <v>0.34674899999998843</v>
       </c>
       <c r="D130" s="5">
-        <v>1.1825258719079024</v>
+        <v>1.1825258376879422</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>354.34085962</v>
+        <v>354.34085959999999</v>
       </c>
       <c r="C131" s="5">
-        <v>0.21813559000003124</v>
+        <v>0.21813559999998233</v>
       </c>
       <c r="D131" s="5">
-        <v>0.74169588506849404</v>
+        <v>0.74169591924835299</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>354.11951649000002</v>
+        <v>354.11951649999997</v>
       </c>
       <c r="C132" s="5">
-        <v>-0.22134312999997974</v>
+        <v>-0.22134310000001278</v>
       </c>
       <c r="D132" s="5">
-        <v>-0.7470239465541928</v>
+        <v>-0.74702384569519387</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>355.97188265</v>
+        <v>355.97188269999998</v>
       </c>
       <c r="C133" s="5">
-        <v>1.8523661599999741</v>
+        <v>1.8523662000000058</v>
       </c>
       <c r="D133" s="5">
-        <v>6.4608660457508016</v>
+        <v>6.4608661891173425</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>352.57030027000002</v>
+        <v>352.57030029999999</v>
       </c>
       <c r="C134" s="5">
-        <v>-3.4015823799999794</v>
+        <v>-3.4015823999999952</v>
       </c>
       <c r="D134" s="5">
-        <v>-10.883040548202704</v>
+        <v>-10.883040607416794</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>355.09529208999999</v>
+        <v>355.09529209999999</v>
       </c>
       <c r="C135" s="5">
-        <v>2.5249918199999684</v>
+        <v>2.5249918000000093</v>
       </c>
       <c r="D135" s="5">
-        <v>8.9407263559520445</v>
+        <v>8.9407262815310204</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
         <v>354.89851700000003</v>
       </c>
       <c r="C136" s="5">
-        <v>-0.19677508999996007</v>
+        <v>-0.19677509999996801</v>
       </c>
       <c r="D136" s="5">
-        <v>-0.66295375139220347</v>
+        <v>-0.66295378496200597</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>355.97113029000002</v>
+        <v>355.97113030000003</v>
       </c>
       <c r="C137" s="5">
-        <v>1.0726132899999925</v>
+        <v>1.0726133000000004</v>
       </c>
       <c r="D137" s="5">
-        <v>3.6876700981601784</v>
+        <v>3.6876701331141293</v>
       </c>
       <c r="E137" s="5">
-        <v>0.84394080714513819</v>
+        <v>0.84394081854857195</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>355.24447463000001</v>
+        <v>355.24447459999999</v>
       </c>
       <c r="C138" s="5">
-        <v>-0.72665566000000581</v>
+        <v>-0.72665570000003754</v>
       </c>
       <c r="D138" s="5">
-        <v>-2.4222835628064154</v>
+        <v>-2.4222836945844706</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
         <v>356.15670879999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.91223416999997653</v>
+        <v>0.91223420000000033</v>
       </c>
       <c r="D139" s="5">
-        <v>3.1253823610653209</v>
+        <v>3.1253824655710361</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>357.37801357000001</v>
+        <v>357.37801359999997</v>
       </c>
       <c r="C140" s="5">
-        <v>1.2213047700000175</v>
+        <v>1.2213047999999844</v>
       </c>
       <c r="D140" s="5">
-        <v>4.1934488481358612</v>
+        <v>4.1934489530937924</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>359.07010456</v>
+        <v>359.07010459999998</v>
       </c>
       <c r="C141" s="5">
-        <v>1.692090989999997</v>
+        <v>1.6920910000000049</v>
       </c>
       <c r="D141" s="5">
-        <v>5.8320019438318216</v>
+        <v>5.8320019786981758</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>359.38090148999999</v>
+        <v>359.38090149999999</v>
       </c>
       <c r="C142" s="5">
-        <v>0.31079692999998088</v>
+        <v>0.31079690000001392</v>
       </c>
       <c r="D142" s="5">
-        <v>1.0436316848924321</v>
+        <v>1.0436315835579579</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>360.31685483000001</v>
+        <v>360.31685479999999</v>
       </c>
       <c r="C143" s="5">
-        <v>0.93595334000002595</v>
+        <v>0.93595329999999421</v>
       </c>
       <c r="D143" s="5">
-        <v>3.1703752517693085</v>
+        <v>3.1703751142401204</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>362.64173082000002</v>
+        <v>362.6417308</v>
       </c>
       <c r="C144" s="5">
-        <v>2.3248759900000096</v>
+        <v>2.3248760000000175</v>
       </c>
       <c r="D144" s="5">
-        <v>8.0235414379027361</v>
+        <v>8.0235414743401012</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>363.67846832999999</v>
+        <v>363.67846830000002</v>
       </c>
       <c r="C145" s="5">
-        <v>1.0367375099999663</v>
+        <v>1.0367375000000152</v>
       </c>
       <c r="D145" s="5">
-        <v>3.4850765764223857</v>
+        <v>3.4850765424716545</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>364.16702064999998</v>
+        <v>364.16702070000002</v>
       </c>
       <c r="C146" s="5">
-        <v>0.4885523199999966</v>
+        <v>0.48855240000000322</v>
       </c>
       <c r="D146" s="5">
-        <v>1.6240000224782003</v>
+        <v>1.624000290509775</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>365.04000115999997</v>
+        <v>365.04000120000001</v>
       </c>
       <c r="C147" s="5">
-        <v>0.87298050999999077</v>
+        <v>0.87298049999998284</v>
       </c>
       <c r="D147" s="5">
-        <v>2.9148697803316193</v>
+        <v>2.9148697460947393</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>366.81633747000001</v>
+        <v>366.81633749999997</v>
       </c>
       <c r="C148" s="5">
-        <v>1.7763363100000333</v>
+        <v>1.7763362999999686</v>
       </c>
       <c r="D148" s="5">
-        <v>5.9982164034630303</v>
+        <v>5.998216368111664</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>367.13433988999998</v>
+        <v>367.13433989999999</v>
       </c>
       <c r="C149" s="5">
-        <v>0.3180024199999707</v>
+        <v>0.31800240000001168</v>
       </c>
       <c r="D149" s="5">
-        <v>1.0452852014628533</v>
+        <v>1.0452851353227377</v>
       </c>
       <c r="E149" s="5">
-        <v>3.1359873456326737</v>
+        <v>3.1359873455445664</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>367.60923553999999</v>
+        <v>367.60923550000001</v>
       </c>
       <c r="C150" s="5">
-        <v>0.47489565000000766</v>
+        <v>0.47489560000002484</v>
       </c>
       <c r="D150" s="5">
-        <v>1.5633149622109155</v>
+        <v>1.5633147963998173</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>365.18916874000001</v>
+        <v>365.18916869999998</v>
       </c>
       <c r="C151" s="5">
-        <v>-2.4200667999999723</v>
+        <v>-2.4200668000000292</v>
       </c>
       <c r="D151" s="5">
-        <v>-7.6200563013750111</v>
+        <v>-7.6200563021746053</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>368.05812431999999</v>
+        <v>368.05812429999997</v>
       </c>
       <c r="C152" s="5">
-        <v>2.8689555799999766</v>
+        <v>2.8689555999999925</v>
       </c>
       <c r="D152" s="5">
-        <v>9.8454935633660146</v>
+        <v>9.8454936361187517</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>368.06738898999998</v>
+        <v>368.06738899999999</v>
       </c>
       <c r="C153" s="5">
-        <v>9.2646699999932025E-3</v>
+        <v>9.264700000017001E-3</v>
       </c>
       <c r="D153" s="5">
-        <v>3.0210291710597303E-2</v>
+        <v>3.0210389550111572E-2</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>369.52215111999999</v>
+        <v>369.52215109999997</v>
       </c>
       <c r="C154" s="5">
-        <v>1.454762130000006</v>
+        <v>1.4547620999999822</v>
       </c>
       <c r="D154" s="5">
-        <v>4.8473949994666254</v>
+        <v>4.8473948971863523</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
         <v>369.3132344</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.20891671999999062</v>
+        <v>-0.20891669999997475</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.67633826539181818</v>
+        <v>-0.67633820088229823</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>371.19905784000002</v>
+        <v>371.19905779999999</v>
       </c>
       <c r="C156" s="5">
-        <v>1.8858234400000242</v>
+        <v>1.8858233999999925</v>
       </c>
       <c r="D156" s="5">
-        <v>6.3026109538049546</v>
+        <v>6.302610816344334</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>369.42982620999999</v>
+        <v>369.42982619999998</v>
       </c>
       <c r="C157" s="5">
-        <v>-1.7692316300000357</v>
+        <v>-1.7692316000000119</v>
       </c>
       <c r="D157" s="5">
-        <v>-5.5719362317952603</v>
+        <v>-5.5719361403623102</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
         <v>372.47114449999998</v>
       </c>
       <c r="C158" s="5">
-        <v>3.0413182899999924</v>
+        <v>3.0413183000000004</v>
       </c>
       <c r="D158" s="5">
-        <v>10.338768723735491</v>
+        <v>10.338768759576155</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>373.43846222000002</v>
+        <v>373.4384622</v>
       </c>
       <c r="C159" s="5">
-        <v>0.96731772000003957</v>
+        <v>0.96731770000002371</v>
       </c>
       <c r="D159" s="5">
-        <v>3.1613343679991912</v>
+        <v>3.161334301699803</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>372.24524693000001</v>
+        <v>372.24524689999998</v>
       </c>
       <c r="C160" s="5">
-        <v>-1.1932152900000119</v>
+        <v>-1.1932153000000199</v>
       </c>
       <c r="D160" s="5">
-        <v>-3.7675857522617706</v>
+        <v>-3.767585783482319</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>373.82392821000002</v>
+        <v>373.82392820000001</v>
       </c>
       <c r="C161" s="5">
-        <v>1.5786812800000121</v>
+        <v>1.5786813000000279</v>
       </c>
       <c r="D161" s="5">
-        <v>5.2095658782056686</v>
+        <v>5.2095659461813826</v>
       </c>
       <c r="E161" s="5">
-        <v>1.8221091282292878</v>
+        <v>1.8221091227320629</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
         <v>375.18290009999998</v>
       </c>
       <c r="C162" s="5">
-        <v>1.3589718899999639</v>
+        <v>1.3589718999999718</v>
       </c>
       <c r="D162" s="5">
-        <v>4.4506799177132184</v>
+        <v>4.450679951242642</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>374.75509832</v>
+        <v>374.75509829999999</v>
       </c>
       <c r="C163" s="5">
-        <v>-0.42780177999998159</v>
+        <v>-0.42780179999999746</v>
       </c>
       <c r="D163" s="5">
-        <v>-1.3597497612240161</v>
+        <v>-1.3597498243951955</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>373.98588218999998</v>
+        <v>373.98588219999999</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.76921613000001798</v>
+        <v>-0.76921609999999419</v>
       </c>
       <c r="D164" s="5">
-        <v>-2.4354831166740087</v>
+        <v>-2.4354830228864977</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>373.20762315000002</v>
+        <v>373.2076232</v>
       </c>
       <c r="C165" s="5">
-        <v>-0.77825903999996626</v>
+        <v>-0.77825899999999137</v>
       </c>
       <c r="D165" s="5">
-        <v>-2.4687981324813868</v>
+        <v>-2.4687980069766691</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>371.82516055999997</v>
+        <v>371.8251606</v>
       </c>
       <c r="C166" s="5">
-        <v>-1.3824625900000456</v>
+        <v>-1.3824625999999967</v>
       </c>
       <c r="D166" s="5">
-        <v>-4.3556727281617196</v>
+        <v>-4.3556727584574624</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>369.41733368000001</v>
+        <v>369.41733369999997</v>
       </c>
       <c r="C167" s="5">
-        <v>-2.4078268799999591</v>
+        <v>-2.4078269000000319</v>
       </c>
       <c r="D167" s="5">
-        <v>-7.4999551907646067</v>
+        <v>-7.4999552500812143</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>367.63803516000002</v>
+        <v>367.63803519999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-1.7792985199999976</v>
+        <v>-1.7792984999999817</v>
       </c>
       <c r="D168" s="5">
-        <v>-5.6291203199296369</v>
+        <v>-5.6291202580259991</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>367.27187137999999</v>
+        <v>367.27187140000001</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.36616378000002214</v>
+        <v>-0.36616379999998117</v>
       </c>
       <c r="D169" s="5">
-        <v>-1.1886624276340241</v>
+        <v>-1.1886624920752542</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>366.90675418000001</v>
+        <v>366.90675420000002</v>
       </c>
       <c r="C170" s="5">
         <v>-0.36511719999998604</v>
       </c>
       <c r="D170" s="5">
-        <v>-1.1864587481779432</v>
+        <v>-1.1864587481137612</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>366.45019644000001</v>
+        <v>366.45019639999998</v>
       </c>
       <c r="C171" s="5">
-        <v>-0.45655773999999383</v>
+        <v>-0.45655780000004142</v>
       </c>
       <c r="D171" s="5">
-        <v>-1.4830341400608571</v>
+        <v>-1.4830343335464735</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>365.68872159</v>
+        <v>365.68872160000001</v>
       </c>
       <c r="C172" s="5">
-        <v>-0.76147485000001325</v>
+        <v>-0.76147479999997358</v>
       </c>
       <c r="D172" s="5">
-        <v>-2.4652694199363445</v>
+        <v>-2.4652692601731419</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>365.27572148000002</v>
+        <v>365.27572149999997</v>
       </c>
       <c r="C173" s="5">
-        <v>-0.41300010999998449</v>
+        <v>-0.4130001000000334</v>
       </c>
       <c r="D173" s="5">
-        <v>-1.3468647195905681</v>
+        <v>-1.3468646871446666</v>
       </c>
       <c r="E173" s="5">
-        <v>-2.2866933026282732</v>
+        <v>-2.2866932946642882</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>363.90157317000001</v>
+        <v>363.90157319999997</v>
       </c>
       <c r="C174" s="5">
-        <v>-1.3741483100000096</v>
+        <v>-1.3741483000000017</v>
       </c>
       <c r="D174" s="5">
-        <v>-4.4220942843993027</v>
+        <v>-4.4220942526445146</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>364.87248237</v>
+        <v>364.87248240000002</v>
       </c>
       <c r="C175" s="5">
-        <v>0.97090919999999414</v>
+        <v>0.97090920000005099</v>
       </c>
       <c r="D175" s="5">
-        <v>3.2490678523543925</v>
+        <v>3.2490678520830318</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>364.98151546999998</v>
+        <v>364.9815155</v>
       </c>
       <c r="C176" s="5">
         <v>0.10903309999997646</v>
       </c>
       <c r="D176" s="5">
-        <v>0.3591802090304963</v>
+        <v>0.35918020900083114</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>365.83023728000001</v>
+        <v>365.83023730000002</v>
       </c>
       <c r="C177" s="5">
-        <v>0.84872181000002911</v>
+        <v>0.84872180000002118</v>
       </c>
       <c r="D177" s="5">
-        <v>2.8264265627224949</v>
+        <v>2.8264265287580637</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>367.02721382999999</v>
+        <v>367.02721380000003</v>
       </c>
       <c r="C178" s="5">
-        <v>1.196976549999988</v>
+        <v>1.1969765000000052</v>
       </c>
       <c r="D178" s="5">
-        <v>3.9977678992571652</v>
+        <v>3.9977677290236491</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>369.36493822</v>
+        <v>369.36493819999998</v>
       </c>
       <c r="C179" s="5">
-        <v>2.3377243900000053</v>
+        <v>2.3377243999999564</v>
       </c>
       <c r="D179" s="5">
-        <v>7.9167385157557169</v>
+        <v>7.9167385514857136</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>369.71869842000001</v>
+        <v>369.71869839999999</v>
       </c>
       <c r="C180" s="5">
         <v>0.35376020000001063</v>
       </c>
       <c r="D180" s="5">
-        <v>1.1553765055457799</v>
+        <v>1.1553765056085297</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>369.95505047</v>
+        <v>369.95505050000003</v>
       </c>
       <c r="C181" s="5">
-        <v>0.2363520499999936</v>
+        <v>0.23635210000003326</v>
       </c>
       <c r="D181" s="5">
-        <v>0.76983341640686209</v>
+        <v>0.76983357987923107</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>370.04128716999998</v>
+        <v>370.0412872</v>
       </c>
       <c r="C182" s="5">
         <v>8.6236699999972188E-2</v>
       </c>
       <c r="D182" s="5">
-        <v>0.28007947180523907</v>
+        <v>0.28007947178254611</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>369.0193817</v>
       </c>
       <c r="C183" s="5">
-        <v>-1.0219054699999788</v>
+        <v>-1.0219055000000026</v>
       </c>
       <c r="D183" s="5">
-        <v>-3.2640442852024942</v>
+        <v>-3.2640443793135465</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>368.25426468000001</v>
+        <v>368.25426470000002</v>
       </c>
       <c r="C184" s="5">
-        <v>-0.76511701999999104</v>
+        <v>-0.76511699999997518</v>
       </c>
       <c r="D184" s="5">
-        <v>-2.4598771837938238</v>
+        <v>-2.459877120224685</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>371.29713261000001</v>
+        <v>371.2971326</v>
       </c>
       <c r="C185" s="5">
-        <v>3.0428679299999999</v>
+        <v>3.0428678999999761</v>
       </c>
       <c r="D185" s="5">
-        <v>10.378814131397585</v>
+        <v>10.378814023787598</v>
       </c>
       <c r="E185" s="5">
-        <v>1.6484564332944984</v>
+        <v>1.6484564249912959</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>374.99852300999999</v>
+        <v>374.99852299999998</v>
       </c>
       <c r="C186" s="5">
         <v>3.7013903999999798</v>
       </c>
       <c r="D186" s="5">
-        <v>12.640752262425913</v>
+        <v>12.640752262785494</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>374.13619924</v>
+        <v>374.13619920000002</v>
       </c>
       <c r="C187" s="5">
-        <v>-0.86232376999998905</v>
+        <v>-0.86232379999995601</v>
       </c>
       <c r="D187" s="5">
-        <v>-2.7248130577677609</v>
+        <v>-2.7248131514391538</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>375.46311854999999</v>
+        <v>375.46311859999997</v>
       </c>
       <c r="C188" s="5">
-        <v>1.3269193099999939</v>
+        <v>1.3269193999999516</v>
       </c>
       <c r="D188" s="5">
-        <v>4.3399527890133127</v>
+        <v>4.3399530896145233</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>376.72412357000002</v>
+        <v>376.72412359999998</v>
       </c>
       <c r="C189" s="5">
-        <v>1.2610050200000273</v>
+        <v>1.2610050000000115</v>
       </c>
       <c r="D189" s="5">
-        <v>4.1055248343633721</v>
+        <v>4.1055247674838924</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>377.29520272000002</v>
+        <v>377.2952027</v>
       </c>
       <c r="C190" s="5">
-        <v>0.57107915000000276</v>
+        <v>0.57107910000001993</v>
       </c>
       <c r="D190" s="5">
-        <v>1.8343332689037428</v>
+        <v>1.8343331068128021</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>370.85107081000001</v>
+        <v>370.8510708</v>
       </c>
       <c r="C191" s="5">
-        <v>-6.4441319100000101</v>
+        <v>-6.4441319000000021</v>
       </c>
       <c r="D191" s="5">
-        <v>-18.67594046753781</v>
+        <v>-18.675940442121863</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>378.48014976000002</v>
+        <v>378.48014979999999</v>
       </c>
       <c r="C192" s="5">
-        <v>7.6290789500000074</v>
+        <v>7.6290789999999902</v>
       </c>
       <c r="D192" s="5">
-        <v>27.679988368697895</v>
+        <v>27.679988571940186</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>382.91999261000001</v>
+        <v>382.9199926</v>
       </c>
       <c r="C193" s="5">
-        <v>4.4398428499999909</v>
+        <v>4.4398428000000081</v>
       </c>
       <c r="D193" s="5">
-        <v>15.021551046130233</v>
+        <v>15.021550864210775</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>378.27003266999998</v>
+        <v>378.2700327</v>
       </c>
       <c r="C194" s="5">
-        <v>-4.6499599400000307</v>
+        <v>-4.6499598999999989</v>
       </c>
       <c r="D194" s="5">
-        <v>-13.637194667807616</v>
+        <v>-13.637194558551524</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>380.27496874000002</v>
+        <v>380.27496869999999</v>
       </c>
       <c r="C195" s="5">
-        <v>2.004936070000042</v>
+        <v>2.0049359999999865</v>
       </c>
       <c r="D195" s="5">
-        <v>6.5490613765887717</v>
+        <v>6.5490611406948673</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>381.03541966</v>
+        <v>381.03541969999998</v>
       </c>
       <c r="C196" s="5">
-        <v>0.76045091999998249</v>
+        <v>0.76045099999998911</v>
       </c>
       <c r="D196" s="5">
-        <v>2.4262573910245111</v>
+        <v>2.4262576493404575</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>381.40635034000002</v>
+        <v>381.40635029999999</v>
       </c>
       <c r="C197" s="5">
-        <v>0.37093068000001495</v>
+        <v>0.37093060000000833</v>
       </c>
       <c r="D197" s="5">
-        <v>1.1744519356325034</v>
+        <v>1.1744516808523953</v>
       </c>
       <c r="E197" s="5">
-        <v>2.7226759492964936</v>
+        <v>2.7226759412900536</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>381.88810971999999</v>
+        <v>381.88810969999997</v>
       </c>
       <c r="C198" s="5">
-        <v>0.48175937999997132</v>
+        <v>0.48175939999998718</v>
       </c>
       <c r="D198" s="5">
-        <v>1.5263102542328655</v>
+        <v>1.5263103181991422</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>382.30787311</v>
+        <v>382.30787309999999</v>
       </c>
       <c r="C199" s="5">
-        <v>0.41976339000001417</v>
+        <v>0.4197634000000221</v>
       </c>
       <c r="D199" s="5">
-        <v>1.3270181706348305</v>
+        <v>1.3270182025095778</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>382.53757813999999</v>
+        <v>382.53757810000002</v>
       </c>
       <c r="C200" s="5">
-        <v>0.22970502999999098</v>
+        <v>0.22970500000002403</v>
       </c>
       <c r="D200" s="5">
-        <v>0.72339280556619201</v>
+        <v>0.72339271079606693</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
         <v>381.28579139999999</v>
       </c>
       <c r="C201" s="5">
-        <v>-1.25178674</v>
+        <v>-1.2517867000000251</v>
       </c>
       <c r="D201" s="5">
-        <v>-3.8568800758598809</v>
+        <v>-3.8568799552216482</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>382.15127804999997</v>
+        <v>382.15127810000001</v>
       </c>
       <c r="C202" s="5">
-        <v>0.86548664999997982</v>
+        <v>0.86548670000001948</v>
       </c>
       <c r="D202" s="5">
-        <v>2.7581642283246</v>
+        <v>2.7581643896610775</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>381.91024758999998</v>
+        <v>381.91024759999999</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.2410304599999904</v>
+        <v>-0.24103050000002213</v>
       </c>
       <c r="D203" s="5">
-        <v>-0.75424399957370047</v>
+        <v>-0.75424412421143394</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>378.99155994</v>
+        <v>378.99155990000003</v>
       </c>
       <c r="C204" s="5">
-        <v>-2.9186876499999812</v>
+        <v>-2.918687699999964</v>
       </c>
       <c r="D204" s="5">
-        <v>-8.7949846922177333</v>
+        <v>-8.7949848363880747</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>381.83333719000001</v>
+        <v>381.83333720000002</v>
       </c>
       <c r="C205" s="5">
-        <v>2.8417772500000069</v>
+        <v>2.8417772999999897</v>
       </c>
       <c r="D205" s="5">
-        <v>9.3784229067729754</v>
+        <v>9.3784230796773116</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>383.79706469000001</v>
+        <v>383.79706470000002</v>
       </c>
       <c r="C206" s="5">
         <v>1.9637275000000045</v>
       </c>
       <c r="D206" s="5">
-        <v>6.3490631378857909</v>
+        <v>6.3490631377146611</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>385.43500322</v>
+        <v>385.43500319999998</v>
       </c>
       <c r="C207" s="5">
-        <v>1.6379385299999853</v>
+        <v>1.6379384999999616</v>
       </c>
       <c r="D207" s="5">
-        <v>5.243199650808994</v>
+        <v>5.2431995523708697</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>385.38649941</v>
+        <v>385.38649939999999</v>
       </c>
       <c r="C208" s="5">
-        <v>-4.8503809999999703E-2</v>
+        <v>-4.850379999999177E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-0.15090560873712855</v>
+        <v>-0.15090557765442547</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>384.98706736999998</v>
+        <v>384.9870674</v>
       </c>
       <c r="C209" s="5">
-        <v>-0.39943204000002197</v>
+        <v>-0.39943199999999024</v>
       </c>
       <c r="D209" s="5">
-        <v>-1.2366689957266086</v>
+        <v>-1.236668872620772</v>
       </c>
       <c r="E209" s="5">
-        <v>0.93881945772742448</v>
+        <v>0.93881947617902028</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>385.35486235000002</v>
+        <v>385.3548624</v>
       </c>
       <c r="C210" s="5">
-        <v>0.36779498000004196</v>
+        <v>0.36779500000000098</v>
       </c>
       <c r="D210" s="5">
-        <v>1.1524553955090111</v>
+        <v>1.1524554584165125</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>386.22649846000002</v>
+        <v>386.22649849999999</v>
       </c>
       <c r="C211" s="5">
-        <v>0.87163610999999719</v>
+        <v>0.87163609999998926</v>
       </c>
       <c r="D211" s="5">
-        <v>2.7483089709905428</v>
+        <v>2.748308938705657</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>387.34241744000002</v>
+        <v>387.34241739999999</v>
       </c>
       <c r="C212" s="5">
-        <v>1.1159189800000036</v>
+        <v>1.1159188999999969</v>
       </c>
       <c r="D212" s="5">
-        <v>3.5227744540432537</v>
+        <v>3.5227741970988768</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>391.04197457999999</v>
+        <v>391.0419746</v>
       </c>
       <c r="C213" s="5">
-        <v>3.6995571399999676</v>
+        <v>3.6995572000000152</v>
       </c>
       <c r="D213" s="5">
-        <v>12.083019487421431</v>
+        <v>12.083019695106545</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>389.23600894999998</v>
+        <v>389.23600900000002</v>
       </c>
       <c r="C214" s="5">
-        <v>-1.8059656300000029</v>
+        <v>-1.8059655999999791</v>
       </c>
       <c r="D214" s="5">
-        <v>-5.4033833702926142</v>
+        <v>-5.4033832825318706</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>389.91588901</v>
+        <v>389.91588899999999</v>
       </c>
       <c r="C215" s="5">
-        <v>0.67988006000001633</v>
+        <v>0.67987999999996873</v>
       </c>
       <c r="D215" s="5">
-        <v>2.116298831306862</v>
+        <v>2.1162986424690278</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>389.89381687000002</v>
+        <v>389.89381689999999</v>
       </c>
       <c r="C216" s="5">
-        <v>-2.207213999997748E-2</v>
+        <v>-2.2072100000002592E-2</v>
       </c>
       <c r="D216" s="5">
-        <v>-6.7907782036502606E-2</v>
+        <v>-6.7907659011479105E-2</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>389.55339565000003</v>
+        <v>389.55339570000001</v>
       </c>
       <c r="C217" s="5">
-        <v>-0.34042121999999608</v>
+        <v>-0.34042119999998022</v>
       </c>
       <c r="D217" s="5">
-        <v>-1.0427184335979778</v>
+        <v>-1.0427183725514766</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>390.25492234000001</v>
+        <v>390.25492229999998</v>
       </c>
       <c r="C218" s="5">
-        <v>0.70152668999998014</v>
+        <v>0.70152659999996558</v>
       </c>
       <c r="D218" s="5">
-        <v>2.1825515040095</v>
+        <v>2.1825512209445508</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>390.86461378000001</v>
+        <v>390.86461379999997</v>
       </c>
       <c r="C219" s="5">
-        <v>0.60969144000000597</v>
+        <v>0.60969149999999672</v>
       </c>
       <c r="D219" s="5">
-        <v>1.8909413774703454</v>
+        <v>1.8909415653560524</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>390.73406285999999</v>
+        <v>390.73406290000003</v>
       </c>
       <c r="C220" s="5">
-        <v>-0.13055092000001878</v>
+        <v>-0.13055089999994607</v>
       </c>
       <c r="D220" s="5">
-        <v>-0.40007109238290317</v>
+        <v>-0.40007103118506748</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>391.05216839000002</v>
+        <v>391.05216840000003</v>
       </c>
       <c r="C221" s="5">
-        <v>0.31810553000002528</v>
+        <v>0.31810550000000148</v>
       </c>
       <c r="D221" s="5">
-        <v>0.98133377018521095</v>
+        <v>0.98133367712134323</v>
       </c>
       <c r="E221" s="5">
-        <v>1.5754038340646481</v>
+        <v>1.5754038287469019</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>392.23992234999997</v>
+        <v>392.23992240000001</v>
       </c>
       <c r="C222" s="5">
-        <v>1.1877539599999523</v>
+        <v>1.187753999999984</v>
       </c>
       <c r="D222" s="5">
-        <v>3.7063024916165199</v>
+        <v>3.7063026184300574</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
         <v>393.4071831</v>
       </c>
       <c r="C223" s="5">
-        <v>1.1672607500000254</v>
+        <v>1.1672606999999857</v>
       </c>
       <c r="D223" s="5">
-        <v>3.6300940969896889</v>
+        <v>3.6300939384688924</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>393.13897536000002</v>
+        <v>393.13897539999999</v>
       </c>
       <c r="C224" s="5">
-        <v>-0.26820773999997982</v>
+        <v>-0.26820770000000493</v>
       </c>
       <c r="D224" s="5">
-        <v>-0.81504663667137933</v>
+        <v>-0.81504651557233743</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>391.22015403</v>
+        <v>391.22015399999998</v>
       </c>
       <c r="C225" s="5">
-        <v>-1.9188213300000143</v>
+        <v>-1.918821400000013</v>
       </c>
       <c r="D225" s="5">
-        <v>-5.7022306031100918</v>
+        <v>-5.7022308050147625</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>391.66363581000002</v>
+        <v>391.66363580000001</v>
       </c>
       <c r="C226" s="5">
-        <v>0.44348178000001326</v>
+        <v>0.44348180000002912</v>
       </c>
       <c r="D226" s="5">
-        <v>1.3688167234326309</v>
+        <v>1.3688167856540812</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
         <v>393.29909509999999</v>
       </c>
       <c r="C227" s="5">
-        <v>1.6354592899999716</v>
+        <v>1.6354592999999795</v>
       </c>
       <c r="D227" s="5">
-        <v>5.1275038113703264</v>
+        <v>5.1275038435799614</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>395.68512003000001</v>
+        <v>395.68511999999998</v>
       </c>
       <c r="C228" s="5">
-        <v>2.3860249300000191</v>
+        <v>2.3860248999999953</v>
       </c>
       <c r="D228" s="5">
-        <v>7.5279231852771522</v>
+        <v>7.5279230874463643</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>401.62434148</v>
+        <v>401.62434150000001</v>
       </c>
       <c r="C229" s="5">
-        <v>5.9392214499999909</v>
+        <v>5.9392215000000306</v>
       </c>
       <c r="D229" s="5">
-        <v>19.575909705701754</v>
+        <v>19.575909885948995</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>403.65343156</v>
+        <v>403.65343159999998</v>
       </c>
       <c r="C230" s="5">
-        <v>2.0290900800000031</v>
+        <v>2.0290900999999621</v>
       </c>
       <c r="D230" s="5">
-        <v>6.2339840408281777</v>
+        <v>6.2339841036724852</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>397.63194363000002</v>
+        <v>397.6319436</v>
       </c>
       <c r="C231" s="5">
-        <v>-6.021487929999978</v>
+        <v>-6.0214879999999766</v>
       </c>
       <c r="D231" s="5">
-        <v>-16.502897341996213</v>
+        <v>-16.502897516880854</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>398.70751831000001</v>
+        <v>398.7075183</v>
       </c>
       <c r="C232" s="5">
-        <v>1.0755746799999883</v>
+        <v>1.0755747000000042</v>
       </c>
       <c r="D232" s="5">
-        <v>3.2946691322218946</v>
+        <v>3.2946691946521334</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>400.31363474</v>
+        <v>400.31363470000002</v>
       </c>
       <c r="C233" s="5">
-        <v>1.6061164299999859</v>
+        <v>1.606116400000019</v>
       </c>
       <c r="D233" s="5">
-        <v>4.9425199712334278</v>
+        <v>4.9425198769858625</v>
       </c>
       <c r="E233" s="5">
-        <v>2.3683454788475666</v>
+        <v>2.3683454660009984</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>403.65723152999999</v>
+        <v>403.65723150000002</v>
       </c>
       <c r="C234" s="5">
-        <v>3.3435967899999923</v>
+        <v>3.3435968000000003</v>
       </c>
       <c r="D234" s="5">
-        <v>10.496432752552987</v>
+        <v>10.496432786499209</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>399.24970165000002</v>
+        <v>399.2497017</v>
       </c>
       <c r="C235" s="5">
-        <v>-4.40752987999997</v>
+        <v>-4.4075298000000203</v>
       </c>
       <c r="D235" s="5">
-        <v>-12.343857263186365</v>
+        <v>-12.343857053279416</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
         <v>399.37129119999997</v>
       </c>
       <c r="C236" s="5">
-        <v>0.12158954999995331</v>
+        <v>0.12158949999997049</v>
       </c>
       <c r="D236" s="5">
-        <v>0.36606690598361968</v>
+        <v>0.36606675515149512</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>398.92963522999997</v>
+        <v>398.92963520000001</v>
       </c>
       <c r="C237" s="5">
-        <v>-0.44165596999999934</v>
+        <v>-0.4416559999999663</v>
       </c>
       <c r="D237" s="5">
-        <v>-1.3190118376908866</v>
+        <v>-1.3190119267420197</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>401.79558097</v>
+        <v>401.79558100000003</v>
       </c>
       <c r="C238" s="5">
-        <v>2.8659457400000292</v>
+        <v>2.86594580000002</v>
       </c>
       <c r="D238" s="5">
-        <v>8.9698299491496982</v>
+        <v>8.9698301451200955</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>403.03029382</v>
+        <v>403.03029379999998</v>
       </c>
       <c r="C239" s="5">
-        <v>1.234712849999994</v>
+        <v>1.2347127999999543</v>
       </c>
       <c r="D239" s="5">
-        <v>3.7505534792270812</v>
+        <v>3.7505533244864386</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>403.37558378</v>
+        <v>403.37558380000002</v>
       </c>
       <c r="C240" s="5">
-        <v>0.34528996000000234</v>
+        <v>0.34529000000003407</v>
       </c>
       <c r="D240" s="5">
-        <v>1.0329396297965143</v>
+        <v>1.0329397500731696</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>404.11008530999999</v>
+        <v>404.11008529999998</v>
       </c>
       <c r="C241" s="5">
-        <v>0.73450152999998863</v>
+        <v>0.73450149999996484</v>
       </c>
       <c r="D241" s="5">
-        <v>2.2070814489532742</v>
+        <v>2.207081357791929</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>405.10213611</v>
+        <v>405.1021361</v>
       </c>
       <c r="C242" s="5">
         <v>0.99205080000001544</v>
       </c>
       <c r="D242" s="5">
-        <v>2.9859853121182445</v>
+        <v>2.9859853121932511</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>407.65138138999998</v>
+        <v>407.65138139999999</v>
       </c>
       <c r="C243" s="5">
-        <v>2.5492452799999796</v>
+        <v>2.5492452999999955</v>
       </c>
       <c r="D243" s="5">
-        <v>7.8183350933390905</v>
+        <v>7.8183351570154658</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>408.05461437999998</v>
+        <v>408.05461439999999</v>
       </c>
       <c r="C244" s="5">
-        <v>0.40323298999999224</v>
+        <v>0.40323300000000017</v>
       </c>
       <c r="D244" s="5">
-        <v>1.1934726627847558</v>
+        <v>1.1934726925139971</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>409.83495613000002</v>
+        <v>409.8349561</v>
       </c>
       <c r="C245" s="5">
-        <v>1.7803417500000478</v>
+        <v>1.7803417000000081</v>
       </c>
       <c r="D245" s="5">
-        <v>5.3630796625147914</v>
+        <v>5.3630795079935956</v>
       </c>
       <c r="E245" s="5">
-        <v>2.3784654240378345</v>
+        <v>2.378465426773535</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>410.67061845000001</v>
+        <v>410.67061849999999</v>
       </c>
       <c r="C246" s="5">
-        <v>0.83566231999998308</v>
+        <v>0.8356623999999897</v>
       </c>
       <c r="D246" s="5">
-        <v>2.4744534785003491</v>
+        <v>2.4744537182318282</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
         <v>408.96094599999998</v>
       </c>
       <c r="C247" s="5">
-        <v>-1.7096724500000278</v>
+        <v>-1.7096725000000106</v>
       </c>
       <c r="D247" s="5">
-        <v>-4.8829321199490909</v>
+        <v>-4.8829322589173945</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>407.59963541000002</v>
+        <v>407.59963540000001</v>
       </c>
       <c r="C248" s="5">
-        <v>-1.3613105899999596</v>
+        <v>-1.3613105999999675</v>
       </c>
       <c r="D248" s="5">
-        <v>-3.922122243237347</v>
+        <v>-3.9221222715233095</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>412.64725815000003</v>
+        <v>412.64725820000001</v>
       </c>
       <c r="C249" s="5">
-        <v>5.0476227400000084</v>
+        <v>5.0476227999999992</v>
       </c>
       <c r="D249" s="5">
-        <v>15.915662799954688</v>
+        <v>15.915663002625502</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>414.02867985</v>
+        <v>414.02867989999999</v>
       </c>
       <c r="C250" s="5">
         <v>1.3814216999999758</v>
       </c>
       <c r="D250" s="5">
-        <v>4.092045938949318</v>
+        <v>4.0920459384442776</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>414.95248012000002</v>
+        <v>414.9524801</v>
       </c>
       <c r="C251" s="5">
-        <v>0.92380027000001519</v>
+        <v>0.9238002000000165</v>
       </c>
       <c r="D251" s="5">
-        <v>2.7105999281040072</v>
+        <v>2.7105997198526577</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>411.94197276</v>
+        <v>411.94197279999997</v>
       </c>
       <c r="C252" s="5">
-        <v>-3.0105073600000196</v>
+        <v>-3.0105073000000289</v>
       </c>
       <c r="D252" s="5">
-        <v>-8.3669467354744338</v>
+        <v>-8.366946575703782</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>411.99267505</v>
+        <v>411.99267509999999</v>
       </c>
       <c r="C253" s="5">
-        <v>5.0702290000003813E-2</v>
+        <v>5.0702300000011746E-2</v>
       </c>
       <c r="D253" s="5">
-        <v>0.14779739915282697</v>
+        <v>0.14779742830843823</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>411.59358407000002</v>
+        <v>411.59358409999999</v>
       </c>
       <c r="C254" s="5">
-        <v>-0.39909097999998266</v>
+        <v>-0.39909099999999853</v>
       </c>
       <c r="D254" s="5">
-        <v>-1.1562484233668791</v>
+        <v>-1.1562484808629647</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>410.93809264999999</v>
+        <v>410.93809270000003</v>
       </c>
       <c r="C255" s="5">
-        <v>-0.65549142000003258</v>
+        <v>-0.65549139999995987</v>
       </c>
       <c r="D255" s="5">
-        <v>-1.8944326030836844</v>
+        <v>-1.8944325456501265</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>412.02240461999997</v>
+        <v>412.02240460000002</v>
       </c>
       <c r="C256" s="5">
-        <v>1.0843119699999875</v>
+        <v>1.0843118999999888</v>
       </c>
       <c r="D256" s="5">
-        <v>3.2127093668488316</v>
+        <v>3.2127091560299581</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>409.54652776</v>
+        <v>409.54652779999998</v>
       </c>
       <c r="C257" s="5">
-        <v>-2.4758768599999712</v>
+        <v>-2.4758768000000373</v>
       </c>
       <c r="D257" s="5">
-        <v>-6.9772894599939743</v>
+        <v>-6.9772892967838951</v>
       </c>
       <c r="E257" s="5">
-        <v>-7.0376712792774576E-2</v>
+        <v>-7.0376695717888627E-2</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>410.41547424999999</v>
+        <v>410.41547430000003</v>
       </c>
       <c r="C258" s="5">
-        <v>0.86894648999998481</v>
+        <v>0.86894650000004958</v>
       </c>
       <c r="D258" s="5">
-        <v>2.5759966185507244</v>
+        <v>2.5759966482882257</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>410.70983824000001</v>
+        <v>410.70983819999998</v>
       </c>
       <c r="C259" s="5">
-        <v>0.29436399000002211</v>
+        <v>0.29436389999995072</v>
       </c>
       <c r="D259" s="5">
-        <v>0.86408430289355298</v>
+        <v>0.86408403755600105</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>408.24600368</v>
+        <v>408.24600370000002</v>
       </c>
       <c r="C260" s="5">
-        <v>-2.4638345600000093</v>
+        <v>-2.4638344999999617</v>
       </c>
       <c r="D260" s="5">
-        <v>-6.9659276919627473</v>
+        <v>-6.965927528539984</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>407.11064962</v>
+        <v>407.11064959999999</v>
       </c>
       <c r="C261" s="5">
-        <v>-1.1353540599999974</v>
+        <v>-1.1353541000000291</v>
       </c>
       <c r="D261" s="5">
-        <v>-3.2866885875376672</v>
+        <v>-3.2866887014082358</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>405.16196495999998</v>
+        <v>405.16196500000001</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.9486846600000263</v>
+        <v>-1.9486845999999787</v>
       </c>
       <c r="D262" s="5">
-        <v>-5.5951154305404867</v>
+        <v>-5.5951152630441818</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>402.84716615000002</v>
+        <v>402.8471662</v>
       </c>
       <c r="C263" s="5">
-        <v>-2.3147988099999566</v>
+        <v>-2.3147988000000055</v>
       </c>
       <c r="D263" s="5">
-        <v>-6.6445384353829517</v>
+        <v>-6.6445384069388052</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>402.73285228999998</v>
+        <v>402.73285229999999</v>
       </c>
       <c r="C264" s="5">
-        <v>-0.1143138600000384</v>
+        <v>-0.11431390000001329</v>
       </c>
       <c r="D264" s="5">
-        <v>-0.33998685707917753</v>
+        <v>-0.33998697581756332</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
         <v>401.8412495</v>
       </c>
       <c r="C265" s="5">
-        <v>-0.891602789999979</v>
+        <v>-0.89160279999998693</v>
       </c>
       <c r="D265" s="5">
-        <v>-2.6245468814451778</v>
+        <v>-2.6245469104596131</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>398.34660152999999</v>
+        <v>398.34660150000002</v>
       </c>
       <c r="C266" s="5">
-        <v>-3.4946479700000168</v>
+        <v>-3.4946479999999838</v>
       </c>
       <c r="D266" s="5">
-        <v>-9.9509346383952373</v>
+        <v>-9.9509347197757165</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>395.20204138000003</v>
+        <v>395.20204139999998</v>
       </c>
       <c r="C267" s="5">
-        <v>-3.1445601499999611</v>
+        <v>-3.1445601000000352</v>
       </c>
       <c r="D267" s="5">
-        <v>-9.0721851380095249</v>
+        <v>-9.072185000615951</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>394.13614510999997</v>
+        <v>394.13614510000002</v>
       </c>
       <c r="C268" s="5">
-        <v>-1.0658962700000529</v>
+        <v>-1.065896299999963</v>
       </c>
       <c r="D268" s="5">
-        <v>-3.1889290227347211</v>
+        <v>-3.1889291110016038</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>391.40839532000001</v>
+        <v>391.4083953</v>
       </c>
       <c r="C269" s="5">
-        <v>-2.7277497899999616</v>
+        <v>-2.7277498000000264</v>
       </c>
       <c r="D269" s="5">
-        <v>-7.9960519761306799</v>
+        <v>-7.9960520045330945</v>
       </c>
       <c r="E269" s="5">
-        <v>-4.4288331631587408</v>
+        <v>-4.4288331773765233</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>393.52539636</v>
+        <v>393.52539639999998</v>
       </c>
       <c r="C270" s="5">
-        <v>2.117001039999991</v>
+        <v>2.1170010999999818</v>
       </c>
       <c r="D270" s="5">
-        <v>6.6870092837062023</v>
+        <v>6.6870094792542689</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>397.90541562999999</v>
+        <v>397.90541560000003</v>
       </c>
       <c r="C271" s="5">
-        <v>4.3800192699999911</v>
+        <v>4.3800192000000493</v>
       </c>
       <c r="D271" s="5">
-        <v>14.204974418093608</v>
+        <v>14.20497417546731</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>396.09092103</v>
+        <v>396.09092099999998</v>
       </c>
       <c r="C272" s="5">
-        <v>-1.8144945999999891</v>
+        <v>-1.8144946000000459</v>
       </c>
       <c r="D272" s="5">
-        <v>-5.3369586578761457</v>
+        <v>-5.3369586582686424</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>396.98861588</v>
+        <v>396.98861590000001</v>
       </c>
       <c r="C273" s="5">
-        <v>0.89769484999999349</v>
+        <v>0.89769490000003316</v>
       </c>
       <c r="D273" s="5">
-        <v>2.7538213440667647</v>
+        <v>2.7538214995778798</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>397.42545187000002</v>
+        <v>397.42545189999998</v>
       </c>
       <c r="C274" s="5">
-        <v>0.43683599000002005</v>
+        <v>0.43683599999997114</v>
       </c>
       <c r="D274" s="5">
-        <v>1.3284697346592989</v>
+        <v>1.3284697651873234</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>397.17572256</v>
+        <v>397.17572259999997</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.24972931000002063</v>
+        <v>-0.2497293000000127</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.75144068596894042</v>
+        <v>-0.75144065592611664</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>398.82384123000003</v>
+        <v>398.8238412</v>
       </c>
       <c r="C276" s="5">
-        <v>1.6481186700000308</v>
+        <v>1.6481186000000321</v>
       </c>
       <c r="D276" s="5">
-        <v>5.0947479213566904</v>
+        <v>5.0947476994820828</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>397.54021232999997</v>
+        <v>397.54021230000001</v>
       </c>
       <c r="C277" s="5">
-        <v>-1.2836289000000534</v>
+        <v>-1.2836288999999965</v>
       </c>
       <c r="D277" s="5">
-        <v>-3.7946022104060284</v>
+        <v>-3.7946022106863486</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>397.69654895999997</v>
+        <v>397.696549</v>
       </c>
       <c r="C278" s="5">
-        <v>0.15633662999999842</v>
+        <v>0.15633669999999711</v>
       </c>
       <c r="D278" s="5">
-        <v>0.47293394904950325</v>
+        <v>0.4729341613004534</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>400.40578593999999</v>
+        <v>400.40578590000001</v>
       </c>
       <c r="C279" s="5">
-        <v>2.7092369800000142</v>
+        <v>2.7092369000000076</v>
       </c>
       <c r="D279" s="5">
-        <v>8.4881404782535252</v>
+        <v>8.4881402172597866</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>399.73320782000002</v>
+        <v>399.7332078</v>
       </c>
       <c r="C280" s="5">
-        <v>-0.67257811999996875</v>
+        <v>-0.67257810000000973</v>
       </c>
       <c r="D280" s="5">
-        <v>-1.997171285881838</v>
+        <v>-1.9971712272387143</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>401.47640431000002</v>
+        <v>401.47640430000001</v>
       </c>
       <c r="C281" s="5">
-        <v>1.7431964900000025</v>
+        <v>1.7431965000000105</v>
       </c>
       <c r="D281" s="5">
-        <v>5.3604375439692431</v>
+        <v>5.3604375757358547</v>
       </c>
       <c r="E281" s="5">
-        <v>2.5722516712419541</v>
+        <v>2.5722516739282719</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
         <v>397.91199080000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-3.5644135100000085</v>
+        <v>-3.5644135000000006</v>
       </c>
       <c r="D282" s="5">
-        <v>-10.148773969835156</v>
+        <v>-10.148773942978917</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>401.06580958000001</v>
+        <v>401.06580960000002</v>
       </c>
       <c r="C283" s="5">
-        <v>3.1538187799999946</v>
+        <v>3.1538188000000105</v>
       </c>
       <c r="D283" s="5">
-        <v>9.936869764522438</v>
+        <v>9.936869830309103</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>401.25357522000002</v>
+        <v>401.2535752</v>
       </c>
       <c r="C284" s="5">
-        <v>0.18776564000000917</v>
+        <v>0.18776559999997744</v>
       </c>
       <c r="D284" s="5">
-        <v>0.56324883846534668</v>
+        <v>0.56324871813837607</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>400.76942181999999</v>
+        <v>400.76942179999998</v>
       </c>
       <c r="C285" s="5">
         <v>-0.48415340000002516</v>
       </c>
       <c r="D285" s="5">
-        <v>-1.438352178098834</v>
+        <v>-1.4383521781700881</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>399.79662717999997</v>
+        <v>399.79662719999999</v>
       </c>
       <c r="C286" s="5">
-        <v>-0.97279464000001781</v>
+        <v>-0.97279459999998608</v>
       </c>
       <c r="D286" s="5">
-        <v>-2.8742076024531493</v>
+        <v>-2.8742074859842592</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>400.00357364000001</v>
+        <v>400.00357359999998</v>
       </c>
       <c r="C287" s="5">
-        <v>0.20694646000004013</v>
+        <v>0.20694639999999254</v>
       </c>
       <c r="D287" s="5">
-        <v>0.62292665483583143</v>
+        <v>0.6229264736847151</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>398.83857288000002</v>
+        <v>398.83857289999997</v>
       </c>
       <c r="C288" s="5">
-        <v>-1.1650007599999981</v>
+        <v>-1.1650007000000073</v>
       </c>
       <c r="D288" s="5">
-        <v>-3.4395264191914743</v>
+        <v>-3.4395262452148856</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>399.62808409000002</v>
+        <v>399.62808410000002</v>
       </c>
       <c r="C289" s="5">
-        <v>0.78951121000000057</v>
+        <v>0.78951120000004948</v>
       </c>
       <c r="D289" s="5">
-        <v>2.4014645124461609</v>
+        <v>2.4014644815756325</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>399.24243433999999</v>
+        <v>399.24243430000001</v>
       </c>
       <c r="C290" s="5">
-        <v>-0.38564975000002732</v>
+        <v>-0.38564980000001015</v>
       </c>
       <c r="D290" s="5">
-        <v>-1.1518993383985099</v>
+        <v>-1.1518994869233135</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>399.94657540999998</v>
+        <v>399.94657539999997</v>
       </c>
       <c r="C291" s="5">
-        <v>0.70414106999999149</v>
+        <v>0.70414109999995844</v>
       </c>
       <c r="D291" s="5">
-        <v>2.1370827704348505</v>
+        <v>2.1370828625865146</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>399.89068049000002</v>
+        <v>399.89068049999997</v>
       </c>
       <c r="C292" s="5">
-        <v>-5.5894919999957438E-2</v>
+        <v>-5.5894899999998415E-2</v>
       </c>
       <c r="D292" s="5">
-        <v>-0.1675783098312289</v>
+        <v>-0.1675782499196754</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>398.27058427999998</v>
+        <v>398.2705843</v>
       </c>
       <c r="C293" s="5">
-        <v>-1.6200962100000424</v>
+        <v>-1.6200961999999777</v>
       </c>
       <c r="D293" s="5">
-        <v>-4.754738414155069</v>
+        <v>-4.7547383853408949</v>
       </c>
       <c r="E293" s="5">
-        <v>-0.79850770694973594</v>
+        <v>-0.79850769949719735</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>404.65670489000001</v>
+        <v>404.65670490000002</v>
       </c>
       <c r="C294" s="5">
-        <v>6.3861206100000345</v>
+        <v>6.3861206000000266</v>
       </c>
       <c r="D294" s="5">
-        <v>21.032530850818244</v>
+        <v>21.032530813775384</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
         <v>399.4440735</v>
       </c>
       <c r="C295" s="5">
-        <v>-5.2126313900000127</v>
+        <v>-5.2126314000000207</v>
       </c>
       <c r="D295" s="5">
-        <v>-14.40844933376848</v>
+        <v>-14.40844935915041</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
         <v>398.10677859999998</v>
       </c>
       <c r="C296" s="5">
         <v>-1.3372949000000176</v>
       </c>
       <c r="D296" s="5">
         <v>-3.9443123596840879</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>398.53322753999998</v>
+        <v>398.53322750000001</v>
       </c>
       <c r="C297" s="5">
-        <v>0.42644894000000022</v>
+        <v>0.42644890000002533</v>
       </c>
       <c r="D297" s="5">
-        <v>1.293031129620581</v>
+        <v>1.2930310076214813</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>398.33422832999997</v>
+        <v>398.33422830000001</v>
       </c>
       <c r="C298" s="5">
-        <v>-0.19899921000001086</v>
+        <v>-0.19899920000000293</v>
       </c>
       <c r="D298" s="5">
-        <v>-0.5975519975085386</v>
+        <v>-0.59755196762282248</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>398.94997327999999</v>
+        <v>398.94997330000001</v>
       </c>
       <c r="C299" s="5">
-        <v>0.61574495000002116</v>
+        <v>0.61574500000000398</v>
       </c>
       <c r="D299" s="5">
-        <v>1.8708119219502661</v>
+        <v>1.870812075300643</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>399.49635611000002</v>
+        <v>399.49635610000001</v>
       </c>
       <c r="C300" s="5">
-        <v>0.5463828300000273</v>
+        <v>0.5463828000000035</v>
       </c>
       <c r="D300" s="5">
-        <v>1.6558988222429072</v>
+        <v>1.6558987305536732</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>399.83364297000003</v>
+        <v>399.833643</v>
       </c>
       <c r="C301" s="5">
-        <v>0.33728686000000607</v>
+        <v>0.33728689999998096</v>
       </c>
       <c r="D301" s="5">
-        <v>1.0178540343711351</v>
+        <v>1.0178541556683296</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
         <v>401.25134350000002</v>
       </c>
       <c r="C302" s="5">
-        <v>1.4177005299999905</v>
+        <v>1.4177005000000236</v>
       </c>
       <c r="D302" s="5">
-        <v>4.3388360717125485</v>
+        <v>4.3388359777686958</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
         <v>401.05295280000001</v>
       </c>
       <c r="C303" s="5">
         <v>-0.19839070000000447</v>
       </c>
       <c r="D303" s="5">
         <v>-0.59170520813991434</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>401.48697661</v>
+        <v>401.48697659999999</v>
       </c>
       <c r="C304" s="5">
-        <v>0.43402380999998513</v>
+        <v>0.4340237999999772</v>
       </c>
       <c r="D304" s="5">
-        <v>1.3064106202162362</v>
+        <v>1.3064105899367018</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>401.87856907999998</v>
+        <v>401.87856909999999</v>
       </c>
       <c r="C305" s="5">
-        <v>0.39159246999997777</v>
+        <v>0.39159250000000156</v>
       </c>
       <c r="D305" s="5">
-        <v>1.1767255754769002</v>
+        <v>1.1767256661399328</v>
       </c>
       <c r="E305" s="5">
-        <v>0.90591295024275986</v>
+        <v>0.90591295019726292</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>401.36492253</v>
+        <v>401.36492249999998</v>
       </c>
       <c r="C306" s="5">
-        <v>-0.51364654999997583</v>
+        <v>-0.5136466000000155</v>
       </c>
       <c r="D306" s="5">
-        <v>-1.5230007821397717</v>
+        <v>-1.5230009292776736</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>400.86704071999998</v>
+        <v>400.86704070000002</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.49788181000002396</v>
+        <v>-0.49788179999995918</v>
       </c>
       <c r="D307" s="5">
-        <v>-1.4784519819749598</v>
+        <v>-1.4784519525919193</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>400.72432262000001</v>
+        <v>400.72432259999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.14271809999996776</v>
+        <v>-0.14271810000002461</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.4263926631089543</v>
+        <v>-0.42639266313044821</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>399.40087865999999</v>
+        <v>399.40087870000002</v>
       </c>
       <c r="C309" s="5">
-        <v>-1.3234439600000201</v>
+        <v>-1.3234438999999725</v>
       </c>
       <c r="D309" s="5">
-        <v>-3.8919534340201012</v>
+        <v>-3.8919532609567375</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>398.97197735999998</v>
+        <v>398.97197740000001</v>
       </c>
       <c r="C310" s="5">
         <v>-0.42890130000000681</v>
       </c>
       <c r="D310" s="5">
-        <v>-1.2810502175990779</v>
+        <v>-1.2810502174715022</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>399.57242817000002</v>
+        <v>399.57242819999999</v>
       </c>
       <c r="C311" s="5">
-        <v>0.60045081000004075</v>
+        <v>0.60045079999997597</v>
       </c>
       <c r="D311" s="5">
-        <v>1.8210182500409289</v>
+        <v>1.8210182192777591</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>399.59401971</v>
+        <v>399.59401969999999</v>
       </c>
       <c r="C312" s="5">
-        <v>2.159153999997443E-2</v>
+        <v>2.1591499999999542E-2</v>
       </c>
       <c r="D312" s="5">
-        <v>6.4863208775434167E-2</v>
+        <v>6.486308857078793E-2</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>400.37567117999998</v>
+        <v>400.3756712</v>
       </c>
       <c r="C313" s="5">
-        <v>0.78165146999998569</v>
+        <v>0.78165150000000949</v>
       </c>
       <c r="D313" s="5">
-        <v>2.3727563566780407</v>
+        <v>2.3727564487872055</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>401.86125866999998</v>
+        <v>401.86125870000001</v>
       </c>
       <c r="C314" s="5">
-        <v>1.4855874900000003</v>
+        <v>1.4855875000000083</v>
       </c>
       <c r="D314" s="5">
-        <v>4.5445807686163686</v>
+        <v>4.5445807996029153</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>402.55615526000003</v>
+        <v>402.5561553</v>
       </c>
       <c r="C315" s="5">
-        <v>0.69489659000004167</v>
+        <v>0.69489659999999276</v>
       </c>
       <c r="D315" s="5">
-        <v>2.0948832931798389</v>
+        <v>2.0948833234559094</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>402.46639377000002</v>
+        <v>402.46639379999999</v>
       </c>
       <c r="C316" s="5">
-        <v>-8.9761490000000776E-2</v>
+        <v>-8.9761500000008709E-2</v>
       </c>
       <c r="D316" s="5">
-        <v>-0.2672466594411449</v>
+        <v>-0.26724668915114602</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>403.10100691000002</v>
+        <v>403.10100690000002</v>
       </c>
       <c r="C317" s="5">
-        <v>0.63461313999999902</v>
+        <v>0.63461310000002413</v>
       </c>
       <c r="D317" s="5">
-        <v>1.9086686541120335</v>
+        <v>1.9086685326187292</v>
       </c>
       <c r="E317" s="5">
-        <v>0.30418089543777782</v>
+        <v>0.3041808879576946</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>403.59121117000001</v>
+        <v>403.59121119999998</v>
       </c>
       <c r="C318" s="5">
-        <v>0.49020425999998452</v>
+        <v>0.4902042999999594</v>
       </c>
       <c r="D318" s="5">
-        <v>1.4690996697408476</v>
+        <v>1.4690997904569292</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>403.14217766000002</v>
+        <v>403.14217769999999</v>
       </c>
       <c r="C319" s="5">
-        <v>-0.44903350999999248</v>
+        <v>-0.44903349999998454</v>
       </c>
       <c r="D319" s="5">
-        <v>-1.3269741398929669</v>
+        <v>-1.3269741104237731</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>403.02682048000003</v>
+        <v>403.02682049999999</v>
       </c>
       <c r="C320" s="5">
-        <v>-0.11535717999998951</v>
+        <v>-0.11535720000000538</v>
       </c>
       <c r="D320" s="5">
-        <v>-0.34283429667368859</v>
+        <v>-0.34283435598508882</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>407.82759238</v>
+        <v>407.82759240000001</v>
       </c>
       <c r="C321" s="5">
-        <v>4.8007718999999724</v>
+        <v>4.8007719000000293</v>
       </c>
       <c r="D321" s="5">
-        <v>15.268830094806152</v>
+        <v>15.268830093998176</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>408.93216160999998</v>
+        <v>408.93216159999997</v>
       </c>
       <c r="C322" s="5">
-        <v>1.1045692299999814</v>
+        <v>1.1045691999999576</v>
       </c>
       <c r="D322" s="5">
-        <v>3.2989608142000471</v>
+        <v>3.2989607230975215</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>409.93702647999999</v>
+        <v>409.9370265</v>
       </c>
       <c r="C323" s="5">
-        <v>1.0048648700000058</v>
+        <v>1.0048649000000296</v>
       </c>
       <c r="D323" s="5">
-        <v>2.9889287278499044</v>
+        <v>2.9889288183672535</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>413.10606908</v>
+        <v>413.10606910000001</v>
       </c>
       <c r="C324" s="5">
         <v>3.1690426000000116</v>
       </c>
       <c r="D324" s="5">
-        <v>9.6814404903473594</v>
+        <v>9.6814404898546425</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>411.56789681999999</v>
+        <v>411.56789680000003</v>
       </c>
       <c r="C325" s="5">
-        <v>-1.5381722600000103</v>
+        <v>-1.5381722999999852</v>
       </c>
       <c r="D325" s="5">
-        <v>-4.3777423010781247</v>
+        <v>-4.3777424123919939</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>413.16987024000002</v>
+        <v>413.16987019999999</v>
       </c>
       <c r="C326" s="5">
-        <v>1.6019734200000357</v>
+        <v>1.601973399999963</v>
       </c>
       <c r="D326" s="5">
-        <v>4.772143007084928</v>
+        <v>4.77214294646231</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>411.07472820999999</v>
+        <v>411.07472819999998</v>
       </c>
       <c r="C327" s="5">
-        <v>-2.0951420300000336</v>
+        <v>-2.0951420000000098</v>
       </c>
       <c r="D327" s="5">
-        <v>-5.9182006838459422</v>
+        <v>-5.9182006020104598</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
         <v>411.64362790000001</v>
       </c>
       <c r="C328" s="5">
-        <v>0.56889969000002338</v>
+        <v>0.56889970000003132</v>
       </c>
       <c r="D328" s="5">
-        <v>1.6734183123490176</v>
+        <v>1.6734183420294757</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>412.77437917999998</v>
+        <v>412.7743792</v>
       </c>
       <c r="C329" s="5">
-        <v>1.1307512799999699</v>
+        <v>1.1307512999999858</v>
       </c>
       <c r="D329" s="5">
-        <v>3.3465610782523303</v>
+        <v>3.3465611383413751</v>
       </c>
       <c r="E329" s="5">
-        <v>2.3997390490666071</v>
+        <v>2.3997390565684507</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>413.67927705</v>
+        <v>413.67927709999998</v>
       </c>
       <c r="C330" s="5">
-        <v>0.90489787000001343</v>
+        <v>0.90489789999998038</v>
       </c>
       <c r="D330" s="5">
-        <v>2.6626321330643465</v>
+        <v>2.662632222274719</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>415.80603888000002</v>
+        <v>415.80603889999998</v>
       </c>
       <c r="C331" s="5">
-        <v>2.1267618300000208</v>
+        <v>2.126761799999997</v>
       </c>
       <c r="D331" s="5">
-        <v>6.3467738854364075</v>
+        <v>6.3467737925737566</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>415.22392513</v>
+        <v>415.22392509999997</v>
       </c>
       <c r="C332" s="5">
-        <v>-0.58211375000001908</v>
+        <v>-0.5821138000000019</v>
       </c>
       <c r="D332" s="5">
-        <v>-1.6670823908064181</v>
+        <v>-1.6670825328181871</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>419.07455993000002</v>
+        <v>419.0745599</v>
       </c>
       <c r="C333" s="5">
         <v>3.850634800000023</v>
       </c>
       <c r="D333" s="5">
-        <v>11.713880356874352</v>
+        <v>11.71388035776415</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>415.79775925000001</v>
+        <v>415.7977593</v>
       </c>
       <c r="C334" s="5">
-        <v>-3.276800680000008</v>
+        <v>-3.2768006000000014</v>
       </c>
       <c r="D334" s="5">
-        <v>-8.98978019406157</v>
+        <v>-8.9897799845519604</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>414.93081933000002</v>
+        <v>414.9308193</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.86693991999999298</v>
+        <v>-0.8669399999999996</v>
       </c>
       <c r="D335" s="5">
-        <v>-2.4735112800096992</v>
+        <v>-2.4735115053567291</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>412.57864855000003</v>
+        <v>412.57864860000001</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.3521707799999945</v>
+        <v>-2.3521706999999878</v>
       </c>
       <c r="D336" s="5">
-        <v>-6.5944538665001051</v>
+        <v>-6.5944536496234329</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>410.73303385000003</v>
+        <v>410.73303390000001</v>
       </c>
       <c r="C337" s="5">
         <v>-1.8456146999999987</v>
       </c>
       <c r="D337" s="5">
-        <v>-5.237914603343774</v>
+        <v>-5.2379146027245245</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>412.16611026999999</v>
+        <v>412.16611030000001</v>
       </c>
       <c r="C338" s="5">
-        <v>1.4330764199999635</v>
+        <v>1.4330764000000045</v>
       </c>
       <c r="D338" s="5">
-        <v>4.2681719848013167</v>
+        <v>4.2681719235576177</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>413.39719029000003</v>
+        <v>413.39719029999998</v>
       </c>
       <c r="C339" s="5">
-        <v>1.2310800200000358</v>
+        <v>1.2310799999999631</v>
       </c>
       <c r="D339" s="5">
-        <v>3.6436956178531599</v>
+        <v>3.643695557412463</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>414.06707994999999</v>
+        <v>414.06707999999998</v>
       </c>
       <c r="C340" s="5">
-        <v>0.66988965999996708</v>
+        <v>0.66988969999999881</v>
       </c>
       <c r="D340" s="5">
-        <v>1.9619651586522791</v>
+        <v>1.9619652768021911</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
         <v>414.21300070000001</v>
       </c>
       <c r="C341" s="5">
-        <v>0.14592075000001614</v>
+        <v>0.14592070000003332</v>
       </c>
       <c r="D341" s="5">
-        <v>0.42371080431762298</v>
+        <v>0.42371065879971415</v>
       </c>
       <c r="E341" s="5">
-        <v>0.34852490671972713</v>
+        <v>0.34852490185757201</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>410.97595565</v>
+        <v>410.97595569999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-3.2370450500000061</v>
+        <v>-3.2370450000000233</v>
       </c>
       <c r="D342" s="5">
-        <v>-8.9851497252565586</v>
+        <v>-8.985149592380349</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>414.73302783000003</v>
+        <v>414.7330278</v>
       </c>
       <c r="C343" s="5">
-        <v>3.7570721800000229</v>
+        <v>3.7570721000000162</v>
       </c>
       <c r="D343" s="5">
-        <v>11.53893679064768</v>
+        <v>11.538936530988719</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>416.07059557000002</v>
+        <v>416.07059559999999</v>
       </c>
       <c r="C344" s="5">
-        <v>1.3375677399999972</v>
+        <v>1.337567799999988</v>
       </c>
       <c r="D344" s="5">
-        <v>3.9395484862544183</v>
+        <v>3.9395486664094204</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>416.39989213000001</v>
+        <v>416.39989209999999</v>
       </c>
       <c r="C345" s="5">
-        <v>0.32929655999998886</v>
+        <v>0.3292964999999981</v>
       </c>
       <c r="D345" s="5">
-        <v>0.95387780985589643</v>
+        <v>0.95387763522660762</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>417.55966137000001</v>
+        <v>417.55966139999998</v>
       </c>
       <c r="C346" s="5">
-        <v>1.1597692400000028</v>
+        <v>1.1597692999999936</v>
       </c>
       <c r="D346" s="5">
-        <v>3.393953186393861</v>
+        <v>3.393953364924629</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>418.09630398000002</v>
+        <v>418.09630399999998</v>
       </c>
       <c r="C347" s="5">
-        <v>0.53664261000000124</v>
+        <v>0.53664259999999331</v>
       </c>
       <c r="D347" s="5">
-        <v>1.5531735465838636</v>
+        <v>1.5531735173239136</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>420.72043517999998</v>
+        <v>420.7204352</v>
       </c>
       <c r="C348" s="5">
-        <v>2.6241311999999652</v>
+        <v>2.6241312000000221</v>
       </c>
       <c r="D348" s="5">
-        <v>7.7971661793707181</v>
+        <v>7.7971661789850932</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>420.13321558000001</v>
+        <v>420.13321560000003</v>
       </c>
       <c r="C349" s="5">
         <v>-0.58721959999996898</v>
       </c>
       <c r="D349" s="5">
-        <v>-1.6620993922035865</v>
+        <v>-1.662099392125127</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>418.91089435999999</v>
+        <v>418.91089440000002</v>
       </c>
       <c r="C350" s="5">
-        <v>-1.2223212200000262</v>
+        <v>-1.2223212000000103</v>
       </c>
       <c r="D350" s="5">
-        <v>-3.4359121324246011</v>
+        <v>-3.4359120769406837</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>415.98552462999999</v>
+        <v>415.98552460000002</v>
       </c>
       <c r="C351" s="5">
-        <v>-2.9253697299999999</v>
+        <v>-2.9253697999999986</v>
       </c>
       <c r="D351" s="5">
-        <v>-8.0654485193192187</v>
+        <v>-8.0654487042219891</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>420.27532163000001</v>
+        <v>420.27532159999998</v>
       </c>
       <c r="C352" s="5">
-        <v>4.2897970000000214</v>
+        <v>4.2897969999999646</v>
       </c>
       <c r="D352" s="5">
-        <v>13.101417851682884</v>
+        <v>13.101417852681841</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>420.18720361999999</v>
+        <v>420.18720359999998</v>
       </c>
       <c r="C353" s="5">
-        <v>-8.8118010000016511E-2</v>
+        <v>-8.8118000000008578E-2</v>
       </c>
       <c r="D353" s="5">
-        <v>-0.251310875632893</v>
+        <v>-0.25131084716386587</v>
       </c>
       <c r="E353" s="5">
-        <v>1.4423021271432468</v>
+        <v>1.4423021223148202</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>419.07489241000002</v>
+        <v>419.07489240000001</v>
       </c>
       <c r="C354" s="5">
-        <v>-1.112311209999973</v>
+        <v>-1.1123111999999651</v>
       </c>
       <c r="D354" s="5">
-        <v>-3.1307719107806609</v>
+        <v>-3.1307718831894538</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>420.95786430999999</v>
+        <v>420.95786429999998</v>
       </c>
       <c r="C355" s="5">
         <v>1.8829718999999727</v>
       </c>
       <c r="D355" s="5">
-        <v>5.5270560361550869</v>
+        <v>5.5270560362902899</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
         <v>421.8257898</v>
       </c>
       <c r="C356" s="5">
-        <v>0.86792549000000463</v>
+        <v>0.86792550000001256</v>
       </c>
       <c r="D356" s="5">
-        <v>2.5023946017987075</v>
+        <v>2.5023946310187117</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>421.26342097999998</v>
+        <v>421.26342099999999</v>
       </c>
       <c r="C357" s="5">
-        <v>-0.56236882000001742</v>
+        <v>-0.56236880000000156</v>
       </c>
       <c r="D357" s="5">
-        <v>-1.5881348542942098</v>
+        <v>-1.5881347982274918</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
         <v>423.50338149999999</v>
       </c>
       <c r="C358" s="5">
-        <v>2.239960520000011</v>
+        <v>2.2399604999999951</v>
       </c>
       <c r="D358" s="5">
-        <v>6.5706427972003212</v>
+        <v>6.5706427364853992</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>423.56997841999998</v>
+        <v>423.56997840000002</v>
       </c>
       <c r="C359" s="5">
-        <v>6.6596919999994952E-2</v>
+        <v>6.659690000003593E-2</v>
       </c>
       <c r="D359" s="5">
-        <v>0.18886616353521735</v>
+        <v>0.18886610676722704</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>424.32161308000002</v>
+        <v>424.32161309999998</v>
       </c>
       <c r="C360" s="5">
-        <v>0.75163466000003609</v>
+        <v>0.75163469999995414</v>
       </c>
       <c r="D360" s="5">
-        <v>2.1503339498963436</v>
+        <v>2.1503340655529612</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>426.58866933000002</v>
+        <v>426.58866929999999</v>
       </c>
       <c r="C361" s="5">
-        <v>2.267056249999996</v>
+        <v>2.2670562000000132</v>
       </c>
       <c r="D361" s="5">
-        <v>6.603128563510885</v>
+        <v>6.6031284132525236</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>427.01069209000002</v>
+        <v>427.01069210000003</v>
       </c>
       <c r="C362" s="5">
-        <v>0.42202276000000438</v>
+        <v>0.42202280000003611</v>
       </c>
       <c r="D362" s="5">
-        <v>1.1936368531108688</v>
+        <v>1.1936369669463875</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>428.55936507000001</v>
+        <v>428.55936509999998</v>
       </c>
       <c r="C363" s="5">
-        <v>1.5486729799999921</v>
+        <v>1.5486729999999511</v>
       </c>
       <c r="D363" s="5">
-        <v>4.4400049337235847</v>
+        <v>4.4400049921053952</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>429.64086727</v>
+        <v>429.64086730000002</v>
       </c>
       <c r="C364" s="5">
-        <v>1.0815021999999885</v>
+        <v>1.0815022000000454</v>
       </c>
       <c r="D364" s="5">
-        <v>3.0706786657711982</v>
+        <v>3.0706786655534168</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>429.87277869000002</v>
+        <v>429.87277870000003</v>
       </c>
       <c r="C365" s="5">
-        <v>0.23191142000001719</v>
+        <v>0.23191140000000132</v>
       </c>
       <c r="D365" s="5">
-        <v>0.64966209857306723</v>
+        <v>0.64966204233427582</v>
       </c>
       <c r="E365" s="5">
-        <v>2.3050618835025904</v>
+        <v>2.3050618907519915</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>431.65382316</v>
+        <v>431.65382319999998</v>
       </c>
       <c r="C366" s="5">
-        <v>1.7810444699999834</v>
+        <v>1.7810444999999504</v>
       </c>
       <c r="D366" s="5">
-        <v>5.0867027500798301</v>
+        <v>5.0867028376011314</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>430.57233975999998</v>
+        <v>430.57233980000001</v>
       </c>
       <c r="C367" s="5">
-        <v>-1.0814834000000246</v>
+        <v>-1.0814833999999678</v>
       </c>
       <c r="D367" s="5">
-        <v>-2.9654440860031883</v>
+        <v>-2.9654440857319386</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>429.72170596000001</v>
+        <v>429.72170599999998</v>
       </c>
       <c r="C368" s="5">
-        <v>-0.85063379999996869</v>
+        <v>-0.85063380000002553</v>
       </c>
       <c r="D368" s="5">
-        <v>-2.345115713882584</v>
+        <v>-2.345115713667234</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>427.13418411999999</v>
+        <v>427.13418410000003</v>
       </c>
       <c r="C369" s="5">
-        <v>-2.5875218400000222</v>
+        <v>-2.5875218999999561</v>
       </c>
       <c r="D369" s="5">
-        <v>-6.9911090733565606</v>
+        <v>-6.9911092295076749</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>424.65065927000001</v>
+        <v>424.65065929999997</v>
       </c>
       <c r="C370" s="5">
-        <v>-2.4835248499999807</v>
+        <v>-2.4835248000000547</v>
       </c>
       <c r="D370" s="5">
-        <v>-6.7584096949603882</v>
+        <v>-6.7584095635235153</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>426.28008772999999</v>
+        <v>426.28008770000002</v>
       </c>
       <c r="C371" s="5">
-        <v>1.6294284599999855</v>
+        <v>1.6294284000000516</v>
       </c>
       <c r="D371" s="5">
-        <v>4.7029518765921985</v>
+        <v>4.7029516994064879</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>427.11810651000002</v>
+        <v>427.11810650000001</v>
       </c>
       <c r="C372" s="5">
-        <v>0.83801878000002716</v>
+        <v>0.83801879999998619</v>
       </c>
       <c r="D372" s="5">
-        <v>2.384740240589478</v>
+        <v>2.3847402982897448</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>429.67710147999998</v>
+        <v>429.67710149999999</v>
       </c>
       <c r="C373" s="5">
-        <v>2.5589949699999579</v>
+        <v>2.5589949999999817</v>
       </c>
       <c r="D373" s="5">
-        <v>7.431273990898779</v>
+        <v>7.4312740810887679</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>427.34661225000002</v>
+        <v>427.3466123</v>
       </c>
       <c r="C374" s="5">
-        <v>-2.3304892299999551</v>
+        <v>-2.3304891999999882</v>
       </c>
       <c r="D374" s="5">
-        <v>-6.3178888197666367</v>
+        <v>-6.317888740562827</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>423.25707739000001</v>
+        <v>423.25707740000001</v>
       </c>
       <c r="C375" s="5">
-        <v>-4.0895348600000148</v>
+        <v>-4.0895348999999896</v>
       </c>
       <c r="D375" s="5">
-        <v>-10.89797798003106</v>
+        <v>-10.897978079869542</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>422.91946584999999</v>
+        <v>422.91946589999998</v>
       </c>
       <c r="C376" s="5">
-        <v>-0.3376115400000117</v>
+        <v>-0.33761150000003681</v>
       </c>
       <c r="D376" s="5">
-        <v>-0.95299342030601419</v>
+        <v>-0.95299330786856595</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>422.40912802000003</v>
+        <v>422.40912800000001</v>
       </c>
       <c r="C377" s="5">
-        <v>-0.51033782999996902</v>
+        <v>-0.5103378999999677</v>
       </c>
       <c r="D377" s="5">
-        <v>-1.4384706768524436</v>
+        <v>-1.4384708726823292</v>
       </c>
       <c r="E377" s="5">
-        <v>-1.7362464059121896</v>
+        <v>-1.7362464128506172</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>426.50918515000001</v>
+        <v>426.50918519999999</v>
       </c>
       <c r="C378" s="5">
-        <v>4.100057129999982</v>
+        <v>4.1000571999999806</v>
       </c>
       <c r="D378" s="5">
-        <v>12.290011727925831</v>
+        <v>12.290011949691792</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>423.54659096</v>
+        <v>423.54659099999998</v>
       </c>
       <c r="C379" s="5">
-        <v>-2.9625941900000043</v>
+        <v>-2.9625942000000123</v>
       </c>
       <c r="D379" s="5">
-        <v>-8.0241890827028044</v>
+        <v>-8.0241891078565608</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>423.48900908000002</v>
+        <v>423.48900909999998</v>
       </c>
       <c r="C380" s="5">
-        <v>-5.758187999998654E-2</v>
+        <v>-5.7581900000002406E-2</v>
       </c>
       <c r="D380" s="5">
-        <v>-0.16302011098719982</v>
+        <v>-0.16302016755163073</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>424.94299304999998</v>
+        <v>424.94299310000002</v>
       </c>
       <c r="C381" s="5">
-        <v>1.4539839699999675</v>
+        <v>1.4539840000000481</v>
       </c>
       <c r="D381" s="5">
-        <v>4.1987114461477404</v>
+        <v>4.1987115342202008</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>422.06517493000001</v>
+        <v>422.06517489999999</v>
       </c>
       <c r="C382" s="5">
-        <v>-2.8778181199999722</v>
+        <v>-2.8778182000000356</v>
       </c>
       <c r="D382" s="5">
-        <v>-7.8307265062502189</v>
+        <v>-7.830726715004932</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>423.58783424000001</v>
+        <v>423.58783419999997</v>
       </c>
       <c r="C383" s="5">
-        <v>1.5226593099999945</v>
+        <v>1.5226592999999866</v>
       </c>
       <c r="D383" s="5">
-        <v>4.4161091550278808</v>
+        <v>4.4161091257675533</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>423.96606251999998</v>
+        <v>423.96606250000002</v>
       </c>
       <c r="C384" s="5">
-        <v>0.37822827999997344</v>
+        <v>0.37822830000004615</v>
       </c>
       <c r="D384" s="5">
-        <v>1.0767768536444233</v>
+        <v>1.0767769109646164</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>421.14730350999997</v>
+        <v>421.14730350000002</v>
       </c>
       <c r="C385" s="5">
-        <v>-2.8187590100000079</v>
+        <v>-2.818759</v>
       </c>
       <c r="D385" s="5">
-        <v>-7.6928871297246237</v>
+        <v>-7.6928871037727387</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>418.59230310999999</v>
+        <v>418.59230309999998</v>
       </c>
       <c r="C386" s="5">
-        <v>-2.5550003999999831</v>
+        <v>-2.5550004000000399</v>
       </c>
       <c r="D386" s="5">
-        <v>-7.0420432686361112</v>
+        <v>-7.0420432687979702</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>421.52087906000003</v>
+        <v>421.5208791</v>
       </c>
       <c r="C387" s="5">
-        <v>2.9285759500000381</v>
+        <v>2.9285760000000209</v>
       </c>
       <c r="D387" s="5">
-        <v>8.7262060104643879</v>
+        <v>8.7262061654435072</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>420.04429676000001</v>
+        <v>420.04429679999998</v>
       </c>
       <c r="C388" s="5">
         <v>-1.4765823000000182</v>
       </c>
       <c r="D388" s="5">
-        <v>-4.1235349815135658</v>
+        <v>-4.1235349811297954</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>420.44331748000002</v>
+        <v>420.44331749999998</v>
       </c>
       <c r="C389" s="5">
-        <v>0.39902072000000999</v>
+        <v>0.39902069999999412</v>
       </c>
       <c r="D389" s="5">
-        <v>1.1459137342436199</v>
+        <v>1.1459136763971811</v>
       </c>
       <c r="E389" s="5">
-        <v>-0.46538069601255172</v>
+        <v>-0.46538068656509779</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>420.01584386000002</v>
+        <v>420.01584389999999</v>
       </c>
       <c r="C390" s="5">
-        <v>-0.42747362000000066</v>
+        <v>-0.4274735999999848</v>
       </c>
       <c r="D390" s="5">
-        <v>-1.2132659038522453</v>
+        <v>-1.2132658473473779</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>419.68065754999998</v>
+        <v>419.68065760000002</v>
       </c>
       <c r="C391" s="5">
-        <v>-0.33518631000004007</v>
+        <v>-0.33518629999997529</v>
       </c>
       <c r="D391" s="5">
-        <v>-0.95344695785034572</v>
+        <v>-0.95344692943920561</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>419.80751463000001</v>
+        <v>419.80751459999999</v>
       </c>
       <c r="C392" s="5">
-        <v>0.12685708000003615</v>
+        <v>0.12685699999997269</v>
       </c>
       <c r="D392" s="5">
-        <v>0.36332822690112732</v>
+        <v>0.36332799735052657</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>420.20921817999999</v>
+        <v>420.20921820000001</v>
       </c>
       <c r="C393" s="5">
-        <v>0.40170354999997926</v>
+        <v>0.40170360000001892</v>
       </c>
       <c r="D393" s="5">
-        <v>1.1543130179632044</v>
+        <v>1.154313162480447</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>420.80824883000003</v>
+        <v>420.8082488</v>
       </c>
       <c r="C394" s="5">
-        <v>0.59903065000003153</v>
+        <v>0.59903059999999186</v>
       </c>
       <c r="D394" s="5">
-        <v>1.7241404695405693</v>
+        <v>1.7241403244166342</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>421.61720831999997</v>
+        <v>421.61720830000002</v>
       </c>
       <c r="C395" s="5">
-        <v>0.80895948999994971</v>
+        <v>0.80895950000001449</v>
       </c>
       <c r="D395" s="5">
-        <v>2.3314214173602466</v>
+        <v>2.3314214466539473</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>425.26683333</v>
+        <v>425.26683329999997</v>
       </c>
       <c r="C396" s="5">
-        <v>3.6496250100000225</v>
+        <v>3.6496249999999577</v>
       </c>
       <c r="D396" s="5">
-        <v>10.896597089661286</v>
+        <v>10.896597058910418</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>424.55426655999997</v>
+        <v>424.55426660000001</v>
       </c>
       <c r="C397" s="5">
-        <v>-0.71256677000002355</v>
+        <v>-0.71256669999996802</v>
       </c>
       <c r="D397" s="5">
-        <v>-1.9922640834894478</v>
+        <v>-1.9922638897158063</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>423.63583054999998</v>
+        <v>423.63583060000002</v>
       </c>
       <c r="C398" s="5">
-        <v>-0.91843600999999353</v>
+        <v>-0.9184359999999856</v>
       </c>
       <c r="D398" s="5">
-        <v>-2.5652883571078533</v>
+        <v>-2.5652883292693884</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>425.01434332000002</v>
+        <v>425.01434330000001</v>
       </c>
       <c r="C399" s="5">
-        <v>1.378512770000043</v>
+        <v>1.3785126999999875</v>
       </c>
       <c r="D399" s="5">
-        <v>3.975453012909469</v>
+        <v>3.9754528069339434</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>426.50780422000003</v>
+        <v>426.50780420000001</v>
       </c>
       <c r="C400" s="5">
         <v>1.4934609000000023</v>
       </c>
       <c r="D400" s="5">
-        <v>4.2991443780364014</v>
+        <v>4.2991443782427252</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>428.20560296999997</v>
+        <v>428.205603</v>
       </c>
       <c r="C401" s="5">
-        <v>1.6977987499999472</v>
+        <v>1.6977987999999868</v>
       </c>
       <c r="D401" s="5">
-        <v>4.8828210984083187</v>
+        <v>4.882821245604041</v>
       </c>
       <c r="E401" s="5">
-        <v>1.8462144996201912</v>
+        <v>1.8462145019108256</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>428.64400182000003</v>
+        <v>428.64400180000001</v>
       </c>
       <c r="C402" s="5">
-        <v>0.43839885000005552</v>
+        <v>0.43839880000001585</v>
       </c>
       <c r="D402" s="5">
-        <v>1.2355070984086503</v>
+        <v>1.2355069566155841</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>429.85421308000002</v>
+        <v>429.85421309999998</v>
       </c>
       <c r="C403" s="5">
-        <v>1.2102112599999941</v>
+        <v>1.210211299999969</v>
       </c>
       <c r="D403" s="5">
-        <v>3.4411266415568242</v>
+        <v>3.4411267572281856</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>431.63487644000003</v>
+        <v>431.6348764</v>
       </c>
       <c r="C404" s="5">
-        <v>1.7806633600000055</v>
+        <v>1.7806633000000147</v>
       </c>
       <c r="D404" s="5">
-        <v>5.0858140520422923</v>
+        <v>5.0858138765091709</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>434.59230859000002</v>
+        <v>434.59230860000002</v>
       </c>
       <c r="C405" s="5">
-        <v>2.9574321499999883</v>
+        <v>2.9574322000000279</v>
       </c>
       <c r="D405" s="5">
-        <v>8.5390674217242779</v>
+        <v>8.5390675723953091</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>437.46116697999997</v>
+        <v>437.46116699999999</v>
       </c>
       <c r="C406" s="5">
-        <v>2.8688583899999571</v>
+        <v>2.8688583999999651</v>
       </c>
       <c r="D406" s="5">
-        <v>8.2155459655618657</v>
+        <v>8.2155459950504994</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>440.53364507999999</v>
+        <v>440.5336451</v>
       </c>
       <c r="C407" s="5">
         <v>3.0724781000000121</v>
       </c>
       <c r="D407" s="5">
-        <v>8.7614290350449764</v>
+        <v>8.7614290346288435</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
         <v>440.73753579999999</v>
       </c>
       <c r="C408" s="5">
-        <v>0.20389072000000397</v>
+        <v>0.2038906999999881</v>
       </c>
       <c r="D408" s="5">
-        <v>0.55680796372632457</v>
+        <v>0.55680790894354626</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>443.22617724000003</v>
+        <v>443.2261772</v>
       </c>
       <c r="C409" s="5">
-        <v>2.4886414400000376</v>
+        <v>2.4886414000000059</v>
       </c>
       <c r="D409" s="5">
-        <v>6.9902880051777805</v>
+        <v>6.9902878893106646</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>446.10268345999998</v>
+        <v>446.10268350000001</v>
       </c>
       <c r="C410" s="5">
-        <v>2.8765062199999534</v>
+        <v>2.8765063000000168</v>
       </c>
       <c r="D410" s="5">
-        <v>8.0720032361609064</v>
+        <v>8.0720034694837128</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
         <v>448.45443260000002</v>
       </c>
       <c r="C411" s="5">
-        <v>2.3517491400000381</v>
+        <v>2.3517491000000064</v>
       </c>
       <c r="D411" s="5">
-        <v>6.5128055109076266</v>
+        <v>6.5128053963011467</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>450.92668265999998</v>
+        <v>450.92668270000001</v>
       </c>
       <c r="C412" s="5">
-        <v>2.4722500599999648</v>
+        <v>2.4722500999999966</v>
       </c>
       <c r="D412" s="5">
-        <v>6.8197020962646127</v>
+        <v>6.8197022099715676</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>452.65883229000002</v>
+        <v>452.65883229999997</v>
       </c>
       <c r="C413" s="5">
-        <v>1.7321496300000376</v>
+        <v>1.732149599999957</v>
       </c>
       <c r="D413" s="5">
-        <v>4.7082184623598033</v>
+        <v>4.708218378658624</v>
       </c>
       <c r="E413" s="5">
-        <v>5.7106280605378368</v>
+        <v>5.7106280554670708</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
         <v>453.55290919999999</v>
       </c>
       <c r="C414" s="5">
-        <v>0.89407690999996703</v>
+        <v>0.89407690000001594</v>
       </c>
       <c r="D414" s="5">
-        <v>2.3961194908712624</v>
+        <v>2.396119463725932</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>455.93167048999999</v>
+        <v>455.9316705</v>
       </c>
       <c r="C415" s="5">
-        <v>2.3787612899999999</v>
+        <v>2.3787613000000079</v>
       </c>
       <c r="D415" s="5">
-        <v>6.4784316044311785</v>
+        <v>6.4784316324562941</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>457.26803472</v>
+        <v>457.26803469999999</v>
       </c>
       <c r="C416" s="5">
-        <v>1.3363642300000151</v>
+        <v>1.3363641999999913</v>
       </c>
       <c r="D416" s="5">
-        <v>3.5745341181711021</v>
+        <v>3.5745340365489264</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>459.64491856000001</v>
+        <v>459.64491859999998</v>
       </c>
       <c r="C417" s="5">
-        <v>2.376883840000005</v>
+        <v>2.3768838999999957</v>
       </c>
       <c r="D417" s="5">
-        <v>6.4190657614376923</v>
+        <v>6.4190659284240281</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>462.74240166999999</v>
+        <v>462.74240170000002</v>
       </c>
       <c r="C418" s="5">
-        <v>3.0974831099999847</v>
+        <v>3.0974831000000336</v>
       </c>
       <c r="D418" s="5">
-        <v>8.3931895193521289</v>
+        <v>8.393189490485554</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>461.05676283000003</v>
+        <v>461.0567628</v>
       </c>
       <c r="C419" s="5">
-        <v>-1.6856388399999673</v>
+        <v>-1.6856389000000149</v>
       </c>
       <c r="D419" s="5">
-        <v>-4.2847352591849575</v>
+        <v>-4.2847354083846216</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>460.78623083000002</v>
+        <v>460.7862308</v>
       </c>
       <c r="C420" s="5">
         <v>-0.27053200000000288</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.70185017751952516</v>
+        <v>-0.70185017756506651</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>463.75703257999999</v>
+        <v>463.7570326</v>
       </c>
       <c r="C421" s="5">
-        <v>2.9708017499999642</v>
+        <v>2.9708018000000038</v>
       </c>
       <c r="D421" s="5">
-        <v>8.0170183145183529</v>
+        <v>8.0170184548093779</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>466.06544681000003</v>
+        <v>466.06544680000002</v>
       </c>
       <c r="C422" s="5">
-        <v>2.3084142300000394</v>
+        <v>2.3084142000000156</v>
       </c>
       <c r="D422" s="5">
-        <v>6.1394358189937215</v>
+        <v>6.1394357367368535</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>469.64410336999998</v>
+        <v>473.91352360000002</v>
       </c>
       <c r="C423" s="5">
-        <v>3.5786565599999562</v>
+        <v>7.8480768000000012</v>
       </c>
       <c r="D423" s="5">
-        <v>9.6133902784623526</v>
+        <v>22.187378298413684</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>470.30794537000003</v>
+        <v>474.13658880000003</v>
       </c>
       <c r="C424" s="5">
-        <v>0.66384200000004512</v>
+        <v>0.22306520000000774</v>
       </c>
       <c r="D424" s="5">
-        <v>1.7094491675662349</v>
+        <v>0.56628957712956396</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>471.24211147</v>
+        <v>474.77543650000001</v>
       </c>
       <c r="C425" s="5">
-        <v>0.93416609999997036</v>
+        <v>0.63884769999998525</v>
       </c>
       <c r="D425" s="5">
-        <v>2.409755601310315</v>
+        <v>1.6289060722697535</v>
       </c>
       <c r="E425" s="5">
-        <v>4.1053610035591825</v>
+        <v>4.8859323229425655</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>470.40485123000002</v>
+        <v>473.96414349999998</v>
       </c>
       <c r="C426" s="5">
-        <v>-0.83726023999997778</v>
+        <v>-0.81129300000003468</v>
       </c>
       <c r="D426" s="5">
-        <v>-2.1113398576502407</v>
+        <v>-2.0313892684727719</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>472.16793283999999</v>
+        <v>475.742254</v>
       </c>
       <c r="C427" s="5">
-        <v>1.763081609999972</v>
+        <v>1.7781105000000252</v>
       </c>
       <c r="D427" s="5">
-        <v>4.5914928917855313</v>
+        <v>4.5959479209651377</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>473.14690224999998</v>
+        <v>476.69535259999998</v>
       </c>
       <c r="C428" s="5">
-        <v>0.9789694099999906</v>
+        <v>0.9530985999999757</v>
       </c>
       <c r="D428" s="5">
-        <v>2.5165890192787144</v>
+        <v>2.4307386867677749</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>474.49226503</v>
+        <v>478.26322579999999</v>
       </c>
       <c r="C429" s="5">
-        <v>1.3453627800000163</v>
+        <v>1.5678732000000082</v>
       </c>
       <c r="D429" s="5">
-        <v>3.4659936612581932</v>
+        <v>4.0190420976405239</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>475.77724855999998</v>
+        <v>479.77205359999999</v>
       </c>
       <c r="C430" s="5">
-        <v>1.2849835299999768</v>
+        <v>1.5088278000000059</v>
       </c>
       <c r="D430" s="5">
-        <v>3.298591455647859</v>
+        <v>3.8521516700548375</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>475.38956976999998</v>
+        <v>479.40601520000001</v>
       </c>
       <c r="C431" s="5">
-        <v>-0.38767878999999539</v>
+        <v>-0.36603839999997945</v>
       </c>
       <c r="D431" s="5">
-        <v>-0.97342885997349082</v>
+        <v>-0.91169879378962815</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>473.23806743</v>
+        <v>477.69713109999998</v>
       </c>
       <c r="C432" s="5">
-        <v>-2.1515023399999791</v>
+        <v>-1.7088841000000343</v>
       </c>
       <c r="D432" s="5">
-        <v>-5.2977540170040971</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>-4.1946305994505773</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>474.46660487999998</v>
+        <v>478.7121813</v>
       </c>
       <c r="C433" s="5">
-        <v>1.2285374499999762</v>
+        <v>1.0150502000000188</v>
       </c>
       <c r="D433" s="5">
-        <v>3.1600957870362656</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>2.5798707215000549</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-[...3 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B434" s="5">
+        <v>482.15908209999998</v>
+      </c>
+      <c r="C434" s="5">
+        <v>3.4469007999999803</v>
+      </c>
+      <c r="D434" s="5">
+        <v>8.9909595578447021</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>482.79634709999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>0.63726500000001352</v>
+      </c>
+      <c r="D435" s="5">
+        <v>1.5976086617284224</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>483.19916189999998</v>
+      </c>
+      <c r="C436" s="5">
+        <v>0.40281479999998737</v>
+      </c>
+      <c r="D436" s="5">
+        <v>1.0058114417755615</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>483.27179389999998</v>
+      </c>
+      <c r="C437" s="5">
+        <v>7.2631999999998698E-2</v>
+      </c>
+      <c r="D437" s="5">
+        <v>0.18052699506687642</v>
+      </c>
+      <c r="E437" s="5">
+        <v>1.7895528594811694</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>