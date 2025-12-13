--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{427714F7-E112-4652-ADE6-5E2F364D0847}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{942C8E0C-399B-4C71-ACED-CCCD77CC687D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{03A3A121-F0E7-4CA0-B917-CBB3DFAB4A74}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{24A5BF07-7E57-4826-B162-1009BBCA20D6}"/>
   </bookViews>
   <sheets>
     <sheet name="AE930000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
   <si>
     <t xml:space="preserve">. </t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Local Government</t>
   </si>
   <si>
     <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry August 2025</t>
+    <t>Last data entry September 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,51 +920,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1926D8CF-8CE2-4F57-90BE-EB1DB26EAB13}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{497D6C1D-4E80-4123-B4B3-994E8AC4D4D5}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
@@ -7051,65 +7051,71 @@
         <v>2.569872499999974</v>
       </c>
       <c r="D431" s="5">
         <v>2.1730467640435736</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
         <v>1440.5761702</v>
       </c>
       <c r="C432" s="5">
         <v>4.7917322000000695</v>
       </c>
       <c r="D432" s="5">
         <v>4.0791688543218019</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1445.1012512</v>
+        <v>1444.5499067000001</v>
       </c>
       <c r="C433" s="5">
-        <v>4.5250810000000001</v>
+        <v>3.9737365000000864</v>
       </c>
       <c r="D433" s="5">
-        <v>3.8352008011620198</v>
+        <v>3.3608064557594464</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
-      <c r="B434" s="5" t="s">
-        <v>0</v>
+      <c r="B434" s="5">
+        <v>1445.4861068</v>
+      </c>
+      <c r="C434" s="5">
+        <v>0.93620009999995091</v>
+      </c>
+      <c r="D434" s="5">
+        <v>0.78048759861129025</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>0</v>
       </c>