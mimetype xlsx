--- v1 (2025-12-13)
+++ v2 (2026-02-01)
@@ -1,88 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{942C8E0C-399B-4C71-ACED-CCCD77CC687D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C97064AD-024C-42FE-AB28-A93EFF7BB620}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{24A5BF07-7E57-4826-B162-1009BBCA20D6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{142E1435-143D-4374-9B88-B7736EBA0FEF}"/>
   </bookViews>
   <sheets>
     <sheet name="AE930000" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="10">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Employment (in thousands)</t>
   </si>
   <si>
     <t>Monthly change (in thousands)</t>
   </si>
   <si>
     <t>M/M Annualized Pct Change</t>
   </si>
   <si>
     <t>Dec/Dec Pct Change</t>
   </si>
   <si>
     <t>Texas Payroll Employment - Local Government</t>
   </si>
   <si>
-    <t>Early benchmarked through 2025:Q1 and two-step seasonally adjusted.</t>
+    <t>Early benchmarked through 2025:Q2 and two-step seasonally adjusted.</t>
   </si>
   <si>
-    <t>Last data entry September 2025</t>
+    <t>Last data entry December 2025</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -920,6226 +917,6247 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{497D6C1D-4E80-4123-B4B3-994E8AC4D4D5}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC8ACA7B-AA39-41C6-B7D4-A900D9264153}">
   <dimension ref="A1:F437"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="3"/>
     <col min="2" max="2" width="14.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="5" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="E5" s="4" t="s">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="F5" s="4"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="3">
         <v>32874</v>
       </c>
       <c r="B6" s="5">
-        <v>779.30552409999996</v>
+        <v>779.30525060000002</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="3">
         <v>32905</v>
       </c>
       <c r="B7" s="5">
-        <v>778.70726961000003</v>
+        <v>778.70746359999998</v>
       </c>
       <c r="C7" s="5">
-        <v>-0.59825448999993114</v>
+        <v>-0.59778700000003937</v>
       </c>
       <c r="D7" s="5">
-        <v>-0.91733210430490209</v>
+        <v>-0.91661862147635054</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="3">
         <v>32933</v>
       </c>
       <c r="B8" s="5">
-        <v>781.54688556999997</v>
+        <v>781.54767770000001</v>
       </c>
       <c r="C8" s="5">
-        <v>2.8396159599999464</v>
+        <v>2.8402141000000256</v>
       </c>
       <c r="D8" s="5">
-        <v>4.4647315562692302</v>
+        <v>4.4656898232791065</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="3">
         <v>32964</v>
       </c>
       <c r="B9" s="5">
-        <v>781.86955303000002</v>
+        <v>781.87104179999994</v>
       </c>
       <c r="C9" s="5">
-        <v>0.32266746000004787</v>
+        <v>0.32336409999993521</v>
       </c>
       <c r="D9" s="5">
-        <v>0.49655547693028268</v>
+        <v>0.49762947694818038</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="3">
         <v>32994</v>
       </c>
       <c r="B10" s="5">
-        <v>781.98155036000003</v>
+        <v>781.98380840000004</v>
       </c>
       <c r="C10" s="5">
-        <v>0.11199733000000833</v>
+        <v>0.11276660000009997</v>
       </c>
       <c r="D10" s="5">
-        <v>0.17202707119501337</v>
+        <v>0.1732092716137279</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="3">
         <v>33025</v>
       </c>
       <c r="B11" s="5">
-        <v>780.10015284999997</v>
+        <v>780.10428109999998</v>
       </c>
       <c r="C11" s="5">
-        <v>-1.8813975100000562</v>
+        <v>-1.8795273000000634</v>
       </c>
       <c r="D11" s="5">
-        <v>-2.8492235732216042</v>
+        <v>-2.846420517320658</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="3">
         <v>33055</v>
       </c>
       <c r="B12" s="5">
-        <v>785.8068462</v>
+        <v>785.80408060000002</v>
       </c>
       <c r="C12" s="5">
-        <v>5.7066933500000232</v>
+        <v>5.6997995000000401</v>
       </c>
       <c r="D12" s="5">
-        <v>9.1403500822844421</v>
+        <v>9.1288105660886298</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
         <v>33086</v>
       </c>
       <c r="B13" s="5">
-        <v>769.53103524999995</v>
+        <v>769.53065189999995</v>
       </c>
       <c r="C13" s="5">
-        <v>-16.27581095000005</v>
+        <v>-16.273428700000068</v>
       </c>
       <c r="D13" s="5">
-        <v>-22.209963120778987</v>
+        <v>-22.207142758760078</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
         <v>33117</v>
       </c>
       <c r="B14" s="5">
-        <v>790.60460255999999</v>
+        <v>790.60251879999998</v>
       </c>
       <c r="C14" s="5">
-        <v>21.073567310000044</v>
+        <v>21.071866900000032</v>
       </c>
       <c r="D14" s="5">
-        <v>38.292422282707683</v>
+        <v>38.288875133256674</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
         <v>33147</v>
       </c>
       <c r="B15" s="5">
-        <v>795.10852037999996</v>
+        <v>795.10687240000004</v>
       </c>
       <c r="C15" s="5">
-        <v>4.5039178199999697</v>
+        <v>4.5043536000000586</v>
       </c>
       <c r="D15" s="5">
-        <v>7.0544757569687588</v>
+        <v>7.0551990286998656</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>33178</v>
       </c>
       <c r="B16" s="5">
-        <v>796.447675</v>
+        <v>796.4465864</v>
       </c>
       <c r="C16" s="5">
-        <v>1.3391546200000448</v>
+        <v>1.3397139999999581</v>
       </c>
       <c r="D16" s="5">
-        <v>2.0399170995831772</v>
+        <v>2.0407813771062155</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <v>33208</v>
       </c>
       <c r="B17" s="5">
-        <v>798.74013422999997</v>
+        <v>798.73955799999999</v>
       </c>
       <c r="C17" s="5">
-        <v>2.2924592299999631</v>
+        <v>2.2929715999999871</v>
       </c>
       <c r="D17" s="5">
-        <v>3.5092346962750653</v>
+        <v>3.5100363530863987</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <v>33239</v>
       </c>
       <c r="B18" s="5">
-        <v>800.73943865000001</v>
+        <v>800.73922819999996</v>
       </c>
       <c r="C18" s="5">
-        <v>1.999304420000044</v>
+        <v>1.9996701999999686</v>
       </c>
       <c r="D18" s="5">
-        <v>3.045385355760466</v>
+        <v>3.0459524419661488</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>33270</v>
       </c>
       <c r="B19" s="5">
-        <v>802.39303747999998</v>
+        <v>802.39326889999995</v>
       </c>
       <c r="C19" s="5">
-        <v>1.6535988299999644</v>
+        <v>1.6540406999999959</v>
       </c>
       <c r="D19" s="5">
-        <v>2.5064487186759576</v>
+        <v>2.5071267787416307</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <v>33298</v>
       </c>
       <c r="B20" s="5">
-        <v>802.23020101999998</v>
+        <v>802.23097800000005</v>
       </c>
       <c r="C20" s="5">
-        <v>-0.16283645999999408</v>
+        <v>-0.16229089999990265</v>
       </c>
       <c r="D20" s="5">
-        <v>-0.24325459984320119</v>
+        <v>-0.24244044705501455</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <v>33329</v>
       </c>
       <c r="B21" s="5">
-        <v>804.23962895</v>
+        <v>804.24096789999999</v>
       </c>
       <c r="C21" s="5">
-        <v>2.0094279300000153</v>
+        <v>2.0099898999999368</v>
       </c>
       <c r="D21" s="5">
-        <v>3.047518890618206</v>
+        <v>3.0483799657717636</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <v>33359</v>
       </c>
       <c r="B22" s="5">
-        <v>806.52490573</v>
+        <v>806.52683439999998</v>
       </c>
       <c r="C22" s="5">
-        <v>2.2852767800000038</v>
+        <v>2.2858664999999974</v>
       </c>
       <c r="D22" s="5">
-        <v>3.4636431746716934</v>
+        <v>3.464545134298902</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <v>33390</v>
       </c>
       <c r="B23" s="5">
-        <v>811.48069940000005</v>
+        <v>811.484779</v>
       </c>
       <c r="C23" s="5">
-        <v>4.9557936700000482</v>
+        <v>4.9579446000000189</v>
       </c>
       <c r="D23" s="5">
-        <v>7.6279184989394233</v>
+        <v>7.6313230518148423</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <v>33420</v>
       </c>
       <c r="B24" s="5">
-        <v>815.01857011000004</v>
+        <v>815.01634160000003</v>
       </c>
       <c r="C24" s="5">
-        <v>3.5378707099999929</v>
+        <v>3.5315626000000293</v>
       </c>
       <c r="D24" s="5">
-        <v>5.3590175735665158</v>
+        <v>5.3492049127423336</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <v>33451</v>
       </c>
       <c r="B25" s="5">
-        <v>799.08350368000004</v>
+        <v>799.0828338</v>
       </c>
       <c r="C25" s="5">
-        <v>-15.935066430000006</v>
+        <v>-15.933507800000029</v>
       </c>
       <c r="D25" s="5">
-        <v>-21.096561151604487</v>
+        <v>-21.094765921280199</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <v>33482</v>
       </c>
       <c r="B26" s="5">
-        <v>825.60411647000001</v>
+        <v>825.60204190000002</v>
       </c>
       <c r="C26" s="5">
-        <v>26.520612789999973</v>
+        <v>26.519208100000014</v>
       </c>
       <c r="D26" s="5">
-        <v>47.964051421608133</v>
+        <v>47.961078292544876</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <v>33512</v>
       </c>
       <c r="B27" s="5">
-        <v>823.56531307</v>
+        <v>823.56380000000001</v>
       </c>
       <c r="C27" s="5">
-        <v>-2.0388034000000061</v>
+        <v>-2.0382419000000027</v>
       </c>
       <c r="D27" s="5">
-        <v>-2.9234431203617572</v>
+        <v>-2.9226561300781717</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <v>33543</v>
       </c>
       <c r="B28" s="5">
-        <v>825.22202577999997</v>
+        <v>825.22106719999999</v>
       </c>
       <c r="C28" s="5">
-        <v>1.6567127099999652</v>
+        <v>1.6572671999999784</v>
       </c>
       <c r="D28" s="5">
-        <v>2.4408498133974277</v>
+        <v>2.4416803469405002</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <v>33573</v>
       </c>
       <c r="B29" s="5">
-        <v>828.77556340000001</v>
+        <v>828.77509250000003</v>
       </c>
       <c r="C29" s="5">
-        <v>3.5535376200000428</v>
+        <v>3.5540253000000348</v>
       </c>
       <c r="D29" s="5">
-        <v>5.2915490131645981</v>
+        <v>5.2922987954171496</v>
       </c>
       <c r="E29" s="5">
-        <v>3.7603505674539184</v>
+        <v>3.7603664672884562</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <v>33604</v>
       </c>
       <c r="B30" s="5">
-        <v>830.26346998999998</v>
+        <v>830.26338090000002</v>
       </c>
       <c r="C30" s="5">
-        <v>1.4879065899999659</v>
+        <v>1.4882883999999876</v>
       </c>
       <c r="D30" s="5">
-        <v>2.1757688873996761</v>
+        <v>2.1763339836636808</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <v>33635</v>
       </c>
       <c r="B31" s="5">
-        <v>832.54270973999996</v>
+        <v>832.54300539999997</v>
       </c>
       <c r="C31" s="5">
-        <v>2.2792397499999879</v>
+        <v>2.2796244999999544</v>
       </c>
       <c r="D31" s="5">
-        <v>3.3444370786936517</v>
+        <v>3.3450105577778944</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <v>33664</v>
       </c>
       <c r="B32" s="5">
-        <v>835.37543300000004</v>
+        <v>835.37614050000002</v>
       </c>
       <c r="C32" s="5">
-        <v>2.8327232600000798</v>
+        <v>2.8331351000000495</v>
       </c>
       <c r="D32" s="5">
-        <v>4.1602765562590349</v>
+        <v>4.1608912645752616</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <v>33695</v>
       </c>
       <c r="B33" s="5">
-        <v>836.67838944000005</v>
+        <v>836.67947700000002</v>
       </c>
       <c r="C33" s="5">
-        <v>1.3029564400000027</v>
+        <v>1.3033365000000003</v>
       </c>
       <c r="D33" s="5">
-        <v>1.887810588459371</v>
+        <v>1.8883643655589477</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>33725</v>
       </c>
       <c r="B34" s="5">
-        <v>838.87455922000004</v>
+        <v>838.87606270000003</v>
       </c>
       <c r="C34" s="5">
-        <v>2.1961697799999911</v>
+        <v>2.1965857000000142</v>
       </c>
       <c r="D34" s="5">
-        <v>3.1957145716094537</v>
+        <v>3.1963243404234509</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <v>33756</v>
       </c>
       <c r="B35" s="5">
-        <v>840.88945111999999</v>
+        <v>840.89301599999999</v>
       </c>
       <c r="C35" s="5">
-        <v>2.0148918999999523</v>
+        <v>2.0169532999999547</v>
       </c>
       <c r="D35" s="5">
-        <v>2.9206613931157532</v>
+        <v>2.9236837850024733</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <v>33786</v>
       </c>
       <c r="B36" s="5">
-        <v>871.82958890999998</v>
+        <v>871.827898</v>
       </c>
       <c r="C36" s="5">
-        <v>30.940137789999994</v>
+        <v>30.934882000000016</v>
       </c>
       <c r="D36" s="5">
-        <v>54.280984233945453</v>
+        <v>54.26954520811789</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <v>33817</v>
       </c>
       <c r="B37" s="5">
-        <v>854.23733516000004</v>
+        <v>854.23636250000004</v>
       </c>
       <c r="C37" s="5">
-        <v>-17.592253749999941</v>
+        <v>-17.591535499999964</v>
       </c>
       <c r="D37" s="5">
-        <v>-21.69971698967602</v>
+        <v>-21.698964488206329</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <v>33848</v>
       </c>
       <c r="B38" s="5">
-        <v>856.09527012000001</v>
+        <v>856.09360430000004</v>
       </c>
       <c r="C38" s="5">
-        <v>1.8579349599999659</v>
+        <v>1.8572417999999971</v>
       </c>
       <c r="D38" s="5">
-        <v>2.6414046451198159</v>
+        <v>2.6404104163721964</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>33878</v>
       </c>
       <c r="B39" s="5">
-        <v>859.83539812000004</v>
+        <v>859.83420100000001</v>
       </c>
       <c r="C39" s="5">
-        <v>3.740128000000027</v>
+        <v>3.7405966999999691</v>
       </c>
       <c r="D39" s="5">
-        <v>5.3704108687960828</v>
+        <v>5.3711108289958398</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <v>33909</v>
       </c>
       <c r="B40" s="5">
-        <v>862.60963577999996</v>
+        <v>862.60889599999996</v>
       </c>
       <c r="C40" s="5">
-        <v>2.7742376599999261</v>
+        <v>2.7746949999999515</v>
       </c>
       <c r="D40" s="5">
-        <v>3.9412216121774257</v>
+        <v>3.9418884930659592</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <v>33939</v>
       </c>
       <c r="B41" s="5">
-        <v>862.09734805000005</v>
+        <v>862.09704220000003</v>
       </c>
       <c r="C41" s="5">
-        <v>-0.51228772999991179</v>
+        <v>-0.5118537999999262</v>
       </c>
       <c r="D41" s="5">
-        <v>-0.71033437234387931</v>
+        <v>-0.7097352571942217</v>
       </c>
       <c r="E41" s="5">
-        <v>4.020604144419937</v>
+        <v>4.0206263438111289</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <v>33970</v>
       </c>
       <c r="B42" s="5">
-        <v>863.12719036999999</v>
+        <v>863.12724409999998</v>
       </c>
       <c r="C42" s="5">
-        <v>1.0298423199999434</v>
+        <v>1.0302018999999518</v>
       </c>
       <c r="D42" s="5">
-        <v>1.4429492232530539</v>
+        <v>1.4434568751885868</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <v>34001</v>
       </c>
       <c r="B43" s="5">
-        <v>867.32563885000002</v>
+        <v>867.32597410000005</v>
       </c>
       <c r="C43" s="5">
-        <v>4.1984484800000246</v>
+        <v>4.1987300000000687</v>
       </c>
       <c r="D43" s="5">
-        <v>5.995795760437761</v>
+        <v>5.9962082323012034</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <v>34029</v>
       </c>
       <c r="B44" s="5">
-        <v>868.24546181000005</v>
+        <v>868.246036</v>
       </c>
       <c r="C44" s="5">
-        <v>0.91982296000003316</v>
+        <v>0.92006189999995058</v>
       </c>
       <c r="D44" s="5">
-        <v>1.2800828227353955</v>
+        <v>1.2804167911611763</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <v>34060</v>
       </c>
       <c r="B45" s="5">
-        <v>872.16914936000001</v>
+        <v>872.1698834</v>
       </c>
       <c r="C45" s="5">
-        <v>3.9236875499999542</v>
+        <v>3.9238473999999997</v>
       </c>
       <c r="D45" s="5">
-        <v>5.5597573782708354</v>
+        <v>5.559985771911613</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <v>34090</v>
       </c>
       <c r="B46" s="5">
-        <v>873.91043476000004</v>
+        <v>873.91129550000005</v>
       </c>
       <c r="C46" s="5">
-        <v>1.741285400000038</v>
+        <v>1.7414121000000478</v>
       </c>
       <c r="D46" s="5">
-        <v>2.4222831161158975</v>
+        <v>2.4224592458583105</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <v>34121</v>
       </c>
       <c r="B47" s="5">
-        <v>873.50216078999995</v>
+        <v>873.50490879999995</v>
       </c>
       <c r="C47" s="5">
-        <v>-0.40827397000009569</v>
+        <v>-0.40638670000009824</v>
       </c>
       <c r="D47" s="5">
-        <v>-0.55917841728416739</v>
+        <v>-0.55659964340720736</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <v>34151</v>
       </c>
       <c r="B48" s="5">
-        <v>900.87373281999999</v>
+        <v>900.87248910000005</v>
       </c>
       <c r="C48" s="5">
-        <v>27.371572030000038</v>
+        <v>27.3675803000001</v>
       </c>
       <c r="D48" s="5">
-        <v>44.810244412868983</v>
+        <v>44.802378762794625</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <v>34182</v>
       </c>
       <c r="B49" s="5">
-        <v>885.66358477000006</v>
+        <v>885.66269680000005</v>
       </c>
       <c r="C49" s="5">
-        <v>-15.21014804999993</v>
+        <v>-15.209792300000004</v>
       </c>
       <c r="D49" s="5">
-        <v>-18.481088649379849</v>
+        <v>-18.480718910926207</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <v>34213</v>
       </c>
       <c r="B50" s="5">
-        <v>887.01256774000001</v>
+        <v>887.01143660000002</v>
       </c>
       <c r="C50" s="5">
-        <v>1.3489829699999518</v>
+        <v>1.3487397999999757</v>
       </c>
       <c r="D50" s="5">
-        <v>1.8431485331346309</v>
+        <v>1.8428153593602836</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <v>34243</v>
       </c>
       <c r="B51" s="5">
-        <v>887.58567509</v>
+        <v>887.58488339999997</v>
       </c>
       <c r="C51" s="5">
-        <v>0.57310734999998658</v>
+        <v>0.57344679999994241</v>
       </c>
       <c r="D51" s="5">
-        <v>0.77809270278763609</v>
+        <v>0.77855620137550208</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <v>34274</v>
       </c>
       <c r="B52" s="5">
-        <v>888.88087259999998</v>
+        <v>888.88039779999997</v>
       </c>
       <c r="C52" s="5">
-        <v>1.29519750999998</v>
+        <v>1.2955144000000018</v>
       </c>
       <c r="D52" s="5">
-        <v>1.7652063662110695</v>
+        <v>1.7656433116160608</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <v>34304</v>
       </c>
       <c r="B53" s="5">
-        <v>892.16004299999997</v>
+        <v>892.15990409999995</v>
       </c>
       <c r="C53" s="5">
-        <v>3.2791703999999982</v>
+        <v>3.27950629999998</v>
       </c>
       <c r="D53" s="5">
-        <v>4.5178561590447419</v>
+        <v>4.5183308368203168</v>
       </c>
       <c r="E53" s="5">
-        <v>3.4871578039300966</v>
+        <v>3.4871784066538458</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <v>34335</v>
       </c>
       <c r="B54" s="5">
-        <v>897.05489066999996</v>
+        <v>897.05504040000005</v>
       </c>
       <c r="C54" s="5">
-        <v>4.8948476699999901</v>
+        <v>4.8951363000001038</v>
       </c>
       <c r="D54" s="5">
-        <v>6.7861662770036357</v>
+        <v>6.7865796715069537</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <v>34366</v>
       </c>
       <c r="B55" s="5">
-        <v>897.56674756999996</v>
+        <v>897.56705320000003</v>
       </c>
       <c r="C55" s="5">
-        <v>0.51185689999999795</v>
+        <v>0.51201279999997951</v>
       </c>
       <c r="D55" s="5">
-        <v>0.68686942146076735</v>
+        <v>0.68707916844306105</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <v>34394</v>
       </c>
       <c r="B56" s="5">
-        <v>901.91356932999997</v>
+        <v>901.91396959999997</v>
       </c>
       <c r="C56" s="5">
-        <v>4.3468217600000116</v>
+        <v>4.3469163999999409</v>
       </c>
       <c r="D56" s="5">
-        <v>5.9687945952359156</v>
+        <v>5.9689259431777941</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <v>34425</v>
       </c>
       <c r="B57" s="5">
-        <v>901.96847405000005</v>
+        <v>901.96894220000001</v>
       </c>
       <c r="C57" s="5">
-        <v>5.4904720000081397E-2</v>
+        <v>5.4972600000041894E-2</v>
       </c>
       <c r="D57" s="5">
-        <v>7.3075436888769829E-2</v>
+        <v>7.3165779581230161E-2</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <v>34455</v>
       </c>
       <c r="B58" s="5">
-        <v>904.80290258000002</v>
+        <v>904.80343740000001</v>
       </c>
       <c r="C58" s="5">
-        <v>2.8344285299999683</v>
+        <v>2.8344951999999921</v>
       </c>
       <c r="D58" s="5">
-        <v>3.8368544117888925</v>
+        <v>3.8369441998549192</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <v>34486</v>
       </c>
       <c r="B59" s="5">
-        <v>908.68706036000003</v>
+        <v>908.6885542</v>
       </c>
       <c r="C59" s="5">
-        <v>3.8841577800000096</v>
+        <v>3.8851167999999916</v>
       </c>
       <c r="D59" s="5">
-        <v>5.2747706162306507</v>
+        <v>5.2761007036454366</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <v>34516</v>
       </c>
       <c r="B60" s="5">
-        <v>934.70991546000005</v>
+        <v>934.70881499999996</v>
       </c>
       <c r="C60" s="5">
-        <v>26.022855100000015</v>
+        <v>26.02026079999996</v>
       </c>
       <c r="D60" s="5">
-        <v>40.329853414622406</v>
+        <v>40.325102574853219</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <v>34547</v>
       </c>
       <c r="B61" s="5">
-        <v>916.96425538999995</v>
+        <v>916.96369249999998</v>
       </c>
       <c r="C61" s="5">
-        <v>-17.745660070000099</v>
+        <v>-17.745122499999979</v>
       </c>
       <c r="D61" s="5">
-        <v>-20.547661915113768</v>
+        <v>-20.547124689188813</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <v>34578</v>
       </c>
       <c r="B62" s="5">
-        <v>916.18989413999998</v>
+        <v>916.18944859999999</v>
       </c>
       <c r="C62" s="5">
-        <v>-0.77436124999996991</v>
+        <v>-0.77424389999998766</v>
       </c>
       <c r="D62" s="5">
-        <v>-1.0086867044140302</v>
+        <v>-1.0085351691449862</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <v>34608</v>
       </c>
       <c r="B63" s="5">
-        <v>919.48457481000003</v>
+        <v>919.48419690000003</v>
       </c>
       <c r="C63" s="5">
-        <v>3.2946806700000479</v>
+        <v>3.2947483000000375</v>
       </c>
       <c r="D63" s="5">
-        <v>4.4016615834966411</v>
+        <v>4.4017559141148688</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <v>34639</v>
       </c>
       <c r="B64" s="5">
-        <v>921.06642906000002</v>
+        <v>921.06621080000002</v>
       </c>
       <c r="C64" s="5">
-        <v>1.5818542499999921</v>
+        <v>1.5820138999999926</v>
       </c>
       <c r="D64" s="5">
-        <v>2.0840910550980807</v>
+        <v>2.0843042529718803</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <v>34669</v>
       </c>
       <c r="B65" s="5">
-        <v>921.55036577999999</v>
+        <v>921.55035810000004</v>
       </c>
       <c r="C65" s="5">
-        <v>0.48393671999997423</v>
+        <v>0.48414730000001782</v>
       </c>
       <c r="D65" s="5">
-        <v>0.63231612364591516</v>
+        <v>0.63259221566251966</v>
       </c>
       <c r="E65" s="5">
-        <v>3.2942881729124851</v>
+        <v>3.2943033939245359</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <v>34700</v>
       </c>
       <c r="B66" s="5">
-        <v>923.73916699999995</v>
+        <v>923.7393237</v>
       </c>
       <c r="C66" s="5">
-        <v>2.1888012199999594</v>
+        <v>2.1889655999999604</v>
       </c>
       <c r="D66" s="5">
-        <v>2.8876836169646314</v>
+        <v>2.8879033487440475</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <v>34731</v>
       </c>
       <c r="B67" s="5">
-        <v>926.43210764000003</v>
+        <v>926.43231360000004</v>
       </c>
       <c r="C67" s="5">
-        <v>2.6929406400000744</v>
+        <v>2.6929899000000432</v>
       </c>
       <c r="D67" s="5">
-        <v>3.5549534223614065</v>
+        <v>3.5550188839720498</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <v>34759</v>
       </c>
       <c r="B68" s="5">
-        <v>927.85507820999999</v>
+        <v>927.85530240000003</v>
       </c>
       <c r="C68" s="5">
-        <v>1.4229705699999613</v>
+        <v>1.4229887999999846</v>
       </c>
       <c r="D68" s="5">
-        <v>1.8588129580207946</v>
+        <v>1.8588365564875975</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <v>34790</v>
       </c>
       <c r="B69" s="5">
-        <v>931.68613083000002</v>
+        <v>931.68637090000004</v>
       </c>
       <c r="C69" s="5">
-        <v>3.8310526200000368</v>
+        <v>3.8310685000000149</v>
       </c>
       <c r="D69" s="5">
-        <v>5.0688016311641881</v>
+        <v>5.0688218684566078</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <v>34820</v>
       </c>
       <c r="B70" s="5">
-        <v>933.67133056</v>
+        <v>933.67156690000002</v>
       </c>
       <c r="C70" s="5">
-        <v>1.9851997299999766</v>
+        <v>1.9851959999999735</v>
       </c>
       <c r="D70" s="5">
-        <v>2.587091012928644</v>
+        <v>2.5870854204734339</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <v>34851</v>
       </c>
       <c r="B71" s="5">
-        <v>936.46295706000001</v>
+        <v>936.46360470000002</v>
       </c>
       <c r="C71" s="5">
-        <v>2.7916265000000067</v>
+        <v>2.7920378000000028</v>
       </c>
       <c r="D71" s="5">
-        <v>3.6475292733761933</v>
+        <v>3.6480746072212078</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <v>34881</v>
       </c>
       <c r="B72" s="5">
-        <v>961.87638493999998</v>
+        <v>961.87548119999997</v>
       </c>
       <c r="C72" s="5">
-        <v>25.413427879999972</v>
+        <v>25.411876499999948</v>
       </c>
       <c r="D72" s="5">
-        <v>37.893537744774505</v>
+        <v>37.890838686189035</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <v>34912</v>
       </c>
       <c r="B73" s="5">
-        <v>941.16334100999995</v>
+        <v>941.16317140000001</v>
       </c>
       <c r="C73" s="5">
-        <v>-20.713043930000026</v>
+        <v>-20.712309799999957</v>
       </c>
       <c r="D73" s="5">
-        <v>-22.98968795284404</v>
+        <v>-22.988986219342944</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <v>34943</v>
       </c>
       <c r="B74" s="5">
-        <v>941.84358096999995</v>
+        <v>941.84345310000003</v>
       </c>
       <c r="C74" s="5">
-        <v>0.68023995999999443</v>
+        <v>0.68028170000002319</v>
       </c>
       <c r="D74" s="5">
-        <v>0.87077413758993583</v>
+        <v>0.87082793905191025</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <v>34973</v>
       </c>
       <c r="B75" s="5">
-        <v>941.31207456000004</v>
+        <v>941.31195930000001</v>
       </c>
       <c r="C75" s="5">
-        <v>-0.53150640999990628</v>
+        <v>-0.53149380000002111</v>
       </c>
       <c r="D75" s="5">
-        <v>-0.67509276746106073</v>
+        <v>-0.67507689191825815</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <v>35004</v>
       </c>
       <c r="B76" s="5">
-        <v>942.88586582999994</v>
+        <v>942.88582599999995</v>
       </c>
       <c r="C76" s="5">
-        <v>1.5737912699999015</v>
+        <v>1.5738666999999396</v>
       </c>
       <c r="D76" s="5">
-        <v>2.0248469279432912</v>
+        <v>2.0249451209417568</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <v>35034</v>
       </c>
       <c r="B77" s="5">
-        <v>944.89460073999999</v>
+        <v>944.89465689999997</v>
       </c>
       <c r="C77" s="5">
-        <v>2.0087349100000438</v>
+        <v>2.0088309000000208</v>
       </c>
       <c r="D77" s="5">
-        <v>2.5866626801548609</v>
+        <v>2.586787849729566</v>
       </c>
       <c r="E77" s="5">
-        <v>2.5331480325810896</v>
+        <v>2.5331549811482779</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
         <v>35065</v>
       </c>
       <c r="B78" s="5">
-        <v>943.36855017000005</v>
+        <v>943.36866540000005</v>
       </c>
       <c r="C78" s="5">
-        <v>-1.5260505699999385</v>
+        <v>-1.5259914999999182</v>
       </c>
       <c r="D78" s="5">
-        <v>-1.9209351768435967</v>
+        <v>-1.9208613677954345</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
         <v>35096</v>
       </c>
       <c r="B79" s="5">
-        <v>944.53074308999999</v>
+        <v>944.5308536</v>
       </c>
       <c r="C79" s="5">
-        <v>1.1621929199999386</v>
+        <v>1.1621881999999459</v>
       </c>
       <c r="D79" s="5">
-        <v>1.4884110120886085</v>
+        <v>1.4884047431676706</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <v>35125</v>
       </c>
       <c r="B80" s="5">
-        <v>944.61200099999996</v>
+        <v>944.61210759999994</v>
       </c>
       <c r="C80" s="5">
-        <v>8.1257909999976619E-2</v>
+        <v>8.1253999999944426E-2</v>
       </c>
       <c r="D80" s="5">
-        <v>0.10328477287400162</v>
+        <v>0.10327978853552633</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <v>35156</v>
       </c>
       <c r="B81" s="5">
-        <v>945.71171627000001</v>
+        <v>945.71183599999995</v>
       </c>
       <c r="C81" s="5">
-        <v>1.099715270000047</v>
+        <v>1.0997284000000036</v>
       </c>
       <c r="D81" s="5">
-        <v>1.4060175907898431</v>
+        <v>1.4060343258193608</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <v>35186</v>
       </c>
       <c r="B82" s="5">
-        <v>948.25864005000005</v>
+        <v>948.25877779999996</v>
       </c>
       <c r="C82" s="5">
-        <v>2.5469237800000428</v>
+        <v>2.5469418000000132</v>
       </c>
       <c r="D82" s="5">
-        <v>3.280056744428661</v>
+        <v>3.2800798748787274</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <v>35217</v>
       </c>
       <c r="B83" s="5">
-        <v>949.80925464999996</v>
+        <v>949.80938930000002</v>
       </c>
       <c r="C83" s="5">
-        <v>1.5506145999999035</v>
+        <v>1.5506115000000591</v>
       </c>
       <c r="D83" s="5">
-        <v>1.9800125855853778</v>
+        <v>1.9800083012407876</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <v>35247</v>
       </c>
       <c r="B84" s="5">
-        <v>972.56714855999996</v>
+        <v>972.56649049999999</v>
       </c>
       <c r="C84" s="5">
-        <v>22.757893910000007</v>
+        <v>22.757101199999966</v>
       </c>
       <c r="D84" s="5">
-        <v>32.861266313203316</v>
+        <v>32.859961536114653</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <v>35278</v>
       </c>
       <c r="B85" s="5">
-        <v>953.27257455999995</v>
+        <v>953.27256399999999</v>
       </c>
       <c r="C85" s="5">
-        <v>-19.294574000000011</v>
+        <v>-19.293926499999998</v>
       </c>
       <c r="D85" s="5">
-        <v>-21.373302708570918</v>
+        <v>-21.372674751497378</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <v>35309</v>
       </c>
       <c r="B86" s="5">
-        <v>953.52987399000006</v>
+        <v>953.5298851</v>
       </c>
       <c r="C86" s="5">
-        <v>0.2572994300001028</v>
+        <v>0.25732110000001285</v>
       </c>
       <c r="D86" s="5">
-        <v>0.32437530937190484</v>
+        <v>0.32440267273632362</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <v>35339</v>
       </c>
       <c r="B87" s="5">
-        <v>956.79887351000002</v>
+        <v>956.79888970000002</v>
       </c>
       <c r="C87" s="5">
-        <v>3.2689995199999657</v>
+        <v>3.2690046000000166</v>
       </c>
       <c r="D87" s="5">
-        <v>4.1924417825580651</v>
+        <v>4.1924483711411442</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <v>35370</v>
       </c>
       <c r="B88" s="5">
-        <v>957.78359706000003</v>
+        <v>957.78364539999995</v>
       </c>
       <c r="C88" s="5">
-        <v>0.98472355000001244</v>
+        <v>0.98475569999993695</v>
       </c>
       <c r="D88" s="5">
-        <v>1.2420375382057314</v>
+        <v>1.2420782978735279</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <v>35400</v>
       </c>
       <c r="B89" s="5">
-        <v>959.1648361</v>
+        <v>959.16490610000005</v>
       </c>
       <c r="C89" s="5">
-        <v>1.3812390399999686</v>
+        <v>1.381260700000098</v>
       </c>
       <c r="D89" s="5">
-        <v>1.7443364858313215</v>
+        <v>1.7443639683611289</v>
       </c>
       <c r="E89" s="5">
-        <v>1.5102462590879551</v>
+        <v>1.5102476340397297</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <v>35431</v>
       </c>
       <c r="B90" s="5">
-        <v>958.83572988000003</v>
+        <v>958.83579689999999</v>
       </c>
       <c r="C90" s="5">
-        <v>-0.32910621999997147</v>
+        <v>-0.32910920000006172</v>
       </c>
       <c r="D90" s="5">
-        <v>-0.4109648467838678</v>
+        <v>-0.4109685310439537</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <v>35462</v>
       </c>
       <c r="B91" s="5">
-        <v>960.11568163000004</v>
+        <v>960.11573060000001</v>
       </c>
       <c r="C91" s="5">
-        <v>1.2799517500000093</v>
+        <v>1.2799337000000151</v>
       </c>
       <c r="D91" s="5">
-        <v>1.6136958690174952</v>
+        <v>1.6136728315713667</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <v>35490</v>
       </c>
       <c r="B92" s="5">
-        <v>962.88933072999998</v>
+        <v>962.88937239999996</v>
       </c>
       <c r="C92" s="5">
-        <v>2.7736490999999432</v>
+        <v>2.7736417999999503</v>
       </c>
       <c r="D92" s="5">
-        <v>3.5222582555434645</v>
+        <v>3.522248654969995</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <v>35521</v>
       </c>
       <c r="B93" s="5">
-        <v>966.03720147000001</v>
+        <v>966.0372433</v>
       </c>
       <c r="C93" s="5">
-        <v>3.1478707400000303</v>
+        <v>3.1478709000000435</v>
       </c>
       <c r="D93" s="5">
-        <v>3.9943438595157366</v>
+        <v>3.994343890225438</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <v>35551</v>
       </c>
       <c r="B94" s="5">
-        <v>967.16752509000003</v>
+        <v>967.16756880000003</v>
       </c>
       <c r="C94" s="5">
-        <v>1.1303236200000129</v>
+        <v>1.1303255000000263</v>
       </c>
       <c r="D94" s="5">
-        <v>1.4131456832130462</v>
+        <v>1.4131479871758446</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <v>35582</v>
       </c>
       <c r="B95" s="5">
-        <v>971.74147246999996</v>
+        <v>971.74151410000002</v>
       </c>
       <c r="C95" s="5">
-        <v>4.5739473799999359</v>
+        <v>4.5739452999999912</v>
       </c>
       <c r="D95" s="5">
-        <v>5.8250275512958138</v>
+        <v>5.8250245629507535</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <v>35612</v>
       </c>
       <c r="B96" s="5">
-        <v>990.62847151999995</v>
+        <v>990.6280375</v>
       </c>
       <c r="C96" s="5">
-        <v>18.886999049999986</v>
+        <v>18.886523399999987</v>
       </c>
       <c r="D96" s="5">
-        <v>25.985571953716068</v>
+        <v>25.984844817562291</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <v>35643</v>
       </c>
       <c r="B97" s="5">
-        <v>980.29569874000003</v>
+        <v>980.29572740000003</v>
       </c>
       <c r="C97" s="5">
-        <v>-10.332772779999914</v>
+        <v>-10.332310099999972</v>
       </c>
       <c r="D97" s="5">
-        <v>-11.82296424546111</v>
+        <v>-11.822469716838857</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <v>35674</v>
       </c>
       <c r="B98" s="5">
-        <v>977.40603006000003</v>
+        <v>977.40605909999999</v>
       </c>
       <c r="C98" s="5">
-        <v>-2.8896686799999998</v>
+        <v>-2.8896683000000394</v>
       </c>
       <c r="D98" s="5">
-        <v>-3.4805132730361232</v>
+        <v>-3.4805127226205768</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <v>35704</v>
       </c>
       <c r="B99" s="5">
-        <v>978.32801359999996</v>
+        <v>978.32805489999998</v>
       </c>
       <c r="C99" s="5">
-        <v>0.92198353999992833</v>
+        <v>0.9219957999999906</v>
       </c>
       <c r="D99" s="5">
-        <v>1.1378468570615086</v>
+        <v>1.1378620320892319</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <v>35735</v>
       </c>
       <c r="B100" s="5">
-        <v>980.46460195999998</v>
+        <v>980.46465290000003</v>
       </c>
       <c r="C100" s="5">
-        <v>2.1365883600000188</v>
+        <v>2.1365980000000491</v>
       </c>
       <c r="D100" s="5">
-        <v>2.6524108246619882</v>
+        <v>2.6524228227752022</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <v>35765</v>
       </c>
       <c r="B101" s="5">
-        <v>980.85930977999999</v>
+        <v>980.85936059999995</v>
       </c>
       <c r="C101" s="5">
-        <v>0.39470782000000781</v>
+        <v>0.39470769999991262</v>
       </c>
       <c r="D101" s="5">
-        <v>0.48415773614796098</v>
+        <v>0.48415756341713134</v>
       </c>
       <c r="E101" s="5">
-        <v>2.261808696846157</v>
+        <v>2.2618065321228675</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <v>35796</v>
       </c>
       <c r="B102" s="5">
-        <v>984.42604002999997</v>
+        <v>984.42607629999998</v>
       </c>
       <c r="C102" s="5">
-        <v>3.5667302499999778</v>
+        <v>3.5667157000000316</v>
       </c>
       <c r="D102" s="5">
-        <v>4.4519363343039853</v>
+        <v>4.4519175731827065</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <v>35827</v>
       </c>
       <c r="B103" s="5">
-        <v>985.98588763999999</v>
+        <v>985.98590839999997</v>
       </c>
       <c r="C103" s="5">
-        <v>1.5598476100000198</v>
+        <v>1.5598320999999942</v>
       </c>
       <c r="D103" s="5">
-        <v>1.9180885081546473</v>
+        <v>1.9180691982638942</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <v>35855</v>
       </c>
       <c r="B104" s="5">
-        <v>987.97568567999997</v>
+        <v>987.97570570000005</v>
       </c>
       <c r="C104" s="5">
-        <v>1.9897980399999824</v>
+        <v>1.9897973000000775</v>
       </c>
       <c r="D104" s="5">
-        <v>2.4487566614109557</v>
+        <v>2.448755688461568</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <v>35886</v>
       </c>
       <c r="B105" s="5">
-        <v>991.53685333999999</v>
+        <v>991.5368714</v>
       </c>
       <c r="C105" s="5">
-        <v>3.5611676600000237</v>
+        <v>3.5611656999999468</v>
       </c>
       <c r="D105" s="5">
-        <v>4.4122004168037243</v>
+        <v>4.4121978488805391</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <v>35916</v>
       </c>
       <c r="B106" s="5">
-        <v>993.99842783999998</v>
+        <v>993.99843850000002</v>
       </c>
       <c r="C106" s="5">
-        <v>2.4615744999999833</v>
+        <v>2.4615671000000248</v>
       </c>
       <c r="D106" s="5">
-        <v>3.0201177869759732</v>
+        <v>3.0201085277928641</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <v>35947</v>
       </c>
       <c r="B107" s="5">
-        <v>993.30000626000003</v>
+        <v>993.30001330000005</v>
       </c>
       <c r="C107" s="5">
-        <v>-0.6984215799999447</v>
+        <v>-0.69842519999997421</v>
       </c>
       <c r="D107" s="5">
-        <v>-0.83991541267244285</v>
+        <v>-0.83991974026850214</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <v>35977</v>
       </c>
       <c r="B108" s="5">
-        <v>993.78388365000001</v>
+        <v>993.78365529999996</v>
       </c>
       <c r="C108" s="5">
-        <v>0.48387738999997509</v>
+        <v>0.48364199999991797</v>
       </c>
       <c r="D108" s="5">
-        <v>0.58613824932065572</v>
+        <v>0.58585234468375713</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <v>36008</v>
       </c>
       <c r="B109" s="5">
-        <v>994.48779272000002</v>
+        <v>994.48780369999997</v>
       </c>
       <c r="C109" s="5">
-        <v>0.7039090700000088</v>
+        <v>0.70414840000000822</v>
       </c>
       <c r="D109" s="5">
-        <v>0.85329351345866389</v>
+        <v>0.85358496281100482</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <v>36039</v>
       </c>
       <c r="B110" s="5">
-        <v>1008.6858762000001</v>
+        <v>1008.685887</v>
       </c>
       <c r="C110" s="5">
-        <v>14.198083480000037</v>
+        <v>14.198083300000008</v>
       </c>
       <c r="D110" s="5">
-        <v>18.543514556895978</v>
+        <v>18.543514081973633</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <v>36069</v>
       </c>
       <c r="B111" s="5">
-        <v>1004.9969278</v>
+        <v>1004.9969589999999</v>
       </c>
       <c r="C111" s="5">
-        <v>-3.6889484000000721</v>
+        <v>-3.6889280000000326</v>
       </c>
       <c r="D111" s="5">
-        <v>-4.3014115027664168</v>
+        <v>-4.3013881470977839</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <v>36100</v>
       </c>
       <c r="B112" s="5">
-        <v>1008.3266287</v>
+        <v>1008.326665</v>
       </c>
       <c r="C112" s="5">
-        <v>3.3297009000000344</v>
+        <v>3.3297060000001011</v>
       </c>
       <c r="D112" s="5">
-        <v>4.0490282701944658</v>
+        <v>4.0490344574096282</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <v>36130</v>
       </c>
       <c r="B113" s="5">
-        <v>1010.9641592</v>
+        <v>1010.964189</v>
       </c>
       <c r="C113" s="5">
-        <v>2.6375305000000253</v>
+        <v>2.6375239999999849</v>
       </c>
       <c r="D113" s="5">
-        <v>3.1844543941282888</v>
+        <v>3.1844463167327586</v>
       </c>
       <c r="E113" s="5">
-        <v>3.0692321640656495</v>
+        <v>3.069229862024736</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <v>36161</v>
       </c>
       <c r="B114" s="5">
-        <v>1013.7464407</v>
+        <v>1013.746461</v>
       </c>
       <c r="C114" s="5">
-        <v>2.7822814999999537</v>
+        <v>2.7822719999999208</v>
       </c>
       <c r="D114" s="5">
-        <v>3.3529788012575557</v>
+        <v>3.3529670784506083</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <v>36192</v>
       </c>
       <c r="B115" s="5">
-        <v>1014.7335394</v>
+        <v>1014.73355</v>
       </c>
       <c r="C115" s="5">
-        <v>0.98709870000004685</v>
+        <v>0.98708900000008271</v>
       </c>
       <c r="D115" s="5">
-        <v>1.1747342592960841</v>
+        <v>1.1747226299017477</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <v>36220</v>
       </c>
       <c r="B116" s="5">
-        <v>1015.8813593</v>
+        <v>1015.8813699999999</v>
       </c>
       <c r="C116" s="5">
-        <v>1.1478198999999449</v>
+        <v>1.1478199999999106</v>
       </c>
       <c r="D116" s="5">
-        <v>1.3658614816996151</v>
+        <v>1.3658615870800528</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <v>36251</v>
       </c>
       <c r="B117" s="5">
-        <v>1015.6723806</v>
+        <v>1015.67239</v>
       </c>
       <c r="C117" s="5">
-        <v>-0.20897869999998875</v>
+        <v>-0.20897999999999683</v>
       </c>
       <c r="D117" s="5">
-        <v>-0.24657495911976079</v>
+        <v>-0.24657648866661663</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <v>36281</v>
       </c>
       <c r="B118" s="5">
-        <v>1018.4447447</v>
+        <v>1018.444748</v>
       </c>
       <c r="C118" s="5">
-        <v>2.7723641000000043</v>
+        <v>2.7723580000000538</v>
       </c>
       <c r="D118" s="5">
-        <v>3.3251263692344768</v>
+        <v>3.3251189115768742</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <v>36312</v>
       </c>
       <c r="B119" s="5">
-        <v>1020.24521</v>
+        <v>1020.245219</v>
       </c>
       <c r="C119" s="5">
-        <v>1.8004653000000417</v>
+        <v>1.8004710000000159</v>
       </c>
       <c r="D119" s="5">
-        <v>2.1421782943098933</v>
+        <v>2.1421851351893562</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <v>36342</v>
       </c>
       <c r="B120" s="5">
-        <v>1024.4126816999999</v>
+        <v>1024.4125570000001</v>
       </c>
       <c r="C120" s="5">
-        <v>4.1674716999998509</v>
+        <v>4.1673380000000861</v>
       </c>
       <c r="D120" s="5">
-        <v>5.0133663313074228</v>
+        <v>5.0132018178720594</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <v>36373</v>
       </c>
       <c r="B121" s="5">
-        <v>1028.0700505</v>
+        <v>1028.070054</v>
       </c>
       <c r="C121" s="5">
-        <v>3.6573688000000857</v>
+        <v>3.6574969999999212</v>
       </c>
       <c r="D121" s="5">
-        <v>4.3693879727536133</v>
+        <v>4.3695446931895976</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <v>36404</v>
       </c>
       <c r="B122" s="5">
-        <v>1039.5204421999999</v>
+        <v>1039.5204409999999</v>
       </c>
       <c r="C122" s="5">
-        <v>11.450391699999955</v>
+        <v>11.450386999999864</v>
       </c>
       <c r="D122" s="5">
-        <v>14.215203838618894</v>
+        <v>14.21519759038623</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <v>36434</v>
       </c>
       <c r="B123" s="5">
-        <v>1032.1984955</v>
+        <v>1032.1985139999999</v>
       </c>
       <c r="C123" s="5">
-        <v>-7.3219466999998986</v>
+        <v>-7.3219269999999597</v>
       </c>
       <c r="D123" s="5">
-        <v>-8.1324254074694906</v>
+        <v>-8.1324043764575134</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <v>36465</v>
       </c>
       <c r="B124" s="5">
-        <v>1032.600915</v>
+        <v>1032.6009349999999</v>
       </c>
       <c r="C124" s="5">
-        <v>0.40241949999995086</v>
+        <v>0.40242100000000391</v>
       </c>
       <c r="D124" s="5">
-        <v>0.4688441437092683</v>
+        <v>0.46884588663205218</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <v>36495</v>
       </c>
       <c r="B125" s="5">
-        <v>1035.8983911</v>
+        <v>1035.8984069999999</v>
       </c>
       <c r="C125" s="5">
-        <v>3.2974761000000399</v>
+        <v>3.2974719999999706</v>
       </c>
       <c r="D125" s="5">
-        <v>3.9000690141634875</v>
+        <v>3.9000640025590227</v>
       </c>
       <c r="E125" s="5">
-        <v>2.4663813917726873</v>
+        <v>2.4663799441465573</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <v>36526</v>
       </c>
       <c r="B126" s="5">
-        <v>1038.9723159</v>
+        <v>1038.9723280000001</v>
       </c>
       <c r="C126" s="5">
-        <v>3.0739247999999861</v>
+        <v>3.0739210000001549</v>
       </c>
       <c r="D126" s="5">
-        <v>3.6195746531814121</v>
+        <v>3.619570048901255</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <v>36557</v>
       </c>
       <c r="B127" s="5">
-        <v>1039.9013884999999</v>
+        <v>1039.901398</v>
       </c>
       <c r="C127" s="5">
-        <v>0.92907259999992675</v>
+        <v>0.92906999999991058</v>
       </c>
       <c r="D127" s="5">
-        <v>1.0783605543192465</v>
+        <v>1.0783575090604458</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <v>36586</v>
       </c>
       <c r="B128" s="5">
-        <v>1041.5817505</v>
+        <v>1041.581758</v>
       </c>
       <c r="C128" s="5">
-        <v>1.6803620000000592</v>
+        <v>1.6803600000000642</v>
       </c>
       <c r="D128" s="5">
-        <v>1.956389427461791</v>
+        <v>1.9563870601635225</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <v>36617</v>
       </c>
       <c r="B129" s="5">
-        <v>1042.2783555999999</v>
+        <v>1042.2783629999999</v>
       </c>
       <c r="C129" s="5">
-        <v>0.69660509999994247</v>
+        <v>0.69660499999986314</v>
       </c>
       <c r="D129" s="5">
-        <v>0.80551318636763458</v>
+        <v>0.80551306448628512</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <v>36647</v>
       </c>
       <c r="B130" s="5">
-        <v>1043.4910437999999</v>
+        <v>1043.4910500000001</v>
       </c>
       <c r="C130" s="5">
-        <v>1.2126882000000023</v>
+        <v>1.2126870000001873</v>
       </c>
       <c r="D130" s="5">
-        <v>1.4051662654100738</v>
+        <v>1.4051648559959995</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <v>36678</v>
       </c>
       <c r="B131" s="5">
-        <v>1043.2070019</v>
+        <v>1043.207024</v>
       </c>
       <c r="C131" s="5">
-        <v>-0.28404189999992013</v>
+        <v>-0.28402600000003986</v>
       </c>
       <c r="D131" s="5">
-        <v>-0.32615560168064439</v>
+        <v>-0.32613736964276496</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <v>36708</v>
       </c>
       <c r="B132" s="5">
-        <v>1041.4514661999999</v>
+        <v>1041.4513569999999</v>
       </c>
       <c r="C132" s="5">
-        <v>-1.7555357000001095</v>
+        <v>-1.7556670000001304</v>
       </c>
       <c r="D132" s="5">
-        <v>-2.0008048975731496</v>
+        <v>-2.0009531173327599</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <v>36739</v>
       </c>
       <c r="B133" s="5">
-        <v>1054.424391</v>
+        <v>1054.4244040000001</v>
       </c>
       <c r="C133" s="5">
-        <v>12.972924800000101</v>
+        <v>12.973047000000179</v>
       </c>
       <c r="D133" s="5">
-        <v>16.015734281824876</v>
+        <v>16.015897422340373</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <v>36770</v>
       </c>
       <c r="B134" s="5">
-        <v>1062.464154</v>
+        <v>1062.46415</v>
       </c>
       <c r="C134" s="5">
-        <v>8.0397629999999936</v>
+        <v>8.0397459999999228</v>
       </c>
       <c r="D134" s="5">
-        <v>9.5433747197151142</v>
+        <v>9.5433535640417233</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <v>36800</v>
       </c>
       <c r="B135" s="5">
-        <v>1054.5471149</v>
+        <v>1054.5471250000001</v>
       </c>
       <c r="C135" s="5">
-        <v>-7.9170391000000109</v>
+        <v>-7.9170249999999669</v>
       </c>
       <c r="D135" s="5">
-        <v>-8.5843785017498337</v>
+        <v>-8.584363865298716</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <v>36831</v>
       </c>
       <c r="B136" s="5">
-        <v>1056.9764041999999</v>
+        <v>1056.9764170000001</v>
       </c>
       <c r="C136" s="5">
-        <v>2.4292892999999367</v>
+        <v>2.4292920000000322</v>
       </c>
       <c r="D136" s="5">
-        <v>2.7996540555297988</v>
+        <v>2.7996571795422476</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <v>36861</v>
       </c>
       <c r="B137" s="5">
-        <v>1059.6807821</v>
+        <v>1059.680793</v>
       </c>
       <c r="C137" s="5">
-        <v>2.7043779000000541</v>
+        <v>2.7043759999999111</v>
       </c>
       <c r="D137" s="5">
-        <v>3.1138948367038344</v>
+        <v>3.1138925798725792</v>
       </c>
       <c r="E137" s="5">
-        <v>2.2958227567807965</v>
+        <v>2.2958222388694161</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <v>36892</v>
       </c>
       <c r="B138" s="5">
-        <v>1060.9303116999999</v>
+        <v>1060.930321</v>
       </c>
       <c r="C138" s="5">
-        <v>1.2495295999999598</v>
+        <v>1.2495280000000548</v>
       </c>
       <c r="D138" s="5">
-        <v>1.4242008066691181</v>
+        <v>1.4241989564178104</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <v>36923</v>
       </c>
       <c r="B139" s="5">
-        <v>1061.4050465</v>
+        <v>1061.4050549999999</v>
       </c>
       <c r="C139" s="5">
-        <v>0.47473480000007839</v>
+        <v>0.47473399999989851</v>
       </c>
       <c r="D139" s="5">
-        <v>0.53828784341509728</v>
+        <v>0.53828692935478095</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <v>36951</v>
       </c>
       <c r="B140" s="5">
-        <v>1063.8450663000001</v>
+        <v>1063.845073</v>
       </c>
       <c r="C140" s="5">
-        <v>2.4400198000000728</v>
+        <v>2.4400180000000091</v>
       </c>
       <c r="D140" s="5">
-        <v>2.7937779688016473</v>
+        <v>2.7937758590498296</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <v>36982</v>
       </c>
       <c r="B141" s="5">
-        <v>1066.243827</v>
+        <v>1066.2438340000001</v>
       </c>
       <c r="C141" s="5">
-        <v>2.3987606999999116</v>
+        <v>2.3987610000001496</v>
       </c>
       <c r="D141" s="5">
-        <v>2.7395719861992074</v>
+        <v>2.7395723156148577</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
         <v>37012</v>
       </c>
       <c r="B142" s="5">
-        <v>1068.2400279999999</v>
+        <v>1068.2400379999999</v>
       </c>
       <c r="C142" s="5">
-        <v>1.9962009999999282</v>
+        <v>1.9962039999998069</v>
       </c>
       <c r="D142" s="5">
-        <v>2.269895084657092</v>
+        <v>2.2698985161265117</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
         <v>37043</v>
       </c>
       <c r="B143" s="5">
-        <v>1072.1957015</v>
+        <v>1072.195727</v>
       </c>
       <c r="C143" s="5">
-        <v>3.9556735000001026</v>
+        <v>3.9556890000001204</v>
       </c>
       <c r="D143" s="5">
-        <v>4.535204412948346</v>
+        <v>4.5352225039537508</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <v>37073</v>
       </c>
       <c r="B144" s="5">
-        <v>1066.5123169999999</v>
+        <v>1066.5122040000001</v>
       </c>
       <c r="C144" s="5">
-        <v>-5.683384500000102</v>
+        <v>-5.6835229999999228</v>
       </c>
       <c r="D144" s="5">
-        <v>-6.1786314315093076</v>
+        <v>-6.1787774952888119</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <v>37104</v>
       </c>
       <c r="B145" s="5">
-        <v>1075.3381087</v>
+        <v>1075.338133</v>
       </c>
       <c r="C145" s="5">
-        <v>8.8257917000000816</v>
+        <v>8.82592899999986</v>
       </c>
       <c r="D145" s="5">
-        <v>10.395135892536157</v>
+        <v>10.395306188708343</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <v>37135</v>
       </c>
       <c r="B146" s="5">
-        <v>1088.7651562999999</v>
+        <v>1088.7651539999999</v>
       </c>
       <c r="C146" s="5">
-        <v>13.427047599999923</v>
+        <v>13.427020999999968</v>
       </c>
       <c r="D146" s="5">
-        <v>16.056674232555324</v>
+        <v>16.056639819395869</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <v>37165</v>
       </c>
       <c r="B147" s="5">
-        <v>1083.5795707</v>
+        <v>1083.5795760000001</v>
       </c>
       <c r="C147" s="5">
-        <v>-5.1855855999999676</v>
+        <v>-5.1855779999998504</v>
       </c>
       <c r="D147" s="5">
-        <v>-5.5680110699352081</v>
+        <v>-5.568003133476596</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <v>37196</v>
       </c>
       <c r="B148" s="5">
-        <v>1086.9959495000001</v>
+        <v>1086.9959590000001</v>
       </c>
       <c r="C148" s="5">
-        <v>3.416378800000075</v>
+        <v>3.4163829999999962</v>
       </c>
       <c r="D148" s="5">
-        <v>3.8497386101321585</v>
+        <v>3.8497434061046443</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <v>37226</v>
       </c>
       <c r="B149" s="5">
-        <v>1089.9058149</v>
+        <v>1089.905825</v>
       </c>
       <c r="C149" s="5">
-        <v>2.9098653999999442</v>
+        <v>2.9098659999999654</v>
       </c>
       <c r="D149" s="5">
-        <v>3.2600965058648956</v>
+        <v>3.2600971590959205</v>
       </c>
       <c r="E149" s="5">
-        <v>2.8522771489827514</v>
+        <v>2.852277044149476</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <v>37257</v>
       </c>
       <c r="B150" s="5">
-        <v>1091.5710047</v>
+        <v>1091.571013</v>
       </c>
       <c r="C150" s="5">
-        <v>1.6651898000000074</v>
+        <v>1.6651879999999437</v>
       </c>
       <c r="D150" s="5">
-        <v>1.8488797550618719</v>
+        <v>1.8488777223995001</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <v>37288</v>
       </c>
       <c r="B151" s="5">
-        <v>1095.8204112000001</v>
+        <v>1095.820418</v>
       </c>
       <c r="C151" s="5">
-        <v>4.2494065000000774</v>
+        <v>4.2494050000000243</v>
       </c>
       <c r="D151" s="5">
-        <v>4.7728442847202235</v>
+        <v>4.7728425266442498</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <v>37316</v>
       </c>
       <c r="B152" s="5">
-        <v>1098.7684025999999</v>
+        <v>1098.7684079999999</v>
       </c>
       <c r="C152" s="5">
-        <v>2.9479913999998644</v>
+        <v>2.9479899999998906</v>
       </c>
       <c r="D152" s="5">
-        <v>3.2764535843272213</v>
+        <v>3.2764519846127715</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <v>37347</v>
       </c>
       <c r="B153" s="5">
-        <v>1100.3593112999999</v>
+        <v>1100.3593169999999</v>
       </c>
       <c r="C153" s="5">
-        <v>1.5909087</v>
+        <v>1.5909090000000106</v>
       </c>
       <c r="D153" s="5">
-        <v>1.751385473417888</v>
+        <v>1.7513857976376057</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <v>37377</v>
       </c>
       <c r="B154" s="5">
-        <v>1102.5227331999999</v>
+        <v>1102.522741</v>
       </c>
       <c r="C154" s="5">
-        <v>2.163421900000003</v>
+        <v>2.1634240000000773</v>
       </c>
       <c r="D154" s="5">
-        <v>2.3850066503085188</v>
+        <v>2.3850089780004913</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <v>37408</v>
       </c>
       <c r="B155" s="5">
-        <v>1102.1951325</v>
+        <v>1102.1951509999999</v>
       </c>
       <c r="C155" s="5">
-        <v>-0.32760069999994812</v>
+        <v>-0.32759000000010019</v>
       </c>
       <c r="D155" s="5">
-        <v>-0.35598269694339102</v>
+        <v>-0.35597108641897135</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <v>37438</v>
       </c>
       <c r="B156" s="5">
-        <v>1097.0878439999999</v>
+        <v>1097.087753</v>
       </c>
       <c r="C156" s="5">
-        <v>-5.1072885000000952</v>
+        <v>-5.1073979999998755</v>
       </c>
       <c r="D156" s="5">
-        <v>-5.4209449239473901</v>
+        <v>-5.421058114076982</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <v>37469</v>
       </c>
       <c r="B157" s="5">
-        <v>1103.0417186</v>
+        <v>1103.041743</v>
       </c>
       <c r="C157" s="5">
-        <v>5.9538746000000629</v>
+        <v>5.9539899999999761</v>
       </c>
       <c r="D157" s="5">
-        <v>6.7103205870852056</v>
+        <v>6.7104551286358394</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <v>37500</v>
       </c>
       <c r="B158" s="5">
-        <v>1109.9338029</v>
+        <v>1109.9338029999999</v>
       </c>
       <c r="C158" s="5">
-        <v>6.8920843000000787</v>
+        <v>6.8920599999999013</v>
       </c>
       <c r="D158" s="5">
-        <v>7.7610154571895684</v>
+        <v>7.7609869687741417</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <v>37530</v>
       </c>
       <c r="B159" s="5">
-        <v>1116.2952957</v>
+        <v>1116.295296</v>
       </c>
       <c r="C159" s="5">
-        <v>6.3614927999999509</v>
+        <v>6.3614930000001095</v>
       </c>
       <c r="D159" s="5">
-        <v>7.0986998553743241</v>
+        <v>7.0987000849735526</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <v>37561</v>
       </c>
       <c r="B160" s="5">
-        <v>1118.8426059999999</v>
+        <v>1118.8426139999999</v>
       </c>
       <c r="C160" s="5">
-        <v>2.5473102999999355</v>
+        <v>2.5473179999999047</v>
       </c>
       <c r="D160" s="5">
-        <v>2.7729491507850756</v>
+        <v>2.7729576375701726</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <v>37591</v>
       </c>
       <c r="B161" s="5">
-        <v>1119.6842360000001</v>
+        <v>1119.6842449999999</v>
       </c>
       <c r="C161" s="5">
-        <v>0.84163000000012289</v>
+        <v>0.84163100000000668</v>
       </c>
       <c r="D161" s="5">
-        <v>0.90642326295600206</v>
+        <v>0.90642433789305255</v>
       </c>
       <c r="E161" s="5">
-        <v>2.7322013235365983</v>
+        <v>2.7322011972915172</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <v>37622</v>
       </c>
       <c r="B162" s="5">
-        <v>1118.5573211999999</v>
+        <v>1118.557327</v>
       </c>
       <c r="C162" s="5">
-        <v>-1.1269148000001223</v>
+        <v>-1.1269179999999324</v>
       </c>
       <c r="D162" s="5">
-        <v>-1.2010860792420419</v>
+        <v>-1.2010894614011614</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <v>37653</v>
       </c>
       <c r="B163" s="5">
-        <v>1120.9224415000001</v>
+        <v>1120.9224449999999</v>
       </c>
       <c r="C163" s="5">
-        <v>2.3651203000001715</v>
+        <v>2.3651179999999385</v>
       </c>
       <c r="D163" s="5">
-        <v>2.5670423772167217</v>
+        <v>2.5670398382855231</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <v>37681</v>
       </c>
       <c r="B164" s="5">
-        <v>1120.5367532</v>
+        <v>1120.5367570000001</v>
       </c>
       <c r="C164" s="5">
-        <v>-0.38568830000008347</v>
+        <v>-0.38568799999984549</v>
       </c>
       <c r="D164" s="5">
-        <v>-0.41211690779421328</v>
+        <v>-0.41211658655903038</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <v>37712</v>
       </c>
       <c r="B165" s="5">
-        <v>1123.9462759999999</v>
+        <v>1123.946279</v>
       </c>
       <c r="C165" s="5">
-        <v>3.409522799999877</v>
+        <v>3.4095219999999244</v>
       </c>
       <c r="D165" s="5">
-        <v>3.7130396064414484</v>
+        <v>3.7130387077906057</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <v>37742</v>
       </c>
       <c r="B166" s="5">
-        <v>1125.1895594</v>
+        <v>1125.189562</v>
       </c>
       <c r="C166" s="5">
-        <v>1.2432834000001094</v>
+        <v>1.2432830000000195</v>
       </c>
       <c r="D166" s="5">
-        <v>1.3355180647675935</v>
+        <v>1.3355176288892157</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <v>37773</v>
       </c>
       <c r="B167" s="5">
-        <v>1131.0202631</v>
+        <v>1131.0202690000001</v>
       </c>
       <c r="C167" s="5">
-        <v>5.8307036999999582</v>
+        <v>5.8307070000000749</v>
       </c>
       <c r="D167" s="5">
-        <v>6.3986956913330451</v>
+        <v>6.3986994014226584</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <v>37803</v>
       </c>
       <c r="B168" s="5">
-        <v>1124.48053</v>
+        <v>1124.4804839999999</v>
       </c>
       <c r="C168" s="5">
-        <v>-6.5397330999999213</v>
+        <v>-6.5397850000001654</v>
       </c>
       <c r="D168" s="5">
-        <v>-6.7221228919551956</v>
+        <v>-6.7221745204715022</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <v>37834</v>
       </c>
       <c r="B169" s="5">
-        <v>1124.3426473</v>
+        <v>1124.3426589999999</v>
       </c>
       <c r="C169" s="5">
-        <v>-0.13788270000009106</v>
+        <v>-0.13782500000002074</v>
       </c>
       <c r="D169" s="5">
-        <v>-0.14704363011290855</v>
+        <v>-0.14698214400723497</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <v>37865</v>
       </c>
       <c r="B170" s="5">
-        <v>1124.8737237</v>
+        <v>1124.873722</v>
       </c>
       <c r="C170" s="5">
-        <v>0.5310764000000745</v>
+        <v>0.53106300000013107</v>
       </c>
       <c r="D170" s="5">
-        <v>0.56828752842679187</v>
+        <v>0.56827314632461601</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <v>37895</v>
       </c>
       <c r="B171" s="5">
-        <v>1122.2141889</v>
+        <v>1122.214189</v>
       </c>
       <c r="C171" s="5">
-        <v>-2.659534800000074</v>
+        <v>-2.6595330000000104</v>
       </c>
       <c r="D171" s="5">
-        <v>-2.8005514725121916</v>
+        <v>-2.800549605827507</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <v>37926</v>
       </c>
       <c r="B172" s="5">
-        <v>1123.6420031</v>
+        <v>1123.6420089999999</v>
       </c>
       <c r="C172" s="5">
-        <v>1.4278142000000571</v>
+        <v>1.4278199999998833</v>
       </c>
       <c r="D172" s="5">
-        <v>1.5375120385240137</v>
+        <v>1.5375183277653859</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <v>37956</v>
       </c>
       <c r="B173" s="5">
-        <v>1124.0527942000001</v>
+        <v>1124.052801</v>
       </c>
       <c r="C173" s="5">
-        <v>0.41079110000009678</v>
+        <v>0.41079200000012861</v>
       </c>
       <c r="D173" s="5">
-        <v>0.43958994062338608</v>
+        <v>0.4395909033429124</v>
       </c>
       <c r="E173" s="5">
-        <v>0.39015983788486253</v>
+        <v>0.39015963826480871</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <v>37987</v>
       </c>
       <c r="B174" s="5">
-        <v>1127.9770195999999</v>
+        <v>1127.9770229999999</v>
       </c>
       <c r="C174" s="5">
-        <v>3.9242253999998411</v>
+        <v>3.9242219999998724</v>
       </c>
       <c r="D174" s="5">
-        <v>4.2707523836478245</v>
+        <v>4.2707485857414129</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <v>38018</v>
       </c>
       <c r="B175" s="5">
-        <v>1128.4801889</v>
+        <v>1128.48019</v>
       </c>
       <c r="C175" s="5">
-        <v>0.50316930000008142</v>
+        <v>0.50316700000007586</v>
       </c>
       <c r="D175" s="5">
-        <v>0.53661267306579497</v>
+        <v>0.5366102125527572</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <v>38047</v>
       </c>
       <c r="B176" s="5">
-        <v>1130.5534402999999</v>
+        <v>1130.5534419999999</v>
       </c>
       <c r="C176" s="5">
-        <v>2.0732513999998901</v>
+        <v>2.0732519999999113</v>
       </c>
       <c r="D176" s="5">
-        <v>2.2270622385158978</v>
+        <v>2.2270628873624521</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <v>38078</v>
       </c>
       <c r="B177" s="5">
-        <v>1130.7026711999999</v>
+        <v>1130.702673</v>
       </c>
       <c r="C177" s="5">
-        <v>0.14923090000002048</v>
+        <v>0.14923100000009981</v>
       </c>
       <c r="D177" s="5">
-        <v>0.15851275925136132</v>
+        <v>0.15851286530985664</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <v>38108</v>
       </c>
       <c r="B178" s="5">
-        <v>1132.3777591999999</v>
+        <v>1132.3777600000001</v>
       </c>
       <c r="C178" s="5">
-        <v>1.6750879999999597</v>
+        <v>1.6750870000000759</v>
       </c>
       <c r="D178" s="5">
-        <v>1.7923059482920944</v>
+        <v>1.7923048667054076</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <v>38139</v>
       </c>
       <c r="B179" s="5">
-        <v>1133.5536397000001</v>
+        <v>1133.5536400000001</v>
       </c>
       <c r="C179" s="5">
-        <v>1.1758805000001757</v>
+        <v>1.1758800000000065</v>
       </c>
       <c r="D179" s="5">
-        <v>1.2532421346256761</v>
+        <v>1.2532415977927647</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <v>38169</v>
       </c>
       <c r="B180" s="5">
-        <v>1134.9582032999999</v>
+        <v>1134.958187</v>
       </c>
       <c r="C180" s="5">
-        <v>1.4045635999998467</v>
+        <v>1.4045469999998659</v>
       </c>
       <c r="D180" s="5">
-        <v>1.4970710292849576</v>
+        <v>1.4970532148249172</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <v>38200</v>
       </c>
       <c r="B181" s="5">
-        <v>1137.5930681</v>
+        <v>1137.593073</v>
       </c>
       <c r="C181" s="5">
-        <v>2.6348648000000594</v>
+        <v>2.6348860000000514</v>
       </c>
       <c r="D181" s="5">
-        <v>2.8217108366809907</v>
+        <v>2.8217338717520857</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <v>38231</v>
       </c>
       <c r="B182" s="5">
-        <v>1139.7342137999999</v>
+        <v>1139.734209</v>
       </c>
       <c r="C182" s="5">
-        <v>2.1411456999999245</v>
+        <v>2.1411359999999604</v>
       </c>
       <c r="D182" s="5">
-        <v>2.282134555197679</v>
+        <v>2.2821240992867198</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <v>38261</v>
       </c>
       <c r="B183" s="5">
         <v>1139.12914</v>
       </c>
       <c r="C183" s="5">
-        <v>-0.60507379999990007</v>
+        <v>-0.60506899999995767</v>
       </c>
       <c r="D183" s="5">
-        <v>-0.63521143363552968</v>
+        <v>-0.63520641192792437</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <v>38292</v>
       </c>
       <c r="B184" s="5">
-        <v>1139.4210287999999</v>
+        <v>1139.421032</v>
       </c>
       <c r="C184" s="5">
-        <v>0.29188879999992423</v>
+        <v>0.29189199999996163</v>
       </c>
       <c r="D184" s="5">
-        <v>0.30791997538321958</v>
+        <v>0.30792335589331365</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <v>38322</v>
       </c>
       <c r="B185" s="5">
-        <v>1141.0356618999999</v>
+        <v>1141.035668</v>
       </c>
       <c r="C185" s="5">
-        <v>1.6146330999999918</v>
+        <v>1.6146360000000186</v>
       </c>
       <c r="D185" s="5">
-        <v>1.7137934865943505</v>
+        <v>1.7137965838727398</v>
       </c>
       <c r="E185" s="5">
-        <v>1.5108603250336472</v>
+        <v>1.5108602536189952</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <v>38353</v>
       </c>
       <c r="B186" s="5">
-        <v>1141.5194423999999</v>
+        <v>1141.519444</v>
       </c>
       <c r="C186" s="5">
-        <v>0.4837804999999662</v>
+        <v>0.4837760000000344</v>
       </c>
       <c r="D186" s="5">
-        <v>0.50996852573579332</v>
+        <v>0.5099637683420255</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <v>38384</v>
       </c>
       <c r="B187" s="5">
-        <v>1144.2330489000001</v>
+        <v>1144.2330489999999</v>
       </c>
       <c r="C187" s="5">
-        <v>2.7136065000001963</v>
+        <v>2.7136049999999159</v>
       </c>
       <c r="D187" s="5">
-        <v>2.8902196690896886</v>
+        <v>2.8902180464129845</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <v>38412</v>
       </c>
       <c r="B188" s="5">
-        <v>1145.3040928999999</v>
+        <v>1145.3040940000001</v>
       </c>
       <c r="C188" s="5">
-        <v>1.0710439999998016</v>
+        <v>1.0710450000001401</v>
       </c>
       <c r="D188" s="5">
-        <v>1.1290446730936932</v>
+        <v>1.1290457325811687</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <v>38443</v>
       </c>
       <c r="B189" s="5">
-        <v>1147.9989204999999</v>
+        <v>1147.9989210000001</v>
       </c>
       <c r="C189" s="5">
-        <v>2.6948276000000533</v>
+        <v>2.6948270000000321</v>
       </c>
       <c r="D189" s="5">
-        <v>2.8603513358714361</v>
+        <v>2.8603506879707252</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <v>38473</v>
       </c>
       <c r="B190" s="5">
-        <v>1149.9315855</v>
+        <v>1149.931585</v>
       </c>
       <c r="C190" s="5">
-        <v>1.9326650000000427</v>
+        <v>1.9326639999999315</v>
       </c>
       <c r="D190" s="5">
-        <v>2.0390202936341417</v>
+        <v>2.0390192279195141</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <v>38504</v>
       </c>
       <c r="B191" s="5">
-        <v>1153.7487494</v>
+        <v>1153.7487470000001</v>
       </c>
       <c r="C191" s="5">
-        <v>3.8171638999999686</v>
+        <v>3.817162000000053</v>
       </c>
       <c r="D191" s="5">
-        <v>4.0568998888634855</v>
+        <v>4.0568978343219708</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <v>38534</v>
       </c>
       <c r="B192" s="5">
-        <v>1155.6467798000001</v>
+        <v>1155.6467789999999</v>
       </c>
       <c r="C192" s="5">
-        <v>1.8980304000001524</v>
+        <v>1.8980319999998301</v>
       </c>
       <c r="D192" s="5">
-        <v>1.9920784827465399</v>
+        <v>1.9920801814314437</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <v>38565</v>
       </c>
       <c r="B193" s="5">
-        <v>1159.2050973</v>
+        <v>1159.2050979999999</v>
       </c>
       <c r="C193" s="5">
-        <v>3.5583174999999301</v>
+        <v>3.5583189999999831</v>
       </c>
       <c r="D193" s="5">
-        <v>3.7581033055031687</v>
+        <v>3.7581049192926264</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <v>38596</v>
       </c>
       <c r="B194" s="5">
-        <v>1161.6249929999999</v>
+        <v>1161.624984</v>
       </c>
       <c r="C194" s="5">
-        <v>2.41989569999987</v>
+        <v>2.4198860000001332</v>
       </c>
       <c r="D194" s="5">
-        <v>2.5340199193238711</v>
+        <v>2.5340096434111947</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <v>38626</v>
       </c>
       <c r="B195" s="5">
-        <v>1158.2607373999999</v>
+        <v>1158.2607390000001</v>
       </c>
       <c r="C195" s="5">
-        <v>-3.3642555999999786</v>
+        <v>-3.3642449999999826</v>
       </c>
       <c r="D195" s="5">
-        <v>-3.4205676233397986</v>
+        <v>-3.4205570430830723</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <v>38657</v>
       </c>
       <c r="B196" s="5">
-        <v>1159.14157</v>
+        <v>1159.1415710000001</v>
       </c>
       <c r="C196" s="5">
-        <v>0.88083260000007613</v>
+        <v>0.8808320000000549</v>
       </c>
       <c r="D196" s="5">
-        <v>0.91640107541286486</v>
+        <v>0.91640044729988102</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <v>38687</v>
       </c>
       <c r="B197" s="5">
-        <v>1156.9967495999999</v>
+        <v>1156.9967549999999</v>
       </c>
       <c r="C197" s="5">
-        <v>-2.1448204000000715</v>
+        <v>-2.144816000000219</v>
       </c>
       <c r="D197" s="5">
-        <v>-2.1979645846052609</v>
+        <v>-2.1979601194942466</v>
       </c>
       <c r="E197" s="5">
-        <v>1.3988246145981487</v>
+        <v>1.3988245457722037</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <v>38718</v>
       </c>
       <c r="B198" s="5">
-        <v>1162.8217305000001</v>
+        <v>1162.821731</v>
       </c>
       <c r="C198" s="5">
-        <v>5.8249809000001278</v>
+        <v>5.8249760000001061</v>
       </c>
       <c r="D198" s="5">
-        <v>6.2116127557444223</v>
+        <v>6.2116073551803153</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <v>38749</v>
       </c>
       <c r="B199" s="5">
-        <v>1162.8133381</v>
+        <v>1162.813339</v>
       </c>
       <c r="C199" s="5">
-        <v>-8.3924000000479282E-3</v>
+        <v>-8.3919999999579886E-3</v>
       </c>
       <c r="D199" s="5">
-        <v>-8.6603818814645628E-3</v>
+        <v>-8.6599691213717911E-3</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <v>38777</v>
       </c>
       <c r="B200" s="5">
-        <v>1161.6094501</v>
+        <v>1161.609451</v>
       </c>
       <c r="C200" s="5">
         <v>-1.2038880000000063</v>
       </c>
       <c r="D200" s="5">
-        <v>-1.2353380780029011</v>
+        <v>-1.2353380770521616</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <v>38808</v>
       </c>
       <c r="B201" s="5">
-        <v>1162.4354043999999</v>
+        <v>1162.4354049999999</v>
       </c>
       <c r="C201" s="5">
-        <v>0.8259542999999212</v>
+        <v>0.82595399999991059</v>
       </c>
       <c r="D201" s="5">
-        <v>0.85659639671737953</v>
+        <v>0.85659608370374229</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <v>38838</v>
       </c>
       <c r="B202" s="5">
-        <v>1162.1159372</v>
+        <v>1162.1159379999999</v>
       </c>
       <c r="C202" s="5">
-        <v>-0.31946719999996276</v>
+        <v>-0.31946700000003148</v>
       </c>
       <c r="D202" s="5">
-        <v>-0.32929288239631482</v>
+        <v>-0.32929267638688309</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <v>38869</v>
       </c>
       <c r="B203" s="5">
-        <v>1161.7101485999999</v>
+        <v>1161.710145</v>
       </c>
       <c r="C203" s="5">
-        <v>-0.40578860000005079</v>
+        <v>-0.40579299999990326</v>
       </c>
       <c r="D203" s="5">
-        <v>-0.41821320432084974</v>
+        <v>-0.41821773004899754</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <v>38899</v>
       </c>
       <c r="B204" s="5">
-        <v>1161.6403582</v>
+        <v>1161.640359</v>
       </c>
       <c r="C204" s="5">
-        <v>-6.9790399999874353E-2</v>
+        <v>-6.9786000000021886E-2</v>
       </c>
       <c r="D204" s="5">
-        <v>-7.2066869549070045E-2</v>
+        <v>-7.2062327751420963E-2</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <v>38930</v>
       </c>
       <c r="B205" s="5">
-        <v>1174.9918866999999</v>
+        <v>1174.9918889999999</v>
       </c>
       <c r="C205" s="5">
-        <v>13.351528499999858</v>
+        <v>13.351529999999912</v>
       </c>
       <c r="D205" s="5">
-        <v>14.698597928870116</v>
+        <v>14.698599675196089</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
         <v>38961</v>
       </c>
       <c r="B206" s="5">
-        <v>1176.7428875999999</v>
+        <v>1176.7428789999999</v>
       </c>
       <c r="C206" s="5">
-        <v>1.7510009000000082</v>
+        <v>1.7509900000000016</v>
       </c>
       <c r="D206" s="5">
-        <v>1.80299870102274</v>
+        <v>1.8029873816266972</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
         <v>38991</v>
       </c>
       <c r="B207" s="5">
-        <v>1174.9393749999999</v>
+        <v>1174.939376</v>
       </c>
       <c r="C207" s="5">
-        <v>-1.8035125999999764</v>
+        <v>-1.8035029999998642</v>
       </c>
       <c r="D207" s="5">
-        <v>-1.8237329794237422</v>
+        <v>-1.8237233666909103</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <v>39022</v>
       </c>
       <c r="B208" s="5">
-        <v>1174.9015669</v>
+        <v>1174.901568</v>
       </c>
       <c r="C208" s="5">
-        <v>-3.7808099999892875E-2</v>
+        <v>-3.780800000004092E-2</v>
       </c>
       <c r="D208" s="5">
-        <v>-3.8607686615366177E-2</v>
+        <v>-3.8607584485905733E-2</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <v>39052</v>
       </c>
       <c r="B209" s="5">
-        <v>1177.3546472999999</v>
+        <v>1177.3546510000001</v>
       </c>
       <c r="C209" s="5">
-        <v>2.4530803999998625</v>
+        <v>2.453083000000106</v>
       </c>
       <c r="D209" s="5">
-        <v>2.5344563110944796</v>
+        <v>2.5344590258667754</v>
       </c>
       <c r="E209" s="5">
-        <v>1.7595466631205481</v>
+        <v>1.7595465079761841</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <v>39083</v>
       </c>
       <c r="B210" s="5">
-        <v>1177.0015443</v>
+        <v>1177.001544</v>
       </c>
       <c r="C210" s="5">
-        <v>-0.35310299999991912</v>
+        <v>-0.3531070000001364</v>
       </c>
       <c r="D210" s="5">
-        <v>-0.35930155790691032</v>
+        <v>-0.35930562028632096</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <v>39114</v>
       </c>
       <c r="B211" s="5">
-        <v>1178.1779584999999</v>
+        <v>1178.1779590000001</v>
       </c>
       <c r="C211" s="5">
-        <v>1.1764141999999538</v>
+        <v>1.1764150000001337</v>
       </c>
       <c r="D211" s="5">
-        <v>1.2060166102443537</v>
+        <v>1.2060174351978814</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="3">
         <v>39142</v>
       </c>
       <c r="B212" s="5">
-        <v>1180.1966746999999</v>
+        <v>1180.1966749999999</v>
       </c>
       <c r="C212" s="5">
-        <v>2.0187161999999716</v>
+        <v>2.018715999999813</v>
       </c>
       <c r="D212" s="5">
-        <v>2.0755940451411714</v>
+        <v>2.075593836675016</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="3">
         <v>39173</v>
       </c>
       <c r="B213" s="5">
-        <v>1180.8304432</v>
+        <v>1180.8304439999999</v>
       </c>
       <c r="C213" s="5">
-        <v>0.63376850000008744</v>
+        <v>0.63376900000002934</v>
       </c>
       <c r="D213" s="5">
-        <v>0.64630959779667929</v>
+        <v>0.64631010903286601</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="3">
         <v>39203</v>
       </c>
       <c r="B214" s="5">
-        <v>1183.8731938999999</v>
+        <v>1183.8731949999999</v>
       </c>
       <c r="C214" s="5">
-        <v>3.0427506999999423</v>
+        <v>3.0427509999999529</v>
       </c>
       <c r="D214" s="5">
-        <v>3.1363481480988442</v>
+        <v>3.1363484595677615</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="3">
         <v>39234</v>
       </c>
       <c r="B215" s="5">
-        <v>1185.2767527999999</v>
+        <v>1185.2767510000001</v>
       </c>
       <c r="C215" s="5">
-        <v>1.4035589000000073</v>
+        <v>1.4035560000002079</v>
       </c>
       <c r="D215" s="5">
-        <v>1.431991767676899</v>
+        <v>1.4319887882711324</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="3">
         <v>39264</v>
       </c>
       <c r="B216" s="5">
-        <v>1188.1674192</v>
+        <v>1188.1674210000001</v>
       </c>
       <c r="C216" s="5">
-        <v>2.8906664000001001</v>
+        <v>2.8906700000000001</v>
       </c>
       <c r="D216" s="5">
-        <v>2.9661499881524556</v>
+        <v>2.9661537364136903</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="3">
         <v>39295</v>
       </c>
       <c r="B217" s="5">
-        <v>1190.7427679</v>
+        <v>1190.7427700000001</v>
       </c>
       <c r="C217" s="5">
-        <v>2.5753486999999495</v>
+        <v>2.5753489999999601</v>
       </c>
       <c r="D217" s="5">
-        <v>2.6322279698778539</v>
+        <v>2.6322282761330973</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="3">
         <v>39326</v>
       </c>
       <c r="B218" s="5">
-        <v>1194.5353259000001</v>
+        <v>1194.53532</v>
       </c>
       <c r="C218" s="5">
-        <v>3.7925580000000991</v>
+        <v>3.792549999999892</v>
       </c>
       <c r="D218" s="5">
-        <v>3.8897119406412051</v>
+        <v>3.8897035844622341</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="3">
         <v>39356</v>
       </c>
       <c r="B219" s="5">
-        <v>1199.5691265</v>
+        <v>1199.5691260000001</v>
       </c>
       <c r="C219" s="5">
-        <v>5.0338005999999496</v>
+        <v>5.0338060000001406</v>
       </c>
       <c r="D219" s="5">
-        <v>5.1756936932422226</v>
+        <v>5.1756994009289681</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="3">
         <v>39387</v>
       </c>
       <c r="B220" s="5">
-        <v>1203.8270782</v>
+        <v>1203.827078</v>
       </c>
       <c r="C220" s="5">
-        <v>4.2579516999999214</v>
+        <v>4.257951999999932</v>
       </c>
       <c r="D220" s="5">
-        <v>4.3436291517298331</v>
+        <v>4.3436294656117092</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="3">
         <v>39417</v>
       </c>
       <c r="B221" s="5">
-        <v>1209.2024262</v>
+        <v>1209.2024280000001</v>
       </c>
       <c r="C221" s="5">
-        <v>5.3753480000000309</v>
+        <v>5.3753500000000258</v>
       </c>
       <c r="D221" s="5">
-        <v>5.4918295270083517</v>
+        <v>5.4918316217233087</v>
       </c>
       <c r="E221" s="5">
-        <v>2.7050285122699247</v>
+        <v>2.7050283423902588</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="3">
         <v>39448</v>
       </c>
       <c r="B222" s="5">
-        <v>1215.2518044999999</v>
+        <v>1215.251804</v>
       </c>
       <c r="C222" s="5">
-        <v>6.0493782999999439</v>
+        <v>6.0493759999999384</v>
       </c>
       <c r="D222" s="5">
-        <v>6.1713101847402196</v>
+        <v>6.1713077640065839</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="3">
         <v>39479</v>
       </c>
       <c r="B223" s="5">
-        <v>1215.1456149000001</v>
+        <v>1215.1456149999999</v>
       </c>
       <c r="C223" s="5">
-        <v>-0.10618959999987965</v>
+        <v>-0.1061890000000858</v>
       </c>
       <c r="D223" s="5">
-        <v>-0.10480650713943218</v>
+        <v>-0.1048059152822356</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="3">
         <v>39508</v>
       </c>
       <c r="B224" s="5">
-        <v>1218.5136643000001</v>
+        <v>1218.5136649999999</v>
       </c>
       <c r="C224" s="5">
-        <v>3.3680494000000181</v>
+        <v>3.3680500000000393</v>
       </c>
       <c r="D224" s="5">
-        <v>3.3772455467719897</v>
+        <v>3.3772461573292167</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="3">
         <v>39539</v>
       </c>
       <c r="B225" s="5">
-        <v>1217.9551532999999</v>
+        <v>1217.9551550000001</v>
       </c>
       <c r="C225" s="5">
-        <v>-0.5585110000001805</v>
+        <v>-0.55850999999984197</v>
       </c>
       <c r="D225" s="5">
-        <v>-0.54864071303222239</v>
+        <v>-0.54863973286508605</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="3">
         <v>39569</v>
       </c>
       <c r="B226" s="5">
-        <v>1220.3607281</v>
+        <v>1220.3607300000001</v>
       </c>
       <c r="C226" s="5">
-        <v>2.4055748000000676</v>
+        <v>2.4055749999999989</v>
       </c>
       <c r="D226" s="5">
-        <v>2.3960285144381199</v>
+        <v>2.3960287124326296</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="3">
         <v>39600</v>
       </c>
       <c r="B227" s="5">
-        <v>1222.4304509000001</v>
+        <v>1222.4304529999999</v>
       </c>
       <c r="C227" s="5">
-        <v>2.069722800000136</v>
+        <v>2.0697229999998399</v>
       </c>
       <c r="D227" s="5">
-        <v>2.05428306989901</v>
+        <v>2.0542832670338962</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="3">
         <v>39630</v>
       </c>
       <c r="B228" s="5">
-        <v>1223.9163120999999</v>
+        <v>1223.9163140000001</v>
       </c>
       <c r="C228" s="5">
-        <v>1.4858611999998175</v>
+        <v>1.4858610000001136</v>
       </c>
       <c r="D228" s="5">
-        <v>1.4683877245697641</v>
+        <v>1.4683875230594223</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="3">
         <v>39661</v>
       </c>
       <c r="B229" s="5">
-        <v>1223.1572784</v>
+        <v>1223.157279</v>
       </c>
       <c r="C229" s="5">
-        <v>-0.7590336999999181</v>
+        <v>-0.75903500000003987</v>
       </c>
       <c r="D229" s="5">
-        <v>-0.74166839444763655</v>
+        <v>-0.74166965922917161</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="3">
         <v>39692</v>
       </c>
       <c r="B230" s="5">
-        <v>1222.8493199</v>
+        <v>1222.8493149999999</v>
       </c>
       <c r="C230" s="5">
-        <v>-0.30795850000004066</v>
+        <v>-0.30796400000008362</v>
       </c>
       <c r="D230" s="5">
-        <v>-0.30171009050395936</v>
+        <v>-0.3017154713028658</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="3">
         <v>39722</v>
       </c>
       <c r="B231" s="5">
-        <v>1227.1958026</v>
+        <v>1227.195798</v>
       </c>
       <c r="C231" s="5">
-        <v>4.3464827000000241</v>
+        <v>4.3464830000000347</v>
       </c>
       <c r="D231" s="5">
-        <v>4.3496454913282578</v>
+        <v>4.3496458152110895</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="3">
         <v>39753</v>
       </c>
       <c r="B232" s="5">
-        <v>1233.5093715999999</v>
+        <v>1233.5093690000001</v>
       </c>
       <c r="C232" s="5">
-        <v>6.3135689999999158</v>
+        <v>6.3135710000001382</v>
       </c>
       <c r="D232" s="5">
-        <v>6.3513743522921828</v>
+        <v>6.3513764460225941</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="3">
         <v>39783</v>
       </c>
       <c r="B233" s="5">
-        <v>1236.6816484999999</v>
+        <v>1236.681648</v>
       </c>
       <c r="C233" s="5">
-        <v>3.1722769000000426</v>
+        <v>3.1722789999998895</v>
       </c>
       <c r="D233" s="5">
-        <v>3.1301272788910151</v>
+        <v>3.1301293870762414</v>
       </c>
       <c r="E233" s="5">
-        <v>2.2725080354291993</v>
+        <v>2.2725078418383671</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="3">
         <v>39814</v>
       </c>
       <c r="B234" s="5">
-        <v>1241.3562073000001</v>
+        <v>1241.356207</v>
       </c>
       <c r="C234" s="5">
-        <v>4.6745588000001135</v>
+        <v>4.6745590000000448</v>
       </c>
       <c r="D234" s="5">
-        <v>4.6314028784732342</v>
+        <v>4.6314030826757557</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="3">
         <v>39845</v>
       </c>
       <c r="B235" s="5">
-        <v>1244.0692537</v>
+        <v>1244.0692550000001</v>
       </c>
       <c r="C235" s="5">
-        <v>2.7130463999999392</v>
+        <v>2.7130480000000716</v>
       </c>
       <c r="D235" s="5">
-        <v>2.654416891586453</v>
+        <v>2.6544184765242562</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="3">
         <v>39873</v>
       </c>
       <c r="B236" s="5">
-        <v>1245.1417171999999</v>
+        <v>1245.1417180000001</v>
       </c>
       <c r="C236" s="5">
-        <v>1.0724634999999125</v>
+        <v>1.0724629999999706</v>
       </c>
       <c r="D236" s="5">
-        <v>1.039392023274055</v>
+        <v>1.0393915353015482</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="3">
         <v>39904</v>
       </c>
       <c r="B237" s="5">
-        <v>1248.1013780000001</v>
+        <v>1248.1013820000001</v>
       </c>
       <c r="C237" s="5">
-        <v>2.9596608000001652</v>
+        <v>2.9596639999999752</v>
       </c>
       <c r="D237" s="5">
-        <v>2.8899472852929264</v>
+        <v>2.8899504489990235</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="3">
         <v>39934</v>
       </c>
       <c r="B238" s="5">
-        <v>1249.9924606</v>
+        <v>1249.992467</v>
       </c>
       <c r="C238" s="5">
-        <v>1.8910825999998906</v>
+        <v>1.8910849999999755</v>
       </c>
       <c r="D238" s="5">
-        <v>1.8334295779425913</v>
+        <v>1.8334319182740533</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="3">
         <v>39965</v>
       </c>
       <c r="B239" s="5">
-        <v>1253.5059726</v>
+        <v>1253.5059799999999</v>
       </c>
       <c r="C239" s="5">
-        <v>3.5135119999999915</v>
+        <v>3.5135129999998753</v>
       </c>
       <c r="D239" s="5">
-        <v>3.4256284589025965</v>
+        <v>3.4256294312002833</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="3">
         <v>39995</v>
       </c>
       <c r="B240" s="5">
-        <v>1250.3047521000001</v>
+        <v>1250.3047570000001</v>
       </c>
       <c r="C240" s="5">
-        <v>-3.201220499999863</v>
+        <v>-3.2012229999997999</v>
       </c>
       <c r="D240" s="5">
-        <v>-3.0218955970959249</v>
+        <v>-3.0218979064133067</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="3">
         <v>40026</v>
       </c>
       <c r="B241" s="5">
-        <v>1246.2788923000001</v>
+        <v>1246.2788929999999</v>
       </c>
       <c r="C241" s="5">
-        <v>-4.0258598000000347</v>
+        <v>-4.0258640000001833</v>
       </c>
       <c r="D241" s="5">
-        <v>-3.7961852145938502</v>
+        <v>-3.7961890904983475</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="3">
         <v>40057</v>
       </c>
       <c r="B242" s="5">
-        <v>1254.241346</v>
+        <v>1254.2413469999999</v>
       </c>
       <c r="C242" s="5">
-        <v>7.9624536999999691</v>
+        <v>7.9624539999999797</v>
       </c>
       <c r="D242" s="5">
-        <v>7.9420054600548795</v>
+        <v>7.9420057652579201</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="3">
         <v>40087</v>
       </c>
       <c r="B243" s="5">
-        <v>1262.0228976999999</v>
+        <v>1262.0228609999999</v>
       </c>
       <c r="C243" s="5">
-        <v>7.781551699999909</v>
+        <v>7.7815140000000156</v>
       </c>
       <c r="D243" s="5">
-        <v>7.7044030385438944</v>
+        <v>7.7043644231730157</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="3">
         <v>40118</v>
       </c>
       <c r="B244" s="5">
-        <v>1263.7032824999999</v>
+        <v>1263.7032830000001</v>
       </c>
       <c r="C244" s="5">
-        <v>1.6803847999999562</v>
+        <v>1.6804220000001351</v>
       </c>
       <c r="D244" s="5">
-        <v>1.6095544437377596</v>
+        <v>1.6095903842136883</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="3">
         <v>40148</v>
       </c>
       <c r="B245" s="5">
-        <v>1264.0294424000001</v>
+        <v>1264.029442</v>
       </c>
       <c r="C245" s="5">
-        <v>0.32615990000022066</v>
+        <v>0.32615899999996145</v>
       </c>
       <c r="D245" s="5">
-        <v>0.3101582157606364</v>
+        <v>0.31015735857717885</v>
       </c>
       <c r="E245" s="5">
-        <v>2.2113851154151876</v>
+        <v>2.2113851243954041</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="3">
         <v>40179</v>
       </c>
       <c r="B246" s="5">
-        <v>1263.4814300999999</v>
+        <v>1263.4814280000001</v>
       </c>
       <c r="C246" s="5">
-        <v>-0.54801230000020951</v>
+        <v>-0.54801399999996647</v>
       </c>
       <c r="D246" s="5">
-        <v>-0.51901397624306567</v>
+        <v>-0.51901558261322478</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="3">
         <v>40210</v>
       </c>
       <c r="B247" s="5">
-        <v>1268.2543811999999</v>
+        <v>1268.254383</v>
       </c>
       <c r="C247" s="5">
-        <v>4.7729511000000002</v>
+        <v>4.7729549999999108</v>
       </c>
       <c r="D247" s="5">
-        <v>4.6285232431122703</v>
+        <v>4.628527111874936</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="3">
         <v>40238</v>
       </c>
       <c r="B248" s="5">
-        <v>1271.3660288000001</v>
+        <v>1271.3660359999999</v>
       </c>
       <c r="C248" s="5">
-        <v>3.1116476000001967</v>
+        <v>3.1116529999999329</v>
       </c>
       <c r="D248" s="5">
-        <v>2.9842423768313475</v>
+        <v>2.9842476215218072</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="3">
         <v>40269</v>
       </c>
       <c r="B249" s="5">
-        <v>1273.9687008000001</v>
+        <v>1273.968715</v>
       </c>
       <c r="C249" s="5">
-        <v>2.6026719999999841</v>
+        <v>2.6026790000000801</v>
       </c>
       <c r="D249" s="5">
-        <v>2.4844242544476147</v>
+        <v>2.4844309976000956</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="3">
         <v>40299</v>
       </c>
       <c r="B250" s="5">
-        <v>1273.3382609</v>
+        <v>1273.3382819999999</v>
       </c>
       <c r="C250" s="5">
-        <v>-0.63043990000005579</v>
+        <v>-0.6304330000000391</v>
       </c>
       <c r="D250" s="5">
-        <v>-0.59222192461487744</v>
+        <v>-0.5922154539487634</v>
       </c>
     </row>
     <row r="251" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A251" s="3">
         <v>40330</v>
       </c>
       <c r="B251" s="5">
-        <v>1272.8624577999999</v>
+        <v>1272.8624809999999</v>
       </c>
       <c r="C251" s="5">
-        <v>-0.47580310000012105</v>
+        <v>-0.47580100000004677</v>
       </c>
       <c r="D251" s="5">
-        <v>-0.44747870585551963</v>
+        <v>-0.44747672752516454</v>
       </c>
     </row>
     <row r="252" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A252" s="3">
         <v>40360</v>
       </c>
       <c r="B252" s="5">
-        <v>1269.1225623</v>
+        <v>1269.1225730000001</v>
       </c>
       <c r="C252" s="5">
-        <v>-3.739895499999875</v>
+        <v>-3.7399079999997866</v>
       </c>
       <c r="D252" s="5">
-        <v>-3.4693899979188814</v>
+        <v>-3.4694013448366756</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="3">
         <v>40391</v>
       </c>
       <c r="B253" s="5">
-        <v>1271.2384314000001</v>
+        <v>1271.2384039999999</v>
       </c>
       <c r="C253" s="5">
-        <v>2.1158691000000545</v>
+        <v>2.1158309999998437</v>
       </c>
       <c r="D253" s="5">
-        <v>2.0190758108716622</v>
+        <v>2.0190391026102095</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="3">
         <v>40422</v>
       </c>
       <c r="B254" s="5">
-        <v>1273.1402774000001</v>
+        <v>1273.140271</v>
       </c>
       <c r="C254" s="5">
-        <v>1.9018459999999777</v>
+        <v>1.9018670000000384</v>
       </c>
       <c r="D254" s="5">
-        <v>1.8101151576437546</v>
+        <v>1.8101353488460648</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="3">
         <v>40452</v>
       </c>
       <c r="B255" s="5">
-        <v>1277.8815686</v>
+        <v>1277.8814890000001</v>
       </c>
       <c r="C255" s="5">
-        <v>4.7412911999999778</v>
+        <v>4.7412180000001172</v>
       </c>
       <c r="D255" s="5">
-        <v>4.5615904221736336</v>
+        <v>4.5615185712535089</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="3">
         <v>40483</v>
       </c>
       <c r="B256" s="5">
-        <v>1276.5599706</v>
+        <v>1276.5599709999999</v>
       </c>
       <c r="C256" s="5">
-        <v>-1.3215979999999945</v>
+        <v>-1.3215180000001965</v>
       </c>
       <c r="D256" s="5">
-        <v>-1.2340170788781357</v>
+        <v>-1.2339428811785402</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="3">
         <v>40513</v>
       </c>
       <c r="B257" s="5">
-        <v>1274.1370727000001</v>
+        <v>1274.137074</v>
       </c>
       <c r="C257" s="5">
-        <v>-2.4228978999999526</v>
+        <v>-2.4228969999999208</v>
       </c>
       <c r="D257" s="5">
-        <v>-2.2539620173179342</v>
+        <v>-2.2539611880918575</v>
       </c>
       <c r="E257" s="5">
-        <v>0.79963566994205593</v>
+        <v>0.79963580468562778</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="3">
         <v>40544</v>
       </c>
       <c r="B258" s="5">
-        <v>1272.5028166</v>
+        <v>1272.502819</v>
       </c>
       <c r="C258" s="5">
-        <v>-1.6342561000001297</v>
+        <v>-1.6342549999999392</v>
       </c>
       <c r="D258" s="5">
-        <v>-1.5283533428571583</v>
+        <v>-1.5283523198367677</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="3">
         <v>40575</v>
       </c>
       <c r="B259" s="5">
-        <v>1266.6633052</v>
+        <v>1266.6633139999999</v>
       </c>
       <c r="C259" s="5">
-        <v>-5.8395113999999921</v>
+        <v>-5.8395050000001447</v>
       </c>
       <c r="D259" s="5">
-        <v>-5.36991178735724</v>
+        <v>-5.3699060398966552</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="3">
         <v>40603</v>
       </c>
       <c r="B260" s="5">
-        <v>1264.0689348000001</v>
+        <v>1264.0689589999999</v>
       </c>
       <c r="C260" s="5">
-        <v>-2.5943703999998888</v>
+        <v>-2.5943549999999505</v>
       </c>
       <c r="D260" s="5">
-        <v>-2.4303316624908256</v>
+        <v>-2.4303173816406676</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="3">
         <v>40634</v>
       </c>
       <c r="B261" s="5">
-        <v>1264.0398828</v>
+        <v>1264.039923</v>
       </c>
       <c r="C261" s="5">
-        <v>-2.9052000000092448E-2</v>
+        <v>-2.9035999999905471E-2</v>
       </c>
       <c r="D261" s="5">
-        <v>-2.7576022603459371E-2</v>
+        <v>-2.75608368691449E-2</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="3">
         <v>40664</v>
       </c>
       <c r="B262" s="5">
-        <v>1262.5873552999999</v>
+        <v>1262.587413</v>
       </c>
       <c r="C262" s="5">
-        <v>-1.4525275000000875</v>
+        <v>-1.4525100000000748</v>
       </c>
       <c r="D262" s="5">
-        <v>-1.3702565157091784</v>
+        <v>-1.3702400678010429</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="3">
         <v>40695</v>
       </c>
       <c r="B263" s="5">
-        <v>1267.8768534999999</v>
+        <v>1267.8769179999999</v>
       </c>
       <c r="C263" s="5">
-        <v>5.2894982000000255</v>
+        <v>5.2895049999999628</v>
       </c>
       <c r="D263" s="5">
-        <v>5.1447647168057609</v>
+        <v>5.1447712433181358</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="3">
         <v>40725</v>
       </c>
       <c r="B264" s="5">
-        <v>1257.8325367</v>
+        <v>1257.832541</v>
       </c>
       <c r="C264" s="5">
-        <v>-10.044316799999933</v>
+        <v>-10.04437699999994</v>
       </c>
       <c r="D264" s="5">
-        <v>-9.1031121490098954</v>
+        <v>-9.103163909902424</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="3">
         <v>40756</v>
       </c>
       <c r="B265" s="5">
-        <v>1248.9526868</v>
+        <v>1248.952597</v>
       </c>
       <c r="C265" s="5">
-        <v>-8.8798498999999538</v>
+        <v>-8.8799440000000232</v>
       </c>
       <c r="D265" s="5">
-        <v>-8.1502571593173752</v>
+        <v>-8.1503401754545948</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="3">
         <v>40787</v>
       </c>
       <c r="B266" s="5">
-        <v>1242.0151708000001</v>
+        <v>1242.0151080000001</v>
       </c>
       <c r="C266" s="5">
-        <v>-6.9375159999999596</v>
+        <v>-6.9374889999999141</v>
       </c>
       <c r="D266" s="5">
-        <v>-6.4656853779856078</v>
+        <v>-6.4656614287979082</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="3">
         <v>40817</v>
       </c>
       <c r="B267" s="5">
-        <v>1232.6497664999999</v>
+        <v>1232.6496050000001</v>
       </c>
       <c r="C267" s="5">
-        <v>-9.3654043000001366</v>
+        <v>-9.3655029999999897</v>
       </c>
       <c r="D267" s="5">
-        <v>-8.6825941125734492</v>
+        <v>-8.6826822764689773</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="3">
         <v>40848</v>
       </c>
       <c r="B268" s="5">
-        <v>1230.0460923000001</v>
+        <v>1230.0460880000001</v>
       </c>
       <c r="C268" s="5">
-        <v>-2.6036741999998867</v>
+        <v>-2.6035170000000107</v>
       </c>
       <c r="D268" s="5">
-        <v>-2.505469041068531</v>
+        <v>-2.5053198476865157</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="3">
         <v>40878</v>
       </c>
       <c r="B269" s="5">
-        <v>1229.4133019000001</v>
+        <v>1229.413337</v>
       </c>
       <c r="C269" s="5">
-        <v>-0.63279039999997622</v>
+        <v>-0.63275100000009843</v>
       </c>
       <c r="D269" s="5">
-        <v>-0.61558963554853019</v>
+        <v>-0.61555141705896821</v>
       </c>
       <c r="E269" s="5">
-        <v>-3.5101224003494913</v>
+        <v>-3.5101197439923237</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="3">
         <v>40909</v>
       </c>
       <c r="B270" s="5">
-        <v>1231.7447658000001</v>
+        <v>1231.7448139999999</v>
       </c>
       <c r="C270" s="5">
-        <v>2.331463900000017</v>
+        <v>2.3314769999999498</v>
       </c>
       <c r="D270" s="5">
-        <v>2.299570980652188</v>
+        <v>2.2995839701773546</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="3">
         <v>40940</v>
       </c>
       <c r="B271" s="5">
-        <v>1232.2516304999999</v>
+        <v>1232.251669</v>
       </c>
       <c r="C271" s="5">
-        <v>0.50686469999982364</v>
+        <v>0.50685500000008687</v>
       </c>
       <c r="D271" s="5">
-        <v>0.49492081919106923</v>
+        <v>0.49491130690784146</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="3">
         <v>40969</v>
       </c>
       <c r="B272" s="5">
-        <v>1232.4730672999999</v>
+        <v>1232.4731280000001</v>
       </c>
       <c r="C272" s="5">
-        <v>0.22143679999999222</v>
+        <v>0.22145900000009533</v>
       </c>
       <c r="D272" s="5">
-        <v>0.21585440884939189</v>
+        <v>0.21587606383399738</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="3">
         <v>41000</v>
       </c>
       <c r="B273" s="5">
-        <v>1230.8066171</v>
+        <v>1230.806701</v>
       </c>
       <c r="C273" s="5">
-        <v>-1.666450199999872</v>
+        <v>-1.6664270000001125</v>
       </c>
       <c r="D273" s="5">
-        <v>-1.6105306790313634</v>
+        <v>-1.610508345277839</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="3">
         <v>41030</v>
       </c>
       <c r="B274" s="5">
-        <v>1230.8413389</v>
+        <v>1230.8414270000001</v>
       </c>
       <c r="C274" s="5">
-        <v>3.4721799999942959E-2</v>
+        <v>3.4726000000091517E-2</v>
       </c>
       <c r="D274" s="5">
-        <v>3.3857979702789365E-2</v>
+        <v>3.386207354092452E-2</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="3">
         <v>41061</v>
       </c>
       <c r="B275" s="5">
-        <v>1230.4437129999999</v>
+        <v>1230.44382</v>
       </c>
       <c r="C275" s="5">
-        <v>-0.39762590000009368</v>
+        <v>-0.39760700000010729</v>
       </c>
       <c r="D275" s="5">
-        <v>-0.38697448774159815</v>
+        <v>-0.38695609904572104</v>
       </c>
     </row>
     <row r="276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A276" s="3">
         <v>41091</v>
       </c>
       <c r="B276" s="5">
-        <v>1234.9823828999999</v>
+        <v>1234.9824209999999</v>
       </c>
       <c r="C276" s="5">
-        <v>4.538669900000059</v>
+        <v>4.5386009999999715</v>
       </c>
       <c r="D276" s="5">
-        <v>4.5172874765191384</v>
+        <v>4.517217103146054</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="3">
         <v>41122</v>
       </c>
       <c r="B277" s="5">
-        <v>1235.5943156000001</v>
+        <v>1235.5942520000001</v>
       </c>
       <c r="C277" s="5">
-        <v>0.6119327000001249</v>
+        <v>0.61183100000016566</v>
       </c>
       <c r="D277" s="5">
-        <v>0.59622206697060864</v>
+        <v>0.59612268940150148</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="3">
         <v>41153</v>
       </c>
       <c r="B278" s="5">
-        <v>1234.2830896</v>
+        <v>1234.2825270000001</v>
       </c>
       <c r="C278" s="5">
-        <v>-1.3112260000000333</v>
+        <v>-1.311725000000024</v>
       </c>
       <c r="D278" s="5">
-        <v>-1.2660464475378053</v>
+        <v>-1.2665255091084071</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="3">
         <v>41183</v>
       </c>
       <c r="B279" s="5">
-        <v>1233.3490225</v>
+        <v>1233.3488870000001</v>
       </c>
       <c r="C279" s="5">
-        <v>-0.93406709999999293</v>
+        <v>-0.9336399999999685</v>
       </c>
       <c r="D279" s="5">
-        <v>-0.90435242651391023</v>
+        <v>-0.90394104262252473</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="3">
         <v>41214</v>
       </c>
       <c r="B280" s="5">
-        <v>1233.4268909</v>
+        <v>1233.4269360000001</v>
       </c>
       <c r="C280" s="5">
-        <v>7.7868399999942994E-2</v>
+        <v>7.8048999999964508E-2</v>
       </c>
       <c r="D280" s="5">
-        <v>7.5789198811238023E-2</v>
+        <v>7.5965046057735464E-2</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="3">
         <v>41244</v>
       </c>
       <c r="B281" s="5">
-        <v>1236.14786</v>
+        <v>1236.147978</v>
       </c>
       <c r="C281" s="5">
-        <v>2.7209691000000475</v>
+        <v>2.7210419999998976</v>
       </c>
       <c r="D281" s="5">
-        <v>2.679585115664973</v>
+        <v>2.6796576810433903</v>
       </c>
       <c r="E281" s="5">
-        <v>0.54778633756378259</v>
+        <v>0.54779306497794167</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="3">
         <v>41275</v>
       </c>
       <c r="B282" s="5">
-        <v>1235.4573117</v>
+        <v>1235.4574640000001</v>
       </c>
       <c r="C282" s="5">
-        <v>-0.69054830000004586</v>
+        <v>-0.69051399999989371</v>
       </c>
       <c r="D282" s="5">
-        <v>-0.66829924052307366</v>
+        <v>-0.66826608397161369</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="3">
         <v>41306</v>
       </c>
       <c r="B283" s="5">
-        <v>1238.2174505</v>
+        <v>1238.2175830000001</v>
       </c>
       <c r="C283" s="5">
-        <v>2.7601388000000497</v>
+        <v>2.7601190000000315</v>
       </c>
       <c r="D283" s="5">
-        <v>2.7141120981497346</v>
+        <v>2.7140920497694898</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="3">
         <v>41334</v>
       </c>
       <c r="B284" s="5">
-        <v>1239.6076717999999</v>
+        <v>1239.60778</v>
       </c>
       <c r="C284" s="5">
-        <v>1.3902212999998937</v>
+        <v>1.3901969999999437</v>
       </c>
       <c r="D284" s="5">
-        <v>1.3556633804919782</v>
+        <v>1.3556393920602261</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="3">
         <v>41365</v>
       </c>
       <c r="B285" s="5">
-        <v>1241.3663911000001</v>
+        <v>1241.366489</v>
       </c>
       <c r="C285" s="5">
-        <v>1.7587193000001662</v>
+        <v>1.7587089999999534</v>
       </c>
       <c r="D285" s="5">
-        <v>1.7158733293491713</v>
+        <v>1.7158630507926986</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="3">
         <v>41395</v>
       </c>
       <c r="B286" s="5">
-        <v>1242.7591205000001</v>
+        <v>1242.7592299999999</v>
       </c>
       <c r="C286" s="5">
-        <v>1.3927294000000074</v>
+        <v>1.3927409999998872</v>
       </c>
       <c r="D286" s="5">
-        <v>1.3546578812362098</v>
+        <v>1.3546691263579547</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="3">
         <v>41426</v>
       </c>
       <c r="B287" s="5">
-        <v>1244.2164322000001</v>
+        <v>1244.2166119999999</v>
       </c>
       <c r="C287" s="5">
-        <v>1.4573116999999911</v>
+        <v>1.4573820000000524</v>
       </c>
       <c r="D287" s="5">
-        <v>1.4162817135452199</v>
+        <v>1.4163503499370789</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="3">
         <v>41456</v>
       </c>
       <c r="B288" s="5">
-        <v>1254.8191750999999</v>
+        <v>1254.819252</v>
       </c>
       <c r="C288" s="5">
-        <v>10.602742899999839</v>
+        <v>10.602640000000065</v>
       </c>
       <c r="D288" s="5">
-        <v>10.71910504239726</v>
+        <v>10.718994467440046</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="3">
         <v>41487</v>
       </c>
       <c r="B289" s="5">
-        <v>1251.5247526000001</v>
+        <v>1251.524717</v>
       </c>
       <c r="C289" s="5">
-        <v>-3.2944224999998823</v>
+        <v>-3.2945349999999962</v>
       </c>
       <c r="D289" s="5">
-        <v>-3.1054025895267401</v>
+        <v>-3.1055069205710217</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="3">
         <v>41518</v>
       </c>
       <c r="B290" s="5">
-        <v>1256.3426096999999</v>
+        <v>1256.3415219999999</v>
       </c>
       <c r="C290" s="5">
-        <v>4.8178570999998556</v>
+        <v>4.8168049999999312</v>
       </c>
       <c r="D290" s="5">
-        <v>4.7185815953267429</v>
+        <v>4.7175294024285774</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="3">
         <v>41548</v>
       </c>
       <c r="B291" s="5">
-        <v>1258.0615409</v>
+        <v>1258.0613599999999</v>
       </c>
       <c r="C291" s="5">
-        <v>1.7189312000000427</v>
+        <v>1.7198379999999815</v>
       </c>
       <c r="D291" s="5">
-        <v>1.6542546740678343</v>
+        <v>1.6551353795304147</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="3">
         <v>41579</v>
       </c>
       <c r="B292" s="5">
-        <v>1259.4219917</v>
+        <v>1259.421863</v>
       </c>
       <c r="C292" s="5">
-        <v>1.3604508000000806</v>
+        <v>1.3605030000001079</v>
       </c>
       <c r="D292" s="5">
-        <v>1.3054097393144337</v>
+        <v>1.3054603145344679</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="3">
         <v>41609</v>
       </c>
       <c r="B293" s="5">
-        <v>1259.8145104</v>
+        <v>1259.814372</v>
       </c>
       <c r="C293" s="5">
-        <v>0.39251869999998235</v>
+        <v>0.3925090000000182</v>
       </c>
       <c r="D293" s="5">
-        <v>0.37464066142671726</v>
+        <v>0.37463142570599572</v>
       </c>
       <c r="E293" s="5">
-        <v>1.9145485071664359</v>
+        <v>1.914527582554526</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="3">
         <v>41640</v>
       </c>
       <c r="B294" s="5">
-        <v>1260.5243886000001</v>
+        <v>1260.5253990000001</v>
       </c>
       <c r="C294" s="5">
-        <v>0.70987820000004831</v>
+        <v>0.71102700000005825</v>
       </c>
       <c r="D294" s="5">
-        <v>0.67827351124569724</v>
+        <v>0.67937464958733873</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="3">
         <v>41671</v>
       </c>
       <c r="B295" s="5">
-        <v>1263.5667394</v>
+        <v>1263.5667980000001</v>
       </c>
       <c r="C295" s="5">
-        <v>3.0423507999998947</v>
+        <v>3.0413989999999558</v>
       </c>
       <c r="D295" s="5">
-        <v>2.9350293593398469</v>
+        <v>2.9340965323374268</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="3">
         <v>41699</v>
       </c>
       <c r="B296" s="5">
-        <v>1266.2809516</v>
+        <v>1266.2811280000001</v>
       </c>
       <c r="C296" s="5">
-        <v>2.7142122000000199</v>
+        <v>2.7143300000000181</v>
       </c>
       <c r="D296" s="5">
-        <v>2.6083397451355905</v>
+        <v>2.6084541685778451</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="3">
         <v>41730</v>
       </c>
       <c r="B297" s="5">
-        <v>1266.8593267000001</v>
+        <v>1266.8595479999999</v>
       </c>
       <c r="C297" s="5">
-        <v>0.57837510000013026</v>
+        <v>0.57841999999982363</v>
       </c>
       <c r="D297" s="5">
-        <v>0.54948020887919391</v>
+        <v>0.54952289621232886</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="3">
         <v>41760</v>
       </c>
       <c r="B298" s="5">
-        <v>1269.0045617000001</v>
+        <v>1269.0047589999999</v>
       </c>
       <c r="C298" s="5">
-        <v>2.1452349999999569</v>
+        <v>2.1452110000000175</v>
       </c>
       <c r="D298" s="5">
-        <v>2.0510510990455977</v>
+        <v>2.0510275769843656</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="3">
         <v>41791</v>
       </c>
       <c r="B299" s="5">
-        <v>1270.1049333999999</v>
+        <v>1270.1051319999999</v>
       </c>
       <c r="C299" s="5">
-        <v>1.1003716999998687</v>
+        <v>1.1003729999999905</v>
       </c>
       <c r="D299" s="5">
-        <v>1.0455136984717006</v>
+        <v>1.0455147762297612</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="3">
         <v>41821</v>
       </c>
       <c r="B300" s="5">
-        <v>1273.5305799</v>
+        <v>1273.530706</v>
       </c>
       <c r="C300" s="5">
-        <v>3.4256465000000844</v>
+        <v>3.4255740000000969</v>
       </c>
       <c r="D300" s="5">
-        <v>3.2850102014655214</v>
+        <v>3.2849391220470814</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="3">
         <v>41852</v>
       </c>
       <c r="B301" s="5">
-        <v>1270.1450990000001</v>
+        <v>1270.145121</v>
       </c>
       <c r="C301" s="5">
-        <v>-3.3854808999999477</v>
+        <v>-3.3855849999999919</v>
       </c>
       <c r="D301" s="5">
-        <v>-3.1437814465551717</v>
+        <v>-3.1438763987837959</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="3">
         <v>41883</v>
       </c>
       <c r="B302" s="5">
-        <v>1271.2001110000001</v>
+        <v>1271.19848</v>
       </c>
       <c r="C302" s="5">
-        <v>1.0550120000000334</v>
+        <v>1.0533590000000004</v>
       </c>
       <c r="D302" s="5">
-        <v>1.0013140543873034</v>
+        <v>0.99973800838730753</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="3">
         <v>41913</v>
       </c>
       <c r="B303" s="5">
-        <v>1279.0976527</v>
+        <v>1279.0972919999999</v>
       </c>
       <c r="C303" s="5">
-        <v>7.8975416999999197</v>
+        <v>7.8988119999999071</v>
       </c>
       <c r="D303" s="5">
-        <v>7.7152907319559594</v>
+        <v>7.7165846735120835</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="3">
         <v>41944</v>
       </c>
       <c r="B304" s="5">
-        <v>1279.8198867000001</v>
+        <v>1279.8192340000001</v>
       </c>
       <c r="C304" s="5">
-        <v>0.72223400000007132</v>
+        <v>0.72194200000012643</v>
       </c>
       <c r="D304" s="5">
-        <v>0.67968022692121988</v>
+        <v>0.67940477003931576</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="3">
         <v>41974</v>
       </c>
       <c r="B305" s="5">
-        <v>1281.3226503000001</v>
+        <v>1281.3218509999999</v>
       </c>
       <c r="C305" s="5">
-        <v>1.5027635999999802</v>
+        <v>1.5026169999998729</v>
       </c>
       <c r="D305" s="5">
-        <v>1.4181745665609924</v>
+        <v>1.4180360517927149</v>
       </c>
       <c r="E305" s="5">
-        <v>1.7072465606997156</v>
+        <v>1.7071942881438984</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="3">
         <v>42005</v>
       </c>
       <c r="B306" s="5">
-        <v>1283.6642179</v>
+        <v>1283.6659159999999</v>
       </c>
       <c r="C306" s="5">
-        <v>2.3415675999999621</v>
+        <v>2.3440650000000005</v>
       </c>
       <c r="D306" s="5">
-        <v>2.2151298795791918</v>
+        <v>2.2175176466648017</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="3">
         <v>42036</v>
       </c>
       <c r="B307" s="5">
-        <v>1283.4700528000001</v>
+        <v>1283.470282</v>
       </c>
       <c r="C307" s="5">
-        <v>-0.19416509999996379</v>
+        <v>-0.19563399999992725</v>
       </c>
       <c r="D307" s="5">
-        <v>-0.18135925133064834</v>
+        <v>-0.18272988101617482</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="3">
         <v>42064</v>
       </c>
       <c r="B308" s="5">
-        <v>1283.0582925000001</v>
+        <v>1283.0591509999999</v>
       </c>
       <c r="C308" s="5">
-        <v>-0.41176029999996899</v>
+        <v>-0.41113100000006852</v>
       </c>
       <c r="D308" s="5">
-        <v>-0.38430303055260184</v>
+        <v>-0.38371665992891213</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="3">
         <v>42095</v>
       </c>
       <c r="B309" s="5">
-        <v>1285.7288438999999</v>
+        <v>1285.730053</v>
       </c>
       <c r="C309" s="5">
-        <v>2.6705513999997947</v>
+        <v>2.6709020000000692</v>
       </c>
       <c r="D309" s="5">
-        <v>2.5264661337309091</v>
+        <v>2.5267999142761788</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="3">
         <v>42125</v>
       </c>
       <c r="B310" s="5">
-        <v>1288.3252868</v>
+        <v>1288.3261540000001</v>
       </c>
       <c r="C310" s="5">
-        <v>2.5964429000000564</v>
+        <v>2.5961010000000897</v>
       </c>
       <c r="D310" s="5">
-        <v>2.4504167897328566</v>
+        <v>2.4500881969563348</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="3">
         <v>42156</v>
       </c>
       <c r="B311" s="5">
-        <v>1292.7109170000001</v>
+        <v>1292.7110319999999</v>
       </c>
       <c r="C311" s="5">
-        <v>4.3856302000001506</v>
+        <v>4.3848779999998442</v>
       </c>
       <c r="D311" s="5">
-        <v>4.1623153208418362</v>
+        <v>4.16158515219478</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="3">
         <v>42186</v>
       </c>
       <c r="B312" s="5">
-        <v>1296.2267612000001</v>
+        <v>1296.226355</v>
       </c>
       <c r="C312" s="5">
-        <v>3.5158441999999468</v>
+        <v>3.5153230000000804</v>
       </c>
       <c r="D312" s="5">
-        <v>3.3129597415550105</v>
+        <v>3.3124609500892355</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="3">
         <v>42217</v>
       </c>
       <c r="B313" s="5">
-        <v>1298.1605823</v>
+        <v>1298.1600370000001</v>
       </c>
       <c r="C313" s="5">
-        <v>1.9338210999999319</v>
+        <v>1.9336820000000898</v>
       </c>
       <c r="D313" s="5">
-        <v>1.8050249027547816</v>
+        <v>1.804894570211113</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="3">
         <v>42248</v>
       </c>
       <c r="B314" s="5">
-        <v>1298.4966122000001</v>
+        <v>1298.493565</v>
       </c>
       <c r="C314" s="5">
-        <v>0.33602990000008504</v>
+        <v>0.33352799999988747</v>
       </c>
       <c r="D314" s="5">
-        <v>0.31106356157859505</v>
+        <v>0.30874440385677548</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="3">
         <v>42278</v>
       </c>
       <c r="B315" s="5">
-        <v>1301.8824758999999</v>
+        <v>1301.8816159999999</v>
       </c>
       <c r="C315" s="5">
-        <v>3.3858636999998453</v>
+        <v>3.3880509999999049</v>
       </c>
       <c r="D315" s="5">
-        <v>3.1742982252501273</v>
+        <v>3.1763859303936437</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="3">
         <v>42309</v>
       </c>
       <c r="B316" s="5">
-        <v>1303.2948294</v>
+        <v>1303.2939730000001</v>
       </c>
       <c r="C316" s="5">
-        <v>1.4123535000001084</v>
+        <v>1.4123570000001564</v>
       </c>
       <c r="D316" s="5">
-        <v>1.3096215671746902</v>
+        <v>1.3096257021625979</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="3">
         <v>42339</v>
       </c>
       <c r="B317" s="5">
-        <v>1305.5958344000001</v>
+        <v>1305.594877</v>
       </c>
       <c r="C317" s="5">
-        <v>2.3010050000000319</v>
+        <v>2.3009039999999459</v>
       </c>
       <c r="D317" s="5">
-        <v>2.1393293387227619</v>
+        <v>2.1392359409972528</v>
       </c>
       <c r="E317" s="5">
-        <v>1.8943850008674046</v>
+        <v>1.8943738437814384</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="3">
         <v>42370</v>
       </c>
       <c r="B318" s="5">
-        <v>1313.3396929999999</v>
+        <v>1313.3396560000001</v>
       </c>
       <c r="C318" s="5">
-        <v>7.7438585999998395</v>
+        <v>7.7447790000001078</v>
       </c>
       <c r="D318" s="5">
-        <v>7.3543810371146989</v>
+        <v>7.3552894301682992</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="3">
         <v>42401</v>
       </c>
       <c r="B319" s="5">
-        <v>1310.9093614999999</v>
+        <v>1310.909568</v>
       </c>
       <c r="C319" s="5">
-        <v>-2.4303314999999657</v>
+        <v>-2.4300880000000689</v>
       </c>
       <c r="D319" s="5">
-        <v>-2.1981348936598644</v>
+        <v>-2.1979169556376688</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="3">
         <v>42430</v>
       </c>
       <c r="B320" s="5">
-        <v>1312.2540633000001</v>
+        <v>1312.260661</v>
       </c>
       <c r="C320" s="5">
-        <v>1.3447018000001663</v>
+        <v>1.3510929999999917</v>
       </c>
       <c r="D320" s="5">
-        <v>1.2379018863757363</v>
+        <v>1.2438186747306235</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="3">
         <v>42461</v>
       </c>
       <c r="B321" s="5">
-        <v>1313.8679827999999</v>
+        <v>1313.870375</v>
       </c>
       <c r="C321" s="5">
-        <v>1.6139194999998381</v>
+        <v>1.6097139999999399</v>
       </c>
       <c r="D321" s="5">
-        <v>1.4858843780467756</v>
+        <v>1.4819788469243589</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="3">
         <v>42491</v>
       </c>
       <c r="B322" s="5">
-        <v>1315.1487606999999</v>
+        <v>1315.1506830000001</v>
       </c>
       <c r="C322" s="5">
-        <v>1.2807778999999755</v>
+        <v>1.2803080000001046</v>
       </c>
       <c r="D322" s="5">
-        <v>1.1760698750959753</v>
+        <v>1.1756339238816471</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="3">
         <v>42522</v>
       </c>
       <c r="B323" s="5">
-        <v>1317.2841269</v>
+        <v>1317.2839059999999</v>
       </c>
       <c r="C323" s="5">
-        <v>2.135366200000135</v>
+        <v>2.1332229999998162</v>
       </c>
       <c r="D323" s="5">
-        <v>1.9658968342973093</v>
+        <v>1.9639031934870488</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="3">
         <v>42552</v>
       </c>
       <c r="B324" s="5">
-        <v>1319.475387</v>
+        <v>1319.473068</v>
       </c>
       <c r="C324" s="5">
-        <v>2.1912600999999086</v>
+        <v>2.189162000000124</v>
       </c>
       <c r="D324" s="5">
-        <v>2.0145263769741462</v>
+        <v>2.0125801729753423</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="3">
         <v>42583</v>
       </c>
       <c r="B325" s="5">
-        <v>1321.5816199999999</v>
+        <v>1321.578454</v>
       </c>
       <c r="C325" s="5">
-        <v>2.1062329999999747</v>
+        <v>2.1053859999999531</v>
       </c>
       <c r="D325" s="5">
-        <v>1.9324255885939001</v>
+        <v>1.9316450757423498</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="3">
         <v>42614</v>
       </c>
       <c r="B326" s="5">
-        <v>1323.0078487999999</v>
+        <v>1323.00206</v>
       </c>
       <c r="C326" s="5">
-        <v>1.4262287999999899</v>
+        <v>1.4236060000000634</v>
       </c>
       <c r="D326" s="5">
-        <v>1.3027342668602948</v>
+        <v>1.3003274925928565</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="3">
         <v>42644</v>
       </c>
       <c r="B327" s="5">
-        <v>1322.1947746999999</v>
+        <v>1322.1936909999999</v>
       </c>
       <c r="C327" s="5">
-        <v>-0.81307409999999436</v>
+        <v>-0.80836900000008427</v>
       </c>
       <c r="D327" s="5">
-        <v>-0.73499014762271608</v>
+        <v>-0.73075437390605069</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="3">
         <v>42675</v>
       </c>
       <c r="B328" s="5">
-        <v>1323.5486029000001</v>
+        <v>1323.548657</v>
       </c>
       <c r="C328" s="5">
-        <v>1.35382820000018</v>
+        <v>1.354966000000104</v>
       </c>
       <c r="D328" s="5">
-        <v>1.235653181778118</v>
+        <v>1.2366985433157174</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="3">
         <v>42705</v>
       </c>
       <c r="B329" s="5">
-        <v>1325.8794587</v>
+        <v>1325.8791590000001</v>
       </c>
       <c r="C329" s="5">
-        <v>2.3308557999998811</v>
+        <v>2.3305020000000241</v>
       </c>
       <c r="D329" s="5">
-        <v>2.1338681721883912</v>
+        <v>2.133541041647935</v>
       </c>
       <c r="E329" s="5">
-        <v>1.5535913768690568</v>
+        <v>1.5536428916303135</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="3">
         <v>42736</v>
       </c>
       <c r="B330" s="5">
-        <v>1325.9592476</v>
+        <v>1325.9551799999999</v>
       </c>
       <c r="C330" s="5">
-        <v>7.9788900000039575E-2</v>
+        <v>7.6020999999855121E-2</v>
       </c>
       <c r="D330" s="5">
-        <v>7.2237620033832606E-2</v>
+        <v>6.8825256594462481E-2</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="3">
         <v>42767</v>
       </c>
       <c r="B331" s="5">
-        <v>1327.6982012000001</v>
+        <v>1327.699046</v>
       </c>
       <c r="C331" s="5">
-        <v>1.7389536000000589</v>
+        <v>1.7438660000000255</v>
       </c>
       <c r="D331" s="5">
-        <v>1.5851634684631133</v>
+        <v>1.5896787769149823</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="3">
         <v>42795</v>
       </c>
       <c r="B332" s="5">
-        <v>1331.5366159</v>
+        <v>1331.55062</v>
       </c>
       <c r="C332" s="5">
-        <v>3.8384146999999302</v>
+        <v>3.8515740000000278</v>
       </c>
       <c r="D332" s="5">
-        <v>3.5249336395599018</v>
+        <v>3.5372094053819358</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="3">
         <v>42826</v>
       </c>
       <c r="B333" s="5">
-        <v>1332.774183</v>
+        <v>1332.77874</v>
       </c>
       <c r="C333" s="5">
-        <v>1.2375670999999784</v>
+        <v>1.2281199999999899</v>
       </c>
       <c r="D333" s="5">
-        <v>1.1210323347576434</v>
+        <v>1.112419599460579</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="3">
         <v>42856</v>
       </c>
       <c r="B334" s="5">
-        <v>1332.3717954000001</v>
+        <v>1332.376201</v>
       </c>
       <c r="C334" s="5">
-        <v>-0.40238759999988361</v>
+        <v>-0.40253899999993337</v>
       </c>
       <c r="D334" s="5">
-        <v>-0.36169976367896872</v>
+        <v>-0.36183439359767089</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="3">
         <v>42887</v>
       </c>
       <c r="B335" s="5">
-        <v>1331.5419836000001</v>
+        <v>1331.544858</v>
       </c>
       <c r="C335" s="5">
-        <v>-0.82981180000001586</v>
+        <v>-0.83134300000006078</v>
       </c>
       <c r="D335" s="5">
-        <v>-0.74481482286469225</v>
+        <v>-0.74618201135483453</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="3">
         <v>42917</v>
       </c>
       <c r="B336" s="5">
-        <v>1328.7152625000001</v>
+        <v>1328.716756</v>
       </c>
       <c r="C336" s="5">
-        <v>-2.8267210999999861</v>
+        <v>-2.8281019999999444</v>
       </c>
       <c r="D336" s="5">
-        <v>-2.5179369737750035</v>
+        <v>-2.519147319674031</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="3">
         <v>42948</v>
       </c>
       <c r="B337" s="5">
-        <v>1327.7156348000001</v>
+        <v>1327.6865680000001</v>
       </c>
       <c r="C337" s="5">
-        <v>-0.9996277000000191</v>
+        <v>-1.0301879999999528</v>
       </c>
       <c r="D337" s="5">
-        <v>-0.89906558135083303</v>
+        <v>-0.92643339517560763</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="3">
         <v>42979</v>
       </c>
       <c r="B338" s="5">
-        <v>1325.5209078</v>
+        <v>1325.5186739999999</v>
       </c>
       <c r="C338" s="5">
-        <v>-2.1947270000000572</v>
+        <v>-2.1678940000001603</v>
       </c>
       <c r="D338" s="5">
-        <v>-1.9656766858229813</v>
+        <v>-1.9419016339653483</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="3">
         <v>43009</v>
       </c>
       <c r="B339" s="5">
-        <v>1330.5208021000001</v>
+        <v>1330.5238449999999</v>
       </c>
       <c r="C339" s="5">
-        <v>4.9998943000000509</v>
+        <v>5.0051710000000185</v>
       </c>
       <c r="D339" s="5">
-        <v>4.621523245855319</v>
+        <v>4.6265103240401784</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="3">
         <v>43040</v>
       </c>
       <c r="B340" s="5">
-        <v>1331.2413386000001</v>
+        <v>1331.2441389999999</v>
       </c>
       <c r="C340" s="5">
-        <v>0.72053649999998015</v>
+        <v>0.72029399999996713</v>
       </c>
       <c r="D340" s="5">
-        <v>0.65179273498037205</v>
+        <v>0.65157122287360369</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="3">
         <v>43070</v>
       </c>
       <c r="B341" s="5">
-        <v>1331.9890969</v>
+        <v>1331.989693</v>
       </c>
       <c r="C341" s="5">
-        <v>0.74775829999998678</v>
+        <v>0.74555400000008376</v>
       </c>
       <c r="D341" s="5">
-        <v>0.67612628562903065</v>
+        <v>0.67412558224990704</v>
       </c>
       <c r="E341" s="5">
-        <v>0.46079891802459638</v>
+        <v>0.46086658490118726</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="3">
         <v>43101</v>
       </c>
       <c r="B342" s="5">
-        <v>1331.9362971</v>
+        <v>1331.9279919999999</v>
       </c>
       <c r="C342" s="5">
-        <v>-5.2799800000002506E-2</v>
+        <v>-6.1701000000084605E-2</v>
       </c>
       <c r="D342" s="5">
-        <v>-4.7557407446086053E-2</v>
+        <v>-5.557275673795381E-2</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="3">
         <v>43132</v>
       </c>
       <c r="B343" s="5">
-        <v>1334.6927983</v>
+        <v>1334.6933369999999</v>
       </c>
       <c r="C343" s="5">
-        <v>2.7565012000000024</v>
+        <v>2.7653450000000248</v>
       </c>
       <c r="D343" s="5">
-        <v>2.5119169925279294</v>
+        <v>2.520084226312358</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="3">
         <v>43160</v>
       </c>
       <c r="B344" s="5">
-        <v>1339.4552193</v>
+        <v>1339.4756890000001</v>
       </c>
       <c r="C344" s="5">
-        <v>4.7624209999999039</v>
+        <v>4.7823520000001736</v>
       </c>
       <c r="D344" s="5">
-        <v>4.3668511761378204</v>
+        <v>4.3854865536503418</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="3">
         <v>43191</v>
       </c>
       <c r="B345" s="5">
-        <v>1335.9869100000001</v>
+        <v>1335.9933510000001</v>
       </c>
       <c r="C345" s="5">
-        <v>-3.4683092999998735</v>
+        <v>-3.482338000000027</v>
       </c>
       <c r="D345" s="5">
-        <v>-3.0633405841935635</v>
+        <v>-3.0755082967778513</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="3">
         <v>43221</v>
       </c>
       <c r="B346" s="5">
-        <v>1338.4808759</v>
+        <v>1338.488834</v>
       </c>
       <c r="C346" s="5">
-        <v>2.493965899999921</v>
+        <v>2.495482999999922</v>
       </c>
       <c r="D346" s="5">
-        <v>2.2632544130884114</v>
+        <v>2.2646343135712232</v>
       </c>
     </row>
     <row r="347" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A347" s="3">
         <v>43252</v>
       </c>
       <c r="B347" s="5">
-        <v>1338.9484761000001</v>
+        <v>1338.9564829999999</v>
       </c>
       <c r="C347" s="5">
-        <v>0.46760020000010627</v>
+        <v>0.46764899999993759</v>
       </c>
       <c r="D347" s="5">
-        <v>0.42002815391590786</v>
+        <v>0.42006957106415221</v>
       </c>
     </row>
     <row r="348" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A348" s="3">
         <v>43282</v>
       </c>
       <c r="B348" s="5">
-        <v>1339.1520247000001</v>
+        <v>1339.162194</v>
       </c>
       <c r="C348" s="5">
-        <v>0.20354859999997643</v>
+        <v>0.20571100000006481</v>
       </c>
       <c r="D348" s="5">
-        <v>0.1825780874853189</v>
+        <v>0.18451824202307954</v>
       </c>
     </row>
     <row r="349" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A349" s="3">
         <v>43313</v>
       </c>
       <c r="B349" s="5">
-        <v>1338.2240572000001</v>
+        <v>1338.15365</v>
       </c>
       <c r="C349" s="5">
-        <v>-0.92796750000002248</v>
+        <v>-1.008544000000029</v>
       </c>
       <c r="D349" s="5">
-        <v>-0.82837999433564846</v>
+        <v>-0.90000474699115651</v>
       </c>
     </row>
     <row r="350" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A350" s="3">
         <v>43344</v>
       </c>
       <c r="B350" s="5">
-        <v>1338.4584883</v>
+        <v>1338.4691660000001</v>
       </c>
       <c r="C350" s="5">
-        <v>0.23443109999993794</v>
+        <v>0.31551600000011604</v>
       </c>
       <c r="D350" s="5">
-        <v>0.21041956644973769</v>
+        <v>0.28330871065567198</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="3">
         <v>43374</v>
       </c>
       <c r="B351" s="5">
-        <v>1338.0681602</v>
+        <v>1338.075556</v>
       </c>
       <c r="C351" s="5">
-        <v>-0.39032810000003337</v>
+        <v>-0.39361000000008062</v>
       </c>
       <c r="D351" s="5">
-        <v>-0.34938937545125892</v>
+        <v>-0.35231950446835691</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="3">
         <v>43405</v>
       </c>
       <c r="B352" s="5">
-        <v>1337.901386</v>
+        <v>1337.90708</v>
       </c>
       <c r="C352" s="5">
-        <v>-0.16677419999996346</v>
+        <v>-0.16847600000005514</v>
       </c>
       <c r="D352" s="5">
-        <v>-0.14946316833612805</v>
+        <v>-0.15098643284995328</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="3">
         <v>43435</v>
       </c>
       <c r="B353" s="5">
-        <v>1338.7008006999999</v>
+        <v>1338.7065339999999</v>
       </c>
       <c r="C353" s="5">
-        <v>0.79941469999994297</v>
+        <v>0.7994539999999688</v>
       </c>
       <c r="D353" s="5">
-        <v>0.7193777529740375</v>
+        <v>0.71941016276804159</v>
       </c>
       <c r="E353" s="5">
-        <v>0.50388579122910837</v>
+        <v>0.50427124438716664</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="3">
         <v>43466</v>
       </c>
       <c r="B354" s="5">
-        <v>1338.2277976</v>
+        <v>1338.226179</v>
       </c>
       <c r="C354" s="5">
-        <v>-0.47300309999991441</v>
+        <v>-0.48035499999991771</v>
       </c>
       <c r="D354" s="5">
-        <v>-0.4231729637340198</v>
+        <v>-0.42973554074826614</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="3">
         <v>43497</v>
       </c>
       <c r="B355" s="5">
-        <v>1341.1059918000001</v>
+        <v>1341.0718489999999</v>
       </c>
       <c r="C355" s="5">
-        <v>2.8781942000000527</v>
+        <v>2.8456699999999273</v>
       </c>
       <c r="D355" s="5">
-        <v>2.6116504264330764</v>
+        <v>2.5817953933886306</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="3">
         <v>43525</v>
       </c>
       <c r="B356" s="5">
-        <v>1344.0000660000001</v>
+        <v>1344.0435359999999</v>
       </c>
       <c r="C356" s="5">
-        <v>2.8940741999999773</v>
+        <v>2.9716869999999744</v>
       </c>
       <c r="D356" s="5">
-        <v>2.6205283276135694</v>
+        <v>2.6917333742624283</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="3">
         <v>43556</v>
       </c>
       <c r="B357" s="5">
-        <v>1344.5009293999999</v>
+        <v>1344.509272</v>
       </c>
       <c r="C357" s="5">
-        <v>0.50086339999984375</v>
+        <v>0.46573600000010629</v>
       </c>
       <c r="D357" s="5">
-        <v>0.44811719055768418</v>
+        <v>0.41661565634838471</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="3">
         <v>43586</v>
       </c>
       <c r="B358" s="5">
-        <v>1346.5486653999999</v>
+        <v>1346.5589669999999</v>
       </c>
       <c r="C358" s="5">
-        <v>2.0477359999999862</v>
+        <v>2.0496949999999288</v>
       </c>
       <c r="D358" s="5">
-        <v>1.8430423163076304</v>
+        <v>1.844808759692329</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="3">
         <v>43617</v>
       </c>
       <c r="B359" s="5">
-        <v>1348.9139877</v>
+        <v>1348.927737</v>
       </c>
       <c r="C359" s="5">
-        <v>2.3653223000001162</v>
+        <v>2.3687700000000405</v>
       </c>
       <c r="D359" s="5">
-        <v>2.1283821741560294</v>
+        <v>2.1314981222789076</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="3">
         <v>43647</v>
       </c>
       <c r="B360" s="5">
-        <v>1349.3661265000001</v>
+        <v>1349.3876379999999</v>
       </c>
       <c r="C360" s="5">
-        <v>0.45213880000005702</v>
+        <v>0.45990099999994527</v>
       </c>
       <c r="D360" s="5">
-        <v>0.40296706912763547</v>
+        <v>0.40989389382317665</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="3">
         <v>43678</v>
       </c>
       <c r="B361" s="5">
-        <v>1347.1111105</v>
+        <v>1347.00127</v>
       </c>
       <c r="C361" s="5">
-        <v>-2.2550160000000687</v>
+        <v>-2.3863679999999476</v>
       </c>
       <c r="D361" s="5">
-        <v>-1.9870700961858279</v>
+        <v>-2.1016581291062209</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="3">
         <v>43709</v>
       </c>
       <c r="B362" s="5">
-        <v>1351.6572630000001</v>
+        <v>1351.6828849999999</v>
       </c>
       <c r="C362" s="5">
-        <v>4.546152500000062</v>
+        <v>4.6816149999999652</v>
       </c>
       <c r="D362" s="5">
-        <v>4.1257090992277812</v>
+        <v>4.2513566427924809</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="3">
         <v>43739</v>
       </c>
       <c r="B363" s="5">
-        <v>1355.3778950000001</v>
+        <v>1355.3890389999999</v>
       </c>
       <c r="C363" s="5">
-        <v>3.7206320000000233</v>
+        <v>3.7061539999999695</v>
       </c>
       <c r="D363" s="5">
-        <v>3.3536437116450601</v>
+        <v>3.3403320634700862</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="3">
         <v>43770</v>
       </c>
       <c r="B364" s="5">
-        <v>1357.6763106999999</v>
+        <v>1357.682986</v>
       </c>
       <c r="C364" s="5">
-        <v>2.2984156999998504</v>
+        <v>2.2939470000001165</v>
       </c>
       <c r="D364" s="5">
-        <v>2.0540167759771633</v>
+        <v>2.0499689898199502</v>
       </c>
     </row>
     <row r="365" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A365" s="3">
         <v>43800</v>
       </c>
       <c r="B365" s="5">
-        <v>1357.6545761</v>
+        <v>1357.663808</v>
       </c>
       <c r="C365" s="5">
-        <v>-2.1734599999945203E-2</v>
+        <v>-1.9178000000010798E-2</v>
       </c>
       <c r="D365" s="5">
-        <v>-1.9208719706387267E-2</v>
+        <v>-1.6949326451387581E-2</v>
       </c>
       <c r="E365" s="5">
-        <v>1.4158335746186967</v>
+        <v>1.4160888528239601</v>
       </c>
     </row>
     <row r="366" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A366" s="3">
         <v>43831</v>
       </c>
       <c r="B366" s="5">
-        <v>1361.0118534999999</v>
+        <v>1361.018525</v>
       </c>
       <c r="C366" s="5">
-        <v>3.3572773999999299</v>
+        <v>3.3547169999999369</v>
       </c>
       <c r="D366" s="5">
-        <v>3.0081146089949495</v>
+        <v>3.0057685106325671</v>
       </c>
     </row>
     <row r="367" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A367" s="3">
         <v>43862</v>
       </c>
       <c r="B367" s="5">
-        <v>1365.6395917</v>
+        <v>1365.570115</v>
       </c>
       <c r="C367" s="5">
-        <v>4.6277382000000671</v>
+        <v>4.5515900000000329</v>
       </c>
       <c r="D367" s="5">
-        <v>4.1574399872047918</v>
+        <v>4.0877469983743753</v>
       </c>
     </row>
     <row r="368" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A368" s="3">
         <v>43891</v>
       </c>
       <c r="B368" s="5">
-        <v>1366.5722673</v>
+        <v>1366.6359729999999</v>
       </c>
       <c r="C368" s="5">
-        <v>0.93267560000003868</v>
+        <v>1.0658579999999347</v>
       </c>
       <c r="D368" s="5">
-        <v>0.82263605550241259</v>
+        <v>0.94065812365407009</v>
       </c>
     </row>
     <row r="369" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A369" s="3">
         <v>43922</v>
       </c>
       <c r="B369" s="5">
-        <v>1315.5367271</v>
+        <v>1315.544928</v>
       </c>
       <c r="C369" s="5">
-        <v>-51.035540200000014</v>
+        <v>-51.091044999999895</v>
       </c>
       <c r="D369" s="5">
-        <v>-36.664895761817895</v>
+        <v>-36.695579655535269</v>
       </c>
     </row>
     <row r="370" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A370" s="3">
         <v>43952</v>
       </c>
       <c r="B370" s="5">
-        <v>1285.7242323999999</v>
+        <v>1285.7421959999999</v>
       </c>
       <c r="C370" s="5">
-        <v>-29.812494700000116</v>
+        <v>-29.802732000000105</v>
       </c>
       <c r="D370" s="5">
-        <v>-24.048173112267936</v>
+        <v>-24.04112054728057</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="3">
         <v>43983</v>
       </c>
       <c r="B371" s="5">
-        <v>1288.7589946999999</v>
+        <v>1288.7691440000001</v>
       </c>
       <c r="C371" s="5">
-        <v>3.0347623000000112</v>
+        <v>3.0269480000001749</v>
       </c>
       <c r="D371" s="5">
-        <v>2.8694840855993942</v>
+        <v>2.8619589269037737</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="3">
         <v>44013</v>
       </c>
       <c r="B372" s="5">
-        <v>1321.3343431000001</v>
+        <v>1321.3521840000001</v>
       </c>
       <c r="C372" s="5">
-        <v>32.575348400000166</v>
+        <v>32.583039999999983</v>
       </c>
       <c r="D372" s="5">
-        <v>34.924918077551027</v>
+        <v>34.934028850856791</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="3">
         <v>44044</v>
       </c>
       <c r="B373" s="5">
-        <v>1326.8632352</v>
+        <v>1326.757501</v>
       </c>
       <c r="C373" s="5">
-        <v>5.5288920999998936</v>
+        <v>5.4053169999999682</v>
       </c>
       <c r="D373" s="5">
-        <v>5.1383734164181627</v>
+        <v>5.0208617064242844</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="3">
         <v>44075</v>
       </c>
       <c r="B374" s="5">
-        <v>1324.1876376</v>
+        <v>1324.214062</v>
       </c>
       <c r="C374" s="5">
-        <v>-2.6755975999999464</v>
+        <v>-2.5434390000000349</v>
       </c>
       <c r="D374" s="5">
-        <v>-2.3931226190777144</v>
+        <v>-2.2763397869650981</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="3">
         <v>44105</v>
       </c>
       <c r="B375" s="5">
-        <v>1309.1899149999999</v>
+        <v>1309.1962329999999</v>
       </c>
       <c r="C375" s="5">
-        <v>-14.997722600000088</v>
+        <v>-15.01782900000012</v>
       </c>
       <c r="D375" s="5">
-        <v>-12.775705509057978</v>
+        <v>-12.791539578336986</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="3">
         <v>44136</v>
       </c>
       <c r="B376" s="5">
-        <v>1312.6864284999999</v>
+        <v>1312.692632</v>
       </c>
       <c r="C376" s="5">
-        <v>3.4965134999999918</v>
+        <v>3.4963990000001104</v>
       </c>
       <c r="D376" s="5">
-        <v>3.2523936517456331</v>
+        <v>3.2522696503098025</v>
       </c>
     </row>
     <row r="377" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A377" s="3">
         <v>44166</v>
       </c>
       <c r="B377" s="5">
-        <v>1316.4078282999999</v>
+        <v>1316.4256780000001</v>
       </c>
       <c r="C377" s="5">
-        <v>3.7213997999999719</v>
+        <v>3.7330460000000585</v>
       </c>
       <c r="D377" s="5">
-        <v>3.4554877241327331</v>
+        <v>3.4664548114696103</v>
       </c>
       <c r="E377" s="5">
-        <v>-3.0380885186926943</v>
+        <v>-3.037433108034937</v>
       </c>
     </row>
     <row r="378" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A378" s="3">
         <v>44197</v>
       </c>
       <c r="B378" s="5">
-        <v>1316.3373328</v>
+        <v>1316.359009</v>
       </c>
       <c r="C378" s="5">
-        <v>-7.049549999987903E-2</v>
+        <v>-6.6669000000047163E-2</v>
       </c>
       <c r="D378" s="5">
-        <v>-6.424277244985177E-2</v>
+        <v>-6.0755818561564201E-2</v>
       </c>
     </row>
     <row r="379" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A379" s="3">
         <v>44228</v>
       </c>
       <c r="B379" s="5">
-        <v>1313.2916362000001</v>
+        <v>1313.19155</v>
       </c>
       <c r="C379" s="5">
-        <v>-3.0456965999999284</v>
+        <v>-3.167459000000008</v>
       </c>
       <c r="D379" s="5">
-        <v>-2.7414571401285004</v>
+        <v>-2.8495640858330118</v>
       </c>
     </row>
     <row r="380" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A380" s="3">
         <v>44256</v>
       </c>
       <c r="B380" s="5">
-        <v>1311.7090541</v>
+        <v>1311.7915290000001</v>
       </c>
       <c r="C380" s="5">
-        <v>-1.5825821000000815</v>
+        <v>-1.4000209999999242</v>
       </c>
       <c r="D380" s="5">
-        <v>-1.4365142459180635</v>
+        <v>-1.2718700628372215</v>
       </c>
     </row>
     <row r="381" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A381" s="3">
         <v>44287</v>
       </c>
       <c r="B381" s="5">
-        <v>1319.3292312000001</v>
+        <v>1319.32924</v>
       </c>
       <c r="C381" s="5">
-        <v>7.6201771000000917</v>
+        <v>7.5377109999999448</v>
       </c>
       <c r="D381" s="5">
-        <v>7.1983306799668245</v>
+        <v>7.1174899894124843</v>
       </c>
     </row>
     <row r="382" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A382" s="3">
         <v>44317</v>
       </c>
       <c r="B382" s="5">
-        <v>1321.5106389</v>
+        <v>1321.524809</v>
       </c>
       <c r="C382" s="5">
-        <v>2.1814076999999088</v>
+        <v>2.1955689999999777</v>
       </c>
       <c r="D382" s="5">
-        <v>2.0022490665412951</v>
+        <v>2.0153664918686198</v>
       </c>
     </row>
     <row r="383" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A383" s="3">
         <v>44348</v>
       </c>
       <c r="B383" s="5">
-        <v>1324.8822488999999</v>
+        <v>1324.8777130000001</v>
       </c>
       <c r="C383" s="5">
-        <v>3.3716099999999187</v>
+        <v>3.3529040000000805</v>
       </c>
       <c r="D383" s="5">
-        <v>3.1049249911035082</v>
+        <v>3.0874239292855155</v>
       </c>
     </row>
     <row r="384" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A384" s="3">
         <v>44378</v>
       </c>
       <c r="B384" s="5">
-        <v>1339.6289202999999</v>
+        <v>1339.6270099999999</v>
       </c>
       <c r="C384" s="5">
-        <v>14.746671399999968</v>
+        <v>14.749296999999842</v>
       </c>
       <c r="D384" s="5">
-        <v>14.20544216004178</v>
+        <v>14.208179886351569</v>
       </c>
     </row>
     <row r="385" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A385" s="3">
         <v>44409</v>
       </c>
       <c r="B385" s="5">
-        <v>1334.5786384999999</v>
+        <v>1334.5131490000001</v>
       </c>
       <c r="C385" s="5">
-        <v>-5.0502817999999934</v>
+        <v>-5.1138609999998152</v>
       </c>
       <c r="D385" s="5">
-        <v>-4.4312612828533275</v>
+        <v>-4.4858878609120083</v>
       </c>
     </row>
     <row r="386" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A386" s="3">
         <v>44440</v>
       </c>
       <c r="B386" s="5">
-        <v>1345.1678939000001</v>
+        <v>1345.184344</v>
       </c>
       <c r="C386" s="5">
-        <v>10.589255400000184</v>
+        <v>10.671194999999898</v>
       </c>
       <c r="D386" s="5">
-        <v>9.9481402126660576</v>
+        <v>10.029049738302165</v>
       </c>
     </row>
     <row r="387" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A387" s="3">
         <v>44470</v>
       </c>
       <c r="B387" s="5">
-        <v>1338.4128541</v>
+        <v>1338.423734</v>
       </c>
       <c r="C387" s="5">
-        <v>-6.7550398000000769</v>
+        <v>-6.7606100000000424</v>
       </c>
       <c r="D387" s="5">
-        <v>-5.8623680243414018</v>
+        <v>-5.8669995189073791</v>
       </c>
     </row>
     <row r="388" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A388" s="3">
         <v>44501</v>
       </c>
       <c r="B388" s="5">
-        <v>1338.312913</v>
+        <v>1338.328857</v>
       </c>
       <c r="C388" s="5">
-        <v>-9.9941100000023653E-2</v>
+        <v>-9.4876999999996769E-2</v>
       </c>
       <c r="D388" s="5">
-        <v>-8.9568833581055163E-2</v>
+        <v>-8.503138349954531E-2</v>
       </c>
     </row>
     <row r="389" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A389" s="3">
         <v>44531</v>
       </c>
       <c r="B389" s="5">
-        <v>1339.8019789</v>
+        <v>1339.8310200000001</v>
       </c>
       <c r="C389" s="5">
-        <v>1.4890659000000142</v>
+        <v>1.5021630000001096</v>
       </c>
       <c r="D389" s="5">
-        <v>1.3433738864479627</v>
+        <v>1.3552463440517082</v>
       </c>
       <c r="E389" s="5">
-        <v>1.7771202887946425</v>
+        <v>1.7779463277834973</v>
       </c>
     </row>
     <row r="390" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A390" s="3">
         <v>44562</v>
       </c>
       <c r="B390" s="5">
-        <v>1343.1552346999999</v>
+        <v>1343.1818760000001</v>
       </c>
       <c r="C390" s="5">
-        <v>3.3532557999999426</v>
+        <v>3.3508560000000216</v>
       </c>
       <c r="D390" s="5">
-        <v>3.0450487623719935</v>
+        <v>3.0427726072578931</v>
       </c>
     </row>
     <row r="391" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A391" s="3">
         <v>44593</v>
       </c>
       <c r="B391" s="5">
-        <v>1344.0135990000001</v>
+        <v>1343.9411239999999</v>
       </c>
       <c r="C391" s="5">
-        <v>0.85836430000017572</v>
+        <v>0.75924799999984316</v>
       </c>
       <c r="D391" s="5">
-        <v>0.76957993680151215</v>
+        <v>0.68042571348496672</v>
       </c>
     </row>
     <row r="392" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A392" s="3">
         <v>44621</v>
       </c>
       <c r="B392" s="5">
-        <v>1345.8334855999999</v>
+        <v>1345.915737</v>
       </c>
       <c r="C392" s="5">
-        <v>1.8198865999997906</v>
+        <v>1.9746130000000903</v>
       </c>
       <c r="D392" s="5">
-        <v>1.6370382063712219</v>
+        <v>1.7774423561774721</v>
       </c>
     </row>
     <row r="393" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A393" s="3">
         <v>44652</v>
       </c>
       <c r="B393" s="5">
-        <v>1349.407537</v>
+        <v>1349.363834</v>
       </c>
       <c r="C393" s="5">
-        <v>3.574051400000144</v>
+        <v>3.4480969999999616</v>
       </c>
       <c r="D393" s="5">
-        <v>3.2337304860460492</v>
+        <v>3.1179658998284898</v>
       </c>
     </row>
     <row r="394" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A394" s="3">
         <v>44682</v>
       </c>
       <c r="B394" s="5">
-        <v>1349.3575968</v>
+        <v>1349.3384820000001</v>
       </c>
       <c r="C394" s="5">
-        <v>-4.9940200000037294E-2</v>
+        <v>-2.5351999999884356E-2</v>
       </c>
       <c r="D394" s="5">
-        <v>-4.4401740396649014E-2</v>
+        <v>-2.2543405820674156E-2</v>
       </c>
     </row>
     <row r="395" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A395" s="3">
         <v>44713</v>
       </c>
       <c r="B395" s="5">
-        <v>1354.1623181</v>
+        <v>1354.119193</v>
       </c>
       <c r="C395" s="5">
-        <v>4.8047212999999829</v>
+        <v>4.7807109999998829</v>
       </c>
       <c r="D395" s="5">
-        <v>4.3575787547265543</v>
+        <v>4.3354394916048644</v>
       </c>
     </row>
     <row r="396" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A396" s="3">
         <v>44743</v>
       </c>
       <c r="B396" s="5">
-        <v>1358.8949872000001</v>
+        <v>1358.863734</v>
       </c>
       <c r="C396" s="5">
-        <v>4.7326691000000665</v>
+        <v>4.7445410000000265</v>
       </c>
       <c r="D396" s="5">
-        <v>4.2754477539495461</v>
+        <v>4.2865193805614821</v>
       </c>
     </row>
     <row r="397" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A397" s="3">
         <v>44774</v>
       </c>
       <c r="B397" s="5">
-        <v>1362.2088831999999</v>
+        <v>1362.190028</v>
       </c>
       <c r="C397" s="5">
-        <v>3.313895999999886</v>
+        <v>3.3262939999999617</v>
       </c>
       <c r="D397" s="5">
-        <v>2.9659753618510809</v>
+        <v>2.9772909310850082</v>
       </c>
     </row>
     <row r="398" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A398" s="3">
         <v>44805</v>
       </c>
       <c r="B398" s="5">
-        <v>1371.0595075000001</v>
+        <v>1371.078628</v>
       </c>
       <c r="C398" s="5">
-        <v>8.8506243000001632</v>
+        <v>8.8885999999999967</v>
       </c>
       <c r="D398" s="5">
-        <v>8.08144927093295</v>
+        <v>8.1174949346244354</v>
       </c>
     </row>
     <row r="399" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A399" s="3">
         <v>44835</v>
       </c>
       <c r="B399" s="5">
-        <v>1368.8682401000001</v>
+        <v>1368.9162060000001</v>
       </c>
       <c r="C399" s="5">
-        <v>-2.1912674000000152</v>
+        <v>-2.1624219999998786</v>
       </c>
       <c r="D399" s="5">
-        <v>-1.9011059613412318</v>
+        <v>-1.8762709446423664</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="3">
         <v>44866</v>
       </c>
       <c r="B400" s="5">
-        <v>1369.7219464</v>
+        <v>1369.788</v>
       </c>
       <c r="C400" s="5">
-        <v>0.85370629999988523</v>
+        <v>0.87179399999990892</v>
       </c>
       <c r="D400" s="5">
-        <v>0.75096260182490049</v>
+        <v>0.76690225258295719</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="3">
         <v>44896</v>
       </c>
       <c r="B401" s="5">
-        <v>1371.7703564000001</v>
+        <v>1371.829765</v>
       </c>
       <c r="C401" s="5">
-        <v>2.0484100000001035</v>
+        <v>2.0417649999999412</v>
       </c>
       <c r="D401" s="5">
-        <v>1.8094266979484575</v>
+        <v>1.8034210660694772</v>
       </c>
       <c r="E401" s="5">
-        <v>2.3860524169584174</v>
+        <v>2.388267215965767</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="3">
         <v>44927</v>
       </c>
       <c r="B402" s="5">
-        <v>1375.1344274999999</v>
+        <v>1375.1530829999999</v>
       </c>
       <c r="C402" s="5">
-        <v>3.3640710999998191</v>
+        <v>3.323317999999972</v>
       </c>
       <c r="D402" s="5">
-        <v>2.9828478459230867</v>
+        <v>2.9461008691770374</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="3">
         <v>44958</v>
       </c>
       <c r="B403" s="5">
-        <v>1378.6895646</v>
+        <v>1378.6893299999999</v>
       </c>
       <c r="C403" s="5">
-        <v>3.5551371000001382</v>
+        <v>3.536247000000003</v>
       </c>
       <c r="D403" s="5">
-        <v>3.1468571466805262</v>
+        <v>3.1298561752683307</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="3">
         <v>44986</v>
       </c>
       <c r="B404" s="5">
-        <v>1381.1987875</v>
+        <v>1381.3583940000001</v>
       </c>
       <c r="C404" s="5">
-        <v>2.5092228999999406</v>
+        <v>2.6690640000001622</v>
       </c>
       <c r="D404" s="5">
-        <v>2.206002021484732</v>
+        <v>2.3480279369526347</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="3">
         <v>45017</v>
       </c>
       <c r="B405" s="5">
-        <v>1385.4193201999999</v>
+        <v>1385.0811650000001</v>
       </c>
       <c r="C405" s="5">
-        <v>4.2205326999999215</v>
+        <v>3.7227709999999661</v>
       </c>
       <c r="D405" s="5">
-        <v>3.7291014402284439</v>
+        <v>3.2823782750652564</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="3">
         <v>45047</v>
       </c>
       <c r="B406" s="5">
-        <v>1388.5306210000001</v>
+        <v>1388.481127</v>
       </c>
       <c r="C406" s="5">
-        <v>3.1113008000002083</v>
+        <v>3.3999619999999595</v>
       </c>
       <c r="D406" s="5">
-        <v>2.7284327162908628</v>
+        <v>2.9857387537766567</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="3">
         <v>45078</v>
       </c>
       <c r="B407" s="5">
-        <v>1390.5619168999999</v>
+        <v>1390.4934209999999</v>
       </c>
       <c r="C407" s="5">
-        <v>2.0312958999998045</v>
+        <v>2.0122939999998835</v>
       </c>
       <c r="D407" s="5">
-        <v>1.769686301775697</v>
+        <v>1.7530624623251612</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="3">
         <v>45108</v>
       </c>
       <c r="B408" s="5">
-        <v>1389.9415590999999</v>
+        <v>1389.880003</v>
       </c>
       <c r="C408" s="5">
-        <v>-0.62035779999996521</v>
+        <v>-0.61341799999991053</v>
       </c>
       <c r="D408" s="5">
-        <v>-0.53403267198349758</v>
+        <v>-0.52809900833060697</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="3">
         <v>45139</v>
       </c>
       <c r="B409" s="5">
-        <v>1400.3136795999999</v>
+        <v>1400.327906</v>
       </c>
       <c r="C409" s="5">
-        <v>10.372120499999937</v>
+        <v>10.447902999999997</v>
       </c>
       <c r="D409" s="5">
-        <v>9.3315465678285072</v>
+        <v>9.4030034589756895</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="3">
         <v>45170</v>
       </c>
       <c r="B410" s="5">
-        <v>1411.8395221999999</v>
+        <v>1411.9082530000001</v>
       </c>
       <c r="C410" s="5">
-        <v>11.525842600000033</v>
+        <v>11.580347000000074</v>
       </c>
       <c r="D410" s="5">
-        <v>10.336713562995946</v>
+        <v>10.387728938736696</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="3">
         <v>45200</v>
       </c>
       <c r="B411" s="5">
-        <v>1409.3846008</v>
+        <v>1409.526507</v>
       </c>
       <c r="C411" s="5">
-        <v>-2.4549213999998756</v>
+        <v>-2.381746000000021</v>
       </c>
       <c r="D411" s="5">
-        <v>-2.0667329709380233</v>
+        <v>-2.0056023428978831</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="3">
         <v>45231</v>
       </c>
       <c r="B412" s="5">
-        <v>1412.0143757999999</v>
+        <v>1412.1750030000001</v>
       </c>
       <c r="C412" s="5">
-        <v>2.6297749999998814</v>
+        <v>2.6484960000000228</v>
       </c>
       <c r="D412" s="5">
-        <v>2.262205680506213</v>
+        <v>2.2782450561695144</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="3">
         <v>45261</v>
       </c>
       <c r="B413" s="5">
-        <v>1415.7255435</v>
+        <v>1415.8303100000001</v>
       </c>
       <c r="C413" s="5">
-        <v>3.7111677000000327</v>
+        <v>3.6553069999999934</v>
       </c>
       <c r="D413" s="5">
-        <v>3.1999283843680004</v>
+        <v>3.1507115718362178</v>
       </c>
       <c r="E413" s="5">
-        <v>3.2042671643199405</v>
+        <v>3.2074347796353653</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="3">
         <v>45292</v>
       </c>
       <c r="B414" s="5">
-        <v>1417.5899830000001</v>
+        <v>1417.5788849999999</v>
       </c>
       <c r="C414" s="5">
-        <v>1.8644395000001168</v>
+        <v>1.7485749999998461</v>
       </c>
       <c r="D414" s="5">
-        <v>1.591836937891089</v>
+        <v>1.492129147480914</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="3">
         <v>45323</v>
       </c>
       <c r="B415" s="5">
-        <v>1421.5885324999999</v>
+        <v>1421.6770329999999</v>
       </c>
       <c r="C415" s="5">
-        <v>3.9985494999998537</v>
+        <v>4.0981480000000374</v>
       </c>
       <c r="D415" s="5">
-        <v>3.4378081240612479</v>
+        <v>3.5248336645906875</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="3">
         <v>45352</v>
       </c>
       <c r="B416" s="5">
-        <v>1425.9658966</v>
+        <v>1426.2688129999999</v>
       </c>
       <c r="C416" s="5">
-        <v>4.3773641000000225</v>
+        <v>4.5917799999999716</v>
       </c>
       <c r="D416" s="5">
-        <v>3.7582720775175327</v>
+        <v>3.9453968093053682</v>
       </c>
     </row>
     <row r="417" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A417" s="3">
         <v>45383</v>
       </c>
       <c r="B417" s="5">
-        <v>1425.6770746</v>
+        <v>1424.8677230000001</v>
       </c>
       <c r="C417" s="5">
-        <v>-0.28882199999998193</v>
+        <v>-1.4010899999998401</v>
       </c>
       <c r="D417" s="5">
-        <v>-0.24278320073926052</v>
+        <v>-1.172467431718105</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="3">
         <v>45413</v>
       </c>
       <c r="B418" s="5">
-        <v>1427.4295055</v>
+        <v>1427.3427959999999</v>
       </c>
       <c r="C418" s="5">
-        <v>1.7524309000000358</v>
+        <v>2.4750729999998384</v>
       </c>
       <c r="D418" s="5">
-        <v>1.4850434359556797</v>
+        <v>2.1044958201959618</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="3">
         <v>45444</v>
       </c>
       <c r="B419" s="5">
-        <v>1427.8624961</v>
+        <v>1427.7483569999999</v>
       </c>
       <c r="C419" s="5">
-        <v>0.43299060000003919</v>
+        <v>0.40556100000003426</v>
       </c>
       <c r="D419" s="5">
-        <v>0.36461096647875113</v>
+        <v>0.34149783261319122</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="3">
         <v>45474</v>
       </c>
       <c r="B420" s="5">
-        <v>1427.1940774</v>
+        <v>1427.1233340000001</v>
       </c>
       <c r="C420" s="5">
-        <v>-0.66841870000007475</v>
+        <v>-0.62502299999982824</v>
       </c>
       <c r="D420" s="5">
-        <v>-0.56030639955180206</v>
+        <v>-0.52405899689910163</v>
       </c>
     </row>
     <row r="421" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A421" s="3">
         <v>45505</v>
       </c>
       <c r="B421" s="5">
-        <v>1428.5865879</v>
+        <v>1428.625172</v>
       </c>
       <c r="C421" s="5">
-        <v>1.3925105000000713</v>
+        <v>1.501837999999907</v>
       </c>
       <c r="D421" s="5">
-        <v>1.1771412702347828</v>
+        <v>1.2701588559682842</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="3">
         <v>45536</v>
       </c>
       <c r="B422" s="5">
-        <v>1427.7057606000001</v>
+        <v>1427.853854</v>
       </c>
       <c r="C422" s="5">
-        <v>-0.88082729999996445</v>
+        <v>-0.77131800000006479</v>
       </c>
       <c r="D422" s="5">
-        <v>-0.73738316283737948</v>
+        <v>-0.64596234094086435</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="3">
         <v>45566</v>
       </c>
       <c r="B423" s="5">
-        <v>1427.2602919000001</v>
+        <v>1427.5190379999999</v>
       </c>
       <c r="C423" s="5">
-        <v>-0.44546869999999217</v>
+        <v>-0.33481600000004619</v>
       </c>
       <c r="D423" s="5">
-        <v>-0.37377872146922009</v>
+        <v>-0.28102416315153311</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="3">
         <v>45597</v>
       </c>
       <c r="B424" s="5">
-        <v>1430.0739564</v>
+        <v>1430.3454609999999</v>
       </c>
       <c r="C424" s="5">
-        <v>2.8136644999999589</v>
+        <v>2.826422999999977</v>
       </c>
       <c r="D424" s="5">
-        <v>2.3914683573932782</v>
+        <v>2.4019905954995036</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="3">
         <v>45627</v>
       </c>
       <c r="B425" s="5">
-        <v>1429.9681235999999</v>
+        <v>1430.1206749999999</v>
       </c>
       <c r="C425" s="5">
-        <v>-0.10583280000014383</v>
+        <v>-0.2247859999999946</v>
       </c>
       <c r="D425" s="5">
-        <v>-8.8770010713867809E-2</v>
+        <v>-0.18842313005646982</v>
       </c>
       <c r="E425" s="5">
-        <v>1.0060269213472584</v>
+        <v>1.0093275231549459</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="3">
         <v>45658</v>
       </c>
       <c r="B426" s="5">
-        <v>1431.5961491999999</v>
+        <v>1431.732109</v>
       </c>
       <c r="C426" s="5">
-        <v>1.6280256000000008</v>
+        <v>1.6114340000001448</v>
       </c>
       <c r="D426" s="5">
-        <v>1.3747932075029112</v>
+        <v>1.3605493627535381</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="3">
         <v>45689</v>
       </c>
       <c r="B427" s="5">
-        <v>1431.6757253000001</v>
+        <v>1431.663278</v>
       </c>
       <c r="C427" s="5">
-        <v>7.9576100000167571E-2</v>
+        <v>-6.8831000000045606E-2</v>
       </c>
       <c r="D427" s="5">
-        <v>6.672309026169998E-2</v>
+        <v>-5.7675149629188294E-2</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="3">
         <v>45717</v>
       </c>
       <c r="B428" s="5">
-        <v>1430.7645759</v>
+        <v>1430.9865990000001</v>
       </c>
       <c r="C428" s="5">
-        <v>-0.91114940000011302</v>
+        <v>-0.67667899999992187</v>
       </c>
       <c r="D428" s="5">
-        <v>-0.76103840547772084</v>
+        <v>-0.56571068827953042</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="3">
         <v>45748</v>
       </c>
       <c r="B429" s="5">
-        <v>1430.8892304000001</v>
+        <v>1432.57952</v>
       </c>
       <c r="C429" s="5">
-        <v>0.12465450000013334</v>
+        <v>1.592920999999933</v>
       </c>
       <c r="D429" s="5">
-        <v>0.10459938853593087</v>
+        <v>1.3440040074618853</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="3">
         <v>45778</v>
       </c>
       <c r="B430" s="5">
-        <v>1433.2145654999999</v>
+        <v>1432.555658</v>
       </c>
       <c r="C430" s="5">
-        <v>2.3253350999998474</v>
+        <v>-2.3862000000008265E-2</v>
       </c>
       <c r="D430" s="5">
-        <v>1.9676424846909679</v>
+        <v>-1.9986169354424543E-2</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="3">
         <v>45809</v>
       </c>
       <c r="B431" s="5">
-        <v>1435.7844379999999</v>
+        <v>1412.883646</v>
       </c>
       <c r="C431" s="5">
-        <v>2.569872499999974</v>
+        <v>-19.672011999999995</v>
       </c>
       <c r="D431" s="5">
-        <v>2.1730467640435736</v>
+        <v>-15.289210866508574</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="3">
         <v>45839</v>
       </c>
       <c r="B432" s="5">
-        <v>1440.5761702</v>
+        <v>1416.8508320000001</v>
       </c>
       <c r="C432" s="5">
-        <v>4.7917322000000695</v>
+        <v>3.9671860000000834</v>
       </c>
       <c r="D432" s="5">
-        <v>4.0791688543218019</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.4219627426743893</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A433" s="3">
         <v>45870</v>
       </c>
       <c r="B433" s="5">
-        <v>1444.5499067000001</v>
+        <v>1420.7591239999999</v>
       </c>
       <c r="C433" s="5">
-        <v>3.9737365000000864</v>
+        <v>3.9082919999998467</v>
       </c>
       <c r="D433" s="5">
-        <v>3.3608064557594464</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3.3608067316212908</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A434" s="3">
         <v>45901</v>
       </c>
       <c r="B434" s="5">
-        <v>1445.4861068</v>
+        <v>1421.6799060000001</v>
       </c>
       <c r="C434" s="5">
-        <v>0.93620009999995091</v>
+        <v>0.92078200000014476</v>
       </c>
       <c r="D434" s="5">
-        <v>0.78048759861129025</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.78048802155725738</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A435" s="3">
         <v>45931</v>
       </c>
-      <c r="B435" s="5" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B435" s="5">
+        <v>1421.2352679999999</v>
+      </c>
+      <c r="C435" s="5">
+        <v>-0.44463800000016818</v>
+      </c>
+      <c r="D435" s="5">
+        <v>-0.37466151043077378</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A436" s="3">
         <v>45962</v>
       </c>
-      <c r="B436" s="5" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B436" s="5">
+        <v>1418.4291619999999</v>
+      </c>
+      <c r="C436" s="5">
+        <v>-2.8061059999999998</v>
+      </c>
+      <c r="D436" s="5">
+        <v>-2.3437358616600013</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="3">
         <v>45992</v>
       </c>
-      <c r="B437" s="5" t="s">
-        <v>0</v>
+      <c r="B437" s="5">
+        <v>1418.3174670000001</v>
+      </c>
+      <c r="C437" s="5">
+        <v>-0.1116949999998269</v>
+      </c>
+      <c r="D437" s="5">
+        <v>-9.4453758157087009E-2</v>
+      </c>
+      <c r="E437" s="5">
+        <v>-0.82532951283987854</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Standard" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>