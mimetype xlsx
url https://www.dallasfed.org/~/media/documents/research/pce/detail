--- v0 (2025-10-08)
+++ v1 (2026-01-02)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B50D6C2-2DA5-42CF-8647-01CE286EC759}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{858BBD28-F0AD-4C13-B718-E82DB3D6F70B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30070" yWindow="3220" windowWidth="30600" windowHeight="14630" xr2:uid="{37F9AFA9-F68F-4214-AD52-A288AC609FDA}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{7BBBF103-6075-472E-BC2E-7BA9FDBA5C08}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Underlying detail" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="data_1" localSheetId="0">'Web - Underlying detail'!$A$2:$D$179</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -67,591 +67,591 @@
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <si>
     <t>Annualized 1-month % change</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Cumulative weight</t>
   </si>
   <si>
     <t>Color key</t>
   </si>
   <si>
+    <t>Eggs</t>
+  </si>
+  <si>
+    <t>Cut from bottom</t>
+  </si>
+  <si>
+    <t>Jewelry</t>
+  </si>
+  <si>
+    <t>Included</t>
+  </si>
+  <si>
+    <t>Computer software and accessories</t>
+  </si>
+  <si>
+    <t>Cut from top</t>
+  </si>
+  <si>
+    <t>Other road transportation service</t>
+  </si>
+  <si>
+    <t>Trim point</t>
+  </si>
+  <si>
+    <t>Railway transportation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Water transportation </t>
+  </si>
+  <si>
+    <t>Intercity buses</t>
+  </si>
+  <si>
+    <t>Window coverings</t>
+  </si>
+  <si>
+    <t>Calculators, typewriters, and other information processing equipment</t>
+  </si>
+  <si>
+    <t>Lubricants and fluids</t>
+  </si>
+  <si>
+    <t>Telephone and related communication equipment</t>
+  </si>
+  <si>
+    <t>Flowers, seeds, and potted plants</t>
+  </si>
+  <si>
+    <t>Natural gas</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Other fuels</t>
+  </si>
+  <si>
+    <t>Tools, hardware, and supplies</t>
+  </si>
+  <si>
+    <t>Recreational books</t>
+  </si>
+  <si>
+    <t>Employment agency services</t>
+  </si>
+  <si>
+    <t>Motion picture theaters</t>
+  </si>
+  <si>
+    <t>Museums and libraries</t>
+  </si>
+  <si>
+    <t>Live entertainment, excluding sports</t>
+  </si>
+  <si>
+    <t>Coffee, tea, and other beverage materials</t>
+  </si>
+  <si>
+    <t>Outdoor equipment and supplies</t>
+  </si>
+  <si>
+    <t>Educational books</t>
+  </si>
+  <si>
+    <t>Therapeutic medical equipment</t>
+  </si>
+  <si>
+    <t>Other medical products</t>
+  </si>
+  <si>
+    <t>Motor vehicle leasing</t>
+  </si>
+  <si>
+    <t>Dental services</t>
+  </si>
+  <si>
+    <t>Processed dairy products</t>
+  </si>
+  <si>
+    <t>Household linens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Financial service charges, fees, and commissions </t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Fruit (fresh)</t>
+  </si>
+  <si>
+    <t>Garbage and trash collection</t>
+  </si>
+  <si>
+    <t>Used autos</t>
+  </si>
+  <si>
+    <t>Used light trucks</t>
+  </si>
+  <si>
+    <t>Fish and seafood</t>
+  </si>
+  <si>
+    <t>Other personal business services</t>
+  </si>
+  <si>
+    <t>Domestic services</t>
+  </si>
+  <si>
+    <t>Children's and infants' clothing</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Fresh milk</t>
+  </si>
+  <si>
+    <t>Elementary and secondary school lunches</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Professional association dues</t>
+  </si>
+  <si>
+    <t>Wine</t>
+  </si>
+  <si>
+    <t>Housing at schools</t>
+  </si>
+  <si>
+    <t>Games, toys, and hobbies</t>
+  </si>
+  <si>
+    <t>Nonprofit private higher education services to households</t>
+  </si>
+  <si>
+    <t>Proprietary and public higher education</t>
+  </si>
+  <si>
+    <t>Parking fees and tolls</t>
+  </si>
+  <si>
+    <t>Spectator sports</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commercial and vocational schools </t>
+  </si>
+  <si>
+    <t>Clocks, lamps, lighting fixtures, and other household decorative items</t>
+  </si>
+  <si>
+    <t>Film and photographic supplies</t>
+  </si>
+  <si>
+    <t>Food produced and consumed on farms</t>
+  </si>
+  <si>
+    <t>Motorcycles</t>
+  </si>
+  <si>
+    <t>Newspapers and periodicals</t>
+  </si>
+  <si>
+    <t>Higher education school lunches</t>
+  </si>
+  <si>
+    <t>Food supplied to military</t>
+  </si>
+  <si>
+    <t>Food supplied to civilians</t>
+  </si>
+  <si>
+    <t>Nonprescription drugs</t>
+  </si>
+  <si>
+    <t>Social assistance</t>
+  </si>
+  <si>
+    <t>Photographic equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net motor vehicle and other transportation insurance </t>
+  </si>
+  <si>
+    <t>Tax preparation and other related services</t>
+  </si>
+  <si>
+    <t>Vegetables (fresh)</t>
+  </si>
+  <si>
+    <t>Physician services</t>
+  </si>
+  <si>
+    <t>Proprietary hospitals</t>
+  </si>
+  <si>
+    <t>Government hospitals</t>
+  </si>
+  <si>
+    <t>Nonprofit hospitals' services to households</t>
+  </si>
+  <si>
+    <t>Poultry</t>
+  </si>
+  <si>
+    <t>Audio discs, tapes, vinyl, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Other purchased meals</t>
+  </si>
+  <si>
+    <t>New foreign autos</t>
+  </si>
+  <si>
+    <t>New domestic autos</t>
+  </si>
+  <si>
+    <t>Standard clothing issued to military personnel</t>
+  </si>
+  <si>
+    <t>Owner-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Rental value of farm dwellings</t>
+  </si>
+  <si>
+    <t>Owner-occupied stationary homes</t>
+  </si>
+  <si>
+    <t>Religious organizations' services to households</t>
+  </si>
+  <si>
+    <t>Foundations and grantmaking and giving services to households</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Repair of household appliances</t>
+  </si>
+  <si>
+    <t>Repair of furniture, furnishings, and floor coverings</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motor vehicle maintenance and repair </t>
+  </si>
+  <si>
+    <t>Tenant-occupied stationary homes and landlord durables</t>
+  </si>
+  <si>
+    <t>Tenant-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Group housing</t>
+  </si>
+  <si>
+    <t>Audio-video, photographic, and information processing equipment services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net health insurance </t>
+  </si>
+  <si>
+    <t>Other depository institutions and regulated investment companies</t>
+  </si>
+  <si>
+    <t>Personal computers/tablets and peripheral equipment</t>
+  </si>
+  <si>
+    <t>Package tours</t>
+  </si>
+  <si>
+    <t>Amusement parks, campgrounds, and related recreational services</t>
+  </si>
+  <si>
+    <t>New light trucks</t>
+  </si>
+  <si>
+    <t>Other video equipment</t>
+  </si>
+  <si>
+    <t>Spirits</t>
+  </si>
+  <si>
+    <t>Corrective eyeglasses and contact lenses</t>
+  </si>
+  <si>
+    <t>Pension funds</t>
+  </si>
+  <si>
+    <t>Laundry and drycleaning services</t>
+  </si>
+  <si>
+    <t>Labor organization dues</t>
+  </si>
+  <si>
+    <t>Casino gambling</t>
+  </si>
+  <si>
+    <t>Pari-mutuel net receipts</t>
+  </si>
+  <si>
+    <t>Lotteries</t>
+  </si>
+  <si>
+    <t>Alcohol in purchased meals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Final consumption expenditures of nonprofit institutions serving households </t>
+  </si>
+  <si>
+    <t>Prescription drugs</t>
+  </si>
+  <si>
+    <t>Pets and related products</t>
+  </si>
+  <si>
+    <t>Fats and oils</t>
+  </si>
+  <si>
     <t>Motor vehicle rental</t>
   </si>
   <si>
-    <t>Cut from bottom</t>
-[...17 lines deleted...]
-    <t>Trim point</t>
+    <t xml:space="preserve">Net household insurance </t>
+  </si>
+  <si>
+    <t>Household cleaning products</t>
+  </si>
+  <si>
+    <t>Major household appliances</t>
+  </si>
+  <si>
+    <t>Funeral and burial services</t>
+  </si>
+  <si>
+    <t>Sugar and sweets</t>
+  </si>
+  <si>
+    <t>Women's and girls' clothing</t>
+  </si>
+  <si>
+    <t>Water supply and sewage maintenance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Life insurance </t>
+  </si>
+  <si>
+    <t>Elementary and secondary schools</t>
+  </si>
+  <si>
+    <t>Paramedical services</t>
+  </si>
+  <si>
+    <t>Pork</t>
+  </si>
+  <si>
+    <t>Sporting equipment, supplies, guns, and ammunition</t>
+  </si>
+  <si>
+    <t>Membership clubs and participant sports centers</t>
+  </si>
+  <si>
+    <t>Commercial banks</t>
+  </si>
+  <si>
+    <t>Cosmetic / perfumes / bath / nail preparations and implements</t>
+  </si>
+  <si>
+    <t>Nursing homes</t>
+  </si>
+  <si>
+    <t>Tobacco</t>
+  </si>
+  <si>
+    <t>Social advocacy and civic and social organizations</t>
+  </si>
+  <si>
+    <t>Tires</t>
+  </si>
+  <si>
+    <t>Fuel oil</t>
+  </si>
+  <si>
+    <t>Accessories and parts</t>
+  </si>
+  <si>
+    <t>Bakery products</t>
+  </si>
+  <si>
+    <t>Small electric household appliances</t>
+  </si>
+  <si>
+    <t>Food products, not elsewhere classified</t>
+  </si>
+  <si>
+    <t>Cereals</t>
+  </si>
+  <si>
+    <t>Clothing repair, rental, and alterations</t>
+  </si>
+  <si>
+    <t>Miscellaneous personal care services</t>
+  </si>
+  <si>
+    <t>Repair and hire of footwear</t>
+  </si>
+  <si>
+    <t>Audio equipment</t>
+  </si>
+  <si>
+    <t>Furniture</t>
+  </si>
+  <si>
+    <t>Hairdressing salons and personal grooming establishments</t>
+  </si>
+  <si>
+    <t>Shoes and other footwear</t>
+  </si>
+  <si>
+    <t>Carpets and other floor coverings</t>
+  </si>
+  <si>
+    <t>Processed fruits and vegetables</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of recreational vehicles and sports equipment</t>
+  </si>
+  <si>
+    <t>Hair, dental, shaving, and miscellaneous personal care products except electrical products</t>
+  </si>
+  <si>
+    <t>Electric appliances for personal care</t>
+  </si>
+  <si>
+    <t>Household paper products</t>
+  </si>
+  <si>
+    <t>Musical instruments</t>
+  </si>
+  <si>
+    <t>Miscellaneous household products</t>
+  </si>
+  <si>
+    <t>Sewing items</t>
+  </si>
+  <si>
+    <t>Clothing materials</t>
+  </si>
+  <si>
+    <t>Taxicabs and ride sharing services</t>
+  </si>
+  <si>
+    <t>Intracity mass transit</t>
+  </si>
+  <si>
+    <t>Nonelectric cookware and tableware</t>
+  </si>
+  <si>
+    <t>Beef and veal</t>
+  </si>
+  <si>
+    <t>Other household services</t>
+  </si>
+  <si>
+    <t>Veterinary and other services for pets</t>
+  </si>
+  <si>
+    <t>Moving, storage, and freight services</t>
+  </si>
+  <si>
+    <t>Mineral waters, soft drinks, and vegetable juices</t>
   </si>
   <si>
     <t>Luggage and similar personal items</t>
   </si>
   <si>
-    <t>Moving, storage, and freight services</t>
-[...56 lines deleted...]
-    <t>Audio equipment</t>
+    <t>Other recreational vehicles</t>
+  </si>
+  <si>
+    <t>Pleasure aircraft</t>
+  </si>
+  <si>
+    <t>Pleasure boats</t>
+  </si>
+  <si>
+    <t>Bicycles and accessories</t>
+  </si>
+  <si>
+    <t>Men's and boys' clothing</t>
+  </si>
+  <si>
+    <t>Hotels and motels</t>
+  </si>
+  <si>
+    <t>Child care</t>
+  </si>
+  <si>
+    <t>Day care and nursery schools</t>
   </si>
   <si>
     <t>Stationery and miscellaneous printed materials</t>
   </si>
   <si>
-    <t>Poultry</t>
-[...28 lines deleted...]
-  <si>
     <t>Video discs, tapes, and permanent digital downloads</t>
   </si>
   <si>
-    <t>Shoes and other footwear</t>
-[...1 lines deleted...]
-  <si>
     <t>Dishes and flatware</t>
   </si>
   <si>
-    <t>Mineral waters, soft drinks, and vegetable juices</t>
-[...359 lines deleted...]
-    <t>Photographic equipment</t>
+    <t>Other meats</t>
+  </si>
+  <si>
+    <t>Watches</t>
   </si>
   <si>
     <t xml:space="preserve">Air transportation </t>
   </si>
   <si>
     <t>Gasoline and other motor fuel</t>
-  </si>
-[...43 lines deleted...]
-    <t>Clothing materials</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -791,51 +791,51 @@
     <cellStyle name="Accent4" xfId="5" builtinId="41"/>
     <cellStyle name="Bad" xfId="3" builtinId="27"/>
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Heading 3" xfId="1" builtinId="18"/>
     <cellStyle name="Neutral" xfId="4" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{0E0A6587-C060-4A89-A074-3A2E66DAD5DA}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{313FE520-66A2-4DA7-ADCB-BAECD5698BB1}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1084,3821 +1084,3821 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47AB78C9-31B0-460F-93B0-5C2FACA9035C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82AF027C-8CFF-4A31-A64A-26619A560486}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A2:N181"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A87" workbookViewId="0">
-      <selection activeCell="A94" sqref="A94"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="81.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.7265625" customWidth="1"/>
     <col min="6" max="6" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="78.7265625" customWidth="1"/>
     <col min="11" max="11" width="19.54296875" style="3" customWidth="1"/>
     <col min="12" max="12" width="12" style="3" customWidth="1"/>
     <col min="13" max="13" width="11.7265625" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.453125" style="3" customWidth="1"/>
     <col min="16" max="16" width="16.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5">
-        <v>-57.430036914927697</v>
+        <v>-44.210292674507798</v>
       </c>
       <c r="C3" s="6">
-        <v>0.15547439461916601</v>
+        <v>8.4067882630902993E-2</v>
       </c>
       <c r="D3" s="6">
-        <v>0.15547439461916601</v>
+        <v>8.4067882630902993E-2</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="5">
-        <v>-56.358828679309099</v>
+        <v>-29.011298700477699</v>
       </c>
       <c r="C4" s="6">
-        <v>0.33927612591289302</v>
+        <v>0.42198240272694398</v>
       </c>
       <c r="D4" s="6">
-        <v>0.49475052053205998</v>
+        <v>0.50605028535784702</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
-        <v>-49.316470892212898</v>
+        <v>-20.990212137623299</v>
       </c>
       <c r="C5" s="6">
-        <v>1.10202523564556</v>
+        <v>1.0781193106737501</v>
       </c>
       <c r="D5" s="6">
-        <v>1.5967757561776199</v>
+        <v>1.5841695960316</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="5">
-        <v>-26.339790870602101</v>
+        <v>-18.190658525692999</v>
       </c>
       <c r="C6" s="6">
-        <v>5.1986587127426202E-2</v>
+        <v>0.20072014227339899</v>
       </c>
       <c r="D6" s="6">
-        <v>1.64876234330505</v>
+        <v>1.784889738305</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="5">
-        <v>-19.893867643723301</v>
+        <v>-18.190486002537</v>
       </c>
       <c r="C7" s="6">
-        <v>0.248721915108782</v>
+        <v>7.7258498102394501E-3</v>
       </c>
       <c r="D7" s="6">
-        <v>1.8974842584138301</v>
+        <v>1.7926155881152399</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="5">
-        <v>-19.056344123909302</v>
+        <v>-18.189623435659399</v>
       </c>
       <c r="C8" s="6">
-        <v>0.107013854270818</v>
+        <v>3.3804747878976402E-2</v>
       </c>
       <c r="D8" s="6">
-        <v>2.0044981126846499</v>
+        <v>1.8264203359942099</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="5">
-        <v>-17.5657848322649</v>
+        <v>-18.1878985463857</v>
       </c>
       <c r="C9" s="6">
-        <v>0.35823398066032303</v>
+        <v>5.4987916903855398E-3</v>
       </c>
       <c r="D9" s="6">
-        <v>2.3627320933449698</v>
+        <v>1.8319191276846001</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="5">
-        <v>-16.1218513779022</v>
+        <v>-16.0053342383112</v>
       </c>
       <c r="C10" s="6">
-        <v>3.4051809380673898E-2</v>
+        <v>0.15879066850301601</v>
       </c>
       <c r="D10" s="6">
-        <v>2.3967839027256401</v>
+        <v>1.9907097961876099</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="5">
-        <v>-16.120326878512699</v>
+        <v>-15.782898868572399</v>
       </c>
       <c r="C11" s="6">
-        <v>5.5246158036560099E-3</v>
+        <v>1.8756672864441201E-3</v>
       </c>
       <c r="D11" s="6">
-        <v>2.4023085185293001</v>
+        <v>1.9925854634740601</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="5">
-        <v>-16.112434227242002</v>
+        <v>-15.766268730271801</v>
       </c>
       <c r="C12" s="6">
-        <v>0.20183167899403001</v>
+        <v>6.2101207018015699E-2</v>
       </c>
       <c r="D12" s="6">
-        <v>2.6041401975233298</v>
+        <v>2.0546866704920701</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="5">
-        <v>-16.112281834383001</v>
+        <v>-15.7566484022338</v>
       </c>
       <c r="C13" s="6">
-        <v>7.7896606981781996E-3</v>
+        <v>0.172314467064517</v>
       </c>
       <c r="D13" s="6">
-        <v>2.6119298582215098</v>
+        <v>2.2270011375565901</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="5">
-        <v>-16.073040687836599</v>
+        <v>-15.0816077517821</v>
       </c>
       <c r="C14" s="6">
-        <v>0.18752287647758401</v>
+        <v>0.37563680091505902</v>
       </c>
       <c r="D14" s="6">
-        <v>2.7994527346990901</v>
+        <v>2.6026379384716498</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="5">
-        <v>-14.9627328943651</v>
+        <v>-13.5594764895139</v>
       </c>
       <c r="C15" s="6">
-        <v>1.2124652082442299E-2</v>
+        <v>0.35384107219410099</v>
       </c>
       <c r="D15" s="6">
-        <v>2.8115773867815399</v>
+        <v>2.9564790106657499</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5">
-        <v>-14.962324567587199</v>
+        <v>-12.4339419890172</v>
       </c>
       <c r="C16" s="6">
-        <v>5.73065875309468E-2</v>
+        <v>0.16820224460866701</v>
       </c>
       <c r="D16" s="6">
-        <v>2.8688839743124799</v>
+        <v>3.1246812552744201</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5">
-        <v>-12.9655981117244</v>
+        <v>-11.6656291471317</v>
       </c>
       <c r="C17" s="6">
-        <v>0.143725663853252</v>
+        <v>2.58462203547223E-2</v>
       </c>
       <c r="D17" s="6">
-        <v>3.0126096381657401</v>
+        <v>3.1505274756291399</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5">
-        <v>-12.8475125507216</v>
+        <v>-11.073773249334799</v>
       </c>
       <c r="C18" s="6">
-        <v>0.80455727032777802</v>
+        <v>0.24611129060534701</v>
       </c>
       <c r="D18" s="6">
-        <v>3.81716690849351</v>
+        <v>3.3966387662344899</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5">
-        <v>-12.483664982709699</v>
+        <v>-11.039711366893</v>
       </c>
       <c r="C19" s="6">
-        <v>0.36694678990794899</v>
+        <v>0.15350081190276599</v>
       </c>
       <c r="D19" s="6">
-        <v>4.1841136984014602</v>
+        <v>3.55013957813726</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="5">
-        <v>-11.9055641475783</v>
+        <v>-10.115491751712099</v>
       </c>
       <c r="C20" s="6">
-        <v>0.46115076843075598</v>
+        <v>7.7163527606878297E-3</v>
       </c>
       <c r="D20" s="6">
-        <v>4.6452644668322201</v>
+        <v>3.5578559308979401</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="5">
-        <v>-9.9045459170740298</v>
+        <v>-8.0369182253280105</v>
       </c>
       <c r="C21" s="6">
-        <v>0.28191719490749301</v>
+        <v>5.8107697681561203E-2</v>
       </c>
       <c r="D21" s="6">
-        <v>4.9271816617397102</v>
+        <v>3.6159636285794998</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="5">
-        <v>-9.9044030031780697</v>
+        <v>-8.0323849521493802</v>
       </c>
       <c r="C22" s="6">
-        <v>4.6856926631008301E-2</v>
+        <v>8.2420144533697698E-2</v>
       </c>
       <c r="D22" s="6">
-        <v>4.9740385883707203</v>
+        <v>3.6983837731131999</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="5">
-        <v>-9.9008601938224405</v>
+        <v>-8.0283716078915095</v>
       </c>
       <c r="C23" s="6">
-        <v>8.3283226352788495E-2</v>
+        <v>0.275675605859527</v>
       </c>
       <c r="D23" s="6">
-        <v>5.0573218147235099</v>
+        <v>3.9740593789727301</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5">
-        <v>-9.8601056684238895</v>
+        <v>-7.8667979817371396</v>
       </c>
       <c r="C24" s="6">
-        <v>0.61095303381826205</v>
+        <v>0.129938631965207</v>
       </c>
       <c r="D24" s="6">
-        <v>5.6682748485417704</v>
+        <v>4.1039980109379401</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="5">
-        <v>-9.2401866201221008</v>
+        <v>-7.8285202690989202</v>
       </c>
       <c r="C25" s="6">
-        <v>0.67061983619728205</v>
+        <v>4.8472940911447E-2</v>
       </c>
       <c r="D25" s="6">
-        <v>6.3388946847390599</v>
+        <v>4.1524709518493799</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="5">
-        <v>-9.1819963019360493</v>
+        <v>-7.6272563081952498</v>
       </c>
       <c r="C26" s="6">
-        <v>4.4653742206294499E-2</v>
+        <v>3.9251305796828097E-2</v>
       </c>
       <c r="D26" s="6">
-        <v>6.3835484269453504</v>
+        <v>4.1917222576462096</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="5">
-        <v>-9.0990265224489697</v>
+        <v>-6.6790817977942902</v>
       </c>
       <c r="C27" s="6">
-        <v>0.146466558515531</v>
+        <v>0.24549873090926799</v>
       </c>
       <c r="D27" s="6">
-        <v>6.5300149854608804</v>
+        <v>4.4372209885554801</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="5">
-        <v>-8.7038739334967499</v>
+        <v>-6.6692005123733802</v>
       </c>
       <c r="C28" s="6">
-        <v>0.15703994035508601</v>
+        <v>4.4033070246066598E-2</v>
       </c>
       <c r="D28" s="6">
-        <v>6.6870549258159704</v>
+        <v>4.4812540588015501</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="5">
-        <v>-8.6195775775212802</v>
+        <v>-6.6617090635303704</v>
       </c>
       <c r="C29" s="6">
-        <v>0.38508142455715899</v>
+        <v>0.28179645429554401</v>
       </c>
       <c r="D29" s="6">
-        <v>7.07213635037313</v>
+        <v>4.7630505130970899</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="5">
-        <v>-8.4569274259335501</v>
+        <v>-6.5589984085643298</v>
       </c>
       <c r="C30" s="6">
-        <v>0.97280823121121396</v>
+        <v>0.971225269445541</v>
       </c>
       <c r="D30" s="6">
-        <v>8.0449445815843408</v>
+        <v>5.73427578254263</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="5">
-        <v>-7.0680955502007299</v>
+        <v>-6.0216446164885999</v>
       </c>
       <c r="C31" s="6">
-        <v>9.35806153270448E-2</v>
+        <v>0.35725051298313099</v>
       </c>
       <c r="D31" s="6">
-        <v>8.1385251969113899</v>
+        <v>6.0915262955257603</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="5">
-        <v>-7.0539972816965104</v>
+        <v>-6.0102534425472598</v>
       </c>
       <c r="C32" s="6">
-        <v>0.18315933410725499</v>
+        <v>0.33537880786576002</v>
       </c>
       <c r="D32" s="6">
-        <v>8.32168453101864</v>
+        <v>6.4269051033915199</v>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="5">
-        <v>-7.0195483507631797</v>
+        <v>-5.8772687348986601</v>
       </c>
       <c r="C33" s="6">
-        <v>4.4068446991953697E-2</v>
+        <v>2.6697773302768</v>
       </c>
       <c r="D33" s="6">
-        <v>8.3657529780105993</v>
+        <v>9.0966824336683292</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="5">
-        <v>-6.9367433804084397</v>
+        <v>-5.8747554004255402</v>
       </c>
       <c r="C34" s="6">
-        <v>0.61324662969884902</v>
+        <v>1.25320691620734</v>
       </c>
       <c r="D34" s="6">
-        <v>8.9789996077094507</v>
+        <v>10.3498893498756</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="5">
-        <v>-6.8924545450624901</v>
+        <v>-5.8226233563476297</v>
       </c>
       <c r="C35" s="6">
-        <v>0.50730819590316101</v>
+        <v>0.30411926926661598</v>
       </c>
       <c r="D35" s="6">
-        <v>9.4863078036126094</v>
+        <v>10.6540086191422</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="5">
-        <v>-6.10218094595482</v>
+        <v>-5.7565694997856802</v>
       </c>
       <c r="C36" s="6">
-        <v>0.16019482431531401</v>
+        <v>0.207586509099218</v>
       </c>
       <c r="D36" s="6">
-        <v>9.6465026279279193</v>
+        <v>10.8615951282415</v>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="5">
-        <v>-5.7345343933451796</v>
+        <v>-5.1680763980497204</v>
       </c>
       <c r="C37" s="6">
-        <v>0.23389443634548099</v>
+        <v>0.21438164805339899</v>
       </c>
       <c r="D37" s="6">
-        <v>9.88039706427341</v>
+        <v>11.075976776294899</v>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="5">
-        <v>-5.3922242043443802</v>
+        <v>-4.8121050526371203</v>
       </c>
       <c r="C38" s="6">
-        <v>0.56138852200871703</v>
+        <v>0.79653179146834396</v>
       </c>
       <c r="D38" s="6">
-        <v>10.4417855862821</v>
+        <v>11.8725085677632</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="5">
-        <v>-5.1634194394631399</v>
+        <v>-4.0869428541123503</v>
       </c>
       <c r="C39" s="6">
-        <v>6.7575425519137797E-2</v>
+        <v>0.112136412580703</v>
       </c>
       <c r="D39" s="6">
-        <v>10.5093610118012</v>
+        <v>11.9846449803439</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="5">
-        <v>-4.8986763842147099</v>
+        <v>-4.0571252805995996</v>
       </c>
       <c r="C40" s="6">
-        <v>0.59219027747561304</v>
+        <v>0.12302003136685501</v>
       </c>
       <c r="D40" s="6">
-        <v>11.1015512892768</v>
+        <v>12.1076650117108</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="5">
-        <v>-4.1635462975131601</v>
+        <v>-3.7767932645832998</v>
       </c>
       <c r="C41" s="6">
-        <v>0.15138208661645799</v>
+        <v>0.196085582092211</v>
       </c>
       <c r="D41" s="6">
-        <v>11.252933375893299</v>
+        <v>12.303750593803001</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="5">
-        <v>-3.89484407406212</v>
+        <v>-3.2245174254812299</v>
       </c>
       <c r="C42" s="6">
-        <v>0.56578537386279004</v>
+        <v>0.13236512812564499</v>
       </c>
       <c r="D42" s="6">
-        <v>11.818718749756099</v>
+        <v>12.4361157219286</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="5">
-        <v>-3.8808480857386298</v>
+        <v>-3.21572184075871</v>
       </c>
       <c r="C43" s="6">
-        <v>0.109393103109602</v>
+        <v>1.55031261438009</v>
       </c>
       <c r="D43" s="6">
-        <v>11.928111852865699</v>
+        <v>13.9864283363087</v>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="5">
-        <v>-3.7169841645436401</v>
+        <v>-2.8741181193129401</v>
       </c>
       <c r="C44" s="6">
-        <v>0.30623787653754198</v>
+        <v>0.153372601733819</v>
       </c>
       <c r="D44" s="6">
-        <v>12.234349729403201</v>
+        <v>14.1398009380425</v>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="5">
-        <v>-3.26584697612916</v>
+        <v>-2.8222861889586399</v>
       </c>
       <c r="C45" s="6">
-        <v>0.279238160715023</v>
+        <v>4.4455688951113501E-2</v>
       </c>
       <c r="D45" s="6">
-        <v>12.513587890118201</v>
+        <v>14.1842566269936</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="5">
-        <v>-2.9213370011074198</v>
+        <v>-2.6947130303128</v>
       </c>
       <c r="C46" s="6">
-        <v>0.15324265920838701</v>
+        <v>0.71117705862319702</v>
       </c>
       <c r="D46" s="6">
-        <v>12.666830549326599</v>
+        <v>14.895433685616799</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="5">
-        <v>-2.4642620199487002</v>
+        <v>-2.6872173339823702</v>
       </c>
       <c r="C47" s="6">
-        <v>7.0102187785926195E-2</v>
+        <v>7.0135710938682594E-2</v>
       </c>
       <c r="D47" s="6">
-        <v>12.7369327371126</v>
+        <v>14.9655693965555</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="5">
-        <v>-2.4550929894948599</v>
+        <v>-2.1502271999737799</v>
       </c>
       <c r="C48" s="6">
-        <v>0.71390313107243697</v>
+        <v>0.34938220742961701</v>
       </c>
       <c r="D48" s="6">
-        <v>13.450835868185001</v>
+        <v>15.314951603985101</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="5">
-        <v>-2.1417329067843101</v>
+        <v>-1.59919165258091</v>
       </c>
       <c r="C49" s="6">
-        <v>0.14709943870664699</v>
+        <v>0.226537871479467</v>
       </c>
       <c r="D49" s="6">
-        <v>13.5979353068916</v>
+        <v>15.5414894754646</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="5">
-        <v>-1.80256215644006</v>
+        <v>-1.56340373675526</v>
       </c>
       <c r="C50" s="6">
-        <v>2.5510306049440001E-2</v>
+        <v>0.66039633467070702</v>
       </c>
       <c r="D50" s="6">
-        <v>13.623445612941101</v>
+        <v>16.201885810135298</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B51" s="5">
-        <v>-1.7963995218656299</v>
+        <v>-0.80074172817752298</v>
       </c>
       <c r="C51" s="6">
-        <v>2.8348892669039398</v>
+        <v>0.42202039092515098</v>
       </c>
       <c r="D51" s="6">
-        <v>16.458334879845001</v>
+        <v>16.6239062010605</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="5">
-        <v>-1.77693607107966</v>
+        <v>-0.790499585313442</v>
       </c>
       <c r="C52" s="6">
-        <v>0.124891530045439</v>
+        <v>0.56961878653158804</v>
       </c>
       <c r="D52" s="6">
-        <v>16.5832264098905</v>
+        <v>17.193524987592099</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B53" s="5">
-        <v>-1.75842811210206</v>
+        <v>-0.76515480100496303</v>
       </c>
       <c r="C53" s="6">
-        <v>0.11569811253237899</v>
+        <v>0.14492972468243201</v>
       </c>
       <c r="D53" s="6">
-        <v>16.698924522422899</v>
+        <v>17.338454712274501</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B54" s="5">
-        <v>-1.7496741307682</v>
+        <v>-0.40948245831430302</v>
       </c>
       <c r="C54" s="6">
-        <v>0.43823384361558998</v>
+        <v>0.189627588397112</v>
       </c>
       <c r="D54" s="6">
-        <v>17.137158366038399</v>
+        <v>17.528082300671599</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="5">
-        <v>-1.31765900474229</v>
+        <v>-0.33364002091535999</v>
       </c>
       <c r="C55" s="6">
-        <v>0.14207446515913599</v>
+        <v>0.423753602468321</v>
       </c>
       <c r="D55" s="6">
-        <v>17.2792328311976</v>
+        <v>17.951835903139902</v>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="5">
-        <v>-1.1249896033526501</v>
+        <v>-6.0202579881118899E-2</v>
       </c>
       <c r="C56" s="6">
-        <v>1.2147064606503599</v>
+        <v>0.30236231509956801</v>
       </c>
       <c r="D56" s="6">
-        <v>18.493939291847902</v>
+        <v>18.254198218239502</v>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B57" s="5">
-        <v>-0.84105663955087395</v>
+        <v>0</v>
       </c>
       <c r="C57" s="6">
-        <v>0.42271162419136399</v>
+        <v>6.6811743595617101E-3</v>
       </c>
       <c r="D57" s="6">
-        <v>18.916650916039298</v>
+        <v>18.260879392599101</v>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B58" s="5">
-        <v>-0.84104226231518298</v>
+        <v>0</v>
       </c>
       <c r="C58" s="6">
-        <v>0.57068662647068502</v>
+        <v>4.1502106540560997E-3</v>
       </c>
       <c r="D58" s="6">
-        <v>19.487337542510001</v>
+        <v>18.265029603253101</v>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B59" s="5">
-        <v>-0.478239528791435</v>
+        <v>0</v>
       </c>
       <c r="C59" s="6">
-        <v>1.2834810275842401</v>
+        <v>0.100554760652508</v>
       </c>
       <c r="D59" s="6">
-        <v>20.7708185700942</v>
+        <v>18.365584363905601</v>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A60" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B60" s="5">
-        <v>-0.30403392024303999</v>
+        <v>0.20372830702255401</v>
       </c>
       <c r="C60" s="6">
-        <v>0.21290946158740801</v>
+        <v>0.45284306524492002</v>
       </c>
       <c r="D60" s="6">
-        <v>20.9837280316817</v>
+        <v>18.8184274291505</v>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B61" s="5">
-        <v>-0.207894130515096</v>
+        <v>0.32353706179137898</v>
       </c>
       <c r="C61" s="6">
-        <v>0.104515642990095</v>
+        <v>9.7150068388253796E-2</v>
       </c>
       <c r="D61" s="6">
-        <v>21.088243674671698</v>
+        <v>18.915577497538798</v>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B62" s="5">
-        <v>-0.156141536828069</v>
+        <v>0.32353706179137898</v>
       </c>
       <c r="C62" s="6">
-        <v>8.3997001004423602E-2</v>
+        <v>1.13917109371631E-2</v>
       </c>
       <c r="D62" s="6">
-        <v>21.1722406756762</v>
+        <v>18.926969208475999</v>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B63" s="5">
-        <v>0</v>
+        <v>0.32354394852645002</v>
       </c>
       <c r="C63" s="6">
-        <v>0.104006483738595</v>
+        <v>0.168244981331649</v>
       </c>
       <c r="D63" s="6">
-        <v>21.276247159414801</v>
+        <v>19.095214189807599</v>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B64" s="5">
-        <v>0</v>
+        <v>0.33543550678267697</v>
       </c>
       <c r="C64" s="6">
-        <v>4.1208589887735602E-3</v>
+        <v>0.60942092120240998</v>
       </c>
       <c r="D64" s="6">
-        <v>21.2803680184035</v>
+        <v>19.704635111009999</v>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B65" s="5">
-        <v>2.60785469882618E-2</v>
+        <v>0.36987216952466501</v>
       </c>
       <c r="C65" s="6">
-        <v>0.52070336686551399</v>
+        <v>1.1776816296481101</v>
       </c>
       <c r="D65" s="6">
-        <v>21.8010713852691</v>
+        <v>20.882316740658101</v>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B66" s="5">
-        <v>0.229032750755364</v>
+        <v>0.39236957602137801</v>
       </c>
       <c r="C66" s="6">
-        <v>0.622530458667784</v>
+        <v>2.56800219875691E-2</v>
       </c>
       <c r="D66" s="6">
-        <v>22.423601843936801</v>
+        <v>20.907996762645698</v>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B67" s="5">
-        <v>0.24797401380991499</v>
+        <v>0.51385969485899796</v>
       </c>
       <c r="C67" s="6">
-        <v>1.1969191963316099</v>
+        <v>0.52065674756823299</v>
       </c>
       <c r="D67" s="6">
-        <v>23.6205210402685</v>
+        <v>21.428653510213898</v>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A68" s="11" t="s">
+      <c r="A68" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="B68" s="12">
-[...6 lines deleted...]
-        <v>24.971301500506499</v>
+      <c r="B68" s="5">
+        <v>0.54057613124269799</v>
+      </c>
+      <c r="C68" s="6">
+        <v>0.25077909045996599</v>
+      </c>
+      <c r="D68" s="6">
+        <v>21.679432600673898</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A69" s="14" t="s">
+      <c r="A69" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="B69" s="15">
-[...6 lines deleted...]
-        <v>26.524708308850801</v>
+      <c r="B69" s="5">
+        <v>0.56479532262654297</v>
+      </c>
+      <c r="C69" s="6">
+        <v>0.33573494722394498</v>
+      </c>
+      <c r="D69" s="6">
+        <v>22.0151675478978</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A70" s="14" t="s">
+      <c r="A70" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="B70" s="15">
-[...6 lines deleted...]
-        <v>30.488998448539402</v>
+      <c r="B70" s="12">
+        <v>0.59068954244350103</v>
+      </c>
+      <c r="C70" s="13">
+        <v>3.9679955128340199</v>
+      </c>
+      <c r="D70" s="13">
+        <v>25.983163060731901</v>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="15">
-        <v>0.80523498069795496</v>
+        <v>0.911384954360827</v>
       </c>
       <c r="C71" s="16">
-        <v>3.0987051366459699</v>
+        <v>0.88518674903267802</v>
       </c>
       <c r="D71" s="16">
-        <v>33.587703585185302</v>
+        <v>26.868349809764599</v>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72" s="14" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="15">
-        <v>0.89600572906931497</v>
+        <v>0.91145782131569697</v>
       </c>
       <c r="C72" s="16">
-        <v>4.1974708013823997E-2</v>
+        <v>1.5451367223744501</v>
       </c>
       <c r="D72" s="16">
-        <v>33.629678293199198</v>
+        <v>28.413486532139</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="15">
-        <v>1.9763031011194601</v>
+        <v>0.92107039140230096</v>
       </c>
       <c r="C73" s="16">
-        <v>0.147936934297899</v>
+        <v>5.1813813002714397</v>
       </c>
       <c r="D73" s="16">
-        <v>33.777615227497101</v>
+        <v>33.5948678324105</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74" s="14" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="15">
-        <v>2.0152164500852798</v>
+        <v>1.1955945511439701</v>
       </c>
       <c r="C74" s="16">
-        <v>0.35214310363303603</v>
+        <v>0.38465424946431798</v>
       </c>
       <c r="D74" s="16">
-        <v>34.129758331130098</v>
+        <v>33.979522081874798</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="15">
-        <v>2.1084854128950301</v>
+        <v>1.36780114953742</v>
       </c>
       <c r="C75" s="16">
-        <v>1.2407402014443301</v>
+        <v>1.4259819901751101E-2</v>
       </c>
       <c r="D75" s="16">
-        <v>35.370498532574402</v>
+        <v>33.993781901776501</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76" s="14" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="15">
-        <v>2.2007200402808</v>
+        <v>1.4194722981324599</v>
       </c>
       <c r="C76" s="16">
-        <v>0.356906359808282</v>
+        <v>5.1379417956223499</v>
       </c>
       <c r="D76" s="16">
-        <v>35.727404892382701</v>
+        <v>39.131723697398897</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77" s="14" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="15">
-        <v>2.2563607515234798</v>
+        <v>1.4303991186789</v>
       </c>
       <c r="C77" s="16">
-        <v>0.61943267667968704</v>
+        <v>8.2956727833363997E-2</v>
       </c>
       <c r="D77" s="16">
-        <v>36.346837569062401</v>
+        <v>39.214680425232203</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78" s="14" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="15">
-        <v>2.3229665273507498</v>
+        <v>1.43082847985849</v>
       </c>
       <c r="C78" s="16">
-        <v>7.7468342190800902E-3</v>
+        <v>0.132996681920827</v>
       </c>
       <c r="D78" s="16">
-        <v>36.3545844032815</v>
+        <v>39.347677107153103</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="15">
-        <v>2.33688539928957</v>
+        <v>1.4947844543597499</v>
       </c>
       <c r="C79" s="16">
-        <v>0.15239564662178001</v>
+        <v>2.1653272977684001E-3</v>
       </c>
       <c r="D79" s="16">
-        <v>36.506980049903298</v>
+        <v>39.3498424344508</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80" s="14" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="15">
-        <v>2.4493308767270001</v>
+        <v>1.6444326868732599</v>
       </c>
       <c r="C80" s="16">
-        <v>1.22166338425496</v>
+        <v>0.44748198077303297</v>
       </c>
       <c r="D80" s="16">
-        <v>37.728643434158201</v>
+        <v>39.797324415223898</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81" s="14" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="15">
-        <v>2.5032648134390301</v>
+        <v>1.6525019344709699</v>
       </c>
       <c r="C81" s="16">
-        <v>0.42020389591528601</v>
+        <v>0.145988645707438</v>
       </c>
       <c r="D81" s="16">
-        <v>38.148847330073501</v>
+        <v>39.943313060931303</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82" s="14" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="15">
-        <v>2.6919270226872301</v>
+        <v>1.6530737472041099</v>
       </c>
       <c r="C82" s="16">
-        <v>7.9295605298986799E-2</v>
+        <v>11.5478091921182</v>
       </c>
       <c r="D82" s="16">
-        <v>38.228142935372503</v>
+        <v>51.491122253049603</v>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83" s="14" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="15">
-        <v>2.6927414316812999</v>
+        <v>1.6790425960331901</v>
       </c>
       <c r="C83" s="16">
-        <v>0.14189364224738801</v>
+        <v>4.3178335786421197E-2</v>
       </c>
       <c r="D83" s="16">
-        <v>38.370036577619899</v>
+        <v>51.534300588835997</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="15">
-        <v>2.9451494177317601</v>
+        <v>1.89418264142</v>
       </c>
       <c r="C84" s="16">
-        <v>0.88338178435668602</v>
+        <v>5.0614525585336398E-2</v>
       </c>
       <c r="D84" s="16">
-        <v>39.2534183619766</v>
+        <v>51.584915114421399</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85" s="14" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="15">
-        <v>2.9452925484552801</v>
+        <v>2.00202177239114</v>
       </c>
       <c r="C85" s="16">
-        <v>5.1708452938172398</v>
+        <v>0.50373300526725295</v>
       </c>
       <c r="D85" s="16">
-        <v>44.424263655793801</v>
+        <v>52.0886481196886</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86" s="14" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="15">
-        <v>2.9453879766658102</v>
+        <v>2.1239851555384202</v>
       </c>
       <c r="C86" s="16">
-        <v>1.54199117241578</v>
+        <v>5.74856409359304E-2</v>
       </c>
       <c r="D86" s="16">
-        <v>45.9662548282096</v>
+        <v>52.146133760624501</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87" s="14" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="15">
-        <v>2.95835001450213</v>
+        <v>2.1249107422253801</v>
       </c>
       <c r="C87" s="16">
-        <v>5.0918685078626504</v>
+        <v>1.2132480802189099E-2</v>
       </c>
       <c r="D87" s="16">
-        <v>51.058123336072299</v>
+        <v>52.158266241426702</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88" s="14" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="15">
-        <v>2.9753649956023498</v>
+        <v>2.3506511655581002</v>
       </c>
       <c r="C88" s="16">
-        <v>0.24024703074503401</v>
+        <v>1.3562641494167</v>
       </c>
       <c r="D88" s="16">
-        <v>51.298370366817302</v>
+        <v>53.514530390843397</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="15">
-        <v>3.3656722219228499</v>
+        <v>2.3837660071601698</v>
       </c>
       <c r="C89" s="16">
-        <v>4.3249985391412102E-2</v>
+        <v>3.6509602561772101</v>
       </c>
       <c r="D89" s="16">
-        <v>51.3416203522087</v>
+        <v>57.165490647020697</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="15">
-        <v>3.5549255247733198</v>
+        <v>2.38385086799763</v>
       </c>
       <c r="C90" s="16">
-        <v>0.497577068152536</v>
+        <v>6.9746331907066403E-2</v>
       </c>
       <c r="D90" s="16">
-        <v>51.839197420361302</v>
+        <v>57.235236978927702</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91" s="14" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="15">
-        <v>3.5574672842461901</v>
+        <v>2.3842243274697101</v>
       </c>
       <c r="C91" s="16">
-        <v>9.3052422084834802E-2</v>
+        <v>1.6287439981021001E-2</v>
       </c>
       <c r="D91" s="16">
-        <v>51.932249842446097</v>
+        <v>57.251524418908701</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92" s="14" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="15">
-        <v>3.5963424408463802</v>
+        <v>2.51717612289168</v>
       </c>
       <c r="C92" s="16">
-        <v>1.79701333844967</v>
+        <v>0.80243895628944895</v>
       </c>
       <c r="D92" s="16">
-        <v>53.729263180895799</v>
+        <v>58.053963375198201</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="15">
-        <v>3.6629856982695199</v>
+        <v>2.5450408913890699</v>
       </c>
       <c r="C93" s="16">
-        <v>3.64894925709382</v>
+        <v>1.35752725700706</v>
       </c>
       <c r="D93" s="16">
-        <v>57.378212437989603</v>
+        <v>59.4114906322053</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="15">
-        <v>3.6636960962711198</v>
+        <v>2.65989353128484</v>
       </c>
       <c r="C94" s="16">
-        <v>1.6274062057281199E-2</v>
+        <v>1.32347083731497</v>
       </c>
       <c r="D94" s="16">
-        <v>57.394486500046902</v>
+        <v>60.734961469520201</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="15">
-        <v>3.67115897890202</v>
+        <v>2.6671502855199098</v>
       </c>
       <c r="C95" s="16">
-        <v>0.17491761612970799</v>
+        <v>0.496581726954886</v>
       </c>
       <c r="D95" s="16">
-        <v>57.569404116176599</v>
+        <v>61.231543196475101</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="15">
-        <v>3.67190587350172</v>
+        <v>2.8162054072563998</v>
       </c>
       <c r="C96" s="16">
-        <v>6.9683439990300203E-2</v>
+        <v>0.11378415067790799</v>
       </c>
       <c r="D96" s="16">
-        <v>57.639087556166899</v>
+        <v>61.345327347153003</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="15">
-        <v>3.6812496009615598</v>
+        <v>2.8265587206928999</v>
       </c>
       <c r="C97" s="16">
-        <v>1.9176745640597499E-3</v>
+        <v>0.43321741234650601</v>
       </c>
       <c r="D97" s="16">
-        <v>57.641005230730997</v>
+        <v>61.778544759499503</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="15">
-        <v>3.7005616266039199</v>
+        <v>2.8942765751956498</v>
       </c>
       <c r="C98" s="16">
-        <v>0.26574781979911899</v>
+        <v>1.7097348366782801</v>
       </c>
       <c r="D98" s="16">
-        <v>57.906753050530099</v>
+        <v>63.488279596177797</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="15">
-        <v>3.8314950872976299</v>
+        <v>3.2235141404276701</v>
       </c>
       <c r="C99" s="16">
-        <v>0.38500528859431798</v>
+        <v>5.0699999031300902E-2</v>
       </c>
       <c r="D99" s="16">
-        <v>58.291758339124399</v>
+        <v>63.538979595209099</v>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="15">
-        <v>4.1100712664077603</v>
+        <v>3.3397070655168202</v>
       </c>
       <c r="C100" s="16">
-        <v>0.81711018720120199</v>
+        <v>0.26400848048536701</v>
       </c>
       <c r="D100" s="16">
-        <v>59.108868526325601</v>
+        <v>63.8029880756945</v>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="15">
-        <v>4.1592359326006996</v>
+        <v>3.4039939360372302</v>
       </c>
       <c r="C101" s="16">
-        <v>0.36916900832337302</v>
+        <v>0.22956743028643201</v>
       </c>
       <c r="D101" s="16">
-        <v>59.478037534648998</v>
+        <v>64.032555505980895</v>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B102" s="15">
-        <v>4.3146753683855197</v>
+        <v>3.49459027098235</v>
       </c>
       <c r="C102" s="16">
-        <v>1.13537754586763E-2</v>
+        <v>0.404555316799729</v>
       </c>
       <c r="D102" s="16">
-        <v>59.489391310107699</v>
+        <v>64.437110822780696</v>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B103" s="15">
-        <v>4.3147691893506304</v>
+        <v>3.66772486615909</v>
       </c>
       <c r="C103" s="16">
-        <v>0.167884556562263</v>
+        <v>7.9632760490298396E-2</v>
       </c>
       <c r="D103" s="16">
-        <v>59.657275866669899</v>
+        <v>64.516743583270994</v>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B104" s="15">
-        <v>4.3235754000507196</v>
+        <v>3.7119300307113301</v>
       </c>
       <c r="C104" s="16">
-        <v>9.7330311496968094E-2</v>
+        <v>8.8108877215115497E-2</v>
       </c>
       <c r="D104" s="16">
-        <v>59.754606178166902</v>
+        <v>64.6048524604861</v>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B105" s="15">
-        <v>4.4864214754414</v>
+        <v>3.7845085684585098</v>
       </c>
       <c r="C105" s="16">
-        <v>0.74595637142853299</v>
+        <v>0.75622156464651102</v>
       </c>
       <c r="D105" s="16">
-        <v>60.500562549595401</v>
+        <v>65.361074025132595</v>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B106" s="15">
-        <v>4.5148850915787797</v>
+        <v>3.78474201186493</v>
       </c>
       <c r="C106" s="16">
-        <v>0.19989497043925999</v>
+        <v>2.8823545389153899E-2</v>
       </c>
       <c r="D106" s="16">
-        <v>60.700457520034703</v>
+        <v>65.389897570521697</v>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107" s="14" t="s">
         <v>112</v>
       </c>
       <c r="B107" s="15">
-        <v>4.6308103964907303</v>
+        <v>3.7939788920906898</v>
       </c>
       <c r="C107" s="16">
-        <v>0.243663632077527</v>
+        <v>0.31428586081162102</v>
       </c>
       <c r="D107" s="16">
-        <v>60.944121152112203</v>
+        <v>65.704183431333405</v>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A108" s="11" t="s">
+      <c r="A108" s="14" t="s">
         <v>113</v>
       </c>
-      <c r="B108" s="12">
-[...6 lines deleted...]
-        <v>72.486728074127498</v>
+      <c r="B108" s="15">
+        <v>3.8868411972361598</v>
+      </c>
+      <c r="C108" s="16">
+        <v>0.83312392339071994</v>
+      </c>
+      <c r="D108" s="16">
+        <v>66.537307354724106</v>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A109" s="17" t="s">
+      <c r="A109" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="B109" s="18">
-[...6 lines deleted...]
-        <v>72.632866296303206</v>
+      <c r="B109" s="12">
+        <v>3.9744960899562298</v>
+      </c>
+      <c r="C109" s="13">
+        <v>2.83675920401808</v>
+      </c>
+      <c r="D109" s="13">
+        <v>69.3740665587422</v>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A110" s="17" t="s">
         <v>115</v>
       </c>
       <c r="B110" s="18">
-        <v>4.6709460016029798</v>
+        <v>4.1561059529184403</v>
       </c>
       <c r="C110" s="19">
-        <v>0.44713223427264098</v>
+        <v>2.8895010687029798</v>
       </c>
       <c r="D110" s="19">
-        <v>73.079998530575907</v>
+        <v>72.263567627445198</v>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A111" s="17" t="s">
         <v>116</v>
       </c>
       <c r="B111" s="18">
-        <v>4.6814235713467696</v>
+        <v>4.17095858549665</v>
       </c>
       <c r="C111" s="19">
-        <v>0.30667089982619999</v>
+        <v>0.559428452362704</v>
       </c>
       <c r="D111" s="19">
-        <v>73.386669430402094</v>
+        <v>72.822996079807893</v>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B112" s="18">
-        <v>4.6909098550661197</v>
+        <v>4.2140309687833399</v>
       </c>
       <c r="C112" s="19">
-        <v>0.79819515893286996</v>
+        <v>0.15170586953751</v>
       </c>
       <c r="D112" s="19">
-        <v>74.184864589335007</v>
+        <v>72.974701949345402</v>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B113" s="18">
-        <v>4.6912014677412603</v>
+        <v>4.2586955054919304</v>
       </c>
       <c r="C113" s="19">
-        <v>2.8493884093274899E-2</v>
+        <v>0.140181199906625</v>
       </c>
       <c r="D113" s="19">
-        <v>74.213358473428201</v>
+        <v>73.114883149251995</v>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="18">
-        <v>4.7844325326306301</v>
+        <v>4.4349607606710002</v>
       </c>
       <c r="C114" s="19">
-        <v>1.1771809479650599</v>
+        <v>9.3346500042831695E-2</v>
       </c>
       <c r="D114" s="19">
-        <v>75.390539421393299</v>
+        <v>73.208229649294793</v>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="18">
-        <v>4.9004109548572901</v>
+        <v>4.4493603822105099</v>
       </c>
       <c r="C115" s="19">
-        <v>7.9309880792019505E-2</v>
+        <v>0.20010758257732</v>
       </c>
       <c r="D115" s="19">
-        <v>75.469849302185295</v>
+        <v>73.408337231872096</v>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B116" s="18">
-        <v>4.9578197453063302</v>
+        <v>4.48455923877804</v>
       </c>
       <c r="C116" s="19">
-        <v>1.46799653352961E-2</v>
+        <v>0.37023297972018998</v>
       </c>
       <c r="D116" s="19">
-        <v>75.4845292675206</v>
+        <v>73.778570211592296</v>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B117" s="18">
-        <v>5.2435350954443001</v>
+        <v>4.5020755213173604</v>
       </c>
       <c r="C117" s="19">
-        <v>5.04020074007962E-2</v>
+        <v>0.14660120540351701</v>
       </c>
       <c r="D117" s="19">
-        <v>75.534931274921405</v>
+        <v>73.925171416995795</v>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B118" s="18">
-        <v>5.4828254266990797</v>
+        <v>4.9690248976981897</v>
       </c>
       <c r="C118" s="19">
-        <v>2.1651164432932601E-3</v>
+        <v>0.37255975686033599</v>
       </c>
       <c r="D118" s="19">
-        <v>75.537096391364699</v>
+        <v>74.297731173856207</v>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B119" s="18">
-        <v>5.9296999881590997</v>
+        <v>5.2551148323930903</v>
       </c>
       <c r="C119" s="19">
-        <v>6.0209271114263101E-2</v>
+        <v>1.2268953404245899</v>
       </c>
       <c r="D119" s="19">
-        <v>75.597305662479002</v>
+        <v>75.524626514280797</v>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B120" s="18">
-        <v>5.9403384820375198</v>
+        <v>5.4606650226981897</v>
       </c>
       <c r="C120" s="19">
-        <v>0.601036324658211</v>
+        <v>0.499008223115324</v>
       </c>
       <c r="D120" s="19">
-        <v>76.198341987137198</v>
+        <v>76.023634737396094</v>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B121" s="18">
-        <v>6.0752256048504698</v>
+        <v>5.5786219640795798</v>
       </c>
       <c r="C121" s="19">
-        <v>0.46112221744469001</v>
+        <v>0.61847160942509904</v>
       </c>
       <c r="D121" s="19">
-        <v>76.659464204581894</v>
+        <v>76.642106346821194</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B122" s="18">
-        <v>6.1612620299879897</v>
+        <v>5.5908934616649404</v>
       </c>
       <c r="C122" s="19">
-        <v>2.84601463447409</v>
+        <v>0.21793829311047899</v>
       </c>
       <c r="D122" s="19">
-        <v>79.505478839055996</v>
+        <v>76.860044639931701</v>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B123" s="18">
-        <v>6.3896202024217699</v>
+        <v>5.6275285754369797</v>
       </c>
       <c r="C123" s="19">
-        <v>0.12934072537396499</v>
+        <v>3.1156400641012798</v>
       </c>
       <c r="D123" s="19">
-        <v>79.634819564429904</v>
+        <v>79.975684704033</v>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B124" s="18">
-        <v>6.4064577866775796</v>
+        <v>5.85874247576381</v>
       </c>
       <c r="C124" s="19">
-        <v>0.20894087452431601</v>
+        <v>0.23998569364455499</v>
       </c>
       <c r="D124" s="19">
-        <v>79.843760438954305</v>
+        <v>80.215670397677499</v>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B125" s="18">
-        <v>6.8544047044639198</v>
+        <v>5.9383149835700904</v>
       </c>
       <c r="C125" s="19">
-        <v>0.215126921505154</v>
+        <v>0.60529445317223296</v>
       </c>
       <c r="D125" s="19">
-        <v>80.058887360459394</v>
+        <v>80.820964850849705</v>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B126" s="18">
-        <v>6.8679535054119798</v>
+        <v>5.9749174992690604</v>
       </c>
       <c r="C126" s="19">
-        <v>0.38049423279598399</v>
+        <v>0.42507844088077101</v>
       </c>
       <c r="D126" s="19">
-        <v>80.439381593255405</v>
+        <v>81.246043291730501</v>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B127" s="18">
-        <v>7.3055683317685798</v>
+        <v>6.1073395913020301</v>
       </c>
       <c r="C127" s="19">
-        <v>0.24781780055004399</v>
+        <v>1.2643944405791401</v>
       </c>
       <c r="D127" s="19">
-        <v>80.6871993938054</v>
+        <v>82.510437732309697</v>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="18">
-        <v>7.3056352869195198</v>
+        <v>6.4681336726275003</v>
       </c>
       <c r="C128" s="19">
-        <v>4.4477677792224501E-2</v>
+        <v>0.366215727759856</v>
       </c>
       <c r="D128" s="19">
-        <v>80.731677071597701</v>
+        <v>82.876653460069505</v>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B129" s="18">
-        <v>7.6625483069537799</v>
+        <v>7.20791636541116</v>
       </c>
       <c r="C129" s="19">
-        <v>0.50731771289851701</v>
+        <v>1.2904875842221999</v>
       </c>
       <c r="D129" s="19">
-        <v>81.238994784496199</v>
+        <v>84.167141044291697</v>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B130" s="18">
-        <v>7.8035662252559499</v>
+        <v>7.3838915103699501</v>
       </c>
       <c r="C130" s="19">
-        <v>0.82498074235989804</v>
+        <v>0.52415166180322703</v>
       </c>
       <c r="D130" s="19">
-        <v>82.063975526856098</v>
+        <v>84.691292706094899</v>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B131" s="18">
-        <v>7.9734960308748404</v>
+        <v>7.4408042972142097</v>
       </c>
       <c r="C131" s="19">
-        <v>0.26673282881837501</v>
+        <v>0.12836687026441401</v>
       </c>
       <c r="D131" s="19">
-        <v>82.330708355674503</v>
+        <v>84.819659576359399</v>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B132" s="18">
-        <v>8.0131469925537093</v>
+        <v>7.7434318290984203</v>
       </c>
       <c r="C132" s="19">
-        <v>0.11155821955289499</v>
+        <v>0.26153449907717102</v>
       </c>
       <c r="D132" s="19">
-        <v>82.442266575227293</v>
+        <v>85.0811940754365</v>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133" s="17" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="18">
-        <v>8.0555312477202197</v>
+        <v>8.0578257912190701</v>
       </c>
       <c r="C133" s="19">
-        <v>1.2652845324652299E-2</v>
+        <v>0.110830568267356</v>
       </c>
       <c r="D133" s="19">
-        <v>82.454919420552002</v>
+        <v>85.192024643703903</v>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="18">
-        <v>8.0556757676024802</v>
+        <v>8.5631450654296692</v>
       </c>
       <c r="C134" s="19">
-        <v>0.148955252800899</v>
+        <v>0.36113955477451798</v>
       </c>
       <c r="D134" s="19">
-        <v>82.603874673352905</v>
+        <v>85.553164198478399</v>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="18">
-        <v>8.0558925571437605</v>
+        <v>8.7808741037628</v>
       </c>
       <c r="C135" s="19">
-        <v>3.4175530320290602E-2</v>
+        <v>0.62074615279271095</v>
       </c>
       <c r="D135" s="19">
-        <v>82.638050203673203</v>
+        <v>86.173910351271104</v>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="18">
-        <v>8.0651684003842394</v>
+        <v>8.8211130092388004</v>
       </c>
       <c r="C136" s="19">
-        <v>0.19591686638081399</v>
+        <v>5.7452401262499703E-2</v>
       </c>
       <c r="D136" s="19">
-        <v>82.833967070054001</v>
+        <v>86.231362752533599</v>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B137" s="18">
-        <v>8.0903897133617093</v>
+        <v>9.4509394972809009</v>
       </c>
       <c r="C137" s="19">
-        <v>8.8070275016421506E-2</v>
+        <v>1.2108975604548899</v>
       </c>
       <c r="D137" s="19">
-        <v>82.922037345070393</v>
+        <v>87.442260312988495</v>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138" s="17" t="s">
         <v>143</v>
       </c>
       <c r="B138" s="18">
-        <v>8.0954928290525903</v>
+        <v>10.0904700508482</v>
       </c>
       <c r="C138" s="19">
-        <v>0.23191490131161299</v>
+        <v>0.38326768022978303</v>
       </c>
       <c r="D138" s="19">
-        <v>83.153952246382005</v>
+        <v>87.825527993218302</v>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139" s="17" t="s">
         <v>144</v>
       </c>
       <c r="B139" s="18">
-        <v>8.3195727753418502</v>
+        <v>10.184799734557901</v>
       </c>
       <c r="C139" s="19">
-        <v>4.8627087767063502E-2</v>
+        <v>3.6544646674617598E-2</v>
       </c>
       <c r="D139" s="19">
-        <v>83.202579334149107</v>
+        <v>87.862072639892901</v>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140" s="17" t="s">
         <v>145</v>
       </c>
       <c r="B140" s="18">
-        <v>8.3253569607139397</v>
+        <v>10.184935973805199</v>
       </c>
       <c r="C140" s="19">
-        <v>0.102512315467839</v>
+        <v>0.568991981261181</v>
       </c>
       <c r="D140" s="19">
-        <v>83.305091649616898</v>
+        <v>88.431064621154107</v>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141" s="17" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="18">
-        <v>8.3271776449804307</v>
+        <v>10.185208463226401</v>
       </c>
       <c r="C141" s="19">
-        <v>0.32226449671558899</v>
+        <v>1.9991289306151199E-3</v>
       </c>
       <c r="D141" s="19">
-        <v>83.627356146332502</v>
+        <v>88.433063750084699</v>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142" s="17" t="s">
         <v>147</v>
       </c>
       <c r="B142" s="18">
-        <v>8.3827619940533893</v>
+        <v>10.6271659377884</v>
       </c>
       <c r="C142" s="19">
-        <v>0.37368006412170701</v>
+        <v>0.143794827261014</v>
       </c>
       <c r="D142" s="19">
-        <v>84.001036210454203</v>
+        <v>88.576858577345703</v>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B143" s="18">
-        <v>9.5572619681625692</v>
+        <v>10.966297887725901</v>
       </c>
       <c r="C143" s="19">
-        <v>0.19609293079488399</v>
+        <v>0.80213030217902204</v>
       </c>
       <c r="D143" s="19">
-        <v>84.197129141249107</v>
+        <v>89.378988879524698</v>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144" s="17" t="s">
         <v>149</v>
       </c>
       <c r="B144" s="18">
-        <v>9.8791608928696402</v>
+        <v>11.8882158726431</v>
       </c>
       <c r="C144" s="19">
-        <v>6.2393421548266603E-2</v>
+        <v>0.46637161233119701</v>
       </c>
       <c r="D144" s="19">
-        <v>84.2595225627974</v>
+        <v>89.845360491855899</v>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145" s="17" t="s">
         <v>150</v>
       </c>
       <c r="B145" s="18">
-        <v>9.9259618716017695</v>
+        <v>11.9781585941623</v>
       </c>
       <c r="C145" s="19">
-        <v>0.22731819255508201</v>
+        <v>0.57969990463062804</v>
       </c>
       <c r="D145" s="19">
-        <v>84.486840755352503</v>
+        <v>90.4250603964866</v>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146" s="17" t="s">
         <v>151</v>
       </c>
       <c r="B146" s="18">
-        <v>10.3943308144539</v>
+        <v>12.110418677444301</v>
       </c>
       <c r="C146" s="19">
-        <v>1.30941483992699</v>
+        <v>0.140195445480952</v>
       </c>
       <c r="D146" s="19">
-        <v>85.796255595279504</v>
+        <v>90.565255841967499</v>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="K146"/>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147" s="17" t="s">
         <v>152</v>
       </c>
       <c r="B147" s="18">
-        <v>11.034648924892601</v>
+        <v>12.211761836644699</v>
       </c>
       <c r="C147" s="19">
-        <v>3.62169258239671E-2</v>
+        <v>0.23379361733690099</v>
       </c>
       <c r="D147" s="19">
-        <v>85.832472521103398</v>
+        <v>90.799049459304399</v>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148" s="17" t="s">
         <v>153</v>
       </c>
       <c r="B148" s="18">
-        <v>11.0347983412305</v>
+        <v>12.457902597478199</v>
       </c>
       <c r="C148" s="19">
-        <v>0.56667997142617299</v>
+        <v>4.2447062970946803E-2</v>
       </c>
       <c r="D148" s="19">
-        <v>86.399152492529595</v>
+        <v>90.841496522275406</v>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149" s="17" t="s">
         <v>154</v>
       </c>
       <c r="B149" s="18">
-        <v>11.035097186035401</v>
+        <v>12.4632595889383</v>
       </c>
       <c r="C149" s="19">
-        <v>1.9890520292232599E-3</v>
+        <v>0.59855154799058496</v>
       </c>
       <c r="D149" s="19">
-        <v>86.401141544558797</v>
+        <v>91.440048070266002</v>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150" s="17" t="s">
         <v>155</v>
       </c>
       <c r="B150" s="18">
-        <v>11.547717879923001</v>
+        <v>12.4632595889383</v>
       </c>
       <c r="C150" s="19">
-        <v>0.40471974447248099</v>
+        <v>5.96129800354923E-2</v>
       </c>
       <c r="D150" s="19">
-        <v>86.805861289031299</v>
+        <v>91.499661050301498</v>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="3"/>
       <c r="I150" s="3"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B151" s="18">
-        <v>11.868158903196999</v>
+        <v>12.575718388542899</v>
       </c>
       <c r="C151" s="19">
-        <v>0.427308332947895</v>
+        <v>0.30458937321942098</v>
       </c>
       <c r="D151" s="19">
-        <v>87.233169621979201</v>
+        <v>91.804250423520898</v>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="18">
-        <v>12.1312207907791</v>
+        <v>12.8292971672353</v>
       </c>
       <c r="C152" s="19">
-        <v>0.13353772032558001</v>
+        <v>4.3206826935076E-2</v>
       </c>
       <c r="D152" s="19">
-        <v>87.366707342304807</v>
+        <v>91.847457250456003</v>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B153" s="18">
-        <v>12.5442112852098</v>
+        <v>13.4390367916582</v>
       </c>
       <c r="C153" s="19">
-        <v>0.30422503201993001</v>
+        <v>0.103997441114968</v>
       </c>
       <c r="D153" s="19">
-        <v>87.670932374324707</v>
+        <v>91.951454691570902</v>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B154" s="18">
-        <v>13.045154349557899</v>
+        <v>13.5621143064301</v>
       </c>
       <c r="C154" s="19">
-        <v>0.52500029026835804</v>
+        <v>5.8881707220017898E-3</v>
       </c>
       <c r="D154" s="19">
-        <v>88.195932664593101</v>
+        <v>91.957342862292904</v>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B155" s="18">
-        <v>13.187787632286</v>
+        <v>13.5623823866571</v>
       </c>
       <c r="C155" s="19">
-        <v>0.81633931057743603</v>
+        <v>1.4592216636057601E-2</v>
       </c>
       <c r="D155" s="19">
-        <v>89.012271975170506</v>
+        <v>91.971935078928993</v>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B156" s="18">
-        <v>13.9531540403281</v>
+        <v>14.096901303976001</v>
       </c>
       <c r="C156" s="19">
-        <v>0.24959272018377601</v>
+        <v>0.18171179759584</v>
       </c>
       <c r="D156" s="19">
-        <v>89.261864695354305</v>
+        <v>92.153646876524803</v>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B157" s="18">
-        <v>14.480392539359899</v>
+        <v>14.1079142111475</v>
       </c>
       <c r="C157" s="19">
-        <v>4.4572847745775898E-2</v>
+        <v>9.96620379946562E-2</v>
       </c>
       <c r="D157" s="19">
-        <v>89.306437543100003</v>
+        <v>92.253308914519494</v>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="18">
-        <v>15.452730008724901</v>
+        <v>14.743689500517601</v>
       </c>
       <c r="C158" s="19">
-        <v>0.30402517511747301</v>
+        <v>0.14597440013311</v>
       </c>
       <c r="D158" s="19">
-        <v>89.610462718217505</v>
+        <v>92.399283314652607</v>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B159" s="18">
-        <v>15.9425415777469</v>
+        <v>15.4585729565355</v>
       </c>
       <c r="C159" s="19">
-        <v>2.6503832779539298</v>
+        <v>0.32287119360628203</v>
       </c>
       <c r="D159" s="19">
-        <v>92.260845996171398</v>
+        <v>92.722154508258896</v>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B160" s="18">
-        <v>17.461918821442101</v>
+        <v>15.759776830177101</v>
       </c>
       <c r="C160" s="19">
-        <v>0.21753472133000301</v>
+        <v>0.21612435664612001</v>
       </c>
       <c r="D160" s="19">
-        <v>92.478380717501395</v>
+        <v>92.938278864905001</v>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B161" s="18">
-        <v>17.7726864013521</v>
+        <v>16.286933172257701</v>
       </c>
       <c r="C161" s="19">
-        <v>5.8034637675614703E-2</v>
+        <v>0.38270260578146098</v>
       </c>
       <c r="D161" s="19">
-        <v>92.536415355177098</v>
+        <v>93.320981470686505</v>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B162" s="18">
-        <v>23.339436022650901</v>
+        <v>16.792710081188201</v>
       </c>
       <c r="C162" s="19">
-        <v>2.6181254221977E-2</v>
+        <v>0.105564454290985</v>
       </c>
       <c r="D162" s="19">
-        <v>92.562596609398994</v>
+        <v>93.426545924977503</v>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B163" s="18">
-        <v>23.857354567763799</v>
+        <v>17.575009852684101</v>
       </c>
       <c r="C163" s="19">
-        <v>0.94699338131041</v>
+        <v>0.56413898894030501</v>
       </c>
       <c r="D163" s="19">
-        <v>93.509589990709401</v>
+        <v>93.990684913917804</v>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B164" s="18">
-        <v>24.079132798469001</v>
+        <v>17.843887633572901</v>
       </c>
       <c r="C164" s="19">
-        <v>1.7440417423029799</v>
+        <v>0.24556995878090501</v>
       </c>
       <c r="D164" s="19">
-        <v>95.253631733012398</v>
+        <v>94.236254872698694</v>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B165" s="18">
-        <v>25.954686293524698</v>
+        <v>19.066726377066999</v>
       </c>
       <c r="C165" s="19">
-        <v>8.9278933426523696E-2</v>
+        <v>0.19187838914084501</v>
       </c>
       <c r="D165" s="19">
-        <v>95.342910666438996</v>
+        <v>94.428133261839506</v>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B166" s="18">
-        <v>27.315830040688201</v>
+        <v>19.070630949686201</v>
       </c>
       <c r="C166" s="19">
-        <v>0.36605219234456698</v>
+        <v>1.21657204756198E-2</v>
       </c>
       <c r="D166" s="19">
-        <v>95.708962858783494</v>
+        <v>94.440298982315099</v>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B167" s="18">
-        <v>29.178931405788799</v>
+        <v>19.070985989950501</v>
       </c>
       <c r="C167" s="19">
-        <v>0.23795819336212401</v>
+        <v>0.14424118858994001</v>
       </c>
       <c r="D167" s="19">
-        <v>95.946921052145598</v>
+        <v>94.5845401709051</v>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B168" s="18">
-        <v>33.012026066477603</v>
+        <v>19.071518575076801</v>
       </c>
       <c r="C168" s="19">
-        <v>1.3618867938175301</v>
+        <v>3.3861730176286103E-2</v>
       </c>
       <c r="D168" s="19">
-        <v>97.308807845963202</v>
+        <v>94.618401901081398</v>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B169" s="18">
-        <v>33.816227133763498</v>
+        <v>19.308684949041002</v>
       </c>
       <c r="C169" s="19">
-        <v>0.17137253535992</v>
+        <v>0.73923609152344605</v>
       </c>
       <c r="D169" s="19">
-        <v>97.480180381323095</v>
+        <v>95.357637992604793</v>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B170" s="18">
-        <v>36.630817116280703</v>
+        <v>22.2011953342389</v>
       </c>
       <c r="C170" s="19">
-        <v>0.73872345495863001</v>
+        <v>0.73419790673631402</v>
       </c>
       <c r="D170" s="19">
-        <v>98.218903836281697</v>
+        <v>96.091835899341106</v>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B171" s="18">
-        <v>37.181314267114303</v>
+        <v>22.710022562965801</v>
       </c>
       <c r="C171" s="19">
-        <v>0.32322571324645799</v>
+        <v>0.31916734428115201</v>
       </c>
       <c r="D171" s="19">
-        <v>98.542129549528198</v>
+        <v>96.411003243622304</v>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B172" s="18">
-        <v>39.458964974072202</v>
+        <v>22.735617444571901</v>
       </c>
       <c r="C172" s="19">
-        <v>0.37600221098836001</v>
+        <v>0.10297650828817</v>
       </c>
       <c r="D172" s="19">
-        <v>98.918131760516502</v>
+        <v>96.513979751910398</v>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B173" s="18">
-        <v>40.038566323182799</v>
+        <v>28.1761476628167</v>
       </c>
       <c r="C173" s="19">
-        <v>0.130311458900189</v>
+        <v>0.154830398839992</v>
       </c>
       <c r="D173" s="19">
-        <v>99.048443219416697</v>
+        <v>96.668810150750403</v>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B174" s="18">
-        <v>42.293726881588597</v>
+        <v>29.704261429402901</v>
       </c>
       <c r="C174" s="19">
-        <v>0.33585000758504502</v>
+        <v>6.6973193437994599E-2</v>
       </c>
       <c r="D174" s="19">
-        <v>99.384293227001805</v>
+        <v>96.735783344188405</v>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="18">
-        <v>49.375706234793</v>
+        <v>38.640845326313297</v>
       </c>
       <c r="C175" s="19">
-        <v>0.162474144702868</v>
+        <v>0.15021958128268201</v>
       </c>
       <c r="D175" s="19">
-        <v>99.546767371704703</v>
+        <v>96.886002925471104</v>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176" s="17" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="18">
-        <v>76.595603760284604</v>
+        <v>41.658666053489299</v>
       </c>
       <c r="C176" s="19">
-        <v>6.8094101765992596E-3</v>
+        <v>0.23822399095273</v>
       </c>
       <c r="D176" s="19">
-        <v>99.553576781881304</v>
+        <v>97.124226916423794</v>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177" s="17" t="s">
         <v>182</v>
       </c>
       <c r="B177" s="18">
-        <v>120.953013880653</v>
+        <v>45.093436665078798</v>
       </c>
       <c r="C177" s="19">
-        <v>0.425871266649269</v>
+        <v>8.8507753296283395E-2</v>
       </c>
       <c r="D177" s="19">
-        <v>99.9794480485305</v>
+        <v>97.212734669720106</v>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B178" s="18">
-        <v>184.40980222697999</v>
+        <v>50.926571755727203</v>
       </c>
       <c r="C178" s="19">
-        <v>5.9100541155389799E-3</v>
+        <v>0.95517525570330997</v>
       </c>
       <c r="D178" s="19">
-        <v>99.985358102646103</v>
+        <v>98.167909925423402</v>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179" s="17" t="s">
         <v>184</v>
       </c>
       <c r="B179" s="18">
-        <v>184.41559827121199</v>
+        <v>60.873649452054501</v>
       </c>
       <c r="C179" s="19">
-        <v>1.4641897353875499E-2</v>
+        <v>1.8320900745765301</v>
       </c>
       <c r="D179" s="19">
-        <v>99.999999999999901</v>
+        <v>100</v>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="E181" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>