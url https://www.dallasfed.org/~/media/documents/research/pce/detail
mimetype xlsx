--- v1 (2026-01-02)
+++ v2 (2026-01-24)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{858BBD28-F0AD-4C13-B718-E82DB3D6F70B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{995D4D00-D507-401E-87FC-4267AEADEAF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28690" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{7BBBF103-6075-472E-BC2E-7BA9FDBA5C08}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BF3BF121-2730-4076-A3DA-82FC1D9EE8A2}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Underlying detail" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="data_1" localSheetId="0">'Web - Underlying detail'!$A$2:$D$179</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -73,582 +73,582 @@
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <si>
     <t>Annualized 1-month % change</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Cumulative weight</t>
   </si>
   <si>
     <t>Color key</t>
   </si>
   <si>
     <t>Eggs</t>
   </si>
   <si>
     <t>Cut from bottom</t>
   </si>
   <si>
+    <t>Dishes and flatware</t>
+  </si>
+  <si>
+    <t>Included</t>
+  </si>
+  <si>
+    <t>Spectator sports</t>
+  </si>
+  <si>
+    <t>Cut from top</t>
+  </si>
+  <si>
+    <t>Stationery and miscellaneous printed materials</t>
+  </si>
+  <si>
+    <t>Trim point</t>
+  </si>
+  <si>
+    <t>Other fuels</t>
+  </si>
+  <si>
+    <t>Personal computers/tablets and peripheral equipment</t>
+  </si>
+  <si>
+    <t>Luggage and similar personal items</t>
+  </si>
+  <si>
+    <t>Food produced and consumed on farms</t>
+  </si>
+  <si>
+    <t>Processed dairy products</t>
+  </si>
+  <si>
+    <t>Membership clubs and participant sports centers</t>
+  </si>
+  <si>
+    <t>Moving, storage, and freight services</t>
+  </si>
+  <si>
+    <t>Clocks, lamps, lighting fixtures, and other household decorative items</t>
+  </si>
+  <si>
+    <t>Video discs, tapes, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Vegetables (fresh)</t>
+  </si>
+  <si>
+    <t>Audio equipment</t>
+  </si>
+  <si>
+    <t>Hotels and motels</t>
+  </si>
+  <si>
+    <t>Processed fruits and vegetables</t>
+  </si>
+  <si>
+    <t>Small electric household appliances</t>
+  </si>
+  <si>
+    <t>Women's and girls' clothing</t>
+  </si>
+  <si>
+    <t>Natural gas</t>
+  </si>
+  <si>
+    <t>Package tours</t>
+  </si>
+  <si>
+    <t>Amusement parks, campgrounds, and related recreational services</t>
+  </si>
+  <si>
+    <t>Tires</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Men's and boys' clothing</t>
+  </si>
+  <si>
+    <t>Cosmetic / perfumes / bath / nail preparations and implements</t>
+  </si>
+  <si>
+    <t>Games, toys, and hobbies</t>
+  </si>
+  <si>
+    <t>Bicycles and accessories</t>
+  </si>
+  <si>
+    <t>Pleasure boats</t>
+  </si>
+  <si>
+    <t>Pleasure aircraft</t>
+  </si>
+  <si>
+    <t>Other recreational vehicles</t>
+  </si>
+  <si>
+    <t>Shoes and other footwear</t>
+  </si>
+  <si>
+    <t>Household paper products</t>
+  </si>
+  <si>
+    <t>Motor vehicle rental</t>
+  </si>
+  <si>
+    <t>Bakery products</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of recreational vehicles and sports equipment</t>
+  </si>
+  <si>
+    <t>Fresh milk</t>
+  </si>
+  <si>
+    <t>Sporting equipment, supplies, guns, and ammunition</t>
+  </si>
+  <si>
+    <t>Watches</t>
+  </si>
+  <si>
+    <t>Motor vehicle leasing</t>
+  </si>
+  <si>
+    <t>Other meats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air transportation </t>
+  </si>
+  <si>
+    <t>Food products, not elsewhere classified</t>
+  </si>
+  <si>
+    <t>Pets and related products</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Final consumption expenditures of nonprofit institutions serving households </t>
+  </si>
+  <si>
+    <t>Taxicabs and ride sharing services</t>
+  </si>
+  <si>
+    <t>Intracity mass transit</t>
+  </si>
+  <si>
+    <t>Carpets and other floor coverings</t>
+  </si>
+  <si>
+    <t>Other depository institutions and regulated investment companies</t>
+  </si>
+  <si>
+    <t>Fats and oils</t>
+  </si>
+  <si>
+    <t>Child care</t>
+  </si>
+  <si>
+    <t>Day care and nursery schools</t>
+  </si>
+  <si>
+    <t>Outdoor equipment and supplies</t>
+  </si>
+  <si>
+    <t>Pork</t>
+  </si>
+  <si>
+    <t>Mineral waters, soft drinks, and vegetable juices</t>
+  </si>
+  <si>
+    <t>Spirits</t>
+  </si>
+  <si>
+    <t>Pension funds</t>
+  </si>
+  <si>
+    <t>Prescription drugs</t>
+  </si>
+  <si>
+    <t>Miscellaneous household products</t>
+  </si>
+  <si>
+    <t>Standard clothing issued to military personnel</t>
+  </si>
+  <si>
+    <t>Furniture</t>
+  </si>
+  <si>
+    <t>Electric appliances for personal care</t>
+  </si>
+  <si>
+    <t>Hair, dental, shaving, and miscellaneous personal care products except electrical products</t>
+  </si>
+  <si>
+    <t>Motorcycles</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Professional association dues</t>
+  </si>
+  <si>
+    <t>Film and photographic supplies</t>
+  </si>
+  <si>
+    <t>Funeral and burial services</t>
+  </si>
+  <si>
+    <t>Religious organizations' services to households</t>
+  </si>
+  <si>
+    <t>Household cleaning products</t>
+  </si>
+  <si>
+    <t>Newspapers and periodicals</t>
+  </si>
+  <si>
+    <t>Physician services</t>
+  </si>
+  <si>
+    <t>Educational books</t>
+  </si>
+  <si>
+    <t>Elementary and secondary school lunches</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commercial and vocational schools </t>
+  </si>
+  <si>
+    <t>Paramedical services</t>
+  </si>
+  <si>
+    <t>Accessories and parts</t>
+  </si>
+  <si>
+    <t>Tenant-occupied stationary homes and landlord durables</t>
+  </si>
+  <si>
+    <t>Tenant-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Group housing</t>
+  </si>
+  <si>
+    <t>Laundry and drycleaning services</t>
+  </si>
+  <si>
+    <t>Audio discs, tapes, vinyl, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Musical instruments</t>
+  </si>
+  <si>
+    <t>Alcohol in purchased meals</t>
+  </si>
+  <si>
+    <t>Commercial banks</t>
+  </si>
+  <si>
+    <t>Casino gambling</t>
+  </si>
+  <si>
+    <t>Lotteries</t>
+  </si>
+  <si>
+    <t>Pari-mutuel net receipts</t>
+  </si>
+  <si>
+    <t>Owner-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Rental value of farm dwellings</t>
+  </si>
+  <si>
+    <t>Owner-occupied stationary homes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net motor vehicle and other transportation insurance </t>
+  </si>
+  <si>
+    <t>Poultry</t>
+  </si>
+  <si>
+    <t>Fruit (fresh)</t>
+  </si>
+  <si>
+    <t>Veterinary and other services for pets</t>
+  </si>
+  <si>
+    <t>New light trucks</t>
+  </si>
+  <si>
+    <t>Hairdressing salons and personal grooming establishments</t>
+  </si>
+  <si>
+    <t>Dental services</t>
+  </si>
+  <si>
+    <t>Housing at schools</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net household insurance </t>
+  </si>
+  <si>
+    <t>Garbage and trash collection</t>
+  </si>
+  <si>
+    <t>Employment agency services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net health insurance </t>
+  </si>
+  <si>
+    <t>Water supply and sewage maintenance</t>
+  </si>
+  <si>
+    <t>Other purchased meals</t>
+  </si>
+  <si>
+    <t>Nursing homes</t>
+  </si>
+  <si>
+    <t>Therapeutic medical equipment</t>
+  </si>
+  <si>
+    <t>Other medical products</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motor vehicle maintenance and repair </t>
+  </si>
+  <si>
+    <t>Proprietary and public higher education</t>
+  </si>
+  <si>
+    <t>Nonprofit private higher education services to households</t>
+  </si>
+  <si>
+    <t>Used light trucks</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Food supplied to military</t>
+  </si>
+  <si>
+    <t>Higher education school lunches</t>
+  </si>
+  <si>
+    <t>Food supplied to civilians</t>
+  </si>
+  <si>
+    <t>Used autos</t>
+  </si>
+  <si>
+    <t>Nonprescription drugs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Life insurance </t>
+  </si>
+  <si>
+    <t>New foreign autos</t>
+  </si>
+  <si>
+    <t>New domestic autos</t>
+  </si>
+  <si>
+    <t>Social assistance</t>
+  </si>
+  <si>
+    <t>Proprietary hospitals</t>
+  </si>
+  <si>
+    <t>Government hospitals</t>
+  </si>
+  <si>
+    <t>Nonprofit hospitals' services to households</t>
+  </si>
+  <si>
+    <t>Elementary and secondary schools</t>
+  </si>
+  <si>
+    <t>Flowers, seeds, and potted plants</t>
+  </si>
+  <si>
+    <t>Social advocacy and civic and social organizations</t>
+  </si>
+  <si>
+    <t>Computer software and accessories</t>
+  </si>
+  <si>
+    <t>Photographic equipment</t>
+  </si>
+  <si>
+    <t>Audio-video, photographic, and information processing equipment services</t>
+  </si>
+  <si>
+    <t>Wine</t>
+  </si>
+  <si>
+    <t>Labor organization dues</t>
+  </si>
+  <si>
+    <t>Other personal business services</t>
+  </si>
+  <si>
+    <t>Corrective eyeglasses and contact lenses</t>
+  </si>
+  <si>
+    <t>Parking fees and tolls</t>
+  </si>
+  <si>
+    <t>Sewing items</t>
+  </si>
+  <si>
+    <t>Clothing materials</t>
+  </si>
+  <si>
+    <t>Foundations and grantmaking and giving services to households</t>
+  </si>
+  <si>
+    <t>Other video equipment</t>
+  </si>
+  <si>
+    <t>Clothing repair, rental, and alterations</t>
+  </si>
+  <si>
+    <t>Miscellaneous personal care services</t>
+  </si>
+  <si>
+    <t>Repair and hire of footwear</t>
+  </si>
+  <si>
+    <t>Major household appliances</t>
+  </si>
+  <si>
+    <t>Tools, hardware, and supplies</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Lubricants and fluids</t>
+  </si>
+  <si>
+    <t>Children's and infants' clothing</t>
+  </si>
+  <si>
+    <t>Tobacco</t>
+  </si>
+  <si>
+    <t>Calculators, typewriters, and other information processing equipment</t>
+  </si>
+  <si>
+    <t>Telephone and related communication equipment</t>
+  </si>
+  <si>
+    <t>Recreational books</t>
+  </si>
+  <si>
+    <t>Household linens</t>
+  </si>
+  <si>
+    <t>Sugar and sweets</t>
+  </si>
+  <si>
+    <t>Motion picture theaters</t>
+  </si>
+  <si>
+    <t>Museums and libraries</t>
+  </si>
+  <si>
+    <t>Live entertainment, excluding sports</t>
+  </si>
+  <si>
+    <t>Cereals</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Domestic services</t>
+  </si>
+  <si>
+    <t>Intercity buses</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Water transportation </t>
+  </si>
+  <si>
+    <t>Railway transportation</t>
+  </si>
+  <si>
+    <t>Other road transportation service</t>
+  </si>
+  <si>
+    <t>Beef and veal</t>
+  </si>
+  <si>
+    <t>Other household services</t>
+  </si>
+  <si>
+    <t>Repair of household appliances</t>
+  </si>
+  <si>
+    <t>Repair of furniture, furnishings, and floor coverings</t>
+  </si>
+  <si>
+    <t>Fish and seafood</t>
+  </si>
+  <si>
+    <t>Coffee, tea, and other beverage materials</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Financial service charges, fees, and commissions </t>
+  </si>
+  <si>
+    <t>Fuel oil</t>
+  </si>
+  <si>
+    <t>Tax preparation and other related services</t>
+  </si>
+  <si>
+    <t>Window coverings</t>
+  </si>
+  <si>
+    <t>Nonelectric cookware and tableware</t>
+  </si>
+  <si>
     <t>Jewelry</t>
-  </si>
-[...529 lines deleted...]
-    <t xml:space="preserve">Air transportation </t>
   </si>
   <si>
     <t>Gasoline and other motor fuel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
@@ -791,51 +791,51 @@
     <cellStyle name="Accent4" xfId="5" builtinId="41"/>
     <cellStyle name="Bad" xfId="3" builtinId="27"/>
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Heading 3" xfId="1" builtinId="18"/>
     <cellStyle name="Neutral" xfId="4" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{313FE520-66A2-4DA7-ADCB-BAECD5698BB1}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{C2B30CA1-EFBA-4D56-A64A-7D431F2116C5}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1084,3821 +1084,3821 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82AF027C-8CFF-4A31-A64A-26619A560486}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3388F4A0-316A-4922-94CA-917DD8DE4530}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A2:N181"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A11" sqref="A11"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="81.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.7265625" customWidth="1"/>
     <col min="6" max="6" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="78.7265625" customWidth="1"/>
     <col min="11" max="11" width="19.54296875" style="3" customWidth="1"/>
     <col min="12" max="12" width="12" style="3" customWidth="1"/>
     <col min="13" max="13" width="11.7265625" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.453125" style="3" customWidth="1"/>
     <col min="16" max="16" width="16.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5">
-        <v>-44.210292674507798</v>
+        <v>-51.070365344960301</v>
       </c>
       <c r="C3" s="6">
-        <v>8.4067882630902993E-2</v>
+        <v>8.3190560492353696E-2</v>
       </c>
       <c r="D3" s="6">
-        <v>8.4067882630902993E-2</v>
+        <v>8.3190560492353696E-2</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="5">
-        <v>-29.011298700477699</v>
+        <v>-26.3843875286497</v>
       </c>
       <c r="C4" s="6">
-        <v>0.42198240272694398</v>
+        <v>0.14979181476591799</v>
       </c>
       <c r="D4" s="6">
-        <v>0.50605028535784702</v>
+        <v>0.23298237525827201</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
-        <v>-20.990212137623299</v>
+        <v>-20.6038504215614</v>
       </c>
       <c r="C5" s="6">
-        <v>1.0781193106737501</v>
+        <v>0.20802567639787001</v>
       </c>
       <c r="D5" s="6">
-        <v>1.5841695960316</v>
+        <v>0.44100805165614299</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="5">
-        <v>-18.190658525692999</v>
+        <v>-19.526765712554699</v>
       </c>
       <c r="C6" s="6">
-        <v>0.20072014227339899</v>
+        <v>0.156005178679264</v>
       </c>
       <c r="D6" s="6">
-        <v>1.784889738305</v>
+        <v>0.59701323033540699</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="5">
-        <v>-18.190486002537</v>
+        <v>-15.4655028078817</v>
       </c>
       <c r="C7" s="6">
-        <v>7.7258498102394501E-3</v>
+        <v>2.8049302197935201E-2</v>
       </c>
       <c r="D7" s="6">
-        <v>1.7926155881152399</v>
+        <v>0.62506253253334199</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="5">
-        <v>-18.189623435659399</v>
+        <v>-15.266138029525999</v>
       </c>
       <c r="C8" s="6">
-        <v>3.3804747878976402E-2</v>
+        <v>0.49764164357929502</v>
       </c>
       <c r="D8" s="6">
-        <v>1.8264203359942099</v>
+        <v>1.12270417611263</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="5">
-        <v>-18.1878985463857</v>
+        <v>-13.952191333574101</v>
       </c>
       <c r="C9" s="6">
-        <v>5.4987916903855398E-3</v>
+        <v>0.247699225131574</v>
       </c>
       <c r="D9" s="6">
-        <v>1.8319191276846001</v>
+        <v>1.3704034012442099</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="5">
-        <v>-16.0053342383112</v>
+        <v>-12.7242699662688</v>
       </c>
       <c r="C10" s="6">
-        <v>0.15879066850301601</v>
+        <v>4.1766570112368E-3</v>
       </c>
       <c r="D10" s="6">
-        <v>1.9907097961876099</v>
+        <v>1.3745800582554399</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="5">
-        <v>-15.782898868572399</v>
+        <v>-12.291849262659801</v>
       </c>
       <c r="C11" s="6">
-        <v>1.8756672864441201E-3</v>
+        <v>0.35352820519944</v>
       </c>
       <c r="D11" s="6">
-        <v>1.9925854634740601</v>
+        <v>1.7281082634548799</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="5">
-        <v>-15.766268730271801</v>
+        <v>-11.865559685372601</v>
       </c>
       <c r="C12" s="6">
-        <v>6.2101207018015699E-2</v>
+        <v>0.40358238911163302</v>
       </c>
       <c r="D12" s="6">
-        <v>2.0546866704920701</v>
+        <v>2.1316906525665198</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="5">
-        <v>-15.7566484022338</v>
+        <v>-11.756080499112599</v>
       </c>
       <c r="C13" s="6">
-        <v>0.172314467064517</v>
+        <v>0.109358020598709</v>
       </c>
       <c r="D13" s="6">
-        <v>2.2270011375565901</v>
+        <v>2.2410486731652299</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="5">
-        <v>-15.0816077517821</v>
+        <v>-10.4741372110815</v>
       </c>
       <c r="C14" s="6">
-        <v>0.37563680091505902</v>
+        <v>0.3066698678318</v>
       </c>
       <c r="D14" s="6">
-        <v>2.6026379384716498</v>
+        <v>2.54771854099703</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="5">
-        <v>-13.5594764895139</v>
+        <v>-10.199957066858399</v>
       </c>
       <c r="C15" s="6">
-        <v>0.35384107219410099</v>
+        <v>6.6774890576279097E-2</v>
       </c>
       <c r="D15" s="6">
-        <v>2.9564790106657499</v>
+        <v>2.6144934315733099</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5">
-        <v>-12.4339419890172</v>
+        <v>-10.1767938444527</v>
       </c>
       <c r="C16" s="6">
-        <v>0.16820224460866701</v>
+        <v>0.33182366736014801</v>
       </c>
       <c r="D16" s="6">
-        <v>3.1246812552744201</v>
+        <v>2.94631709893345</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5">
-        <v>-11.6656291471317</v>
+        <v>-9.7090425012801305</v>
       </c>
       <c r="C17" s="6">
-        <v>2.58462203547223E-2</v>
+        <v>0.14332503570807101</v>
       </c>
       <c r="D17" s="6">
-        <v>3.1505274756291399</v>
+        <v>3.0896421346415299</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5">
-        <v>-11.073773249334799</v>
+        <v>-9.5532056410568007</v>
       </c>
       <c r="C18" s="6">
-        <v>0.24611129060534701</v>
+        <v>0.70150004871202198</v>
       </c>
       <c r="D18" s="6">
-        <v>3.3966387662344899</v>
+        <v>3.7911421833535499</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5">
-        <v>-11.039711366893</v>
+        <v>-9.3759222813039393</v>
       </c>
       <c r="C19" s="6">
-        <v>0.15350081190276599</v>
+        <v>0.231630827820928</v>
       </c>
       <c r="D19" s="6">
-        <v>3.55013957813726</v>
+        <v>4.0227730111744799</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="5">
-        <v>-10.115491751712099</v>
+        <v>-9.3018344744306294</v>
       </c>
       <c r="C20" s="6">
-        <v>7.7163527606878297E-3</v>
+        <v>5.75674736593728E-2</v>
       </c>
       <c r="D20" s="6">
-        <v>3.5578559308979401</v>
+        <v>4.08034048483385</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="5">
-        <v>-8.0369182253280105</v>
+        <v>-8.0599569450496702</v>
       </c>
       <c r="C21" s="6">
-        <v>5.8107697681561203E-2</v>
+        <v>1.2378578949235599</v>
       </c>
       <c r="D21" s="6">
-        <v>3.6159636285794998</v>
+        <v>5.3181983797574199</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="5">
-        <v>-8.0323849521493802</v>
+        <v>-7.80149824387198</v>
       </c>
       <c r="C22" s="6">
-        <v>8.2420144533697698E-2</v>
+        <v>0.33168288116875799</v>
       </c>
       <c r="D22" s="6">
-        <v>3.6983837731131999</v>
+        <v>5.6498812609261799</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="5">
-        <v>-8.0283716078915095</v>
+        <v>-7.7401414153840804</v>
       </c>
       <c r="C23" s="6">
-        <v>0.275675605859527</v>
+        <v>0.113506520371668</v>
       </c>
       <c r="D23" s="6">
-        <v>3.9740593789727301</v>
+        <v>5.7633877812978396</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5">
-        <v>-7.8667979817371396</v>
+        <v>-7.73325246824768</v>
       </c>
       <c r="C24" s="6">
-        <v>0.129938631965207</v>
+        <v>0.41311830714178299</v>
       </c>
       <c r="D24" s="6">
-        <v>4.1039980109379401</v>
+        <v>6.1765060884396297</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="5">
-        <v>-7.8285202690989202</v>
+        <v>-7.5910845636556203</v>
       </c>
       <c r="C25" s="6">
-        <v>4.8472940911447E-2</v>
+        <v>0.26489391197334</v>
       </c>
       <c r="D25" s="6">
-        <v>4.1524709518493799</v>
+        <v>6.4414000004129699</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="5">
-        <v>-7.6272563081952498</v>
+        <v>-7.0517287467810599</v>
       </c>
       <c r="C26" s="6">
-        <v>3.9251305796828097E-2</v>
+        <v>0.16774674704119</v>
       </c>
       <c r="D26" s="6">
-        <v>4.1917222576462096</v>
+        <v>6.6091467474541599</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="5">
-        <v>-6.6790817977942902</v>
+        <v>-6.8361226052066</v>
       </c>
       <c r="C27" s="6">
-        <v>0.24549873090926799</v>
+        <v>0.74529393998040605</v>
       </c>
       <c r="D27" s="6">
-        <v>4.4372209885554801</v>
+        <v>7.3544406874345603</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="5">
-        <v>-6.6692005123733802</v>
+        <v>-6.2619001874019702</v>
       </c>
       <c r="C28" s="6">
-        <v>4.4033070246066598E-2</v>
+        <v>0.36775699627592301</v>
       </c>
       <c r="D28" s="6">
-        <v>4.4812540588015501</v>
+        <v>7.7221976837104904</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="5">
-        <v>-6.6617090635303704</v>
+        <v>-5.9772350376123198</v>
       </c>
       <c r="C29" s="6">
-        <v>0.28179645429554401</v>
+        <v>0.67378394050037604</v>
       </c>
       <c r="D29" s="6">
-        <v>4.7630505130970899</v>
+        <v>8.3959816242108705</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="5">
-        <v>-6.5589984085643298</v>
+        <v>-5.8115369986180898</v>
       </c>
       <c r="C30" s="6">
-        <v>0.971225269445541</v>
+        <v>3.4534852747968102E-2</v>
       </c>
       <c r="D30" s="6">
-        <v>5.73427578254263</v>
+        <v>8.4305164769588394</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="5">
-        <v>-6.0216446164885999</v>
+        <v>-5.8113924647760298</v>
       </c>
       <c r="C31" s="6">
-        <v>0.35725051298313099</v>
+        <v>0.15961869092493999</v>
       </c>
       <c r="D31" s="6">
-        <v>6.0915262955257603</v>
+        <v>8.5901351678837798</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="5">
-        <v>-6.0102534425472598</v>
+        <v>-5.8112961128741603</v>
       </c>
       <c r="C32" s="6">
-        <v>0.33537880786576002</v>
+        <v>1.1173730723319999E-2</v>
       </c>
       <c r="D32" s="6">
-        <v>6.4269051033915199</v>
+        <v>8.6013088986070994</v>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="5">
-        <v>-5.8772687348986601</v>
+        <v>-5.8102364527184802</v>
       </c>
       <c r="C33" s="6">
-        <v>2.6697773302768</v>
+        <v>0.18480534056461201</v>
       </c>
       <c r="D33" s="6">
-        <v>9.0966824336683292</v>
+        <v>8.7861142391717095</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="5">
-        <v>-5.8747554004255402</v>
+        <v>-5.7675689504171501</v>
       </c>
       <c r="C34" s="6">
-        <v>1.25320691620734</v>
+        <v>0.58409844371189701</v>
       </c>
       <c r="D34" s="6">
-        <v>10.3498893498756</v>
+        <v>9.3702126828836008</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="5">
-        <v>-5.8226233563476297</v>
+        <v>-5.6292417044902203</v>
       </c>
       <c r="C35" s="6">
-        <v>0.30411926926661598</v>
+        <v>0.30212716672294898</v>
       </c>
       <c r="D35" s="6">
-        <v>10.6540086191422</v>
+        <v>9.6723398496065496</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="5">
-        <v>-5.7565694997856802</v>
+        <v>-5.4653135243133404</v>
       </c>
       <c r="C36" s="6">
-        <v>0.207586509099218</v>
+        <v>0.129997276256483</v>
       </c>
       <c r="D36" s="6">
-        <v>10.8615951282415</v>
+        <v>9.8023371258630405</v>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="5">
-        <v>-5.1680763980497204</v>
+        <v>-5.1230346267663398</v>
       </c>
       <c r="C37" s="6">
-        <v>0.21438164805339899</v>
+        <v>0.61576125815550897</v>
       </c>
       <c r="D37" s="6">
-        <v>11.075976776294899</v>
+        <v>10.418098384018499</v>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="5">
-        <v>-4.8121050526371203</v>
+        <v>-5.11091180837807</v>
       </c>
       <c r="C38" s="6">
-        <v>0.79653179146834396</v>
+        <v>4.2057528241240698E-2</v>
       </c>
       <c r="D38" s="6">
-        <v>11.8725085677632</v>
+        <v>10.460155912259699</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="5">
-        <v>-4.0869428541123503</v>
+        <v>-4.8081623659470001</v>
       </c>
       <c r="C39" s="6">
-        <v>0.112136412580703</v>
+        <v>0.151767514318424</v>
       </c>
       <c r="D39" s="6">
-        <v>11.9846449803439</v>
+        <v>10.611923426578199</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="5">
-        <v>-4.0571252805995996</v>
+        <v>-4.5452447055962804</v>
       </c>
       <c r="C40" s="6">
-        <v>0.12302003136685501</v>
+        <v>0.61208204568718305</v>
       </c>
       <c r="D40" s="6">
-        <v>12.1076650117108</v>
+        <v>11.2240054722654</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="5">
-        <v>-3.7767932645832998</v>
+        <v>-4.1683452464355097</v>
       </c>
       <c r="C41" s="6">
-        <v>0.196085582092211</v>
+        <v>8.7371910376636802E-2</v>
       </c>
       <c r="D41" s="6">
-        <v>12.303750593803001</v>
+        <v>11.311377382642</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="5">
-        <v>-3.2245174254812299</v>
+        <v>-3.82615352726032</v>
       </c>
       <c r="C42" s="6">
-        <v>0.13236512812564499</v>
+        <v>0.283702947143044</v>
       </c>
       <c r="D42" s="6">
-        <v>12.4361157219286</v>
+        <v>11.595080329785</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="5">
-        <v>-3.21572184075871</v>
+        <v>-3.2000150445786302</v>
       </c>
       <c r="C43" s="6">
-        <v>1.55031261438009</v>
+        <v>0.23563854140249699</v>
       </c>
       <c r="D43" s="6">
-        <v>13.9864283363087</v>
+        <v>11.8307188711875</v>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="5">
-        <v>-2.8741181193129401</v>
+        <v>-3.14869625003635</v>
       </c>
       <c r="C44" s="6">
-        <v>0.153372601733819</v>
+        <v>0.93788944980193201</v>
       </c>
       <c r="D44" s="6">
-        <v>14.1398009380425</v>
+        <v>12.7686083209895</v>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="5">
-        <v>-2.8222861889586399</v>
+        <v>-2.67456405333902</v>
       </c>
       <c r="C45" s="6">
-        <v>4.4455688951113501E-2</v>
+        <v>1.2028912978553301</v>
       </c>
       <c r="D45" s="6">
-        <v>14.1842566269936</v>
+        <v>13.971499618844801</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="5">
-        <v>-2.6947130303128</v>
+        <v>-2.6344418628806801</v>
       </c>
       <c r="C46" s="6">
-        <v>0.71117705862319702</v>
+        <v>0.55778550454110498</v>
       </c>
       <c r="D46" s="6">
-        <v>14.895433685616799</v>
+        <v>14.5292851233859</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="5">
-        <v>-2.6872173339823702</v>
+        <v>-2.3657125548673599</v>
       </c>
       <c r="C47" s="6">
-        <v>7.0135710938682594E-2</v>
+        <v>2.84745234246635</v>
       </c>
       <c r="D47" s="6">
-        <v>14.9655693965555</v>
+        <v>17.376737465852301</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="5">
-        <v>-2.1502271999737799</v>
+        <v>-2.27554296493981</v>
       </c>
       <c r="C48" s="6">
-        <v>0.34938220742961701</v>
+        <v>0.194144157926816</v>
       </c>
       <c r="D48" s="6">
-        <v>15.314951603985101</v>
+        <v>17.570881623779101</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="5">
-        <v>-1.59919165258091</v>
+        <v>-2.2734490893238499</v>
       </c>
       <c r="C49" s="6">
-        <v>0.226537871479467</v>
+        <v>0.10283961993735199</v>
       </c>
       <c r="D49" s="6">
-        <v>15.5414894754646</v>
+        <v>17.6737212437164</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="5">
-        <v>-1.56340373675526</v>
+        <v>-1.9576272569300299</v>
       </c>
       <c r="C50" s="6">
-        <v>0.66039633467070702</v>
+        <v>0.13993678136861801</v>
       </c>
       <c r="D50" s="6">
-        <v>16.201885810135298</v>
+        <v>17.8136580250851</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B51" s="5">
-        <v>-0.80074172817752298</v>
+        <v>-1.8467064214147699</v>
       </c>
       <c r="C51" s="6">
-        <v>0.42202039092515098</v>
+        <v>1.3464650558348601</v>
       </c>
       <c r="D51" s="6">
-        <v>16.6239062010605</v>
+        <v>19.160123080919899</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B52" s="5">
-        <v>-0.790499585313442</v>
+        <v>-1.11041694504762</v>
       </c>
       <c r="C52" s="6">
-        <v>0.56961878653158804</v>
+        <v>0.15073508224823101</v>
       </c>
       <c r="D52" s="6">
-        <v>17.193524987592099</v>
+        <v>19.310858163168199</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B53" s="5">
-        <v>-0.76515480100496303</v>
+        <v>-0.61631731003559598</v>
       </c>
       <c r="C53" s="6">
-        <v>0.14492972468243201</v>
+        <v>0.32880614999135499</v>
       </c>
       <c r="D53" s="6">
-        <v>17.338454712274501</v>
+        <v>19.6396643131595</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B54" s="5">
-        <v>-0.40948245831430302</v>
+        <v>-0.61618620068338803</v>
       </c>
       <c r="C54" s="6">
-        <v>0.189627588397112</v>
+        <v>0.10515789922224</v>
       </c>
       <c r="D54" s="6">
-        <v>17.528082300671599</v>
+        <v>19.744822212381699</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="5">
-        <v>-0.33364002091535999</v>
+        <v>-0.60244562781233102</v>
       </c>
       <c r="C55" s="6">
-        <v>0.423753602468321</v>
+        <v>4.8360056742466503E-2</v>
       </c>
       <c r="D55" s="6">
-        <v>17.951835903139902</v>
+        <v>19.793182269124198</v>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B56" s="5">
-        <v>-6.0202579881118899E-2</v>
+        <v>-0.492604122612327</v>
       </c>
       <c r="C56" s="6">
-        <v>0.30236231509956801</v>
+        <v>0.236853995521497</v>
       </c>
       <c r="D56" s="6">
-        <v>18.254198218239502</v>
+        <v>20.030036264645702</v>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B57" s="5">
-        <v>0</v>
+        <v>-0.44597476424708099</v>
       </c>
       <c r="C57" s="6">
-        <v>6.6811743595617101E-3</v>
+        <v>0.56172751790002495</v>
       </c>
       <c r="D57" s="6">
-        <v>18.260879392599101</v>
+        <v>20.591763782545701</v>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B58" s="5">
-        <v>0</v>
+        <v>-0.354487346727483</v>
       </c>
       <c r="C58" s="6">
-        <v>4.1502106540560997E-3</v>
+        <v>0.26113022779018003</v>
       </c>
       <c r="D58" s="6">
-        <v>18.265029603253101</v>
+        <v>20.852894010335898</v>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B59" s="5">
-        <v>0</v>
+        <v>-0.34835519551892302</v>
       </c>
       <c r="C59" s="6">
-        <v>0.100554760652508</v>
+        <v>0.402934772631239</v>
       </c>
       <c r="D59" s="6">
-        <v>18.365584363905601</v>
+        <v>21.2558287829672</v>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A60" s="4" t="s">
+      <c r="A60" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="B60" s="5">
-[...6 lines deleted...]
-        <v>18.8184274291505</v>
+      <c r="B60" s="12">
+        <v>-0.16425976755052299</v>
+      </c>
+      <c r="C60" s="13">
+        <v>2.8587480878888698</v>
+      </c>
+      <c r="D60" s="13">
+        <v>24.114576870855998</v>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A61" s="4" t="s">
+      <c r="A61" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="B61" s="5">
-[...6 lines deleted...]
-        <v>18.915577497538798</v>
+      <c r="B61" s="15">
+        <v>-0.14702936730400701</v>
+      </c>
+      <c r="C61" s="16">
+        <v>0.104299103454761</v>
+      </c>
+      <c r="D61" s="16">
+        <v>24.218875974310802</v>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A62" s="4" t="s">
+      <c r="A62" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="B62" s="5">
-[...6 lines deleted...]
-        <v>18.926969208475999</v>
+      <c r="B62" s="15">
+        <v>-0.104842857211562</v>
+      </c>
+      <c r="C62" s="16">
+        <v>2.1399501091280602E-3</v>
+      </c>
+      <c r="D62" s="16">
+        <v>24.221015924419898</v>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A63" s="4" t="s">
+      <c r="A63" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="B63" s="5">
-[...6 lines deleted...]
-        <v>19.095214189807599</v>
+      <c r="B63" s="15">
+        <v>-9.8636344482305696E-2</v>
+      </c>
+      <c r="C63" s="16">
+        <v>0.78289793170067601</v>
+      </c>
+      <c r="D63" s="16">
+        <v>25.003913856120601</v>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A64" s="4" t="s">
+      <c r="A64" s="14" t="s">
         <v>69</v>
       </c>
-      <c r="B64" s="5">
-[...6 lines deleted...]
-        <v>19.704635111009999</v>
+      <c r="B64" s="15">
+        <v>-3.9581752298545297E-2</v>
+      </c>
+      <c r="C64" s="16">
+        <v>5.9730888133732597E-2</v>
+      </c>
+      <c r="D64" s="16">
+        <v>25.063644744254301</v>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A65" s="4" t="s">
+      <c r="A65" s="14" t="s">
         <v>70</v>
       </c>
-      <c r="B65" s="5">
-[...6 lines deleted...]
-        <v>20.882316740658101</v>
+      <c r="B65" s="15">
+        <v>-2.9687905672714999E-2</v>
+      </c>
+      <c r="C65" s="16">
+        <v>0.59671757933348801</v>
+      </c>
+      <c r="D65" s="16">
+        <v>25.660362323587801</v>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A66" s="4" t="s">
+      <c r="A66" s="14" t="s">
         <v>71</v>
       </c>
-      <c r="B66" s="5">
-[...6 lines deleted...]
-        <v>20.907996762645698</v>
+      <c r="B66" s="15">
+        <v>0</v>
+      </c>
+      <c r="C66" s="16">
+        <v>9.4918050235140994E-2</v>
+      </c>
+      <c r="D66" s="16">
+        <v>25.755280373822998</v>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A67" s="4" t="s">
+      <c r="A67" s="14" t="s">
         <v>72</v>
       </c>
-      <c r="B67" s="5">
-[...6 lines deleted...]
-        <v>21.428653510213898</v>
+      <c r="B67" s="15">
+        <v>0</v>
+      </c>
+      <c r="C67" s="16">
+        <v>0.75813364063517397</v>
+      </c>
+      <c r="D67" s="16">
+        <v>26.5134140144581</v>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A68" s="4" t="s">
+      <c r="A68" s="14" t="s">
         <v>73</v>
       </c>
-      <c r="B68" s="5">
-[...6 lines deleted...]
-        <v>21.679432600673898</v>
+      <c r="B68" s="15">
+        <v>0</v>
+      </c>
+      <c r="C68" s="16">
+        <v>7.3776657161408701E-2</v>
+      </c>
+      <c r="D68" s="16">
+        <v>26.587190671619499</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A69" s="4" t="s">
+      <c r="A69" s="14" t="s">
         <v>74</v>
       </c>
-      <c r="B69" s="5">
-[...6 lines deleted...]
-        <v>22.0151675478978</v>
+      <c r="B69" s="15">
+        <v>0</v>
+      </c>
+      <c r="C69" s="16">
+        <v>6.6779583449325499E-3</v>
+      </c>
+      <c r="D69" s="16">
+        <v>26.593868629964501</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A70" s="11" t="s">
+      <c r="A70" s="14" t="s">
         <v>75</v>
       </c>
-      <c r="B70" s="12">
-[...6 lines deleted...]
-        <v>25.983163060731901</v>
+      <c r="B70" s="15">
+        <v>1.9196160709356001E-2</v>
+      </c>
+      <c r="C70" s="16">
+        <v>0.14209550296993101</v>
+      </c>
+      <c r="D70" s="16">
+        <v>26.735964132934399</v>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="15">
-        <v>0.911384954360827</v>
+        <v>0.124583777732789</v>
       </c>
       <c r="C71" s="16">
-        <v>0.88518674903267802</v>
+        <v>4.2625365879846999E-2</v>
       </c>
       <c r="D71" s="16">
-        <v>26.868349809764599</v>
+        <v>26.778589498814299</v>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72" s="14" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="15">
-        <v>0.91145782131569697</v>
+        <v>0.29808551183709803</v>
       </c>
       <c r="C72" s="16">
-        <v>1.5451367223744501</v>
+        <v>0.19855545859036899</v>
       </c>
       <c r="D72" s="16">
-        <v>28.413486532139</v>
+        <v>26.977144957404601</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="15">
-        <v>0.92107039140230096</v>
+        <v>0.310037216618264</v>
       </c>
       <c r="C73" s="16">
-        <v>5.1813813002714397</v>
+        <v>0.455565343845869</v>
       </c>
       <c r="D73" s="16">
-        <v>33.5948678324105</v>
+        <v>27.432710301250498</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74" s="14" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="15">
-        <v>1.1955945511439701</v>
+        <v>0.407062341310648</v>
       </c>
       <c r="C74" s="16">
-        <v>0.38465424946431798</v>
+        <v>4.0412019236274297</v>
       </c>
       <c r="D74" s="16">
-        <v>33.979522081874798</v>
+        <v>31.4739122248779</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="15">
-        <v>1.36780114953742</v>
+        <v>0.42653381232906601</v>
       </c>
       <c r="C75" s="16">
-        <v>1.4259819901751101E-2</v>
+        <v>4.3484161647325999E-2</v>
       </c>
       <c r="D75" s="16">
-        <v>33.993781901776501</v>
+        <v>31.517396386525299</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76" s="14" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="15">
-        <v>1.4194722981324599</v>
+        <v>0.42674878841464298</v>
       </c>
       <c r="C76" s="16">
-        <v>5.1379417956223499</v>
+        <v>4.3962834698052101E-2</v>
       </c>
       <c r="D76" s="16">
-        <v>39.131723697398897</v>
+        <v>31.561359221223299</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77" s="14" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="15">
-        <v>1.4303991186789</v>
+        <v>0.47086024716882502</v>
       </c>
       <c r="C77" s="16">
-        <v>8.2956727833363997E-2</v>
+        <v>0.41850103252592702</v>
       </c>
       <c r="D77" s="16">
-        <v>39.214680425232203</v>
+        <v>31.979860253749202</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78" s="14" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="15">
-        <v>1.43082847985849</v>
+        <v>0.48920654333852698</v>
       </c>
       <c r="C78" s="16">
-        <v>0.132996681920827</v>
+        <v>3.1311365181172102</v>
       </c>
       <c r="D78" s="16">
-        <v>39.347677107153103</v>
+        <v>35.110996771866397</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="15">
-        <v>1.4947844543597499</v>
+        <v>0.63134427009494598</v>
       </c>
       <c r="C79" s="16">
-        <v>2.1653272977684001E-3</v>
+        <v>0.36231326354217602</v>
       </c>
       <c r="D79" s="16">
-        <v>39.3498424344508</v>
+        <v>35.473310035408602</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80" s="14" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="15">
-        <v>1.6444326868732599</v>
+        <v>0.76135326884820798</v>
       </c>
       <c r="C80" s="16">
-        <v>0.44748198077303297</v>
+        <v>3.6167033993482902</v>
       </c>
       <c r="D80" s="16">
-        <v>39.797324415223898</v>
+        <v>39.090013434756898</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81" s="14" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="15">
-        <v>1.6525019344709699</v>
+        <v>0.761385473323694</v>
       </c>
       <c r="C81" s="16">
-        <v>0.145988645707438</v>
+        <v>6.9130712845538594E-2</v>
       </c>
       <c r="D81" s="16">
-        <v>39.943313060931303</v>
+        <v>39.159144147602497</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82" s="14" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="15">
-        <v>1.6530737472041099</v>
+        <v>0.76149821044619803</v>
       </c>
       <c r="C82" s="16">
-        <v>11.5478091921182</v>
+        <v>1.61434832793871E-2</v>
       </c>
       <c r="D82" s="16">
-        <v>51.491122253049603</v>
+        <v>39.175287630881797</v>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83" s="14" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="15">
-        <v>1.6790425960331901</v>
+        <v>0.93907852315073803</v>
       </c>
       <c r="C83" s="16">
-        <v>4.3178335786421197E-2</v>
+        <v>8.0215278980978202E-2</v>
       </c>
       <c r="D83" s="16">
-        <v>51.534300588835997</v>
+        <v>39.255502909862798</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="15">
-        <v>1.89418264142</v>
+        <v>0.95622524292928701</v>
       </c>
       <c r="C84" s="16">
-        <v>5.0614525585336398E-2</v>
+        <v>1.4139626488602701E-2</v>
       </c>
       <c r="D84" s="16">
-        <v>51.584915114421399</v>
+        <v>39.269642536351398</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85" s="14" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="15">
-        <v>2.00202177239114</v>
+        <v>0.97346062207803696</v>
       </c>
       <c r="C85" s="16">
-        <v>0.50373300526725295</v>
+        <v>4.3150967661036398E-2</v>
       </c>
       <c r="D85" s="16">
-        <v>52.0886481196886</v>
+        <v>39.312793504012497</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86" s="14" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="15">
-        <v>2.1239851555384202</v>
+        <v>1.1386790504864499</v>
       </c>
       <c r="C86" s="16">
-        <v>5.74856409359304E-2</v>
+        <v>0.81962904903432798</v>
       </c>
       <c r="D86" s="16">
-        <v>52.146133760624501</v>
+        <v>40.132422553046801</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87" s="14" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="15">
-        <v>2.1249107422253801</v>
+        <v>1.2274551202633801</v>
       </c>
       <c r="C87" s="16">
-        <v>1.2132480802189099E-2</v>
+        <v>1.26611368353554</v>
       </c>
       <c r="D87" s="16">
-        <v>52.158266241426702</v>
+        <v>41.398536236582302</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88" s="14" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="15">
-        <v>2.3506511655581002</v>
+        <v>1.22983358846</v>
       </c>
       <c r="C88" s="16">
-        <v>1.3562641494167</v>
+        <v>0.73466927540350702</v>
       </c>
       <c r="D88" s="16">
-        <v>53.514530390843397</v>
+        <v>42.1332055119858</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="15">
-        <v>2.3837660071601698</v>
+        <v>1.2298522612368099</v>
       </c>
       <c r="C89" s="16">
-        <v>3.6509602561772101</v>
+        <v>0.32831809119453698</v>
       </c>
       <c r="D89" s="16">
-        <v>57.165490647020697</v>
+        <v>42.461523603180403</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="15">
-        <v>2.38385086799763</v>
+        <v>1.23907963171656</v>
       </c>
       <c r="C90" s="16">
-        <v>6.9746331907066403E-2</v>
+        <v>2.8330874580715201E-2</v>
       </c>
       <c r="D90" s="16">
-        <v>57.235236978927702</v>
+        <v>42.489854477761099</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91" s="14" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="15">
-        <v>2.3842243274697101</v>
+        <v>1.6313333385472799</v>
       </c>
       <c r="C91" s="16">
-        <v>1.6287439981021001E-2</v>
+        <v>0.44452770644089301</v>
       </c>
       <c r="D91" s="16">
-        <v>57.251524418908701</v>
+        <v>42.934382184202001</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92" s="14" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="15">
-        <v>2.51717612289168</v>
+        <v>1.6399255319913</v>
       </c>
       <c r="C92" s="16">
-        <v>0.80243895628944895</v>
+        <v>0.144568647065349</v>
       </c>
       <c r="D92" s="16">
-        <v>58.053963375198201</v>
+        <v>43.078950831267299</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="15">
-        <v>2.5450408913890699</v>
+        <v>1.6399498448890399</v>
       </c>
       <c r="C93" s="16">
-        <v>1.35752725700706</v>
+        <v>11.4674717259091</v>
       </c>
       <c r="D93" s="16">
-        <v>59.4114906322053</v>
+        <v>54.546422557176498</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="15">
-        <v>2.65989353128484</v>
+        <v>1.6443982271098001</v>
       </c>
       <c r="C94" s="16">
-        <v>1.32347083731497</v>
+        <v>0.51675571549701105</v>
       </c>
       <c r="D94" s="16">
-        <v>60.734961469520201</v>
+        <v>55.063178272673497</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="15">
-        <v>2.6671502855199098</v>
+        <v>1.6445439029419699</v>
       </c>
       <c r="C95" s="16">
-        <v>0.496581726954886</v>
+        <v>0.37964404370228599</v>
       </c>
       <c r="D95" s="16">
-        <v>61.231543196475101</v>
+        <v>55.442822316375803</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="15">
-        <v>2.8162054072563998</v>
+        <v>1.65512792751412</v>
       </c>
       <c r="C96" s="16">
-        <v>0.11378415067790799</v>
+        <v>0.300578518617659</v>
       </c>
       <c r="D96" s="16">
-        <v>61.345327347153003</v>
+        <v>55.743400834993501</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="15">
-        <v>2.8265587206928999</v>
+        <v>1.9101066962811299</v>
       </c>
       <c r="C97" s="16">
-        <v>0.43321741234650601</v>
+        <v>0.38208433768637901</v>
       </c>
       <c r="D97" s="16">
-        <v>61.778544759499503</v>
+        <v>56.125485172679902</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="15">
-        <v>2.8942765751956498</v>
+        <v>2.1784508200116202</v>
       </c>
       <c r="C98" s="16">
-        <v>1.7097348366782801</v>
+        <v>1.70303893564137</v>
       </c>
       <c r="D98" s="16">
-        <v>63.488279596177797</v>
+        <v>57.828524108321197</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="15">
-        <v>3.2235141404276701</v>
+        <v>2.2999676819644099</v>
       </c>
       <c r="C99" s="16">
-        <v>5.0699999031300902E-2</v>
+        <v>0.46066649684723399</v>
       </c>
       <c r="D99" s="16">
-        <v>63.538979595209099</v>
+        <v>58.2891906051685</v>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="15">
-        <v>3.3397070655168202</v>
+        <v>2.3087325958258398</v>
       </c>
       <c r="C100" s="16">
-        <v>0.26400848048536701</v>
+        <v>0.95544079499521894</v>
       </c>
       <c r="D100" s="16">
-        <v>63.8029880756945</v>
+        <v>59.244631400163698</v>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="15">
-        <v>3.4039939360372302</v>
+        <v>2.49075700482559</v>
       </c>
       <c r="C101" s="16">
-        <v>0.22956743028643201</v>
+        <v>0.22480269753851301</v>
       </c>
       <c r="D101" s="16">
-        <v>64.032555505980895</v>
+        <v>59.469434097702198</v>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102" s="14" t="s">
         <v>107</v>
       </c>
       <c r="B102" s="15">
-        <v>3.49459027098235</v>
+        <v>2.63400222574945</v>
       </c>
       <c r="C102" s="16">
-        <v>0.404555316799729</v>
+        <v>9.6663799008377099E-2</v>
       </c>
       <c r="D102" s="16">
-        <v>64.437110822780696</v>
+        <v>59.566097896710602</v>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103" s="14" t="s">
         <v>108</v>
       </c>
       <c r="B103" s="15">
-        <v>3.66772486615909</v>
+        <v>2.6678826519676</v>
       </c>
       <c r="C103" s="16">
-        <v>7.9632760490298396E-2</v>
+        <v>0.202267521170019</v>
       </c>
       <c r="D103" s="16">
-        <v>64.516743583270994</v>
+        <v>59.768365417880602</v>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104" s="14" t="s">
         <v>109</v>
       </c>
       <c r="B104" s="15">
-        <v>3.7119300307113301</v>
+        <v>2.7314286330086102</v>
       </c>
       <c r="C104" s="16">
-        <v>8.8108877215115497E-2</v>
+        <v>7.8464837334695902E-3</v>
       </c>
       <c r="D104" s="16">
-        <v>64.6048524604861</v>
+        <v>59.776211901614097</v>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105" s="14" t="s">
         <v>110</v>
       </c>
       <c r="B105" s="15">
-        <v>3.7845085684585098</v>
+        <v>2.7588759459887799</v>
       </c>
       <c r="C105" s="16">
-        <v>0.75622156464651102</v>
+        <v>1.34937463712359</v>
       </c>
       <c r="D105" s="16">
-        <v>65.361074025132595</v>
+        <v>61.125586538737601</v>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106" s="14" t="s">
         <v>111</v>
       </c>
       <c r="B106" s="15">
-        <v>3.78474201186493</v>
+        <v>2.9195372231754302</v>
       </c>
       <c r="C106" s="16">
-        <v>2.8823545389153899E-2</v>
+        <v>0.49601790950526398</v>
       </c>
       <c r="D106" s="16">
-        <v>65.389897570521697</v>
+        <v>61.621604448242898</v>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107" s="14" t="s">
         <v>112</v>
       </c>
       <c r="B107" s="15">
-        <v>3.7939788920906898</v>
+        <v>2.9318953443351701</v>
       </c>
       <c r="C107" s="16">
-        <v>0.31428586081162102</v>
+        <v>5.0571010020785598</v>
       </c>
       <c r="D107" s="16">
-        <v>65.704183431333405</v>
+        <v>66.678705450321502</v>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A108" s="14" t="s">
         <v>113</v>
       </c>
       <c r="B108" s="15">
-        <v>3.8868411972361598</v>
+        <v>3.1461330341876002</v>
       </c>
       <c r="C108" s="16">
-        <v>0.83312392339071994</v>
+        <v>1.30730303026321</v>
       </c>
       <c r="D108" s="16">
-        <v>66.537307354724106</v>
+        <v>67.986008480584701</v>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A109" s="11" t="s">
+      <c r="A109" s="14" t="s">
         <v>114</v>
       </c>
-      <c r="B109" s="12">
-[...6 lines deleted...]
-        <v>69.3740665587422</v>
+      <c r="B109" s="15">
+        <v>3.2004945099045998</v>
+      </c>
+      <c r="C109" s="16">
+        <v>0.24682165787190899</v>
+      </c>
+      <c r="D109" s="16">
+        <v>68.232830138456606</v>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A110" s="17" t="s">
+      <c r="A110" s="14" t="s">
         <v>115</v>
       </c>
-      <c r="B110" s="18">
-[...6 lines deleted...]
-        <v>72.263567627445198</v>
+      <c r="B110" s="15">
+        <v>3.2004945099045998</v>
+      </c>
+      <c r="C110" s="16">
+        <v>4.4286642938249098E-2</v>
+      </c>
+      <c r="D110" s="16">
+        <v>68.277116781394795</v>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A111" s="17" t="s">
+      <c r="A111" s="11" t="s">
         <v>116</v>
       </c>
-      <c r="B111" s="18">
-[...6 lines deleted...]
-        <v>72.822996079807893</v>
+      <c r="B111" s="12">
+        <v>3.4065138020951702</v>
+      </c>
+      <c r="C111" s="13">
+        <v>1.3284772734482599</v>
+      </c>
+      <c r="D111" s="13">
+        <v>69.605594054843095</v>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B112" s="18">
-        <v>4.2140309687833399</v>
+        <v>3.4460822207440698</v>
       </c>
       <c r="C112" s="19">
-        <v>0.15170586953751</v>
+        <v>0.55975651122056502</v>
       </c>
       <c r="D112" s="19">
-        <v>72.974701949345402</v>
+        <v>70.165350566063694</v>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B113" s="18">
-        <v>4.2586955054919304</v>
+        <v>3.4567785539971698</v>
       </c>
       <c r="C113" s="19">
-        <v>0.140181199906625</v>
+        <v>0.41235806170827699</v>
       </c>
       <c r="D113" s="19">
-        <v>73.114883149251995</v>
+        <v>70.577708627771997</v>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="18">
-        <v>4.4349607606710002</v>
+        <v>3.54602539108852</v>
       </c>
       <c r="C114" s="19">
-        <v>9.3346500042831695E-2</v>
+        <v>0.81835728043877198</v>
       </c>
       <c r="D114" s="19">
-        <v>73.208229649294793</v>
+        <v>71.396065908210701</v>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="18">
-        <v>4.4493603822105099</v>
+        <v>3.6071826410569701</v>
       </c>
       <c r="C115" s="19">
-        <v>0.20010758257732</v>
+        <v>0.50027903823133502</v>
       </c>
       <c r="D115" s="19">
-        <v>73.408337231872096</v>
+        <v>71.896344946442099</v>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B116" s="18">
-        <v>4.48455923877804</v>
+        <v>3.6701397893628802</v>
       </c>
       <c r="C116" s="19">
-        <v>0.37023297972018998</v>
+        <v>1.1300438295570999E-2</v>
       </c>
       <c r="D116" s="19">
-        <v>73.778570211592296</v>
+        <v>71.907645384737606</v>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B117" s="18">
-        <v>4.5020755213173604</v>
+        <v>3.67016613634003</v>
       </c>
       <c r="C117" s="19">
-        <v>0.14660120540351701</v>
+        <v>9.6588713039635801E-2</v>
       </c>
       <c r="D117" s="19">
-        <v>73.925171416995795</v>
+        <v>72.004234097777299</v>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B118" s="18">
-        <v>4.9690248976981897</v>
+        <v>3.6702188314289899</v>
       </c>
       <c r="C118" s="19">
-        <v>0.37255975686033599</v>
+        <v>0.16817849136145299</v>
       </c>
       <c r="D118" s="19">
-        <v>74.297731173856207</v>
+        <v>72.172412589138702</v>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B119" s="18">
-        <v>5.2551148323930903</v>
+        <v>3.8896625761669101</v>
       </c>
       <c r="C119" s="19">
-        <v>1.2268953404245899</v>
+        <v>0.21749589420537099</v>
       </c>
       <c r="D119" s="19">
-        <v>75.524626514280797</v>
+        <v>72.389908483344101</v>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B120" s="18">
-        <v>5.4606650226981897</v>
+        <v>3.9120392315122801</v>
       </c>
       <c r="C120" s="19">
-        <v>0.499008223115324</v>
+        <v>0.60787253856462198</v>
       </c>
       <c r="D120" s="19">
-        <v>76.023634737396094</v>
+        <v>72.997781021908693</v>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B121" s="18">
-        <v>5.5786219640795798</v>
+        <v>4.1224394109493598</v>
       </c>
       <c r="C121" s="19">
-        <v>0.61847160942509904</v>
+        <v>0.616737375749146</v>
       </c>
       <c r="D121" s="19">
-        <v>76.642106346821194</v>
+        <v>73.614518397657903</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B122" s="18">
-        <v>5.5908934616649404</v>
+        <v>4.4006031695660504</v>
       </c>
       <c r="C122" s="19">
-        <v>0.21793829311047899</v>
+        <v>7.2350023755323303E-2</v>
       </c>
       <c r="D122" s="19">
-        <v>76.860044639931701</v>
+        <v>73.686868421413195</v>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B123" s="18">
-        <v>5.6275285754369797</v>
+        <v>4.4019760237985199</v>
       </c>
       <c r="C123" s="19">
-        <v>3.1156400641012798</v>
+        <v>0.14076741989781899</v>
       </c>
       <c r="D123" s="19">
-        <v>79.975684704033</v>
+        <v>73.827635841310993</v>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B124" s="18">
-        <v>5.85874247576381</v>
+        <v>4.5262182282665897</v>
       </c>
       <c r="C124" s="19">
-        <v>0.23998569364455499</v>
+        <v>1.17920636759049</v>
       </c>
       <c r="D124" s="19">
-        <v>80.215670397677499</v>
+        <v>75.006842208901503</v>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B125" s="18">
-        <v>5.9383149835700904</v>
+        <v>4.6222882350992398</v>
       </c>
       <c r="C125" s="19">
-        <v>0.60529445317223296</v>
+        <v>0.91160936074246501</v>
       </c>
       <c r="D125" s="19">
-        <v>80.820964850849705</v>
+        <v>75.918451569644006</v>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B126" s="18">
-        <v>5.9749174992690604</v>
+        <v>4.6226599062226796</v>
       </c>
       <c r="C126" s="19">
-        <v>0.42507844088077101</v>
+        <v>1.5568090115176201</v>
       </c>
       <c r="D126" s="19">
-        <v>81.246043291730501</v>
+        <v>77.475260581161606</v>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B127" s="18">
-        <v>6.1073395913020301</v>
+        <v>4.6324003651649397</v>
       </c>
       <c r="C127" s="19">
-        <v>1.2643944405791401</v>
+        <v>5.3157956287576997</v>
       </c>
       <c r="D127" s="19">
-        <v>82.510437732309697</v>
+        <v>82.791056209919304</v>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="18">
-        <v>6.4681336726275003</v>
+        <v>4.9261557263783304</v>
       </c>
       <c r="C128" s="19">
-        <v>0.366215727759856</v>
+        <v>0.21893660623059599</v>
       </c>
       <c r="D128" s="19">
-        <v>82.876653460069505</v>
+        <v>83.009992816149904</v>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B129" s="18">
-        <v>7.20791636541116</v>
+        <v>5.0320804884500303</v>
       </c>
       <c r="C129" s="19">
-        <v>1.2904875842221999</v>
+        <v>0.37818456018487601</v>
       </c>
       <c r="D129" s="19">
-        <v>84.167141044291697</v>
+        <v>83.388177376334795</v>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B130" s="18">
-        <v>7.3838915103699501</v>
+        <v>5.1053282986826796</v>
       </c>
       <c r="C130" s="19">
-        <v>0.52415166180322703</v>
+        <v>0.138547690946903</v>
       </c>
       <c r="D130" s="19">
-        <v>84.691292706094899</v>
+        <v>83.526725067281703</v>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B131" s="18">
-        <v>7.4408042972142097</v>
+        <v>5.33352915064249</v>
       </c>
       <c r="C131" s="19">
-        <v>0.12836687026441401</v>
+        <v>1.0821061313888001</v>
       </c>
       <c r="D131" s="19">
-        <v>84.819659576359399</v>
+        <v>84.608831198670501</v>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B132" s="18">
-        <v>7.7434318290984203</v>
+        <v>5.4909970570197801</v>
       </c>
       <c r="C132" s="19">
-        <v>0.26153449907717102</v>
+        <v>2.5670015563444101E-2</v>
       </c>
       <c r="D132" s="19">
-        <v>85.0811940754365</v>
+        <v>84.634501214233893</v>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133" s="17" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="18">
-        <v>8.0578257912190701</v>
+        <v>5.9958252541982597</v>
       </c>
       <c r="C133" s="19">
-        <v>0.110830568267356</v>
+        <v>0.79696247222053795</v>
       </c>
       <c r="D133" s="19">
-        <v>85.192024643703903</v>
+        <v>85.431463686454507</v>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="18">
-        <v>8.5631450654296692</v>
+        <v>6.2324747483504401</v>
       </c>
       <c r="C134" s="19">
-        <v>0.36113955477451798</v>
+        <v>0.345906979372194</v>
       </c>
       <c r="D134" s="19">
-        <v>85.553164198478399</v>
+        <v>85.777370665826695</v>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="18">
-        <v>8.7808741037628</v>
+        <v>6.3140320322364598</v>
       </c>
       <c r="C135" s="19">
-        <v>0.62074615279271095</v>
+        <v>8.7883433538687203E-2</v>
       </c>
       <c r="D135" s="19">
-        <v>86.173910351271104</v>
+        <v>85.865254099365401</v>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="18">
-        <v>8.8211130092388004</v>
+        <v>6.5297013141465596</v>
       </c>
       <c r="C136" s="19">
-        <v>5.7452401262499703E-2</v>
+        <v>0.123934084280621</v>
       </c>
       <c r="D136" s="19">
-        <v>86.231362752533599</v>
+        <v>85.989188183645993</v>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B137" s="18">
-        <v>9.4509394972809009</v>
+        <v>6.6922623595561301</v>
       </c>
       <c r="C137" s="19">
-        <v>1.2108975604548899</v>
+        <v>0.232691417129399</v>
       </c>
       <c r="D137" s="19">
-        <v>87.442260312988495</v>
+        <v>86.221879600775395</v>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138" s="17" t="s">
         <v>143</v>
       </c>
       <c r="B138" s="18">
-        <v>10.0904700508482</v>
+        <v>6.7773600026723901</v>
       </c>
       <c r="C138" s="19">
-        <v>0.38326768022978303</v>
+        <v>0.14636601744209499</v>
       </c>
       <c r="D138" s="19">
-        <v>87.825527993218302</v>
+        <v>86.3682456182175</v>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139" s="17" t="s">
         <v>144</v>
       </c>
       <c r="B139" s="18">
-        <v>10.184799734557901</v>
+        <v>6.8375074179325201</v>
       </c>
       <c r="C139" s="19">
-        <v>3.6544646674617598E-2</v>
+        <v>5.5188187024881796E-3</v>
       </c>
       <c r="D139" s="19">
-        <v>87.862072639892901</v>
+        <v>86.373764436919998</v>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140" s="17" t="s">
         <v>145</v>
       </c>
       <c r="B140" s="18">
-        <v>10.184935973805199</v>
+        <v>6.8377015039522799</v>
       </c>
       <c r="C140" s="19">
-        <v>0.568991981261181</v>
+        <v>1.36515676917841E-2</v>
       </c>
       <c r="D140" s="19">
-        <v>88.431064621154107</v>
+        <v>86.387416004611794</v>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141" s="17" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="18">
-        <v>10.185208463226401</v>
+        <v>7.20354113546255</v>
       </c>
       <c r="C141" s="19">
-        <v>1.9991289306151199E-3</v>
+        <v>5.3616074554360002E-2</v>
       </c>
       <c r="D141" s="19">
-        <v>88.433063750084699</v>
+        <v>86.441032079166106</v>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142" s="17" t="s">
         <v>147</v>
       </c>
       <c r="B142" s="18">
-        <v>10.6271659377884</v>
+        <v>7.4391900133439197</v>
       </c>
       <c r="C142" s="19">
-        <v>0.143794827261014</v>
+        <v>5.04155351367606E-2</v>
       </c>
       <c r="D142" s="19">
-        <v>88.576858577345703</v>
+        <v>86.491447614302899</v>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B143" s="18">
-        <v>10.966297887725901</v>
+        <v>7.4843660929759297</v>
       </c>
       <c r="C143" s="19">
-        <v>0.80213030217902204</v>
+        <v>3.6313451632528498E-2</v>
       </c>
       <c r="D143" s="19">
-        <v>89.378988879524698</v>
+        <v>86.527761065935394</v>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144" s="17" t="s">
         <v>149</v>
       </c>
       <c r="B144" s="18">
-        <v>11.8882158726431</v>
+        <v>7.4844637086035597</v>
       </c>
       <c r="C144" s="19">
-        <v>0.46637161233119701</v>
+        <v>0.57459537579307196</v>
       </c>
       <c r="D144" s="19">
-        <v>89.845360491855899</v>
+        <v>87.102356441728503</v>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145" s="17" t="s">
         <v>150</v>
       </c>
       <c r="B145" s="18">
-        <v>11.9781585941623</v>
+        <v>7.4846589474957197</v>
       </c>
       <c r="C145" s="19">
-        <v>0.57969990463062804</v>
+        <v>1.9944710446917302E-3</v>
       </c>
       <c r="D145" s="19">
-        <v>90.4250603964866</v>
+        <v>87.104350912773199</v>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146" s="17" t="s">
         <v>151</v>
       </c>
       <c r="B146" s="18">
-        <v>12.110418677444301</v>
+        <v>7.6389551405092</v>
       </c>
       <c r="C146" s="19">
-        <v>0.140195445480952</v>
+        <v>0.36884104994962602</v>
       </c>
       <c r="D146" s="19">
-        <v>90.565255841967499</v>
+        <v>87.473191962722794</v>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="K146"/>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147" s="17" t="s">
         <v>152</v>
       </c>
       <c r="B147" s="18">
-        <v>12.211761836644699</v>
+        <v>7.6959342625363396</v>
       </c>
       <c r="C147" s="19">
-        <v>0.23379361733690099</v>
+        <v>0.244517457206159</v>
       </c>
       <c r="D147" s="19">
-        <v>90.799049459304399</v>
+        <v>87.717709419928894</v>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148" s="17" t="s">
         <v>153</v>
       </c>
       <c r="B148" s="18">
-        <v>12.457902597478199</v>
+        <v>7.9047817558653701</v>
       </c>
       <c r="C148" s="19">
-        <v>4.2447062970946803E-2</v>
+        <v>1.5114664721439499</v>
       </c>
       <c r="D148" s="19">
-        <v>90.841496522275406</v>
+        <v>89.229175892072902</v>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149" s="17" t="s">
         <v>154</v>
       </c>
       <c r="B149" s="18">
-        <v>12.4632595889383</v>
+        <v>9.3539640883937292</v>
       </c>
       <c r="C149" s="19">
-        <v>0.59855154799058496</v>
+        <v>6.2565383453717996E-2</v>
       </c>
       <c r="D149" s="19">
-        <v>91.440048070266002</v>
+        <v>89.291741275526604</v>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150" s="17" t="s">
         <v>155</v>
       </c>
       <c r="B150" s="18">
-        <v>12.4632595889383</v>
+        <v>9.4692257439056196</v>
       </c>
       <c r="C150" s="19">
-        <v>5.96129800354923E-2</v>
+        <v>0.13340430208812201</v>
       </c>
       <c r="D150" s="19">
-        <v>91.499661050301498</v>
+        <v>89.4251455776147</v>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="3"/>
       <c r="I150" s="3"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B151" s="18">
-        <v>12.575718388542899</v>
+        <v>9.5735505534263403</v>
       </c>
       <c r="C151" s="19">
-        <v>0.30458937321942098</v>
+        <v>0.52000318364507403</v>
       </c>
       <c r="D151" s="19">
-        <v>91.804250423520898</v>
+        <v>89.945148761259802</v>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="18">
-        <v>12.8292971672353</v>
+        <v>9.8515016923367895</v>
       </c>
       <c r="C152" s="19">
-        <v>4.3206826935076E-2</v>
+        <v>1.88184209157972E-3</v>
       </c>
       <c r="D152" s="19">
-        <v>91.847457250456003</v>
+        <v>89.947030603351394</v>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B153" s="18">
-        <v>13.4390367916582</v>
+        <v>9.8677899479609295</v>
       </c>
       <c r="C153" s="19">
-        <v>0.103997441114968</v>
+        <v>0.17165121741573899</v>
       </c>
       <c r="D153" s="19">
-        <v>91.951454691570902</v>
+        <v>90.118681820767094</v>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B154" s="18">
-        <v>13.5621143064301</v>
+        <v>10.1249572133587</v>
       </c>
       <c r="C154" s="19">
-        <v>5.8881707220017898E-3</v>
+        <v>0.16021937867487099</v>
       </c>
       <c r="D154" s="19">
-        <v>91.957342862292904</v>
+        <v>90.278901199442004</v>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B155" s="18">
-        <v>13.5623823866571</v>
+        <v>10.521159004371601</v>
       </c>
       <c r="C155" s="19">
-        <v>1.4592216636057601E-2</v>
+        <v>0.33503359252384002</v>
       </c>
       <c r="D155" s="19">
-        <v>91.971935078928993</v>
+        <v>90.613934791965804</v>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B156" s="18">
-        <v>14.096901303976001</v>
+        <v>10.5249510208829</v>
       </c>
       <c r="C156" s="19">
-        <v>0.18171179759584</v>
+        <v>0.37066188469160399</v>
       </c>
       <c r="D156" s="19">
-        <v>92.153646876524803</v>
+        <v>90.984596676657404</v>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B157" s="18">
-        <v>14.1079142111475</v>
+        <v>12.3873585094119</v>
       </c>
       <c r="C157" s="19">
-        <v>9.96620379946562E-2</v>
+        <v>8.6212770734192395E-2</v>
       </c>
       <c r="D157" s="19">
-        <v>92.253308914519494</v>
+        <v>91.070809447391596</v>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="18">
-        <v>14.743689500517601</v>
+        <v>12.394923345199199</v>
       </c>
       <c r="C158" s="19">
-        <v>0.14597440013311</v>
+        <v>8.6667979419686805E-2</v>
       </c>
       <c r="D158" s="19">
-        <v>92.399283314652607</v>
+        <v>91.157477426811298</v>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B159" s="18">
-        <v>15.4585729565355</v>
+        <v>12.398626396556899</v>
       </c>
       <c r="C159" s="19">
-        <v>0.32287119360628203</v>
+        <v>0.29749530102621802</v>
       </c>
       <c r="D159" s="19">
-        <v>92.722154508258896</v>
+        <v>91.4549727278375</v>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B160" s="18">
-        <v>15.759776830177101</v>
+        <v>12.877364300933801</v>
       </c>
       <c r="C160" s="19">
-        <v>0.21612435664612001</v>
+        <v>0.38080787621777701</v>
       </c>
       <c r="D160" s="19">
-        <v>92.938278864905001</v>
+        <v>91.835780604055302</v>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B161" s="18">
-        <v>16.286933172257701</v>
+        <v>14.8565457715807</v>
       </c>
       <c r="C161" s="19">
-        <v>0.38270260578146098</v>
+        <v>1.2822712454340599</v>
       </c>
       <c r="D161" s="19">
-        <v>93.320981470686505</v>
+        <v>93.118051849489405</v>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B162" s="18">
-        <v>16.792710081188201</v>
+        <v>16.160105934698301</v>
       </c>
       <c r="C162" s="19">
-        <v>0.105564454290985</v>
+        <v>0.194726074184561</v>
       </c>
       <c r="D162" s="19">
-        <v>93.426545924977503</v>
+        <v>93.312777923673906</v>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B163" s="18">
-        <v>17.575009852684101</v>
+        <v>16.272702346779901</v>
       </c>
       <c r="C163" s="19">
-        <v>0.56413898894030501</v>
+        <v>5.7534623548048504E-3</v>
       </c>
       <c r="D163" s="19">
-        <v>93.990684913917804</v>
+        <v>93.318531386028695</v>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B164" s="18">
-        <v>17.843887633572901</v>
+        <v>16.274524326580899</v>
       </c>
       <c r="C164" s="19">
-        <v>0.24556995878090501</v>
+        <v>3.4750724908099398E-2</v>
       </c>
       <c r="D164" s="19">
-        <v>94.236254872698694</v>
+        <v>93.353282110936803</v>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B165" s="18">
-        <v>19.066726377066999</v>
+        <v>16.275435469222099</v>
       </c>
       <c r="C165" s="19">
-        <v>0.19187838914084501</v>
+        <v>7.9919627979059202E-3</v>
       </c>
       <c r="D165" s="19">
-        <v>94.428133261839506</v>
+        <v>93.361274073734705</v>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B166" s="18">
-        <v>19.070630949686201</v>
+        <v>16.275617709971598</v>
       </c>
       <c r="C166" s="19">
-        <v>1.21657204756198E-2</v>
+        <v>0.22000658128516001</v>
       </c>
       <c r="D166" s="19">
-        <v>94.440298982315099</v>
+        <v>93.581280655019896</v>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B167" s="18">
-        <v>19.070985989950501</v>
+        <v>16.6738701559965</v>
       </c>
       <c r="C167" s="19">
-        <v>0.14424118858994001</v>
+        <v>0.31866485133822903</v>
       </c>
       <c r="D167" s="19">
-        <v>94.5845401709051</v>
+        <v>93.899945506358094</v>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B168" s="18">
-        <v>19.071518575076801</v>
+        <v>16.789561643584701</v>
       </c>
       <c r="C168" s="19">
-        <v>3.3861730176286103E-2</v>
+        <v>0.218115353447487</v>
       </c>
       <c r="D168" s="19">
-        <v>94.618401901081398</v>
+        <v>94.118060859805595</v>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B169" s="18">
-        <v>19.308684949041002</v>
+        <v>17.356482321407299</v>
       </c>
       <c r="C169" s="19">
-        <v>0.73923609152344605</v>
+        <v>5.6441184128252803E-2</v>
       </c>
       <c r="D169" s="19">
-        <v>95.357637992604793</v>
+        <v>94.174502043933899</v>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B170" s="18">
-        <v>22.2011953342389</v>
+        <v>17.364615593196898</v>
       </c>
       <c r="C170" s="19">
-        <v>0.73419790673631402</v>
+        <v>1.159608929749E-2</v>
       </c>
       <c r="D170" s="19">
-        <v>96.091835899341106</v>
+        <v>94.186098133231297</v>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B171" s="18">
-        <v>22.710022562965801</v>
+        <v>17.953023268592499</v>
       </c>
       <c r="C171" s="19">
-        <v>0.31916734428115201</v>
+        <v>0.11098175467274</v>
       </c>
       <c r="D171" s="19">
-        <v>96.411003243622304</v>
+        <v>94.297079887904104</v>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B172" s="18">
-        <v>22.735617444571901</v>
+        <v>18.462880659044998</v>
       </c>
       <c r="C172" s="19">
-        <v>0.10297650828817</v>
+        <v>0.12937781701436701</v>
       </c>
       <c r="D172" s="19">
-        <v>96.513979751910398</v>
+        <v>94.426457704918406</v>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B173" s="18">
-        <v>28.1761476628167</v>
+        <v>19.340469795103601</v>
       </c>
       <c r="C173" s="19">
-        <v>0.154830398839992</v>
+        <v>2.6427773774235601</v>
       </c>
       <c r="D173" s="19">
-        <v>96.668810150750403</v>
+        <v>97.069235082342004</v>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B174" s="18">
-        <v>29.704261429402901</v>
+        <v>20.036906486241001</v>
       </c>
       <c r="C174" s="19">
-        <v>6.6973193437994599E-2</v>
+        <v>0.120268950431434</v>
       </c>
       <c r="D174" s="19">
-        <v>96.735783344188405</v>
+        <v>97.189504032773499</v>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="18">
-        <v>38.640845326313297</v>
+        <v>23.362872669915699</v>
       </c>
       <c r="C175" s="19">
-        <v>0.15021958128268201</v>
+        <v>0.25409091822067997</v>
       </c>
       <c r="D175" s="19">
-        <v>96.886002925471104</v>
+        <v>97.443594950994097</v>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176" s="17" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="18">
-        <v>41.658666053489299</v>
+        <v>25.293777390560798</v>
       </c>
       <c r="C176" s="19">
-        <v>0.23822399095273</v>
+        <v>0.15951544771792101</v>
       </c>
       <c r="D176" s="19">
-        <v>97.124226916423794</v>
+        <v>97.603110398712104</v>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177" s="17" t="s">
         <v>182</v>
       </c>
       <c r="B177" s="18">
-        <v>45.093436665078798</v>
+        <v>30.712678407908399</v>
       </c>
       <c r="C177" s="19">
-        <v>8.8507753296283395E-2</v>
+        <v>0.14555415040507899</v>
       </c>
       <c r="D177" s="19">
-        <v>97.212734669720106</v>
+        <v>97.748664549117095</v>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B178" s="18">
-        <v>50.926571755727203</v>
+        <v>40.911997292981198</v>
       </c>
       <c r="C178" s="19">
-        <v>0.95517525570330997</v>
+        <v>0.41889054098877299</v>
       </c>
       <c r="D178" s="19">
-        <v>98.167909925423402</v>
+        <v>98.167555090105907</v>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179" s="17" t="s">
         <v>184</v>
       </c>
       <c r="B179" s="18">
-        <v>60.873649452054501</v>
+        <v>41.907778338135003</v>
       </c>
       <c r="C179" s="19">
-        <v>1.8320900745765301</v>
+        <v>1.8324449098940201</v>
       </c>
       <c r="D179" s="19">
-        <v>100</v>
+        <v>99.999999999999901</v>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="E181" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>