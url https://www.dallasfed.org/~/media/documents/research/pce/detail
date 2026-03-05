--- v2 (2026-01-24)
+++ v3 (2026-03-05)
@@ -1,55 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{995D4D00-D507-401E-87FC-4267AEADEAF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rb.win.frb.org\K1\Accounts\A-C\K1RWC03\Redirected\Desktop\Research updates\PCE\260220\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72E19946-18F1-4A74-A837-598C019675DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BF3BF121-2730-4076-A3DA-82FC1D9EE8A2}"/>
+    <workbookView xWindow="31920" yWindow="3120" windowWidth="21600" windowHeight="11175" xr2:uid="{8CBB0186-3714-4B07-A128-AFE5E8DDA848}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Underlying detail" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="data_1" localSheetId="0">'Web - Underlying detail'!$A$2:$D$179</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -67,591 +76,591 @@
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <si>
     <t>Annualized 1-month % change</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Cumulative weight</t>
   </si>
   <si>
     <t>Color key</t>
   </si>
   <si>
+    <t>Moving, storage, and freight services</t>
+  </si>
+  <si>
+    <t>Cut from bottom</t>
+  </si>
+  <si>
     <t>Eggs</t>
   </si>
   <si>
-    <t>Cut from bottom</t>
+    <t>Included</t>
+  </si>
+  <si>
+    <t>Food produced and consumed on farms</t>
+  </si>
+  <si>
+    <t>Cut from top</t>
+  </si>
+  <si>
+    <t>Other household services</t>
+  </si>
+  <si>
+    <t>Trim point</t>
+  </si>
+  <si>
+    <t>Small electric household appliances</t>
+  </si>
+  <si>
+    <t>Recreational books</t>
+  </si>
+  <si>
+    <t>Telephone and related communication equipment</t>
+  </si>
+  <si>
+    <t>Calculators, typewriters, and other information processing equipment</t>
+  </si>
+  <si>
+    <t>Jewelry</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Other video equipment</t>
+  </si>
+  <si>
+    <t>Household paper products</t>
+  </si>
+  <si>
+    <t>Personal computers/tablets and peripheral equipment</t>
+  </si>
+  <si>
+    <t>Photographic equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motor vehicle maintenance and repair </t>
+  </si>
+  <si>
+    <t>Other medical products</t>
+  </si>
+  <si>
+    <t>Therapeutic medical equipment</t>
+  </si>
+  <si>
+    <t>Audio equipment</t>
+  </si>
+  <si>
+    <t>Motor vehicle rental</t>
+  </si>
+  <si>
+    <t>Used light trucks</t>
+  </si>
+  <si>
+    <t>Used autos</t>
+  </si>
+  <si>
+    <t>Accessories and parts</t>
+  </si>
+  <si>
+    <t>Other personal business services</t>
+  </si>
+  <si>
+    <t>Fuel oil</t>
+  </si>
+  <si>
+    <t>Major household appliances</t>
+  </si>
+  <si>
+    <t>Spirits</t>
+  </si>
+  <si>
+    <t>Repair of furniture, furnishings, and floor coverings</t>
+  </si>
+  <si>
+    <t>Repair of household appliances</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Motor vehicle leasing</t>
+  </si>
+  <si>
+    <t>Fish and seafood</t>
+  </si>
+  <si>
+    <t>Cosmetic / perfumes / bath / nail preparations and implements</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Household linens</t>
+  </si>
+  <si>
+    <t>Sporting equipment, supplies, guns, and ammunition</t>
+  </si>
+  <si>
+    <t>Furniture</t>
+  </si>
+  <si>
+    <t>Other fuels</t>
+  </si>
+  <si>
+    <t>Gasoline and other motor fuel</t>
+  </si>
+  <si>
+    <t>Games, toys, and hobbies</t>
+  </si>
+  <si>
+    <t>Tobacco</t>
+  </si>
+  <si>
+    <t>Educational books</t>
+  </si>
+  <si>
+    <t>Corrective eyeglasses and contact lenses</t>
+  </si>
+  <si>
+    <t>Nursing homes</t>
+  </si>
+  <si>
+    <t>New domestic autos</t>
+  </si>
+  <si>
+    <t>New foreign autos</t>
+  </si>
+  <si>
+    <t>Nonprofit hospitals' services to households</t>
+  </si>
+  <si>
+    <t>Government hospitals</t>
+  </si>
+  <si>
+    <t>Proprietary hospitals</t>
+  </si>
+  <si>
+    <t>Hair, dental, shaving, and miscellaneous personal care products except electrical products</t>
+  </si>
+  <si>
+    <t>Electric appliances for personal care</t>
+  </si>
+  <si>
+    <t>Proprietary and public higher education</t>
+  </si>
+  <si>
+    <t>Nonprofit private higher education services to households</t>
+  </si>
+  <si>
+    <t>Motorcycles</t>
+  </si>
+  <si>
+    <t>Professional association dues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net motor vehicle and other transportation insurance </t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Tools, hardware, and supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air transportation </t>
+  </si>
+  <si>
+    <t>Men's and boys' clothing</t>
+  </si>
+  <si>
+    <t>New light trucks</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Final consumption expenditures of nonprofit institutions serving households </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net household insurance </t>
+  </si>
+  <si>
+    <t>Vegetables (fresh)</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of recreational vehicles and sports equipment</t>
+  </si>
+  <si>
+    <t>Fresh milk</t>
+  </si>
+  <si>
+    <t>Labor organization dues</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commercial and vocational schools </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net health insurance </t>
+  </si>
+  <si>
+    <t>Social advocacy and civic and social organizations</t>
+  </si>
+  <si>
+    <t>Paramedical services</t>
+  </si>
+  <si>
+    <t>Other meats</t>
+  </si>
+  <si>
+    <t>Prescription drugs</t>
+  </si>
+  <si>
+    <t>Physician services</t>
+  </si>
+  <si>
+    <t>Commercial banks</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Pork</t>
+  </si>
+  <si>
+    <t>Spectator sports</t>
+  </si>
+  <si>
+    <t>Wine</t>
+  </si>
+  <si>
+    <t>Housing at schools</t>
+  </si>
+  <si>
+    <t>Membership clubs and participant sports centers</t>
+  </si>
+  <si>
+    <t>Tax preparation and other related services</t>
+  </si>
+  <si>
+    <t>Tenant-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Group housing</t>
+  </si>
+  <si>
+    <t>Tenant-occupied stationary homes and landlord durables</t>
+  </si>
+  <si>
+    <t>Casino gambling</t>
+  </si>
+  <si>
+    <t>Lotteries</t>
+  </si>
+  <si>
+    <t>Pari-mutuel net receipts</t>
+  </si>
+  <si>
+    <t>Standard clothing issued to military personnel</t>
+  </si>
+  <si>
+    <t>Elementary and secondary school lunches</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Life insurance </t>
+  </si>
+  <si>
+    <t>Owner-occupied stationary homes</t>
+  </si>
+  <si>
+    <t>Owner-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Rental value of farm dwellings</t>
+  </si>
+  <si>
+    <t>Cereals</t>
+  </si>
+  <si>
+    <t>Religious organizations' services to households</t>
+  </si>
+  <si>
+    <t>Laundry and drycleaning services</t>
+  </si>
+  <si>
+    <t>Parking fees and tolls</t>
+  </si>
+  <si>
+    <t>Carpets and other floor coverings</t>
+  </si>
+  <si>
+    <t>Processed fruits and vegetables</t>
+  </si>
+  <si>
+    <t>Alcohol in purchased meals</t>
+  </si>
+  <si>
+    <t>Elementary and secondary schools</t>
+  </si>
+  <si>
+    <t>Mineral waters, soft drinks, and vegetable juices</t>
+  </si>
+  <si>
+    <t>Garbage and trash collection</t>
+  </si>
+  <si>
+    <t>Day care and nursery schools</t>
+  </si>
+  <si>
+    <t>Child care</t>
+  </si>
+  <si>
+    <t>Bakery products</t>
+  </si>
+  <si>
+    <t>Water supply and sewage maintenance</t>
+  </si>
+  <si>
+    <t>Pets and related products</t>
+  </si>
+  <si>
+    <t>Women's and girls' clothing</t>
+  </si>
+  <si>
+    <t>Miscellaneous personal care services</t>
+  </si>
+  <si>
+    <t>Repair and hire of footwear</t>
+  </si>
+  <si>
+    <t>Clothing repair, rental, and alterations</t>
+  </si>
+  <si>
+    <t>Foundations and grantmaking and giving services to households</t>
+  </si>
+  <si>
+    <t>Dental services</t>
+  </si>
+  <si>
+    <t>Other recreational vehicles</t>
+  </si>
+  <si>
+    <t>Pleasure aircraft</t>
+  </si>
+  <si>
+    <t>Pleasure boats</t>
+  </si>
+  <si>
+    <t>Bicycles and accessories</t>
+  </si>
+  <si>
+    <t>Employment agency services</t>
+  </si>
+  <si>
+    <t>Funeral and burial services</t>
+  </si>
+  <si>
+    <t>Social assistance</t>
+  </si>
+  <si>
+    <t>Miscellaneous household products</t>
+  </si>
+  <si>
+    <t>Poultry</t>
+  </si>
+  <si>
+    <t>Musical instruments</t>
+  </si>
+  <si>
+    <t>Hairdressing salons and personal grooming establishments</t>
+  </si>
+  <si>
+    <t>Fruit (fresh)</t>
+  </si>
+  <si>
+    <t>Other purchased meals</t>
+  </si>
+  <si>
+    <t>Other depository institutions and regulated investment companies</t>
+  </si>
+  <si>
+    <t>Coffee, tea, and other beverage materials</t>
+  </si>
+  <si>
+    <t>Pension funds</t>
+  </si>
+  <si>
+    <t>Sugar and sweets</t>
+  </si>
+  <si>
+    <t>Shoes and other footwear</t>
+  </si>
+  <si>
+    <t>Food supplied to military</t>
+  </si>
+  <si>
+    <t>Higher education school lunches</t>
+  </si>
+  <si>
+    <t>Food supplied to civilians</t>
+  </si>
+  <si>
+    <t>Household cleaning products</t>
+  </si>
+  <si>
+    <t>Watches</t>
+  </si>
+  <si>
+    <t>Veterinary and other services for pets</t>
+  </si>
+  <si>
+    <t>Audio discs, tapes, vinyl, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Processed dairy products</t>
+  </si>
+  <si>
+    <t>Beef and veal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Financial service charges, fees, and commissions </t>
+  </si>
+  <si>
+    <t>Food products, not elsewhere classified</t>
+  </si>
+  <si>
+    <t>Tires</t>
+  </si>
+  <si>
+    <t>Nonprescription drugs</t>
+  </si>
+  <si>
+    <t>Flowers, seeds, and potted plants</t>
+  </si>
+  <si>
+    <t>Children's and infants' clothing</t>
+  </si>
+  <si>
+    <t>Fats and oils</t>
+  </si>
+  <si>
+    <t>Lubricants and fluids</t>
+  </si>
+  <si>
+    <t>Sewing items</t>
+  </si>
+  <si>
+    <t>Clothing materials</t>
+  </si>
+  <si>
+    <t>Package tours</t>
+  </si>
+  <si>
+    <t>Amusement parks, campgrounds, and related recreational services</t>
+  </si>
+  <si>
+    <t>Newspapers and periodicals</t>
+  </si>
+  <si>
+    <t>Intercity buses</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Water transportation </t>
+  </si>
+  <si>
+    <t>Railway transportation</t>
+  </si>
+  <si>
+    <t>Other road transportation service</t>
+  </si>
+  <si>
+    <t>Stationery and miscellaneous printed materials</t>
+  </si>
+  <si>
+    <t>Clocks, lamps, lighting fixtures, and other household decorative items</t>
+  </si>
+  <si>
+    <t>Luggage and similar personal items</t>
+  </si>
+  <si>
+    <t>Outdoor equipment and supplies</t>
+  </si>
+  <si>
+    <t>Motion picture theaters</t>
+  </si>
+  <si>
+    <t>Live entertainment, excluding sports</t>
+  </si>
+  <si>
+    <t>Museums and libraries</t>
+  </si>
+  <si>
+    <t>Domestic services</t>
+  </si>
+  <si>
+    <t>Hotels and motels</t>
+  </si>
+  <si>
+    <t>Taxicabs and ride sharing services</t>
+  </si>
+  <si>
+    <t>Intracity mass transit</t>
+  </si>
+  <si>
+    <t>Nonelectric cookware and tableware</t>
+  </si>
+  <si>
+    <t>Video discs, tapes, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Window coverings</t>
+  </si>
+  <si>
+    <t>Natural gas</t>
+  </si>
+  <si>
+    <t>Film and photographic supplies</t>
   </si>
   <si>
     <t>Dishes and flatware</t>
   </si>
   <si>
-    <t>Included</t>
-[...385 lines deleted...]
-  <si>
     <t>Computer software and accessories</t>
   </si>
   <si>
-    <t>Photographic equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>Audio-video, photographic, and information processing equipment services</t>
-  </si>
-[...136 lines deleted...]
-    <t>Gasoline and other motor fuel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -787,55 +796,55 @@
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Accent4" xfId="5" builtinId="41"/>
     <cellStyle name="Bad" xfId="3" builtinId="27"/>
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Heading 3" xfId="1" builtinId="18"/>
     <cellStyle name="Neutral" xfId="4" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{C2B30CA1-EFBA-4D56-A64A-7D431F2116C5}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{2D0B1342-6AAF-434B-8BC0-260AB53323B1}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1084,3872 +1093,4212 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3388F4A0-316A-4922-94CA-917DD8DE4530}">
-  <sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{437E4B7A-81DD-409B-AFE9-62930FA8A1C1}">
+  <sheetPr codeName="Sheet1">
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A2:N181"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView tabSelected="1" topLeftCell="A78" workbookViewId="0">
+      <selection activeCell="B89" sqref="B89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="81.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.7265625" customWidth="1"/>
     <col min="6" max="6" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="78.7265625" customWidth="1"/>
     <col min="11" max="11" width="19.54296875" style="3" customWidth="1"/>
     <col min="12" max="12" width="12" style="3" customWidth="1"/>
     <col min="13" max="13" width="11.7265625" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.453125" style="3" customWidth="1"/>
     <col min="16" max="16" width="16.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5">
-        <v>-51.070365344960301</v>
+        <v>-81.234292453835096</v>
       </c>
       <c r="C3" s="6">
-        <v>8.3190560492353696E-2</v>
+        <v>9.6330231002533601E-2</v>
       </c>
       <c r="D3" s="6">
-        <v>8.3190560492353696E-2</v>
+        <v>9.6330231002533601E-2</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="5">
-        <v>-26.3843875286497</v>
+        <v>-60.940613877179103</v>
       </c>
       <c r="C4" s="6">
-        <v>0.14979181476591799</v>
+        <v>8.2635631065043902E-2</v>
       </c>
       <c r="D4" s="6">
-        <v>0.23298237525827201</v>
+        <v>0.178965862067577</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
-        <v>-20.6038504215614</v>
+        <v>-40.104745151152599</v>
       </c>
       <c r="C5" s="6">
-        <v>0.20802567639787001</v>
+        <v>4.1982420177471896E-3</v>
       </c>
       <c r="D5" s="6">
-        <v>0.44100805165614299</v>
+        <v>0.18316410408532399</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="5">
-        <v>-19.526765712554699</v>
+        <v>-37.5862399628557</v>
       </c>
       <c r="C6" s="6">
-        <v>0.156005178679264</v>
+        <v>0.20863437505587101</v>
       </c>
       <c r="D6" s="6">
-        <v>0.59701323033540699</v>
+        <v>0.39179847914119598</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="5">
-        <v>-15.4655028078817</v>
+        <v>-36.740088377445197</v>
       </c>
       <c r="C7" s="6">
-        <v>2.8049302197935201E-2</v>
+        <v>5.7230884496112203E-2</v>
       </c>
       <c r="D7" s="6">
-        <v>0.62506253253334199</v>
+        <v>0.449029363637308</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="5">
-        <v>-15.266138029525999</v>
+        <v>-31.644643912522699</v>
       </c>
       <c r="C8" s="6">
-        <v>0.49764164357929502</v>
+        <v>0.158952837688662</v>
       </c>
       <c r="D8" s="6">
-        <v>1.12270417611263</v>
+        <v>0.60798220132597003</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="5">
-        <v>-13.952191333574101</v>
+        <v>-27.450115313522701</v>
       </c>
       <c r="C9" s="6">
-        <v>0.247699225131574</v>
+        <v>0.17101400790018301</v>
       </c>
       <c r="D9" s="6">
-        <v>1.3704034012442099</v>
+        <v>0.77899620922615398</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="5">
-        <v>-12.7242699662688</v>
+        <v>-27.4269365449404</v>
       </c>
       <c r="C10" s="6">
-        <v>4.1766570112368E-3</v>
+        <v>1.87680607482343E-3</v>
       </c>
       <c r="D10" s="6">
-        <v>1.3745800582554399</v>
+        <v>0.78087301530097697</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="5">
-        <v>-12.291849262659801</v>
+        <v>-24.764591073671301</v>
       </c>
       <c r="C11" s="6">
-        <v>0.35352820519944</v>
+        <v>0.417806986267863</v>
       </c>
       <c r="D11" s="6">
-        <v>1.7281082634548799</v>
+        <v>1.1986800015688399</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="5">
-        <v>-11.865559685372601</v>
+        <v>-19.719986589043401</v>
       </c>
       <c r="C12" s="6">
-        <v>0.40358238911163302</v>
+        <v>1.5328450891754299</v>
       </c>
       <c r="D12" s="6">
-        <v>2.1316906525665198</v>
+        <v>2.7315250907442699</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="5">
-        <v>-11.756080499112599</v>
+        <v>-18.437132597747599</v>
       </c>
       <c r="C13" s="6">
-        <v>0.109358020598709</v>
+        <v>5.0252535724137702E-2</v>
       </c>
       <c r="D13" s="6">
-        <v>2.2410486731652299</v>
+        <v>2.78177762646841</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="5">
-        <v>-10.4741372110815</v>
+        <v>-17.298868209981698</v>
       </c>
       <c r="C14" s="6">
-        <v>0.3066698678318</v>
+        <v>0.30047618454779201</v>
       </c>
       <c r="D14" s="6">
-        <v>2.54771854099703</v>
+        <v>3.0822538110162001</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="5">
-        <v>-10.199957066858399</v>
+        <v>-14.8200637551179</v>
       </c>
       <c r="C15" s="6">
-        <v>6.6774890576279097E-2</v>
+        <v>0.49429268420992001</v>
       </c>
       <c r="D15" s="6">
-        <v>2.6144934315733099</v>
+        <v>3.5765464952261201</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5">
-        <v>-10.1767938444527</v>
+        <v>-14.0491315348582</v>
       </c>
       <c r="C16" s="6">
-        <v>0.33182366736014801</v>
+        <v>2.5507713485754899E-2</v>
       </c>
       <c r="D16" s="6">
-        <v>2.94631709893345</v>
+        <v>3.6020542087118801</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5">
-        <v>-9.7090425012801305</v>
+        <v>-14.0237134630376</v>
       </c>
       <c r="C17" s="6">
-        <v>0.14332503570807101</v>
+        <v>1.30500270381762</v>
       </c>
       <c r="D17" s="6">
-        <v>3.0896421346415299</v>
+        <v>4.9070569125295096</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5">
-        <v>-9.5532056410568007</v>
+        <v>-13.009103985754701</v>
       </c>
       <c r="C18" s="6">
-        <v>0.70150004871202198</v>
+        <v>4.3578407388231898E-2</v>
       </c>
       <c r="D18" s="6">
-        <v>3.7911421833535499</v>
+        <v>4.9506353199177404</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5">
-        <v>-9.3759222813039393</v>
+        <v>-13.009103985754701</v>
       </c>
       <c r="C19" s="6">
-        <v>0.231630827820928</v>
+        <v>0.242992563074023</v>
       </c>
       <c r="D19" s="6">
-        <v>4.0227730111744799</v>
+        <v>5.1936278829917599</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="5">
-        <v>-9.3018344744306294</v>
+        <v>-12.5952075903748</v>
       </c>
       <c r="C20" s="6">
-        <v>5.75674736593728E-2</v>
+        <v>0.14254833571296099</v>
       </c>
       <c r="D20" s="6">
-        <v>4.08034048483385</v>
+        <v>5.3361762187047201</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="5">
-        <v>-8.0599569450496702</v>
+        <v>-11.191033155796401</v>
       </c>
       <c r="C21" s="6">
-        <v>1.2378578949235599</v>
+        <v>0.133351517914886</v>
       </c>
       <c r="D21" s="6">
-        <v>5.3181983797574199</v>
+        <v>5.46952773661961</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="5">
-        <v>-7.80149824387198</v>
+        <v>-10.0027664985739</v>
       </c>
       <c r="C22" s="6">
-        <v>0.33168288116875799</v>
+        <v>0.82550449342944698</v>
       </c>
       <c r="D22" s="6">
-        <v>5.6498812609261799</v>
+        <v>6.2950322300490598</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="5">
-        <v>-7.7401414153840804</v>
+        <v>-9.9490037143412309</v>
       </c>
       <c r="C23" s="6">
-        <v>0.113506520371668</v>
+        <v>0.216141599355165</v>
       </c>
       <c r="D23" s="6">
-        <v>5.7633877812978396</v>
+        <v>6.5111738294042203</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5">
-        <v>-7.73325246824768</v>
+        <v>-9.8608380466533703</v>
       </c>
       <c r="C24" s="6">
-        <v>0.41311830714178299</v>
+        <v>0.358114256396796</v>
       </c>
       <c r="D24" s="6">
-        <v>6.1765060884396297</v>
+        <v>6.8692880858010197</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="5">
-        <v>-7.5910845636556203</v>
+        <v>-9.4294022844657004</v>
       </c>
       <c r="C25" s="6">
-        <v>0.26489391197334</v>
+        <v>0.12220300901157</v>
       </c>
       <c r="D25" s="6">
-        <v>6.4414000004129699</v>
+        <v>6.9914910948125897</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="5">
-        <v>-7.0517287467810599</v>
+        <v>-8.8220162956028805</v>
       </c>
       <c r="C26" s="6">
-        <v>0.16774674704119</v>
+        <v>0.110843885960208</v>
       </c>
       <c r="D26" s="6">
-        <v>6.6091467474541599</v>
+        <v>7.1023349807727998</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="5">
-        <v>-6.8361226052066</v>
+        <v>-8.7778427014743308</v>
       </c>
       <c r="C27" s="6">
-        <v>0.74529393998040605</v>
+        <v>0.36898194643604798</v>
       </c>
       <c r="D27" s="6">
-        <v>7.3544406874345603</v>
+        <v>7.4713169272088402</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="5">
-        <v>-6.2619001874019702</v>
+        <v>-8.5861466907550508</v>
       </c>
       <c r="C28" s="6">
-        <v>0.36775699627592301</v>
+        <v>0.26107729791970302</v>
       </c>
       <c r="D28" s="6">
-        <v>7.7221976837104904</v>
+        <v>7.7323942251285498</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="5">
-        <v>-5.9772350376123198</v>
+        <v>-8.0532811880028099</v>
       </c>
       <c r="C29" s="6">
-        <v>0.67378394050037604</v>
+        <v>1.15088931121965E-2</v>
       </c>
       <c r="D29" s="6">
-        <v>8.3959816242108705</v>
+        <v>7.7439031182407403</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="5">
-        <v>-5.8115369986180898</v>
+        <v>-8.0499503625035498</v>
       </c>
       <c r="C30" s="6">
-        <v>3.4534852747968102E-2</v>
+        <v>5.6056125581447097E-2</v>
       </c>
       <c r="D30" s="6">
-        <v>8.4305164769588394</v>
+        <v>7.7999592438221903</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="5">
-        <v>-5.8113924647760298</v>
+        <v>-7.1890560664270602</v>
       </c>
       <c r="C31" s="6">
-        <v>0.15961869092493999</v>
+        <v>0.16682512651123799</v>
       </c>
       <c r="D31" s="6">
-        <v>8.5901351678837798</v>
+        <v>7.9667843703334302</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="5">
-        <v>-5.8112961128741603</v>
+        <v>-7.0032319545990598</v>
       </c>
       <c r="C32" s="6">
-        <v>1.1173730723319999E-2</v>
+        <v>0.28726833730801199</v>
       </c>
       <c r="D32" s="6">
-        <v>8.6013088986070994</v>
+        <v>8.2540527076414403</v>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="5">
-        <v>-5.8102364527184802</v>
+        <v>-6.8295596815822597</v>
       </c>
       <c r="C33" s="6">
-        <v>0.18480534056461201</v>
+        <v>0.110071634084033</v>
       </c>
       <c r="D33" s="6">
-        <v>8.7861142391717095</v>
+        <v>8.3641243417254802</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="5">
-        <v>-5.7675689504171501</v>
+        <v>-5.8048576830204297</v>
       </c>
       <c r="C34" s="6">
-        <v>0.58409844371189701</v>
+        <v>0.362378022816158</v>
       </c>
       <c r="D34" s="6">
-        <v>9.3702126828836008</v>
+        <v>8.7265023645416306</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="5">
-        <v>-5.6292417044902203</v>
+        <v>-4.7446414800685401</v>
       </c>
       <c r="C35" s="6">
-        <v>0.30212716672294898</v>
+        <v>0.498439442769255</v>
       </c>
       <c r="D35" s="6">
-        <v>9.6723398496065496</v>
+        <v>9.2249418073108895</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="5">
-        <v>-5.4653135243133404</v>
+        <v>-4.6957954087234999</v>
       </c>
       <c r="C36" s="6">
-        <v>0.129997276256483</v>
+        <v>0.332812476744687</v>
       </c>
       <c r="D36" s="6">
-        <v>9.8023371258630405</v>
+        <v>9.55775428405558</v>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="5">
-        <v>-5.1230346267663398</v>
+        <v>-4.1793838675605199</v>
       </c>
       <c r="C37" s="6">
-        <v>0.61576125815550897</v>
+        <v>0.60847831465248203</v>
       </c>
       <c r="D37" s="6">
-        <v>10.418098384018499</v>
+        <v>10.166232598708</v>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="5">
-        <v>-5.11091180837807</v>
+        <v>-4.1715484935324501</v>
       </c>
       <c r="C38" s="6">
-        <v>4.2057528241240698E-2</v>
+        <v>0.774929016011636</v>
       </c>
       <c r="D38" s="6">
-        <v>10.460155912259699</v>
+        <v>10.941161614719601</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="5">
-        <v>-4.8081623659470001</v>
+        <v>-3.8164136696912201</v>
       </c>
       <c r="C39" s="6">
-        <v>0.151767514318424</v>
+        <v>2.5849376437032001E-2</v>
       </c>
       <c r="D39" s="6">
-        <v>10.611923426578199</v>
+        <v>10.9670109911567</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="5">
-        <v>-4.5452447055962804</v>
+        <v>-3.7597720206921901</v>
       </c>
       <c r="C40" s="6">
-        <v>0.61208204568718305</v>
+        <v>1.8230760654993099</v>
       </c>
       <c r="D40" s="6">
-        <v>11.2240054722654</v>
+        <v>12.790087056656001</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="5">
-        <v>-4.1683452464355097</v>
+        <v>-3.2179775083704101</v>
       </c>
       <c r="C41" s="6">
-        <v>8.7371910376636802E-2</v>
+        <v>0.66754388239380802</v>
       </c>
       <c r="D41" s="6">
-        <v>11.311377382642</v>
+        <v>13.4576309390498</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="5">
-        <v>-3.82615352726032</v>
+        <v>-2.1629808716510102</v>
       </c>
       <c r="C42" s="6">
-        <v>0.283702947143044</v>
+        <v>0.51686116025181195</v>
       </c>
       <c r="D42" s="6">
-        <v>11.595080329785</v>
+        <v>13.9744920993016</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="5">
-        <v>-3.2000150445786302</v>
+        <v>-2.1285272268566899</v>
       </c>
       <c r="C43" s="6">
-        <v>0.23563854140249699</v>
+        <v>4.3143138148933703E-2</v>
       </c>
       <c r="D43" s="6">
-        <v>11.8307188711875</v>
+        <v>14.0176352374505</v>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="5">
-        <v>-3.14869625003635</v>
+        <v>-2.0422410420719599</v>
       </c>
       <c r="C44" s="6">
-        <v>0.93788944980193201</v>
+        <v>0.228876734840438</v>
       </c>
       <c r="D44" s="6">
-        <v>12.7686083209895</v>
+        <v>14.246511972291</v>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="5">
-        <v>-2.67456405333902</v>
+        <v>-1.69145465357736</v>
       </c>
       <c r="C45" s="6">
-        <v>1.2028912978553301</v>
+        <v>1.3119857329039999</v>
       </c>
       <c r="D45" s="6">
-        <v>13.971499618844801</v>
+        <v>15.558497705195</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="5">
-        <v>-2.6344418628806801</v>
+        <v>-1.4060098307889299</v>
       </c>
       <c r="C46" s="6">
-        <v>0.55778550454110498</v>
+        <v>0.121538404366621</v>
       </c>
       <c r="D46" s="6">
-        <v>14.5292851233859</v>
+        <v>15.6800361095616</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="5">
-        <v>-2.3657125548673599</v>
+        <v>-1.4055837202139301</v>
       </c>
       <c r="C47" s="6">
-        <v>2.84745234246635</v>
+        <v>7.3251600690926705E-2</v>
       </c>
       <c r="D47" s="6">
-        <v>17.376737465852301</v>
+        <v>15.753287710252501</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="5">
-        <v>-2.27554296493981</v>
+        <v>-1.3091470280608599</v>
       </c>
       <c r="C48" s="6">
-        <v>0.194144157926816</v>
+        <v>5.34200321013404</v>
       </c>
       <c r="D48" s="6">
-        <v>17.570881623779101</v>
+        <v>21.095290920386599</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="5">
-        <v>-2.2734490893238499</v>
+        <v>-1.2998924714579301</v>
       </c>
       <c r="C49" s="6">
-        <v>0.10283961993735199</v>
+        <v>1.5599909127015501</v>
       </c>
       <c r="D49" s="6">
-        <v>17.6737212437164</v>
+        <v>22.6552818330881</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="5">
-        <v>-1.9576272569300299</v>
+        <v>-1.2997911786021401</v>
       </c>
       <c r="C50" s="6">
-        <v>0.13993678136861801</v>
+        <v>0.91068153521426398</v>
       </c>
       <c r="D50" s="6">
-        <v>17.8136580250851</v>
+        <v>23.565963368302398</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A51" s="4" t="s">
+      <c r="A51" s="11" t="s">
         <v>56</v>
       </c>
-      <c r="B51" s="5">
-[...6 lines deleted...]
-        <v>19.160123080919899</v>
+      <c r="B51" s="12">
+        <v>-0.39518481370727199</v>
+      </c>
+      <c r="C51" s="13">
+        <v>0.59201296858956698</v>
+      </c>
+      <c r="D51" s="13">
+        <v>24.157976336891998</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A52" s="4" t="s">
+      <c r="A52" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="B52" s="5">
-[...6 lines deleted...]
-        <v>19.310858163168199</v>
+      <c r="B52" s="15">
+        <v>-0.39518481370727199</v>
+      </c>
+      <c r="C52" s="16">
+        <v>5.9379148806196803E-2</v>
+      </c>
+      <c r="D52" s="16">
+        <v>24.217355485698199</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A53" s="4" t="s">
+      <c r="A53" s="14" t="s">
         <v>58</v>
       </c>
-      <c r="B53" s="5">
-[...6 lines deleted...]
-        <v>19.6396643131595</v>
+      <c r="B53" s="15">
+        <v>-0.23574721473190699</v>
+      </c>
+      <c r="C53" s="16">
+        <v>0.55798240257948895</v>
+      </c>
+      <c r="D53" s="16">
+        <v>24.775337888277701</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A54" s="4" t="s">
+      <c r="A54" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="B54" s="5">
-[...6 lines deleted...]
-        <v>19.744822212381699</v>
+      <c r="B54" s="15">
+        <v>-0.22551371770387299</v>
+      </c>
+      <c r="C54" s="16">
+        <v>0.410842678439092</v>
+      </c>
+      <c r="D54" s="16">
+        <v>25.1861805667168</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A55" s="4" t="s">
+      <c r="A55" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="B55" s="5">
-[...6 lines deleted...]
-        <v>19.793182269124198</v>
+      <c r="B55" s="15">
+        <v>0</v>
+      </c>
+      <c r="C55" s="16">
+        <v>9.2131988984786403E-2</v>
+      </c>
+      <c r="D55" s="16">
+        <v>25.2783125557015</v>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A56" s="4" t="s">
+      <c r="A56" s="14" t="s">
         <v>61</v>
       </c>
-      <c r="B56" s="5">
-[...6 lines deleted...]
-        <v>20.030036264645702</v>
+      <c r="B56" s="15">
+        <v>0</v>
+      </c>
+      <c r="C56" s="16">
+        <v>7.5062882364135303E-2</v>
+      </c>
+      <c r="D56" s="16">
+        <v>25.353375438065701</v>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A57" s="4" t="s">
+      <c r="A57" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="B57" s="5">
-[...6 lines deleted...]
-        <v>20.591763782545701</v>
+      <c r="B57" s="15">
+        <v>0</v>
+      </c>
+      <c r="C57" s="16">
+        <v>0.51556939347712005</v>
+      </c>
+      <c r="D57" s="16">
+        <v>25.868944831542802</v>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A58" s="4" t="s">
+      <c r="A58" s="14" t="s">
         <v>63</v>
       </c>
-      <c r="B58" s="5">
-[...6 lines deleted...]
-        <v>20.852894010335898</v>
+      <c r="B58" s="15">
+        <v>8.6002701865206498E-3</v>
+      </c>
+      <c r="C58" s="16">
+        <v>0.75584269388412995</v>
+      </c>
+      <c r="D58" s="16">
+        <v>26.6247875254269</v>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A59" s="4" t="s">
+      <c r="A59" s="14" t="s">
         <v>64</v>
       </c>
-      <c r="B59" s="5">
-[...6 lines deleted...]
-        <v>21.2558287829672</v>
+      <c r="B59" s="15">
+        <v>0.14796772856995299</v>
+      </c>
+      <c r="C59" s="16">
+        <v>0.24749970584223899</v>
+      </c>
+      <c r="D59" s="16">
+        <v>26.872287231269201</v>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A60" s="11" t="s">
+      <c r="A60" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="B60" s="12">
-[...6 lines deleted...]
-        <v>24.114576870855998</v>
+      <c r="B60" s="15">
+        <v>0.17138536130103499</v>
+      </c>
+      <c r="C60" s="16">
+        <v>0.94838146771477005</v>
+      </c>
+      <c r="D60" s="16">
+        <v>27.820668698983901</v>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B61" s="15">
-        <v>-0.14702936730400701</v>
+        <v>0.282675081070071</v>
       </c>
       <c r="C61" s="16">
-        <v>0.104299103454761</v>
+        <v>0.73825875267936303</v>
       </c>
       <c r="D61" s="16">
-        <v>24.218875974310802</v>
+        <v>28.558927451663301</v>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62" s="14" t="s">
         <v>67</v>
       </c>
       <c r="B62" s="15">
-        <v>-0.104842857211562</v>
+        <v>0.40409129559975099</v>
       </c>
       <c r="C62" s="16">
-        <v>2.1399501091280602E-3</v>
+        <v>1.6295076225004399</v>
       </c>
       <c r="D62" s="16">
-        <v>24.221015924419898</v>
+        <v>30.188435074163799</v>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63" s="14" t="s">
         <v>68</v>
       </c>
       <c r="B63" s="15">
-        <v>-9.8636344482305696E-2</v>
+        <v>0.59128092540621202</v>
       </c>
       <c r="C63" s="16">
-        <v>0.78289793170067601</v>
+        <v>2.864174561499</v>
       </c>
       <c r="D63" s="16">
-        <v>25.003913856120601</v>
+        <v>33.052609635662797</v>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64" s="14" t="s">
         <v>69</v>
       </c>
       <c r="B64" s="15">
-        <v>-3.9581752298545297E-2</v>
+        <v>0.72100968073318605</v>
       </c>
       <c r="C64" s="16">
-        <v>5.9730888133732597E-2</v>
+        <v>9.6414476661752596E-2</v>
       </c>
       <c r="D64" s="16">
-        <v>25.063644744254301</v>
+        <v>33.149024112324497</v>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65" s="14" t="s">
         <v>70</v>
       </c>
       <c r="B65" s="15">
-        <v>-2.9687905672714999E-2</v>
+        <v>0.73617137544943401</v>
       </c>
       <c r="C65" s="16">
-        <v>0.59671757933348801</v>
+        <v>0.33006513219126798</v>
       </c>
       <c r="D65" s="16">
-        <v>25.660362323587801</v>
+        <v>33.479089244515798</v>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66" s="14" t="s">
         <v>71</v>
       </c>
       <c r="B66" s="15">
-        <v>0</v>
+        <v>1.0259026525422901</v>
       </c>
       <c r="C66" s="16">
-        <v>9.4918050235140994E-2</v>
+        <v>4.13973808773399E-2</v>
       </c>
       <c r="D66" s="16">
-        <v>25.755280373822998</v>
+        <v>33.520486625393097</v>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67" s="14" t="s">
         <v>72</v>
       </c>
       <c r="B67" s="15">
-        <v>0</v>
+        <v>1.12497794356065</v>
       </c>
       <c r="C67" s="16">
-        <v>0.75813364063517397</v>
+        <v>0.150762287486814</v>
       </c>
       <c r="D67" s="16">
-        <v>26.5134140144581</v>
+        <v>33.671248912879904</v>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A68" s="14" t="s">
         <v>73</v>
       </c>
       <c r="B68" s="15">
-        <v>0</v>
+        <v>1.1480616693140699</v>
       </c>
       <c r="C68" s="16">
-        <v>7.3776657161408701E-2</v>
+        <v>8.7812058792611794E-2</v>
       </c>
       <c r="D68" s="16">
-        <v>26.587190671619499</v>
+        <v>33.759060971672497</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69" s="14" t="s">
         <v>74</v>
       </c>
       <c r="B69" s="15">
-        <v>0</v>
+        <v>1.26978556606052</v>
       </c>
       <c r="C69" s="16">
-        <v>6.6779583449325499E-3</v>
+        <v>0.420774305598133</v>
       </c>
       <c r="D69" s="16">
-        <v>26.593868629964501</v>
+        <v>34.179835277270698</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70" s="14" t="s">
         <v>75</v>
       </c>
       <c r="B70" s="15">
-        <v>1.9196160709356001E-2</v>
+        <v>1.43277601112652</v>
       </c>
       <c r="C70" s="16">
-        <v>0.14209550296993101</v>
+        <v>1.3497511898061201</v>
       </c>
       <c r="D70" s="16">
-        <v>26.735964132934399</v>
+        <v>35.529586467076797</v>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="15">
-        <v>0.124583777732789</v>
+        <v>1.44211617515945</v>
       </c>
       <c r="C71" s="16">
-        <v>4.2625365879846999E-2</v>
+        <v>0.137629325277451</v>
       </c>
       <c r="D71" s="16">
-        <v>26.778589498814299</v>
+        <v>35.667215792354298</v>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72" s="14" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="15">
-        <v>0.29808551183709803</v>
+        <v>1.52628933835032</v>
       </c>
       <c r="C72" s="16">
-        <v>0.19855545859036899</v>
+        <v>3.1482790062718999</v>
       </c>
       <c r="D72" s="16">
-        <v>26.977144957404601</v>
+        <v>38.815494798626197</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="15">
-        <v>0.310037216618264</v>
+        <v>1.6341784917755799</v>
       </c>
       <c r="C73" s="16">
-        <v>0.455565343845869</v>
+        <v>0.234081244454412</v>
       </c>
       <c r="D73" s="16">
-        <v>27.432710301250498</v>
+        <v>39.049576043080599</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74" s="14" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="15">
-        <v>0.407062341310648</v>
+        <v>1.63425482814256</v>
       </c>
       <c r="C74" s="16">
-        <v>4.0412019236274297</v>
+        <v>2.8476998548072801</v>
       </c>
       <c r="D74" s="16">
-        <v>31.4739122248779</v>
+        <v>41.897275897887901</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="15">
-        <v>0.42653381232906601</v>
+        <v>1.6585070222816301</v>
       </c>
       <c r="C75" s="16">
-        <v>4.3484161647325999E-2</v>
+        <v>4.0593864500966603</v>
       </c>
       <c r="D75" s="16">
-        <v>31.517396386525299</v>
+        <v>45.956662347984498</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76" s="14" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="15">
-        <v>0.42674878841464298</v>
+        <v>1.6880724645374301</v>
       </c>
       <c r="C76" s="16">
-        <v>4.3962834698052101E-2</v>
+        <v>1.2655757353031301</v>
       </c>
       <c r="D76" s="16">
-        <v>31.561359221223299</v>
+        <v>47.222238083287699</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77" s="14" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="15">
-        <v>0.47086024716882502</v>
+        <v>1.8239175101617899</v>
       </c>
       <c r="C77" s="16">
-        <v>0.41850103252592702</v>
+        <v>1.3183790423758399</v>
       </c>
       <c r="D77" s="16">
-        <v>31.979860253749202</v>
+        <v>48.540617125663502</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78" s="14" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="15">
-        <v>0.48920654333852698</v>
+        <v>2.1487842458755901</v>
       </c>
       <c r="C78" s="16">
-        <v>3.1311365181172102</v>
+        <v>0.23512027425144599</v>
       </c>
       <c r="D78" s="16">
-        <v>35.110996771866397</v>
+        <v>48.775737399915002</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="15">
-        <v>0.63134427009494598</v>
+        <v>2.4632148005224699</v>
       </c>
       <c r="C79" s="16">
-        <v>0.36231326354217602</v>
+        <v>0.19965753203464501</v>
       </c>
       <c r="D79" s="16">
-        <v>35.473310035408602</v>
+        <v>48.975394931949602</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80" s="14" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="15">
-        <v>0.76135326884820798</v>
+        <v>2.51044816794459</v>
       </c>
       <c r="C80" s="16">
-        <v>3.6167033993482902</v>
+        <v>0.34510766267626097</v>
       </c>
       <c r="D80" s="16">
-        <v>39.090013434756898</v>
+        <v>49.3205025946259</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81" s="14" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="15">
-        <v>0.761385473323694</v>
+        <v>2.5248095045935699</v>
       </c>
       <c r="C81" s="16">
-        <v>6.9130712845538594E-2</v>
+        <v>0.22465977156508601</v>
       </c>
       <c r="D81" s="16">
-        <v>39.159144147602497</v>
+        <v>49.545162366191001</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82" s="14" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="15">
-        <v>0.76149821044619803</v>
+        <v>2.9777924698457898</v>
       </c>
       <c r="C82" s="16">
-        <v>1.61434832793871E-2</v>
+        <v>0.39675493209191398</v>
       </c>
       <c r="D82" s="16">
-        <v>39.175287630881797</v>
+        <v>49.941917298282902</v>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83" s="14" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="15">
-        <v>0.93907852315073803</v>
+        <v>3.1883591555656698</v>
       </c>
       <c r="C83" s="16">
-        <v>8.0215278980978202E-2</v>
+        <v>0.25371048305244098</v>
       </c>
       <c r="D83" s="16">
-        <v>39.255502909862798</v>
+        <v>50.195627781335297</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="15">
-        <v>0.95622524292928701</v>
+        <v>3.2907183293556299</v>
       </c>
       <c r="C84" s="16">
-        <v>1.4139626488602701E-2</v>
+        <v>6.9226530306018594E-2</v>
       </c>
       <c r="D84" s="16">
-        <v>39.269642536351398</v>
+        <v>50.264854311641301</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85" s="14" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="15">
-        <v>0.97346062207803696</v>
+        <v>3.2912105796892801</v>
       </c>
       <c r="C85" s="16">
-        <v>4.3150967661036398E-2</v>
+        <v>1.6156445312445099E-2</v>
       </c>
       <c r="D85" s="16">
-        <v>39.312793504012497</v>
+        <v>50.281010756953798</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86" s="14" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="15">
-        <v>1.1386790504864499</v>
+        <v>3.2992758978727301</v>
       </c>
       <c r="C86" s="16">
-        <v>0.81962904903432798</v>
+        <v>3.6204759261944299</v>
       </c>
       <c r="D86" s="16">
-        <v>40.132422553046801</v>
+        <v>53.9014866831482</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87" s="14" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="15">
-        <v>1.2274551202633801</v>
+        <v>3.6320310018247999</v>
       </c>
       <c r="C87" s="16">
-        <v>1.26611368353554</v>
+        <v>0.784893405371484</v>
       </c>
       <c r="D87" s="16">
-        <v>41.398536236582302</v>
+        <v>54.686380088519698</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88" s="14" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="15">
-        <v>1.22983358846</v>
+        <v>3.6320588295900098</v>
       </c>
       <c r="C88" s="16">
-        <v>0.73466927540350702</v>
+        <v>0.32968602672478198</v>
       </c>
       <c r="D88" s="16">
-        <v>42.1332055119858</v>
+        <v>55.016066115244499</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="15">
-        <v>1.2298522612368099</v>
+        <v>3.63225363588775</v>
       </c>
       <c r="C89" s="16">
-        <v>0.32831809119453698</v>
+        <v>2.8053804519929299E-2</v>
       </c>
       <c r="D89" s="16">
-        <v>42.461523603180403</v>
+        <v>55.044119919764398</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="15">
-        <v>1.23907963171656</v>
+        <v>3.65812242047731</v>
       </c>
       <c r="C90" s="16">
-        <v>2.8330874580715201E-2</v>
+        <v>2.1342233668815102E-3</v>
       </c>
       <c r="D90" s="16">
-        <v>42.489854477761099</v>
+        <v>55.0462541431313</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91" s="14" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="15">
-        <v>1.6313333385472799</v>
+        <v>3.68964381125476</v>
       </c>
       <c r="C91" s="16">
-        <v>0.44452770644089301</v>
+        <v>4.3980914426722799E-2</v>
       </c>
       <c r="D91" s="16">
-        <v>42.934382184202001</v>
+        <v>55.090235057557997</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92" s="14" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="15">
-        <v>1.6399255319913</v>
+        <v>3.6983699790403999</v>
       </c>
       <c r="C92" s="16">
-        <v>0.144568647065349</v>
+        <v>0.61504947607156502</v>
       </c>
       <c r="D92" s="16">
-        <v>43.078950831267299</v>
+        <v>55.705284533629602</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="15">
-        <v>1.6399498448890399</v>
+        <v>3.7787367587647198</v>
       </c>
       <c r="C93" s="16">
-        <v>11.4674717259091</v>
+        <v>11.4900782483043</v>
       </c>
       <c r="D93" s="16">
-        <v>54.546422557176498</v>
+        <v>67.195362781933895</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="15">
-        <v>1.6443982271098001</v>
+        <v>3.78749177984036</v>
       </c>
       <c r="C94" s="16">
-        <v>0.51675571549701105</v>
+        <v>0.44552380815091702</v>
       </c>
       <c r="D94" s="16">
-        <v>55.063178272673497</v>
+        <v>67.640886590084804</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="15">
-        <v>1.6445439029419699</v>
+        <v>3.7891675421494799</v>
       </c>
       <c r="C95" s="16">
-        <v>0.37964404370228599</v>
+        <v>0.144528108704607</v>
       </c>
       <c r="D95" s="16">
-        <v>55.442822316375803</v>
+        <v>67.785414698789495</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="15">
-        <v>1.65512792751412</v>
+        <v>3.8175135636890398</v>
       </c>
       <c r="C96" s="16">
-        <v>0.300578518617659</v>
+        <v>0.37816004297651801</v>
       </c>
       <c r="D96" s="16">
-        <v>55.743400834993501</v>
+        <v>68.163574741765999</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="15">
-        <v>1.9101066962811299</v>
+        <v>3.9386737372991898</v>
       </c>
       <c r="C97" s="16">
-        <v>0.38208433768637901</v>
+        <v>4.2946564944089403E-2</v>
       </c>
       <c r="D97" s="16">
-        <v>56.125485172679902</v>
+        <v>68.206521306710101</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="15">
-        <v>2.1784508200116202</v>
+        <v>3.9702901384440499</v>
       </c>
       <c r="C98" s="16">
-        <v>1.70303893564137</v>
+        <v>8.0992840710273198E-2</v>
       </c>
       <c r="D98" s="16">
-        <v>57.828524108321197</v>
+        <v>68.287514147420296</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="15">
-        <v>2.2999676819644099</v>
+        <v>4.0054859261965099</v>
       </c>
       <c r="C99" s="16">
-        <v>0.46066649684723399</v>
+        <v>0.14114892170704499</v>
       </c>
       <c r="D99" s="16">
-        <v>58.2891906051685</v>
+        <v>68.428663069127396</v>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="15">
-        <v>2.3087325958258398</v>
+        <v>4.1330613252803898</v>
       </c>
       <c r="C100" s="16">
-        <v>0.95544079499521894</v>
+        <v>0.138799403877715</v>
       </c>
       <c r="D100" s="16">
-        <v>59.244631400163698</v>
+        <v>68.567462473005094</v>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="15">
-        <v>2.49075700482559</v>
+        <v>4.4561338136879201</v>
       </c>
       <c r="C101" s="16">
-        <v>0.22480269753851301</v>
+        <v>0.23025742758874901</v>
       </c>
       <c r="D101" s="16">
-        <v>59.469434097702198</v>
+        <v>68.797719900593805</v>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A102" s="14" t="s">
+      <c r="A102" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="B102" s="15">
-[...6 lines deleted...]
-        <v>59.566097896710602</v>
+      <c r="B102" s="12">
+        <v>4.4877769891720201</v>
+      </c>
+      <c r="C102" s="13">
+        <v>0.81718757473877002</v>
+      </c>
+      <c r="D102" s="13">
+        <v>69.6149074753326</v>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A103" s="14" t="s">
+      <c r="A103" s="17" t="s">
         <v>108</v>
       </c>
-      <c r="B103" s="15">
-[...6 lines deleted...]
-        <v>59.768365417880602</v>
+      <c r="B103" s="18">
+        <v>4.5510800060538603</v>
+      </c>
+      <c r="C103" s="19">
+        <v>0.21907147617022599</v>
+      </c>
+      <c r="D103" s="19">
+        <v>69.8339789515028</v>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A104" s="14" t="s">
+      <c r="A104" s="17" t="s">
         <v>109</v>
       </c>
-      <c r="B104" s="15">
-[...6 lines deleted...]
-        <v>59.776211901614097</v>
+      <c r="B104" s="18">
+        <v>4.6041536189366203</v>
+      </c>
+      <c r="C104" s="19">
+        <v>0.55888102294449205</v>
+      </c>
+      <c r="D104" s="19">
+        <v>70.392859974447305</v>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A105" s="14" t="s">
+      <c r="A105" s="17" t="s">
         <v>110</v>
       </c>
-      <c r="B105" s="15">
-[...6 lines deleted...]
-        <v>61.125586538737601</v>
+      <c r="B105" s="18">
+        <v>4.7437632102043903</v>
+      </c>
+      <c r="C105" s="19">
+        <v>0.202437638788873</v>
+      </c>
+      <c r="D105" s="19">
+        <v>70.595297613236198</v>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A106" s="14" t="s">
+      <c r="A106" s="17" t="s">
         <v>111</v>
       </c>
-      <c r="B106" s="15">
-[...6 lines deleted...]
-        <v>61.621604448242898</v>
+      <c r="B106" s="18">
+        <v>4.9562839953626696</v>
+      </c>
+      <c r="C106" s="19">
+        <v>0.10658011954084599</v>
+      </c>
+      <c r="D106" s="19">
+        <v>70.701877732777106</v>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A107" s="14" t="s">
+      <c r="A107" s="17" t="s">
         <v>112</v>
       </c>
-      <c r="B107" s="15">
-[...6 lines deleted...]
-        <v>66.678705450321502</v>
+      <c r="B107" s="18">
+        <v>4.9573594699511698</v>
+      </c>
+      <c r="C107" s="19">
+        <v>0.333261786927189</v>
+      </c>
+      <c r="D107" s="19">
+        <v>71.035139519704302</v>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A108" s="14" t="s">
+      <c r="A108" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="B108" s="15">
-[...6 lines deleted...]
-        <v>67.986008480584701</v>
+      <c r="B108" s="18">
+        <v>5.3719181983696398</v>
+      </c>
+      <c r="C108" s="19">
+        <v>0.61360793923603896</v>
+      </c>
+      <c r="D108" s="19">
+        <v>71.648747458940306</v>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A109" s="14" t="s">
+      <c r="A109" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="B109" s="15">
-[...6 lines deleted...]
-        <v>68.232830138456606</v>
+      <c r="B109" s="18">
+        <v>5.4366435913177904</v>
+      </c>
+      <c r="C109" s="19">
+        <v>0.49670304612646399</v>
+      </c>
+      <c r="D109" s="19">
+        <v>72.145450505066805</v>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A110" s="14" t="s">
+      <c r="A110" s="17" t="s">
         <v>115</v>
       </c>
-      <c r="B110" s="15">
-[...6 lines deleted...]
-        <v>68.277116781394795</v>
+      <c r="B110" s="18">
+        <v>6.0058564714601896</v>
+      </c>
+      <c r="C110" s="19">
+        <v>0.54703046688101797</v>
+      </c>
+      <c r="D110" s="19">
+        <v>72.692480971947802</v>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A111" s="11" t="s">
+      <c r="A111" s="17" t="s">
         <v>116</v>
       </c>
-      <c r="B111" s="12">
-[...6 lines deleted...]
-        <v>69.605594054843095</v>
+      <c r="B111" s="18">
+        <v>6.03028273577723</v>
+      </c>
+      <c r="C111" s="19">
+        <v>1.2207757658562199</v>
+      </c>
+      <c r="D111" s="19">
+        <v>73.913256737804005</v>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112" s="17" t="s">
         <v>117</v>
       </c>
       <c r="B112" s="18">
-        <v>3.4460822207440698</v>
+        <v>6.0794323741985004</v>
       </c>
       <c r="C112" s="19">
-        <v>0.55975651122056502</v>
+        <v>0.57955865196835699</v>
       </c>
       <c r="D112" s="19">
-        <v>70.165350566063694</v>
+        <v>74.492815389772403</v>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113" s="17" t="s">
         <v>118</v>
       </c>
       <c r="B113" s="18">
-        <v>3.4567785539971698</v>
+        <v>6.0795890739380098</v>
       </c>
       <c r="C113" s="19">
-        <v>0.41235806170827699</v>
+        <v>2.02189582125617E-3</v>
       </c>
       <c r="D113" s="19">
-        <v>70.577708627771997</v>
+        <v>74.494837285593604</v>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114" s="17" t="s">
         <v>119</v>
       </c>
       <c r="B114" s="18">
-        <v>3.54602539108852</v>
+        <v>6.0872997735874801</v>
       </c>
       <c r="C114" s="19">
-        <v>0.81835728043877198</v>
+        <v>3.6412846040215302E-2</v>
       </c>
       <c r="D114" s="19">
-        <v>71.396065908210701</v>
+        <v>74.531250131633897</v>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115" s="17" t="s">
         <v>120</v>
       </c>
       <c r="B115" s="18">
-        <v>3.6071826410569701</v>
+        <v>6.3112439515509298</v>
       </c>
       <c r="C115" s="19">
-        <v>0.50027903823133502</v>
+        <v>5.34679117176632E-2</v>
       </c>
       <c r="D115" s="19">
-        <v>71.896344946442099</v>
+        <v>74.584718043351501</v>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116" s="17" t="s">
         <v>121</v>
       </c>
       <c r="B116" s="18">
-        <v>3.6701397893628802</v>
+        <v>6.3938192751687897</v>
       </c>
       <c r="C116" s="19">
-        <v>1.1300438295570999E-2</v>
+        <v>0.961182127601658</v>
       </c>
       <c r="D116" s="19">
-        <v>71.907645384737606</v>
+        <v>75.545900170953203</v>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117" s="17" t="s">
         <v>122</v>
       </c>
       <c r="B117" s="18">
-        <v>3.67016613634003</v>
+        <v>6.5383064830378297</v>
       </c>
       <c r="C117" s="19">
-        <v>9.6588713039635801E-2</v>
+        <v>0.18903789865864901</v>
       </c>
       <c r="D117" s="19">
-        <v>72.004234097777299</v>
+        <v>75.7349380696118</v>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118" s="17" t="s">
         <v>123</v>
       </c>
       <c r="B118" s="18">
-        <v>3.6702188314289899</v>
+        <v>6.5395744955509096</v>
       </c>
       <c r="C118" s="19">
-        <v>0.16817849136145299</v>
+        <v>1.0736641236022301E-2</v>
       </c>
       <c r="D118" s="19">
-        <v>72.172412589138702</v>
+        <v>75.745674710847894</v>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B119" s="18">
-        <v>3.8896625761669101</v>
+        <v>6.5396897937964198</v>
       </c>
       <c r="C119" s="19">
-        <v>0.21749589420537099</v>
+        <v>0.16201844362135301</v>
       </c>
       <c r="D119" s="19">
-        <v>72.389908483344101</v>
+        <v>75.9076931544692</v>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B120" s="18">
-        <v>3.9120392315122801</v>
+        <v>6.5398627487853904</v>
       </c>
       <c r="C120" s="19">
-        <v>0.60787253856462198</v>
+        <v>3.4339466760547499E-2</v>
       </c>
       <c r="D120" s="19">
-        <v>72.997781021908693</v>
+        <v>75.9420326212297</v>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B121" s="18">
-        <v>4.1224394109493598</v>
+        <v>6.7443426045401296</v>
       </c>
       <c r="C121" s="19">
-        <v>0.616737375749146</v>
+        <v>7.79272347775816E-3</v>
       </c>
       <c r="D121" s="19">
-        <v>73.614518397657903</v>
+        <v>75.949825344707506</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B122" s="18">
-        <v>4.4006031695660504</v>
+        <v>7.5734008388958598</v>
       </c>
       <c r="C122" s="19">
-        <v>7.2350023755323303E-2</v>
+        <v>0.14295552306585299</v>
       </c>
       <c r="D122" s="19">
-        <v>73.686868421413195</v>
+        <v>76.092780867773399</v>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B123" s="18">
-        <v>4.4019760237985199</v>
+        <v>8.1276680990110801</v>
       </c>
       <c r="C123" s="19">
-        <v>0.14076741989781899</v>
+        <v>1.1795889991269299</v>
       </c>
       <c r="D123" s="19">
-        <v>73.827635841310993</v>
+        <v>77.272369866900306</v>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B124" s="18">
-        <v>4.5262182282665897</v>
+        <v>8.3367533699556695</v>
       </c>
       <c r="C124" s="19">
-        <v>1.17920636759049</v>
+        <v>0.103870217502634</v>
       </c>
       <c r="D124" s="19">
-        <v>75.006842208901503</v>
+        <v>77.376240084402895</v>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B125" s="18">
-        <v>4.6222882350992398</v>
+        <v>8.5451786166822199</v>
       </c>
       <c r="C125" s="19">
-        <v>0.91160936074246501</v>
+        <v>0.37685891557302498</v>
       </c>
       <c r="D125" s="19">
-        <v>75.918451569644006</v>
+        <v>77.753098999975904</v>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B126" s="18">
-        <v>4.6226599062226796</v>
+        <v>8.7947105647827097</v>
       </c>
       <c r="C126" s="19">
-        <v>1.5568090115176201</v>
+        <v>4.5057386738965602E-2</v>
       </c>
       <c r="D126" s="19">
-        <v>77.475260581161606</v>
+        <v>77.798156386714894</v>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B127" s="18">
-        <v>4.6324003651649397</v>
+        <v>8.9422436205917197</v>
       </c>
       <c r="C127" s="19">
-        <v>5.3157956287576997</v>
+        <v>0.45958815292609001</v>
       </c>
       <c r="D127" s="19">
-        <v>82.791056209919304</v>
+        <v>78.257744539640996</v>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="18">
-        <v>4.9261557263783304</v>
+        <v>8.9813042656481095</v>
       </c>
       <c r="C128" s="19">
-        <v>0.21893660623059599</v>
+        <v>0.29898316425385502</v>
       </c>
       <c r="D128" s="19">
-        <v>83.009992816149904</v>
+        <v>78.556727703894893</v>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B129" s="18">
-        <v>5.0320804884500303</v>
+        <v>9.1091634152705492</v>
       </c>
       <c r="C129" s="19">
-        <v>0.37818456018487601</v>
+        <v>5.0386673534871997</v>
       </c>
       <c r="D129" s="19">
-        <v>83.388177376334795</v>
+        <v>83.595395057382007</v>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B130" s="18">
-        <v>5.1053282986826796</v>
+        <v>9.4286347948214306</v>
       </c>
       <c r="C130" s="19">
-        <v>0.138547690946903</v>
+        <v>1.3509259487207901</v>
       </c>
       <c r="D130" s="19">
-        <v>83.526725067281703</v>
+        <v>84.946321006102806</v>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B131" s="18">
-        <v>5.33352915064249</v>
+        <v>9.6341301590524093</v>
       </c>
       <c r="C131" s="19">
-        <v>1.0821061313888001</v>
+        <v>0.12872268697224101</v>
       </c>
       <c r="D131" s="19">
-        <v>84.608831198670501</v>
+        <v>85.075043693075102</v>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B132" s="18">
-        <v>5.4909970570197801</v>
+        <v>9.8635640026759397</v>
       </c>
       <c r="C132" s="19">
-        <v>2.5670015563444101E-2</v>
+        <v>0.405221620843424</v>
       </c>
       <c r="D132" s="19">
-        <v>84.634501214233893</v>
+        <v>85.480265313918494</v>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133" s="17" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="18">
-        <v>5.9958252541982597</v>
+        <v>10.0233287602413</v>
       </c>
       <c r="C133" s="19">
-        <v>0.79696247222053795</v>
+        <v>0.36853263625354599</v>
       </c>
       <c r="D133" s="19">
-        <v>85.431463686454507</v>
+        <v>85.848797950171999</v>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="18">
-        <v>6.2324747483504401</v>
+        <v>10.1247222137292</v>
       </c>
       <c r="C134" s="19">
-        <v>0.345906979372194</v>
+        <v>0.57717637193822002</v>
       </c>
       <c r="D134" s="19">
-        <v>85.777370665826695</v>
+        <v>86.425974322110307</v>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="18">
-        <v>6.3140320322364598</v>
+        <v>10.418868382758401</v>
       </c>
       <c r="C135" s="19">
-        <v>8.7883433538687203E-2</v>
+        <v>1.1368483680164901E-2</v>
       </c>
       <c r="D135" s="19">
-        <v>85.865254099365401</v>
+        <v>86.437342805790394</v>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="18">
-        <v>6.5297013141465596</v>
+        <v>10.418945112680699</v>
       </c>
       <c r="C136" s="19">
-        <v>0.123934084280621</v>
+        <v>9.7130564765114197E-2</v>
       </c>
       <c r="D136" s="19">
-        <v>85.989188183645993</v>
+        <v>86.534473370555503</v>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B137" s="18">
-        <v>6.6922623595561301</v>
+        <v>10.419098575912001</v>
       </c>
       <c r="C137" s="19">
-        <v>0.232691417129399</v>
+        <v>0.169787765527106</v>
       </c>
       <c r="D137" s="19">
-        <v>86.221879600775395</v>
+        <v>86.704261136082593</v>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138" s="17" t="s">
         <v>143</v>
       </c>
       <c r="B138" s="18">
-        <v>6.7773600026723901</v>
+        <v>11.071405421693701</v>
       </c>
       <c r="C138" s="19">
-        <v>0.14636601744209499</v>
+        <v>0.197911774763052</v>
       </c>
       <c r="D138" s="19">
-        <v>86.3682456182175</v>
+        <v>86.902172910845707</v>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139" s="17" t="s">
         <v>144</v>
       </c>
       <c r="B139" s="18">
-        <v>6.8375074179325201</v>
+        <v>11.2863705379365</v>
       </c>
       <c r="C139" s="19">
-        <v>5.5188187024881796E-3</v>
+        <v>8.7222339178078701E-2</v>
       </c>
       <c r="D139" s="19">
-        <v>86.373764436919998</v>
+        <v>86.989395250023804</v>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140" s="17" t="s">
         <v>145</v>
       </c>
       <c r="B140" s="18">
-        <v>6.8377015039522799</v>
+        <v>11.3885097227377</v>
       </c>
       <c r="C140" s="19">
-        <v>1.36515676917841E-2</v>
+        <v>0.379522014467226</v>
       </c>
       <c r="D140" s="19">
-        <v>86.387416004611794</v>
+        <v>87.368917264491003</v>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141" s="17" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="18">
-        <v>7.20354113546255</v>
+        <v>13.4792216539365</v>
       </c>
       <c r="C141" s="19">
-        <v>5.3616074554360002E-2</v>
+        <v>1.4752350992128301E-2</v>
       </c>
       <c r="D141" s="19">
-        <v>86.441032079166106</v>
+        <v>87.3836696154831</v>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142" s="17" t="s">
         <v>147</v>
       </c>
       <c r="B142" s="18">
-        <v>7.4391900133439197</v>
+        <v>13.738820831631299</v>
       </c>
       <c r="C142" s="19">
-        <v>5.04155351367606E-2</v>
+        <v>0.35124355485604603</v>
       </c>
       <c r="D142" s="19">
-        <v>86.491447614302899</v>
+        <v>87.734913170339198</v>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B143" s="18">
-        <v>7.4843660929759297</v>
+        <v>14.122002540068699</v>
       </c>
       <c r="C143" s="19">
-        <v>3.6313451632528498E-2</v>
+        <v>0.31632372910976703</v>
       </c>
       <c r="D143" s="19">
-        <v>86.527761065935394</v>
+        <v>88.051236899448895</v>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144" s="17" t="s">
         <v>149</v>
       </c>
       <c r="B144" s="18">
-        <v>7.4844637086035597</v>
+        <v>15.1789660048532</v>
       </c>
       <c r="C144" s="19">
-        <v>0.57459537579307196</v>
+        <v>2.68463770107449</v>
       </c>
       <c r="D144" s="19">
-        <v>87.102356441728503</v>
+        <v>90.735874600523402</v>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145" s="17" t="s">
         <v>150</v>
       </c>
       <c r="B145" s="18">
-        <v>7.4846589474957197</v>
+        <v>15.4467234256969</v>
       </c>
       <c r="C145" s="19">
-        <v>1.9944710446917302E-3</v>
+        <v>1.1952633720560699</v>
       </c>
       <c r="D145" s="19">
-        <v>87.104350912773199</v>
+        <v>91.931137972579506</v>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146" s="17" t="s">
         <v>151</v>
       </c>
       <c r="B146" s="18">
-        <v>7.6389551405092</v>
+        <v>15.461388710214001</v>
       </c>
       <c r="C146" s="19">
-        <v>0.36884104994962602</v>
+        <v>0.26127855143894801</v>
       </c>
       <c r="D146" s="19">
-        <v>87.473191962722794</v>
+        <v>92.192416524018498</v>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="K146"/>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147" s="17" t="s">
         <v>152</v>
       </c>
       <c r="B147" s="18">
-        <v>7.6959342625363396</v>
+        <v>16.687301141268499</v>
       </c>
       <c r="C147" s="19">
-        <v>0.244517457206159</v>
+        <v>0.60331124755371601</v>
       </c>
       <c r="D147" s="19">
-        <v>87.717709419928894</v>
+        <v>92.795727771572203</v>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148" s="17" t="s">
         <v>153</v>
       </c>
       <c r="B148" s="18">
-        <v>7.9047817558653701</v>
+        <v>18.108872210225901</v>
       </c>
       <c r="C148" s="19">
-        <v>1.5114664721439499</v>
+        <v>0.369740157369019</v>
       </c>
       <c r="D148" s="19">
-        <v>89.229175892072902</v>
+        <v>93.165467928941197</v>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149" s="17" t="s">
         <v>154</v>
       </c>
       <c r="B149" s="18">
-        <v>9.3539640883937292</v>
+        <v>19.124360718116499</v>
       </c>
       <c r="C149" s="19">
-        <v>6.2565383453717996E-2</v>
+        <v>0.132125275541809</v>
       </c>
       <c r="D149" s="19">
-        <v>89.291741275526604</v>
+        <v>93.297593204482993</v>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150" s="17" t="s">
         <v>155</v>
       </c>
       <c r="B150" s="18">
-        <v>9.4692257439056196</v>
+        <v>20.124844059870401</v>
       </c>
       <c r="C150" s="19">
-        <v>0.13340430208812201</v>
+        <v>0.149685815174571</v>
       </c>
       <c r="D150" s="19">
-        <v>89.4251455776147</v>
+        <v>93.4472790196576</v>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="3"/>
       <c r="I150" s="3"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B151" s="18">
-        <v>9.5735505534263403</v>
+        <v>21.333855518123102</v>
       </c>
       <c r="C151" s="19">
-        <v>0.52000318364507403</v>
+        <v>6.3071916868630007E-2</v>
       </c>
       <c r="D151" s="19">
-        <v>89.945148761259802</v>
+        <v>93.510350936526194</v>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="18">
-        <v>9.8515016923367895</v>
+        <v>23.2141613984193</v>
       </c>
       <c r="C152" s="19">
-        <v>1.88184209157972E-3</v>
+        <v>5.3121568451984999E-3</v>
       </c>
       <c r="D152" s="19">
-        <v>89.947030603351394</v>
+        <v>93.515663093371401</v>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B153" s="18">
-        <v>9.8677899479609295</v>
+        <v>23.214859855987498</v>
       </c>
       <c r="C153" s="19">
-        <v>0.17165121741573899</v>
+        <v>1.3132962209363001E-2</v>
       </c>
       <c r="D153" s="19">
-        <v>90.118681820767094</v>
+        <v>93.528796055580798</v>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B154" s="18">
-        <v>10.1249572133587</v>
+        <v>23.242313905325201</v>
       </c>
       <c r="C154" s="19">
-        <v>0.16021937867487099</v>
+        <v>0.112463274742973</v>
       </c>
       <c r="D154" s="19">
-        <v>90.278901199442004</v>
+        <v>93.641259330323805</v>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B155" s="18">
-        <v>10.521159004371601</v>
+        <v>23.259461825975801</v>
       </c>
       <c r="C155" s="19">
-        <v>0.33503359252384002</v>
+        <v>0.41634204786033302</v>
       </c>
       <c r="D155" s="19">
-        <v>90.613934791965804</v>
+        <v>94.057601378184103</v>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B156" s="18">
-        <v>10.5249510208829</v>
+        <v>25.610125880434001</v>
       </c>
       <c r="C156" s="19">
-        <v>0.37066188469160399</v>
+        <v>0.452328985290052</v>
       </c>
       <c r="D156" s="19">
-        <v>90.984596676657404</v>
+        <v>94.509930363474197</v>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B157" s="18">
-        <v>12.3873585094119</v>
+        <v>25.7367183445437</v>
       </c>
       <c r="C157" s="19">
-        <v>8.6212770734192395E-2</v>
+        <v>5.5461725652513E-3</v>
       </c>
       <c r="D157" s="19">
-        <v>91.070809447391596</v>
+        <v>94.515476536039401</v>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="18">
-        <v>12.394923345199199</v>
+        <v>25.739678255981399</v>
       </c>
       <c r="C158" s="19">
-        <v>8.6667979419686805E-2</v>
+        <v>3.4737293484637201E-2</v>
       </c>
       <c r="D158" s="19">
-        <v>91.157477426811298</v>
+        <v>94.550213829523997</v>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B159" s="18">
-        <v>12.398626396556899</v>
+        <v>25.741454528394801</v>
       </c>
       <c r="C159" s="19">
-        <v>0.29749530102621802</v>
+        <v>8.1109848570299608E-3</v>
       </c>
       <c r="D159" s="19">
-        <v>91.4549727278375</v>
+        <v>94.558324814381095</v>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B160" s="18">
-        <v>12.877364300933801</v>
+        <v>25.7417505975395</v>
       </c>
       <c r="C160" s="19">
-        <v>0.38080787621777701</v>
+        <v>0.21215865179986601</v>
       </c>
       <c r="D160" s="19">
-        <v>91.835780604055302</v>
+        <v>94.770483466180906</v>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B161" s="18">
-        <v>14.8565457715807</v>
+        <v>26.544006100881901</v>
       </c>
       <c r="C161" s="19">
-        <v>1.2822712454340599</v>
+        <v>0.15498861139096701</v>
       </c>
       <c r="D161" s="19">
-        <v>93.118051849489405</v>
+        <v>94.925472077571897</v>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B162" s="18">
-        <v>16.160105934698301</v>
+        <v>29.5943013629145</v>
       </c>
       <c r="C162" s="19">
-        <v>0.194726074184561</v>
+        <v>0.304707188766346</v>
       </c>
       <c r="D162" s="19">
-        <v>93.312777923673906</v>
+        <v>95.230179266338197</v>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B163" s="18">
-        <v>16.272702346779901</v>
+        <v>30.862559082187801</v>
       </c>
       <c r="C163" s="19">
-        <v>5.7534623548048504E-3</v>
+        <v>0.24692402717091</v>
       </c>
       <c r="D163" s="19">
-        <v>93.318531386028695</v>
+        <v>95.477103293509103</v>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B164" s="18">
-        <v>16.274524326580899</v>
+        <v>32.085040379094998</v>
       </c>
       <c r="C164" s="19">
-        <v>3.4750724908099398E-2</v>
+        <v>4.87220729149924E-2</v>
       </c>
       <c r="D164" s="19">
-        <v>93.353282110936803</v>
+        <v>95.525825366424101</v>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B165" s="18">
-        <v>16.275435469222099</v>
+        <v>32.465691565158103</v>
       </c>
       <c r="C165" s="19">
-        <v>7.9919627979059202E-3</v>
+        <v>5.7525744303378701E-2</v>
       </c>
       <c r="D165" s="19">
-        <v>93.361274073734705</v>
+        <v>95.583351110727506</v>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B166" s="18">
-        <v>16.275617709971598</v>
+        <v>32.466802169545801</v>
       </c>
       <c r="C166" s="19">
-        <v>0.22000658128516001</v>
+        <v>0.29854321470015599</v>
       </c>
       <c r="D166" s="19">
-        <v>93.581280655019896</v>
+        <v>95.881894325427695</v>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B167" s="18">
-        <v>16.6738701559965</v>
+        <v>32.527013309148202</v>
       </c>
       <c r="C167" s="19">
-        <v>0.31866485133822903</v>
+        <v>9.0872984410902399E-2</v>
       </c>
       <c r="D167" s="19">
-        <v>93.899945506358094</v>
+        <v>95.972767309838602</v>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B168" s="18">
-        <v>16.789561643584701</v>
+        <v>32.623844661809798</v>
       </c>
       <c r="C168" s="19">
-        <v>0.218115353447487</v>
+        <v>0.19475724285674001</v>
       </c>
       <c r="D168" s="19">
-        <v>94.118060859805595</v>
+        <v>96.167524552695298</v>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B169" s="18">
-        <v>17.356482321407299</v>
+        <v>36.5575670823834</v>
       </c>
       <c r="C169" s="19">
-        <v>5.6441184128252803E-2</v>
+        <v>0.71873716131255805</v>
       </c>
       <c r="D169" s="19">
-        <v>94.174502043933899</v>
+        <v>96.886261714007901</v>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B170" s="18">
-        <v>17.364615593196898</v>
+        <v>37.127663298381499</v>
       </c>
       <c r="C170" s="19">
-        <v>1.159608929749E-2</v>
+        <v>0.18722193667104001</v>
       </c>
       <c r="D170" s="19">
-        <v>94.186098133231297</v>
+        <v>97.073483650678895</v>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B171" s="18">
-        <v>17.953023268592499</v>
+        <v>37.131771148125402</v>
       </c>
       <c r="C171" s="19">
-        <v>0.11098175467274</v>
+        <v>9.7125884450713101E-2</v>
       </c>
       <c r="D171" s="19">
-        <v>94.297079887904104</v>
+        <v>97.1706095351296</v>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B172" s="18">
-        <v>18.462880659044998</v>
+        <v>44.8150584504303</v>
       </c>
       <c r="C172" s="19">
-        <v>0.12937781701436701</v>
+        <v>0.14485105039828</v>
       </c>
       <c r="D172" s="19">
-        <v>94.426457704918406</v>
+        <v>97.315460585527902</v>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B173" s="18">
-        <v>19.340469795103601</v>
+        <v>46.625348010307803</v>
       </c>
       <c r="C173" s="19">
-        <v>2.6427773774235601</v>
+        <v>6.6343456634968101E-2</v>
       </c>
       <c r="D173" s="19">
-        <v>97.069235082342004</v>
+        <v>97.381804042162898</v>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B174" s="18">
-        <v>20.036906486241001</v>
+        <v>53.117948986394502</v>
       </c>
       <c r="C174" s="19">
-        <v>0.120268950431434</v>
+        <v>0.15648631199930499</v>
       </c>
       <c r="D174" s="19">
-        <v>97.189504032773499</v>
+        <v>97.5382903541622</v>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="18">
-        <v>23.362872669915699</v>
+        <v>55.008604667632298</v>
       </c>
       <c r="C175" s="19">
-        <v>0.25409091822067997</v>
+        <v>0.37047964704438602</v>
       </c>
       <c r="D175" s="19">
-        <v>97.443594950994097</v>
+        <v>97.908770001206605</v>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176" s="17" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="18">
-        <v>25.293777390560798</v>
+        <v>60.999528688223897</v>
       </c>
       <c r="C176" s="19">
-        <v>0.15951544771792101</v>
+        <v>6.6366858206973398E-3</v>
       </c>
       <c r="D176" s="19">
-        <v>97.603110398712104</v>
+        <v>97.9154066870273</v>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177" s="17" t="s">
         <v>182</v>
       </c>
       <c r="B177" s="18">
-        <v>30.712678407908399</v>
+        <v>96.280310644618595</v>
       </c>
       <c r="C177" s="19">
-        <v>0.14555415040507899</v>
+        <v>0.14906801367363201</v>
       </c>
       <c r="D177" s="19">
-        <v>97.748664549117095</v>
+        <v>98.064474700700899</v>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B178" s="18">
-        <v>40.911997292981198</v>
+        <v>124.33575828595301</v>
       </c>
       <c r="C178" s="19">
-        <v>0.41889054098877299</v>
+        <v>1.0743661707623899</v>
       </c>
       <c r="D178" s="19">
-        <v>98.167555090105907</v>
+        <v>99.138840871463302</v>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179" s="17" t="s">
         <v>184</v>
       </c>
       <c r="B179" s="18">
-        <v>41.907778338135003</v>
+        <v>144.32980445753799</v>
       </c>
       <c r="C179" s="19">
-        <v>1.8324449098940201</v>
+        <v>0.86115912853669097</v>
       </c>
       <c r="D179" s="19">
-        <v>99.999999999999901</v>
+        <v>100</v>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="E181" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039965767963D294DAEE5946A543F363D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbe80bfda9b6e4705db5a647c26c6060">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" xmlns:ns3="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xmlns:ns4="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" xmlns:ns5="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="191bc1db785fdf570e6dc95dee8a32a8" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <xsd:import namespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <xsd:import namespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <xsd:import namespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b94cc3ae-357c-4eb4-84e8-520ab3b4f5d4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="23" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8d62b0c9-db67-4e82-b694-67e81e0f5876}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="af44d872-6276-42da-ba23-58815cdf9cb3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{690E24CC-A2E8-40F5-9497-7E8A7D3D4707}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E75EA602-9337-4738-BA63-1ADBA61E13E4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E04721A1-6C1D-4D64-9E12-84A057B1098F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <ds:schemaRef ds:uri="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <ds:schemaRef ds:uri="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Web - Underlying detail</vt:lpstr>
       <vt:lpstr>'Web - Underlying detail'!data_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Yamco, Shane</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039965767963D294DAEE5946A543F363D</vt:lpwstr>
+  </property>
+</Properties>
+</file>