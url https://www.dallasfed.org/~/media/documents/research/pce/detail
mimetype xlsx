--- v3 (2026-03-05)
+++ v4 (2026-03-27)
@@ -1,666 +1,657 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72E19946-18F1-4A74-A837-598C019675DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{902A6536-AB70-48CC-B3FB-D27FB5F2FE0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31920" yWindow="3120" windowWidth="21600" windowHeight="11175" xr2:uid="{8CBB0186-3714-4B07-A128-AFE5E8DDA848}"/>
+    <workbookView xWindow="36060" yWindow="3945" windowWidth="19290" windowHeight="11115" xr2:uid="{B15B8B9E-C9B6-4BAC-A36F-1FCBC41557D0}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Underlying detail" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="data_1" localSheetId="0">'Web - Underlying detail'!$A$2:$D$179</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" name="data" type="6" refreshedVersion="8" background="1" saveData="1">
-    <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\data.csv" tab="0" comma="1">
+    <textPr codePage="437" sourceFile="C:\Users\k1ixs01\FR Banks\PCE - PCE\output\data.csv" tab="0" comma="1">
       <textFields count="5">
         <textField type="text"/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <si>
     <t>Annualized 1-month % change</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
   <si>
     <t>Cumulative weight</t>
   </si>
   <si>
     <t>Color key</t>
   </si>
   <si>
+    <t>Eggs</t>
+  </si>
+  <si>
+    <t>Cut from bottom</t>
+  </si>
+  <si>
+    <t>Fuel oil</t>
+  </si>
+  <si>
+    <t>Included</t>
+  </si>
+  <si>
+    <t>Other road transportation service</t>
+  </si>
+  <si>
+    <t>Cut from top</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Water transportation </t>
+  </si>
+  <si>
+    <t>Trim point</t>
+  </si>
+  <si>
+    <t>Intercity buses</t>
+  </si>
+  <si>
+    <t>Railway transportation</t>
+  </si>
+  <si>
+    <t>Tax preparation and other related services</t>
+  </si>
+  <si>
+    <t>Gasoline and other motor fuel</t>
+  </si>
+  <si>
+    <t>Lubricants and fluids</t>
+  </si>
+  <si>
+    <t>Food produced and consumed on farms</t>
+  </si>
+  <si>
+    <t>Used autos</t>
+  </si>
+  <si>
+    <t>Other household services</t>
+  </si>
+  <si>
+    <t>Film and photographic supplies</t>
+  </si>
+  <si>
+    <t>Used light trucks</t>
+  </si>
+  <si>
+    <t>Accessories and parts</t>
+  </si>
+  <si>
+    <t>Household linens</t>
+  </si>
+  <si>
+    <t>Calculators, typewriters, and other information processing equipment</t>
+  </si>
+  <si>
+    <t>Telephone and related communication equipment</t>
+  </si>
+  <si>
+    <t>Newspapers and periodicals</t>
+  </si>
+  <si>
+    <t>Coffee, tea, and other beverage materials</t>
+  </si>
+  <si>
+    <t>Other fuels</t>
+  </si>
+  <si>
+    <t>Jewelry</t>
+  </si>
+  <si>
+    <t>Children's and infants' clothing</t>
+  </si>
+  <si>
+    <t>Corrective eyeglasses and contact lenses</t>
+  </si>
+  <si>
+    <t>Wine</t>
+  </si>
+  <si>
+    <t>Pleasure aircraft</t>
+  </si>
+  <si>
+    <t>Other recreational vehicles</t>
+  </si>
+  <si>
+    <t>Bicycles and accessories</t>
+  </si>
+  <si>
+    <t>Pleasure boats</t>
+  </si>
+  <si>
+    <t>Fats and oils</t>
+  </si>
+  <si>
+    <t>Fruit (fresh)</t>
+  </si>
+  <si>
+    <t>Museums and libraries</t>
+  </si>
+  <si>
+    <t>Live entertainment, excluding sports</t>
+  </si>
+  <si>
+    <t>Motion picture theaters</t>
+  </si>
+  <si>
+    <t>Major household appliances</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net health insurance </t>
+  </si>
+  <si>
+    <t>Child care</t>
+  </si>
+  <si>
+    <t>Day care and nursery schools</t>
+  </si>
+  <si>
+    <t>Vegetables (fresh)</t>
+  </si>
+  <si>
+    <t>Hotels and motels</t>
+  </si>
+  <si>
+    <t>Clothing repair, rental, and alterations</t>
+  </si>
+  <si>
+    <t>Repair and hire of footwear</t>
+  </si>
+  <si>
+    <t>Miscellaneous personal care services</t>
+  </si>
+  <si>
+    <t>Beef and veal</t>
+  </si>
+  <si>
+    <t>Food products, not elsewhere classified</t>
+  </si>
+  <si>
+    <t>Flowers, seeds, and potted plants</t>
+  </si>
+  <si>
+    <t>Membership clubs and participant sports centers</t>
+  </si>
+  <si>
+    <t>Stationery and miscellaneous printed materials</t>
+  </si>
+  <si>
+    <t>Tires</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Life insurance </t>
+  </si>
+  <si>
+    <t>Food supplied to civilians</t>
+  </si>
+  <si>
+    <t>Food supplied to military</t>
+  </si>
+  <si>
+    <t>Higher education school lunches</t>
+  </si>
+  <si>
+    <t>Prescription drugs</t>
+  </si>
+  <si>
+    <t>Employment agency services</t>
+  </si>
+  <si>
+    <t>Motorcycles</t>
+  </si>
+  <si>
+    <t>Nursing homes</t>
+  </si>
+  <si>
+    <t>Household cleaning products</t>
+  </si>
+  <si>
+    <t>Sugar and sweets</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net motor vehicle and other transportation insurance </t>
+  </si>
+  <si>
+    <t>Veterinary and other services for pets</t>
+  </si>
+  <si>
+    <t>Standard clothing issued to military personnel</t>
+  </si>
+  <si>
+    <t>Elementary and secondary school lunches</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motor vehicle maintenance and repair </t>
+  </si>
+  <si>
+    <t>New light trucks</t>
+  </si>
+  <si>
+    <t>Poultry</t>
+  </si>
+  <si>
+    <t>Other purchased meals</t>
+  </si>
+  <si>
+    <t>Photographic equipment</t>
+  </si>
+  <si>
+    <t>Other depository institutions and regulated investment companies</t>
+  </si>
+  <si>
+    <t>Proprietary hospitals</t>
+  </si>
+  <si>
+    <t>Nonprofit hospitals' services to households</t>
+  </si>
+  <si>
+    <t>Government hospitals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net household insurance </t>
+  </si>
+  <si>
+    <t>Lotteries</t>
+  </si>
+  <si>
+    <t>Pari-mutuel net receipts</t>
+  </si>
+  <si>
+    <t>Casino gambling</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commercial and vocational schools </t>
+  </si>
+  <si>
+    <t>Social assistance</t>
+  </si>
+  <si>
+    <t>Games, toys, and hobbies</t>
+  </si>
+  <si>
+    <t>Rental value of farm dwellings</t>
+  </si>
+  <si>
+    <t>Owner-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Owner-occupied stationary homes</t>
+  </si>
+  <si>
+    <t>Pension funds</t>
+  </si>
+  <si>
+    <t>Spirits</t>
+  </si>
+  <si>
+    <t>Hair, dental, shaving, and miscellaneous personal care products except electrical products</t>
+  </si>
+  <si>
+    <t>Electric appliances for personal care</t>
+  </si>
+  <si>
+    <t>Housing at schools</t>
+  </si>
+  <si>
+    <t>Tenant-occupied stationary homes and landlord durables</t>
+  </si>
+  <si>
+    <t>Tenant-occupied mobile homes</t>
+  </si>
+  <si>
+    <t>Group housing</t>
+  </si>
+  <si>
+    <t>Pets and related products</t>
+  </si>
+  <si>
+    <t>Package tours</t>
+  </si>
+  <si>
+    <t>Amusement parks, campgrounds, and related recreational services</t>
+  </si>
+  <si>
+    <t>Musical instruments</t>
+  </si>
+  <si>
+    <t>Elementary and secondary schools</t>
+  </si>
+  <si>
+    <t>Nonprescription drugs</t>
+  </si>
+  <si>
+    <t>Social advocacy and civic and social organizations</t>
+  </si>
+  <si>
+    <t>Window coverings</t>
+  </si>
+  <si>
+    <t>Religious organizations' services to households</t>
+  </si>
+  <si>
+    <t>Communication</t>
+  </si>
+  <si>
+    <t>Fresh milk</t>
+  </si>
+  <si>
+    <t>Men's and boys' clothing</t>
+  </si>
+  <si>
+    <t>Alcohol in purchased meals</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Domestic services</t>
+  </si>
+  <si>
+    <t>Luggage and similar personal items</t>
+  </si>
+  <si>
+    <t>Parking fees and tolls</t>
+  </si>
+  <si>
+    <t>Garbage and trash collection</t>
+  </si>
+  <si>
+    <t>Repair of household appliances</t>
+  </si>
+  <si>
+    <t>Repair of furniture, furnishings, and floor coverings</t>
+  </si>
+  <si>
+    <t>New foreign autos</t>
+  </si>
+  <si>
+    <t>New domestic autos</t>
+  </si>
+  <si>
+    <t>Nonprofit private higher education services to households</t>
+  </si>
+  <si>
+    <t>Proprietary and public higher education</t>
+  </si>
+  <si>
+    <t>Women's and girls' clothing</t>
+  </si>
+  <si>
+    <t>Commercial banks</t>
+  </si>
+  <si>
+    <t>Shoes and other footwear</t>
+  </si>
+  <si>
+    <t>Household paper products</t>
+  </si>
+  <si>
+    <t>Processed dairy products</t>
+  </si>
+  <si>
+    <t>Physician services</t>
+  </si>
+  <si>
+    <t>Labor organization dues</t>
+  </si>
+  <si>
+    <t>Maintenance and repair of recreational vehicles and sports equipment</t>
+  </si>
+  <si>
+    <t>Motor vehicle leasing</t>
+  </si>
+  <si>
+    <t>Hairdressing salons and personal grooming establishments</t>
+  </si>
+  <si>
+    <t>Furniture</t>
+  </si>
+  <si>
+    <t>Foundations and grantmaking and giving services to households</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Final consumption expenditures of nonprofit institutions serving households </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Financial service charges, fees, and commissions </t>
+  </si>
+  <si>
+    <t>Other medical products</t>
+  </si>
+  <si>
+    <t>Therapeutic medical equipment</t>
+  </si>
+  <si>
+    <t>Water supply and sewage maintenance</t>
+  </si>
+  <si>
+    <t>Outdoor equipment and supplies</t>
+  </si>
+  <si>
+    <t>Other video equipment</t>
+  </si>
+  <si>
+    <t>Dental services</t>
+  </si>
+  <si>
+    <t>Miscellaneous household products</t>
+  </si>
+  <si>
+    <t>Natural gas</t>
+  </si>
+  <si>
     <t>Moving, storage, and freight services</t>
   </si>
   <si>
-    <t>Cut from bottom</t>
-[...17 lines deleted...]
-    <t>Trim point</t>
+    <t>Tools, hardware, and supplies</t>
+  </si>
+  <si>
+    <t>Mineral waters, soft drinks, and vegetable juices</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Bakery products</t>
+  </si>
+  <si>
+    <t>Cosmetic / perfumes / bath / nail preparations and implements</t>
+  </si>
+  <si>
+    <t>Cereals</t>
+  </si>
+  <si>
+    <t>Laundry and drycleaning services</t>
+  </si>
+  <si>
+    <t>Computer software and accessories</t>
+  </si>
+  <si>
+    <t>Pork</t>
+  </si>
+  <si>
+    <t>Nonelectric cookware and tableware</t>
+  </si>
+  <si>
+    <t>Sewing items</t>
+  </si>
+  <si>
+    <t>Clothing materials</t>
+  </si>
+  <si>
+    <t>Fish and seafood</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Air transportation </t>
+  </si>
+  <si>
+    <t>Clocks, lamps, lighting fixtures, and other household decorative items</t>
+  </si>
+  <si>
+    <t>Dishes and flatware</t>
+  </si>
+  <si>
+    <t>Audio-video, photographic, and information processing equipment services</t>
+  </si>
+  <si>
+    <t>Audio equipment</t>
+  </si>
+  <si>
+    <t>Educational books</t>
+  </si>
+  <si>
+    <t>Spectator sports</t>
+  </si>
+  <si>
+    <t>Recreational books</t>
+  </si>
+  <si>
+    <t>Professional association dues</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>Paramedical services</t>
+  </si>
+  <si>
+    <t>Tobacco</t>
+  </si>
+  <si>
+    <t>Intracity mass transit</t>
+  </si>
+  <si>
+    <t>Taxicabs and ride sharing services</t>
+  </si>
+  <si>
+    <t>Other meats</t>
+  </si>
+  <si>
+    <t>Other personal business services</t>
+  </si>
+  <si>
+    <t>Sporting equipment, supplies, guns, and ammunition</t>
+  </si>
+  <si>
+    <t>Processed fruits and vegetables</t>
   </si>
   <si>
     <t>Small electric household appliances</t>
   </si>
   <si>
-    <t>Recreational books</t>
-[...17 lines deleted...]
-    <t>Household paper products</t>
+    <t>Watches</t>
+  </si>
+  <si>
+    <t>Funeral and burial services</t>
   </si>
   <si>
     <t>Personal computers/tablets and peripheral equipment</t>
   </si>
   <si>
-    <t>Photographic equipment</t>
-[...11 lines deleted...]
-    <t>Audio equipment</t>
+    <t>Carpets and other floor coverings</t>
+  </si>
+  <si>
+    <t>Audio discs, tapes, vinyl, and permanent digital downloads</t>
+  </si>
+  <si>
+    <t>Video discs, tapes, and permanent digital downloads</t>
   </si>
   <si>
     <t>Motor vehicle rental</t>
-  </si>
-[...472 lines deleted...]
-    <t>Audio-video, photographic, and information processing equipment services</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -796,55 +787,55 @@
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Accent4" xfId="5" builtinId="41"/>
     <cellStyle name="Bad" xfId="3" builtinId="27"/>
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Heading 3" xfId="1" builtinId="18"/>
     <cellStyle name="Neutral" xfId="4" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{2D0B1342-6AAF-434B-8BC0-260AB53323B1}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="data_1" connectionId="1" xr16:uid="{1E326E5D-3650-4C81-B9C1-338DA9C7B7FC}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1093,4212 +1084,3872 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{437E4B7A-81DD-409B-AFE9-62930FA8A1C1}">
-  <sheetPr codeName="Sheet1">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13EAA78D-3652-452F-A8F4-D2A751A99CF7}">
+  <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A2:N181"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A78" workbookViewId="0">
-      <selection activeCell="B89" sqref="B89"/>
+    <sheetView tabSelected="1" topLeftCell="A143" workbookViewId="0">
+      <selection activeCell="A183" sqref="A183"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="81.1796875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.7265625" customWidth="1"/>
     <col min="6" max="6" width="28.26953125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="78.7265625" customWidth="1"/>
     <col min="11" max="11" width="19.54296875" style="3" customWidth="1"/>
     <col min="12" max="12" width="12" style="3" customWidth="1"/>
     <col min="13" max="13" width="11.7265625" style="3" customWidth="1"/>
     <col min="14" max="14" width="9.453125" style="3" customWidth="1"/>
     <col min="16" max="16" width="16.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="5">
-        <v>-81.234292453835096</v>
+        <v>-58.174997179889601</v>
       </c>
       <c r="C3" s="6">
-        <v>9.6330231002533601E-2</v>
+        <v>8.2839160179217095E-2</v>
       </c>
       <c r="D3" s="6">
-        <v>9.6330231002533601E-2</v>
+        <v>8.2839160179217095E-2</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="5">
-        <v>-60.940613877179103</v>
+        <v>-50.682463230230901</v>
       </c>
       <c r="C4" s="6">
-        <v>8.2635631065043902E-2</v>
+        <v>0.115080577640371</v>
       </c>
       <c r="D4" s="6">
-        <v>0.178965862067577</v>
+        <v>0.19791973781958799</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
-        <v>-40.104745151152599</v>
+        <v>-38.348652109301703</v>
       </c>
       <c r="C5" s="6">
-        <v>4.1982420177471896E-3</v>
+        <v>0.20085544302848601</v>
       </c>
       <c r="D5" s="6">
-        <v>0.18316410408532399</v>
+        <v>0.39877518084807501</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="5">
-        <v>-37.5862399628557</v>
+        <v>-38.346483556819898</v>
       </c>
       <c r="C6" s="6">
-        <v>0.20863437505587101</v>
+        <v>3.5643848458430299E-2</v>
       </c>
       <c r="D6" s="6">
-        <v>0.39179847914119598</v>
+        <v>0.434419029306505</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="5">
-        <v>-36.740088377445197</v>
+        <v>-38.343386039566298</v>
       </c>
       <c r="C7" s="6">
-        <v>5.7230884496112203E-2</v>
+        <v>5.3253412453933497E-3</v>
       </c>
       <c r="D7" s="6">
-        <v>0.449029363637308</v>
+        <v>0.43974437055189902</v>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="5">
-        <v>-31.644643912522699</v>
+        <v>-38.340499535335198</v>
       </c>
       <c r="C8" s="6">
-        <v>0.158952837688662</v>
+        <v>7.31826036176755E-3</v>
       </c>
       <c r="D8" s="6">
-        <v>0.60798220132597003</v>
+        <v>0.44706263091366599</v>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="5">
-        <v>-27.450115313522701</v>
+        <v>-35.094387184393298</v>
       </c>
       <c r="C9" s="6">
-        <v>0.17101400790018301</v>
+        <v>0.24381755184868401</v>
       </c>
       <c r="D9" s="6">
-        <v>0.77899620922615398</v>
+        <v>0.69088018276235097</v>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="5">
-        <v>-27.4269365449404</v>
+        <v>-32.389313199546997</v>
       </c>
       <c r="C10" s="6">
-        <v>1.87680607482343E-3</v>
+        <v>1.7515425403987299</v>
       </c>
       <c r="D10" s="6">
-        <v>0.78087301530097697</v>
+        <v>2.44242272316108</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="5">
-        <v>-24.764591073671301</v>
+        <v>-24.709523727612901</v>
       </c>
       <c r="C11" s="6">
-        <v>0.417806986267863</v>
+        <v>6.1141078277522298E-2</v>
       </c>
       <c r="D11" s="6">
-        <v>1.1986800015688399</v>
+        <v>2.5035638014386001</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="5">
-        <v>-19.719986589043401</v>
+        <v>-24.136054909498501</v>
       </c>
       <c r="C12" s="6">
-        <v>1.5328450891754299</v>
+        <v>4.2238683848211996E-3</v>
       </c>
       <c r="D12" s="6">
-        <v>2.7315250907442699</v>
+        <v>2.5077876698234198</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="5">
-        <v>-18.437132597747599</v>
+        <v>-22.3435019950178</v>
       </c>
       <c r="C13" s="6">
-        <v>5.0252535724137702E-2</v>
+        <v>0.21807762461963501</v>
       </c>
       <c r="D13" s="6">
-        <v>2.78177762646841</v>
+        <v>2.7258652944430599</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="5">
-        <v>-17.298868209981698</v>
+        <v>-21.6839538297193</v>
       </c>
       <c r="C14" s="6">
-        <v>0.30047618454779201</v>
+        <v>0.20366046501663801</v>
       </c>
       <c r="D14" s="6">
-        <v>3.0822538110162001</v>
+        <v>2.9295257594597</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="5">
-        <v>-14.8200637551179</v>
+        <v>-20.407640114756401</v>
       </c>
       <c r="C15" s="6">
-        <v>0.49429268420992001</v>
+        <v>6.7441876420625702E-3</v>
       </c>
       <c r="D15" s="6">
-        <v>3.5765464952261201</v>
+        <v>2.9362699471017599</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="5">
-        <v>-14.0491315348582</v>
+        <v>-19.983729970814299</v>
       </c>
       <c r="C16" s="6">
-        <v>2.5507713485754899E-2</v>
+        <v>0.84117522113584497</v>
       </c>
       <c r="D16" s="6">
-        <v>3.6020542087118801</v>
+        <v>3.7774451682376098</v>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="5">
-        <v>-14.0237134630376</v>
+        <v>-19.157856892029201</v>
       </c>
       <c r="C17" s="6">
-        <v>1.30500270381762</v>
+        <v>0.35790400355981</v>
       </c>
       <c r="D17" s="6">
-        <v>4.9070569125295096</v>
+        <v>4.1353491717974196</v>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="5">
-        <v>-13.009103985754701</v>
+        <v>-18.828251031690399</v>
       </c>
       <c r="C18" s="6">
-        <v>4.3578407388231898E-2</v>
+        <v>0.33649062438902599</v>
       </c>
       <c r="D18" s="6">
-        <v>4.9506353199177404</v>
+        <v>4.4718397961864396</v>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="5">
-        <v>-13.009103985754701</v>
+        <v>-18.7344752253642</v>
       </c>
       <c r="C19" s="6">
-        <v>0.242992563074023</v>
+        <v>1.8855721850472499E-3</v>
       </c>
       <c r="D19" s="6">
-        <v>5.1936278829917599</v>
+        <v>4.4737253683714897</v>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="5">
-        <v>-12.5952075903748</v>
+        <v>-18.718994281180901</v>
       </c>
       <c r="C20" s="6">
-        <v>0.14254833571296099</v>
+        <v>0.172473847837218</v>
       </c>
       <c r="D20" s="6">
-        <v>5.3361762187047201</v>
+        <v>4.6461992162087098</v>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="5">
-        <v>-11.191033155796401</v>
+        <v>-17.867480463021501</v>
       </c>
       <c r="C21" s="6">
-        <v>0.133351517914886</v>
+        <v>0.46111574440172898</v>
       </c>
       <c r="D21" s="6">
-        <v>5.46952773661961</v>
+        <v>5.1073149606104398</v>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="5">
-        <v>-10.0027664985739</v>
+        <v>-17.0305879254493</v>
       </c>
       <c r="C22" s="6">
-        <v>0.82550449342944698</v>
+        <v>0.12933438321743601</v>
       </c>
       <c r="D22" s="6">
-        <v>6.2950322300490598</v>
+        <v>5.2366493438278798</v>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="5">
-        <v>-9.9490037143412309</v>
+        <v>-16.9921013851231</v>
       </c>
       <c r="C23" s="6">
-        <v>0.216141599355165</v>
+        <v>2.68367328317369E-2</v>
       </c>
       <c r="D23" s="6">
-        <v>6.5111738294042203</v>
+        <v>5.2634860766596097</v>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="5">
-        <v>-9.8608380466533703</v>
+        <v>-15.700317962852401</v>
       </c>
       <c r="C24" s="6">
-        <v>0.358114256396796</v>
+        <v>0.41587601373424599</v>
       </c>
       <c r="D24" s="6">
-        <v>6.8692880858010197</v>
+        <v>5.6793620903938598</v>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="5">
-        <v>-9.4294022844657004</v>
+        <v>-13.034892885210301</v>
       </c>
       <c r="C25" s="6">
-        <v>0.12220300901157</v>
+        <v>0.13119661911306499</v>
       </c>
       <c r="D25" s="6">
-        <v>6.9914910948125897</v>
+        <v>5.8105587095069202</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="5">
-        <v>-8.8220162956028805</v>
+        <v>-11.8658344278073</v>
       </c>
       <c r="C26" s="6">
-        <v>0.110843885960208</v>
+        <v>0.22707143056168</v>
       </c>
       <c r="D26" s="6">
-        <v>7.1023349807727998</v>
+        <v>6.0376301400686101</v>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="5">
-        <v>-8.7778427014743308</v>
+        <v>-11.7347234781189</v>
       </c>
       <c r="C27" s="6">
-        <v>0.36898194643604798</v>
+        <v>0.344812345195807</v>
       </c>
       <c r="D27" s="6">
-        <v>7.4713169272088402</v>
+        <v>6.3824424852644102</v>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="5">
-        <v>-8.5861466907550508</v>
+        <v>-10.017724341723699</v>
       </c>
       <c r="C28" s="6">
-        <v>0.26107729791970302</v>
+        <v>1.15281269729374E-2</v>
       </c>
       <c r="D28" s="6">
-        <v>7.7323942251285498</v>
+        <v>6.3939706122373501</v>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B29" s="5">
-        <v>-8.0532811880028099</v>
+        <v>-10.015936584176</v>
       </c>
       <c r="C29" s="6">
-        <v>1.15088931121965E-2</v>
+        <v>0.179502738210191</v>
       </c>
       <c r="D29" s="6">
-        <v>7.7439031182407403</v>
+        <v>6.5734733504475402</v>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="5">
-        <v>-8.0499503625035498</v>
+        <v>-10.008849593327</v>
       </c>
       <c r="C30" s="6">
-        <v>5.6056125581447097E-2</v>
+        <v>3.4038311746409901E-2</v>
       </c>
       <c r="D30" s="6">
-        <v>7.7999592438221903</v>
+        <v>6.60751166219395</v>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B31" s="5">
-        <v>-7.1890560664270602</v>
+        <v>-10.0086059650693</v>
       </c>
       <c r="C31" s="6">
-        <v>0.16682512651123799</v>
+        <v>0.16460951830304801</v>
       </c>
       <c r="D31" s="6">
-        <v>7.9667843703334302</v>
+        <v>6.7721211804969998</v>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B32" s="5">
-        <v>-7.0032319545990598</v>
+        <v>-9.76400262638189</v>
       </c>
       <c r="C32" s="6">
-        <v>0.28726833730801199</v>
+        <v>0.15093911996145501</v>
       </c>
       <c r="D32" s="6">
-        <v>8.2540527076414403</v>
+        <v>6.9230603004584603</v>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B33" s="5">
-        <v>-6.8295596815822597</v>
+        <v>-9.0452905513384394</v>
       </c>
       <c r="C33" s="6">
-        <v>0.110071634084033</v>
+        <v>0.29976863935944298</v>
       </c>
       <c r="D33" s="6">
-        <v>8.3641243417254802</v>
+        <v>7.2228289398178998</v>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="5">
-        <v>-5.8048576830204297</v>
+        <v>-8.0536986808218405</v>
       </c>
       <c r="C34" s="6">
-        <v>0.362378022816158</v>
+        <v>8.9695362010490401E-2</v>
       </c>
       <c r="D34" s="6">
-        <v>8.7265023645416306</v>
+        <v>7.3125243018283896</v>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="5">
-        <v>-4.7446414800685401</v>
+        <v>-8.0523855074613699</v>
       </c>
       <c r="C35" s="6">
-        <v>0.498439442769255</v>
+        <v>0.27949407111230101</v>
       </c>
       <c r="D35" s="6">
-        <v>9.2249418073108895</v>
+        <v>7.5920183729406903</v>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="5">
-        <v>-4.6957954087234999</v>
+        <v>-8.0506733156769901</v>
       </c>
       <c r="C36" s="6">
-        <v>0.332812476744687</v>
+        <v>5.6487822167393301E-2</v>
       </c>
       <c r="D36" s="6">
-        <v>9.55775428405558</v>
+        <v>7.6485061951080899</v>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="5">
-        <v>-4.1793838675605199</v>
+        <v>-7.6417598111284102</v>
       </c>
       <c r="C37" s="6">
-        <v>0.60847831465248203</v>
+        <v>0.370239566146642</v>
       </c>
       <c r="D37" s="6">
-        <v>10.166232598708</v>
+        <v>8.0187457612547295</v>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="5">
-        <v>-4.1715484935324501</v>
+        <v>-6.7006926233724897</v>
       </c>
       <c r="C38" s="6">
-        <v>0.774929016011636</v>
+        <v>1.3436708739351699</v>
       </c>
       <c r="D38" s="6">
-        <v>10.941161614719601</v>
+        <v>9.3624166351899003</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="5">
-        <v>-3.8164136696912201</v>
+        <v>-5.9793088721580796</v>
       </c>
       <c r="C39" s="6">
-        <v>2.5849376437032001E-2</v>
+        <v>0.315842675511182</v>
       </c>
       <c r="D39" s="6">
-        <v>10.9670109911567</v>
+        <v>9.6782593107010797</v>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39"/>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B40" s="5">
-        <v>-3.7597720206921901</v>
+        <v>-5.97803812904134</v>
       </c>
       <c r="C40" s="6">
-        <v>1.8230760654993099</v>
+        <v>0.102105600723462</v>
       </c>
       <c r="D40" s="6">
-        <v>12.790087056656001</v>
+        <v>9.7803649114245399</v>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40"/>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B41" s="5">
-        <v>-3.2179775083704101</v>
+        <v>-5.5775048030836096</v>
       </c>
       <c r="C41" s="6">
-        <v>0.66754388239380802</v>
+        <v>0.33092725299156001</v>
       </c>
       <c r="D41" s="6">
-        <v>13.4576309390498</v>
+        <v>10.111292164416099</v>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="5">
-        <v>-2.1629808716510102</v>
+        <v>-5.2716288979785899</v>
       </c>
       <c r="C42" s="6">
-        <v>0.51686116025181195</v>
+        <v>0.72370500745897803</v>
       </c>
       <c r="D42" s="6">
-        <v>13.9744920993016</v>
+        <v>10.834997171875001</v>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="5">
-        <v>-2.1285272268566899</v>
+        <v>-4.5893249421281803</v>
       </c>
       <c r="C43" s="6">
-        <v>4.3143138148933703E-2</v>
+        <v>3.4365019798274499E-2</v>
       </c>
       <c r="D43" s="6">
-        <v>14.0176352374505</v>
+        <v>10.8693621916733</v>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43"/>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B44" s="5">
-        <v>-2.0422410420719599</v>
+        <v>-4.58234626688576</v>
       </c>
       <c r="C44" s="6">
-        <v>0.228876734840438</v>
+        <v>2.00692089002554E-3</v>
       </c>
       <c r="D44" s="6">
-        <v>14.246511972291</v>
+        <v>10.871369112563301</v>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="5">
-        <v>-1.69145465357736</v>
+        <v>-4.5822343012239601</v>
       </c>
       <c r="C45" s="6">
-        <v>1.3119857329039999</v>
+        <v>0.57715777716615901</v>
       </c>
       <c r="D45" s="6">
-        <v>15.558497705195</v>
+        <v>11.4485268897295</v>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B46" s="5">
-        <v>-1.4060098307889299</v>
+        <v>-4.2335291961229302</v>
       </c>
       <c r="C46" s="6">
-        <v>0.121538404366621</v>
+        <v>0.31735486706552701</v>
       </c>
       <c r="D46" s="6">
-        <v>15.6800361095616</v>
+        <v>11.765881756795</v>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="K46"/>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B47" s="5">
-        <v>-1.4055837202139301</v>
+        <v>-4.0065564135662903</v>
       </c>
       <c r="C47" s="6">
-        <v>7.3251600690926705E-2</v>
+        <v>1.20380715693192</v>
       </c>
       <c r="D47" s="6">
-        <v>15.753287710252501</v>
+        <v>12.969688913727</v>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B48" s="5">
-        <v>-1.3091470280608599</v>
+        <v>-3.4349175625758899</v>
       </c>
       <c r="C48" s="6">
-        <v>5.34200321013404</v>
+        <v>0.37505617628270299</v>
       </c>
       <c r="D48" s="6">
-        <v>21.095290920386599</v>
+        <v>13.344745090009701</v>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B49" s="5">
-        <v>-1.2998924714579301</v>
+        <v>-3.3879614713820301</v>
       </c>
       <c r="C49" s="6">
-        <v>1.5599909127015501</v>
+        <v>0.39384655652280298</v>
       </c>
       <c r="D49" s="6">
-        <v>22.6552818330881</v>
+        <v>13.7385916465325</v>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="K49"/>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49"/>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B50" s="5">
-        <v>-1.2997911786021401</v>
+        <v>-2.6721558808503598</v>
       </c>
       <c r="C50" s="6">
-        <v>0.91068153521426398</v>
+        <v>0.15634380459087299</v>
       </c>
       <c r="D50" s="6">
-        <v>23.565963368302398</v>
+        <v>13.894935451123301</v>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="K50"/>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50"/>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A51" s="11" t="s">
+      <c r="A51" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="B51" s="12">
-[...6 lines deleted...]
-        <v>24.157976336891998</v>
+      <c r="B51" s="5">
+        <v>-2.3346763964325401</v>
+      </c>
+      <c r="C51" s="6">
+        <v>0.26102573166618198</v>
+      </c>
+      <c r="D51" s="6">
+        <v>14.1559611827895</v>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="K51"/>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A52" s="14" t="s">
+      <c r="A52" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B52" s="15">
-[...6 lines deleted...]
-        <v>24.217355485698199</v>
+      <c r="B52" s="5">
+        <v>-1.2836785314828401</v>
+      </c>
+      <c r="C52" s="6">
+        <v>1.35587108604337</v>
+      </c>
+      <c r="D52" s="6">
+        <v>15.511832268832899</v>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="K52"/>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52"/>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A53" s="14" t="s">
+      <c r="A53" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="B53" s="15">
-[...6 lines deleted...]
-        <v>24.775337888277701</v>
+      <c r="B53" s="5">
+        <v>-0.77310901415724698</v>
+      </c>
+      <c r="C53" s="6">
+        <v>0.60976324074224897</v>
+      </c>
+      <c r="D53" s="6">
+        <v>16.121595509575101</v>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="K53"/>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53"/>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A54" s="14" t="s">
+      <c r="A54" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="B54" s="15">
-[...6 lines deleted...]
-        <v>25.1861805667168</v>
+      <c r="B54" s="5">
+        <v>-0.33464604483758298</v>
+      </c>
+      <c r="C54" s="6">
+        <v>0.16952414085466899</v>
+      </c>
+      <c r="D54" s="6">
+        <v>16.291119650429799</v>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="K54"/>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54"/>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A55" s="14" t="s">
+      <c r="A55" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B55" s="15">
-[...6 lines deleted...]
-        <v>25.2783125557015</v>
+      <c r="B55" s="5">
+        <v>-0.334639045742046</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1.12854295629808E-2</v>
+      </c>
+      <c r="D55" s="6">
+        <v>16.302405079992798</v>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="K55"/>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55"/>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A56" s="14" t="s">
+      <c r="A56" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="B56" s="15">
-[...6 lines deleted...]
-        <v>25.353375438065701</v>
+      <c r="B56" s="5">
+        <v>-0.32628787051710501</v>
+      </c>
+      <c r="C56" s="6">
+        <v>9.6831599314790504E-2</v>
+      </c>
+      <c r="D56" s="6">
+        <v>16.399236679307599</v>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A57" s="14" t="s">
+      <c r="A57" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B57" s="15">
-[...6 lines deleted...]
-        <v>25.868944831542802</v>
+      <c r="B57" s="5">
+        <v>-9.8466019037079994E-2</v>
+      </c>
+      <c r="C57" s="6">
+        <v>2.8062214734281099</v>
+      </c>
+      <c r="D57" s="6">
+        <v>19.205458152735702</v>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A58" s="14" t="s">
+      <c r="A58" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="B58" s="15">
-[...6 lines deleted...]
-        <v>26.6247875254269</v>
+      <c r="B58" s="5">
+        <v>0</v>
+      </c>
+      <c r="C58" s="6">
+        <v>7.5702922874916903E-3</v>
+      </c>
+      <c r="D58" s="6">
+        <v>19.213028445023198</v>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A59" s="14" t="s">
+      <c r="A59" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="B59" s="15">
-[...6 lines deleted...]
-        <v>26.872287231269201</v>
+      <c r="B59" s="5">
+        <v>0</v>
+      </c>
+      <c r="C59" s="6">
+        <v>9.7536355255241305E-2</v>
+      </c>
+      <c r="D59" s="6">
+        <v>19.310564800278399</v>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A60" s="14" t="s">
+      <c r="A60" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="B60" s="15">
-[...6 lines deleted...]
-        <v>27.820668698983901</v>
+      <c r="B60" s="5">
+        <v>2.6930082611209501E-2</v>
+      </c>
+      <c r="C60" s="6">
+        <v>1.29576147175816</v>
+      </c>
+      <c r="D60" s="6">
+        <v>20.6063262720366</v>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="K60"/>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60"/>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A61" s="14" t="s">
+      <c r="A61" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="B61" s="15">
-[...6 lines deleted...]
-        <v>28.558927451663301</v>
+      <c r="B61" s="5">
+        <v>0.82359602660520004</v>
+      </c>
+      <c r="C61" s="6">
+        <v>0.19937125502144401</v>
+      </c>
+      <c r="D61" s="6">
+        <v>20.805697527058001</v>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="K61"/>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61"/>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A62" s="14" t="s">
+      <c r="A62" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="B62" s="15">
-[...6 lines deleted...]
-        <v>30.188435074163799</v>
+      <c r="B62" s="5">
+        <v>0.83155330048794096</v>
+      </c>
+      <c r="C62" s="6">
+        <v>0.37167241431696202</v>
+      </c>
+      <c r="D62" s="6">
+        <v>21.177369941375002</v>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="K62"/>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62"/>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A63" s="14" t="s">
+      <c r="A63" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="B63" s="15">
-[...6 lines deleted...]
-        <v>33.052609635662797</v>
+      <c r="B63" s="5">
+        <v>0.92224057311243102</v>
+      </c>
+      <c r="C63" s="6">
+        <v>0.51533061197972097</v>
+      </c>
+      <c r="D63" s="6">
+        <v>21.692700553354701</v>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="K63"/>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63"/>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A64" s="14" t="s">
+      <c r="A64" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="B64" s="15">
-[...6 lines deleted...]
-        <v>33.149024112324497</v>
+      <c r="B64" s="5">
+        <v>0.96715879060105203</v>
+      </c>
+      <c r="C64" s="6">
+        <v>0.38014348737602399</v>
+      </c>
+      <c r="D64" s="6">
+        <v>22.0728440407307</v>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="K64"/>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64"/>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A65" s="14" t="s">
+      <c r="A65" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="B65" s="15">
-[...6 lines deleted...]
-        <v>33.479089244515798</v>
+      <c r="B65" s="5">
+        <v>1.0366989331843199</v>
+      </c>
+      <c r="C65" s="6">
+        <v>2.1236023371200498E-3</v>
+      </c>
+      <c r="D65" s="6">
+        <v>22.0749676430679</v>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="K65"/>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65"/>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A66" s="14" t="s">
+      <c r="A66" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="B66" s="15">
-[...6 lines deleted...]
-        <v>33.520486625393097</v>
+      <c r="B66" s="5">
+        <v>1.0566397885255701</v>
+      </c>
+      <c r="C66" s="6">
+        <v>4.3895560396953998E-2</v>
+      </c>
+      <c r="D66" s="6">
+        <v>22.118863203464802</v>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="K66"/>
       <c r="L66"/>
       <c r="M66"/>
       <c r="N66"/>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A67" s="14" t="s">
+      <c r="A67" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="B67" s="15">
-[...6 lines deleted...]
-        <v>33.671248912879904</v>
+      <c r="B67" s="5">
+        <v>1.1634235470498799</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1.3515025326641501</v>
+      </c>
+      <c r="D67" s="6">
+        <v>23.470365736129001</v>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="K67"/>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67"/>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A68" s="14" t="s">
+      <c r="A68" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="B68" s="15">
-[...6 lines deleted...]
-        <v>33.759060971672497</v>
+      <c r="B68" s="12">
+        <v>1.44530509547613</v>
+      </c>
+      <c r="C68" s="13">
+        <v>1.4903161166435399</v>
+      </c>
+      <c r="D68" s="13">
+        <v>24.960681852772499</v>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="K68"/>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68"/>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69" s="14" t="s">
         <v>74</v>
       </c>
       <c r="B69" s="15">
-        <v>1.26978556606052</v>
+        <v>1.61973460942694</v>
       </c>
       <c r="C69" s="16">
-        <v>0.420774305598133</v>
+        <v>0.37808055939139301</v>
       </c>
       <c r="D69" s="16">
-        <v>34.179835277270698</v>
+        <v>25.338762412163899</v>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="K69"/>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69"/>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70" s="14" t="s">
         <v>75</v>
       </c>
       <c r="B70" s="15">
-        <v>1.43277601112652</v>
+        <v>1.70793275597045</v>
       </c>
       <c r="C70" s="16">
-        <v>1.3497511898061201</v>
+        <v>5.0049759969927896</v>
       </c>
       <c r="D70" s="16">
-        <v>35.529586467076797</v>
+        <v>30.3437384091567</v>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="3"/>
       <c r="I70" s="3"/>
       <c r="K70"/>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70"/>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B71" s="15">
-        <v>1.44211617515945</v>
+        <v>1.7225144185703201</v>
       </c>
       <c r="C71" s="16">
-        <v>0.137629325277451</v>
+        <v>2.5917283028632099E-2</v>
       </c>
       <c r="D71" s="16">
-        <v>35.667215792354298</v>
+        <v>30.369655692185301</v>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="K71"/>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71"/>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72" s="14" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="15">
-        <v>1.52628933835032</v>
+        <v>1.8448638120407199</v>
       </c>
       <c r="C72" s="16">
-        <v>3.1482790062718999</v>
+        <v>1.35372414741683</v>
       </c>
       <c r="D72" s="16">
-        <v>38.815494798626197</v>
+        <v>31.723379839602199</v>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="K72"/>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72"/>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B73" s="15">
-        <v>1.6341784917755799</v>
+        <v>1.85190969363158</v>
       </c>
       <c r="C73" s="16">
-        <v>0.234081244454412</v>
+        <v>0.90344110856335802</v>
       </c>
       <c r="D73" s="16">
-        <v>39.049576043080599</v>
+        <v>32.626820948165502</v>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="K73"/>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73"/>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74" s="14" t="s">
         <v>79</v>
       </c>
       <c r="B74" s="15">
-        <v>1.63425482814256</v>
+        <v>1.85199763303678</v>
       </c>
       <c r="C74" s="16">
-        <v>2.8476998548072801</v>
+        <v>5.2957835012153698</v>
       </c>
       <c r="D74" s="16">
-        <v>41.897275897887901</v>
+        <v>37.922604449380898</v>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="K74"/>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74"/>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B75" s="15">
-        <v>1.6585070222816301</v>
+        <v>1.8520562639464599</v>
       </c>
       <c r="C75" s="16">
-        <v>4.0593864500966603</v>
+        <v>1.5599889423326201</v>
       </c>
       <c r="D75" s="16">
-        <v>45.956662347984498</v>
+        <v>39.4825933917135</v>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="K75"/>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75"/>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76" s="14" t="s">
         <v>81</v>
       </c>
       <c r="B76" s="15">
-        <v>1.6880724645374301</v>
+        <v>1.94516870780387</v>
       </c>
       <c r="C76" s="16">
-        <v>1.2655757353031301</v>
+        <v>9.6416213363133996E-2</v>
       </c>
       <c r="D76" s="16">
-        <v>47.222238083287699</v>
+        <v>39.579009605076699</v>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="K76"/>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76"/>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77" s="14" t="s">
         <v>82</v>
       </c>
       <c r="B77" s="15">
-        <v>1.8239175101617899</v>
+        <v>2.06654657832954</v>
       </c>
       <c r="C77" s="16">
-        <v>1.3183790423758399</v>
+        <v>0.32273154814764199</v>
       </c>
       <c r="D77" s="16">
-        <v>48.540617125663502</v>
+        <v>39.9017411532243</v>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="K77"/>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77"/>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78" s="14" t="s">
         <v>83</v>
       </c>
       <c r="B78" s="15">
-        <v>2.1487842458755901</v>
+        <v>2.0666563244959102</v>
       </c>
       <c r="C78" s="16">
-        <v>0.23512027425144599</v>
+        <v>2.7424807325093201E-2</v>
       </c>
       <c r="D78" s="16">
-        <v>48.775737399915002</v>
+        <v>39.929165960549398</v>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="K78"/>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78"/>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79" s="14" t="s">
         <v>84</v>
       </c>
       <c r="B79" s="15">
-        <v>2.4632148005224699</v>
+        <v>2.0757205304227901</v>
       </c>
       <c r="C79" s="16">
-        <v>0.19965753203464501</v>
+        <v>0.766891144657597</v>
       </c>
       <c r="D79" s="16">
-        <v>48.975394931949602</v>
+        <v>40.696057105206997</v>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="K79"/>
       <c r="L79"/>
       <c r="M79"/>
       <c r="N79"/>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80" s="14" t="s">
         <v>85</v>
       </c>
       <c r="B80" s="15">
-        <v>2.51044816794459</v>
+        <v>2.1470425323493401</v>
       </c>
       <c r="C80" s="16">
-        <v>0.34510766267626097</v>
+        <v>0.426106643015492</v>
       </c>
       <c r="D80" s="16">
-        <v>49.3205025946259</v>
+        <v>41.122163748222498</v>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="K80"/>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80"/>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81" s="14" t="s">
         <v>86</v>
       </c>
       <c r="B81" s="15">
-        <v>2.5248095045935699</v>
+        <v>2.5513433699470198</v>
       </c>
       <c r="C81" s="16">
-        <v>0.22465977156508601</v>
+        <v>1.16020563378165</v>
       </c>
       <c r="D81" s="16">
-        <v>49.545162366191001</v>
+        <v>42.282369382004099</v>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="K81"/>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81"/>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82" s="14" t="s">
         <v>87</v>
       </c>
       <c r="B82" s="15">
-        <v>2.9777924698457898</v>
+        <v>2.6158081215197502</v>
       </c>
       <c r="C82" s="16">
-        <v>0.39675493209191398</v>
+        <v>0.67226249106395097</v>
       </c>
       <c r="D82" s="16">
-        <v>49.941917298282902</v>
+        <v>42.954631873068102</v>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="K82"/>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82"/>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83" s="14" t="s">
         <v>88</v>
       </c>
       <c r="B83" s="15">
-        <v>3.1883591555656698</v>
+        <v>2.65483826783605</v>
       </c>
       <c r="C83" s="16">
-        <v>0.25371048305244098</v>
+        <v>0.14433961731379</v>
       </c>
       <c r="D83" s="16">
-        <v>50.195627781335297</v>
+        <v>43.098971490381899</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="K83"/>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83"/>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="15">
-        <v>3.2907183293556299</v>
+        <v>2.6553282794117901</v>
       </c>
       <c r="C84" s="16">
-        <v>6.9226530306018594E-2</v>
+        <v>0.445877147411186</v>
       </c>
       <c r="D84" s="16">
-        <v>50.264854311641301</v>
+        <v>43.544848637793102</v>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="K84"/>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84"/>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85" s="14" t="s">
         <v>90</v>
       </c>
       <c r="B85" s="15">
-        <v>3.2912105796892801</v>
+        <v>2.65534717120619</v>
       </c>
       <c r="C85" s="16">
-        <v>1.6156445312445099E-2</v>
+        <v>11.500174765471399</v>
       </c>
       <c r="D85" s="16">
-        <v>50.281010756953798</v>
+        <v>55.045023403264501</v>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="K85"/>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85"/>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86" s="14" t="s">
         <v>91</v>
       </c>
       <c r="B86" s="15">
-        <v>3.2992758978727301</v>
+        <v>2.7688666774766801</v>
       </c>
       <c r="C86" s="16">
-        <v>3.6204759261944299</v>
+        <v>0.40592541992602599</v>
       </c>
       <c r="D86" s="16">
-        <v>53.9014866831482</v>
+        <v>55.450948823190501</v>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="K86"/>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86"/>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87" s="14" t="s">
         <v>92</v>
       </c>
       <c r="B87" s="15">
-        <v>3.6320310018247999</v>
+        <v>2.8560373015290499</v>
       </c>
       <c r="C87" s="16">
-        <v>0.784893405371484</v>
+        <v>0.26012961815249602</v>
       </c>
       <c r="D87" s="16">
-        <v>54.686380088519698</v>
+        <v>55.711078441342998</v>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="K87"/>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87"/>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88" s="14" t="s">
         <v>93</v>
       </c>
       <c r="B88" s="15">
-        <v>3.6320588295900098</v>
+        <v>2.92965876714588</v>
       </c>
       <c r="C88" s="16">
-        <v>0.32968602672478198</v>
+        <v>0.59367053555897398</v>
       </c>
       <c r="D88" s="16">
-        <v>55.016066115244499</v>
+        <v>56.304748976901998</v>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="K88"/>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88"/>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B89" s="15">
-        <v>3.63225363588775</v>
+        <v>2.92965876714588</v>
       </c>
       <c r="C89" s="16">
-        <v>2.8053804519929299E-2</v>
+        <v>6.0020936385415002E-2</v>
       </c>
       <c r="D89" s="16">
-        <v>55.044119919764398</v>
+        <v>56.364769913287397</v>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="K89"/>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89"/>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90" s="14" t="s">
         <v>95</v>
       </c>
       <c r="B90" s="15">
-        <v>3.65812242047731</v>
+        <v>2.96954472535193</v>
       </c>
       <c r="C90" s="16">
-        <v>2.1342233668815102E-3</v>
+        <v>0.22458378210962501</v>
       </c>
       <c r="D90" s="16">
-        <v>55.0462541431313</v>
+        <v>56.589353695397101</v>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
       <c r="I90" s="3"/>
       <c r="K90"/>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90"/>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91" s="14" t="s">
         <v>96</v>
       </c>
       <c r="B91" s="15">
-        <v>3.68964381125476</v>
+        <v>3.0223698597123998</v>
       </c>
       <c r="C91" s="16">
-        <v>4.3980914426722799E-2</v>
+        <v>3.6229495977687098</v>
       </c>
       <c r="D91" s="16">
-        <v>55.090235057557997</v>
+        <v>60.212303293165803</v>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="K91"/>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91"/>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92" s="14" t="s">
         <v>97</v>
       </c>
       <c r="B92" s="15">
-        <v>3.6983699790403999</v>
+        <v>3.0311296046146201</v>
       </c>
       <c r="C92" s="16">
-        <v>0.61504947607156502</v>
+        <v>6.9276108768951405E-2</v>
       </c>
       <c r="D92" s="16">
-        <v>55.705284533629602</v>
+        <v>60.2815794019347</v>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="K92"/>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92"/>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="15">
-        <v>3.7787367587647198</v>
+        <v>3.03158128343106</v>
       </c>
       <c r="C93" s="16">
-        <v>11.4900782483043</v>
+        <v>1.6158046793647501E-2</v>
       </c>
       <c r="D93" s="16">
-        <v>67.195362781933895</v>
+        <v>60.297737448728398</v>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="K93"/>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93"/>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94" s="14" t="s">
         <v>99</v>
       </c>
       <c r="B94" s="15">
-        <v>3.78749177984036</v>
+        <v>3.33554081826381</v>
       </c>
       <c r="C94" s="16">
-        <v>0.44552380815091702</v>
+        <v>0.56134977471379499</v>
       </c>
       <c r="D94" s="16">
-        <v>67.640886590084804</v>
+        <v>60.859087223442202</v>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="K94"/>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94"/>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95" s="14" t="s">
         <v>100</v>
       </c>
       <c r="B95" s="15">
-        <v>3.7891675421494799</v>
+        <v>3.3413785802142302</v>
       </c>
       <c r="C95" s="16">
-        <v>0.144528108704607</v>
+        <v>0.110903381834388</v>
       </c>
       <c r="D95" s="16">
-        <v>67.785414698789495</v>
+        <v>60.9699906052766</v>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="K95"/>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95"/>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96" s="14" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="15">
-        <v>3.8175135636890398</v>
+        <v>3.3419057555656102</v>
       </c>
       <c r="C96" s="16">
-        <v>0.37816004297651801</v>
+        <v>0.45542168978351699</v>
       </c>
       <c r="D96" s="16">
-        <v>68.163574741765999</v>
+        <v>61.425412295060099</v>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="K96"/>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96"/>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B97" s="15">
-        <v>3.9386737372991898</v>
+        <v>3.6222985119067599</v>
       </c>
       <c r="C97" s="16">
-        <v>4.2946564944089403E-2</v>
+        <v>4.3489508961065099E-2</v>
       </c>
       <c r="D97" s="16">
-        <v>68.206521306710101</v>
+        <v>61.468901804021101</v>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="K97"/>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97"/>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B98" s="15">
-        <v>3.9702901384440499</v>
+        <v>3.64342715614531</v>
       </c>
       <c r="C98" s="16">
-        <v>8.0992840710273198E-2</v>
+        <v>0.21903441248580999</v>
       </c>
       <c r="D98" s="16">
-        <v>68.287514147420296</v>
+        <v>61.687936216506998</v>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="K98"/>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98"/>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99" s="14" t="s">
         <v>104</v>
       </c>
       <c r="B99" s="15">
-        <v>4.0054859261965099</v>
+        <v>3.71787252211079</v>
       </c>
       <c r="C99" s="16">
-        <v>0.14114892170704499</v>
+        <v>0.601432185419701</v>
       </c>
       <c r="D99" s="16">
-        <v>68.428663069127396</v>
+        <v>62.289368401926701</v>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="K99"/>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="B100" s="15">
-        <v>4.1330613252803898</v>
+        <v>3.7469137012594498</v>
       </c>
       <c r="C100" s="16">
-        <v>0.138799403877715</v>
+        <v>0.12667871348156501</v>
       </c>
       <c r="D100" s="16">
-        <v>68.567462473005094</v>
+        <v>62.416047115408197</v>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="K100"/>
       <c r="L100"/>
       <c r="M100"/>
       <c r="N100"/>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101" s="14" t="s">
         <v>106</v>
       </c>
       <c r="B101" s="15">
-        <v>4.4561338136879201</v>
+        <v>3.8226196168737698</v>
       </c>
       <c r="C101" s="16">
-        <v>0.23025742758874901</v>
+        <v>0.158542083054134</v>
       </c>
       <c r="D101" s="16">
-        <v>68.797719900593805</v>
+        <v>62.574589198462398</v>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="K101"/>
       <c r="L101"/>
       <c r="M101"/>
       <c r="N101"/>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A102" s="11" t="s">
+      <c r="A102" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="B102" s="12">
-[...6 lines deleted...]
-        <v>69.6149074753326</v>
+      <c r="B102" s="15">
+        <v>4.0630772872635799</v>
+      </c>
+      <c r="C102" s="16">
+        <v>4.2733413183892698E-2</v>
+      </c>
+      <c r="D102" s="16">
+        <v>62.617322611646301</v>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="K102"/>
       <c r="L102"/>
       <c r="M102"/>
       <c r="N102"/>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A103" s="17" t="s">
+      <c r="A103" s="14" t="s">
         <v>108</v>
       </c>
-      <c r="B103" s="18">
-[...6 lines deleted...]
-        <v>69.8339789515028</v>
+      <c r="B103" s="15">
+        <v>4.4149497857161704</v>
+      </c>
+      <c r="C103" s="16">
+        <v>1.50992326701331</v>
+      </c>
+      <c r="D103" s="16">
+        <v>64.127245878659593</v>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="K103"/>
       <c r="L103"/>
       <c r="M103"/>
       <c r="N103"/>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A104" s="17" t="s">
+      <c r="A104" s="14" t="s">
         <v>109</v>
       </c>
-      <c r="B104" s="18">
-[...6 lines deleted...]
-        <v>70.392859974447305</v>
+      <c r="B104" s="15">
+        <v>4.4481351532928004</v>
+      </c>
+      <c r="C104" s="16">
+        <v>0.15113514479257401</v>
+      </c>
+      <c r="D104" s="16">
+        <v>64.278381023452198</v>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="K104"/>
       <c r="L104"/>
       <c r="M104"/>
       <c r="N104"/>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A105" s="17" t="s">
+      <c r="A105" s="14" t="s">
         <v>110</v>
       </c>
-      <c r="B105" s="18">
-[...6 lines deleted...]
-        <v>70.595297613236198</v>
+      <c r="B105" s="15">
+        <v>4.4974631266473803</v>
+      </c>
+      <c r="C105" s="16">
+        <v>0.730043143665151</v>
+      </c>
+      <c r="D105" s="16">
+        <v>65.008424167117298</v>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="3"/>
       <c r="I105" s="3"/>
       <c r="K105"/>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105"/>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A106" s="17" t="s">
+      <c r="A106" s="14" t="s">
         <v>111</v>
       </c>
-      <c r="B106" s="18">
-[...6 lines deleted...]
-        <v>70.701877732777106</v>
+      <c r="B106" s="15">
+        <v>4.6907438382949902</v>
+      </c>
+      <c r="C106" s="16">
+        <v>0.81160347518421305</v>
+      </c>
+      <c r="D106" s="16">
+        <v>65.820027642301497</v>
       </c>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="K106"/>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106"/>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A107" s="17" t="s">
+      <c r="A107" s="14" t="s">
         <v>112</v>
       </c>
-      <c r="B107" s="18">
-[...6 lines deleted...]
-        <v>71.035139519704302</v>
+      <c r="B107" s="15">
+        <v>4.74156529249034</v>
+      </c>
+      <c r="C107" s="16">
+        <v>0.49896253858130302</v>
+      </c>
+      <c r="D107" s="16">
+        <v>66.318990180882807</v>
       </c>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="K107"/>
       <c r="L107"/>
       <c r="M107"/>
       <c r="N107"/>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A108" s="17" t="s">
+      <c r="A108" s="14" t="s">
         <v>113</v>
       </c>
-      <c r="B108" s="18">
-[...6 lines deleted...]
-        <v>71.648747458940306</v>
+      <c r="B108" s="15">
+        <v>4.8132266578607199</v>
+      </c>
+      <c r="C108" s="16">
+        <v>0.19497469809492299</v>
+      </c>
+      <c r="D108" s="16">
+        <v>66.513964878977802</v>
       </c>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="K108"/>
       <c r="L108"/>
       <c r="M108"/>
       <c r="N108"/>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A109" s="17" t="s">
+      <c r="A109" s="14" t="s">
         <v>114</v>
       </c>
-      <c r="B109" s="18">
-[...6 lines deleted...]
-        <v>72.145450505066805</v>
+      <c r="B109" s="15">
+        <v>4.9277820168459296</v>
+      </c>
+      <c r="C109" s="16">
+        <v>0.24651989416339301</v>
+      </c>
+      <c r="D109" s="16">
+        <v>66.760484773141201</v>
       </c>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="K109"/>
       <c r="L109"/>
       <c r="M109"/>
       <c r="N109"/>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A110" s="17" t="s">
+      <c r="A110" s="14" t="s">
         <v>115</v>
       </c>
-      <c r="B110" s="18">
-[...6 lines deleted...]
-        <v>72.692480971947802</v>
+      <c r="B110" s="15">
+        <v>4.9858577540373199</v>
+      </c>
+      <c r="C110" s="16">
+        <v>0.14023709763394701</v>
+      </c>
+      <c r="D110" s="16">
+        <v>66.900721870775101</v>
       </c>
       <c r="G110" s="3"/>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
       <c r="K110"/>
       <c r="L110"/>
       <c r="M110"/>
       <c r="N110"/>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A111" s="17" t="s">
+      <c r="A111" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="B111" s="18">
-[...6 lines deleted...]
-        <v>73.913256737804005</v>
+      <c r="B111" s="15">
+        <v>5.3245304403376199</v>
+      </c>
+      <c r="C111" s="16">
+        <v>0.197593029767724</v>
+      </c>
+      <c r="D111" s="16">
+        <v>67.098314900542803</v>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="K111"/>
       <c r="L111"/>
       <c r="M111"/>
       <c r="N111"/>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A112" s="17" t="s">
+      <c r="A112" s="14" t="s">
         <v>117</v>
       </c>
-      <c r="B112" s="18">
-[...6 lines deleted...]
-        <v>74.492815389772403</v>
+      <c r="B112" s="15">
+        <v>5.49607030402088</v>
+      </c>
+      <c r="C112" s="16">
+        <v>5.5064308512840297E-2</v>
+      </c>
+      <c r="D112" s="16">
+        <v>67.1533792090557</v>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="K112"/>
       <c r="L112"/>
       <c r="M112"/>
       <c r="N112"/>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A113" s="17" t="s">
+      <c r="A113" s="14" t="s">
         <v>118</v>
       </c>
-      <c r="B113" s="18">
-[...6 lines deleted...]
-        <v>74.494837285593604</v>
+      <c r="B113" s="15">
+        <v>5.4985097536228897</v>
+      </c>
+      <c r="C113" s="16">
+        <v>1.16121376148454E-2</v>
+      </c>
+      <c r="D113" s="16">
+        <v>67.164991346670504</v>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="K113"/>
       <c r="L113"/>
       <c r="M113"/>
       <c r="N113"/>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A114" s="17" t="s">
+      <c r="A114" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="B114" s="18">
-[...6 lines deleted...]
-        <v>74.531250131633897</v>
+      <c r="B114" s="15">
+        <v>5.77330343349991</v>
+      </c>
+      <c r="C114" s="16">
+        <v>7.6515025746694706E-2</v>
+      </c>
+      <c r="D114" s="16">
+        <v>67.241506372417206</v>
       </c>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="K114"/>
       <c r="L114"/>
       <c r="M114"/>
       <c r="N114"/>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A115" s="17" t="s">
+      <c r="A115" s="14" t="s">
         <v>120</v>
       </c>
-      <c r="B115" s="18">
-[...6 lines deleted...]
-        <v>74.584718043351501</v>
+      <c r="B115" s="15">
+        <v>5.7751128716725999</v>
+      </c>
+      <c r="C115" s="16">
+        <v>0.123757010046319</v>
+      </c>
+      <c r="D115" s="16">
+        <v>67.365263382463496</v>
       </c>
       <c r="G115" s="3"/>
       <c r="H115" s="3"/>
       <c r="I115" s="3"/>
       <c r="K115"/>
       <c r="L115"/>
       <c r="M115"/>
       <c r="N115"/>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A116" s="17" t="s">
+      <c r="A116" s="14" t="s">
         <v>121</v>
       </c>
-      <c r="B116" s="18">
-[...6 lines deleted...]
-        <v>75.545900170953203</v>
+      <c r="B116" s="15">
+        <v>6.1285941162416</v>
+      </c>
+      <c r="C116" s="16">
+        <v>0.413369696250656</v>
+      </c>
+      <c r="D116" s="16">
+        <v>67.778633078714194</v>
       </c>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="K116"/>
       <c r="L116"/>
       <c r="M116"/>
       <c r="N116"/>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A117" s="17" t="s">
+      <c r="A117" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="B117" s="18">
-[...6 lines deleted...]
-        <v>75.7349380696118</v>
+      <c r="B117" s="15">
+        <v>6.1393250131665402</v>
+      </c>
+      <c r="C117" s="16">
+        <v>0.55892280061422905</v>
+      </c>
+      <c r="D117" s="16">
+        <v>68.337555879328406</v>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="K117"/>
       <c r="L117"/>
       <c r="M117"/>
       <c r="N117"/>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A118" s="17" t="s">
+      <c r="A118" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="B118" s="18">
-[...6 lines deleted...]
-        <v>75.745674710847894</v>
+      <c r="B118" s="12">
+        <v>6.27002704314416</v>
+      </c>
+      <c r="C118" s="13">
+        <v>1.2156059848621199</v>
+      </c>
+      <c r="D118" s="13">
+        <v>69.5531618641905</v>
       </c>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="K118"/>
       <c r="L118"/>
       <c r="M118"/>
       <c r="N118"/>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119" s="17" t="s">
         <v>124</v>
       </c>
       <c r="B119" s="18">
-        <v>6.5396897937964198</v>
+        <v>6.3815918686823903</v>
       </c>
       <c r="C119" s="19">
-        <v>0.16201844362135301</v>
+        <v>1.31558798324846</v>
       </c>
       <c r="D119" s="19">
-        <v>75.9076931544692</v>
+        <v>70.868749847439005</v>
       </c>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="K119"/>
       <c r="L119"/>
       <c r="M119"/>
       <c r="N119"/>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120" s="17" t="s">
         <v>125</v>
       </c>
       <c r="B120" s="18">
-        <v>6.5398627487853904</v>
+        <v>6.6343846980302299</v>
       </c>
       <c r="C120" s="19">
-        <v>3.4339466760547499E-2</v>
+        <v>0.57790920568544801</v>
       </c>
       <c r="D120" s="19">
-        <v>75.9420326212297</v>
+        <v>71.446659053124407</v>
       </c>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
       <c r="K120"/>
       <c r="L120"/>
       <c r="M120"/>
       <c r="N120"/>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121" s="17" t="s">
         <v>126</v>
       </c>
       <c r="B121" s="18">
-        <v>6.7443426045401296</v>
+        <v>6.7407020714858401</v>
       </c>
       <c r="C121" s="19">
-        <v>7.79272347775816E-3</v>
+        <v>0.30192024524386502</v>
       </c>
       <c r="D121" s="19">
-        <v>75.949825344707506</v>
+        <v>71.748579298368298</v>
       </c>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="K121"/>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121"/>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122" s="17" t="s">
         <v>127</v>
       </c>
       <c r="B122" s="18">
-        <v>7.5734008388958598</v>
+        <v>6.7556889311686898</v>
       </c>
       <c r="C122" s="19">
-        <v>0.14295552306585299</v>
+        <v>0.35196725153164199</v>
       </c>
       <c r="D122" s="19">
-        <v>76.092780867773399</v>
+        <v>72.100546549900002</v>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="K122"/>
       <c r="L122"/>
       <c r="M122"/>
       <c r="N122"/>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123" s="17" t="s">
         <v>128</v>
       </c>
       <c r="B123" s="18">
-        <v>8.1276680990110801</v>
+        <v>6.8207682411083903</v>
       </c>
       <c r="C123" s="19">
-        <v>1.1795889991269299</v>
+        <v>4.0360299240305704</v>
       </c>
       <c r="D123" s="19">
-        <v>77.272369866900306</v>
+        <v>76.136576473930504</v>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="K123"/>
       <c r="L123"/>
       <c r="M123"/>
       <c r="N123"/>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B124" s="18">
-        <v>8.3367533699556695</v>
+        <v>6.85912752299184</v>
       </c>
       <c r="C124" s="19">
-        <v>0.103870217502634</v>
+        <v>8.7758449988721496E-2</v>
       </c>
       <c r="D124" s="19">
-        <v>77.376240084402895</v>
+        <v>76.224334923919301</v>
       </c>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="K124"/>
       <c r="L124"/>
       <c r="M124"/>
       <c r="N124"/>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B125" s="18">
-        <v>8.5451786166822199</v>
+        <v>7.2643620775573599</v>
       </c>
       <c r="C125" s="19">
-        <v>0.37685891557302498</v>
+        <v>4.1510591618342203E-2</v>
       </c>
       <c r="D125" s="19">
-        <v>77.753098999975904</v>
+        <v>76.265845515537606</v>
       </c>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="K125"/>
       <c r="L125"/>
       <c r="M125"/>
       <c r="N125"/>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126" s="17" t="s">
         <v>131</v>
       </c>
       <c r="B126" s="18">
-        <v>8.7947105647827097</v>
+        <v>7.3178240631908498</v>
       </c>
       <c r="C126" s="19">
-        <v>4.5057386738965602E-2</v>
+        <v>0.289920725224666</v>
       </c>
       <c r="D126" s="19">
-        <v>77.798156386714894</v>
+        <v>76.555766240762296</v>
       </c>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="K126"/>
       <c r="L126"/>
       <c r="M126"/>
       <c r="N126"/>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127" s="17" t="s">
         <v>132</v>
       </c>
       <c r="B127" s="18">
-        <v>8.9422436205917197</v>
+        <v>7.6091174810656899</v>
       </c>
       <c r="C127" s="19">
-        <v>0.45958815292609001</v>
+        <v>0.46273061562951701</v>
       </c>
       <c r="D127" s="19">
-        <v>78.257744539640996</v>
+        <v>77.018496856391806</v>
       </c>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128" s="17" t="s">
         <v>133</v>
       </c>
       <c r="B128" s="18">
-        <v>8.9813042656481095</v>
+        <v>8.2493147281667394</v>
       </c>
       <c r="C128" s="19">
-        <v>0.29898316425385502</v>
+        <v>0.78274581968879897</v>
       </c>
       <c r="D128" s="19">
-        <v>78.556727703894893</v>
+        <v>77.801242676080605</v>
       </c>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129" s="17" t="s">
         <v>134</v>
       </c>
       <c r="B129" s="18">
-        <v>9.1091634152705492</v>
+        <v>8.4986791258021501</v>
       </c>
       <c r="C129" s="19">
-        <v>5.0386673534871997</v>
+        <v>4.9519606146909298E-2</v>
       </c>
       <c r="D129" s="19">
-        <v>83.595395057382007</v>
+        <v>77.850762282227507</v>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130" s="17" t="s">
         <v>135</v>
       </c>
       <c r="B130" s="18">
-        <v>9.4286347948214306</v>
+        <v>9.2168759297879497</v>
       </c>
       <c r="C130" s="19">
-        <v>1.3509259487207901</v>
+        <v>2.9403024579133499</v>
       </c>
       <c r="D130" s="19">
-        <v>84.946321006102806</v>
+        <v>80.791064740140797</v>
       </c>
       <c r="G130" s="3"/>
       <c r="H130" s="3"/>
       <c r="I130" s="3"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131" s="17" t="s">
         <v>136</v>
       </c>
       <c r="B131" s="18">
-        <v>9.6341301590524093</v>
+        <v>9.6312933279044799</v>
       </c>
       <c r="C131" s="19">
-        <v>0.12872268697224101</v>
+        <v>2.70794769142723</v>
       </c>
       <c r="D131" s="19">
-        <v>85.075043693075102</v>
+        <v>83.499012431568104</v>
       </c>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132" s="17" t="s">
         <v>137</v>
       </c>
       <c r="B132" s="18">
-        <v>9.8635640026759397</v>
+        <v>9.8378639996788309</v>
       </c>
       <c r="C132" s="19">
-        <v>0.405221620843424</v>
+        <v>4.2388036100492903E-2</v>
       </c>
       <c r="D132" s="19">
-        <v>85.480265313918494</v>
+        <v>83.541400467668595</v>
       </c>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133" s="17" t="s">
         <v>138</v>
       </c>
       <c r="B133" s="18">
-        <v>10.0233287602413</v>
+        <v>9.8495442709086003</v>
       </c>
       <c r="C133" s="19">
-        <v>0.36853263625354599</v>
+        <v>0.23653196229210299</v>
       </c>
       <c r="D133" s="19">
-        <v>85.848797950171999</v>
+        <v>83.7779324299607</v>
       </c>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134" s="17" t="s">
         <v>139</v>
       </c>
       <c r="B134" s="18">
-        <v>10.1247222137292</v>
+        <v>9.9356098761704796</v>
       </c>
       <c r="C134" s="19">
-        <v>0.57717637193822002</v>
+        <v>0.49930791566470301</v>
       </c>
       <c r="D134" s="19">
-        <v>86.425974322110307</v>
+        <v>84.277240345625401</v>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135" s="17" t="s">
         <v>140</v>
       </c>
       <c r="B135" s="18">
-        <v>10.418868382758401</v>
+        <v>10.454037455405</v>
       </c>
       <c r="C135" s="19">
-        <v>1.1368483680164901E-2</v>
+        <v>4.9038878584879902E-2</v>
       </c>
       <c r="D135" s="19">
-        <v>86.437342805790394</v>
+        <v>84.326279224210296</v>
       </c>
       <c r="G135" s="3"/>
       <c r="H135" s="3"/>
       <c r="I135" s="3"/>
       <c r="K135"/>
       <c r="L135"/>
       <c r="M135"/>
       <c r="N135"/>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136" s="17" t="s">
         <v>141</v>
       </c>
       <c r="B136" s="18">
-        <v>10.418945112680699</v>
+        <v>10.536738369854501</v>
       </c>
       <c r="C136" s="19">
-        <v>9.7130564765114197E-2</v>
+        <v>5.05790736865274E-2</v>
       </c>
       <c r="D136" s="19">
-        <v>86.534473370555503</v>
+        <v>84.376858297896803</v>
       </c>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="K136"/>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136"/>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137" s="17" t="s">
         <v>142</v>
       </c>
       <c r="B137" s="18">
-        <v>10.419098575912001</v>
+        <v>11.064997959883801</v>
       </c>
       <c r="C137" s="19">
-        <v>0.169787765527106</v>
+        <v>0.97200779413397498</v>
       </c>
       <c r="D137" s="19">
-        <v>86.704261136082593</v>
+        <v>85.348866092030704</v>
       </c>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="K137"/>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137"/>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138" s="17" t="s">
         <v>143</v>
       </c>
       <c r="B138" s="18">
-        <v>11.071405421693701</v>
+        <v>11.8324654580385</v>
       </c>
       <c r="C138" s="19">
-        <v>0.197911774763052</v>
+        <v>0.10403317822946299</v>
       </c>
       <c r="D138" s="19">
-        <v>86.902172910845707</v>
+        <v>85.452899270260204</v>
       </c>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="K138"/>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138"/>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139" s="17" t="s">
         <v>144</v>
       </c>
       <c r="B139" s="18">
-        <v>11.2863705379365</v>
+        <v>12.2767735985702</v>
       </c>
       <c r="C139" s="19">
-        <v>8.7222339178078701E-2</v>
+        <v>0.39384655652280298</v>
       </c>
       <c r="D139" s="19">
-        <v>86.989395250023804</v>
+        <v>85.846745826783007</v>
       </c>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="K139"/>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139"/>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140" s="17" t="s">
         <v>145</v>
       </c>
       <c r="B140" s="18">
-        <v>11.3885097227377</v>
+        <v>12.352662445994101</v>
       </c>
       <c r="C140" s="19">
-        <v>0.379522014467226</v>
+        <v>9.8763844078675597E-2</v>
       </c>
       <c r="D140" s="19">
-        <v>87.368917264491003</v>
+        <v>85.945509670861696</v>
       </c>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="K140"/>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140"/>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141" s="17" t="s">
         <v>146</v>
       </c>
       <c r="B141" s="18">
-        <v>13.4792216539365</v>
+        <v>12.9961025245988</v>
       </c>
       <c r="C141" s="19">
-        <v>1.4752350992128301E-2</v>
+        <v>0.24812076361752899</v>
       </c>
       <c r="D141" s="19">
-        <v>87.3836696154831</v>
+        <v>86.193630434479203</v>
       </c>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="K141"/>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141"/>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142" s="17" t="s">
         <v>147</v>
       </c>
       <c r="B142" s="18">
-        <v>13.738820831631299</v>
+        <v>13.149124657965199</v>
       </c>
       <c r="C142" s="19">
-        <v>0.35124355485604603</v>
+        <v>0.56164381196047297</v>
       </c>
       <c r="D142" s="19">
-        <v>87.734913170339198</v>
+        <v>86.755274246439697</v>
       </c>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="K142"/>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142"/>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143" s="17" t="s">
         <v>148</v>
       </c>
       <c r="B143" s="18">
-        <v>14.122002540068699</v>
+        <v>13.1678560861418</v>
       </c>
       <c r="C143" s="19">
-        <v>0.31632372910976703</v>
+        <v>0.168581354762145</v>
       </c>
       <c r="D143" s="19">
-        <v>88.051236899448895</v>
+        <v>86.923855601201794</v>
       </c>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="K143"/>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143"/>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144" s="17" t="s">
         <v>149</v>
       </c>
       <c r="B144" s="18">
-        <v>15.1789660048532</v>
+        <v>15.1495589128729</v>
       </c>
       <c r="C144" s="19">
-        <v>2.68463770107449</v>
+        <v>0.61727752593513496</v>
       </c>
       <c r="D144" s="19">
-        <v>90.735874600523402</v>
+        <v>87.541133127137002</v>
       </c>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="K144"/>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144"/>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145" s="17" t="s">
         <v>150</v>
       </c>
       <c r="B145" s="18">
-        <v>15.4467234256969</v>
+        <v>15.857804519003899</v>
       </c>
       <c r="C145" s="19">
-        <v>1.1952633720560699</v>
+        <v>0.35408618661087798</v>
       </c>
       <c r="D145" s="19">
-        <v>91.931137972579506</v>
+        <v>87.895219313747901</v>
       </c>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="K145"/>
       <c r="L145"/>
       <c r="M145"/>
       <c r="N145"/>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146" s="17" t="s">
         <v>151</v>
       </c>
       <c r="B146" s="18">
-        <v>15.461388710214001</v>
+        <v>16.010792386258</v>
       </c>
       <c r="C146" s="19">
-        <v>0.26127855143894801</v>
+        <v>0.38133363813638799</v>
       </c>
       <c r="D146" s="19">
-        <v>92.192416524018498</v>
+        <v>88.276552951884199</v>
       </c>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="K146"/>
       <c r="L146"/>
       <c r="M146"/>
       <c r="N146"/>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147" s="17" t="s">
         <v>152</v>
       </c>
       <c r="B147" s="18">
-        <v>16.687301141268499</v>
+        <v>16.846162862435701</v>
       </c>
       <c r="C147" s="19">
-        <v>0.60331124755371601</v>
+        <v>7.7551156996893897E-2</v>
       </c>
       <c r="D147" s="19">
-        <v>92.795727771572203</v>
+        <v>88.354104108881103</v>
       </c>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="K147"/>
       <c r="L147"/>
       <c r="M147"/>
       <c r="N147"/>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148" s="17" t="s">
         <v>153</v>
       </c>
       <c r="B148" s="18">
-        <v>18.108872210225901</v>
+        <v>17.911557082210599</v>
       </c>
       <c r="C148" s="19">
-        <v>0.369740157369019</v>
+        <v>1.09857449342633</v>
       </c>
       <c r="D148" s="19">
-        <v>93.165467928941197</v>
+        <v>89.4526786023075</v>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="K148"/>
       <c r="L148"/>
       <c r="M148"/>
       <c r="N148"/>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149" s="17" t="s">
         <v>154</v>
       </c>
       <c r="B149" s="18">
-        <v>19.124360718116499</v>
+        <v>17.914378485997101</v>
       </c>
       <c r="C149" s="19">
-        <v>0.132125275541809</v>
+        <v>0.23588321344625701</v>
       </c>
       <c r="D149" s="19">
-        <v>93.297593204482993</v>
+        <v>89.688561815753701</v>
       </c>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="K149"/>
       <c r="L149"/>
       <c r="M149"/>
       <c r="N149"/>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150" s="17" t="s">
         <v>155</v>
       </c>
       <c r="B150" s="18">
-        <v>20.124844059870401</v>
+        <v>18.379016816482501</v>
       </c>
       <c r="C150" s="19">
-        <v>0.149685815174571</v>
+        <v>0.146267194819791</v>
       </c>
       <c r="D150" s="19">
-        <v>93.4472790196576</v>
+        <v>89.8348290105735</v>
       </c>
       <c r="G150" s="3"/>
       <c r="H150" s="3"/>
       <c r="I150" s="3"/>
       <c r="K150"/>
       <c r="L150"/>
       <c r="M150"/>
       <c r="N150"/>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151" s="17" t="s">
         <v>156</v>
       </c>
       <c r="B151" s="18">
-        <v>21.333855518123102</v>
+        <v>19.4892883145592</v>
       </c>
       <c r="C151" s="19">
-        <v>6.3071916868630007E-2</v>
+        <v>5.21332705618263E-3</v>
       </c>
       <c r="D151" s="19">
-        <v>93.510350936526194</v>
+        <v>89.840042337629697</v>
       </c>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="K151"/>
       <c r="L151"/>
       <c r="M151"/>
       <c r="N151"/>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152" s="17" t="s">
         <v>157</v>
       </c>
       <c r="B152" s="18">
-        <v>23.2141613984193</v>
+        <v>19.489856814561001</v>
       </c>
       <c r="C152" s="19">
-        <v>5.3121568451984999E-3</v>
+        <v>1.2900300790768799E-2</v>
       </c>
       <c r="D152" s="19">
-        <v>93.515663093371401</v>
+        <v>89.852942638420501</v>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="K152"/>
       <c r="L152"/>
       <c r="M152"/>
       <c r="N152"/>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153" s="17" t="s">
         <v>158</v>
       </c>
       <c r="B153" s="18">
-        <v>23.214859855987498</v>
+        <v>19.7165819899143</v>
       </c>
       <c r="C153" s="19">
-        <v>1.3132962209363001E-2</v>
+        <v>0.110319974598915</v>
       </c>
       <c r="D153" s="19">
-        <v>93.528796055580798</v>
+        <v>89.963262613019396</v>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="K153"/>
       <c r="L153"/>
       <c r="M153"/>
       <c r="N153"/>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154" s="17" t="s">
         <v>159</v>
       </c>
       <c r="B154" s="18">
-        <v>23.242313905325201</v>
+        <v>20.575830171952099</v>
       </c>
       <c r="C154" s="19">
-        <v>0.112463274742973</v>
+        <v>0.94573579950617603</v>
       </c>
       <c r="D154" s="19">
-        <v>93.641259330323805</v>
+        <v>90.908998412525506</v>
       </c>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="K154"/>
       <c r="L154"/>
       <c r="M154"/>
       <c r="N154"/>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155" s="17" t="s">
         <v>160</v>
       </c>
       <c r="B155" s="18">
-        <v>23.259461825975801</v>
+        <v>20.9382126983263</v>
       </c>
       <c r="C155" s="19">
-        <v>0.41634204786033302</v>
+        <v>0.30613944637080298</v>
       </c>
       <c r="D155" s="19">
-        <v>94.057601378184103</v>
+        <v>91.215137858896398</v>
       </c>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="K155"/>
       <c r="L155"/>
       <c r="M155"/>
       <c r="N155"/>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156" s="17" t="s">
         <v>161</v>
       </c>
       <c r="B156" s="18">
-        <v>25.610125880434001</v>
+        <v>21.4330646448024</v>
       </c>
       <c r="C156" s="19">
-        <v>0.452328985290052</v>
+        <v>0.15052373400979899</v>
       </c>
       <c r="D156" s="19">
-        <v>94.509930363474197</v>
+        <v>91.365661592906093</v>
       </c>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="K156"/>
       <c r="L156"/>
       <c r="M156"/>
       <c r="N156"/>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B157" s="18">
-        <v>25.7367183445437</v>
+        <v>21.446518723473499</v>
       </c>
       <c r="C157" s="19">
-        <v>5.5461725652513E-3</v>
+        <v>0.86362939881471201</v>
       </c>
       <c r="D157" s="19">
-        <v>94.515476536039401</v>
+        <v>92.229290991720902</v>
       </c>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="K157"/>
       <c r="L157"/>
       <c r="M157"/>
       <c r="N157"/>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158" s="17" t="s">
         <v>163</v>
       </c>
       <c r="B158" s="18">
-        <v>25.739678255981399</v>
+        <v>21.8139915150253</v>
       </c>
       <c r="C158" s="19">
-        <v>3.4737293484637201E-2</v>
+        <v>0.14418093054574199</v>
       </c>
       <c r="D158" s="19">
-        <v>94.550213829523997</v>
+        <v>92.373471922266603</v>
       </c>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="K158"/>
       <c r="L158"/>
       <c r="M158"/>
       <c r="N158"/>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B159" s="18">
-        <v>25.741454528394801</v>
+        <v>22.219538493498799</v>
       </c>
       <c r="C159" s="19">
-        <v>8.1109848570299608E-3</v>
+        <v>4.3256146066876097E-2</v>
       </c>
       <c r="D159" s="19">
-        <v>94.558324814381095</v>
+        <v>92.416728068333498</v>
       </c>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="K159"/>
       <c r="L159"/>
       <c r="M159"/>
       <c r="N159"/>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160" s="17" t="s">
         <v>165</v>
       </c>
       <c r="B160" s="18">
-        <v>25.7417505975395</v>
+        <v>22.512759704696801</v>
       </c>
       <c r="C160" s="19">
-        <v>0.21215865179986601</v>
+        <v>0.209251839961407</v>
       </c>
       <c r="D160" s="19">
-        <v>94.770483466180906</v>
+        <v>92.625979908294894</v>
       </c>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="K160"/>
       <c r="L160"/>
       <c r="M160"/>
       <c r="N160"/>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B161" s="18">
-        <v>26.544006100881901</v>
+        <v>23.0180388768526</v>
       </c>
       <c r="C161" s="19">
-        <v>0.15498861139096701</v>
+        <v>0.16148712277879901</v>
       </c>
       <c r="D161" s="19">
-        <v>94.925472077571897</v>
+        <v>92.787467031073703</v>
       </c>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="K161"/>
       <c r="L161"/>
       <c r="M161"/>
       <c r="N161"/>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162" s="17" t="s">
         <v>167</v>
       </c>
       <c r="B162" s="18">
-        <v>29.5943013629145</v>
+        <v>24.261814373712799</v>
       </c>
       <c r="C162" s="19">
-        <v>0.304707188766346</v>
+        <v>6.5967022929351193E-2</v>
       </c>
       <c r="D162" s="19">
-        <v>95.230179266338197</v>
+        <v>92.853434054003003</v>
       </c>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="K162"/>
       <c r="L162"/>
       <c r="M162"/>
       <c r="N162"/>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163" s="17" t="s">
         <v>168</v>
       </c>
       <c r="B163" s="18">
-        <v>30.862559082187801</v>
+        <v>24.263299086704301</v>
       </c>
       <c r="C163" s="19">
-        <v>0.24692402717091</v>
+        <v>0.77376134826252196</v>
       </c>
       <c r="D163" s="19">
-        <v>95.477103293509103</v>
+        <v>93.627195402265599</v>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="K163"/>
       <c r="L163"/>
       <c r="M163"/>
       <c r="N163"/>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164" s="17" t="s">
         <v>169</v>
       </c>
       <c r="B164" s="18">
-        <v>32.085040379094998</v>
+        <v>25.300718071281299</v>
       </c>
       <c r="C164" s="19">
-        <v>4.87220729149924E-2</v>
+        <v>3.2148399011530699</v>
       </c>
       <c r="D164" s="19">
-        <v>95.525825366424101</v>
+        <v>96.842035303418697</v>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="K164"/>
       <c r="L164"/>
       <c r="M164"/>
       <c r="N164"/>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165" s="17" t="s">
         <v>170</v>
       </c>
       <c r="B165" s="18">
-        <v>32.465691565158103</v>
+        <v>27.605486141951399</v>
       </c>
       <c r="C165" s="19">
-        <v>5.7525744303378701E-2</v>
+        <v>0.51836899686206195</v>
       </c>
       <c r="D165" s="19">
-        <v>95.583351110727506</v>
+        <v>97.360404300280706</v>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="3"/>
       <c r="I165" s="3"/>
       <c r="K165"/>
       <c r="L165"/>
       <c r="M165"/>
       <c r="N165"/>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166" s="17" t="s">
         <v>171</v>
       </c>
       <c r="B166" s="18">
-        <v>32.466802169545801</v>
+        <v>30.715983212403899</v>
       </c>
       <c r="C166" s="19">
-        <v>0.29854321470015599</v>
+        <v>8.6386276170890106E-2</v>
       </c>
       <c r="D166" s="19">
-        <v>95.881894325427695</v>
+        <v>97.446790576451605</v>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="K166"/>
       <c r="L166"/>
       <c r="M166"/>
       <c r="N166"/>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167" s="17" t="s">
         <v>172</v>
       </c>
       <c r="B167" s="18">
-        <v>32.527013309148202</v>
+        <v>30.721039191265</v>
       </c>
       <c r="C167" s="19">
-        <v>9.0872984410902399E-2</v>
+        <v>0.18333922419065801</v>
       </c>
       <c r="D167" s="19">
-        <v>95.972767309838602</v>
+        <v>97.630129800642294</v>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="K167"/>
       <c r="L167"/>
       <c r="M167"/>
       <c r="N167"/>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168" s="17" t="s">
         <v>173</v>
       </c>
       <c r="B168" s="18">
-        <v>32.623844661809798</v>
+        <v>30.817322896305999</v>
       </c>
       <c r="C168" s="19">
-        <v>0.19475724285674001</v>
+        <v>0.23455304494938001</v>
       </c>
       <c r="D168" s="19">
-        <v>96.167524552695298</v>
+        <v>97.864682845591602</v>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="K168"/>
       <c r="L168"/>
       <c r="M168"/>
       <c r="N168"/>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169" s="17" t="s">
         <v>174</v>
       </c>
       <c r="B169" s="18">
-        <v>36.5575670823834</v>
+        <v>31.893270042262898</v>
       </c>
       <c r="C169" s="19">
-        <v>0.71873716131255805</v>
+        <v>0.124405758892164</v>
       </c>
       <c r="D169" s="19">
-        <v>96.886261714007901</v>
+        <v>97.989088604483797</v>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="K169"/>
       <c r="L169"/>
       <c r="M169"/>
       <c r="N169"/>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B170" s="18">
-        <v>37.127663298381499</v>
+        <v>32.047222899303001</v>
       </c>
       <c r="C170" s="19">
-        <v>0.18722193667104001</v>
+        <v>0.61322634609201399</v>
       </c>
       <c r="D170" s="19">
-        <v>97.073483650678895</v>
+        <v>98.602314950575803</v>
       </c>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="K170"/>
       <c r="L170"/>
       <c r="M170"/>
       <c r="N170"/>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171" s="17" t="s">
         <v>176</v>
       </c>
       <c r="B171" s="18">
-        <v>37.131771148125402</v>
+        <v>32.532948142791803</v>
       </c>
       <c r="C171" s="19">
-        <v>9.7125884450713101E-2</v>
+        <v>0.230945254605218</v>
       </c>
       <c r="D171" s="19">
-        <v>97.1706095351296</v>
+        <v>98.833260205181006</v>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="K171"/>
       <c r="L171"/>
       <c r="M171"/>
       <c r="N171"/>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172" s="17" t="s">
         <v>177</v>
       </c>
       <c r="B172" s="18">
-        <v>44.8150584504303</v>
+        <v>35.3163628359627</v>
       </c>
       <c r="C172" s="19">
-        <v>0.14485105039828</v>
+        <v>5.78506614694572E-2</v>
       </c>
       <c r="D172" s="19">
-        <v>97.315460585527902</v>
+        <v>98.891110866650493</v>
       </c>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="K172"/>
       <c r="L172"/>
       <c r="M172"/>
       <c r="N172"/>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173" s="17" t="s">
         <v>178</v>
       </c>
       <c r="B173" s="18">
-        <v>46.625348010307803</v>
+        <v>41.068297691057602</v>
       </c>
       <c r="C173" s="19">
-        <v>6.6343456634968101E-2</v>
+        <v>8.6507624875868397E-2</v>
       </c>
       <c r="D173" s="19">
-        <v>97.381804042162898</v>
+        <v>98.9776184915264</v>
       </c>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="K173"/>
       <c r="L173"/>
       <c r="M173"/>
       <c r="N173"/>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174" s="17" t="s">
         <v>179</v>
       </c>
       <c r="B174" s="18">
-        <v>53.117948986394502</v>
+        <v>43.7952155761283</v>
       </c>
       <c r="C174" s="19">
-        <v>0.15648631199930499</v>
+        <v>0.15587707880249499</v>
       </c>
       <c r="D174" s="19">
-        <v>97.5382903541622</v>
+        <v>99.133495570328904</v>
       </c>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="K174"/>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174"/>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175" s="17" t="s">
         <v>180</v>
       </c>
       <c r="B175" s="18">
-        <v>55.008604667632298</v>
+        <v>44.097475576571199</v>
       </c>
       <c r="C175" s="19">
-        <v>0.37047964704438602</v>
+        <v>0.50418986741113703</v>
       </c>
       <c r="D175" s="19">
-        <v>97.908770001206605</v>
+        <v>99.637685437740004</v>
       </c>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="K175"/>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175"/>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176" s="17" t="s">
         <v>181</v>
       </c>
       <c r="B176" s="18">
-        <v>60.999528688223897</v>
+        <v>45.401796293601301</v>
       </c>
       <c r="C176" s="19">
-        <v>6.6366858206973398E-3</v>
+        <v>0.139368987667564</v>
       </c>
       <c r="D176" s="19">
-        <v>97.9154066870273</v>
+        <v>99.777054425407599</v>
       </c>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="K176"/>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176"/>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177" s="17" t="s">
         <v>182</v>
       </c>
       <c r="B177" s="18">
-        <v>96.280310644618595</v>
+        <v>68.707363144020803</v>
       </c>
       <c r="C177" s="19">
-        <v>0.14906801367363201</v>
+        <v>1.4785872975815999E-2</v>
       </c>
       <c r="D177" s="19">
-        <v>98.064474700700899</v>
+        <v>99.791840298383406</v>
       </c>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="K177"/>
       <c r="L177"/>
       <c r="M177"/>
       <c r="N177"/>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178" s="17" t="s">
         <v>183</v>
       </c>
       <c r="B178" s="18">
-        <v>124.33575828595301</v>
+        <v>76.849982304929696</v>
       </c>
       <c r="C178" s="19">
-        <v>1.0743661707623899</v>
+        <v>6.71665082054827E-2</v>
       </c>
       <c r="D178" s="19">
-        <v>99.138840871463302</v>
+        <v>99.859006806588894</v>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="K178"/>
       <c r="L178"/>
       <c r="M178"/>
       <c r="N178"/>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179" s="17" t="s">
         <v>184</v>
       </c>
       <c r="B179" s="18">
-        <v>144.32980445753799</v>
+        <v>80.611749256349299</v>
       </c>
       <c r="C179" s="19">
-        <v>0.86115912853669097</v>
+        <v>0.14099319341111999</v>
       </c>
       <c r="D179" s="19">
         <v>100</v>
       </c>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="K179"/>
       <c r="L179"/>
       <c r="M179"/>
       <c r="N179"/>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="G180" s="3"/>
       <c r="H180" s="3"/>
       <c r="I180" s="3"/>
       <c r="K180"/>
       <c r="L180"/>
       <c r="M180"/>
       <c r="N180"/>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="E181" s="20"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
-</file>
-[...330 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Web - Underlying detail</vt:lpstr>
       <vt:lpstr>'Web - Underlying detail'!data_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yamco, Shane</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>