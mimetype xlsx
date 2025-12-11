--- v0 (2025-10-08)
+++ v1 (2025-12-11)
@@ -1,211 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BA2D0FF-8B2E-4309-8E37-FF3BF346E86B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57C6F26B-9356-44F4-945B-43E3DC23C624}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30410" yWindow="3560" windowWidth="30600" windowHeight="14630" xr2:uid="{6E3592F9-BBA5-4675-B8D7-D453C147B75D}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{14721406-DB6E-4AD4-A713-65AB5E22EA0F}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Chart Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="chart_1" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
-    <definedName name="chart_2" localSheetId="0">'Web - Chart Data'!$B$4:$N$9</definedName>
+    <definedName name="chart_2" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>Rose at 0-2% rate</t>
   </si>
   <si>
     <t>Rose at 2-3% rate</t>
   </si>
   <si>
     <t>Rose at 3-5% rate</t>
   </si>
   <si>
     <t>Rose at 5-10% rate</t>
   </si>
   <si>
     <t>Rose faster than 10% rate</t>
   </si>
   <si>
     <t>Trimmed Mean PCE</t>
   </si>
   <si>
     <t>Downloaded from the Federal Reserve Bank of Dallas</t>
   </si>
+  <si>
+    <t>Current vintage data</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...3 lines deleted...]
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="chart_2" connectionId="1" xr16:uid="{1E7DFA35-CD62-4810-A542-C3C49DD53B89}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -450,421 +431,397 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{11F0EA9A-E790-4FB3-AE05-B7FBA141DCEE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFE3F1A8-559A-4271-B7B6-464DBFB5D335}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:N10"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:F1"/>
+    <sheetView tabSelected="1" zoomScale="216" zoomScaleNormal="216" workbookViewId="0">
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="22.26953125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7.1796875" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="14" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.26953125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="7" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="6.81640625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.453125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.1796875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A2" s="1"/>
+      <c r="B2" s="2">
+        <v>45536</v>
+      </c>
+      <c r="C2" s="2">
+        <v>45566</v>
+      </c>
+      <c r="D2" s="2">
+        <v>45597</v>
+      </c>
+      <c r="E2" s="2">
+        <v>45627</v>
+      </c>
+      <c r="F2" s="2">
+        <v>45658</v>
+      </c>
+      <c r="G2" s="2">
+        <v>45689</v>
+      </c>
+      <c r="H2" s="2">
+        <v>45717</v>
+      </c>
+      <c r="I2" s="2">
+        <v>45748</v>
+      </c>
+      <c r="J2" s="2">
+        <v>45778</v>
+      </c>
+      <c r="K2" s="2">
+        <v>45809</v>
+      </c>
+      <c r="L2" s="2">
+        <v>45839</v>
+      </c>
+      <c r="M2" s="2">
+        <v>45870</v>
+      </c>
+      <c r="N2" s="2">
+        <v>45901</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A3" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="4">
+        <v>8.0984961792077996</v>
+      </c>
+      <c r="C3" s="4">
+        <v>4.4744379046401503</v>
+      </c>
+      <c r="D3" s="4">
+        <v>10.3921277928452</v>
+      </c>
+      <c r="E3" s="4">
+        <v>10.912855515251</v>
+      </c>
+      <c r="F3" s="4">
+        <v>12.1853791148278</v>
+      </c>
+      <c r="G3" s="4">
+        <v>12.655539986770799</v>
+      </c>
+      <c r="H3" s="4">
+        <v>11.7965673448691</v>
+      </c>
+      <c r="I3" s="4">
+        <v>11.8243970363089</v>
+      </c>
+      <c r="J3" s="4">
+        <v>8.2367304987338201</v>
+      </c>
+      <c r="K3" s="4">
+        <v>10.4560947944933</v>
+      </c>
+      <c r="L3" s="4">
+        <v>20.245667901227399</v>
+      </c>
+      <c r="M3" s="4">
+        <v>12.5997288186808</v>
+      </c>
+      <c r="N3" s="4">
+        <v>33.219330750515702</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="4">
+        <v>13.7535623883486</v>
+      </c>
+      <c r="C4" s="4">
+        <v>19.394755511760199</v>
+      </c>
+      <c r="D4" s="4">
+        <v>14.6282420362033</v>
+      </c>
+      <c r="E4" s="4">
+        <v>9.2656136680159804</v>
+      </c>
+      <c r="F4" s="4">
+        <v>14.9367710676893</v>
+      </c>
+      <c r="G4" s="4">
+        <v>8.4041495594860205</v>
+      </c>
+      <c r="H4" s="4">
+        <v>11.7874741929596</v>
+      </c>
+      <c r="I4" s="4">
+        <v>10.7193351436452</v>
+      </c>
+      <c r="J4" s="4">
+        <v>9.6476802493848197</v>
+      </c>
+      <c r="K4" s="4">
+        <v>8.9914201609134796</v>
+      </c>
+      <c r="L4" s="4">
+        <v>4.3548203530010898</v>
+      </c>
+      <c r="M4" s="4">
+        <v>9.3107967783845993</v>
+      </c>
+      <c r="N4" s="4">
+        <v>11.9033644817564</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A5" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="4">
+        <v>26.250231517901</v>
+      </c>
+      <c r="C5" s="4">
+        <v>13.819853685325199</v>
+      </c>
+      <c r="D5" s="4">
+        <v>29.036327384910098</v>
+      </c>
+      <c r="E5" s="4">
+        <v>43.548602484160497</v>
+      </c>
+      <c r="F5" s="4">
+        <v>22.370817978859002</v>
+      </c>
+      <c r="G5" s="4">
+        <v>27.7466369468134</v>
+      </c>
+      <c r="H5" s="4">
+        <v>27.618122204869699</v>
+      </c>
+      <c r="I5" s="4">
+        <v>29.762624330657498</v>
+      </c>
+      <c r="J5" s="4">
+        <v>25.1649960636746</v>
+      </c>
+      <c r="K5" s="4">
+        <v>22.948415576240901</v>
+      </c>
+      <c r="L5" s="4">
+        <v>24.8034479154392</v>
+      </c>
+      <c r="M5" s="4">
+        <v>33.408220098596701</v>
+      </c>
+      <c r="N5" s="4">
+        <v>10.809451577678299</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="4">
+        <v>17.883861658843099</v>
+      </c>
+      <c r="C6" s="4">
+        <v>25.265350354964099</v>
+      </c>
+      <c r="D6" s="4">
+        <v>9.7956387298119107</v>
+      </c>
+      <c r="E6" s="4">
+        <v>9.6753163089259502</v>
+      </c>
+      <c r="F6" s="4">
+        <v>12.7493026929476</v>
+      </c>
+      <c r="G6" s="4">
+        <v>16.315113289001399</v>
+      </c>
+      <c r="H6" s="4">
+        <v>13.8063044978897</v>
+      </c>
+      <c r="I6" s="4">
+        <v>11.1814836211698</v>
+      </c>
+      <c r="J6" s="4">
+        <v>11.3006126108963</v>
+      </c>
+      <c r="K6" s="4">
+        <v>23.3805162725317</v>
+      </c>
+      <c r="L6" s="4">
+        <v>6.9780939641609496</v>
+      </c>
+      <c r="M6" s="4">
+        <v>9.6659464727685709</v>
+      </c>
+      <c r="N6" s="4">
+        <v>13.144529139132301</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="4">
+        <v>10.832135082978001</v>
+      </c>
+      <c r="C7" s="4">
+        <v>14.599605137254899</v>
+      </c>
+      <c r="D7" s="4">
+        <v>7.2430581900051401</v>
+      </c>
+      <c r="E7" s="4">
+        <v>7.73880754442804</v>
+      </c>
+      <c r="F7" s="4">
+        <v>17.03078933358</v>
+      </c>
+      <c r="G7" s="4">
+        <v>13.6865207810659</v>
+      </c>
+      <c r="H7" s="4">
+        <v>9.2452873355855303</v>
+      </c>
+      <c r="I7" s="4">
+        <v>10.274885083729099</v>
+      </c>
+      <c r="J7" s="4">
+        <v>12.3818896704105</v>
+      </c>
+      <c r="K7" s="4">
+        <v>14.8672697112767</v>
+      </c>
+      <c r="L7" s="4">
+        <v>13.676983730907899</v>
+      </c>
+      <c r="M7" s="4">
+        <v>15.0386126399149</v>
+      </c>
+      <c r="N7" s="4">
+        <v>12.5577396870114</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B1" s="5"/>
-[...3 lines deleted...]
-      <c r="F1" s="5"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A2" s="5" t="s">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="5"/>
-[...287 lines deleted...]
-      </c>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A1:F1"/>
-    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A10:F10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Web - Chart Data</vt:lpstr>
-      <vt:lpstr>'Web - Chart Data'!chart_2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>