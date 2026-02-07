--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,53 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57C6F26B-9356-44F4-945B-43E3DC23C624}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rb.win.frb.org\K1\Accounts\A-C\K1RWC03\Redirected\Desktop\Research updates\PCE\260122\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72DE21C8-8F44-4095-A19E-B63C1F58DDED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{14721406-DB6E-4AD4-A713-65AB5E22EA0F}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{79309065-DDE4-43F3-A1B0-28CA117D0517}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Chart Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="chart_1" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
     <definedName name="chart_2" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -120,73 +129,73 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -435,393 +444,800 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFE3F1A8-559A-4271-B7B6-464DBFB5D335}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADE6BD67-00FE-4014-9D50-4EB34814E179}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:N11"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="216" zoomScaleNormal="216" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="R10" sqref="R10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.26953125" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="21.453125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.90625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.6328125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.26953125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.6328125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.90625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6.54296875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.08984375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="6.36328125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="5.81640625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="6.81640625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.6328125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="6.36328125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="6.90625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A1" s="5" t="s">
+      <c r="A1" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
-      <c r="B2" s="2">
-[...37 lines deleted...]
-      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A3" s="3" t="s">
-[...39 lines deleted...]
-        <v>33.219330750515702</v>
+      <c r="A3" s="1"/>
+      <c r="B3" s="2">
+        <v>45597</v>
+      </c>
+      <c r="C3" s="2">
+        <v>45627</v>
+      </c>
+      <c r="D3" s="2">
+        <v>45658</v>
+      </c>
+      <c r="E3" s="2">
+        <v>45689</v>
+      </c>
+      <c r="F3" s="2">
+        <v>45717</v>
+      </c>
+      <c r="G3" s="2">
+        <v>45748</v>
+      </c>
+      <c r="H3" s="2">
+        <v>45778</v>
+      </c>
+      <c r="I3" s="2">
+        <v>45809</v>
+      </c>
+      <c r="J3" s="2">
+        <v>45839</v>
+      </c>
+      <c r="K3" s="2">
+        <v>45870</v>
+      </c>
+      <c r="L3" s="2">
+        <v>45901</v>
+      </c>
+      <c r="M3" s="2">
+        <v>45931</v>
+      </c>
+      <c r="N3" s="2">
+        <v>45962</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B4" s="4">
-        <v>13.7535623883486</v>
+        <v>10.3921277928452</v>
       </c>
       <c r="C4" s="4">
-        <v>19.394755511760199</v>
+        <v>10.912855515251</v>
       </c>
       <c r="D4" s="4">
-        <v>14.6282420362033</v>
+        <v>12.1853791148278</v>
       </c>
       <c r="E4" s="4">
-        <v>9.2656136680159804</v>
+        <v>12.655539986770799</v>
       </c>
       <c r="F4" s="4">
-        <v>14.9367710676893</v>
+        <v>11.7965673448691</v>
       </c>
       <c r="G4" s="4">
-        <v>8.4041495594860205</v>
+        <v>11.8243970363089</v>
       </c>
       <c r="H4" s="4">
-        <v>11.7874741929596</v>
+        <v>8.2367304987338201</v>
       </c>
       <c r="I4" s="4">
-        <v>10.7193351436452</v>
+        <v>10.4560947944933</v>
       </c>
       <c r="J4" s="4">
-        <v>9.6476802493848197</v>
+        <v>23.658120329957502</v>
       </c>
       <c r="K4" s="4">
-        <v>8.9914201609134796</v>
+        <v>8.2280762819700204</v>
       </c>
       <c r="L4" s="4">
-        <v>4.3548203530010898</v>
+        <v>33.293505547529499</v>
       </c>
       <c r="M4" s="4">
-        <v>9.3107967783845993</v>
+        <v>30.240455482595401</v>
       </c>
       <c r="N4" s="4">
-        <v>11.9033644817564</v>
+        <v>29.531616542715302</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5" s="3" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B5" s="4">
-        <v>26.250231517901</v>
+        <v>14.6282420362033</v>
       </c>
       <c r="C5" s="4">
-        <v>13.819853685325199</v>
+        <v>9.2656136680159804</v>
       </c>
       <c r="D5" s="4">
-        <v>29.036327384910098</v>
+        <v>14.9367710676893</v>
       </c>
       <c r="E5" s="4">
-        <v>43.548602484160497</v>
+        <v>8.4041495594860205</v>
       </c>
       <c r="F5" s="4">
-        <v>22.370817978859002</v>
+        <v>11.7874741929596</v>
       </c>
       <c r="G5" s="4">
-        <v>27.7466369468134</v>
+        <v>10.7193351436452</v>
       </c>
       <c r="H5" s="4">
-        <v>27.618122204869699</v>
+        <v>9.6476802493848197</v>
       </c>
       <c r="I5" s="4">
-        <v>29.762624330657498</v>
+        <v>8.9914201609134796</v>
       </c>
       <c r="J5" s="4">
-        <v>25.1649960636746</v>
+        <v>6.3114723372450303</v>
       </c>
       <c r="K5" s="4">
-        <v>22.948415576240901</v>
+        <v>9.2632289216275492</v>
       </c>
       <c r="L5" s="4">
-        <v>24.8034479154392</v>
+        <v>14.0661974371762</v>
       </c>
       <c r="M5" s="4">
-        <v>33.408220098596701</v>
+        <v>11.9647426979984</v>
       </c>
       <c r="N5" s="4">
-        <v>10.809451577678299</v>
+        <v>10.5532202776416</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6" s="3" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B6" s="4">
-        <v>17.883861658843099</v>
+        <v>29.036327384910098</v>
       </c>
       <c r="C6" s="4">
-        <v>25.265350354964099</v>
+        <v>43.548602484160497</v>
       </c>
       <c r="D6" s="4">
-        <v>9.7956387298119107</v>
+        <v>22.370817978859002</v>
       </c>
       <c r="E6" s="4">
-        <v>9.6753163089259502</v>
+        <v>27.7466369468134</v>
       </c>
       <c r="F6" s="4">
-        <v>12.7493026929476</v>
+        <v>27.618122204869699</v>
       </c>
       <c r="G6" s="4">
-        <v>16.315113289001399</v>
+        <v>29.762624330657498</v>
       </c>
       <c r="H6" s="4">
-        <v>13.8063044978897</v>
+        <v>25.1649960636746</v>
       </c>
       <c r="I6" s="4">
-        <v>11.1814836211698</v>
+        <v>22.948415576240901</v>
       </c>
       <c r="J6" s="4">
-        <v>11.3006126108963</v>
+        <v>24.7690714259621</v>
       </c>
       <c r="K6" s="4">
-        <v>23.3805162725317</v>
+        <v>23.132001342476201</v>
       </c>
       <c r="L6" s="4">
-        <v>6.9780939641609496</v>
+        <v>11.6804006363855</v>
       </c>
       <c r="M6" s="4">
-        <v>9.6659464727685709</v>
+        <v>7.5132121260600702</v>
       </c>
       <c r="N6" s="4">
-        <v>13.144529139132301</v>
+        <v>16.331287365828398</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>9.7956387298119107</v>
+      </c>
+      <c r="C7" s="4">
+        <v>9.6753163089259502</v>
+      </c>
+      <c r="D7" s="4">
+        <v>12.7493026929476</v>
+      </c>
+      <c r="E7" s="4">
+        <v>16.315113289001399</v>
+      </c>
+      <c r="F7" s="4">
+        <v>13.8063044978897</v>
+      </c>
+      <c r="G7" s="4">
+        <v>11.1814836211698</v>
+      </c>
+      <c r="H7" s="4">
+        <v>11.3006126108963</v>
+      </c>
+      <c r="I7" s="4">
+        <v>23.3805162725317</v>
+      </c>
+      <c r="J7" s="4">
+        <v>6.9785966726165496</v>
+      </c>
+      <c r="K7" s="4">
+        <v>20.0135721100695</v>
+      </c>
+      <c r="L7" s="4">
+        <v>8.76721807195492</v>
+      </c>
+      <c r="M7" s="4">
+        <v>7.5399214887175203</v>
+      </c>
+      <c r="N7" s="4">
+        <v>7.1086890046172204</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A8" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="4">
+      <c r="B8" s="4">
         <v>7.2430581900051401</v>
       </c>
-      <c r="E7" s="4">
+      <c r="C8" s="4">
         <v>7.73880754442804</v>
       </c>
-      <c r="F7" s="4">
+      <c r="D8" s="4">
         <v>17.03078933358</v>
       </c>
-      <c r="G7" s="4">
+      <c r="E8" s="4">
         <v>13.6865207810659</v>
       </c>
-      <c r="H7" s="4">
+      <c r="F8" s="4">
         <v>9.2452873355855303</v>
       </c>
-      <c r="I7" s="4">
+      <c r="G8" s="4">
         <v>10.274885083729099</v>
       </c>
-      <c r="J7" s="4">
+      <c r="H8" s="4">
         <v>12.3818896704105</v>
       </c>
-      <c r="K7" s="4">
+      <c r="I8" s="4">
         <v>14.8672697112767</v>
       </c>
-      <c r="L7" s="4">
-[...6 lines deleted...]
-        <v>12.5577396870114</v>
+      <c r="J8" s="4">
+        <v>13.590173835693999</v>
+      </c>
+      <c r="K8" s="4">
+        <v>14.8926220984885</v>
+      </c>
+      <c r="L8" s="4">
+        <v>13.8681559750963</v>
+      </c>
+      <c r="M8" s="4">
+        <v>15.769984987008201</v>
+      </c>
+      <c r="N8" s="4">
+        <v>9.8813181792328297</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A9" s="6" t="s">
-[...6 lines deleted...]
-      <c r="F9" s="6"/>
+      <c r="A9" s="2"/>
+      <c r="B9" s="4"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4"/>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="5"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A11" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="6"/>
-[...3 lines deleted...]
-      <c r="F10" s="6"/>
+      <c r="B11" s="5"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A9:F9"/>
     <mergeCell ref="A10:F10"/>
+    <mergeCell ref="A11:F11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039965767963D294DAEE5946A543F363D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbe80bfda9b6e4705db5a647c26c6060">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" xmlns:ns3="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xmlns:ns4="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" xmlns:ns5="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="191bc1db785fdf570e6dc95dee8a32a8" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <xsd:import namespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <xsd:import namespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <xsd:import namespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b94cc3ae-357c-4eb4-84e8-520ab3b4f5d4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="23" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8d62b0c9-db67-4e82-b694-67e81e0f5876}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="af44d872-6276-42da-ba23-58815cdf9cb3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D0EEF13-7C5D-4882-9800-69532F649B19}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B83EBE9-7493-4B15-9576-ED8539D1FCB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F813D977-000B-4076-8F7B-565AF73D0919}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <ds:schemaRef ds:uri="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <ds:schemaRef ds:uri="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Web - Chart Data</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Yamco, Shane</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039965767963D294DAEE5946A543F363D</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_ActionId">
+    <vt:lpwstr>9fceff43-1a3f-4c81-a74e-333b101a9351</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Name">
+    <vt:lpwstr>dd35ee93-e0d0-47c5-8f73-0e773bb6d984</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_SetDate">
+    <vt:lpwstr>2025-04-30T15:00:17Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_SiteId">
+    <vt:lpwstr>b397c653-5b19-463f-b9fc-af658ded9128</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Name">
+    <vt:lpwstr>60a845d3-2b08-4410-a62e-4321eae94757</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_ActionId">
+    <vt:lpwstr>d1ce404c-7eb9-4903-b9ef-116ad37388ed</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_SetDate">
+    <vt:lpwstr>2025-06-27T13:29:21Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_SiteId">
+    <vt:lpwstr>b397c653-5b19-463f-b9fc-af658ded9128</vt:lpwstr>
+  </property>
+</Properties>
+</file>