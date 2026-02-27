--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,201 +1,1686 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rb.win.frb.org\K1\Accounts\A-C\K1RWC03\Redirected\Desktop\Research updates\PCE\260122\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rb.win.frb.org\K1\Accounts\A-C\K1RWC03\Redirected\Desktop\Research updates\PCE\260220\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72DE21C8-8F44-4095-A19E-B63C1F58DDED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3055E00A-3ACF-420A-8C2F-2BE478252330}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{79309065-DDE4-43F3-A1B0-28CA117D0517}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1F1A0C3E-2D74-492F-A9D8-23072B80E7A7}"/>
   </bookViews>
   <sheets>
-    <sheet name="Web - Chart Data" sheetId="1" r:id="rId1"/>
+    <sheet name="Web - Chart" sheetId="1" r:id="rId1"/>
+    <sheet name="Web - Chart Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
-    <definedName name="chart_1" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
-    <definedName name="chart_2" localSheetId="0">'Web - Chart Data'!#REF!</definedName>
+    <definedName name="chart_1" localSheetId="1">'Web - Chart Data'!$B$3:$N$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
+<connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
+  <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" name="chart" type="6" refreshedVersion="8" background="1" saveData="1">
+    <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\chart.csv" tab="0" comma="1">
+      <textFields count="14">
+        <textField type="skip"/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+        <textField/>
+      </textFields>
+    </textPr>
+  </connection>
+</connections>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+  <si>
+    <t>Current vintage data</t>
+  </si>
   <si>
     <t>Rose at 0-2% rate</t>
   </si>
   <si>
     <t>Rose at 2-3% rate</t>
   </si>
   <si>
     <t>Rose at 3-5% rate</t>
   </si>
   <si>
     <t>Rose at 5-10% rate</t>
   </si>
   <si>
     <t>Rose faster than 10% rate</t>
-  </si>
-[...7 lines deleted...]
-    <t>Current vintage data</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-      <color rgb="FF000000"/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:autoTitleDeleted val="1"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="4.8834628190899003E-2"/>
+          <c:y val="0.1399053200563915"/>
+          <c:w val="0.90788013318534966"/>
+          <c:h val="0.77198339541783911"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:areaChart>
+        <c:grouping val="stacked"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="4"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:v>More than 10%</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="99CC00"/>
+            </a:solidFill>
+            <a:ln w="25400">
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:cat>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>45992</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$8:$N$8</c:f>
+              <c:numCache>
+                <c:formatCode>0.0</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>7.73880754442804</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>17.03078933358</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>13.6865207810659</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>9.2452873355855303</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>10.274885083729099</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>12.3818896704105</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>14.8672697112767</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>13.590173835693999</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>14.8926220984885</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>13.8681559750963</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>16.6958191602242</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>9.4913759929333299</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>14.519734686081399</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-B315-4926-ABBA-20457A0BED28}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="3"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:v>5-10%</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="3366FF"/>
+            </a:solidFill>
+            <a:ln w="25400">
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:cat>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>45992</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$7:$N$7</c:f>
+              <c:numCache>
+                <c:formatCode>0.0</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>9.6753163089259502</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>12.7493026929476</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>16.315113289001399</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>13.8063044978897</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>11.1814836211698</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>11.3006126108963</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>23.3805162725317</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6.9785966726165496</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>20.0135721100695</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>8.76721807195492</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>5.9220547910891499</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>16.858609074219299</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>14.445125794214199</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-B315-4926-ABBA-20457A0BED28}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="2"/>
+          <c:order val="2"/>
+          <c:tx>
+            <c:v>3-5%</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="FF6600"/>
+            </a:solidFill>
+            <a:ln w="25400">
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:cat>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>45992</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$6:$N$6</c:f>
+              <c:numCache>
+                <c:formatCode>0.0</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>43.548602484160497</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>22.370817978859002</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>27.7466369468134</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>27.618122204869699</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>29.762624330657498</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>25.1649960636746</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>22.948415576240901</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>24.7690714259621</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>23.132001342476201</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>11.6804006363855</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>7.0589289207658599</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>6.0500135985925603</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>21.0932222214213</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000002-B315-4926-ABBA-20457A0BED28}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="3"/>
+          <c:tx>
+            <c:v>2-3%</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="00CCFF"/>
+            </a:solidFill>
+            <a:ln w="25400">
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:cat>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>45992</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$5:$N$5</c:f>
+              <c:numCache>
+                <c:formatCode>0.0</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>9.2656136680159804</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>14.9367710676893</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>8.4041495594860205</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>11.7874741929596</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>10.7193351436452</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9.6476802493848197</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>8.9914201609134796</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>6.3114723372450303</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9.2632289216275492</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>14.0661974371762</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>12.255038741076399</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>13.0759217715181</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>1.4013001726193499</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000003-B315-4926-ABBA-20457A0BED28}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="4"/>
+          <c:tx>
+            <c:v>0-2%</c:v>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:srgbClr val="800080"/>
+            </a:solidFill>
+            <a:ln w="25400">
+              <a:noFill/>
+            </a:ln>
+          </c:spPr>
+          <c:cat>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
+              <c:numCache>
+                <c:formatCode>mmm\-yy</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>45627</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>45658</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>45689</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>45717</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>45748</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>45778</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>45809</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>45839</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>45870</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>45901</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>45931</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45962</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>45992</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Web - Chart Data'!$B$4:$N$4</c:f>
+              <c:numCache>
+                <c:formatCode>0.0</c:formatCode>
+                <c:ptCount val="13"/>
+                <c:pt idx="0">
+                  <c:v>10.912855515251</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>12.1853791148278</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>12.655539986770799</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>11.7965673448691</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>11.8243970363089</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>8.2367304987338201</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>10.4560947944933</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>23.658120329957502</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8.2280762819700204</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>33.293505547529499</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>34.079834983001703</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>30.6733837935314</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>22.671672294120601</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000004-B315-4926-ABBA-20457A0BED28}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:axId val="801053832"/>
+        <c:axId val="801052656"/>
+      </c:areaChart>
+      <c:dateAx>
+        <c:axId val="801053832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="801052656"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblOffset val="100"/>
+        <c:baseTimeUnit val="months"/>
+        <c:majorUnit val="1"/>
+        <c:majorTimeUnit val="months"/>
+        <c:minorUnit val="1"/>
+        <c:minorTimeUnit val="months"/>
+      </c:dateAx>
+      <c:valAx>
+        <c:axId val="801052656"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:numFmt formatCode="0" sourceLinked="0"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="0" vert="horz"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="801053832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="midCat"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln w="25400">
+          <a:noFill/>
+        </a:ln>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="tr"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.64859829760889154"/>
+          <c:y val="9.657590365165665E-2"/>
+          <c:w val="0.25415053329220472"/>
+          <c:h val="9.2181640447776894E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:txPr>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1200"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-US"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="zero"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525">
+      <a:noFill/>
+    </a:ln>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:latin typeface="Arial"/>
+          <a:ea typeface="Arial"/>
+          <a:cs typeface="Arial"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="en-US"/>
+    </a:p>
+  </c:txPr>
+  <c:userShapes r:id="rId1"/>
+</c:chartSpace>
+</file>
+
+<file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{FBB48354-F4CC-48E9-83AC-51E7FAC46379}">
+  <sheetPr codeName="Chart1">
+    <tabColor theme="6"/>
+  </sheetPr>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0"/>
+  </sheetViews>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+  <drawing r:id="rId2"/>
+</chartsheet>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:absoluteAnchor>
+    <xdr:pos x="0" y="0"/>
+    <xdr:ext cx="12866961" cy="8744935"/>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Chart 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B748C615-B509-A1C3-4160-3A8CC7EFF137}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks noGrp="1"/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:absoluteAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0</cdr:x>
+      <cdr:y>0.00871</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>1</cdr:x>
+      <cdr:y>0.0493</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="2" name="TextBox 1">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F3377BD-A02D-8512-35BB-3CD884504D4C}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvSpPr txBox="1"/>
+      </cdr:nvSpPr>
+      <cdr:spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="0" y="50801"/>
+          <a:ext cx="8572500" cy="236592"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </cdr:spPr>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:lvl1pPr marL="0" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" indent="0">
+            <a:defRPr sz="1100">
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr rtl="0">
+            <a:lnSpc>
+              <a:spcPts val="1800"/>
+            </a:lnSpc>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-US" sz="1400" b="1" i="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="2B5280"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Evolution of the distribution of component price increases</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1400">
+            <a:solidFill>
+              <a:srgbClr val="2B5280"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.00018</cdr:x>
+      <cdr:y>0.07632</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>0.3098</cdr:x>
+      <cdr:y>0.10614</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="3" name="TextBox 4">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF70FF54-2CFF-334C-8808-9992D6DC758A}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvSpPr txBox="1"/>
+      </cdr:nvSpPr>
+      <cdr:spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="1533" y="444933"/>
+          <a:ext cx="2654250" cy="173880"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </cdr:spPr>
+      <cdr:style>
+        <a:lnRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </cdr:style>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:lvl1pPr marL="0" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Percent of expenditure</a:t>
+          </a:r>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.66876</cdr:x>
+      <cdr:y>0.06364</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>0.97839</cdr:x>
+      <cdr:y>0.09347</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="4" name="TextBox 4">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDCDF12B-7A36-7DB4-D0FA-FF8174654EDD}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvSpPr txBox="1"/>
+      </cdr:nvSpPr>
+      <cdr:spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="5732956" y="371036"/>
+          <a:ext cx="2654250" cy="173880"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </cdr:spPr>
+      <cdr:style>
+        <a:lnRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </cdr:style>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:lvl1pPr marL="0" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Price growth (annual</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t> rate)</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="1200">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.69038</cdr:x>
+      <cdr:y>0.97017</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>1</cdr:x>
+      <cdr:y>1</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="5" name="TextBox 4">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D8886C-9D05-F763-B42C-E8ECBED1B054}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvSpPr txBox="1"/>
+      </cdr:nvSpPr>
+      <cdr:spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="5918249" y="5656077"/>
+          <a:ext cx="2654251" cy="173880"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </cdr:spPr>
+      <cdr:style>
+        <a:lnRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </cdr:style>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:lvl1pPr marL="0" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl1pPr>
+          <a:lvl2pPr marL="457200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl2pPr>
+          <a:lvl3pPr marL="914400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl3pPr>
+          <a:lvl4pPr marL="1371600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl4pPr>
+          <a:lvl5pPr marL="1828800" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl5pPr>
+          <a:lvl6pPr marL="2286000" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl6pPr>
+          <a:lvl7pPr marL="2743200" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl7pPr>
+          <a:lvl8pPr marL="3200400" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl8pPr>
+          <a:lvl9pPr marL="3657600" indent="0">
+            <a:defRPr sz="1100">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:lvl9pPr>
+        </a:lstStyle>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:pPr algn="r"/>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Federal</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1100">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t> Reserve Bank of Dallas</a:t>
+          </a:r>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+</c:userShapes>
+</file>
+
+<file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="chart_1" connectionId="1" xr16:uid="{91C3B027-2428-4D7E-9400-8304D425201F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -440,391 +1925,400 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADE6BD67-00FE-4014-9D50-4EB34814E179}">
-  <sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{54E7ED41-EEBB-4FBD-BB1B-C8EEB21A3AEE}">
+  <sheetPr codeName="Sheet2">
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A2:O19"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R10" sqref="R10"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="21.453125" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="6.90625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.54296875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.81640625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="7.453125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="6.1796875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="7" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7.26953125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>7</v>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F2" s="3"/>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A3" s="2"/>
+      <c r="B3" s="3">
+        <v>45627</v>
+      </c>
+      <c r="C3" s="3">
+        <v>45658</v>
+      </c>
+      <c r="D3" s="3">
+        <v>45689</v>
+      </c>
+      <c r="E3" s="3">
+        <v>45717</v>
+      </c>
+      <c r="F3" s="3">
+        <v>45748</v>
+      </c>
+      <c r="G3" s="3">
+        <v>45778</v>
+      </c>
+      <c r="H3" s="3">
+        <v>45809</v>
+      </c>
+      <c r="I3" s="3">
+        <v>45839</v>
+      </c>
+      <c r="J3" s="3">
+        <v>45870</v>
+      </c>
+      <c r="K3" s="3">
+        <v>45901</v>
+      </c>
+      <c r="L3" s="3">
+        <v>45931</v>
+      </c>
+      <c r="M3" s="3">
+        <v>45962</v>
+      </c>
+      <c r="N3" s="3">
+        <v>45992</v>
+      </c>
+      <c r="O3" s="4"/>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.35">
-[...38 lines deleted...]
-        <v>45962</v>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A4" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="6">
+        <v>10.912855515251</v>
+      </c>
+      <c r="C4" s="6">
+        <v>12.1853791148278</v>
+      </c>
+      <c r="D4" s="6">
+        <v>12.655539986770799</v>
+      </c>
+      <c r="E4" s="6">
+        <v>11.7965673448691</v>
+      </c>
+      <c r="F4" s="6">
+        <v>11.8243970363089</v>
+      </c>
+      <c r="G4" s="6">
+        <v>8.2367304987338201</v>
+      </c>
+      <c r="H4" s="6">
+        <v>10.4560947944933</v>
+      </c>
+      <c r="I4" s="6">
+        <v>23.658120329957502</v>
+      </c>
+      <c r="J4" s="6">
+        <v>8.2280762819700204</v>
+      </c>
+      <c r="K4" s="6">
+        <v>33.293505547529499</v>
+      </c>
+      <c r="L4" s="6">
+        <v>34.079834983001703</v>
+      </c>
+      <c r="M4" s="6">
+        <v>30.6733837935314</v>
+      </c>
+      <c r="N4" s="6">
+        <v>22.671672294120601</v>
       </c>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-        <v>29.531616542715302</v>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A5" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="6">
+        <v>9.2656136680159804</v>
+      </c>
+      <c r="C5" s="6">
+        <v>14.9367710676893</v>
+      </c>
+      <c r="D5" s="6">
+        <v>8.4041495594860205</v>
+      </c>
+      <c r="E5" s="6">
+        <v>11.7874741929596</v>
+      </c>
+      <c r="F5" s="6">
+        <v>10.7193351436452</v>
+      </c>
+      <c r="G5" s="6">
+        <v>9.6476802493848197</v>
+      </c>
+      <c r="H5" s="6">
+        <v>8.9914201609134796</v>
+      </c>
+      <c r="I5" s="6">
+        <v>6.3114723372450303</v>
+      </c>
+      <c r="J5" s="6">
+        <v>9.2632289216275492</v>
+      </c>
+      <c r="K5" s="6">
+        <v>14.0661974371762</v>
+      </c>
+      <c r="L5" s="6">
+        <v>12.255038741076399</v>
+      </c>
+      <c r="M5" s="6">
+        <v>13.0759217715181</v>
+      </c>
+      <c r="N5" s="6">
+        <v>1.4013001726193499</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-        <v>10.5532202776416</v>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A6" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="6">
+        <v>43.548602484160497</v>
+      </c>
+      <c r="C6" s="6">
+        <v>22.370817978859002</v>
+      </c>
+      <c r="D6" s="6">
+        <v>27.7466369468134</v>
+      </c>
+      <c r="E6" s="6">
+        <v>27.618122204869699</v>
+      </c>
+      <c r="F6" s="6">
+        <v>29.762624330657498</v>
+      </c>
+      <c r="G6" s="6">
+        <v>25.1649960636746</v>
+      </c>
+      <c r="H6" s="6">
+        <v>22.948415576240901</v>
+      </c>
+      <c r="I6" s="6">
+        <v>24.7690714259621</v>
+      </c>
+      <c r="J6" s="6">
+        <v>23.132001342476201</v>
+      </c>
+      <c r="K6" s="6">
+        <v>11.6804006363855</v>
+      </c>
+      <c r="L6" s="6">
+        <v>7.0589289207658599</v>
+      </c>
+      <c r="M6" s="6">
+        <v>6.0500135985925603</v>
+      </c>
+      <c r="N6" s="6">
+        <v>21.0932222214213</v>
       </c>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-        <v>16.331287365828398</v>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="6">
+        <v>9.6753163089259502</v>
+      </c>
+      <c r="C7" s="6">
+        <v>12.7493026929476</v>
+      </c>
+      <c r="D7" s="6">
+        <v>16.315113289001399</v>
+      </c>
+      <c r="E7" s="6">
+        <v>13.8063044978897</v>
+      </c>
+      <c r="F7" s="6">
+        <v>11.1814836211698</v>
+      </c>
+      <c r="G7" s="6">
+        <v>11.3006126108963</v>
+      </c>
+      <c r="H7" s="6">
+        <v>23.3805162725317</v>
+      </c>
+      <c r="I7" s="6">
+        <v>6.9785966726165496</v>
+      </c>
+      <c r="J7" s="6">
+        <v>20.0135721100695</v>
+      </c>
+      <c r="K7" s="6">
+        <v>8.76721807195492</v>
+      </c>
+      <c r="L7" s="6">
+        <v>5.9220547910891499</v>
+      </c>
+      <c r="M7" s="6">
+        <v>16.858609074219299</v>
+      </c>
+      <c r="N7" s="6">
+        <v>14.445125794214199</v>
       </c>
     </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.35">
-[...40 lines deleted...]
-        <v>7.1086890046172204</v>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A8" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="6">
+        <v>7.73880754442804</v>
+      </c>
+      <c r="C8" s="6">
+        <v>17.03078933358</v>
+      </c>
+      <c r="D8" s="6">
+        <v>13.6865207810659</v>
+      </c>
+      <c r="E8" s="6">
+        <v>9.2452873355855303</v>
+      </c>
+      <c r="F8" s="6">
+        <v>10.274885083729099</v>
+      </c>
+      <c r="G8" s="6">
+        <v>12.3818896704105</v>
+      </c>
+      <c r="H8" s="6">
+        <v>14.8672697112767</v>
+      </c>
+      <c r="I8" s="6">
+        <v>13.590173835693999</v>
+      </c>
+      <c r="J8" s="6">
+        <v>14.8926220984885</v>
+      </c>
+      <c r="K8" s="6">
+        <v>13.8681559750963</v>
+      </c>
+      <c r="L8" s="6">
+        <v>16.6958191602242</v>
+      </c>
+      <c r="M8" s="6">
+        <v>9.4913759929333299</v>
+      </c>
+      <c r="N8" s="6">
+        <v>14.519734686081399</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
-[...41 lines deleted...]
-      </c>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F9" s="4"/>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F10" s="5"/>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
     </row>
-    <row r="11" spans="1:14" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F11" s="5"/>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="6"/>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+    </row>
+    <row r="19" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...2 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xsi:nil="true"/>
@@ -1077,167 +2571,181 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D0EEF13-7C5D-4882-9800-69532F649B19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BADA4A7E-4880-470B-990A-6A156DB6872D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
     <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B83EBE9-7493-4B15-9576-ED8539D1FCB1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D763ABA5-ECC2-45E9-A4DA-C071B5F536E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F813D977-000B-4076-8F7B-565AF73D0919}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57D376A4-AF1E-4781-8FF7-1CE91D4122C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
     <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
     <ds:schemaRef ds:uri="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
     <ds:schemaRef ds:uri="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Charts</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Web - Chart Data</vt:lpstr>
+      <vt:lpstr>Web - Chart</vt:lpstr>
+      <vt:lpstr>'Web - Chart Data'!chart_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yamco, Shane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010039965767963D294DAEE5946A543F363D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_ActionId">
     <vt:lpwstr>9fceff43-1a3f-4c81-a74e-333b101a9351</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Name">
     <vt:lpwstr>dd35ee93-e0d0-47c5-8f73-0e773bb6d984</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_SetDate">
     <vt:lpwstr>2025-04-30T15:00:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_SiteId">
     <vt:lpwstr>b397c653-5b19-463f-b9fc-af658ded9128</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Name">
+    <vt:lpwstr>60a845d3-2b08-4410-a62e-4321eae94757</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Name">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_ActionId">
     <vt:lpwstr>d1ce404c-7eb9-4903-b9ef-116ad37388ed</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_dd35ee93-e0d0-47c5-8f73-0e773bb6d984_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_SetDate">
     <vt:lpwstr>2025-06-27T13:29:21Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_60a845d3-2b08-4410-a62e-4321eae94757_SiteId">
     <vt:lpwstr>b397c653-5b19-463f-b9fc-af658ded9128</vt:lpwstr>
   </property>
 </Properties>
 </file>