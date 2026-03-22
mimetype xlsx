--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -1,103 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3055E00A-3ACF-420A-8C2F-2BE478252330}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0EE06B0A-7CCF-4140-8FCB-5362A72AB35F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1F1A0C3E-2D74-492F-A9D8-23072B80E7A7}"/>
+    <workbookView xWindow="35550" yWindow="3435" windowWidth="19290" windowHeight="11115" xr2:uid="{73B98EBF-1EB5-443E-9729-E9AB41C213AB}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Chart" sheetId="1" r:id="rId1"/>
     <sheet name="Web - Chart Data" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
     <definedName name="chart_1" localSheetId="1">'Web - Chart Data'!$B$3:$N$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" name="chart" type="6" refreshedVersion="8" background="1" saveData="1">
-    <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\chart.csv" tab="0" comma="1">
+    <textPr codePage="437" sourceFile="C:\Users\k1ixs01\FR Banks\PCE - PCE\output\chart.csv" tab="0" comma="1">
       <textFields count="14">
         <textField type="skip"/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Current vintage data</t>
@@ -172,51 +163,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
@@ -230,606 +221,606 @@
       </c:layout>
       <c:areaChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="0"/>
           <c:tx>
             <c:v>More than 10%</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="99CC00"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$8:$N$8</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>7.73880754442804</c:v>
+                  <c:v>17.03078933358</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>17.03078933358</c:v>
+                  <c:v>13.6865207810659</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>13.6865207810659</c:v>
+                  <c:v>9.2452873355855303</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9.2452873355855303</c:v>
+                  <c:v>10.274885083729099</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10.274885083729099</c:v>
+                  <c:v>12.3818896704105</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>12.3818896704105</c:v>
+                  <c:v>14.8672697112767</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>14.8672697112767</c:v>
+                  <c:v>13.590173835693999</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>13.590173835693999</c:v>
+                  <c:v>14.8926220984885</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>14.8926220984885</c:v>
+                  <c:v>13.8681559750963</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>13.8681559750963</c:v>
+                  <c:v>15.387286962327799</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>16.6958191602242</c:v>
+                  <c:v>9.4646105958737508</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>9.4913759929333299</c:v>
+                  <c:v>15.832291948735101</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>14.519734686081399</c:v>
+                  <c:v>15.722759654374601</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-B315-4926-ABBA-20457A0BED28}"/>
+              <c16:uniqueId val="{00000000-53E8-4829-9384-8C81B536FBCD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>5-10%</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="3366FF"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$7:$N$7</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>9.6753163089259502</c:v>
+                  <c:v>12.7493026929476</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12.7493026929476</c:v>
+                  <c:v>16.315113289001399</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>16.315113289001399</c:v>
+                  <c:v>13.8063044978897</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>13.8063044978897</c:v>
+                  <c:v>11.1814836211698</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>11.1814836211698</c:v>
+                  <c:v>11.3006126108963</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>11.3006126108963</c:v>
+                  <c:v>23.3805162725317</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>23.3805162725317</c:v>
+                  <c:v>6.9785966726165496</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>6.9785966726165496</c:v>
+                  <c:v>20.0135721100695</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>20.0135721100695</c:v>
+                  <c:v>8.76721807195492</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>8.76721807195492</c:v>
+                  <c:v>8.14970917327744</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>5.9220547910891499</c:v>
+                  <c:v>16.6797929443741</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>16.858609074219299</c:v>
+                  <c:v>15.3952406440382</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>14.445125794214199</c:v>
+                  <c:v>17.376518474850201</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-B315-4926-ABBA-20457A0BED28}"/>
+              <c16:uniqueId val="{00000001-53E8-4829-9384-8C81B536FBCD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>3-5%</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FF6600"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$6:$N$6</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>43.548602484160497</c:v>
+                  <c:v>22.370817978859002</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>22.370817978859002</c:v>
+                  <c:v>27.7466369468134</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>27.7466369468134</c:v>
+                  <c:v>27.618122204869699</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>27.618122204869699</c:v>
+                  <c:v>29.762624330657498</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>29.762624330657498</c:v>
+                  <c:v>25.1649960636746</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>25.1649960636746</c:v>
+                  <c:v>22.948415576240901</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>22.948415576240901</c:v>
+                  <c:v>24.7690714259621</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>24.7690714259621</c:v>
+                  <c:v>23.132001342476201</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>23.132001342476201</c:v>
+                  <c:v>11.6804006363855</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>11.6804006363855</c:v>
+                  <c:v>8.7670796299609908</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>7.0589289207658599</c:v>
+                  <c:v>7.9425596721243004</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>6.0500135985925603</c:v>
+                  <c:v>20.4575337811205</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>21.0932222214213</c:v>
+                  <c:v>10.311368175378</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000002-B315-4926-ABBA-20457A0BED28}"/>
+              <c16:uniqueId val="{00000002-53E8-4829-9384-8C81B536FBCD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="3"/>
           <c:tx>
             <c:v>2-3%</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="00CCFF"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$5:$N$5</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>9.2656136680159804</c:v>
+                  <c:v>14.9367710676893</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>14.9367710676893</c:v>
+                  <c:v>8.4041495594860205</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>8.4041495594860205</c:v>
+                  <c:v>11.7874741929596</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11.7874741929596</c:v>
+                  <c:v>10.7193351436452</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10.7193351436452</c:v>
+                  <c:v>9.6476802493848197</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>9.6476802493848197</c:v>
+                  <c:v>8.9914201609134796</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>8.9914201609134796</c:v>
+                  <c:v>6.3114723372450303</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>6.3114723372450303</c:v>
+                  <c:v>9.2632289216275492</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9.2632289216275492</c:v>
+                  <c:v>14.0661974371762</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>14.0661974371762</c:v>
+                  <c:v>10.8896198019228</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>12.255038741076399</c:v>
+                  <c:v>11.325513251097201</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>13.0759217715181</c:v>
+                  <c:v>3.3865738135229901</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>1.4013001726193499</c:v>
+                  <c:v>17.010344090320299</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000003-B315-4926-ABBA-20457A0BED28}"/>
+              <c16:uniqueId val="{00000003-53E8-4829-9384-8C81B536FBCD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="4"/>
           <c:tx>
             <c:v>0-2%</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="800080"/>
             </a:solidFill>
             <a:ln w="25400">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:cat>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$3:$N$3</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Web - Chart Data'!$B$4:$N$4</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
-                  <c:v>10.912855515251</c:v>
+                  <c:v>12.1853791148278</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12.1853791148278</c:v>
+                  <c:v>12.655539986770799</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>12.655539986770799</c:v>
+                  <c:v>11.7965673448691</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11.7965673448691</c:v>
+                  <c:v>11.8243970363089</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>11.8243970363089</c:v>
+                  <c:v>8.2367304987338201</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>8.2367304987338201</c:v>
+                  <c:v>10.4560947944933</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>10.4560947944933</c:v>
+                  <c:v>23.658120329957502</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>23.658120329957502</c:v>
+                  <c:v>8.2280762819700204</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>8.2280762819700204</c:v>
+                  <c:v>33.293505547529499</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>33.293505547529499</c:v>
+                  <c:v>32.771054333424097</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>34.079834983001703</c:v>
+                  <c:v>30.675240933744401</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>30.6733837935314</c:v>
+                  <c:v>16.6309858067698</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>22.671672294120601</c:v>
+                  <c:v>20.2684448047982</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000004-B315-4926-ABBA-20457A0BED28}"/>
+              <c16:uniqueId val="{00000004-53E8-4829-9384-8C81B536FBCD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:axId val="801053832"/>
         <c:axId val="801052656"/>
       </c:areaChart>
       <c:dateAx>
         <c:axId val="801053832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="mmm\-yy" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
@@ -899,135 +890,133 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="801053832"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="midCat"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="tr"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.64859829760889154"/>
-[...1 lines deleted...]
-          <c:w val="0.25415053329220472"/>
+          <c:x val="0.65945558471857679"/>
+          <c:y val="0.1023849747090759"/>
+          <c:w val="0.29461848935549723"/>
           <c:h val="9.2181640447776894E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1200"/>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
-    <a:solidFill>
-[...1 lines deleted...]
-    </a:solidFill>
+    <a:noFill/>
     <a:ln w="9525">
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{FBB48354-F4CC-48E9-83AC-51E7FAC46379}">
-  <sheetPr codeName="Chart1">
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{2721252C-8F99-45F4-8682-47DE367E3D4D}">
+  <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="116" workbookViewId="0"/>
   </sheetViews>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </chartsheet>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:absoluteAnchor>
     <xdr:pos x="0" y="0"/>
     <xdr:ext cx="12866961" cy="8744935"/>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B748C615-B509-A1C3-4160-3A8CC7EFF137}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFB3E76E-F30A-1777-D31C-6574BCC81AEE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks noGrp="1"/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:absoluteAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
@@ -1636,51 +1625,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t>Federal</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> Reserve Bank of Dallas</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="chart_1" connectionId="1" xr16:uid="{91C3B027-2428-4D7E-9400-8304D425201F}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="chart_1" connectionId="1" xr16:uid="{3AC07CA4-D20D-4C15-9DDF-E512073CFB96}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1929,345 +1918,345 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{54E7ED41-EEBB-4FBD-BB1B-C8EEB21A3AEE}">
-  <sheetPr codeName="Sheet2">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{90776D23-57A6-484E-8FE6-77C618A78651}">
+  <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
   <dimension ref="A2:O19"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G17" sqref="G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="22.26953125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.54296875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="7" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="7.453125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.1796875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.1796875" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="6.7265625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.26953125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="6.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A3" s="2"/>
       <c r="B3" s="3">
-        <v>45627</v>
+        <v>45658</v>
       </c>
       <c r="C3" s="3">
-        <v>45658</v>
+        <v>45689</v>
       </c>
       <c r="D3" s="3">
-        <v>45689</v>
+        <v>45717</v>
       </c>
       <c r="E3" s="3">
-        <v>45717</v>
+        <v>45748</v>
       </c>
       <c r="F3" s="3">
-        <v>45748</v>
+        <v>45778</v>
       </c>
       <c r="G3" s="3">
-        <v>45778</v>
+        <v>45809</v>
       </c>
       <c r="H3" s="3">
-        <v>45809</v>
+        <v>45839</v>
       </c>
       <c r="I3" s="3">
-        <v>45839</v>
+        <v>45870</v>
       </c>
       <c r="J3" s="3">
-        <v>45870</v>
+        <v>45901</v>
       </c>
       <c r="K3" s="3">
-        <v>45901</v>
+        <v>45931</v>
       </c>
       <c r="L3" s="3">
-        <v>45931</v>
+        <v>45962</v>
       </c>
       <c r="M3" s="3">
-        <v>45962</v>
+        <v>45992</v>
       </c>
       <c r="N3" s="3">
-        <v>45992</v>
+        <v>46023</v>
       </c>
       <c r="O3" s="4"/>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A4" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="6">
-        <v>10.912855515251</v>
+        <v>12.1853791148278</v>
       </c>
       <c r="C4" s="6">
-        <v>12.1853791148278</v>
+        <v>12.655539986770799</v>
       </c>
       <c r="D4" s="6">
-        <v>12.655539986770799</v>
+        <v>11.7965673448691</v>
       </c>
       <c r="E4" s="6">
-        <v>11.7965673448691</v>
+        <v>11.8243970363089</v>
       </c>
       <c r="F4" s="6">
-        <v>11.8243970363089</v>
+        <v>8.2367304987338201</v>
       </c>
       <c r="G4" s="6">
-        <v>8.2367304987338201</v>
+        <v>10.4560947944933</v>
       </c>
       <c r="H4" s="6">
-        <v>10.4560947944933</v>
+        <v>23.658120329957502</v>
       </c>
       <c r="I4" s="6">
-        <v>23.658120329957502</v>
+        <v>8.2280762819700204</v>
       </c>
       <c r="J4" s="6">
-        <v>8.2280762819700204</v>
+        <v>33.293505547529499</v>
       </c>
       <c r="K4" s="6">
-        <v>33.293505547529499</v>
+        <v>32.771054333424097</v>
       </c>
       <c r="L4" s="6">
-        <v>34.079834983001703</v>
+        <v>30.675240933744401</v>
       </c>
       <c r="M4" s="6">
-        <v>30.6733837935314</v>
+        <v>16.6309858067698</v>
       </c>
       <c r="N4" s="6">
-        <v>22.671672294120601</v>
+        <v>20.2684448047982</v>
       </c>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
-        <v>9.2656136680159804</v>
+        <v>14.9367710676893</v>
       </c>
       <c r="C5" s="6">
-        <v>14.9367710676893</v>
+        <v>8.4041495594860205</v>
       </c>
       <c r="D5" s="6">
-        <v>8.4041495594860205</v>
+        <v>11.7874741929596</v>
       </c>
       <c r="E5" s="6">
-        <v>11.7874741929596</v>
+        <v>10.7193351436452</v>
       </c>
       <c r="F5" s="6">
-        <v>10.7193351436452</v>
+        <v>9.6476802493848197</v>
       </c>
       <c r="G5" s="6">
-        <v>9.6476802493848197</v>
+        <v>8.9914201609134796</v>
       </c>
       <c r="H5" s="6">
-        <v>8.9914201609134796</v>
+        <v>6.3114723372450303</v>
       </c>
       <c r="I5" s="6">
-        <v>6.3114723372450303</v>
+        <v>9.2632289216275492</v>
       </c>
       <c r="J5" s="6">
-        <v>9.2632289216275492</v>
+        <v>14.0661974371762</v>
       </c>
       <c r="K5" s="6">
-        <v>14.0661974371762</v>
+        <v>10.8896198019228</v>
       </c>
       <c r="L5" s="6">
-        <v>12.255038741076399</v>
+        <v>11.325513251097201</v>
       </c>
       <c r="M5" s="6">
-        <v>13.0759217715181</v>
+        <v>3.3865738135229901</v>
       </c>
       <c r="N5" s="6">
-        <v>1.4013001726193499</v>
+        <v>17.010344090320299</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
-        <v>43.548602484160497</v>
+        <v>22.370817978859002</v>
       </c>
       <c r="C6" s="6">
-        <v>22.370817978859002</v>
+        <v>27.7466369468134</v>
       </c>
       <c r="D6" s="6">
-        <v>27.7466369468134</v>
+        <v>27.618122204869699</v>
       </c>
       <c r="E6" s="6">
-        <v>27.618122204869699</v>
+        <v>29.762624330657498</v>
       </c>
       <c r="F6" s="6">
-        <v>29.762624330657498</v>
+        <v>25.1649960636746</v>
       </c>
       <c r="G6" s="6">
-        <v>25.1649960636746</v>
+        <v>22.948415576240901</v>
       </c>
       <c r="H6" s="6">
-        <v>22.948415576240901</v>
+        <v>24.7690714259621</v>
       </c>
       <c r="I6" s="6">
-        <v>24.7690714259621</v>
+        <v>23.132001342476201</v>
       </c>
       <c r="J6" s="6">
-        <v>23.132001342476201</v>
+        <v>11.6804006363855</v>
       </c>
       <c r="K6" s="6">
-        <v>11.6804006363855</v>
+        <v>8.7670796299609908</v>
       </c>
       <c r="L6" s="6">
-        <v>7.0589289207658599</v>
+        <v>7.9425596721243004</v>
       </c>
       <c r="M6" s="6">
-        <v>6.0500135985925603</v>
+        <v>20.4575337811205</v>
       </c>
       <c r="N6" s="6">
-        <v>21.0932222214213</v>
+        <v>10.311368175378</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="6">
-        <v>9.6753163089259502</v>
+        <v>12.7493026929476</v>
       </c>
       <c r="C7" s="6">
-        <v>12.7493026929476</v>
+        <v>16.315113289001399</v>
       </c>
       <c r="D7" s="6">
-        <v>16.315113289001399</v>
+        <v>13.8063044978897</v>
       </c>
       <c r="E7" s="6">
-        <v>13.8063044978897</v>
+        <v>11.1814836211698</v>
       </c>
       <c r="F7" s="6">
-        <v>11.1814836211698</v>
+        <v>11.3006126108963</v>
       </c>
       <c r="G7" s="6">
-        <v>11.3006126108963</v>
+        <v>23.3805162725317</v>
       </c>
       <c r="H7" s="6">
-        <v>23.3805162725317</v>
+        <v>6.9785966726165496</v>
       </c>
       <c r="I7" s="6">
-        <v>6.9785966726165496</v>
+        <v>20.0135721100695</v>
       </c>
       <c r="J7" s="6">
-        <v>20.0135721100695</v>
+        <v>8.76721807195492</v>
       </c>
       <c r="K7" s="6">
-        <v>8.76721807195492</v>
+        <v>8.14970917327744</v>
       </c>
       <c r="L7" s="6">
-        <v>5.9220547910891499</v>
+        <v>16.6797929443741</v>
       </c>
       <c r="M7" s="6">
-        <v>16.858609074219299</v>
+        <v>15.3952406440382</v>
       </c>
       <c r="N7" s="6">
-        <v>14.445125794214199</v>
+        <v>17.376518474850201</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>7.73880754442804</v>
+        <v>17.03078933358</v>
       </c>
       <c r="C8" s="6">
-        <v>17.03078933358</v>
+        <v>13.6865207810659</v>
       </c>
       <c r="D8" s="6">
-        <v>13.6865207810659</v>
+        <v>9.2452873355855303</v>
       </c>
       <c r="E8" s="6">
-        <v>9.2452873355855303</v>
+        <v>10.274885083729099</v>
       </c>
       <c r="F8" s="6">
-        <v>10.274885083729099</v>
+        <v>12.3818896704105</v>
       </c>
       <c r="G8" s="6">
-        <v>12.3818896704105</v>
+        <v>14.8672697112767</v>
       </c>
       <c r="H8" s="6">
-        <v>14.8672697112767</v>
+        <v>13.590173835693999</v>
       </c>
       <c r="I8" s="6">
-        <v>13.590173835693999</v>
+        <v>14.8926220984885</v>
       </c>
       <c r="J8" s="6">
-        <v>14.8926220984885</v>
+        <v>13.8681559750963</v>
       </c>
       <c r="K8" s="6">
-        <v>13.8681559750963</v>
+        <v>15.387286962327799</v>
       </c>
       <c r="L8" s="6">
-        <v>16.6958191602242</v>
+        <v>9.4646105958737508</v>
       </c>
       <c r="M8" s="6">
-        <v>9.4913759929333299</v>
+        <v>15.832291948735101</v>
       </c>
       <c r="N8" s="6">
-        <v>14.519734686081399</v>
+        <v>15.722759654374601</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.35">
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.35">
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.35">
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
@@ -2280,472 +2269,81 @@
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
     </row>
     <row r="18" spans="2:7" x14ac:dyDescent="0.35">
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.35">
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...330 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Charts</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Web - Chart Data</vt:lpstr>
       <vt:lpstr>Web - Chart</vt:lpstr>
       <vt:lpstr>'Web - Chart Data'!chart_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yamco, Shane</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...57 lines deleted...]
-</file>