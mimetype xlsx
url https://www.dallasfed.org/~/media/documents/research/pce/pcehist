--- v0 (2025-10-08)
+++ v1 (2025-12-11)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{65DBBF34-B819-404E-A1B3-6F88B31350B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E0F47FB-040F-4322-949E-5C48C3DEB185}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="29730" yWindow="2880" windowWidth="30600" windowHeight="14630" xr2:uid="{DF271E39-E189-4AC6-8D86-377807FBF412}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{A77E859B-E4E5-4B69-B9FD-96521A711D54}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Historical" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
-    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$588</definedName>
+    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$589</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" name="hist" type="6" refreshedVersion="8" background="1" saveData="1">
     <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\hist.csv" tab="0" comma="1">
@@ -167,51 +167,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{DAC6D328-C933-4443-ABAB-1A7D899D648D}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{EC1B6050-79DC-4108-AF21-7E66F9ADC680}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -460,58 +460,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{15FF97FC-CA53-48A2-B1F4-CDAA843A9EDA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1836192-623D-4B0F-B39D-B2C440504C22}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:Q588"/>
+  <dimension ref="A1:Q589"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F583" sqref="F583"/>
+    <sheetView tabSelected="1" topLeftCell="A566" workbookViewId="0">
+      <selection activeCell="C586" sqref="C586"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7265625" style="4" customWidth="1"/>
     <col min="6" max="6" width="13.54296875" customWidth="1"/>
     <col min="7" max="7" width="8.54296875" customWidth="1"/>
     <col min="8" max="8" width="9.54296875" customWidth="1"/>
     <col min="10" max="11" width="8.54296875" customWidth="1"/>
     <col min="12" max="12" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="26.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -10390,71 +10390,85 @@
         <v>2.7</v>
       </c>
       <c r="D585" s="5">
         <v>2.61</v>
       </c>
     </row>
     <row r="586" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A586" s="4">
         <v>45809</v>
       </c>
       <c r="B586" s="5">
         <v>3.59</v>
       </c>
       <c r="C586" s="5">
         <v>2.79</v>
       </c>
       <c r="D586" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="587" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A587" s="4">
         <v>45839</v>
       </c>
       <c r="B587" s="5">
-        <v>1.68</v>
+        <v>1.65</v>
       </c>
       <c r="C587" s="5">
-        <v>2.58</v>
+        <v>2.57</v>
       </c>
       <c r="D587" s="5">
         <v>2.67</v>
       </c>
     </row>
     <row r="588" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A588" s="4">
         <v>45870</v>
       </c>
       <c r="B588" s="5">
-        <v>2.84</v>
+        <v>3.17</v>
       </c>
       <c r="C588" s="5">
-        <v>2.57</v>
+        <v>2.62</v>
       </c>
       <c r="D588" s="5">
-        <v>2.75</v>
+        <v>2.77</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A589" s="4">
+        <v>45901</v>
+      </c>
+      <c r="B589" s="5">
+        <v>1.93</v>
+      </c>
+      <c r="C589" s="5">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="D589" s="5">
+        <v>2.68</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P471:Q471"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>