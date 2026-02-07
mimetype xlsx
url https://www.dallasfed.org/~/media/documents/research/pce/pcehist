--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E0F47FB-040F-4322-949E-5C48C3DEB185}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E2E6559E-D566-464F-ACCE-D46F7DD09370}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28690" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{A77E859B-E4E5-4B69-B9FD-96521A711D54}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{6E5364B9-E36C-402C-9EC8-47EACE88B9B3}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Historical" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
-    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$589</definedName>
+    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$591</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" name="hist" type="6" refreshedVersion="8" background="1" saveData="1">
     <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\hist.csv" tab="0" comma="1">
@@ -167,51 +167,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{EC1B6050-79DC-4108-AF21-7E66F9ADC680}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{39EA2398-0F61-460A-A334-D5F0513BBE8C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -460,58 +460,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1836192-623D-4B0F-B39D-B2C440504C22}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94106982-69F3-4850-B795-634A404B6E7A}">
   <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:Q589"/>
+  <dimension ref="A1:Q591"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A566" workbookViewId="0">
-      <selection activeCell="C586" sqref="C586"/>
+    <sheetView tabSelected="1" topLeftCell="A575" workbookViewId="0">
+      <selection activeCell="D589" sqref="D589"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7265625" style="4" customWidth="1"/>
     <col min="6" max="6" width="13.54296875" customWidth="1"/>
     <col min="7" max="7" width="8.54296875" customWidth="1"/>
     <col min="8" max="8" width="9.54296875" customWidth="1"/>
     <col min="10" max="11" width="8.54296875" customWidth="1"/>
     <col min="12" max="12" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="26.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -10390,85 +10390,113 @@
         <v>2.7</v>
       </c>
       <c r="D585" s="5">
         <v>2.61</v>
       </c>
     </row>
     <row r="586" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A586" s="4">
         <v>45809</v>
       </c>
       <c r="B586" s="5">
         <v>3.59</v>
       </c>
       <c r="C586" s="5">
         <v>2.79</v>
       </c>
       <c r="D586" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="587" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A587" s="4">
         <v>45839</v>
       </c>
       <c r="B587" s="5">
-        <v>1.65</v>
+        <v>1.9</v>
       </c>
       <c r="C587" s="5">
-        <v>2.57</v>
+        <v>2.61</v>
       </c>
       <c r="D587" s="5">
-        <v>2.67</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="588" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A588" s="4">
         <v>45870</v>
       </c>
       <c r="B588" s="5">
-        <v>3.17</v>
+        <v>3.25</v>
       </c>
       <c r="C588" s="5">
-        <v>2.62</v>
+        <v>2.67</v>
       </c>
       <c r="D588" s="5">
-        <v>2.77</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="589" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A589" s="4">
         <v>45901</v>
       </c>
       <c r="B589" s="5">
-        <v>1.93</v>
+        <v>1.91</v>
       </c>
       <c r="C589" s="5">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="D589" s="5">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A590" s="4">
+        <v>45931</v>
+      </c>
+      <c r="B590" s="5">
+        <v>1.49</v>
+      </c>
+      <c r="C590" s="5">
+        <v>2.35</v>
+      </c>
+      <c r="D590" s="5">
+        <v>2.54</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A591" s="4">
+        <v>45962</v>
+      </c>
+      <c r="B591" s="5">
+        <v>1.51</v>
+      </c>
+      <c r="C591" s="5">
+        <v>2.27</v>
+      </c>
+      <c r="D591" s="5">
         <v>2.4900000000000002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.68</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P471:Q471"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>