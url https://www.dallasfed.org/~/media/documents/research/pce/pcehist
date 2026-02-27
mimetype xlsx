--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,64 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E2E6559E-D566-464F-ACCE-D46F7DD09370}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\rb.win.frb.org\K1\Accounts\A-C\K1RWC03\Redirected\Desktop\Research updates\PCE\260220\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59C347EC-E177-47D7-A1A6-D7AFF279D80A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{6E5364B9-E36C-402C-9EC8-47EACE88B9B3}"/>
+    <workbookView xWindow="31410" yWindow="2610" windowWidth="21600" windowHeight="11175" xr2:uid="{1A92570A-8EB8-4BA0-A9EB-32FF076FF18A}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Historical" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
-    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$591</definedName>
+    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$592</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" name="hist" type="6" refreshedVersion="8" background="1" saveData="1">
     <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\hist.csv" tab="0" comma="1">
@@ -163,55 +172,55 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{39EA2398-0F61-460A-A334-D5F0513BBE8C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{3158F59A-3083-4806-B288-0DBB608B4A12}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -460,57 +469,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94106982-69F3-4850-B795-634A404B6E7A}">
-  <sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{055999C6-5C00-4655-AEC2-C0686119CD93}">
+  <sheetPr codeName="Sheet1">
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:Q591"/>
+  <dimension ref="A1:Q592"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A575" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="D589" sqref="D589"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7265625" style="4" customWidth="1"/>
     <col min="6" max="6" width="13.54296875" customWidth="1"/>
     <col min="7" max="7" width="8.54296875" customWidth="1"/>
     <col min="8" max="8" width="9.54296875" customWidth="1"/>
     <col min="10" max="11" width="8.54296875" customWidth="1"/>
     <col min="12" max="12" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="26.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -10432,106 +10441,460 @@
         <v>2.67</v>
       </c>
       <c r="D588" s="5">
         <v>2.8</v>
       </c>
     </row>
     <row r="589" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A589" s="4">
         <v>45901</v>
       </c>
       <c r="B589" s="5">
         <v>1.91</v>
       </c>
       <c r="C589" s="5">
         <v>2.5499999999999998</v>
       </c>
       <c r="D589" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="590" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A590" s="4">
         <v>45931</v>
       </c>
       <c r="B590" s="5">
-        <v>1.49</v>
+        <v>1.59</v>
       </c>
       <c r="C590" s="5">
-        <v>2.35</v>
+        <v>2.36</v>
       </c>
       <c r="D590" s="5">
-        <v>2.54</v>
+        <v>2.5499999999999998</v>
       </c>
     </row>
     <row r="591" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A591" s="4">
         <v>45962</v>
       </c>
       <c r="B591" s="5">
-        <v>1.51</v>
+        <v>1.7</v>
       </c>
       <c r="C591" s="5">
-        <v>2.27</v>
+        <v>2.3199999999999998</v>
       </c>
       <c r="D591" s="5">
-        <v>2.4900000000000002</v>
+        <v>2.5099999999999998</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A592" s="4">
+        <v>45992</v>
+      </c>
+      <c r="B592" s="5">
+        <v>2.21</v>
+      </c>
+      <c r="C592" s="5">
+        <v>2.09</v>
+      </c>
+      <c r="D592" s="5">
+        <v>2.44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P471:Q471"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010039965767963D294DAEE5946A543F363D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbe80bfda9b6e4705db5a647c26c6060">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" xmlns:ns3="d64264fa-5603-4e4e-a2f4-32f4724a08c4" xmlns:ns4="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" xmlns:ns5="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="191bc1db785fdf570e6dc95dee8a32a8" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <xsd:import namespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <xsd:import namespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <xsd:import namespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns5:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b94cc3ae-357c-4eb4-84e8-520ab3b4f5d4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="23" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d64264fa-5603-4e4e-a2f4-32f4724a08c4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8d62b0c9-db67-4e82-b694-67e81e0f5876}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="af44d872-6276-42da-ba23-58815cdf9cb3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2814f50d-da92-4ebb-b3e7-78ffc71e2a52" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3528A2D5-A056-459C-9144-02693BB174BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A81E732-89F2-4648-A4E7-86B4F3E4534C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33BF856A-343E-4A15-90D5-995F23A7A7EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="ed7b4a81-9099-4913-ba9f-e5d39e0bdbe1"/>
+    <ds:schemaRef ds:uri="d64264fa-5603-4e4e-a2f4-32f4724a08c4"/>
+    <ds:schemaRef ds:uri="2814f50d-da92-4ebb-b3e7-78ffc71e2a52"/>
+    <ds:schemaRef ds:uri="b6b0a385-71c1-4ba9-b48d-f3f9140e37ea"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Web - Historical</vt:lpstr>
       <vt:lpstr>'Web - Historical'!hist_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Yamco, Shane</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010039965767963D294DAEE5946A543F363D</vt:lpwstr>
+  </property>
+</Properties>
+</file>