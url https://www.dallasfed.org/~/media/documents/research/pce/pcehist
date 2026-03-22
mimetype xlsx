--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -1,98 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59C347EC-E177-47D7-A1A6-D7AFF279D80A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{59CC381E-9886-4593-90E5-6F092615A45C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31410" yWindow="2610" windowWidth="21600" windowHeight="11175" xr2:uid="{1A92570A-8EB8-4BA0-A9EB-32FF076FF18A}"/>
+    <workbookView xWindow="31650" yWindow="2850" windowWidth="19290" windowHeight="11115" xr2:uid="{EF8E2DB4-2651-4306-A26B-3AEC5F85EA98}"/>
   </bookViews>
   <sheets>
     <sheet name="Web - Historical" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_DLX1.USE">#REF!</definedName>
     <definedName name="_DLX2.USE">#REF!</definedName>
     <definedName name="_DLX3.USE">#REF!</definedName>
-    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$592</definedName>
+    <definedName name="hist_1" localSheetId="0">'Web - Historical'!$A$4:$D$593</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" name="hist" type="6" refreshedVersion="8" background="1" saveData="1">
-    <textPr codePage="437" sourceFile="C:\Users\k1sxy06\FR Banks\PCE - PCE\output\hist.csv" tab="0" comma="1">
+    <textPr codePage="437" sourceFile="C:\Users\k1ixs01\FR Banks\PCE - PCE\output\hist.csv" tab="0" comma="1">
       <textFields count="4">
         <textField/>
         <textField/>
         <textField/>
         <textField/>
       </textFields>
     </textPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="6">
   <si>
     <t>Trimmed mean PCE inflation rates</t>
   </si>
   <si>
     <t>All series are at annual rates</t>
   </si>
   <si>
     <t>1-month</t>
   </si>
   <si>
     <t>6-month</t>
   </si>
@@ -172,55 +163,55 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{3158F59A-3083-4806-B288-0DBB608B4A12}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="hist_1" connectionId="1" xr16:uid="{4D366592-63A6-4009-97BF-F528976B0EF4}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -469,58 +460,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{055999C6-5C00-4655-AEC2-C0686119CD93}">
-  <sheetPr codeName="Sheet1">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EDF5FBE-1F7F-48AD-BB7F-2EEE3067CD2A}">
+  <sheetPr>
     <tabColor theme="6"/>
   </sheetPr>
-  <dimension ref="A1:Q592"/>
+  <dimension ref="A1:Q593"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D589" sqref="D589"/>
+    <sheetView tabSelected="1" topLeftCell="A566" workbookViewId="0">
+      <selection activeCell="A594" sqref="A594"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.54296875" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="8.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.7265625" style="4" customWidth="1"/>
     <col min="6" max="6" width="13.54296875" customWidth="1"/>
     <col min="7" max="7" width="8.54296875" customWidth="1"/>
     <col min="8" max="8" width="9.54296875" customWidth="1"/>
     <col min="10" max="11" width="8.54296875" customWidth="1"/>
     <col min="12" max="12" width="9.54296875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" customWidth="1"/>
     <col min="16" max="16" width="21" customWidth="1"/>
     <col min="17" max="17" width="26.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.35">
       <c r="E1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -10441,460 +10432,134 @@
         <v>2.67</v>
       </c>
       <c r="D588" s="5">
         <v>2.8</v>
       </c>
     </row>
     <row r="589" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A589" s="4">
         <v>45901</v>
       </c>
       <c r="B589" s="5">
         <v>1.91</v>
       </c>
       <c r="C589" s="5">
         <v>2.5499999999999998</v>
       </c>
       <c r="D589" s="5">
         <v>2.7</v>
       </c>
     </row>
     <row r="590" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A590" s="4">
         <v>45931</v>
       </c>
       <c r="B590" s="5">
-        <v>1.59</v>
+        <v>1.6</v>
       </c>
       <c r="C590" s="5">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
       <c r="D590" s="5">
         <v>2.5499999999999998</v>
       </c>
     </row>
     <row r="591" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A591" s="4">
         <v>45962</v>
       </c>
       <c r="B591" s="5">
-        <v>1.7</v>
+        <v>1.72</v>
       </c>
       <c r="C591" s="5">
         <v>2.3199999999999998</v>
       </c>
       <c r="D591" s="5">
         <v>2.5099999999999998</v>
       </c>
     </row>
     <row r="592" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A592" s="4">
         <v>45992</v>
       </c>
       <c r="B592" s="5">
-        <v>2.21</v>
+        <v>2.27</v>
       </c>
       <c r="C592" s="5">
-        <v>2.09</v>
+        <v>2.11</v>
       </c>
       <c r="D592" s="5">
-        <v>2.44</v>
+        <v>2.4500000000000002</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A593" s="4">
+        <v>46023</v>
+      </c>
+      <c r="B593" s="5">
+        <v>2.72</v>
+      </c>
+      <c r="C593" s="5">
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="D593" s="5">
+        <v>2.4300000000000002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="P471:Q471"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
-</file>
-[...330 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{65269c60-0483-4c57-9e8c-3779d6900235}" enabled="1" method="Privileged" siteId="{b397c653-5b19-463f-b9fc-af658ded9128}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Web - Historical</vt:lpstr>
       <vt:lpstr>'Web - Historical'!hist_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yamco, Shane</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>